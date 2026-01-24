--- v0 (2025-10-20)
+++ v1 (2026-01-24)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA296"/>
+  <dimension ref="A1:AA158"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1019 +228,805 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>162710</v>
+        <v>71652</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Valoriser vos économies d'énergie avec les CEE</t>
-[...4 lines deleted...]
-          <t>Les Certificats d'économie d'énergie</t>
+          <t>Accompagner votre ville dans la transition énergétique</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Territoire d'Energie Var - Symielec (TE83)</t>
+          <t>ENEDIS</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Enedis est le gestionnaire du réseau public de distribution d&amp;#039;électricité sur 95 % du territoire français métropolitain et à ce titre est présente sur 199 des 222 villes du Programme. En signant la convention nationale « Action Cœur de Ville », Enedis affiche sa volonté d&amp;#039;accompagner les villes adhérentes pour favoriser des projets de développement local, en lien avec les enjeux de transition écologique :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+ mise à disposition de données énergétiques ou cartographiques
+&lt;/li&gt;
+ &lt;li&gt;
+  appui à la maîtrise énergétique des bâtiments communaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  appui à la réalisation d&amp;#039;un éco-quartier
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  appui au développement de la mobilité électrique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  appui aux projets d&amp;#039;autoconsommation individuelle et collective.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enedis apportera son expertise et son ingénierie en s&amp;#039;appuyant notamment sur l&amp;#039;utilisation des compteurs communicants et la mise à disposition des données.
+&lt;/p&gt;
+&lt;p&gt;
+ Enedis propose ainsi, dans le strict respect de ses missions de service public, un panel de solutions d&amp;#039;accompagnement qui soutiennent les axes de revalorisation du Programme Action Cœur de Ville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>03/09/2020</t>
+        </is>
+      </c>
+      <c r="Q2" s="0" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Villes sous contrat avec ENEDIS
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/actualites/enedis-signe-la-convention-nationale-action-coeur-de-ville-pour-accelerer-le-deploiement</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Interlocuteur local ENEDIS
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>actioncoeurdeville@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46c1-accompagner-votre-ville-dans-la-transition-en/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>111760</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Maitriser et réduire la consommation d’énergie du patrimoine public</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en Energie Partagé</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...7 lines deleted...]
-      <c r="K2" s="0" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Audits décret tertiaire subventionné à 50% (sous réserve de disponibilité des fonds)</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
-[...51 lines deleted...]
-      <c r="N2" s="0" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Répondre aux enjeux de la transition énergétique en bénéficiant d&amp;#039;un accompagnement technique et financier ajusté à ses besoins.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être accompagné par un économe de flux spécialisé et disponible au quotidien
+ &lt;/li&gt;
+ &lt;li&gt;
+  établir la carte énergétique de la collectivité (avec audits énergétiques des bâtiments sélectionnés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  établir et présenter des bilans énergétiques annuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil en travaux d&amp;#039;efficacité énergétique et en énergies renouvelables
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide dans les obligations du Décret Tertiaire (Définition de l&amp;#039;année de référence, transmission des données dans OPERAT, Elaboration du dossier technique...) pour tous les bâtiments concernés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à la définition des plans pluriannuels d&amp;#039;investissements
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à la recherche de financement (DSIL, DERT, CEE...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  identification des certificats d&amp;#039;économie d&amp;#039;énergie (CEE) valorisables et gestion administrative de leur valorisation financière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  bénéficier des marchés techniques du SDEEG (Energies renouvelables, rénovation, commissionnement, contrat d&amp;#039;exploitation/maintenance des installations thermiques ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  rédaction des cahiers des charges techniques dans le cadre de lancement d&amp;#039;études spécifiques et de travaux en fonction des besoins identifiés (l&amp;#039;ensemble de nos marchés suivent les préconisations de l&amp;#039;ADEME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  suivi de l&amp;#039;élaboration des études et des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner la réalisation d&amp;#039;un Schéma Directeur Immobilier (SDI) :
+ Elaborer une feuille de route sur les moyens et longs termes de la stratégie patrimoniale globale et du programme d&amp;#039;investissements à la lecture du diagnostic de l&amp;#039;état du patrimoine, de son occupation et de son coût.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rapports d&amp;#039;audit énergétique pour les bâtiments diagnostiqués
+ &lt;/li&gt;
+ &lt;li&gt;
+  bilan énergétique annuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise à disposition d&amp;#039;un logiciel de suivi énergétique et patrimoniale
+ &lt;/li&gt;
+ &lt;li&gt;
+  cahier des charges techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport de commissionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  dossier de dépôt des CEE
+ &lt;/li&gt;
+ &lt;li&gt;
+  un document unique de programmation formalisée du SDI
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseillers en Energies Partagés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au changement de contrat d&amp;#039;Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation du fonctionnement des dispositifs de chauffage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;un bâtiment (AMO, MOE....)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation des travaux effectué via les CEE (certificats d&amp;#039;Economie d&amp;#039;Energie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation de système de production d&amp;#039;Energies renouvelables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation du confort d&amp;#039;été ....
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Consommation et production
-[...2 lines deleted...]
-Réhabilitation
+Recyclage et valorisation des déchets
+Appui méthodologique
+Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la transition énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention ECOBAT dans le cas de la mise à disposition d&amp;#039;un économe de flux et des outils en lien avec cet accompagnement patrimonial.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du devis d&amp;#039;intervention proposé.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
-[...87 lines deleted...]
- &lt;/strong&gt;
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/313-conseil-en-energie-partage-cep.html</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ William RAVAILLE&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
  &lt;br /&gt;
-&lt;/p&gt;&lt;p&gt;
-[...156 lines deleted...]
-&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>mathilde.maisano@ofb.gouv.fr</t>
+          <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1965-maitriser-er-reduire-la-consommation-denergie/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>163959</v>
+        <v>152950</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Engager une transition écologique au sein de ma collectivité : espèces et milieux</t>
-[...8 lines deleted...]
-Fonds Biodiversité</t>
+          <t>Accompagner les territoires dans leur transition énergétique</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Territoires Engagés pour la Nature</t>
+          <t>Portail Collectivités Locales</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Office Français de la Biodiversité (OFB)
-[...5 lines deleted...]
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
+          <t>ENEDIS</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Département
+Région</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...46 lines deleted...]
-          <t>&lt;p&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;strong&gt; Le Portail Collectivités Locales vous accompagne dans votre transition énergétique de façon simple et performante.
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;em&gt;
+  Il vous permet de diagnostiquer vos consommations, optimiser vos processus et mesurer l&amp;#039;efficacité de vos actions !&lt;/em&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Le Portail Collectivités Locales, un point d&amp;#039;entrée unique à l&amp;#039;ensemble de vos services :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Actions menées par Enedis sur votre territoire :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accédez aux travaux d&amp;#039;Enedis sur votre Territoire
+&lt;/li&gt;&lt;li&gt;Visualisez les coupures d&amp;#039;électricité en cours
+&lt;/li&gt;&lt;li&gt;Accédez à la cartographie du réseau électrique&lt;/li&gt;&lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;&lt;strong&gt;
+  2. Services dédiés aux projets de transition écologique :
+ &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accédez aux capacités du réseau, identifier les zones les plus propices pour accueillir vos nouveaux projets
+&lt;/li&gt;&lt;li&gt;Simulez vos projets de raccordement une fois que vous avez localisé votre projet
+&lt;/li&gt;&lt;li&gt;Effectuez vos demandes de raccordement
+Services d&amp;#039;accompagnement des ambitions énergétiques
+&lt;/li&gt;&lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;&lt;strong&gt;
+  3. Services d&amp;#039;accompagnement des ambitions énergétiques et de sobriété :
+ &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un espace « Mesure et Services » permettant la consultation et l&amp;#039;analyse des données de consommation / production de la veille ( 3 ans d&amp;#039;historique)
+&lt;/li&gt;&lt;li&gt;Des fonctions de rapports et d&amp;#039;alertes
+&lt;/li&gt;&lt;li&gt;Des données disponibles et exploitables&lt;/li&gt;&lt;/ul&gt;
+ &lt;p&gt;&lt;strong&gt;
+  4. Services pour répondre aux besoins des autorités concédantes
+ &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Consulter vos CRAC et Tableaux de bord via un espace documentaire dédié
+&lt;/li&gt;&lt;li&gt;Accéder aux services de cartographie du réseau électrique en version grand échelle&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;&lt;em&gt;
+  * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
+ &lt;/em&gt;&lt;/strong&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
-          <t>Patrimoine et monuments historiques
-[...5 lines deleted...]
-Voirie et réseaux
+          <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
-Risques naturels
-[...12 lines deleted...]
-Solutions d'adaptation fondées sur la nature (SafN)</t>
+Réduction de l'empreinte carbone</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;1.
-[...19 lines deleted...]
-8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Ouvrir un compte sur le Portail Collectivités Locales d&amp;#039;Enedis
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S4" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U4" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Territoires Enedis</t>
         </is>
       </c>
       <c r="V4" s="1" t="inlineStr">
         <is>
-          <t>https://www.ofb.gouv.fr/lartificialisation-des-sols</t>
-[...4 lines deleted...]
-          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+          <t>https://www.enedis.fr/jaccede-mon-portail-collectivites</t>
         </is>
       </c>
       <c r="X4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;  Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice &lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;09 74 36 67 70 / 07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;Margaux GLASSON &lt;/p&gt;
-[...10 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Contactez votre Interlocuteur Privilégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>mathilde.maisano@ofb.gouv.fr</t>
+          <t>pauline.wissocq@enedis.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d80e-accompagner-la-sobriete-energetique-dans-les-/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
-        <v>95073</v>
+        <v>56185</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Financer la rénovation énergétique des bâtiments publics et associatifs</t>
-[...4 lines deleted...]
-          <t>Rénovation énergétique des bâtiments publics et associatifs</t>
+          <t>Sensibiliser à la transition énergétique</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-[...1 lines deleted...]
-Association</t>
+Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectifs
+  &lt;em&gt;
+   Pour les scolaires à partir du CM1 :
+  &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...94 lines deleted...]
- &lt;/a&gt;
+&lt;p&gt;
+ Animation réalisée par le SDEC ENERGIE et ses partenaires autour de l&amp;#039;escape game pédagogique &amp;#34;Mission Energie&amp;#34; et réalisation d&amp;#039;ateliers scientifiques, dans les locaux du SDEC ENERGIE. Des expositions nomades (&amp;#34;le Parcours de l&amp;#039;Énergie&amp;#34; ou &amp;#34;2050&amp;#34;) peuvent aussi être mises à disposition pour une animation sur les territoires, dans le cas d&amp;#039;un partenariat spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les expositions nomades, les coûts de transport des élèves vers le site accueillant l&amp;#039;exposition et certains coûts d&amp;#039;animation sont à la charge des bénéficiaires.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N5" s="1" t="inlineStr">
         <is>
-          <t>Espace public
-Transition énergétique
+          <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
-Biodiversité
-[...1 lines deleted...]
-Réhabilitation</t>
+Jeunesse
+Citoyenneté
+Education et renforcement des compétences
+Animation et mise en réseau</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...4 lines deleted...]
-          <t>20/01/2017</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="S5" s="1" t="inlineStr">
         <is>
-          <t>Mise en œuvre / réalisation</t>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U5" s="1" t="inlineStr">
         <is>
-          <t>Grand Est</t>
+          <t>Calvados</t>
         </is>
       </c>
       <c r="V5" s="1" t="inlineStr">
         <is>
-          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-batiments-publics-associatifs/</t>
+          <t>https://www.maisondelenergie.fr/</t>
         </is>
       </c>
       <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Rendez-vous sur le site de la région Grand-Est pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+ Mail :
+  maisonenergie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 91 76
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
-          <t>olivier.claudel@grandest.fr</t>
+          <t>flemaire@sdec-energie.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/883d-renovation-energetique-des-batiments-publics-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f975-developper-un-projet-denergie-renouvelable-ou/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>164249</v>
+        <v>140805</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Soutenir l'ingénierie des collectivités pour leurs projets de transition écologique</t>
-[...10 lines deleted...]
-          <t>Appui à l'ingénierie - Mesure transverse</t>
+          <t>Accompagner les communes membres dans la transition énergétique</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
-[...4 lines deleted...]
-          <t>Préfectures de département</t>
+          <t>Syndicat d'Énergie des Alpes-de-Haute-Provence (SDE04)</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Commune
-[...3 lines deleted...]
-Collectivité d’outre-mer à statut particulier</t>
+          <t>Commune</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Subvention
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
-          <t>&lt;h4&gt;
-  Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La présente mesure apporte aux collectivités territoriales ou à leurs groupements un appui en ingénierie de stratégie ou de planification ou en ingénierie d’animation.&lt;/p&gt;&lt;p&gt;L’objectif est de les aider :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A élaborer ou finaliser leur stratégie, déclinée en plan d’action en matière de transition écologique, qu’il s’agisse de l’élaboration ou de la mise en œuvre de leur PCAET ou pour l’éventuelle mise à jour de leur CRTE à l’aune des objectifs et leviers d’action territoriaux de la planification écologique qui auront été définis dans le cadre des « conférences des parties » (COP) régionales ;&lt;/li&gt;&lt;li&gt;A suivre la mise en œuvre de leur plan d’action ;&lt;/li&gt;&lt;li&gt;A faire émerger des projets à forte ambition environnementale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : réalisation de note d&amp;#039;opportunité, avant- projet sommaire, 1er niveau de conseil
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : réalisation de projets, de l&amp;#039;étude de faisabilité à la réalisation des travaux, portage de marchés publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative : conseil et assistance aux communes, mandat de maîtrise d&amp;#039;ouvrage, montage des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : conseil et recherche de financements, négociation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>&lt;h4&gt;
-[...2 lines deleted...]
-&lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une installation photovoltaïque avec autoconsommation sur la toiture d&amp;#039;un bâtiment communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur la pertinence d&amp;#039;un projet photovoltaïque porté par une entreprise privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation ou déplacement d&amp;#039;une borne de recharge pour véhicule électrique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur le remplacement d&amp;#039;une chaudière obsolète
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance et conseils dans la réalisation d&amp;#039;un réseau de chaleur alimenté par une chaudière bois plaquettes
+ &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N6" s="1" t="inlineStr">
         <is>
-          <t>Eau potable
-[...7 lines deleted...]
-Transition énergétique
+          <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-[...7 lines deleted...]
-Solutions d'adaptation fondées sur la nature (SafN)</t>
+Réseaux de chaleur</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
-          <t>Récurrente</t>
-[...9 lines deleted...]
-          <t>15/12/2025</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R6" s="1" t="inlineStr">
         <is>
-          <t>&lt;h4&gt;
-[...38 lines deleted...]
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
+          <t>&lt;p&gt;
+ Formalisation de la demande dans la fiche annuelle de recensement des besoins ou contact direct avec le service Énergie – Mobilité – Données (EMD) pour un échange avec le référent du sujet (photovoltaïque, EnR thermique ou IRVE).
+&lt;/p&gt;
+&lt;p&gt;
+ Différentes modalités d&amp;#039;intervention selon le sujet : convention de service, lettre de commande ou mandat de maîtrise d&amp;#039;ouvrage.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sde04.fr/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 5, avenue Bad-Mergentheim - 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 32 32 32
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;sde04.fr" target="_self"&gt;
+  contact&amp;#64;sde04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
-          <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lingenierie-des-collectivites-pour-leurs-projets-de-transition-ecologique-3/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e99-accompagne-les-communes-membres-dans-la-trans/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:27" customHeight="0">
       <c r="A7" s="1">
         <v>152466</v>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
@@ -1846,4564 +1632,13716 @@
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
-        <v>112126</v>
+        <v>12476</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Réaliser des travaux de rénovation énergétique du patrimoine bâti communal</t>
-[...4 lines deleted...]
-          <t>Aide à la réalisation de travaux de rénovation énergétique du patrimoine bâti communal</t>
+          <t>Obtenir un appui technique de proximité à la mise en œuvre des politiques publiques prioritaires</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+          <t>DDT de la Lozère</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La direction départementale des Territoires de la Lozère est l&amp;#039;interlocuteur de proximité des élus qui souhaitent être accompagnés et soutenus dans la mise en œuvre de projets relevant des politiques publiques prioritaires suivantes : aménagement de bourgs, transition énergétique, publicité, sécurité routière, bâtiment durable et accessibilité, risques, urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide se matérialise par un conseil global en aménagement, des interventions ponctuelles ou une mise en réseau. Suivant le besoin identifié, elle peut revêtir différentes formes : pré-diagnostic ou diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, étude de faisabilité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de projets réalisés grâce à cette aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aménagements d&amp;#039;espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation thermique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  agendas d&amp;#039;accessibilité programmée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics publicité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics de sécurité routière ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aires d&amp;#039;accueil des gens du voyage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plans communaux de sauvegarde.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Lozère</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction départementale des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Délégué à l&amp;#039;action territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ddt-action-territoriale.direction&amp;#64;lozere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>sylvie.pascal@lozere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d2f-appui-technique-de-proximite-a-la-mise-en-uvr/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>164101</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- fiche action 7</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Consommation et production
+Innovation, créativité et recherche
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q9" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>101584</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Œuvrer pour la transition énergétique, le climat et la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous soutenons dans le développement de projets d&amp;#039;énergies renouvelables locales et l&amp;#039;amélioration de la résilience du territoire face aux enjeux climatiques. Nous apportons des solutions adaptées pour favoriser la transition écologique de votre territoire&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d970-uvrer-pour-la-transition-energetique-le-clima/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>145008</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements pour la transition énergétique : réseaux de chaleur, production d'énergies renouvelables et rénovation globale</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Fonds énergies</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds Energies a été instauré le 14 avril 2023. Il est doté de 100 millions d&amp;#039;euros d&amp;#039;ici 2030. Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+ &lt;strong&gt;
+  fondsenergies&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ . L&amp;#039;attribution des subventions est réalisée par le Conseil métropolitain et chaque projet fait l&amp;#039;objet d&amp;#039;une convention spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Production d&amp;#039;énergie renouvelable ou de récupération locale
+  &lt;/strong&gt;
+  , par exemple géothermie de surface, géothermie profonde, solaire thermique, solaire photovoltaïque (hors revente totale), verdissement de réseau de chaleur (atteinte d&amp;#039;au moins 60% d&amp;#039;énergies renouvelables et de récupération), récupération de chaleur fatale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Extension/densification/création de réseaux de chaleur
+  &lt;/strong&gt;
+  alimentés à plus de 50% par des énergies renouvelables ou de récupération, raccordement d&amp;#039;un ou plusieurs bâtiments à un réseau de chaleur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rénovation énergétique performante de bâtiments tertiaires publics
+  &lt;/strong&gt;
+  répondant aux objectifs du décret tertiaire, et les travaux d&amp;#039;étanchéité et d&amp;#039;isolation de toitures en vue d&amp;#039;une solarisation. Les constructions neuves ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création/extension/densification d&amp;#039;un réseau de chaleur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une production de géothermie de surface pour un bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique globale de bâtiments publics
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes, les établissements publics territoriaux, les syndicats exerçant la compétence de distribution d&amp;#039;électricité ou la maîtrise d&amp;#039;ouvrage de réseaux de chaleur sur le territoire de la Métropole du Grand Paris, les autres établissements publics situés sur le territoire de la Métropole pour des projets d&amp;#039;ampleur métropolitaine et les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidats auront démontré qu&amp;#039;ils ont sollicité l&amp;#039;ensemble des aides existantes, notamment régionales et nationales, pour mener à bien la réalisation de leur projet.
+ &lt;/strong&gt;
+ Par exemple, pour la chaleur renouvelable, le fonds énergies a vocation à venir en complément des aides du fonds chaleur de l&amp;#039;ADEME ou l&amp;#039;AAP Chaleur renouvelable de la Région, pour s&amp;#039;assurer que des projets bénéfiques pour la transition énergétique du territoire voient bien le jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-energies</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsenergies&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae70-financer-des-investissements-dans-la-transiti/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>140755</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un bilan énergétique du patrimoine communal</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Au cas par cas</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner dans la transition énergétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dispositif d&amp;#039;accompagnement :
+  Conseil en Energie Partagé (CEP)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectif:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - établir un inventaire du patrimoine communal
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -effectuer un bilan énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ - définir un programme d&amp;#039;actions
+&lt;/p&gt;
+&lt;p&gt;
+ - diminuer les consommations et dépenses énergétiques
+&lt;/p&gt;
+&lt;p&gt;
+ - réduire les émissions de gaz à effet de serre
+&lt;/p&gt;
+&lt;p&gt;
+ - améliorer le confort des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhérer au service Conseil en Energies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fournir les factures et éléments nécessaires à l&amp;#039;analyse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouvrir les bâtiments à la visite
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cep&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 83 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/630f-realiser-un-bilan-energetique-du-patrimoine-c/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>1069</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Financer de l'ingénierie aux territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, le Région Grand Est décide de donner aux territoires ruraux des moyens d&amp;#039;animation et de mise en réseau des acteurs publics et privés afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  connecter ou mutualiser les projets pour développer des services, des activités et des emplois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser les partenariats locaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  décliner les politiques régionales à l&amp;#039;échelle des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire émerger des projets structurants et articulés entre eux : prise en compte la trame verte et bleue dans les projets des communes et des EPCI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la transition énergétique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer l&amp;#039;artisanat local
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Les pôles d&amp;#039;équilibre territorial et rural, les syndicats mixtes ou les associations de Pays.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+ Postes de chargé(e)s de mission généralistes ou thématiques, hors postes de direction et fonctionnels, secrétariat et finances.
+&lt;/p&gt;
+&lt;p&gt;
+ Financement de deux postes maximum par territoire hors communauté urbaine et métropole, et d&amp;#039;un poste pour les territoires comprenant une communauté d&amp;#039;agglomération.
+&lt;/p&gt;
+&lt;p&gt;
+ Une bonification au titre du Pacte pour la ruralité est prévue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le cofinancement d&amp;#039;un poste financé au titre du Gal Leader est exclu ; celui d&amp;#039;un poste financé par l&amp;#039;État au titre d&amp;#039;un contrat de ruralité est possible dans la limite totale de 80% du coût chargé.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces missions doivent favoriser la prise en compte des politiques sectorielles de la Région en lien avec les contrats de ruralité de l&amp;#039;État ; elles contribueront à la mise en œuvre du dispositif régional en faveur des EPCI par une mise en cohérence des projets entre eux et au regard des orientations des documents stratégiques et de planification, ex : SRADDET, SCOT, projet de territoire.
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Les salaires bruts et les charges patronales ; les coûts associés ne sont pas pris en charge.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Territoire hors zone pacte ruralité et n&amp;#039;intégrant pas de communauté d&amp;#039;agglomération : 40% / 20 000 € /2 postes maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire en zone pacte ruralité et n&amp;#039;intégrant pas de communauté d&amp;#039;agglomération : 50% / 30 000 € / 2 postes maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire hors zone pacte ruralité et intégrant une communauté d&amp;#039;agglomération : 40% / 20 000 € / 1 poste maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire en zone pacte ruralité et intégrant une communauté d&amp;#039;agglomération : 40% / 20 000 € /2 postes maximum
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ingenierie-territoriale-2018-2021/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ territoiresetruralites&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b495-ingenierie-territoriale-2018-2021-grandest/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>71326</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Développer les réseaux électriques et la transition énergétique en zone rurale</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Les taux de subvention varient selon les sous-programmes (cliquer sur le lien dans l'espace Contact</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La mission du FACÉ est d&amp;#039;apporter une aide au financement du développement des réseaux électriques des zones rurales, comprenant les lignes BT et les antennes HTA des communes relevant du régime de l&amp;#039;électrification rurale (ER).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de cette mission, des aides du FACÉ peuvent être accordées aux Collectivités maîtres d&amp;#039;ouvrage pour un programme spécial comprenant les sous programmes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sous- programme - Sites isolés
+  &lt;/strong&gt;
+  : aide pour le développement d&amp;#039;un projet EnR
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sous Programme - Intempéries
+  &lt;/strong&gt;
+  : aide suite à des intempéries
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sous-programme - Déclaration d&amp;#039;utilité publique - Très Haute Tension :
+  &lt;/strong&gt;
+  aide à l&amp;#039;enfouissement de réseaux sous maîtrise d&amp;#039;ouvrage d&amp;#039;autorités organisatrices d&amp;#039;un réseau public de distribution d&amp;#039;électricité et situés sur le territoire de communes rurales traversées par des lignes à très haute tension nouvellement créées, en contrepartie des contraintes qui s&amp;#039;imposent à ces dernières.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sous-programme - MDE :
+  &lt;/strong&gt;
+  aide réservée spécifiquement aux actions de Maîtrise de l&amp;#039;Energie
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/collectivites/amelioration-resilience-reseaux-electriques</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour accéder aux dossiers de candidatures :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ cliquer sur
+ &lt;a href="http://extranet.face.developpement-durable.gouv.fr"&gt;
+  &lt;strong&gt;
+   ce lien
+  &lt;/strong&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  et saisisser l&amp;#039;identifiant face&amp;#64;face et le mot de passe face&amp;#64;face
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour contacter la mission FACE du Ministère de la Transition Ecologique (DGEC) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 01.40.81.96.81  ou 01.40.81.97.93
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail : contact-face&amp;#64;developpement-durable.gouv.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5eb1-developper-les-reseaux-electriques-et-la-tran/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>139926</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Transition écologique</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides de la CCMS.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ c.maitre&amp;#64;cc-massifdusancy.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>111763</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Former et sensibiliser aux Enjeux Energie Climat</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Proposer aux élus, aux techniciens des Collectivités  des temps de formation et de sensibilisation aux Enjeux Energie Climat.
+&lt;/p&gt;
+&lt;p&gt;
+ Informer sur les actualités réglementaires et les innovations techniques d&amp;#039;actualité (petits déjeuner techniques)
+&lt;/p&gt;
+&lt;p&gt;
+ Capitaliser les connaissances et les compétences en généralisant les retours d&amp;#039;expériences,
+&lt;/p&gt;
+&lt;p&gt;
+ Créer des synergies
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation de Commissions techniques, réglementaires et de retours d&amp;#039;expérience avec l&amp;#039;ensemble des EPCI de Gironde (Commission Consultative Paritaire). Temps d&amp;#039;échanges et de coordination de l&amp;#039;action Départementale dans le cadre des PCAET.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation de groupes d&amp;#039;information technique à destination des élus et des techniciens des Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Identification de sujets d&amp;#039;actualité en lien avec les problématiques des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Groupes d&amp;#039;échanges régulier « Conversations Carbone », identification des problématiques des chargés de missions pour la mise en place d&amp;#039;actions de Transition Energétique et Environnementale au sein de leur Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ -	Pour participer aux Commissions Consultatives Paritaire de l&amp;#039;Energie à destination des EPCI de Gironde, désignation par délibération d&amp;#039;un délégué pour chacune des EPCI
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aucunes conditions particulières pour participer aux autres accompagnements
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/mediatheque-numerique/les-manifestations-forum-salons-journees-a-theme/377-petits-dejeuners-energetiques.html</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Énergie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>151174</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Former et accompagner les industriels dans leur démarche de décarbonation</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>PACTE Industrie - Parcours Accompagnement et Compétences pour la Transition Énergétique de l’Industrie</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme PACTE Industrie propose des études et coachings adaptés à chaque métier :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les référents techniques énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des études d&amp;#039;opportunités d&amp;#039;évolution du mix énergétique, pour étudier les différents leviers à actionner (efficacité énergétique, récupération de chaleur fatale, énergies renouvelables, ou encore électrification et hydrogène), à l&amp;#039;échelle du site industriel.
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Prérequis  :
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     audit énergétique de moins de 4 ans ou revue énergétique de moins de 3 ans.
+    &lt;/em&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des primes PRO-SMEn pour mettre en place la norme ISO 50 001 (Système de management de l&amp;#039;énergie). Pour demander la prime : https://pro-smen.org
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les dirigeants et responsables RSE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des accompagnements pour élaborer une stratégie de décarbonation ambitieuse et le plan de transition associé (ACT pas à pas), à l&amp;#039;échelle du groupe.
+  &lt;br /&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Prérequis :
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     Bilan GES de moins de 2 ans qui couvre toutes les sources importantes d&amp;#039;émissions de GES.
+    &lt;/em&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des études pour élaborer une trajectoire d&amp;#039;investissement de décarbonation à l&amp;#039;échelle du groupe qui permettent de fournir un chiffrage des enjeux financiers et l&amp;#039;estimation des gains d&amp;#039;émissions de gaz à effet de serre associés.
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Point important
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     : des études d&amp;#039;opportunités d&amp;#039;évolution du mix énergétique seront à mener en parallèle de ces travaux.
+    &lt;/em&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des études pour évaluer l&amp;#039;ambition d&amp;#039;une stratégie de décarbonation et son alignement au regard des objectifs de l&amp;#039;Accord de Paris (ACT évaluation).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les directeurs financiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des coachings pour les projets d&amp;#039;investissement bas carbone qui permettent de construire le plan de financement des investissements. Pour un projet, le coach accompagnera le directeur financier dans la définition des modes de financement, dans l&amp;#039;identification des arguments clés pour convaincre les financeurs, ou encore dans l&amp;#039;analyse des risques technico-économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les coachings pour projets d&amp;#039;investissement seront disponibles au premier semestre 2024.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des formations sont également disponibles pour les différents métiers : https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie
+&lt;/p&gt;
+&lt;p&gt;
+ Les formations et les accompagnements techniques structurants envisagés permettront d&amp;#039;engager des réductions de consommation d&amp;#039;énergie de l&amp;#039;ordre de 1 à 2 TWh/an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les cahiers des charges pour les études d&amp;#039;opportunité d&amp;#039;évolution du mix énergétique et les trajectoires d&amp;#039;investissement de décarbonation seront disponibles en septembre 2023.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cahier des charges pours les c
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  oachings sur les projets d&amp;#039;investissement bas carbone sera disponible au premier semestre 2024.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="Q17" s="1" t="inlineStr">
+        <is>
+          <t>31/08/2026</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/pacte-industrie-parcours-accompagnement-competences-transition-energetique-0</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c358-pacte-industrie-parcours-accompagnement-et-co/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>161731</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Former et accompagner les industriels dans leur démarche de décarbonation. Il s’agit de faciliter le passage à l’action vers des investissements</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>PACTE Industrie - Parcours Accompagnement et Compétences pour la Transition Énergétique de l’Industrie</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le programme PACTE Industrie propose des études et coachings sur plusieurs thématiques :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Management de l&amp;#039;énergie&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des études d’opportunités d’évolution du mix énergétique, pour étudier les différents leviers à actionner (efficacité énergétique, récupération de chaleur fatale, énergies renouvelables, ou encore électrification et hydrogène), à l’échelle du site industriel.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: audit énergétique de moins de 4 ans ou revue énergétique de moins de 3 ans.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20Etude%20d%27opportunit%C3%A9%20mix%20%C3%A9nerg%C3%A9tique%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges études d&amp;#039;opportunité mix énergétique&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Des &lt;a target="_blank" href="https://pro-smen.org"&gt;primes PRO-SMEn&lt;/a&gt; pour mettre en place la norme ISO 50 001 (Système de management de l’énergie).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Stratégie de décarbonation&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des accompagnements pour élaborer une stratégie de décarbonation ambitieuse et le plan de transition associé (ACT pas à pas), à l’échelle du groupe. &lt;br /&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: Bilan GES de moins de 2 ans qui couvre toutes les sources importantes d’émissions de GES.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20ACT%20Pas%20%C3%A0%20Pas%20-%20M%C3%A9thodologie.pdf"&gt;Méthodologie ACT pas à pas&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des accompagnements pour élaborer une Trajectoire d’Investissements Bas Carbone (TIBC) à l’échelle du groupe qui permettent de fournir un chiffrage des enjeux financiers et l’estimation des gains d’émissions de gaz à effet de serre associés.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis&lt;/strong&gt; : audit énergétique et bilan GES au moins scope 1 et 2.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Point important&lt;/strong&gt; : des études d’opportunités d’évolution du mix énergétique seront à mener en parallèle de ces travaux.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20STIBC%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges trajectoires d&amp;#039;investissements bas carbone&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des accompagnements combinant les deux approches précédentes, intitulés « Stratégie et Trajectoire d&amp;#039;investissements bas carbone (STIBC) » et permettant de construire des stratégies et trajectoires d’investissements bas carbone à l’échelle du groupe industriel. Ils structurent la vision, la stratégie de décarbonation, le plan de transition associé et apporte une aide dans la priorisation des investissements.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: prérequis et points importants des démarches ACT pas à pas et Trajectoire d&amp;#039;Investissements Bas Carbone.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20STIBC%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges trajectoires d&amp;#039;investissements bas carbone&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des études pour évaluer l’ambition d’une stratégie de décarbonation et son alignement au regard des objectifs de l’Accord de Paris (ACT évaluation).&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://actinitiative.org/act-methodologies/"&gt;Méthodologies ACT évaluation&lt;/a&gt; (en anglais).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Financement de la transition&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des accompagnements / coachings pour les projets d’investissement bas carbone qui permettent de construire le plan de financement des investissements. Pour un projet, le coach accompagnera le directeur financier dans la définition des modes de financement, dans l&amp;#039;identification des arguments clés pour convaincre les financeurs, ou encore dans l&amp;#039;analyse des risques technico-économiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les accompagnements relatifs aux projets d’investissement et les cahiers des charges associés seront disponibles au premier semestre 2024.&lt;/p&gt;&lt;p&gt;Cette page concerne &lt;strong&gt;uniquement les demande d&amp;#039;aides pour les études et coachings prévus dans PACTE Industrie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour les formations et pour en savoir plus sur ce programme, vous pouvez &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie"&gt;consulter la page suivante&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le parcours décarbonation d&amp;#039;un industriel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME vous propose un parcours de décarbonation de l’industrie en 4 étapes pour réduire vos émissions de gaz à effet de serre. En fonction de votre maturité, trouvez les aides qui vous correspondent :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;Faire un état des lieux pour connaitre votre situation et identifier les pistes d’actions : &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/audit-energetique-industrie"&gt;les audits énergétiques en industrie&lt;/a&gt; ; et les bilans GES avec les Diag Décarbon&amp;#039;action de BPI France.&lt;/li&gt;&lt;li&gt;Structurer votre démarche à court-moyen-long terme sur les volets énergie, stratégie et financement à travers &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/pacte-industrie-parcours-accompagnement-competences-transition-energetique-0"&gt;PACTE Industrie&lt;/a&gt;.&lt;/li&gt;&lt;li&gt;Investiguer et consolider vos projets par des &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/etudes-faisabilite-performance-energetique-decarbonation-dentreprises"&gt;études de faisabilité de performance énergétique ou de décarbonation&lt;/a&gt; ; et les &lt;a target="_blank" href="https://expertises.ademe.fr/energies/energies-renouvelables-enr-production-reseaux-stockage/passer-a-laction/produire-chaleur/fonds-chaleur-bref"&gt;différentes études Fonds Chaleur&lt;/a&gt;.&lt;/li&gt;&lt;li&gt;Investir dans des solutions via les aides de l’ADEME : Fonds Chaleur et Fonds Décarbonation de l’Industrie notamment.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/pacte-industrie-parcours-accompagnement-competences-transition-energetique</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pacte-industrie-parcours-accompagnement-et-competences-pour-la-transition-energetique-de-lindustrie/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>383</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt bonifié Vert</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>PSP Vert</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les territoires ultramarins sont de plus en plus sensibles
+ aux impacts du changement climatique et aux risques
+ naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les soutenir, l&amp;#039;AFD accompagne la réalisation
+ des investissements s&amp;#039;inscrivant dans les objectifs
+ d&amp;#039;atténuation des effets du changement climatique, de
+ protection de la biodiversité, et de réduction des vulnérabilités
+ liées aux aléas climatiques, afin d&amp;#039;accélérer et
+ d&amp;#039;amplifier le
+ développement durable et la résilience de
+ ces territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification : 15 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances
+constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet d&amp;#039;investissement intégrant une dimension en
+faveur de l&amp;#039;atténuation au changement climatique et
+ de la préservation de la biodiversité ou de l&amp;#039;adaptation
+ au changement climatique et de la réduction des vulnérabilités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+  Atténuation et biodiversité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Efficacité et transition énergétique (production
+   d&amp;#039;énergie renouvelable : éolien, photovoltaïque, biomasse) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éco-quartiers (construction HQE ou norme équivalente) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et mise à niveau d&amp;#039;équipements et d&amp;#039;infrastructures de transport durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement intégrant une dimension atténuation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports collectifs et mobilités douces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits d&amp;#039;approvisionnement courts, investissements liés à la mise en œuvre du Plan Climat-Air-Énergie Territorial (PCAET) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parc naturel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration des écosystèmes fragiles ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+   Adaptation et vulnérabilité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction ou reconstruction aux normes parasismiques suite à destruction par un évènement climatique majeur, avec prise en compte des vulnérabilités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement traitant une vulnérabilité en lien avec le changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévention des risques climatiques y compris les inondations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les algues sargasses ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les épisodes de sécheresse ou canicules ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>121472</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de rénovation énergétique à gain rapide, sur bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Actions rapides dans la rénovation des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>SIEDS (Syndicat d'Énergie des Deux-Sèvres)</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K8" s="1" t="inlineStr">
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>plafonné à 5 000€ / an / collectivité</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
-[...2 lines deleted...]
- Le SDES participe financièrement aux travaux d&amp;#039;investissement de rénovation énergétique du patrimoine bâti de ses communes adhérentes.
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La rénovation des bâtiments publics est un enjeu majeur de la transition énergétique.
+ &lt;br /&gt;
+ Le SIEDS accompagne les collectivités dans leurs travaux de rénovation énergétique à gain rapide, sur leurs bâtiments publics.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement et financement d&amp;#039;actions standartisées (liste ci-dessous) dans les bâtiments pour lesquels aucun travaux de réhabilitation lourde n&amp;#039;est prévu à l&amp;#039;échéance de 4/5 ans. Les actions dans les bâtiments publics sont dites à gain rapide car elles permettent de maîtriser les coûts, d&amp;#039;éviter les dérives de consommation et de préparer les bâtiments à une réhabilitation complète.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme non soumis à la réalisation préalable d&amp;#039;un audit énergétique du SIEDS.
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions standardisées sont :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intégration de robinet thermostatique auto-équilibrant et tête thermostatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation de combles / Plancher bas ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Calorifuge des réseaux / Point singulier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relamping LED / Détection de présence dans les sanitaires et les zones de passage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de prises programmables (imprimante, box internet salle informatique...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;horloge sur les caissons de VMC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à jour des plans des bâtiments/ Schéma de principe des équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désembouage/ rinçage des installations. Nettoyage/ramonage des VMC et des bouches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de sous-compteurs d&amp;#039;énergie MBUS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
-[...2 lines deleted...]
- La participation financière du SDES est octroyée aux seules communes adhérentes au SDES, à l&amp;#039;exception de celles &amp;gt; 2 000 habitants n&amp;#039;ayant pas intégré par délibération concordante à celle du SDES, le dispositif de répartition des recettes issues de la TCCFE.La participation financière du SDES s&amp;#039;applique comme suit sur les montants HT des travaux de rénovation énergétique réalisés sur le patrimoine bâti des communes :
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes et EPCI adhérentes au SIEDS, avec un projet situé sur une zone intégrée à la concession du SIEDS.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Réaliser des actions standardisées d&amp;#039;amélioration et de maîtrise des consommations énergétiques dans ses bâtiments publics.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieds.fr/financement-travaux-collectivite/renovation-energetique-batiments-publics/programme-actions-gain-rapide/</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://espacecollectivite.sieds.fr/login</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;renovation&amp;#64;sieds.fr&lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>anivelle@sieds.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/db11-etudier-la-renovation-energetique-dun-batimen/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>103463</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transition énergétique avec des projets présentants un caractère disruptif sur le plan technologique ou méthodologique</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Solutions innovantes de rupture - Énergie climat</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 30% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 1 M€.</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p width="100%;"&gt;
+ &lt;/p&gt;&lt;p&gt;
+  En déclinaison de sa Stratégie énergie-climat, la Région soutient les projets visant à accélérer la transition énergétique et présentant un caractère disruptif sur le plan technologique ou méthodologique. Ce dispositif est éligible au
+  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+   budget participatif écologique de la Région Île-de-France
+  &lt;/a&gt;
+  .
+ &lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Financement des investissements pour des projets en phase expérimentale ou en déploiement, concernant des installations et des équipements ou des développements numériques, notamment :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Solutions de gestion intelligente du réseau adapté à des contraintes locales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Solutions intégrées de gestion intelligente de sites reliés à un périmètre électrique privé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Outils juridiques et organisationnels pour accompagner les projets d&amp;#039;autoconsommation collective autour du concept de personne morale organisatrice,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Étude du comportement des utilisateurs pour analyser l&amp;#039;acceptabilité et l&amp;#039;appropriation durable de nouveaux produits, services et tarifications énergétiques associées,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Partage et augmentation des données (cadastres, plateformes administrées par et pour la communauté),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sécurisation des données privées télérelevées, transmises et stockées...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit être suffisamment mature pour une faisabilité opérationnelle rapide et ne doit pas porter sur les projets de production d&amp;#039;énergies renouvelables faisant l&amp;#039;objet d&amp;#039;appels à projets spécifiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur mesdemarches.iledefrance.fr préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Toutes personnes morales, à l&amp;#039;exception de l&amp;#039;État et de ses établissements publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 30% du montant TTC - ou HT en cas de récupération de la TVA (subvention max : 1 M€).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aucune indemnité ne sera versée pour les frais engagés pour l&amp;#039;élaboration du dossier et la participation à l&amp;#039;appel à projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/solutions-innovantes-de-rupture-energie-climat</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:aap-projets-innovants&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aap-projets-innovants&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+ &lt;br /&gt;
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830818.116616119&amp;amp;zoom&amp;#61;3" rel="noopener" target="_blank"&gt;
+  Trouver un conseiller
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5204-solutions-innovantes-de-rupture/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>112126</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de rénovation énergétique du patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la réalisation de travaux de rénovation énergétique du patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>*sous adhésion</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDES participe financièrement aux travaux d&amp;#039;investissement de rénovation énergétique du patrimoine bâti de ses communes adhérentes.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La participation financière du SDES est octroyée aux seules communes adhérentes au SDES, à l&amp;#039;exception de celles &amp;gt; 2 000 habitants n&amp;#039;ayant pas intégré par délibération concordante à celle du SDES, le dispositif de répartition des recettes issues de la TICFE.La participation financière du SDES s&amp;#039;applique comme suit sur les montants HT des travaux de rénovation énergétique réalisés sur le patrimoine bâti des communes :
 &lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...7 lines deleted...]
-   50 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 50 %.
+ &lt;li&gt;40 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 40 %;
+ &lt;/li&gt;
+ &lt;li&gt;50 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 50 %
+ &lt;/li&gt;
+ &lt;li&gt;60 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 60 %.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les économies d&amp;#039;énergies ci-dessus sont calculées sur la base de l&amp;#039;énergie finale économisée.
-[...4 lines deleted...]
-&lt;/p&gt;
+ Les économies d&amp;#039;énergies ci-dessus sont calculées sur la base de l&amp;#039;énergie finale économisée. &lt;/p&gt;&lt;p&gt;Pour les seuls matériaux isolants biosourcés, &amp;#34;un bonus biosourcé&amp;#34; sera attribué égal à 10 % de leur montant HT. Les économies d&amp;#039;énergies ci-dessus sont calculées sur la base de l&amp;#039;énergie finale économisée. &lt;br /&gt;Cette participation financière est plafonnée à 80 000 € / an, quel que soit le nombre de dossiers présentés sur l&amp;#039;année civile. &lt;/p&gt;
 &lt;p&gt;
  Les travaux réalisés doivent à minima respecter les exigences de performances énergétiques et les critères techniques des fiches CEE.
  &lt;br /&gt;
- Aucune participation financière n&amp;#039;est accordée si le Temps de Retour sur Investissement (TRI) de l&amp;#039;opération globale est inférieur à 7 ans.
-[...5 lines deleted...]
-      <c r="S8" s="1" t="inlineStr">
+ Aucune participation financière n&amp;#039;est accordée si le Temps de Retour sur Investissement (TRI) de l&amp;#039;opération globale est inférieur à 7 ans. Pour chaque dossier, tous les CEE (hors CEE « Coup de pouce Chauffage bâtiment tertiaire ») issus des travaux de rénovation énergétique des bâtiments communaux sont cédés au SDES. Celui-ci les valorise et conserve le montant de cette valorisation.&lt;/p&gt;&lt;p&gt;Adhésion à la compétence transition énergétique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Savoie</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X8" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdes73.com/transition-energetique/batiment/renovation-des-batiments/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  sdes&amp;#64;sdes73.com
 &lt;/p&gt;
 &lt;p&gt;
  04 79 26 42 10
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>j.fournier@sdes73.com</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c040-copie-10h57-aide-a-la-realisation-daudits-ene/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>162271</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Financer à faible coût les investissements matériels et immatériels nécessaires à la transition énergétique et écologique des PME</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Sud Prêt Climat</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;En adoptant son Plan Climat : Gardons une Cop d&amp;#039;avance, la Région Sud a fait de la lutte contre le changement climatique sa priorité.&lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; Avec SUD Prêt Climat, et en partenariat avec Bpifrance, la Région Sud entend donc répondre au besoin des PME de financer à faible coût, les investissements matériels et immatériels nécessaires à leur transition énergétique et écologique et/ou de soutenir leurs besoins en trésorerie liés à ces transitions.&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un &lt;strong&gt;effectif inférieur à 250 personnes&lt;/strong&gt; et un&lt;strong&gt; chiffre d’affaires inférieur à 50 M€&lt;/strong&gt; ou un &lt;strong&gt;total bilan inférieur à 43 M€.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;De plus de 3 ans&lt;/strong&gt; ou en capacité de fournir deux bilans couvrant une durée minimum de 24 mois.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quelle que soit leur forme juridique&lt;/strong&gt; (à l&amp;#039;exclusion des entreprises individuelles et des SCI).&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Exerçant l&amp;#039;essentiel de leur activité sur le territoire régional ou s&amp;#039;y installant.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Financièrement saines.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;A jour de leurs &lt;strong&gt;obligations fiscales et sociales.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Eligibles au &lt;strong&gt;&lt;strong&gt;&lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis" target="_blank" title="régime de minimis (nouvelle fenêtre) (nouvelle fenêtre)"&gt;régime de minimis&lt;/a&gt;&lt;/strong&gt;&lt;/strong&gt;&lt;/strong&gt; (Cumul d’aides publiques inférieur à 300 000 € sur les 3 dernières années).&lt;br /&gt; 	  &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises en difficulté au sens de la réglementation européenne.&lt;/li&gt; 	&lt;li&gt;Les SCI (Société Civile Immobilière).&lt;/li&gt; 	&lt;li&gt;Les associations et fondations sans activité économique et qui n’emploient pas au moins 1 salarié.&lt;/li&gt; 	&lt;li&gt;Les autoentrepreneurs.&lt;/li&gt; 	&lt;li&gt;Les entreprises individuelles.&lt;/li&gt; 	&lt;li&gt;Les activités d’intermédiation financière (NAF : section K64 sauf 64-2).&lt;/li&gt; 	&lt;li&gt;Les activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1).&lt;/li&gt; 	&lt;li&gt;Les activités auxiliaires de services financiers et d&amp;#039;assurance (NAF : section 66).&lt;/li&gt; 	&lt;li&gt;Le secteur agricole ayant un code NAF section A01 (culture et production animale, chasse et services annexes) ou A02 (sylviculture et autres activités forestières, exploitation forestière, récolte de produits forestiers non ligneux poussant à l&amp;#039;état sauvage et services de soutien à l&amp;#039;exploitation forestière).&lt;/li&gt; 	&lt;li&gt;Le secteur de la pêche et de l’aquaculture ayant un code NAF section A03 (pêche en mer, pêche en eau douce, aquaculture en mer et aquaculture en eau douce) ou code NAF 4638A (commerce de gros (commerce interentreprise) de poissons, crustacés et mollusques).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>06/06/2023</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne   &lt;br /&gt;                                             &lt;/span&gt;&lt;br /&gt; Afin d’assurer la distribution rapide des fonds régionaux, la constitution et l&amp;#039;instruction des dossiers sont assurés par Bpifrance. A l&amp;#039;issue, une notification est envoyée aux entreprises ayant finalisé leur demande.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de prêt. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;br /&gt; &lt;br /&gt; &lt;a href="https://flash.bpifrance.fr/pret/relance-region?regionId&amp;#61;provence-alpes-cote-azur" target="_blank" title="PRÊT INFÉRIEUR OU ÉGAL À 50 000 €"&gt;PRÊT INFÉRIEUR OU ÉGAL À 50 000 €&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;a href="https://auth.web.bpifrance.fr/mga/sps/authsvc?PolicyId&amp;#61;urn:ibm:security:authentication:asf:LoginBPI&amp;amp;TAM_OP&amp;#61;login&amp;amp;URL&amp;#61;https%3A%2F%2Fauth.web.bpifrance.fr%2Fmga%2Fsps%2Fauth%3FPartnerId%3DYdaGZikOi2zIZ6ftRVaY%26Target%3Dhttps%253A%252F%252Fapp.bel.bpifrance.fr%252Fsso%252Fcode%26SSORequest%3DY29kZV9jaGFsbGVuZ2U9bUpTZjRiQjdLRFBsamFRZVNTZUllbGJPUU1VLW82dUk2Xy1DZGxpcEg3WSZyZWRpcmVjdF91cmk9aHR0cHM6Ly9hcHAuYmVsLmJwaWZyYW5jZS5mci9zc28vY29kZSZub25jZT1WVnB6VW1wNlNsOXBUMDFQV25WMkxYUkRTRlp1U0c4d2EybFVjMDVrVEVKalUxTjBTRXN4VHpSbVVFRjUmc2NvcGU9b3BlbmlkIHByb2ZpbGUgZW1haWwmY29kZV9jaGFsbGVuZ2VfbWV0aG9kPVMyNTYmc3RhdGU9VlZwelVtcDZTbDlwVDAxUFduVjJMWFJEU0ZadVNHOHdhMmxVYzA1a1RFSmpVMU4wU0VzeFR6Um1VRUY1OyUyRnN1YnNjcmliZSUyRnByZXQtcmVsYW5jZS1yZWdpb24mcmVzcG9uc2VfdHlwZT1jb2RlJmNsaWVudF9pZD1ZZGFHWmlrT2kyeklaNmZ0UlZhWQ%253D%253D" target="_blank" title="PRÊT SUPÉRIEUR À 50 000 €"&gt;PRÊT SUPÉRIEUR À 50 000 €&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sud-pret-climat</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique tous les jours de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (service et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sud-pret-climat/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>111754</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Substituer les énergies fossiles par des énergies renouvelables thermiques</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention applicable sur les études et sur l'investissement</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en œuvre un système de production de chauffage, d&amp;#039;eau chaude sanitaire, ou de rafraichissement d&amp;#039;origine renouvelable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudier les besoins de chauffage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluer l&amp;#039;opportunité de passer d&amp;#039;un système carboné à un système renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudier la faisabilité technique et financière de l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déposer un dossier de subvention auprès du Contrat de Développement Territorial coordonné par le Département.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la Maîtrise d&amp;#039;œuvre et la réalisation des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place un Commissionnement le cas échéant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Note d&amp;#039;opportunité réalisé par les animateurs du dispositif du Contrat de Développement des Energies renouvelables Thermiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport de Commissionnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une chaufferie dans une école,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Passage d&amp;#039;un système gaz à un système géothermie ou Biomasse...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inscription de la Collectivité au Contrat de Développement des Energies renouvelables Thermiques sur le site internet du Département.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas ou des études techniques et un accompagnement à la réalisation du projet est nécessaire, l&amp;#039;adhésion au SDEEG et la signature de la convention de prestation de service pour la transition Energétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/agriculture-environnement-developpement-durable/le-developpement-des-energies#cot</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Energie renouvelable thermique (solaire thermique, géothermie, biomasse)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile PERDRIX&lt;/li&gt;
+ &lt;li&gt;
+  Ingénieure Planification Territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df64-substituer-les-energies-fossiles-par-des-ener/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>119941</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans vos projets de construction et rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivité</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ASDER est un acteur majeur de la transition énergétique en Savoie depuis plus de 40 ans. Nous accompagnons les communes et territoires dans leur politique de transition énergétique, notre spécialité étant l&amp;#039;énergie.
+ &lt;br /&gt;
+ L&amp;#039;ASDER peut vous accompagner du début à la fin de votre projet ou intervenir ponctuellement pour vous apporter des conseils sur le volet énergétique.
+ &lt;br /&gt;
+ Nous visitons le bâtiment et vous faisons un pré-diagnostic et des préconisations d&amp;#039;amélioration.
+ &lt;br /&gt;
+ Si vous décidez de lancer le projet nous sommes à vos côtés pour vous conseiller sur les choix les plus à même d&amp;#039;assurer la qualité environnementale du projet.
+ &lt;br /&gt;
+ Nous pouvons, avec vous, analyser les propositions qui vous sont faites, vous proposer une grille d&amp;#039;analyse pour faire ressortir les éléments essentiels pour réaliser un projet efficace et respectueux de l&amp;#039;environnement.
+ &lt;br /&gt;
+ L&amp;#039;objectif de notre accompagnement est de vous amener vers un projet le plus vertueux possible, avantageux pour la maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous avons accompagné plusieurs communes pour la rénovation de leur école, dans une réflexion très en amont avec le CAUE de la Savoie (pré-diagnostic ; pré-programme). Nous accompagnons les maîtres d&amp;#039;ouvrage tout au long des projets, ce qui nous permet d&amp;#039;avoir une bonne expérience.
+ &lt;br /&gt;
+ Nous intervenons régulièrement pour les communes, sur tout type de bâtiments (mairie ; école ; salle polyvalente ; logements communaux ; ...) et à différents stades de leurs projets de patrimoine (programme, pré-diagnostic, consultations des entreprises, suivi des installations, ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes communes et EPCI de Savoie sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christian Fleury - Responsable du pôle collectivités et territoires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  christian.fleury&amp;#64;asder.asso.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 04 79 85 88 50
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e84c-etre-accompagner-dans-vos-projets-de-construc/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>129712</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation énergétique des bâtiments publics - SYDEV</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Programme rénovation</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Énergie et d’équipement de Vendée (SYDEV)</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>Variable en fonction de la typologie du projet, piscine 250 k€, autres bâtiments 120 k€</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La rénovation énergétique des bâtiments est un axe majeur dans la transition énergétique et les collectivités territoriales ont un rôle prépondérant dans l&amp;#039;atteinte des objectifs que se sont fixés la France ainsi que la Région des Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2005, plus de 1 700 audits énergétiques ont été menés sur le patrimoine des collectivités vendéennes. Cela a permis de constater que 72 millions d&amp;#039;euros sont nécessaires pour améliorer significativement la performance du patrimoine bâti des collectivités vendéennes.
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de ce constat, le SYDEV a décidé en 2020 de poursuivre son action en faveur des économies d&amp;#039;énergie en accompagnant les collectivités territoriales dans la réalisation de travaux de rénovation énergétique sur leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV consacre ainsi 20 millions d&amp;#039;euros jusqu&amp;#039;en 2026 pour soutenir les collectivités dans l&amp;#039;atteinte de cet objectif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets éligibles sont l&amp;#039;ensemble des bâtiments publics des collectivités adhérentes au SYDEV, dans la mesure où, si des systèmes de chauffage fioul et propane existent, ils seront remplacés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bâtiments éligibles sont divisés en 4 catégories et classés par surface, &amp;gt; ou &amp;lt; à 150 m2 de SHON.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sont instruits et les aides accordées selon les critères d&amp;#039;éligibilité en vigueur à la date de présentation du dossier complet au Bureau du SYDEV. L&amp;#039;ensemble des critères d&amp;#039;éligibilité doivent être respectés pour que le dossier soit recevable.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier du soutien financier du SYDEV, le maître d&amp;#039;ouvrage doit associer le pôle Services aux Territoires du SYDEV tout au long du projet de rénovation énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cela implique notamment sa présence aux phases suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À l&amp;#039;élaboration du programme afin de conseiller la collectivité pour définir ses objectifs de performance énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la consultation de la maîtrise d&amp;#039;œuvre afin de transcrire ces objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection de la maîtrise d&amp;#039;œuvre pour apprécier la prise en compte des aspects énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au stade des études de projet (PRO : APS et APD) afin d&amp;#039;apprécier les choix techniques proposés et d&amp;#039;effectuer une estimation de la subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la validation du DCE travaux pour assurer la cohérence avec l&amp;#039;étude thermique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection des entreprises afin d&amp;#039;apprécier l&amp;#039;impact des solutions proposées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  À la réception afin de contrôler que les solutions retenues sont correctement mises en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers sont séparès en deux catégories :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bâtiments inférieurs à 150 m2 de SHON
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bâtiments supérieurs à 150 m2 de SHON
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;lt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera demandé la réalisation d&amp;#039;un bouquet de travaux comprenant au minimum deux actions parmi la liste suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Isolation de combles / toiture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation du sol / plancher bas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation des murs donnant sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement des menuiseries donnant sur l&amp;#039;extérieur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaque poste de travaux devra respecter les critères des certificats d&amp;#039;économies d&amp;#039;énergie (CEE) définis par l&amp;#039;Etat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une programmation / régulation du ou des système(s) de chauffage / ventilation / climatisation devra être mise en place.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;gt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV soutient les travaux d&amp;#039;amélioration de la performance énergétique selon les modalités suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ Catégorie 1 Catégorie 2 Catégorie 3
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Caractéristique du bâti (Ubat) &amp;lt; 0,6 W/m2.K*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dérogation possible à 0,7 W/m2.K en cas d&amp;#039;utilisation de matériaux biosourcés sur l&amp;#039;ensemble des murs extérieurs ou des planchers hauts.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; Cep réf- 40%
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 2 Catégorie 3
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; 80 kWhep/m2.an
+&lt;/p&gt;
+&lt;p&gt;
+ Une étude réglementaire thermique Th-C-Ex sera demandée, elle permettra de clairement identifier les gains énergétiques induits par les travaux sur le projet.
+ &lt;br /&gt;
+ Le périmètre d&amp;#039;étude correspond à la SHON thermique (SHOB de la zone traité thermiquement et isolé - zone de stationnement, non aménagée pour l&amp;#039;utilisation du bâtiment, HSP &amp;lt; 1,8 m).
+ &lt;br /&gt;
+ Elle est défini en partenariat avec le chargé d&amp;#039;affaire SYDEV du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 4 (Piscine)
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacter directement le SYDEV.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://sydev-vendee.fr/transition-energetique/efficacite-energetique/batiments-publics</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Secteur
+ :
+ &lt;br /&gt;
+ Île d&amp;#039;Yeu / CC de l&amp;#039;île de Noirmoutier / CC Océan Marais de Monts / Challans-Gois Communauté / CC de Vie et Boulogne / La Roche-sur-Yon agglomération
+ &lt;br /&gt;
+ &lt;em&gt;
+  Pierre GORSIC : Animateur de secteur / 02 51 45 93 23 / p.gorsic&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Terres de Montaigu agglomération / CC St Fulgent - Les Essarts / CC Pays de Mortagne / CC Pays des Herbiers / CC pays de Pouzauges / CC Pays de Chantonnay
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Vincent BILLAUD : Animateur de secteur / 02 51 45 88 96 / v.billaud&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC du Pays de St Gilles Croix de Vie / Les Sables d&amp;#039;Olonne Agglomération / CC du Pays des Achards / Vendée Grand Littoral Talmont Moutiers Communauté
+ &lt;br /&gt;
+ &lt;em&gt;
+  Arnaud CHAILLOU : Animateur de secteur / 02 51 45 88 61 / a.chaillou&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC Sud Vendée Littoral / CC Pays de la Chatigneraie / CC Pays de Fontenay-Vendée / Vendée, Sèvre, Autise
+ &lt;br /&gt;
+ &lt;em&gt;
+  Elodie TRAINEAU : Animatrice de secteur / 02 51 45 93 19 / e.traineau&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>b.guilbaud@sydev-vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7923-aide-a-la-renovation-energetique-des-batiment/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>73928</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>ALME Mulhouse sud Alsace - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  ALME Mulhouse Sud Alsace
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>CA Mulhouse Alsace Agglomération</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alme-mulhouse.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elodie Passat, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ elodie.passat&amp;#64;mulhouse-alsace.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/22c8-se-faire-accompagner-par-lalec-nancy-grands-t/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>73932</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Montpellier Métropole - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC Montpellier Métropole
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Montpellier Méditerranée Métropole</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-montpellier.org/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjorie Salaün-Rovira, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ marjorie.salaun&amp;#64;alec-montpellier.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c36-se-faire-accompagner-par-lale-08/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>73936</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Lozère Energie - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC Lozère Energie
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Lozère</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>http://energie.lozere.fr/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mathieu Couderc, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;energie.lozere.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1bc-se-faire-accompagner-par-lalec-quercy-energie/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>73876</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>ALEPTE  - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEPTE
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Paris Terres d'Envol (EPT)</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alepte.fr/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mourad Boukrara, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ mourad.boukrara&amp;#64;alepte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/231a-se-faire-accompagner-par-lalec-plaine-commune/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>73877</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>ALEC GPSO Energie - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  GPSO Energie
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Grand Paris Seine Ouest (EPT)</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gpso-energie.fr/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Muriel Leboulanger, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ muriel.leboulanger&amp;#64;gpso-energie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a27f-se-faire-accompagner-par-lalepte/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>73878</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>ALEC POLD - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  POLD
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Paris Ouest La Défense (EPT)</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-pold.org/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tony Ferreira, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ t.ferreira&amp;#64;alec-pold.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cb0-se-faire-accompagner-par-alec-pold/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>73880</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>ALEC SQY - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  SQY
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Centre et sud Yvelines</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alecsqy.org/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sébastien Mellé, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ sebastien.melle&amp;#64;alecsqy.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f90-se-faire-accompagner-par-lalec-ouest-essonne/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>73882</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Seine et Marne Environnement - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Seine et Marne Environnement
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr/</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mme Céline HENRY, Directrice&lt;/p&gt;&lt;p&gt;direction&amp;#64;seme-id77.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff6d-se-faire-accompagner-par-lalec-sud-parisienne/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>73940</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC Agence des Politiques énergétiques du Var
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://cofor83.fr/agence-des-politiques-energetiques-du-var</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sophie Perchat, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ sophie.perchat&amp;#64;cofor83.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8f26-se-faire-accompagner-par-lalec-de-la-metropol/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>73934</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Quercy Energies - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC Quercy
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  Energies
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>http://www.quercy-energies.fr/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Alban Aubert, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ alban.aubert&amp;#64;quercy-energies.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3049-se-faire-accompagner-par-lalec-montpellier-me/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>73881</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Sud Parisienne - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Sud Parisienne
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>CA Grand Paris Sud Seine Essonne Sénart</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>http://alec-sudparisienne.org/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adèle Baud, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ a.baud&amp;#64;alec-sudparisienne.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e87-se-faire-accompagner-par-lalec-sqy/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>73922</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays de Rennes - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC du Pays de Rennes
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE RENNES</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-rennes.org/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Claire Le Gentil, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ claire.le-gentil&amp;#64;alec-rennes.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01c1-se-faire-accompagner-par-lalec-du-departement/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>73946</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>ALOEN - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  ALOEN
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DE LORIENT</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://aloen.fr/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marie-Laure Lamy, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ marielaurelamy&amp;#64;aloen.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3919-se-faire-accompagner-par-energence/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>73923</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>ENER'GENCE - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  ENER&amp;#039;GENCE
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE BREST</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>http://www.energence.net/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gladys Douilly, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ gladys.douilly&amp;#64;energence.net
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/31ee-se-faire-accompagner-par-lalec-du-pays-de-ren/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>73924</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Pays St Brieuc - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  du Pays de Saint-Brieuc
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Saint-Brieuc (PETR)</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alec-saint-brieuc.org/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Charline Lasterre, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ charline.lasterre&amp;#64;alec-saint-brieuc.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5ce3-se-faire-accompagner-par-energence/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>73925</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>ALECOB - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  ALECOB
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU CENTRE OUEST BRETAGNE</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://alecob.jimdofree.com/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Benoit Aignel, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ benoit.aignel&amp;#64;wanadoo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a8b1-se-faire-accompagner-par-lalec-du-pays-de-sai/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>73926</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>HEOL - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  HEOL
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Morlaix (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>http://www.heol-energies.org/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bertrand Mear, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ bertrand.mear&amp;#64;heol-energies.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e01-se-faire-accompagner-par-lalecob/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>73938</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 18 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC 18
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Cher</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://alec18.fr/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Pierre Claustres, Directeur :
+ &lt;a target="_self"&gt;
+  jean-claustres&amp;#64;alec18.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/687e-se-faire-accompagner-par-lalec-37/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>73931</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>ALE 08 - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALE
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  08
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ale08.org/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christel Sauvage, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ c.sauvage&amp;#64;ale08.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87dc-se-faire-accompagner-par-lalec-du-pays-messin/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>73933</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>SOLEVAL - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALE
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  C SOLEVAL
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>CA du Sicoval</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>http://www.soleval.org/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Laure Barthelemy-Blanc, Directrice /
+ &lt;a href="mailto:laurebb&amp;#64;soleval.org" target="_self"&gt;
+  laurebb&amp;#64;soleval.org
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact du secrétariat : Tél. : 09 62 21 95 85 /
+ &lt;a href="mailto:contact&amp;#64;soleval.org" target="_self"&gt;
+  contact&amp;#64;soleval.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e94-se-faire-accompagner-par-lalec-montpellier-me/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>73884</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Grenoble - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Grenoble
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes-Métropole</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alec-grenoble.org/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marie Filhol, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ marie.filhol&amp;#64;alec-grenoble.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ce4-se-faire-accompagner-par-lalec-de-la-metropol/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>73935</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>ALEDA - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC ALEDA
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Ariège</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>http://aleda09.fr/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe Bonrepaux, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ p.bonrepaux&amp;#64;sde09.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35df-se-faire-accompagner-par-lalec-montpellier-me/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>73885</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 01 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC
+01
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec01.fr/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marie Moissenet, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ m.moissenet&amp;#64;alec01.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a7a-se-faire-accompagner-par-lalec-de-la-metropol/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>73887</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 42 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC 42
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alec42.org/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Richard Gonnet, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ richard.gonnet&amp;#64;alec42.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/43a3-se-faire-accompagner-par-lalec-du-departement/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>73886</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 07 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC
+07
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec07.org/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Joseph Bourez, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ bourez&amp;#64;alec07.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/124e-se-faire-accompagner-par-lalec-du-departement/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>73883</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Lyon
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Alex Dellong, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ alex.dellong&amp;#64;alec-lyon.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/27ae-se-faire-accompagner-par-seine-et-marne-envir/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>154976</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Aider au maintien et au développement des établissements scolaires publics du 1er degré, des locaux périscolaires et des accueils de loisirs</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>ÉTABLISSEMENTS SCOLAIRES PUBLICS DU 1ER DEGRÉ, LOCAUX PÉRISCOLAIRES ET ACCUEILS DE LOISIRS</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>- Taux ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - Dispositif concerné par les bonifications environnementale et insertion</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider au maintien et au développement des établissements de l&amp;#039;enseignement public du 1er degré, de leurs locaux d&amp;#039;animation, des garderies périscolaires, des accueils de loisirs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Toutes dépenses d&amp;#039;investissement pour l&amp;#039;achat d&amp;#039;un bâtiment (suivi ou non de travaux), la construction, l&amp;#039;extension ou la réhabilitation d&amp;#039;un bâtiment ayant vocation à en augmenter la valeur ou la durée d&amp;#039;usage (y compris la végétalisation des murs et toitures) à usage scolaire et/ou d&amp;#039;animation, de garderies périscolaires, d&amp;#039;accueil de loisirs, de cantines (y compris leur cuisine si utilisation exclusivement scolaire du 1er degré), &lt;/li&gt;&lt;li&gt;L&amp;#039;aménagement des cours d&amp;#039;école&lt;/li&gt;
+ &lt;li&gt;Les aires de jeux inclusives comportant au moins un équipement spécifique ou jeu adapté à un ou plusieurs handicaps ou déficiences qu&amp;#039;il soit moteur, auditif, visuel ou mental
+ &lt;/li&gt;
+ &lt;li&gt;Les clôtures et portails (dans le cadre de la sécurisation du site)&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Dans le cadre d&amp;#039;un projet global, les travaux de mise en accessibilité peuvent être inclus dans la dépense éligible si leur coût est inférieur à 50% du coût total H.T. du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses concomitantes éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Démolitions et/ou désamiantage liés au projet, (uniquement si accompagnés de travaux de (re)construction, extension, réhabilitation),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions de mobilier et de gros matériel fixe (cuisine) uniquement si elles sont liées à un projet de construction, d&amp;#039;extension ou de création,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études d&amp;#039;investissement préalables, ingénierie, assistance à maîtrise d&amp;#039;ouvrage si elles ont fait l&amp;#039;objet d&amp;#039;un mandat dans les 3 ans précédant la date du dépôt de la demande de subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions foncières et / ou bâtimentaires si la date de signature de l&amp;#039;acte d&amp;#039;acquisition a eu lieu dans les 3 ans précédant la date de dépôt de la demande de subvention,
+ &lt;/li&gt;
+ &lt;li&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/etablissements-scolaires-publics-du-1er-degre-locaux-periscolaires-et-accueils-de-loisirs/</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0e3-aider-au-maintien-et-au-developpement-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>73873</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>APC - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  APC
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Paris</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.apc-paris.com/</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Karine Bidart, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ karine.bidart&amp;#64;apc-paris.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c70e-se-faire-accompagner-par-une-agence-locale-de/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>73874</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>ALEC MVE - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  MVE
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>EPT Est Ensemble, Grand Paris Grand Est, Paris Est Marne et Bois</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-mve.org/</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Brigitte Corinthios, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ bcorinthios&amp;#64;agence-mve.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8c51-se-faire-accompagner-par-lagence-parisienne-d/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>73875</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Plaine Commune - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Plaine Commune
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Plaine Commune (EPT)</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-plaineco.org/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Michael Evrard, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ m.evrard&amp;#64;alec-plaineco.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/63b3-se-faire-accompagner-par-lalec-mve/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>16244</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets de construction, rénovation et transformation des bâtiments éducatifs</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>EduRénov</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Edu Prêt pour soutenir vos investissement dans l'école de demain</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  🚩
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Vous êtes une
+collectivité territoriale ou un groupement, une entreprise publique locale
+(SEM, SPL,…), un établissement public local (OPH et EPSMS) ou un établissement
+public national ? L&amp;#039;Edu Prêt est une solution de financement proposée par la
+Banque des Territoires pour accompagner la modernisation des bâtiments
+scolaires et périscolaires. Ce prêt permet aux collectivités de financer leurs
+projets d&amp;#039;acquisition, de construction et de rénovation avec des conditions
+avantageuses.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Grâce à l&amp;#039;Edu
+Prêt, vous pouvez bénéficier :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;D’un
+     taux bonifié pour les opérations les plus vertueuses.&lt;/li&gt;
+ &lt;li&gt;De
+     prêts à taux compétitif, quelle que soit la nature de votre projet.&lt;/li&gt;
+ &lt;li&gt;D’un
+     taux fixe, rendu possible par le partenariat entre la Banque des
+     Territoires et la BEI.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Que votre
+projet concerne des écoles, collèges, lycées ou équipements périscolaires comme
+les internats et espaces culturels, l&amp;#039;Edu Prêt vous offre une solution sur
+mesure. L’objectif est d’assurer des financements accessibles et pérennes pour
+soutenir la qualité et l’efficacité énergétique des infrastructures éducatives.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Si vous
+souhaitez en savoir plus, vous pouvez consulter la page dédiée à l&amp;#039;Edu Prêt et
+découvrir comment structurer votre projet avec un accompagnement adapté.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/edu-pret-investir-dans-les-projets-du-secteur-educatif</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c660-edu-pret/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>73927</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Nancy Grands Territoires - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Nancy Grands Territoires
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Nancy</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>http://alec-nancy.fr/</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Guillaume Lavier, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ guillaume.lavier&amp;#64;alec-nancy.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7830-se-faire-accompagner-par-heol/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>73930</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Pays Messin - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  du Pays Messin
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DE L'AGGLOMERATION MESSINE</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alec-paysmessin.fr/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jérémy Marx, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ direction&amp;#64;alec-paysmessin.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0377-se-faire-accompagner-par-lalec-epinal-centre-/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>73941</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole bordelaise et Gironde - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC de la métropole bordelaise et de la Gironde
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Romain Harrois, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ romain.harrois&amp;#64;alec-mb33.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/536a-se-faire-accompagner-par-lagence-des-politiqu/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>144503</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets innovants dans le cadre des Contrats de Relance et de Transition Ecologique (CRTE)</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 500.000€ HT</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les dossiers portés par les collectivités locales (Communes, EPCI) concernant leur patrimoine immobilier communal et/ou intercommunal, à usage public uniquement ou à usage de logements sociaux et retenus par l&amp;#039;Etat au titre du CRTE pourront prétendre à une aide complémentaire du Département, dans la mesures où ces projets ne peuvent être subventionnés par aides dépendant des règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides financières portent sur les investissements suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réalisation de travaux de rénovation énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation de travaux pour le changement de mode de chauffage fioul ou gaz, par une source de chaleur renouvelable (biomasse, géothermie et solaire thermique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autoconsommation seulement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sollicitant l&amp;#039;aide du Département devront être déposés avant tout investissement ou démarrage des travaux. Une autorisation de démarrage anticipé des opérations pourra le cas échéant être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention doit être déposé au titre de la DETR et DSIL sur la plateforme « démarches simplifiées » accompagné d&amp;#039;un courrier de saisie de Monsieur le Président du Conseil départemental et doit comprendre :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit énergétique ou étude de faisabilité EnR chaleur (ce document pourra être fourni ultérieurement, étant précisé qu&amp;#039;un engagement sur l&amp;#039;honneur de réaliser cette étude devra être fourni) et faisant état d&amp;#039;une réduction d&amp;#039;au moins 30% de consommations énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;installation de panneaux photovoltaïques, une étude technique détaillée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le devis estimatif retenu ou l&amp;#039;acte d&amp;#039;engagement accompagné du Détail Quantitatif et Estimatif (DQE) dans le cadre d&amp;#039;un marché ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si nécessaire, la délibération de l&amp;#039;assemblée délibérante de la commune ou de l&amp;#039;EPCI décidant la réalisation des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plan de financement de l&amp;#039;opération, faisant apparaître les autres demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Si la demande d&amp;#039;aide intervient dans le cadre d&amp;#039;un dossier de rénovation globale d&amp;#039;un bâtiment, les postes relatifs à la rénovation énergétique devront être distincts des autres postes de dépense sur le devis ou le bordereau des prix.</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f000-accompagner-les-projets-innovants-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>103464</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Rénover les bâtiments tertiaires publics de manière exemplaire (démarche Bâtiments durables).</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments publics durables</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p width="100%;"&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation exemplaire de bâtiments tertiaires publics.
+  &lt;/p&gt;
+&lt;p&gt;
+ Les projets présentés doivent porter sur les travaux de rénovation énergétique et climatique ambitieuse des bâtiments tertiaires publics, incluant une démarche Bâtiments durables franciliens (BDF) ou une démarche équivalente au choix du porteur de projet et un bouquet de travaux adossés aux CEE.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront respecter les performances minimales figurant dans les annexes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs sont encouragés à intégrer
+ &lt;a href="https://www.iledefrance.fr/reflexe-bois-biosources" rel="noopener" target="_blank"&gt;
+  le dispositif « Réflexe bois-biosourcés »
+ &lt;/a&gt;
+ dans leurs réflexions de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé et les travaux ne doivent pas avoir débuté avant la date de notification de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Biodiversité
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P62" s="1" t="inlineStr">
+        <is>
+          <t>08/11/2018</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 k€ par projet, portée à 300 k€ en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune indemnité ne sera versée pour les frais engagés pour participer au présent appel à projets et à l&amp;#039;élaboration des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur mesdemarches.iledefrance.fr préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/batiments-publics-durables</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:aap-batiments-durables&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+    aap-batiments-durables&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="mailto:aap-batiments-durables&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82d5-batiments-publics-durables/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>73872</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le patrimoine pour réduire les consommations énergétiques du parc public et développer les énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>SCOT Grand Douaisis (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la mise en oeuvre du Plan Climat et de sa politique « Douaisis Territoire d&amp;#039;Excellence Environnementale et Energétique » (DT3E), le SCOT Grand Douaisis a décidé depuis 2011 de développer les conditions favorables à l&amp;#039;amélioration du patrimoine des collectivités à travers la stratégie patrimoine communal.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette stratégie se compose de différentes actions dont le conseil et l&amp;#039;accompagnement des communes dans l&amp;#039;amélioration de leur patrimoine afin de réduire fortement les consommations énergétiques du parc public et développer les énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service permet aux communes de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recevoir une expertise avertie sur les problématiques énergétiques et patrimoniales, sur les dispositifs en vigueur, les opportunités...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser et réduire leurs consommations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser des rénovations importantes et adaptées à leur patrimoine
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;utilisation et/ou la production d&amp;#039;autres sources d&amp;#039;énergie, notamment renouvelables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En effet, en plus du suivi des consommations, les communes sont confrontées à de nombreuses problématiques énergétiques : rénovation basse consommation, éclairage public, ouverture des marchés de l&amp;#039;énergie, développement des énergies renouvelables, groupements, formations des agents en interne...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce conseil et cet accompagnement est dispensé par le Service Energie Collectivité (SEC) porté par le SCOT Grand Douaisis qui
+ propose un service permettant de généraliser le passage à l&amp;#039;action de toutes les communes qui le souhaitent. Les missions du SEC sont réalisées par des agents du SCOT, conseillers en énergie partagés (CEP) qui possèdent chacun un portefeuille de plusieurs communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service bénéficie également de l&amp;#039;expertise du pôle urbanisme du SCOT.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  diminution du budget de fonctionnement (flux) des communes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renégociation des contrats d&amp;#039;énergie développement de réseaux de chaleur urbain
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation de mairie, d&amp;#039;écoles, de salles de sport....
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  constructions visant la neutralité carbone (médiathèque, écoles...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accès aux aides régionales et nationales (FRAMEE, Fonds Chaleur, Plan de Relance, TEPCV...) en accompagnant la constitution des dossiers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes du territoire sont éligibles au dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif se fait par période de 3 ans. Tous les 3 ans, le SCOT lance un appel à manifestation d&amp;#039;intérêt auprès des communes du Grand Douaisis pour qu&amp;#039;elles candidatent à ce conventionnement de 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la période 2021-2023, les candidatures sont à déposer jusqu&amp;#039;au 30 novembre 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ La cotisation annuelle est calculée en fonction du nombre d&amp;#039;habitant de la commune. Le taux est révisé tous les 3 ans, en fin de période de conventionnement.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU GRAND-DOUAISIS</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://grand-douaisis.com/plan-climat-territoire/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marielle DIVAY, Directrice : 03 27 98 21 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>bmeley@grand-douaisis.org</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dbd-service-energie-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>112011</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2011, le Syndicat Départemental propose une plateforme de valorisation des Certificats d&amp;#039;Economies Energie (CEE) pour les Collectivités  de la Gironde .
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet de récupérer une aide financière pour les collectivités qui effectuent des opération d&amp;#039;amélioration de la performance énergétique de leur patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SDEEG assure une prise en charge complète des dossiers depuis la définition des travaux éligibles jusqu&amp;#039;au versement de la contribution obtenues par la vente des CEE ( 75% du produit de la vente sont reversés, les 25% restants servent à couvrir les frais de gestion).
+&lt;/p&gt;
+&lt;p&gt;
+ En participant à ce dispositif, chaque collectivité bénéficie :
+&lt;/p&gt;
+&lt;p&gt;
+ *  de conseils et d&amp;#039;accompagnement tout au long des travaux,
+&lt;/p&gt;
+&lt;p&gt;
+ *  d&amp;#039;une gestion des dossiers simplifiée,
+&lt;/p&gt;
+&lt;p&gt;
+ *  de la réduction des charges et des coûts administratifs grâce à la mutualisation de l&amp;#039;accompagnement pour l&amp;#039;ensemble des bénéficiaires,
+&lt;/p&gt;
+&lt;p&gt;
+ *  d&amp;#039;une valorisation financière optimale des opérations, en complément des économies d&amp;#039;énergies dues aux travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Signature d&amp;#039;un accord de regroupement.
+ Ce document fixe les engagements du SDEEG et du bénéficiaire, ainsi que les conditions financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/312-les-certificats-d-economies-d-energie-cee.html</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  William RAVAILLE – Ingénieur Efficacité Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa27-valoriser-les-certificats-deconomie-denergie/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>312</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui en expertise sur les thématiques de transitions écologique et énergétique et d'aménagement durable</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les questions d&amp;#039;environnement, d&amp;#039;énergie, de mobilité et d&amp;#039;aménagement urbain sont au cœur du développement de votre territoire.
+La Banque des territoires mobilise de l&amp;#039;ingénierie en faveur d&amp;#039;un développement durable des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le chemin vers des territoires plus durables et plus résilients comporte de nombreux défis, dont celui de disposer d&amp;#039;une ingénierie adéquate. Nous pouvons mobiliser des experts pour vous accompagner dans l&amp;#039;identification de vos enjeux, notamment de vulnérabilité, mais aussi dans la mise en lumière de vos atouts imaginer avec vous les pistes d&amp;#039;actions et quantifier les moyens à mobiliser.
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse de vous proposer un appui à l&amp;#039;élaboration d&amp;#039;une stratégie globale de transition ou de mobiliser une expertise précise (énergie, littoral, changement climatique, biodiversité...), nos experts vous accompagnent dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ Elément essentiel de toute stratégie d&amp;#039;aménagement durable, la mise en œuvre d&amp;#039;une stratégie foncière est indispensable afin de créer les conditions de la réussite de nombreuses politiques publiques, qu&amp;#039;il s&amp;#039;agisse de développement économique, de production de logements ou encore de la protection d&amp;#039;espaces remarquables. Nos experts peuvent vous appuyer dans le choix des outils réglementaires, financiers et opérationnels mobilisables. Nous pouvons également vous aider à identifier les acteurs locaux et nationaux mobilisables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/accompagnement-pour-lelaboration-dune-strategie-de-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://mon-compte.banquedesterritoires.fr/#/contact/form/produit/47021</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ffe7-expertise-transition-ecologique-energetique-e/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>162443</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Maîtriser l'énergie dans les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 60</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Mayenne est l&amp;#039;interlocuteur privilégié des collectivités locales et des particuliers, pour tout ce qui concerne les réseaux gaz et électriques. Pour le compte des communes du département propriétaires des réseaux gaz et électrique, Territoire d&amp;#039;énergie Mayenne intervient sur le réseau public pour tous les travaux garantissant la qualité de l&amp;#039;énergie distribuée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Outre ses missions sur le réseau d&amp;#039;électricité et de gaz, Territoire d&amp;#039;énergie Mayenne accompagne les communes qui le souhaitent pour mettre en place une politique énergétique maîtrisée et agir concrètement sur leur patrimoine pour réaliser des économies. &lt;/p&gt;&lt;p&gt;Pour les communes relevant d&amp;#039;un EPCI ayant signé la convention-cadre avec TEM, le syndicat aide au financement des audits énergétiques. Le syndicat dépose et instruit les dossiers pour le compte des collectivités auprès de la FNCCR dans le cadre des programmes ACTEE pour des aides financières. Des outils de suivis sont également mis à disposition.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour les collectivités adhérentes au syndicat, TEM prend en charge 40 % du coût de l&amp;#039;audit énergétique, pour les collectivité non adhérente 20 % &lt;span&gt;du coût de l&amp;#039;audit énergétique. L&amp;#039;aide est soumise à&lt;/span&gt;&lt;span&gt; un plafond de 700€ maximum par audit, et 1500€  par collectivité par an.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.territoire-energie53.fr/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agnès BOUSSARD - Chargée de missions Maîtrise de l&amp;#039;énergie - &lt;a target="_self"&gt;agnes.boussard&amp;#64;te53.fr&lt;/a&gt; - 06 89 53 68 54&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te53.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/maitrise-de-lenergie-dans-les-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>95073</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur des bâtiments et la qualité de vie des occupants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les consommations d&amp;#039;énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer à la conservation du patrimoine des communes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre la montée en compétence des professionnels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répondre aux objectifs régionaux des Schémas Régionaux Climat Air Energie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de Gaz à Effet de Serre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets portés par des grandes agglomérations, des départements et l&amp;#039;Etat ou leurs opérateurs sont exclus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rénovation basse consommation de tout type de bâtiments publics et/ou associatifs quelle soit leur typologie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant d&amp;#039;aide forfaitaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant forfaitaire :
+Aide aux travaux comportant une prime de base à laquelle se rajoute une aide au m2.
+Prime de base fixe : de 5.000 € à 15.000 € selon le nombre de travaux constituant le bouquet.
+Aide en €/m2 : de 20 €/m2 à 85 €/m2 selon la nature du bouquet de travaux et le potentiel financier et l&amp;#039;effort fiscal de la commune par rapport à la moyenne de la strate. Voir détail Annexe 3.
+• Plafonds : 1 250 m2 de surface de plancher (SDP) et 250 €/m2 SDP pour l&amp;#039;aide aux travaux.
+• Bonus : Bonus BBC : 10.000 € si atteinte du niveau de performance BBC rénovation tel que défini par la Région. La production photovoltaïque locale ou d&amp;#039;une autre énergie renouvelable ne pourra pas être déduite du bilan des consommations du bâtiment. Voir détail Annexe 4
+Bonus éco-materiaux : 20 % du montant de l&amp;#039;aide aux travaux (hors bonus) pour le recours à des matériaux biosourcés (issus de fibres végétales ou animales) pour l&amp;#039;isolation des murs extérieurs.
+Bonus pour la création de logements conventionnés :
+Si, pour les communes éligibles au pacte de ruralité de la Région, la rénovation du bâtiment donne lieu à la création de logements locatifs faisant l&amp;#039;objet d&amp;#039;un conventionnement (PLAI, PLUS
+ou PLS), la Région accorde une aide complémentaire à hauteur de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  40 €/m2 SDP si les logements sont créés sans changement de destination de tout ou partie du bâtiment rénové ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 €/m2 SDP si les logements sont créés par changement de destination de tout ou partie du bâtiment rénové.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ • Energies renouvelables :
+Pour toute installation d&amp;#039;un équipement d&amp;#039;énergies renouvelables sur le bâtiment rénové, les aides sectorielles de la Région et de l&amp;#039;ADEME consacrées aux énergies renouvelables viennent s&amp;#039;ajouter selon les modalités en vigueur dans le cadre du CPER ADEME-Région en cours. Les aides consacrées aux énergies renouvelables doivent faire l&amp;#039;objet d&amp;#039;une demande spécifique. Pour plus d&amp;#039;informations, prendre contact avec les services de la Région ou consulter le site
+ &lt;a href="https://www.climaxion.fr"&gt;
+  climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-batiments-publics-associatifs" rel="noopener" target="_blank"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-batiments-publics-associatifs/</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le site de la région Grand-Est pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/883d-renovation-energetique-des-batiments-publics-/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>126158</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités et leurs groupements à la mise en oeuvre des projets énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Intercommunal de l'Electricité et du Gaz de l'Eure (SIEGE 27)</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Photovoltaïque sur bâtiments et ombrières de parkings publics : le SIEGE 27 accompagne les collectivités et leurs groupements pour des installations photovoltaïques en assurant les études nécessaires puis la maîtrise d&amp;#039;ouvrage des projets ainsi que leur exploitation (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-pv-bat.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-pv-bat.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois énergie : le SIEGE 27 propose aux communes un accompagnement complet des études à l&amp;#039;exploitation des installations avec prise en charge financière des coûts d&amp;#039;investissement à hauteur de 80% hors réseau hydraulique interne (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-bois.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-bois.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eolien / photovoltaïque au sol : le SIEGE 27 co-développe de tels projets en cas de délibération favorable de la commune d&amp;#039;étude ainsi que de son intercommunalité. L&amp;#039;objectif recherché par le SIEGE 27 est de garantir l&amp;#039;appropriation, le suivi et l&amp;#039;implication du territoire, soutenir des projets publics et citoyens, contribuer au capital/compte courant des sociétés de projet et ainsi accéder à leur gouvernance et optimiser les retombées économiques locales. Le portage du risque financier est assuré par le SIEGE 27 (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-pv-sol.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-pv-sol.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   et
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-eolien.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-eolien.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Méthanisation : le SIEGE 27 accompagne les collectivités et leurs groupements à faire émerger des projets, en participant notamment financièrement aux maillages et renforcements des réseaux, soutient les porteurs de projet en leur donnant les conditions les plus favorables possibles en lien avec GRDF et les intercommunalités (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-metha.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-metha.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Plus d&amp;#039;informations par le biais des fiches thématiques disponibles sur le bouton descriptif complet.
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Photovoltaïque sur ombrière : parking de la salle des fêtes de Verneusses, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Photovoltaïque sur bâtiments publics : toitures d&amp;#039;école (Thuit de l&amp;#039;Oison, Tillières sur Avre, Saint André de l&amp;#039;Eure,...), de salles des fêtes (Bourg Beaudoin,...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois énergie : mairie/école de Surtauville,...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Photovoltaïque au sol : sur casiers de centres d&amp;#039;enfouissement de déchets (SDOMODE, SETOM), anciennes pistes bétonnées d&amp;#039;aérodrome (Saint André de l&amp;#039;Eure), anciennes carrières (Martot,...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eolien : Mesnil-Rousset, Vraiville/Mandeville/Surtauville/Terres de Bord/La Haye Malherbe, ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.siege27.fr/categories/les-fiches-du-siege27</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ te&amp;#64;siege27.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 32 39 82 00
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.girard@siege27.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a272-accompagnement-des-collectivites-et-de-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>163081</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La collectivité est accompagnée dans le suivi énergétique de ses bâtiments publics et bénéficie d’un soutien technique dans la réalisation des travaux préconisés par l’ALEC.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rencontre avec la collectivité et les partenaires concernés &lt;/li&gt;&lt;li&gt;Visite technique des bâtiments publics (système constructif, état et épaisseur des isolants existants, menuiseries, système de chauffage et climatisation, régulation…) • Analyse des consommations des trois dernières années &lt;/li&gt;&lt;li&gt;Suivi des consommations d’énergie et d’eau des bâtiments et éclairage public &lt;/li&gt;&lt;li&gt;Préconisation d’actions d’économie d’énergie sur les bâtiments étudiés &lt;/li&gt;&lt;li&gt;Réalisation d’un plan pluriannuel d’investissement en concertation avec l’équipe municipale &lt;/li&gt;&lt;li&gt;Identification de potentiel en énergies renouvelables &lt;/li&gt;&lt;li&gt;Sensibilisation des usagers des bâtiments publics aux économies d’énergie &lt;/li&gt;&lt;li&gt;Proposition de programmes pluriannuels d’investissement sur chaque bâtiment public (régulation et programmation du chauffage, isolation, chauffage performant renouvelable…) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ALEC s’adapte aux besoins de la collectivité et peut réaliser l’intégralité de l’accompagnement cité ci-dessus ou uniquement une partie.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/collectivites/agir-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-sur-la-maitrise-de-lenergie-de-mon-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>120978</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour la rénovation énergétique de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement pour la rénovation énergétique de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil et accompagnement afin de prioriser les bâtiments les plus énergivores en fonction de leurs usages, et recherche de financement en vue de la rénovation des bâtiments publics de la collectivité, dans le cadre du décret n°2019-771 du 23/07/2019 dit décret tertiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;après les factures d&amp;#039;énergie et consommation, et une visite des bâtiments, un rapport est rendu sur l&amp;#039;évaluation thermique des bâtiments communaux et, des propositions de solution et une priorisation des actions à mettre en œuvre et des bâtiments à traiter. Une sensibilisation peut aussi avoir lieu (voir offre sensibilisation environnementales des élus ou des agents).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement est réalisé en coordination avec le SDESM pour les communes adhérentes à ce Syndicat et/ou conventionnées avec le SURE.
+&lt;/p&gt;
+&lt;p&gt;
+ Service cofinancé par l&amp;#039;ADEME Ile de France, la Région, le Département et l&amp;#039;EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide aux Communes de Seine-et-Marne, de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  ATTENTION : la Commune doit pouvoir fournir les factures d&amp;#039;énergies et les points de raccordement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ adresse mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/622a-accompagner-les-collectivites-pour-la-renovat/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>152925</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Prioriser la rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Prioréno</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+ENEDIS
+GRDF</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Le service Prioréno permet aux collectivités d&amp;#039;identifier les rénovations énergétiques à mener en priorité sur leur parc immobilier public.
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Prioréno met à disposition des collectivités
+ &lt;strong&gt;
+  une vision cartographique de leur parc de bâtiments publics
+ &lt;/strong&gt;
+ ainsi que des données de consommations d&amp;#039;électricité et de gaz. Ce service offre la possibilité à ses utilisateurs d&amp;#039;être davantage autonome grâce à
+ &lt;strong&gt;
+  une vision globale des consommations énergétiques de ses bâtiments
+ &lt;/strong&gt;
+ et aide à établir un plan de rénovation énergétique pertinent.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Prioréno répond aux problématiques de terrain :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Des collectivités qui manquent d&amp;#039;informations sur leur patrimoine et leurs consommations
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Des services numériques proposés complexes et qui nécessitent le recours à une expertise externe
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Faciliter la décision publique locale pour la rénovation énergétique de bâtiments publics :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Sur cet outil, la Banque des territoires regroupe un ensemble de données fournies par ses partenaires (dont Enedis) lui permettant de générer une
+ &lt;strong&gt;
+  analyse précise de la consommation énergétique d&amp;#039;environ 500.000 bâtiments publics
+ &lt;/strong&gt;
+ présents sur le territoire français. Prioréno en identifie les 10 à 20% de parc sur lesquels les élus locaux peuvent concentrer leurs efforts en matière de rénovation énergétique : études puis mise en chantier !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;&lt;em&gt;
+  * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
+ &lt;/em&gt;&lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour bénéficier de l&amp;#039;aide, il faut :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avoir un compte sur le site de la Banque des Territoires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Connaitre sa liste de PRMs
+&lt;/p&gt;
+&lt;p&gt;
+ Donner l&amp;#039;autorisation à la Banque des Territoires d&amp;#039;accéder aux données de la collectivité locale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Enedis</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/prioreno-un-nouveau-service-data-de-renovation-energetique</t>
+        </is>
+      </c>
+      <c r="W71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/directions-regionales</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact-prioreno&amp;#64;caissedesdepots.fr" target="_self"&gt;contact-prioreno&amp;#64;caissedesdepots.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+ Interlocuteur Privilégié Enedis : &lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1d57-prioriser-la-renovation-energetique-des-batim/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>49783</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la rénovation énergétique du patrimoine public</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux programmes Action Cœur de Ville</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions d&amp;#039;accompagnement er de financement des projets de rénovation énergétique du patrimoine public, et ce, dans le cadre du programme national Action Cœur de Ville. Vous pouvez y prétendre si vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou l&amp;#039;offre de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les solutions de transport propre et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et assurer la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements et équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers lieux, d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter des friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil dédiées aux personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études préalables visant à déterminer l&amp;#039;opportunité et le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études de structuration du montage juridique, économique et financier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser une prise de participation en fonds propres et quasi fonds propres dans les sociétés de projet et les Sociétés d&amp;#039;Économie Mixte agissant en qualité d&amp;#039;aménageurs ou d&amp;#039;opératrices ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un accompagnement en ingénierie sur les projets identifiés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Commerces et services
+Innovation, créativité et recherche
+Equipement public
+Réhabilitation
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-action-coeur-de-ville?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_acv_osat</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c235-etre-soutenu-dans-vos-projets-cur-de-ville-pr/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>24806</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics (ERP)</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles avec un plafond de subvention de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;em&gt;
+   Ce dispositif en faveur de la rénovation des bâtiments publics pour une meilleure performance énergétique s&amp;#039;inscrit dans le cadre de la nouvelle génération de Politique Contractuelle Territoriale Occitanie 2022-2028 qui a vocation à décliner le Pacte Vert Occitanie dans chacun de nos territoires et inviter nos partenaires territoriaux à s&amp;#039;engager dans une démarche de progrès, en faveur du changement de modèle de développement, pour réussir ensemble le rééquilibrage territorial et favoriser l&amp;#039;adaptation et la résilience aux impacts du changement climatique.
+  &lt;/em&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans un souci de réduction de l&amp;#039;empreinte environnementale et de développement de la sobriété énergétique, la Région
+ &lt;/span&gt;
+ &lt;span&gt;
+  Occitanie souhaite accélérer la rénovation du patrimoine bâti public local.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Pour cela, un financement sera apporté aux projets de rénovation des Equipements Recevant du Public (ERP) poursuivant un objectif d&amp;#039;amélioration de la performance énergétique et de sortie de la dépendance aux énergies fossiles.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Au travers de ce dispositif, la Région souhaite accompagner les collectivités locales vers une meilleure gestion énergétique de leur patrimoine bâti dans le cadre de la stratégie « Région à Energie Positive » et dans l&amp;#039;optique d&amp;#039;une optimisation de leurs budgets de fonctionnement.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais liés au DPE et/ou aux études thermiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les fournitures et pose d&amp;#039;équipements/produits et ouvrages améliorant la performance énergétique :
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation thermique des murs, des toitures, des parois vitrées et des portes donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amélioration thermique des vitrages et menuiseries existantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire, performants et/ou utilisant une source d&amp;#039;énergie renouvelable (hors système éligible par ailleurs à une autre aide de la Région, par exemple chaufferie bois, géothermie, solaire... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  organes de pilotages des installations (GTC, régulation...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise d&amp;#039;œuvre au prorata des dépenses concernées, plafonnée à 10%.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les Equipements recevant du Public appartenant aux communes ou EPCI sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans le cadre général, la collectivité doit justifier, après travaux du ou des bâtiments :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit un gain énergétique d&amp;#039;au moins 30% sur la consommation énergétique et l&amp;#039;atteinte de la classe énergétique C minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit l&amp;#039;atteinte de la classe énergétique B
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes de &amp;#43; de 10 000 habitants, situées en Métropole ou Communauté d&amp;#039;Agglomération ou Urbaine, l&amp;#039;atteinte de la classe énergétique B minimum est attendue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit disposer d&amp;#039;un document cadre de gestion du volet énergétique de son patrimoine immobilier, par exemple : schéma directeur de rénovation énergétique, schéma directeur immobilier, bilan énergétique global du patrimoine communal ou de l&amp;#039;EPCI, ... ou tout autre document assimilable permettant de mettre en lumière la priorisation du ou des bâtiments faisant l&amp;#039;objet de la demande de subvention pour améliorer le bilan énergétique global de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus de ce dispositif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les bâtiments générateurs de recettes commerciales (par exemple : bar, restaurant, camping communal, gîte ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements faisant l&amp;#039;objet de dispositifs régionaux spécifiques (par exemple : bâtiment culturel, sportif, touristique, tiers lieux ...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région est plafonnée au montant cumulé des participations du bloc local (commune, EPCI, groupement de communes...). Par ailleurs, il est demandé un autofinancement du maître d&amp;#039;ouvrage au moins à hauteur de 20% du coût éligible du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ A titre dérogatoire, ce dispositif est cumulable avec le dispositif en faveur de la mise en accessibilité des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région n&amp;#039;interviendra pas plusieurs fois, au titre de la rénovation énergétique, sur un même ERP et ce sur une période de 6 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsqu&amp;#039;un porteur de projet a déjà bénéficié d&amp;#039;une aide de la Région, aucune nouvelle demande de sa part sur le même dispositif d&amp;#039;intervention ne sera recevable si le précédent projet aidé n&amp;#039;a pas fait l&amp;#039;objet soit d&amp;#039;un début de réalisation attesté par le dépôt d&amp;#039;une demande d&amp;#039;acompte recevable à hauteur au moins de 20% des dépenses éligibles envisageables, soit d&amp;#039;une demande d&amp;#039;annulation de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Renovation-energetique-des-batiments-publics-ERP-pour-une-meilleure-performance#:~:text=Le%20dispositif%20prend%20la%20forme,%C3%A0%2050%20000%E2%82%AC%20HT.</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renseignements : Secrétariat de Direction
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Montpellier : Tél : 04 67 22 97 02
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toulouse : Tél : 05 61 33 50 20
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresser tous les courriers à : Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée - A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 11-12-30-34-48-66
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   201 avenue de la Pompignane
+  &lt;/li&gt;
+  &lt;li&gt;
+   34064 Montpellier Cedex 2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 9-12-31-32-46-65-81-82
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   22, bd Maréchal Juin
+  &lt;/li&gt;
+  &lt;li&gt;
+   31406 Toulouse Cedex 9
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3608-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>163078</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Identification et quantification des potentiels de réduction des consommations d’énergie et de développement des énergies renouvelables, en lien avec les démarches énergie-climat et enjeux locaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Modalités :&lt;/p&gt;&lt;p&gt;Sur la base de l’état des lieux énergétique, et au regard des objectifs énergie-climat à atteindre (SRADDET, neutralité carbone, PCAET…), élaboration d’études de potentiels et/ou de scénarisations prospectives : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Estimation du potentiel de réduction des consommations d’énergie par secteur et/ou par usage : rénovation thermique des bâtiments, éclairage public… &lt;/li&gt;&lt;li&gt;Evaluation des potentialités de mutation énergétique (conversion des énergies fossiles vers les énergies renouvelables) &lt;/li&gt;&lt;li&gt;Estimation du potentiel de développement des différentes filières énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude des potentiels de développement des EnR à l’échelle des différents EPCI dans une logique de coopérations territoriales avec Bordeaux Métropole &lt;/li&gt;&lt;li&gt;Etude du potentiel d’implantation de méthaniseurs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/identifier-le-potentiel-en-economies-denergie-et-en-energies-renouvelables-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>163082</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Rénover et construire durablement un bâtiment public</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Rénover et construire durablement un bâtiment public</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribution à la réflexion en amont du projet et aide à la programmation et aux études préalables pour : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter le coût d’investissement en optimisant les choix &lt;/li&gt;&lt;li&gt;avoir des consommations d’énergie conformes au niveau attendu &lt;/li&gt;&lt;li&gt;assurer le confort en toute saison&lt;/li&gt;&lt;li&gt; faciliter l’exploitation future d’un bâtiment &lt;/li&gt;&lt;li&gt;intégrer éventuellement une solution d’énergie renouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;MODALITES :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définition d’un objectif de performance énergétique&lt;/li&gt;&lt;li&gt;visite du bâtiment et analyse des consommations &lt;/li&gt;&lt;li&gt;Proposition de solutions d’amélioration&lt;/li&gt;&lt;li&gt;Aide à la rédaction du cahier des charges technique (choix assistance à maîtrise d’ouvrage, maîtrise d’œuvre) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation au concours d’architecte lancé par la collectivité &lt;/li&gt;&lt;li&gt;Analyse des dossiers techniques dans les différentes phases du projet (avant-projet sommaire, avant-projet définitif, dossier de consultation des entreprises, exécution, exploitation…) &lt;/li&gt;&lt;li&gt;Participation aux différentes réunions du projet &lt;/li&gt;&lt;li&gt;Suivi des travaux et échanges avec les entreprises et la maîtrise d’ouvrage &lt;/li&gt;&lt;li&gt;Validation du niveau de performance attendu &lt;/li&gt;&lt;li&gt;Accompagnement de la société d’exploitation durant la phase de réglages des installations techniques &lt;/li&gt;&lt;li&gt;Suivi du fonctionnement général de tous les systèmes thermiques du bâtiment pendant la phase de parfaite achèvement des travaux &lt;/li&gt;&lt;li&gt;Bilan des consommations sur les premières années d’utilisation du bâtiment&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rénovation globale de bâtiments (isolation des murs, des toitures, remplacement des menuiseries, réflexion sur le système de chauffage en place) &lt;/li&gt;&lt;li&gt;Participation au jury des concours d’architecture et analyse des documents dans les différentes phases du projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/collectivites/etre-accompagne-projets/</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-et-construire-durablement-un-batiment-public/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>71870</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné en ingénierie pour la rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique des bâtiments tertiaires</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires facilite les études nécessaires à la mise en œuvre des projets de rénovation énergétiques des collectivités. Nous pouvons également soutenir les rénovations des universités dans certaines conditions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;accompagnement concerne 2 types d&amp;#039;études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les schémas directeurs immobiliers énergétiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  les montages juridiques et financiers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plusieurs modalités d&amp;#039;intervention sont envisageables : soit la mobilisation d&amp;#039;experts pour mener les études, soit un cofinancement dans la limite de 50 % du montant TTC de l&amp;#039;étude (80 % en outremer), avec un plafond à 50 K€ pour les schémas directeurs immobiliers et 10 K€ pour les montages juridiques et financiers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offres/renovation-energetique-batiments-tertiaires?mtm_campaign=Aides_Territoires&amp;mtm_kwd=OT&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=rebtcl_otat#segment-13071</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Nous contacter par mail via notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1836-assurer-la-transition-energetique-de-votre-pa/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>129719</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Financer des projets contribuant au développement durable de la commune</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Communauté d'Agglomération Saint-Lô Agglo</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
+      <c r="I77" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M9" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Réhabilitation
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets seront limités au nombre de 3 maximum par commune
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
   &lt;/li&gt;
   &lt;li&gt;
    Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>CA Saint-Lô Agglo</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
         </is>
       </c>
-      <c r="W9" s="1" t="inlineStr">
+      <c r="W77" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.saint-lo-agglo.fr/</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Saint-Lô Agglo
 &lt;/p&gt;
 &lt;p&gt;
  Service de développement et d&amp;#039;appui aux communes
 &lt;/p&gt;
 &lt;p&gt;
  appuicommunes&amp;#64;saint-lo-agglo.fr
 &lt;/p&gt;
 &lt;p&gt;
  02 14 16 01 00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>soukaina.alouah@saint-lo-agglo.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0236-financer-des-projets-contribuant-au-developpe/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>131802</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études pour la rénovation énergétique des bâtiments publics pour les collectivités de moins de 20 000 habitants</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
-[...201 lines deleted...]
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I11" s="1" t="inlineStr">
+      <c r="I78" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ce dispositif favorise des projets de :
+  Cette aide vise à financer des études
  &lt;/strong&gt;
-&lt;/p&gt;
-[...31 lines deleted...]
- Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+ pour l&amp;#039;accompagnement de plans stratégiques patrimoniaux portant sur le diagnostic d&amp;#039;un ensemble de bâtiments du patrimoine de la collectivité, afin d&amp;#039;établir un plan pluriannuel d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;à 50 % du montant éligible TTC - ou HT en cas de récupération de la TVA - (subvention maximale : 50 000 €).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collectivités franciliennes de moins de 20 000 habitants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T78" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/renovation-energetique-des-batiments-publics</t>
         </is>
       </c>
-      <c r="W11" s="1" t="inlineStr">
+      <c r="W78" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.iledefrance.fr/</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
-[...2 lines deleted...]
- Adresse électronique de contact pour cette aide est la suivante : aap-batiments-durables&amp;#64;iledefrance.fr
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse électronique de contact pour cette aide est la suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ aap-batiments-durables&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
 &lt;/p&gt;
 &lt;p&gt;
  Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
  &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830917.3355645565&amp;amp;zoom&amp;#61;3" target="_self"&gt;
   Trouver un conseiller
  &lt;/a&gt;
-&lt;/p&gt;</t>
-[...145 lines deleted...]
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/afd5-etudes-pour-la-renovation-energetique-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...128 lines deleted...]
-      <c r="A14" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>121473</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Financer votre projet de rénovation énergétique sur bâtiments publics</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Programme de rénovation énergétique SIEDS/ETAT</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>SIEDS (Syndicat d'Énergie des Deux-Sèvres)</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I14" s="1" t="inlineStr">
+      <c r="I79" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J14" s="1" t="inlineStr">
+      <c r="J79" s="1" t="inlineStr">
         <is>
           <t>plafonné</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Afin de renforcer et soutenir les projets des communes 
 et des intercommunalités dans le domaine de la 
 rénovation énergétique des bâtiments publics, le 
 SIEDS et la Préfecture des Deux-Sèvres ont souhaité 
 s’associer pour coordonner leurs dispositifs de soutien 
 financier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les &lt;strong&gt;communes &lt;/strong&gt;et EPCI adhérentes au SIEDS.
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser des travaux de rénovation énergétique sur son patrimoine.
  &lt;/li&gt;
  &lt;li&gt;Réaliser un audit énergétique,&lt;/li&gt;&lt;li&gt;Bénéficier d&amp;#039;une aide de l&amp;#039;État (DETR, DSIL, Fonds Vert) en 2023.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Financement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;30% de l’assiette éligible (hors travaux d&amp;#039;extension ou de création) :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- plafonné à 300 000 € pour les communes reversant la TICFE au SIEDS&lt;/p&gt;&lt;p&gt;- plafonné à 100 000 € pour les communes conservant la TICFE&lt;/p&gt;&lt;p&gt;Possibilité de cumul avec des aides d’État sous réserve du respect du minimum de subvention prévu à l’article L1111-10 du CGT.&lt;/p&gt;&lt;p&gt;Le SIEDS rétrocède au maître d&amp;#039;ouvrage les CEE générés par les travaux de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>Deux-Sèvres</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://www.sieds.fr/financement-travaux-collectivite/renovation-energetique-batiments-publics/soutien-investissement-renovation-energetique/</t>
         </is>
       </c>
-      <c r="W14" s="1" t="inlineStr">
+      <c r="W79" s="1" t="inlineStr">
         <is>
           <t>https://espacecollectivite.sieds.fr/login</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;renovation&amp;#64;sieds.fr&lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>anivelle@sieds.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5b0-financer-des-travaux-de-renovation-energetiqu/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>111758</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à l'intégration des enjeux climatiques aux documents d’urbanisme (ScoT, PLUi, PLU)</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...22 lines deleted...]
- .
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intégrer les enjeux énergie climat aux documents d&amp;#039;Urbanisme réglementaires ScoT, PLU, PLUi. Promouvoir un Urbanisme respectueux de l&amp;#039;environnement et adapter aux évolutions Climatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la carte intégrant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  formation et sensibilisation « Urbanisme et Climat »
+ &lt;/li&gt;
+ &lt;li&gt;
+  état des lieux de l&amp;#039;intégration des enjeux climatiques au document d&amp;#039;urbanisme existant (outil Clim&amp;#039;URBA Cerema).
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la définition des enjeux Energie Climat prioritaires à la formulation d&amp;#039;une Stratégie et d&amp;#039;orientation partagée en lien avec le PCAET (EPCI) et le SRADDET (Région).
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la rédaction du PADD en collaboration avec le bureau d&amp;#039;études mandaté par la collectivité pour la rédaction du document.
+ &lt;/li&gt;
+ &lt;li&gt;
+  participation aux comités de pilotage
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la rédaction du document d&amp;#039;urbanisme pour l&amp;#039;intégration des enjeux (végétalisation, perméabilité des sols, mobilités, énergie renouvelables, connaissance des réseaux d&amp;#039;énergie, choix constructif des bâtiments neufs, usages des surfaces, économie circulaire et circuits courts....
+ &lt;/li&gt;
+ &lt;li&gt;
+  formation des élus et des services instructeurs à la compréhension et l&amp;#039;instruction du nouveau document.
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre du document d&amp;#039;urbanisme Energie Climat
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  stratégie énergie climat du document
+ &lt;/li&gt;
+ &lt;li&gt;
+  propositions d&amp;#039;évolution du PADD aux regards de la stratégie énergie climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  propositions d&amp;#039;évolution des OAP aux regards de la stratégie énergie climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  co-rédaction de zonages du Règlement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Lors de la révision des documents d&amp;#039;urbanisme PLU, PLUi, ScoT ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le SDEEG accompagne la Collectivités en partenariat avec le bureau d&amp;#039;études en charge de la rédaction du document .
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;objectif étant d&amp;#039;intégrer les enjeux climats en fonction des souhaits des élus et des documents cadre de planification existants : PCAET, PPA, SRADDET...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Forêts
+Sols
+Espaces verts
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Prévention des risques
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
-[...78 lines deleted...]
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
-[...52 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/323-urbanisme-efficacite-energetique-planification-audits.html</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile PERDRIX&lt;/li&gt;
+ &lt;li&gt;
+  Ingénieure Planification Territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/758d-accompagner-a-lintegration-des-enjeux-climati/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>111755</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Développer un projet de production d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...705 lines deleted...]
-          <t>Avance récupérable
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
-[...401 lines deleted...]
- &lt;/strong&gt;
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un accompagnement à la carte :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  les schémas directeurs immobiliers énergétiques
-[...2 lines deleted...]
-  les montages juridiques et financiers
+  définition des besoins, du périmètre du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  rédaction du cahier des charges des études de faisabilité, d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, de maîtrise d&amp;#039;œuvre, des contrats d&amp;#039;exploitation et de commissionnement au besoin.
+ &lt;/li&gt;
+ &lt;li&gt;
+  étude de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à la recherche de financements (Contrat de Développement Territorial pour les énergies thermiques, ADEME, SEM ...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Plusieurs modalités d&amp;#039;intervention sont envisageables : soit la mobilisation d&amp;#039;experts pour mener les études, soit un cofinancement dans la limite de 50 % du montant TTC de l&amp;#039;étude (80 % en outremer), avec un plafond à 50 K€ pour les schémas directeurs immobiliers et 10 K€ pour les montages juridiques et financiers.
-[...36 lines deleted...]
- &lt;/strong&gt;
+ LIVRABLES :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
-[...86 lines deleted...]
-      <c r="N23" s="1" t="inlineStr">
+  étude de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  suivi de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport de commissionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  réception de travaux
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une collectivité souhaite implanter des panneaux photovoltaïques en toiture ou au sol
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substitution d&amp;#039;une chaufferie à énergie fossile par une chaufferie Biomasse (bois) ou de la Géothermie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plusieurs bâtiments communaux nécessitent une rénovation ou une évolution du système de chauffage, dimensionnement d&amp;#039;un petit réseau de chaleur avec un accompagnement global et la possibilité de disposer de subvention si l&amp;#039;énergie choisie est thermique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Equipement public
-[...1 lines deleted...]
-Réhabilitation
+Recyclage et valorisation des déchets
 Appui méthodologique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Aide aux Communes de Seine-et-Marne, de moins de 10.000 habitants
-[...42 lines deleted...]
- Téléphone : 01 64 14 73 56
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
-[...167 lines deleted...]
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X24" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/219-les-energies-renouvelables-enr-etudes-et-travaux.html</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...9 lines deleted...]
-  &lt;/a&gt;
+  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Energie renouvelable thermique (solaire thermique, géothermie, biomasse) : Arthur LAURENT, Ingénieure Efficacité Energétique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Energie renouvelable photovoltaïque : Alain GEMENT, Ingénieur Photovoltaïque,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b831-developper-un-projet-de-production-denergie-r/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="K25" s="1" t="inlineStr">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>111759</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
-[...10 lines deleted...]
- &lt;br /&gt;
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la carte intégrant :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  pour tout travaux éligible aux CEE - 50 %
-[...12 lines deleted...]
-  &lt;br /&gt;
+  Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de la Stratégie territoriale Air Energie Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de la concertation du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition du plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de l&amp;#039;Etat initial de l&amp;#039;environnement et de l&amp;#039;Evaluation environnementale Stratégique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration du dispositif de suivi du plan d&amp;#039;actions et évaluation (définition des indicateurs, suivi de la mise en place des actions, comité des acteurs, logiciel PROSPER Actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à l&amp;#039;approbation du PCAET (Lien MRAE, DDTM, ADEME, préfecture, Région ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation post- PCAET
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostics PCAET, Profil Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etat initial de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport Stratégique, Rapport PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tableur de suivi des actions (logiciel PROSPER actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support de communication et de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
-[...686 lines deleted...]
-          <t>Eau pluviale
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement et Finalisation de PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépôt du PCAET sur la plateforme ADEME
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche de subventions ....
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Patrimoine et monuments historiques
-[...3 lines deleted...]
-Sports et loisirs
 Tourisme
 Forêts
-Montagne
 Sols
-Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
 Jeunesse
 Famille et enfance
-Cohésion sociale et inclusion
-[...1 lines deleted...]
-Education et renforcement des compétences
+Santé
+Alimentation
 Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
-Accessibilité
-International
+Lutte contre la précarité
+Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
+Prévention des risques
 Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Médias et communication
+Industrie
 Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
 Milieux humides
-Cimetières et funéraire
-[...3 lines deleted...]
-      <c r="O28" s="1" t="inlineStr">
+Sécurité
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
-[...526 lines deleted...]
- &lt;/a&gt;
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...238 lines deleted...]
-      <c r="A30" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>83479</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C83" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE des Hauts de France
 Union régionale des CAUE Normands
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -6461,77 +15399,77 @@
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
  &lt;/li&gt;
  &lt;li&gt;
   Animations interprofessionnelles, mise en réseaux des acteurs du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M30" s="1" t="inlineStr">
+      <c r="M83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -6553,79 +15491,79 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>http://www.fncaue.fr</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts des unions régionales :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -6658,21342 +15596,3384 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>116416</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Utiliser le bois local dans les projets de rénovation et constructions (LEADER / Fiche action 4)</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>APPEL A PORTEURS DE PROJETS / GAL PAYS D'EPINAL COEUR DES VOSGES - Réouverture de la programmation LEADER 2014-2022</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
-Etablissement public dont services de l'Etat</t>
-[...14 lines deleted...]
-          <t>&lt;p&gt;
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte-tenu de l&amp;#039;enveloppe restant à engager à ce jour, le GAL du Pays d&amp;#039;Epinal Cœur des Vosges dispose d&amp;#039;une enveloppe budgétaire de 965 227,72 € à répartir entre les projets sélectionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets déposés devront relever des thématiques
+ sur l&amp;#039;accompagnement et l&amp;#039;utilisation du bois local dans les projets de rénovation et construction à des fins économiques, touristiques et culturelles &amp;#61; FICHE ACTION 4.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la construction et/ou la rénovation de bâtiments publics et privés ayant recours au matériau bois dans une optique de promotion d&amp;#039;une identité architecturale (actions d&amp;#039;animations visant à développer les échanges entre les différents acteurs locaux du bâtiment; études visant à renforcer l&amp;#039;utilisation des bois locaux dans ce type de bâtiments; utilisation du bois local dans les aménagements intérieurs de bâtiments, mobilier extérieur s&amp;#039;inscrivant dans un projet à vocation administrative, économique, touristique, culturelle; action de communication et de promotion de la forêt et de l&amp;#039;utilisation des bois extraits sur les projets réalisés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la fonction « loisirs » de la forêt, à travers l&amp;#039;organisation de manifestations « tout public » sensibilisant aux différentes fonctions de la forêt
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier du financement au titre de la
  &lt;strong&gt;
-  Votre besoin
+  FICHE ACTION 4 :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...14 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Elu d&amp;#039;une collectivité
-[...5 lines deleted...]
-  Responsable d&amp;#039;exploitation (bâtiments, espaces verts, équipements)
+  Collectivités territoriales et leurs groupements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations (loi 1901 et 1908) et leurs fédérations
+ &lt;/li&gt;
+ &lt;li&gt;
+  PME / TPE / Micro-entreprises au sens communautaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous types d&amp;#039;établissements publics, notamment EPIC locaux et nationaux,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chambres consulaires,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers disposant d&amp;#039;un numéro SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agriculteurs : Exploitants à titre principal ou secondaire.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
- Vos besoins :
+&lt;br /&gt;
+&lt;p&gt;
+ Conditions requises :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Comment optimiser la performance énergétique des bâtiments et réaliser des économies ?
-[...162 lines deleted...]
-  Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
+  Les opérations sont réalisées sur le territoire du GAL. Par dérogation, les opérations pourront être réalisées en dehors du territoire du GAL, à condition que l&amp;#039;opération bénéficie à la zone couverte par le GAL, dans le respect de l&amp;#039;article 70 paragraphe 2 du règlement (UE) n°1303/2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur devra présenter un budget de fonctionnement prévisionnel sur 3 années, couplé à l&amp;#039;identification des moyens humains mobilisés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Epinal, Cœur des Vosges</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ GAL du Pays d&amp;#039;Épinal, Cœur des Vosges
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 Avenue de la République Le port du canal 88000 EPINAL
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+ &lt;li&gt;
+  leader&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ludmilla HELLOT,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cécile PIERRE,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 54 96
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>contact@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/837a-accompagner-les-changements-de-pratiques-pour/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>111761</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un éclairage public respectueux de l’environnement et économe en énergie</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
-[...2 lines deleted...]
- La rénovation des bâtiments publics est un enjeu majeur de la transition énergétique.
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour renforcer la connaissance de vos réseaux et réaliser des actions d&amp;#039;optimisation de votre éclairage public, nous vous proposons la réalisation d&amp;#039;un audit éclairage public approfondi permettant :
  &lt;br /&gt;
- Le SIEDS accompagne les collectivités dans leurs travaux de rénovation énergétique à gain rapide, sur leurs bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ - un état des lieux des usages de l&amp;#039;éclairage public
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Accompagnement et financement d&amp;#039;actions standartisées (liste ci-dessous) dans les bâtiments pour lesquels aucun travaux de réhabilitation lourde n&amp;#039;est prévu à l&amp;#039;échéance de 4/5 ans. Les actions dans les bâtiments publics sont dites à gain rapide car elles permettent de maîtriser les coûts, d&amp;#039;éviter les dérives de consommation et de préparer les bâtiments à une réhabilitation complète.
-[...4 lines deleted...]
- &lt;/strong&gt;
+ - l&amp;#039;élaboration de scenari :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de réduction des consommations d&amp;#039;électricité induite par l&amp;#039;éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  de modernisation des équipements lumineux en travaillant sur les couleurs de lumière et l&amp;#039;orientation des halos pour réduire les impacts sur la biodiversité et la santé humaine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;optimisation des puissances souscrites de vos contrats de fourniture d&amp;#039;énergie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  de stratégie d&amp;#039;abaissement de puissance ou d&amp;#039;extinction nocturne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  listing précis de tous vos points de comptage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  état des lieux et diagnostics des réseaux d&amp;#039;éclairage public des commandes jusqu&amp;#039;aux points lumineux (vétusté, conformités normatives, types de sources ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  cartographie des points lumineux, des commandes et des réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  bilan énergétique et préconisations d&amp;#039;améliorations (investissements, économies, modernisations).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du devis d&amp;#039;intervention proposé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Afin de bénéficier de l&amp;#039;expertise globale du SDEEG en matière d&amp;#039;éclairage public (travaux et maintenance), la collectivité peut lui transférer sa compétence.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/311-eclairage-public-durable.html</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental Energies et Environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e55a-mettre-en-place-un-eclairage-public-respectue/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>56180</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'efficacité énergétique de son patrimoine bâti avec le Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J86" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement réalisé par le SDEC ENERGIE,  qui prend en charge une partie de son coût.</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil en Energie Partagé (CEP) est un accompagnement pour améliorer la performance énergétique du patrimoine bâti des collectivités. Il se décline en 3 niveaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 1 : Suivre ses consommations et ses dépenses d&amp;#039;énergies. Mise à disposition d&amp;#039;un logiciel de gestion et de suivi des consommations d&amp;#039;énergies,  réunion de suivi annuel d&amp;#039;aide au repérage des bâtiments à enjeux de rénovation (dont décret tertiaire)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 500€/an &amp;#43; 50€/bâtiment/an
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 2 : Élaborer et suivre sa stratégie de rénovation. Prédiagnostic (visite), analyse des contrats d&amp;#039;énergies, réalisation d&amp;#039;un audit énergétique externalisé, définition d&amp;#039;une stratégie de rénovation, réalisation d&amp;#039;études ou accompagnement à leur réalisation selon les besoins (enregistrement de température, thermographie infrarouge), aide à la saisie des données sur la plateforme OPERAT (décret tertiaire)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 5500€/bâtiment
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 3 (expérimental) : Réaliser ses travaux de rénovation. Appui à l&amp;#039;obtention des aides financières mobilisables, maîtrise d&amp;#039;ouvrage des travaux de rénovation (mandat), réalisation du marché de maîtrise d&amp;#039;oeuvre, suivi de la réalisation et de l&amp;#039;efficacité des travaux de rénovation en lien avec la maîtrise d&amp;#039;oeuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 5% du coût des travaux
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M32" s="1" t="inlineStr">
-[...2 lines deleted...]
- Les actions standardisées sont :
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent au SDEC ENERGIE.
  &lt;br /&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...34 lines deleted...]
-Equipement public
+&lt;p&gt;
+ Souscrire au niveau 1 pour bénéficier du niveau 2 et souscrire au niveaux 1 et 2 pour bénéficier du niveau 3
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/sites/sdec.createurdimage.fr/files/sdec_guide_aides_230412_v6.pdf</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/202f-realiser-un-diagnostic-du-patrimoine-public-d/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>55820</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de rénovation énergétique des bâtiments de plus de deux ans</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Tarn - SDET</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les certificats d&amp;#039;économie d&amp;#039;énergie sont un dispositif permettant de financer les travaux de rénovation énergétique des bâtiments de plus de deux ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales sont éligibles aux CEE, ainsi, elles peuvent bénéficier d&amp;#039;un financement dans le cadre des rénovations énergétiques de leur patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le syndicat départemental d&amp;#039;énergies du Tarn propose de monter les dossiers de CEE et de valoriser ceux-ci puis de restituer les montants valorisés aux communes adhérentes.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter : jusqu&amp;#039;au 31 décembre 2021, les CEE sont bonifiés sur les opérations de remplacement des organes de chauffage à combustible fossile.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Remplacement d&amp;#039;une chaudière fioul.
+&lt;/p&gt;
+&lt;p&gt;
+ Isolation des combles ou des parois verticales.
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une ventilation mécanique double flux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
-[...2 lines deleted...]
- Les communes et EPCI adhérentes au SIEDS, avec un projet situé sur une zone intégrée à la concession du SIEDS.
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te81.fr/transition-energetique/cee/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Thibaud Mahul
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission rénovation énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ t.mahul&amp;#64;te81.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 06 47 90 37 58
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>p.vienne@te81.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c293-valorisation-des-certificats-deconomie-denerg/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>73104</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique des bâtiments publics tertiaire en Ardèche</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Energies de l’Ardèche (SDE 07)</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 75</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions apportés s&amp;#039;appuient sur le mécanisme des Certificats économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées sur la base des dépenses retenues sont plafonnées dans la limite des seuils suivants :
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Réaliser des actions standardisées d&amp;#039;amélioration et de maîtrise des consommations énergétiques dans ses bâtiments publics.
+ Montant de la dépense (HT) retenue - L&amp;#039;enveloppe éligible est de 30 000 €
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour tout travaux éligible aux CEE - 50 %
+  d&amp;#039;aide
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de bouquet de travaux - 60% d&amp;#039;aide
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de recours à des matériaux biosourcés - 60 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de bouquet de travaux ayant recours à des matériaux biosourcés - 75%
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la rénovation énergétique des bâtiments communaux : isolation, changement de fenêtre, pose de VMC, changement de système de chauffage, etc.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
-[...27 lines deleted...]
- &lt;a target="_self"&gt;renovation&amp;#64;sieds.fr&lt;/a&gt;
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité doit être adhérente au service énergie du SDE 07 pour être éligible, il s&amp;#039;agit d&amp;#039;une adhésion de 70 centimes par habitant et par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères techniques minimaux sont ceux permettant la valorisation des Certificats économies d&amp;#039;énergie (CEE).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde07.com/</t>
+        </is>
+      </c>
+      <c r="W88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde07.com/communes-collectivites-ardeche/maitrise-des-energies/</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Julien CARONNET - j.caronnet&amp;#64;sde07.com - 04 75 66 09 27
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>j.caronnet@sde07.com</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a77-accompagner-la-renovation-energetique-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>101597</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Ministères de l'Aménagement du territoire et de la Transition écologique
+ADEME</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K33" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez réduire l&amp;#039;empreinte environnementale de votre patrimoine communal ou intercommunal, réaliser des économies d&amp;#039;énergie, répondre aux aspirations citoyennes et vous engager dans une démarche exemplaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez agir sur l&amp;#039;emploi local et mobiliser artisans et entreprises de la construction grâce à la mise en chantier de travaux de rénovation énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez moderniser et valoriser vos infrastructures, améliorer leur confort et mieux protéger le public en particulier les plus fragiles (enfants et personnes âges) face aux conséquences à venir du changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du soutien apporté par la dotation de soutien à l&amp;#039;investissement local (cf. fiche «Financer des équipements publics pour une relance locale rapide»), vous pouvez bénéficier de l&amp;#039;accompagnement et des ressources du programme ACTEE. Porté par la fédération nationale des collectivités concédantes et régies (FNCCR) dans le cadre des certificats d&amp;#039;énergie, ACTEE apporte un panel d&amp;#039;outils et de financement pour faciliter la rénovation énergétique de vos bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce programme transversal vous apporte :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une cellule de soutien pour répondre rapidement à vos interrogations via un numéro et un mail dédié.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Des appels à manifestation d&amp;#039;intérêt (AMI) pour vous financer sur 4 postes potentiels : poste d&amp;#039;économe de flux ; outils de mesure et petits équipements ; audits et stratégies pluriannuelles d&amp;#039;investissement ; aide au financement de la maîtrise d&amp;#039;œuvre ou assistance à maîtrise d&amp;#039;ouvrage pour la mise en place d&amp;#039;un contrat de performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Des sous-programmes pour les projets de rénovation de piscine et bâtiments classés appelant une approche spécifique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une boîte à outils d&amp;#039;accompagnement et d&amp;#039;aide à la décision indispensable: guides, cahier des charges type, fiches pratiques, simulateur de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;h4&gt;
+  La Banque des territoires :
+ &lt;/h4&gt;
+ La Banque des territoires a développé une offre large à destination des collectivités locales pour les accompagner dans leur projet de rénovation énergétiuqe : ingénierie territoriale, offres de financement en prêt, avances remboursables (dispositif d&amp;#039;intracting) et participation à des sociétés de projet. Cette offre peut être mise à profit par les collectivités dans les phases préparatoires aux projets, pour l&amp;#039;élaboration de stratégies patrimoniales sur les parcs de bâtiments publics notamment scolaires.
+ &lt;br /&gt;
+ La mobilisation des crtificats d&amp;#039;économie d&amp;#039;énergie :
+ &lt;br /&gt;
+ Les certificats d&amp;#039;économies d&amp;#039;énergie (CEE) représentent un outil incontournable de financement de la maîtrise de l&amp;#039;énergie pour les collectivités. Dans le cadre par exemple du remplacement de votre éclairage, de votre système de production de chaud ou de froid, de vos fenêtres leur valorisation permet de faire baisser le cout des travaux, sous réserve que les équipements choisis répondent à des standards élevés de performance et d&amp;#039;efficacité énergétique.
+ &lt;br /&gt;
+ Le kit &amp;#34;rénovation énergétique des bâtiments des collectivités locales - comprendre et se lancer&amp;#34; du MTE :
+ &lt;br /&gt;
+ Ce kit a vocation à synthétiser les enjeux et les bénéfices de la rénovation énergétique du patrimoine des collectivités et faciliter le passage à l&amp;#039;action en décrivant les leviers pour agir, les différentes étapes d&amp;#039;une démarche de rénovation énergétique, les outils juridiques, financiers et techniques pouvant accompagner les élus dans leur projet.
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.programme-cee-actee.fr</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez la cellule de soutien : renovation.actee&amp;#64;fnccr.asso.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre conseiller en énergie partagée ou appuyez- vous sur un économe de flux financé par le programme ACTEE pour vous aider dans vos démarches. Retrouver les fiches standardisés CEE (https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie) et estimer les CEE valorisation grâce au calculateur CEE ADEME (http://calculateur-cee.ademe.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouver les appels à manifestation d&amp;#039;intérêt en cours et la banque de ressources sur le site d&amp;#039;ACTEE : https://www.programme-cee-actee.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Voir fiches :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   «Bénéficier d&amp;#039;un &amp;#34;Conseil en énergie partagé»
+  &lt;/li&gt;
+  &lt;li&gt;
+   «Financer des équipements publics pour une relance locale rapide »
+  &lt;/li&gt;
+  &lt;li&gt;
+   «Obtenir un investissement de la Banque des Territoires dans des sociétés porteuses de projets de revitalisation»
+  &lt;/li&gt;
+  &lt;li&gt;
+   «Bénéficier d&amp;#039;expertises thématiques pour mettre en œuvre des projets de revitalisation»
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Kit élus :
+ &lt;a href="https://www.ecologie.gouv.fr/sites/default/files/Re%CC%81novation%20e%CC%81nerge%CC%81tique%20des%20ba%CC%82timents%20des%20collectivite%CC%81s%20locales_07_2020.pdf" rel="noopener" target="_blank"&gt;
+  https://www.ecologie.gouv.fr/sites/default/files/Re%CC%81novation%20e%CC%81nerge%CC%81tique%20des%20ba%CC%82timents%20des%20collectivite%CC%81s%20locales_07_2020.pdf
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d5a7-accelerer-la-renovation-energetique-des-batim/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>94230</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Préparer un projet de rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
-[...9 lines deleted...]
- Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intégralement pris en charge par la Banque des Territoires, le Diagnostic énergétique des bâtiments publics s&amp;#039;adresse aux communes souhaitant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...17 lines deleted...]
-  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+  Rénover des établissements scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chiffrer le coûts des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les gains énergétiques de chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prioriser les travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics prend la forme d&amp;#039;une mission de conseil spécialisée permettant d&amp;#039;identifier et de chiffrer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coûts de chaque action envisagée pour un bâtiment ou un ensemble de bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les gains énergétiques et les réductions carbone permis par chacune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux à prioriser.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics a plusieurs rôles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étudier la situation à partir de l&amp;#039;analyse des consommations énergétiques (factures des 3 dernières années), d&amp;#039;entretiens réalisés sur le terrain et de la documentation disponible ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer plusieurs bouquets de travaux présentant un impact positif sur les consommations énergétiques et le confort d&amp;#039;usage des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;enveloppe nécessaire aux travaux et définir le programme technique précis à mettre en œuvre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous permettre de définir le périmètre des travaux en fonction de vos priorités et des travaux nécessaires (extension, transformation, etc.).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...3 lines deleted...]
-      <c r="O33" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="T33" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
-[...357 lines deleted...]
-&lt;p&gt;
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/diagnostic-performance-energetique-dpe?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_energie_bat_public_osat</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec74-obtenir-un-diagnostic-energetique-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G36" s="1" t="inlineStr">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>120959</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique du patrimoine bâti public</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
-[...43 lines deleted...]
- Pièces justifiant de la bonification si sollicitation
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
-[...25 lines deleted...]
- &lt;/strong&gt;
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes
+ &lt;br /&gt;
+ Jusqu&amp;#039;à 50 % du montant éligible TTC - ou HT en cas de récupération de la TVA - (subvention maximale : 50 000 €).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux
+ &lt;br /&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune indemnité ne sera versée pour les frais engagés pour participer au présent appel à projets et à l&amp;#039;élaboration des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement de plans stratégiques patrimoniaux portant sur le diagnostic d&amp;#039;un ensemble de bâtiments du patrimoine de la collectivité, afin d&amp;#039;établir un plan pluriannuel d&amp;#039;investissement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
-[...5 lines deleted...]
-  Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
+  Rénovation globale de bâtiments tertiaires publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation par étapes : au minimum 2 actions « geste par geste »  (isolation des murs, planchers bas et toiture, menuiseries extérieures...)
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...95 lines deleted...]
-      <c r="S36" s="1" t="inlineStr">
+&lt;span&gt;
+ Les projets devront respecter des performances minimales indiquées dans le règlement du dispositif et le recours à des matériaux biosourcés ou la production d&amp;#039;énergies renouvelables sur site seront valorisés.
+&lt;/span&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur
+ &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  mesdemarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé et les travaux ne doivent pas avoir débuté avant la date de clôture de l&amp;#039;appel à projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
-[...24 lines deleted...]
-  https://www.manche.fr/contacter-le-departement/
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:aap-batiments-durables&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aap-batiments-durables&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 02 33 05 96 79
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830818.116616119&amp;amp;zoom&amp;#61;3" rel="noopener" target="_blank"&gt;
+  Trouver un conseiller
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2fa1-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...271 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>58075</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la valorisation des travaux de rénovation grâce aux Certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Hellio Solutions</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...7 lines deleted...]
-      <c r="K38" s="1" t="inlineStr">
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 100</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
-[...54 lines deleted...]
-convention
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hellio est expert de la réglementation des CEE pour les collectivités et les territoires. Nous déployons des solutions sur-mesure destinées au secteur public,
+ au travers de son pôle dédié. Grâce à une pluralité de métiers complémentaires, nos équipes accompagnent les collectivités étape par étape,
+ jusqu&amp;#039;à
+ l&amp;#039;optimisation des performances énergétiques de leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement tout le long du cycle de vie des projets d&amp;#039;économies d&amp;#039;énergie et cela inclut notamment les axes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- L&amp;#039; identification des gisements d&amp;#039;économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Des recommandations techniques sur les projets à venir
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Le montage et la validation des dossiers CEE
+&lt;/p&gt;
+&lt;p&gt;
+ Tout cet accompagnement est articulé autour d&amp;#039;une mobilisation optimale du dispositif CEE comme levier de financement  pour accélérer et améliorer les travaux réalisés.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
-[...5 lines deleted...]
-Transition énergétique
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2018, Hellio a versé plus de 30 millions d&amp;#039;euros pour la rénovation de ces bâtiments divers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  278 écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  175 mairies
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  138 salles des fêtes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43; de 200 logements communaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Exemple de rénovation d&amp;#039;un bâtiment scolaire dans la Marne (51)
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  isolation des combles, de la toiture-terrasse, des murs et du plancher : 73 600 € de versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement des menuiseries : 1000 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pose d&amp;#039;une pompe à chaleur air/eau : 9760 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un système de gestion technique du bâtiment pour le chauffage et l&amp;#039;eau chaude sanitaire : 1 700€ versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au total, le montant de prime versé a été de 86 060 € ce qui a couvert 37% du montant total des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-[...8 lines deleted...]
-      <c r="O38" s="1" t="inlineStr">
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
-[...217 lines deleted...]
- *  d&amp;#039;une valorisation financière optimale des opérations, en complément des économies d&amp;#039;énergies dues aux travaux.
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible aux dispositif des CEE, chaque opération doit respecter des critères spécifiques définis. Au cas par cas, nous vous indiquerons si votre opération est éligible aux CEE et nous serons force de propositions et préconisations.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X39" s="1" t="inlineStr">
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hellio.com/solutions/collectivites</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  William RAVAILLE – Ingénieur Efficacité Energétique
-[...8 lines deleted...]
-  05 56 16 13 21
+  &lt;strong&gt;
+   Léa Monnier
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Responsable développement commercial - Secteur Public - Hellio
+  &lt;br /&gt;
+  01 44 94 21 36
+  &lt;br /&gt;
+  &lt;a href="mailto:lmonnier&amp;#64;hellio.com" target="_self"&gt;
+   lmonnier&amp;#64;hellio.com
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>lmonnier@hellio.com</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-valorisation-des-travaux-de-re/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...309 lines deleted...]
-      <c r="G42" s="1" t="inlineStr">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>131800</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique du patrimoine bâti public</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K42" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif favorise des projets de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les opérations en rénovation globale d&amp;#039;un ou plusieurs bâtiments publics :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réduire de 50% minimum les consommations énergétiques de la ou des surface(s) concernée(s). Le gain énergétique devra être justifié par une étude thermique précisant les consommations énergétiques avant et après travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Pour les opérations de rénovation « par étapes » : au minimum 2 actions « geste par geste » (isolation des murs, des planchers bas et de la toiture, rénovation des menuiseries extérieures, ventilation, production de chauffage et d&amp;#039;eau chaude sanitaire etc.)
+&lt;/span&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Respecter les critères techniques des fiches standardisées CEE.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20 000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse électronique de contact pour cette aide est la suivante : aap-batiments-durables&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830917.3355645565&amp;amp;zoom&amp;#61;3" target="_self"&gt;
+  Trouver un conseiller
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/29cf-travaux-de-renovation-energetique-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>74155</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction ou la restructuration d'une école rurale</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>20% d'aide maxi dans la limite de 100 000€ et de 70% d'aides publiques</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
-[...23 lines deleted...]
-      <c r="O42" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide départementale pour la construction ou la restructuration de bâtiments scolaires dans les communes de moins de 2000 habitants : coût des travaux de plus de 150 000€ HT (commune) à 240 000€ HT (EPCI)
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;ouverture de classe : coût des travaux supérieur à 80 000€ HT (commune) à 150 000€ HT (EPCI).
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond des dépenses subventionnables : 1 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Aide conditionnée à l&amp;#039;obtention d&amp;#039;une aide financière au titre du  Fonds d&amp;#039;Aménagement Rural (FAR)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouverture de classe, construction et réhabilitation de bâtiments scolaires (restauration, garderie, etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S42" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ collectivités éligibles au FAR, opération située sur une commune de moins de 2000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T94" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Ruralité et Economie Résidentielle :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christelle ASENSIO : 05 62 56 78 34 (christelle.asensio&amp;#64;ha-py.fr)
+&lt;/p&gt;
+&lt;p&gt;
+ Sophie HONDAA : 05 62 56 77 87 (sophie.hondaa&amp;#64;ha-py.fr)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d5b-financer-la-construction-dune-ecole-rurale/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>97602</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser ou maintenir des bâtiments scolaires</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du Département de l&amp;#039;Aude est d&amp;#039;aider les communes et leurs groupements à réaliser ou à maintenir en bon état les bâtiments publics permettant la scolarisation et éventuellement la restauration des jeunes enfants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Constructions, restructurations et aménagements de bâtiments scolaires : classes maternelles et élémentaires, restaurants scolaires 1er degré et locaux annexes (préau, cour, salle de jeu, bureaux d&amp;#039;enseignants, locaux de rangement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne seront pris en compte que les projets qui intègreront des exigences règlementaires en matière d&amp;#039;accessibilité aux personnes à mobilité réduite et qui feront un effort en matière de développement durable (performance énergétique, normes HQE, gestion économe de l&amp;#039;espace, utilisation des énergies renouvelables...)
+&lt;/p&gt;
+&lt;p&gt;
+ Seront examinés favorablement et prioritairement les projets qui favorisent la mutualisation des équipements pour plusieurs communes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Dépenses de mobilier et d&amp;#039;entretien courant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/equipements-scolaires</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/239e-aider-a-la-realisation-ou-a-la-maintenance-de/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>163832</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
-Agriculteur
-[...9 lines deleted...]
-      <c r="K43" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
-[...86 lines deleted...]
-      <c r="N43" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Economie circulaire
+Recyclage et valorisation des déchets
+Consommation et production
 Qualité de l'air
-Equipement public
-Bâtiments et construction
 Réhabilitation
-Logement et habitat
-[...19 lines deleted...]
-      <c r="T43" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P96" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q96" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W96" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G44" s="1" t="inlineStr">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>116231</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maîtrises d'ouvrage publiques dans l'amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Programme pour l'efficacité énergétique dans les bâtiments en France d'Outre-mer</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Agence Française de Développement (AFD)</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...5 lines deleted...]
-      <c r="H44" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière</t>
-[...2 lines deleted...]
-      <c r="K44" s="1" t="inlineStr">
+Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t> Min : 100</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
-[...25 lines deleted...]
- Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PEEB Outre-Mer est une facilité d&amp;#039;assistance technique financée sur ressources du Fonds Outre-Mer visant à accompagner les maîtrises d&amp;#039;ouvrage publiques dans l&amp;#039;amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M44" s="1" t="inlineStr">
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les prestations incluent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les diagnostics et audits énergétique (selon les méthodologies de l&amp;#039;ADEME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les simulations thermiques dynamiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bilans carbone
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégration des enjeux énergétiques et environnementaux dans les documents d&amp;#039;appels d&amp;#039;offre
+ &lt;/li&gt;
+ &lt;li&gt;
+  La révision de plans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le chiffrage de mesures d&amp;#039;efficacité énergétique et de production ENR
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement pour la certification des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études environnementales, sociales et de genre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les analyses parasismique, para-cyclonique, inondations et plan de retrait amiante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formations et ateliers à l&amp;#039;attention des acteurs du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Diagnostic énergétique et climatique territorial
-[...48 lines deleted...]
-  &lt;br /&gt;
+  La maîtrise d&amp;#039;ouvrage doit être éligible au Fonds Outre-mer.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit viser l&amp;#039;amélioration significative de la performance énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études des performances énergétiques et environnementales ne doivent pas avoir été contractualisées avec un prestataire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit faire une requête explicite au PEEB après une première analyse réalisée par le chargé d&amp;#039;affaires AFD ou ADEME.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
-[...23 lines deleted...]
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...39 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les chargés d&amp;#039;affaires AFD et les ingénieurs ADEME locaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts directions d&amp;#039;agences AFD :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1bc1-peeb-outre-mer/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...7143 lines deleted...]
-      <c r="G80" s="1" t="inlineStr">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)
+Territoire d'Energie Var - Symielec (TE83)
+Fédération nationale des collectivités concédantes et régies (FNCCR)</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K80" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
-[...346 lines deleted...]
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
 Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
 de mettre à disposition et financer des outils d’aide à la décision pour les
 groupements de collectivités qui souhaitent développer des projets de
 rénovation énergétique des bâtiments publics. A l’échelle du Var ce
 programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
 COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
 permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
 conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;o&lt;span&gt;  
 &lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
 différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
 ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
 de flux ACTEE83 avec le
 recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
 collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
 collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
 des collectivités sur l’amélioration énergétique des bâtiments publics en
 communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
 du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
 de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
 AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M82" s="1" t="inlineStr">
+      <c r="M98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Consommation et production
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P82" s="1" t="inlineStr">
+      <c r="P98" s="1" t="inlineStr">
         <is>
           <t>01/09/2023</t>
         </is>
       </c>
-      <c r="Q82" s="1" t="inlineStr">
+      <c r="Q98" s="1" t="inlineStr">
         <is>
           <t>01/09/2026</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T82" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Var</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>mehdi.rassoul@symielecvar.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>164745</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Études et Assistance à Maitrise d’Ouvrage pour l’Autoconsommation Collective multi-acteurs d’électricité renouvelable</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Études et Assistance à Maitrise d’Ouvrage pour l’Autoconsommation Collective multi-acteurs d’électricité renouvelable</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine s’engage activement dans le développement de l’autoconsommation collective, une démarche visant à favoriser les circuits courts et à renforcer l’indépendance énergétique du territoire. En encourageant la production et la consommation locale d’électricité, cette initiative permet de réduire la dépendance aux réseaux nationaux et de mieux maîtriser les coûts énergétiques. Elle favorise également une utilisation optimisée des ressources renouvelables, telles que le solaire ou l’éolien, en soutenant les projets portés par les collectivités, les entreprises et les citoyens. Par cette stratégie, la Région cherche à promouvoir une transition énergétique durable, à valoriser les producteurs locaux et à offrir aux consommateurs une énergie plus verte et accessible. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Établir la faisabilité économique d’une opération d’autoconsommation collective multi-acteurs, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Établir les conditions de son montage (mobilisation des acteurs, PMO…) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Mettre en œuvre l’opération&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’aide régionale, représentera 50% au maximum des dépenses éligibles.
+Le taux d’aide pourra être majoré jusqu’à 20%, pour les projets participatifs et citoyens et les projets portés par une petite ou moyenne entreprise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Structure non liée à un fournisseur d&amp;#039;énergie:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Publique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Privée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets devront être situés en région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;En fonction de l’enveloppe budgétaire disponible, seront priorisés les projets:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Matures, pour lesquels la faisabilité technique de l’investissement est établie et le prix de revient de la production connu.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Impliquant des entreprises de production (prioritairement des TPE, PME et ETI) en tant que consommateur ou producteur.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettant de partager dans l’autoconsommation collective un volume d’électricité significatif pour que l’impact des frais de gestion sur le prix de l’électricité proposé reste raisonnable. Il peut s’agir des surplus d’une Autoconsommation individuelle d’un ou plusieurs producteurs. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Privilégiant des contractualisations producteurs/consommateurs de long terme&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Répondant à la stratégie territoriale de transition énergétique et de développement des énergies renouvelables.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettant le financement citoyen des investissements et l’émergence de communautés d’énergie.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/etudes-et-assistance-maitrise-douvrage-pour-lautoconsommation-collective-multi-acteurs-delectricite</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les demandes doivent être adressées avant tout démarrage des études.
+&lt;/p&gt;&lt;p&gt;Le bénéficiaire renseigne la «fiche de demande préalable » (cf. document à télécharger ci-après) et l’adresser au chargé de mission du département concerné par son projet (cf. contacts dans le document à télécharger ci-après).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La demande comprendra à minima : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La « fiche de demande préalable » &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le Kbis et RIB récents du demandeur,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Une présentation du projet (contexte, état d’avancement, problématiques à résoudre…) et des parties prenantes/participants au projet ou à la dynamique     territoriale (activité, intérêt au projet, stratégie territoriale…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La méthodologie pour mobiliser et engager les participants et le calendrier prévisionnel,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le/les devis détaillés des prestataires retenus,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les éventuels co-financements sollicités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-assistance-a-maitrise-douvrage-pour-lautoconsommation-collective-multi-acteurs-delectricite-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>112125</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un audit énergétique sur patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la réalisation d'audits énergétiques sur patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J100" s="1" t="inlineStr">
+        <is>
+          <t>50% du montant HT</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDES fait réaliser et finance pour le compte de ses communes adhérentes qui le souhaitent un ou plusieurs audits énergétiques sur leur patrimoine bâti.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La participation financière du SDES est octroyée aux seules communes adhérentes au SDES, à l&amp;#039;exception de celles &amp;gt; 2 000 habitants n&amp;#039;ayant pas intégré par délibération concordante à celle du SDES, le dispositif de répartition des recettes issues de la TCCFE.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de participation financière est de 50% du montant HT des audits énergétiques réalisés par un cabinet d&amp;#039;étude indépendant et ce, uniquement pour les bâtiments communaux ne bénéficiant pas d&amp;#039;un co-financement par les programmes issus de l&amp;#039;appel à manifestation d&amp;#039;intérêt ACTEE lancé par la FNCCR.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant annuel HT de participation financière à ce titre, est plafonné à 7 500 €/an/commune.&lt;/p&gt;&lt;p&gt;Adhésion à la compétence transition énergétique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdes73.com/transition-energetique/batiment/audit-energetique/</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ sdes&amp;#64;sdes73.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 79 26 42 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>j.fournier@sdes73.com</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5b42-aide-a-la-realisation-daudits-energetique-sur/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>144509</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la revitalisation, dynamisation ou restructuration des centres-villes et centres-bourgs landais</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J101" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation allouée au plan d'actions : de 250 à 350.000 euros</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale et engagées dans un politique de revitalisation, dynamisation ou de restructuration de leur centre-bourg ou centre-ville peuvent bénéficier d&amp;#039;un soutien départemental aux conditions et selon les modalités détaillées ci-après.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour solliciter l&amp;#039;aide du Département pour la revitalisation, la dynamisation ou restructuration de son centre-ville ou centre bourg, la commune devra réaliser préalablement une étude globale de son centre-ville ou centre-bourg de type « Plan de référence » qui définira un plan d&amp;#039;action global et pluriannuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Dotation maximum allouée au plan d&amp;#039;actions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville moyenne : 350 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moyens et petits pôles : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pôle de proximité : 250 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La dotation est susceptible d&amp;#039;être augmentée à hauteur de 20 % dans le cas d&amp;#039;une mise en œuvre effective d&amp;#039;un programme de logements sociaux, à loyers modérés ambitieux dans le centre-bourg. Ce programme devra être établi en cohérence avec le schéma départemental de l&amp;#039;Habitat et contribuer au plan « Bien vieillir dans les Landes » en intégrant des logements sociaux et/ ou en favorisant le maintien des personnes âgées à leur domicile.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus devront concerner au minimum 2 thématiques sur les 4 suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  habitat et logement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  commerce et services,
+ &lt;/li&gt;
+ &lt;li&gt;
+  cadre de vie et l&amp;#039;environnement, notamment la transition énergétique et écologique et les espaces publics en lien avec les mobilités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements à destination de la population.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les projets devront être localisés aux centres-bourgs ou centres-villes et justifier d&amp;#039;effets directs de revitalisation, de dynamisation ou de restructuration des centres-bourgs ou centres Villes, et/ou démontrer un effet de centralité par leurs incidences sur les services ou les habitants des communes rurales périphériques.</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86c0-favoriser-la-revitalisation-dynamisation-ou-r/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>162652</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
         </is>
       </c>
-      <c r="C83" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Programme ACTEE - SDE35</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental d'Energie 35</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I83" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J83" s="1" t="inlineStr">
+      <c r="J102" s="1" t="inlineStr">
         <is>
           <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
+      <c r="M102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T83" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>Ille-et-Vilaine</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
         </is>
       </c>
-      <c r="W83" s="1" t="inlineStr">
+      <c r="W102" s="1" t="inlineStr">
         <is>
           <t>https://www.sde35.fr/contactez-nous</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>sde35@sde35.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-[...167 lines deleted...]
-      <c r="G85" s="1" t="inlineStr">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>159417</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser la consommation et la production électrique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Vision Electrique Territoire</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
-[...29 lines deleted...]
- &lt;br /&gt;
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Enedis aide les collectivités à comprendre la dynamique de la transition énergétique leurs territoires
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Parce que la transition énergétique accélère et pour mieux comprendre les transformations qui s&amp;#039;opèrent sur votre territoire, Enedis permet d&amp;#039;avoir une vision mensuelle de la consommation et de la production électriques de votre territoire avec 3 ans d&amp;#039;historique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les données sont mises à jours tous les mois, avec un décalage de 3 mois.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est disponible sur le Portail Collectivités Locales, au sein de l&amp;#039;espaces &amp;#34;Mesures et Services&amp;#34;. Il permet de comparer la production ou la consommation, mois par mois, année par année.&lt;/p&gt;&lt;p&gt;&lt;em&gt;* Les pays ne sont pas bénéficiaires de l&amp;#039;aide.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avoir un compte sur le Portail Collectivités Locales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
-[...12 lines deleted...]
-Biodiversité
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/F1Ak5loZtWI?si=4WGJGYAu-7r76623</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre Interlocuteur Privilégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7be5-visualiser-la-consommation-et-la-production-e/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>143275</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Développer les énergies renouvelables terrestres sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez développer votre production d&amp;#039;énergie renouvelable dans le contexte global de changement climatique, de mise en œuvre et déclinaison locale des engagements internationaux de la France à travers la loi de transition énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue pour développer votre autonomie énergétique en réalisant notamment des études de potentiel de production des différentes filières d&amp;#039;énergies renouvelables thermiques et électriques de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour le développement des énergies renouvelables terrestres en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;identification de nouveaux gisements pour le développement des filières d&amp;#039;énergie renouvelable terrestres
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rédaction de portés à connaissance et de diagnostics territoriaux à destination des services de l&amp;#039;État et collectivités pour prendre en compte les enjeux liés aux énergies renouvelables dans la transition énergétique des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des retours d&amp;#039;expériences sur les nouveaux modes de consommations et nouvelles technologies déployées, pour lesquels le contexte réglementaire continue fortement d&amp;#039;évoluer (autoconsommation, route solaire, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des bilans énergétiques et d&amp;#039;émission de gaz à effet de serre sur les territoires.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Appui méthodologique
-Animation et mise en réseau
-[...16 lines deleted...]
-      <c r="O85" s="1" t="inlineStr">
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
-[...31 lines deleted...]
- &lt;br /&gt;
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/appui-aux-territoires-developpement-energies-renouvelables</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
-[...3704 lines deleted...]
-      </c>
       <c r="Y104" s="1" t="inlineStr">
         <is>
-          <t>belliotl@afd.fr</t>
+          <t>partenariats@cerema.fr</t>
         </is>
       </c>
       <c r="Z104" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1bc1-peeb-outre-mer/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83df-developper-les-energies-renouvelables-terrest/</t>
         </is>
       </c>
       <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:27" customHeight="0">
       <c r="A105" s="1">
-        <v>56180</v>
+        <v>152452</v>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Améliorer l'efficacité énergétique de son patrimoine bâti avec le Conseil en Energie Partagé (CEP)</t>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement de locaux scolaires et périscolaires</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SCOLAIRES ET ANNEXES PÉDAGOGIQUES</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+          <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H105" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-[...1 lines deleted...]
-Ingénierie financière</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="I105" s="1" t="inlineStr">
         <is>
-          <t> Min : 40 Max : 80</t>
+          <t> Min : 20 Max : 52</t>
         </is>
       </c>
       <c r="J105" s="1" t="inlineStr">
         <is>
-          <t>Accompagnement réalisé par le SDEC ENERGIE,  qui prend en charge une partie de son coût.</t>
+          <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
       <c r="K105" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L105" s="1" t="inlineStr">
-        <is>
-[...6705 lines deleted...]
-      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de locaux scolaires maternelles et du 1er degré, de cantines et d&amp;#039;annexes pédagogiques (bibliothèque scolaire, ateliers, salles de repos, salle de jeux, salle informatique, garderie périscolaire, locaux techniques et administratifs).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M142" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Construction d&amp;#039;une école élémentaire à deux classes et création d&amp;#039;une rampe pour l&amp;#039;accessibilité aux personnes à mobilité réduite pour la mairie et l&amp;#039;école à &amp;#34;Ville d&amp;#039;Espoir&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation de la toiture de l&amp;#039;école primaire de &amp;#34;Sainte-Marie&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une restauration scolaire intercommunale, rue du Tacot - Phase 1, à &amp;#34;Cité Scolaire&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un accueil périscolaire intercommunal, rue du Tacot - Phase 2, à &amp;#34;Village Harmonie&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de la charpente de l&amp;#039;école primaire de &amp;#34;Champ Fleuri&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière alimentant le groupe scolaire &amp;#34;Liberté&amp;#34; et la salle &amp;#34;Victor Hugo&amp;#34;, rue du Général de Gaulle, à &amp;#34;Ville Prospère&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement du matériel informatique de l&amp;#039;école élémentaire à &amp;#34;Nouvelle Génération&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité du bâtiment de l&amp;#039;école primaire &amp;#34;Cours de Lumière&amp;#34; - intérieur/extérieur, à &amp;#34;Ville Lumineuse&amp;#34;
@@ -28015,65 +18995,65 @@
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière à gaz par une pompe à chaleur à l&amp;#039;école de &amp;#34;L&amp;#039;Écoquartier&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de réaménagement de l&amp;#039;aire de jeux - cour du périscolaire &amp;#34;Enfance Heureuse&amp;#34; à &amp;#34;Ville Joyeuse&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un accueil de loisirs sans hébergement avec une cantine à &amp;#34;L&amp;#039;Aurore&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement des fenêtres et de deux portes d&amp;#039;entrée à l&amp;#039;école maternelle de &amp;#34;Ville Rayonnante&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Installation du chauffage et de l&amp;#039;éclairage du patio au périscolaire de &amp;#34;Bacouel&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un four pour la cantine scolaire de &amp;#34;Belle Saveur&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;une salle pour la restauration scolaire et socio-culturelle à &amp;#34;Nouvel Horizon&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Accessibilité</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -28229,690 +19209,856 @@
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  * l&amp;#039;acquisition de mobilier et d&amp;#039;équipement seule est éligible pour les syndicats scolaires qui n&amp;#039;ont pas la compétence travaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de petits matériels (tables, chaises, ...),
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de matériel de restauration scolaire de moins de 10 ans.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W142" s="1" t="inlineStr">
+      <c r="W105" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/02d7-equiper-les-policiers-municipaux/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G143" s="1" t="inlineStr">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>130993</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour son projet de Bois-Énergie</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...17 lines deleted...]
-      <c r="K143" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
-[...2 lines deleted...]
- Aider au maintien et au développement des établissements de l&amp;#039;enseignement public du 1er degré, de leurs locaux d&amp;#039;animation, des garderies périscolaires, des accueils de loisirs.
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre collectivité a un projet bois énergie, le SIEL-TE peut vous accompagner dans sa réalisation ou, par transfert de compétences, assurer la maîtrise d&amp;#039;ouvrage. Dans ce cas-là, une commune ou un groupement de communes n&amp;#039;a pas à porter l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4 SOLUTIONS POUR MONTER UN PROJET BOIS-ÉNERGIE AVEC LE SIEL-TE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OUVRAGE DÉLÉGUÉE - TRANSFERT DE COMPÉTENCE «PRODUCTION ET DISTRIBUTION DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par transfert de compétences de la collectivité, le SIEL-TE est chargé des études et de la réalisation des travaux du projet. Il perçoit, en lieu et place de la collectivité, les subventions éventuellement attribuées par les différents financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages ainsi réalisés restent la propriété du SIEL-TE pendant 20 ans, qui en assure l&amp;#039;entretien et les loue à la collectivité. Une contribution est appelée pendant 20 ans sous forme de loyer et comprend une participation de la collectivité permettant d&amp;#039;atteindre 100% du montant HT des études et travaux, les frais liés à l&amp;#039;entretien spécialisé et une provision pour le remplacement du matériel en cas de casse.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité continue de s&amp;#039;impliquer dans le projet puisque l&amp;#039;achat des différents combustibles et fuides (bois, appoint, électricité, eau, téléphone) reste à sa charge. La collectivité facture la chaleur à ses abonnés, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; contribution «loyer» selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VENTE DE CHALEUR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du transfert de compétence «Production et distribution de chaleur», le SIEL-TE peut, dans certains cas, proposer la vente de chaleur et ainsi gérer de A à Z le fonctionnement de la chaufferie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, l&amp;#039;achat des différents combustibles et fluides (bois, appoint, électricité, eau, téléphone), ainsi que les charges de fonctionnement (maintenance, exploitation et renouvellement du matériel) sont à la charge du SIEL-TE qui vend la chaleur à la collectivité pendant une durée de 20 ans, en lieu et place de la contribution annuelle sous forme de loyer.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; prix chaleur selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OEUVRE DÉLÉGUÉE - OPTION «ÉNERGIES RENOUVELABLES ET RÉSEAU DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2017, l&amp;#039;option «projets énergies renouvelables et réseaux de chaleur» de la convention SAGE permet à la commune de demander au SIEL-TE, en appui des services, de réaliser la maîtrise d&amp;#039;oeuvre du projet de construction d&amp;#039;une chaufferie bois et d&amp;#039;un réseau de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention du SIEL-TE permettent à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-TE pour la réalisation d&amp;#039;un cahier des charges de consultation d&amp;#039;entreprises, l&amp;#039;assistance à la rédaction des dossiers de subvention, l&amp;#039;aide à l&amp;#039;analyse des offres, le suivi du chantier et l&amp;#039;aide à la réalisation des opérations de réception.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : adhésion à la compétence optionnelle
+&lt;/p&gt;
+&lt;p&gt;
+ «SAGE» &amp;#43; 8,5% du montant d&amp;#039;investissement du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la réalisation de projets de puissance bois supérieure à 1 MW, le SIEL-TE retient la Délégation de Service Public (DSP) de type concession comme montage juridique. Dans ce cas, le SIEL-TE conduit la procédure et le contrôle de la concession qui est confié à une entreprise privée. L&amp;#039;entreprise réalise le projet de la conception à la réalisation des travaux puis gère l&amp;#039;exploitation de l&amp;#039;installation pour une durée de 24 ans. L&amp;#039;entreprise sélectionnée porte l&amp;#039;investissement. La collectivité est cliente du réseau et achète la chaleur directement au concessionnnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de mise en place d&amp;#039;un contrat de DSP par le SIEL-TE : chaudière bois de puissance supérieure à 1MW
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Education et renforcement des compétences
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ SAINT-MAURICE-EN-GOURGOIS
+&lt;/p&gt;
+&lt;p&gt;
+ En 2013, la commune de Saint-Maurice-en-Gourgois a choisi d&amp;#039;installer une chaufferie au bois déchiqueté sur son territoire pour chauffer l&amp;#039;école et son extension, l&amp;#039;ancienne école, la crèche communale et la mairie. Un réseau de chaleur souterrain de 170 mètres conduit de l&amp;#039;eau à 80°C vers chaque bâtiment. En 2018, ce réseau de chaleur a été étendu afin de chauffer également le bâtiment «cantine périscolaire».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferie automatique au bois déchiqueté et son réseau de chaleur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Puissance de la chaudière : 90 kW
+  &lt;/li&gt;
+  &lt;li&gt;
+   Consommation annuelle de bois : 99 tonnes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equivalence énergétique : 27 575 litres de fioul
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois utilisé : plaquette forestière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volume du silo de stockage : 36 m2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surface totale chauffée : 2 031 m2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Responsable du Pôle ENR
+&lt;/p&gt;
+&lt;p&gt;
+ Clément CHAREYRE - chareyre&amp;#64;siel42.fr 04.77.42.10.72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6ec-le-bois-energie-pour-les-collectivites/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>76270</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Servir les politiques énergie-climat des territoires du Rhône</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>ALTE 69 - Agence Locale de la Transition Énergétique du Rhône</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée par les communautés de communes et d&amp;#039;agglomération du Rhône, le Département du Rhône, la Région Auvergne-Rhône-Alpes, l&amp;#039;association Hespul et des acteurs du secteur privé, l&amp;#039;
+ &lt;strong&gt;
+  Agence Locale de la Transition Énergétique du Rhône (ALTE 69)
+ &lt;/strong&gt;
+ est une association à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Tel que défini dans ses statuts, elle se donne pour objectif d&amp;#039;encourager, d&amp;#039;accompagner, de promouvoir et d&amp;#039;animer par tous moyens à sa disposition la mise en œuvre de la transition énergétique. Dans le cadre d&amp;#039;un développement soutenable des territoires et de la lutte contre les causes et les effets du changement climatique, elle participe à la mise en place d&amp;#039;un paysage énergétique sobre, efficace et renouvelable.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elle accompagne les usagers (les collectivités, les habitants et plus largement tous les acteurs locaux) dans leurs démarches d&amp;#039;économie d&amp;#039;énergie, d&amp;#039;utilisation d&amp;#039;énergies renouvelables et d&amp;#039;innovations énergétiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elle déploie une expertise mutualisée à l&amp;#039;échelle départementale pour fournir un service d&amp;#039;intérêt général, indépendant des fournisseurs d&amp;#039;énergie et de matériaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les principaux domaines d&amp;#039;expertise sont:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le suivi des consommations d&amp;#039;énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment performant, en construction et rénovation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la production d&amp;#039;énergies renouvelables thermiques et électriques (photovoltaïque), intégrées au bâtiment ou en centrales de production indépendantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la planification énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de l&amp;#039;ALTE 69 varie de la sensibilisation du particulier à l&amp;#039;accompagnement de projet collectif ou de politique territoriale, avec en perspective la réduction des émissions de gaz à effet de serre sur les territoires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur de l&amp;#039;énergie (SDE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et optimisation des consommations d&amp;#039;énergie du patrimoine bâti (notamment public)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information et formation des acteurs de l&amp;#039;acte de construire et des acteurs du logement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, conseil et accompagnement des particuliers pour la rénovation énergétique de leur logement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
-Accessibilité</t>
-[...2 lines deleted...]
-      <c r="O143" s="1" t="inlineStr">
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
-[...73 lines deleted...]
- &lt;/a&gt;
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être un acteur du territoire du Rhône hors Métropole de Lyon (particulier, collectivité, association...).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
-[...91 lines deleted...]
-&lt;p&gt;
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Rhône</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alte69.org/fr/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence Locale de la Transition Énergétique du Rhône
+ &lt;br /&gt;
+ contact&amp;#64;alte69.org
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>habiba.belkadi-seys@alte69.org</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d1b0-servir-les-politiques-energie-climat-des-terr/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Eau potable
-Eau pluviale
 Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
-[...1 lines deleted...]
-Musée
 Sports et loisirs
-Tourisme
-Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...3 lines deleted...]
-Egalité des chances
 Accès aux services
-Cohésion sociale et inclusion
-[...1 lines deleted...]
-Santé
 Education et renforcement des compétences
-Alimentation
-Commerces et services
 Technologies numériques et numérisation
-Tiers-lieux
-[...4 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
-Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
-Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
-Bibliothèques et livres
-[...2 lines deleted...]
-Inclusion numérique
 Sécurité
-Cimetières et funéraire
-[...1 lines deleted...]
-Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P144" s="1" t="inlineStr">
-[...7 lines deleted...]
- Être une commune rurale de l&amp;#039;Essonne
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...31 lines deleted...]
-      <c r="AA144" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W108" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-[...117 lines deleted...]
-      <c r="G146" s="1" t="inlineStr">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...20 lines deleted...]
-      <c r="K146" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
-[...5 lines deleted...]
-&lt;p&gt;
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  Financer vos projets
+  L&amp;#039;AFL
  &lt;/strong&gt;
- grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ est la seule banque française
  &lt;strong&gt;
-  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+  100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
- qui font vivre nos territoires.
-[...1 lines deleted...]
-financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...12 lines deleted...]
- &lt;/em&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-[...10 lines deleted...]
-      <c r="N146" s="1" t="inlineStr">
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -28926,17298 +20072,252 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Artisanat
-[...1718 lines deleted...]
-Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Spectacle vivant
 Médias et communication
 Industrie
+Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
+Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
+Inclusion numérique
 Sécurité
-Mobilité et véhicules autonomes
-[...3 lines deleted...]
-      <c r="O158" s="1" t="inlineStr">
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S158" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...240 lines deleted...]
-      <c r="T160" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
-[...216 lines deleted...]
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
-[...806 lines deleted...]
-      <c r="R168" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W109" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Calendrier
+  Contact
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
- Les projets doivent se dérouler au cours des
  &lt;strong&gt;
-  années scolaires 2020-2021 et 2021-2022.
+  Email :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Les dossiers déposés seront étudiés tout au long de l&amp;#039;année, et les aides votées lors des différentes Commissions Permanentes.
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires
+  Téléphone
  &lt;/strong&gt;
- :
-[...152 lines deleted...]
-      <c r="AA168" s="1" t="inlineStr">
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="H169" s="1" t="inlineStr">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>144518</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
-[...13964 lines deleted...]
-      <c r="L250" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N250" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Economie circulaire
 Biodiversité
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O250" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R250" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions et critères d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une attention particulière sera portée sur les projets :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
   &lt;/li&gt;
   &lt;li&gt;
    présentant l&amp;#039;engagement des collectivités locales ;
   &lt;/li&gt;
   &lt;li&gt;
    novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
   &lt;/li&gt;
   &lt;li&gt;
    selon le périmètre d&amp;#039;intervention.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
@@ -46244,8241 +20344,7873 @@
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
   &lt;/li&gt;
   &lt;li&gt;
    être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
   &lt;/li&gt;
   &lt;li&gt;
    être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
   &lt;/li&gt;
   &lt;li&gt;
    présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S250" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T250" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U250" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V250" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=200</t>
         </is>
       </c>
-      <c r="W250" s="1" t="inlineStr">
+      <c r="W110" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/demande-subvention</t>
         </is>
       </c>
-      <c r="X250" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
 Direction de l&amp;#039;Environnement&lt;br /&gt;
 Service Médiation environnementale et partenariats&lt;br /&gt;
 Tél. : 05.58.05.40.40&lt;br /&gt;
 Mèl : environnement&amp;#64;landes.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y250" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z250" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
         </is>
       </c>
-      <c r="AA250" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="251" spans="1:27" customHeight="0">
-[...951 lines deleted...]
-      <c r="E255" s="1" t="inlineStr">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>163727</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>La rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G255" s="1" t="inlineStr">
-[...709 lines deleted...]
-      <c r="G259" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H259" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I259" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K259" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L259" s="1" t="inlineStr">
-[...129 lines deleted...]
-      <c r="AA259" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent dispositif vise à soutenir les opérations de rénovation énergétique des logements sociaux communaux, de bâtiments à usage de logements communaux et d&amp;#039;activité tertiaire et de petits collectifs de logements sociaux (2 à 20 logements) existant&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Favoriser l’attractivité des territoires ruraux &lt;/p&gt;&lt;p&gt;Participer à la revitalisation des centres bourgs et au renouvellement urbain&lt;/p&gt;&lt;p&gt;Engager le parc social dans la transition énergétique et climatique pour maintenir une offre de logements sociaux confortables, économes en énergie et bas carbone (objectif du Sraddet et du PREE Nouvelle-Aquitaine : rénover énergétiquement 5000 à 7000 logements sociaux par an)&lt;/p&gt;&lt;p&gt;Développer l’offre de logement et lutter contre la précarité énergétique des ménages&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt si Cep après travaux inférieur à 150 kWhep/m2.an&lt;/p&gt;&lt;p&gt;jusqu’à 60% des dépenses éligibles plafonnées à 9 000 € / logt si Cep après travaux inférieur à 80 kWhep/m2.an&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergique de bâtiments à usage de logements sociaux communaux et d&amp;#039;activité tertiaire (activité marchande) &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 50% de l’assiette éligible HT&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 4 000 €&lt;/p&gt;&lt;p&gt;Opération de rénovation énergétique de petits collectifs de logemets sociaux(dans la limite de 3 projets par an) &lt;/p&gt;&lt;p&gt;Assistance à maîtrise d’ouvrage pour les démarches faisant l’objet d’une certification environnementale (BBC Effinergie, NF Habitat HQE…) ou intégrant une démarche BDNA : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt &lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Economie locale et circuits courts
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Opérateurs (bailleurs…) agissant pour le compte d’une commune ou d’un EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organismes de logement social publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structures associatives et entreprises privées bénéficiant d’un agrément de l’Etat au titre du logement social&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Territoires cibles&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Territoires qualifiés de ruraux au sens de l’INSEE, porteurs d’un projet habitat : bourg ruraux, habitat dispersé, habitat très dispersé (information sur la grille communale de densité en niveaux sur le site https://observatoire-des-territoires.gouv.fr/outils/cartographie-interactive)&lt;/p&gt;&lt;p&gt;Les territoires situés en dehors des communautés d’agglomération sont prioritaires dans la programmation. &lt;/p&gt;&lt;p&gt;Projets cibles &lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants : &lt;/p&gt;&lt;p&gt;2 logements minimum&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de bâtiments à usage de logements communaux et d’activité tertiaire :&lt;/p&gt;&lt;p&gt;surface de plancher fiscale du bâtiment à usage tertiaire inférieure ou égale à 50% de la surface totale de plancher fiscale du bâtiment&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de petits collectifs de logements sociaux (dans la limite de 3 projets par an)&lt;/p&gt;&lt;p&gt;Petits collectifs de logements sociaux de 2 à 20 logements&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 80 kWhep/m2.an &lt;/p&gt;&lt;p&gt;Critères communs à ces 3 types d&amp;#039;opérations&lt;/p&gt;&lt;p&gt;Dans tous les cas diminution des émissions de GES, opération utilisant le fioul après travaux inéligible&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Prise en compte du confort d’été et de la ventilation/qualité de l’air&lt;/p&gt;&lt;p&gt;Travaux réalisés par des professionnels titulaires du label RGE (Reconnu garant de l’environnement) ou justifiant de leur engagement dans cette démarche&lt;/p&gt;&lt;p&gt;Mise en œuvre de toute action permettant de sensibiliser/former aux éco-gestes les occupants&lt;/p&gt;&lt;p&gt;Critères de priorité&lt;/p&gt;&lt;p&gt;La priorité sera donnée aux :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations qui s’inscrivent dans la contractualisation régionale avec les territoires et qui participent à la stratégie régionale de revitalisation des centres bourgs, d’OPAH-RU, etc.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations s’inscrivant dans une stratégie territoriale portée, par exemple, par un EPCI.&lt;/p&gt;&lt;p&gt;Nota bene : &lt;/p&gt;&lt;p&gt;Cette aide, qui porte sur le parc existant, est à distinguer de l&amp;#039;aide &amp;#34;Logement social en ruralité&amp;#34;, décrite par ailleurs dans le guide des aides et qui s&amp;#039;applique à des opérations portant création d&amp;#039;une offre nouvelle de logements sociaux, en recyclage immobilier.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/la-renovation-energetique-des-logements-sociaux</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Votre contact : energie&amp;#64;nouvelle-aquitaine.fr            &lt;/p&gt;&lt;p&gt;à l&amp;#039;attention de Vanessa BINAU                                         &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/la-renovation-energetique-des-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="260" spans="1:27" customHeight="0">
-[...830 lines deleted...]
-      <c r="G265" s="1" t="inlineStr">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>162976</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les ressources durables des villages du territoire</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 1 - FEDER</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H265" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I265" s="1" t="inlineStr">
+      <c r="I112" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J265" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K265" s="1" t="inlineStr">
+      <c r="J112" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L265" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="O265" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, à l’image de la Gironde, consomme et produit peu
+d’énergies renouvelables dans son mix énergétique. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Par ailleurs le ralentissement de la croissance, le changement climatique
+et les prix de l’énergie impactent les équilibres du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La mise en place des Plans Climat Air Energie Territoire (PCAET) à
+l’échelle des SCOT et déclinés par CDC est une première étape pour donner un
+cadre et passer à l’opérationnel.&lt;/p&gt;&lt;p&gt;Ce qui est en jeu est donc de :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations énergétiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place la transition énergétique pour rendre majoritaire la
+part d’énergies renouvelables produites et consommées&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes, animation ou
+outils visant à remplacer la consommation des énergies fossiles par des
+énergies renouvelable&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes, animation ou
+outils pour impulser et engager la rénovation énergétique à l’échelle locale&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Soutien aux
+opérations de rénovation/extension de bâtiments permettant de développer ou
+améliorer les logements sociaux dans les centres-bourgs (-20 logements par
+opération)&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
+ingénierie pour améliorer la performance énergétique et thermique de l’habitat
+privé.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Montage et
+sensibilisation de filières locales énergétiques et de matériaux bio et
+géo-sourcés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation de
+communautés locales investissant dans les énergies renouvelables&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Modernisation des
+équipements d’éclairage public locaux vers des solutions économes, durables et intégrée
+dans une stratégie de dynamisation des centres-bourgs, villes ou quartiers
+politiques de la ville.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P265" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S265" s="1" t="inlineStr">
+      <c r="P112" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q112" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...3 lines deleted...]
-      <c r="T265" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U265" s="1" t="inlineStr">
-[...33 lines deleted...]
-      <c r="AA265" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="266" spans="1:27" customHeight="0">
-[...133 lines deleted...]
-      <c r="G267" s="1" t="inlineStr">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>163237</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement territorial sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 3</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...471 lines deleted...]
-Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H269" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="K269" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I113" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J113" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L269" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N269" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...1 lines deleted...]
-Recyclage et valorisation des déchets
+Economie circulaire
 Economie locale et circuits courts
 Consommation et production
-Risques naturels
-[...2500 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
-Equipement public
-[...7 lines deleted...]
-Mers et océans
+Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O283" s="1" t="inlineStr">
-[...79 lines deleted...]
-      <c r="AA283" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P113" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="Q113" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="284" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G284" s="1" t="inlineStr">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>161712</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre d’un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre d’un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
-[...212 lines deleted...]
-      <c r="H285" s="1" t="inlineStr">
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K285" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L285" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="O285" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les collectivités territoriales sont des acteurs clés dans l’atteinte des &lt;strong&gt;objectifs de transition énergétique&lt;/strong&gt;. Elles sont&lt;strong&gt; au cœur du processus de transition&lt;/strong&gt; à travers leurs décisions en matière d’énergie mais aussi d’aménagement, d’urbanisme, de mobilité, de gestion des déchets et de l’eau, des thématiques intimement liées. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Leurs actions doivent notamment reposer sur des &lt;strong&gt;choix énergétiques pertinents et éclairés&lt;/strong&gt;, pour élaborer un &lt;strong&gt;mix énergétique local sobre en carbone&lt;/strong&gt;. Ces choix doivent prendre en compte les potentiels de développement d’énergies renouvelables mais aussi des scenarii d’évolution des différents usages présents sur les territoires. &lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Schéma Directeur des Énergies &lt;/strong&gt;est un outil indispensable pour coordonner ces actions, ciblant aussi bien la production, la consommation et la distribution d’énergie.&lt;/p&gt;&lt;p&gt;Guide méthodologique : « &lt;a target="_blank" href="https://librairie.ademe.fr/changement-climatique-et-energie/749-schema-directeur-des-energies-le-9791029713859.html"&gt;Le Schéma directeur des énergies, conjuguer mix énergétique, planification territoriale et urbaine&lt;/a&gt; ».&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S285" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U285" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X285" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y285" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z285" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA285" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mise-en-oeuvre-dun-schema-directeur-des-energies/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="286" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G286" s="1" t="inlineStr">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>66414</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser et soutenir le développement de l'usage du vélo</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H286" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I286" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K286" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L286" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="O286" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ainsi, en déclinaison de ces ambitions, des objectifs de la loi transition énergétique pour la croissance verte du 19 août 2015 et des orientations du schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET), ce dispositif a pour but de favoriser et soutenir le développement d&amp;#039;une mobilité alternative et décarbonée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R286" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="S286" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles et montant de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide à l&amp;#039;acquisition de vélos électriques (hors usages internes à la collectivité ou l&amp;#039;association) dans le cadre d&amp;#039;une démarche innovante et collective : 25% de la base hors taxes dans la limite de 10 000€,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide au déploiement d&amp;#039;un réseau cohérent de maison du vélo en Normandie : étude sur dossier,
+&lt;/p&gt;
+&lt;p&gt;
+ - Tout projet présentant une démarche complète d&amp;#039;accompagnement au changement et qui s&amp;#039;inscrive dans un écosystème de mobilité et de développement durable : étude sur dossier,
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T286" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U286" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA286" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-durable</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ MOBILITÉ DURABLE
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Energies, Environnements et Dévt Durable
+&lt;/p&gt;
+&lt;p&gt;
+ Service Energies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ Plages horaires pour les permanences téléphoniques du lundi au jeudi de 13H 30 à 16H30 au numéro suivant : 02 14 47 62 64
+&lt;/p&gt;
+&lt;p&gt;
+ mobilitedurable&amp;#64;normandie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5b75-favoriser-et-soutenir-le-developpement-dune-m/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="287" spans="1:27" customHeight="0">
-[...313 lines deleted...]
-      <c r="G288" s="1" t="inlineStr">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>165644</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre d’un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...2 lines deleted...]
-      <c r="H288" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les collectivités territoriales sont des acteurs clés dans l’atteinte des &lt;strong&gt;objectifs de transition énergétique&lt;/strong&gt;. Elles sont&lt;strong&gt; au cœur du processus de transition&lt;/strong&gt; à travers leurs décisions en matière d’énergie, mais aussi d’aménagement, d’urbanisme, de mobilité, de gestion des déchets et de l’eau, des thématiques intimement liées. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Leurs actions doivent notamment reposer sur des &lt;strong&gt;choix énergétiques pertinents et éclairés&lt;/strong&gt;, pour élaborer un &lt;strong&gt;mix énergétique local sobre en carbone&lt;/strong&gt;. Ces choix doivent prendre en compte les potentiels de développement d’énergies renouvelables, mais aussi des scénarii d’évolution des différents usages présents sur les territoires. &lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Schéma directeur des énergies &lt;/strong&gt;est un outil indispensable pour coordonner ces actions, ciblant aussi bien la production, la consommation et la distribution d’énergie.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, vous pouvez consulter le guide méthodologique « &lt;a target="_blank" href="https://librairie.ademe.fr/changement-climatique-et-energie/749-schema-directeur-des-energies-le-9791029713859.html"&gt;Le Schéma directeur des énergies, conjuguer mix énergétique, planification territoriale et urbaine&lt;/a&gt; ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P116" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q116" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/mise-en-oeuvre-dun-schema-directeur-des-energies</t>
+        </is>
+      </c>
+      <c r="W116" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/mise-en-oeuvre-dun-schema-directeur-des-energies#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mise-en-oeuvre-d-un-schema-directeur-des-energies/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>164381</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les futurs champions franciliens de la transition écologique : Fonds Île-de-France Décarbonation</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Île-de-France Décarbonation</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>À travers le Fonds Île-de-France Décarbonation, la Région accompagne l’émergence de futurs champions franciliens de la transition écologique.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles, les PME :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Offrant ou mettant en œuvre des solutions innovantes (industrie, services, logiciels…) pour la transition énergétique, la décarbonation et la préservation de l’environnement,&lt;/li&gt;&lt;li&gt;Ayant fait la preuve de leur modèle économique avec un chiffre d’affaires compris entre 2 et 10 millions d’euros,&lt;/li&gt;&lt;li&gt;Ayant leur siège social ou exerçant l&amp;#039;essentiel de leur activité en Île-de-France. &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;strong&gt;Le fonds investira, en fonds propres ou quasi-fonds propres, des tickets compris entre 3 et 10 millions d’euros.&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Il interviendra, principalement, par l’intermédiaire de prises de participation minoritaires au capital de l’entreprise.&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Les structures bénéficient d’un accompagnement dédié lors de la période d’investissement, notamment sur les sujets de vision stratégique, d’organisation RH, de gouvernance et d’impact.&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Le Fonds Île-de-France Décarbonation s’adresse aux entreprises franciliennes innovantes en processus de levée de fonds. L’objectif est de soutenir en priorité celles qui œuvrent dans les domaines suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Électricité décarbonée, énergies renouvelables,&lt;/li&gt;&lt;li&gt;Gaz vert,&lt;/li&gt;&lt;li&gt;Hydrogène, &lt;/li&gt;&lt;li&gt;Maîtrise de l’énergie et amélioration de la performance énergétique, &lt;/li&gt;&lt;li&gt;Réseaux intelligents, bâtiments durables, &lt;/li&gt;&lt;li&gt;Industrie durable, &lt;/li&gt;&lt;li&gt;Écomobilité,&lt;/li&gt;&lt;li&gt;Économie circulaire,&lt;/li&gt;&lt;li&gt;Capture et stockage du carbone, &lt;/li&gt;&lt;li&gt;Efficacité de l’eau, etc.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s’adresse aussi aux entreprises ayant besoin de capitaux afin de se transformer et d’effectuer un pivot vers ces secteurs de la transition écologique et de la décarbonation. &lt;/p&gt;&lt;p&gt;Les investissements du fonds seront 100% durables avec la mise en place d’une trajectoire d’impact positive et de progrès pour l’entreprise.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; La Région Île-de-France et l’ensemble des partenaires financeurs du fonds ont confié le déploiement et la gestion du Fonds Île-de-France Décarbonation à Eiffel Investment Group, société de gestion agréée. &lt;br /&gt;&lt;br /&gt;Pour plus d’informations sur le fonds, ses partenaires et pour déposer votre candidature : &lt;a href="http://www.décarbonation.iledefrance.fr"&gt;décarbonation.iledefrance.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-ile-de-france-decarbonation</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" target="_blank"&gt;aides.economiques&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-ile-de-france-decarbonation/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>56191</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K288" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="O288" s="1" t="inlineStr">
+      <c r="J118" s="1" t="inlineStr">
+        <is>
+          <t>Intervention dans le cadre d'un transfert de compétence énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDEC ENERGIE étudie, finance, construit et exploite l&amp;#039;installation de production électrique photovoltaïque. Il intervient dans le cadre d&amp;#039;un transfert de compétence &amp;#34;énergies renouvelables&amp;#34;, sur décision de son bureau syndical et après avis de sa commission Transition Energétique.
+ Le bâtiment support de l&amp;#039;installation reste dans le patrimoine de la collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de l&amp;#039;électricité peut être par vente totale ou en autoconsommation, en bénéficiant au bâtiment où l&amp;#039;installation est construite.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement de l&amp;#039;opération est assuré par les fonds propres de la régie &amp;#34;énergies renouvelables&amp;#34; du syndicat, les dotations des partenaires, éventuellement la vente d&amp;#039;électricité et au besoin, une contribution de la collectivité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S288" s="1" t="inlineStr">
-[...204 lines deleted...]
- .
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide intervient dans le cadre d&amp;#039;un transfert de compétence.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y289" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA289" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e396-installer-une-chaufferie-bois-energie-substit/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="290" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G290" s="1" t="inlineStr">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>162561</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des démarches paysagères sur les territoires landais</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H290" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I290" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J290" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K290" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
+        <is>
+          <t>Taux applicable au montant TTC de l'étude. Cumulable avec l'aide des appels à projet "Plans de paysage" du Ministère</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L290" s="1" t="inlineStr">
-[...12 lines deleted...]
-Sols
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention pour l’élaboration de plans de paysages, de plans de paysages transition énergétique et de plans de paysages biodiversité.&lt;br /&gt;Le plan de paysage est un outil au service des élus pour renforcer l’attractivité d’un territoire. Il permet d’appréhender le paysage comme une ressource et un levier pour le développement local. Il s’agit donc d’une démarche qui invite à repenser la manière de concevoir l’aménagement du territoire (urbanisme, transports, infrastructures, énergies renouvelables, agriculture) en remettant le paysage au cœur du processus.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
 Espace public
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O290" s="1" t="inlineStr">
+Foncier
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R290" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T290" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U290" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA290" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=204</t>
+        </is>
+      </c>
+      <c r="W119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/demande-subvention</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;environnement&amp;#64;landes.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/elaborer-des-demarches-paysageres-sur-les-territoires-landais/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="291" spans="1:27" customHeight="0">
-[...226 lines deleted...]
-      <c r="H292" s="1" t="inlineStr">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>163184</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Installer une borne de recharge publique pour véhicules électriques</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>IRVE réseau EBORN</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K292" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="O292" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;S’inscrivant dans une démarche pour la transition énergétique et en faveur de la mobilité durable, TE83 a créé en 2011 une compétence relative aux Infrastructures de Recharge pour Véhicules Électriques (IRVE).&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Depuis octobre 2020, TE83 s’est associé avec 10 syndicats d’énergie, sous forme de Délégation de Service Public (DSP) pour constituer le réseau eborn.&lt;br /&gt;Le Délégataire EasyCharge est chargé du renouvellement et de l’entretien du réseau et assure le service de recharge aux usagers. Il a également pour mission de concevoir, financer et réaliser les nouvelles infrastructures.&lt;br /&gt;Eborn est un réseau public de plus de 1 400 bornes de recharge sur 11 départements (2800 points de charge). L’abonnement eborn donne aussi accès à un réseau de 60 000 points de charge dans toute l’Europe.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Les &lt;span&gt;&amp;#43;&lt;/span&gt; du réseau eborn&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Répondre à un enjeu de santé publique des territoires et de lutte contre le réchauffement climatique&lt;/li&gt;&lt;li&gt;Participer à la transition énergétique avec des solutions de recharge intelligentes&lt;/li&gt;&lt;li&gt;Contribuer à de nouveaux modes de déplacements et favoriser l’émergence de nouveaux services&lt;/li&gt;&lt;li&gt;Proposer un service facile d’accès, interopérable et ouvert aux autres réseaux&lt;/li&gt;&lt;li&gt;Développer un service en fonction des besoins du territoire en lien avec les collectivités&lt;/li&gt;&lt;li&gt;Proposer un service de qualité (réservation, paiement par CB, supervision) à un tarif maîtrisé&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;font face="Titillium Web, sans-serif"&gt;Pour faire une demande de pose de borne IRVE sur votre territoire en rejoignant le plus grand réseau du SUD-EST de la France, la collectivité doit être adhérente à la compétence IRVE du Syndicat. Pour cela il suffit de délibérer en ce sens.&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pose d&amp;#039;une borne de recharge pour véhicules électriques sur un parking public&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R292" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="AA292" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour faire une demande de pose de borne IRVE sur votre territoire en rejoignant le plus grand réseau du SUD-EST de la France, la collectivité doit être adhérente à la compétence IRVE du Syndicat. Pour cela il suffit de délibérer en ce sens.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La borne IRVE devra être accessible au public 24h/24h.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eborn.fr/</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://te83.fr/competences/les-bornes-de-recharge/</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Delphine DURAND : &lt;a target="_self"&gt;delphine.durand&amp;#64;te83.fr&lt;/a&gt; - 04 94 37 24 03&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installer-une-borne-de-recharge-publique-pour-vehicules-electriques/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="293" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G293" s="1" t="inlineStr">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>50028</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d’efficacité énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un maître
+d’ouvrage privé ou une entreprise du secteur tertiaire, un maître d’ouvrage
+public (collectivité territoriale, EPCI, établissement de l&amp;#039;État, SEM, SPL) ou
+encore un industriel engagé dans une démarche de réduction de consommation
+énergétique ou de décarbonation de vos process ? Vous souhaitez réduire la
+consommation d’énergie et les émissions de gaz à effet de serre de vos bâtiments,
+bénéficier d’une démarche d’accompagnement pour favoriser la conduite du
+changement ou du soutien d’un tiers de confiance, ou encore être soutenu dans
+le développement de solutions de décarbonation innovantes ? La Banque des
+Territoires vous accompagne à travers différentes offres d’investissement, en
+fonction de vos besoins et de vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Ces solutions
+d’investissement permettent ainsi de financer la rénovation des bâtiments
+tertiaires publics, selon différentes modalités : par exemple MGPE (Marchés
+Publics Globaux de Performance Energétique) à paiement différé, ou MPPE
+(Marchés de Partenariat de Performance Energétique), avec ou sans création de
+SAS ou SEMOp. Nous finançons également les entreprises publiques locales
+(sociétés d’économie mixte, sociétés publiques locales). Selon des modalités
+particulières, nous accompagnons également les projets concernant les bâtiments
+tertiaires privés. Enfin, l’efficacité énergétique et la décarbonation de
+l’industrie peuvent également faire l’objet de financement, selon certains
+prérequis.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-efficacite-energetique-batiments?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=efeb_psat</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-travaux-efficacite-energetique-batiment/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>90804</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la méthanisation</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la méthanisation</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H293" s="1" t="inlineStr">
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I293" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K293" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L293" s="1" t="inlineStr">
-[...15 lines deleted...]
-Biodiversité
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif s&amp;#039;adresse à tous les projets d&amp;#039;unités de méthanisation, que la valorisation du biogaz soit en injection ou en cogénération, quelle que soit la typologie (agricole individuel ou collectif, territorial, industriel, boues de station d&amp;#039;épuration).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ La méthanisation contribue significativement aux objectifs de la région Nouvelle-Aquitaine en matière de transition énergétique. Ces derniers, rappelés dans la feuille de route Néoterra (ambition 6), portent sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réduction de 45% des émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation à 45% de la part des énergies renouvelables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La méthanisation constitue par ailleurs un levier de la transition agro-écologique des exploitations agricoles et offre des solutions de valorisation des déchets du territoire dans une logique d&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour aider au développement cette filière  très vertueuse et accompagner les porteurs de projet , la Région co-pilote avec l&amp;#039;ADEME le dispositif MethaN-Action. Visant à accompagner toutes les initiatives du territoire (de la phase d&amp;#039;émergence à l&amp;#039;exploitation) et à professionnaliser les maîtres d&amp;#039;ouvrage, ce dispositif  propose des circuits de visite, des formations, des journées techniques, des échanges avec le réseau des exploitants d&amp;#039;unité de méthanisation, des guides, des newsletters, etc...
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ La méthanisation contribue significativement aux objectifs de la région Nouvelle-Aquitaine en matière de transition énergétique. Ces derniers, rappelés dans la feuille de route Néoterra (ambition 6), portent sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réduction de 45% des émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation à 45% de la part des énergies renouvelables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La méthanisation constitue par ailleurs un levier de la transition agro-écologique des exploitations agricoles et offre des solutions de valorisation des déchets du territoire dans une logique d&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour aider au développement cette filière  très vertueuse et accompagner les porteurs de projet , la Région co-pilote avec l&amp;#039;ADEME le dispositif MethaN-Action. Visant à accompagner toutes les initiatives du territoire (de la phase d&amp;#039;émergence à l&amp;#039;exploitation) et à professionnaliser les maîtres d&amp;#039;ouvrage, ce dispositif  propose des circuits de visite, des formations, des journées techniques, des échanges avec le réseau des exploitants d&amp;#039;unité de méthanisation, des guides, des newsletters, etc...
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q122" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, l&amp;#039;étude de faisabilité doit impérativement être réalisée par un  bureau d&amp;#039;étude technique neutre et indépendant et doit répondre au cahier des charges type proposé par l&amp;#039;ADEME.
+ Le financement des études détaillées est conditionné à la fourniture d&amp;#039;une étude de faisabilité (réalisée par un bureau d&amp;#039;étude ou un constructeur).
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/soutien-la-methanisation</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Biogaz Chaleur renouvelable
+Direction de l&amp;#039;énergie et du climat
+&lt;/p&gt;
+&lt;p&gt;
+ 05 55 45 17 85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d4f-soutien-a-la-methanisation/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>122171</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des économies d'énergie et d'eau sur votre patrimoine</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en Energie Partagé</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Energies Solidaires association</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Energies Solidaires porte plusieurs dispositifs de service public de la rénovation énergétique sur les Yvelines et accompagne les acteurs locaux au plus près de leurs besoins et contraintes.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement personnalisé, pas-à-pas, de l&amp;#039;idée à la réalisation de vos projets de transition énergétique notamment au travers de la mission de Conseil en Energie Partagé de l&amp;#039;ADEME (Agence de la Transition Ecologique).
+&lt;/p&gt;
+&lt;p&gt;
+ Vous partagerez sur plusieurs communes les compétences d&amp;#039;un.e conseiller.e qui vous proposera un service objectif et indépendant, sur le long terme, pour un accompagnement et une assistante technique sur les aspect réglementaires, techniques et financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Votre conseiller.e sera force de proposition pour vous permettre de maitriser vos dépenses énergétiques et hydriques mais également dans l&amp;#039;optique de réduire votre empreinte carbone territoriale (objectif national de neutralité carbone à horizon 2050).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations sur ce dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  notre site (voir le bouton plus d&amp;#039;information en bas de fiche)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le site de l&amp;#039;ADEME :
+  &lt;a href="https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep" target="_self"&gt;
+   https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce que comprend le dispositif CEP (liste non exhaustive)
+&lt;/p&gt;
+&lt;p&gt;
+ → Réaliser un inventaire du patrimoine (bâtiments, luminaires, véhicules...) et des usages
+&lt;/p&gt;
+&lt;p&gt;
+ → Réaliser un bilan énergétique des trois dernières années de consommations
+&lt;/p&gt;
+&lt;p&gt;
+ → Suivi annuel de l&amp;#039;évolution des consommations et des dépenses énergétiques, définition d&amp;#039;indicateurs et reporting dans un tableau de bord pour surveiller leur évolution
+&lt;/p&gt;
+&lt;p&gt;
+ → Rédaction de notes et de rapports (état de santé du bâtiment, dépenses énergétiques...)
+&lt;/p&gt;
+&lt;p&gt;
+ → Mise en évidence des surconsommations
+&lt;/p&gt;
+&lt;p&gt;
+ → Suivi et optimisation des consommations énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ → Proposition de modification de certains réglages (régime de température, mise en place d&amp;#039;un réduit...)
+&lt;/p&gt;
+&lt;p&gt;
+ → Elaboration d&amp;#039;un programme d&amp;#039;actions travaux hiérarchisées
+&lt;/p&gt;
+&lt;p&gt;
+ → Aider à la recherche de financements publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ → Participation au montage d&amp;#039;opération avec recommandations et prescriptions dans le domaine énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ → Mise en valeur des expériences réussies dans d&amp;#039;autres collectivités afin de convaincre de l&amp;#039;efficacité des actions proposées
+&lt;/p&gt;
+&lt;p&gt;
+ → Veille réglementaire et relais auprès des communes sur les sujets énergétiques et batimentaires (règlementation, aides financières, actualités, etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Focus décret tertiaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Aide à l&amp;#039;identification du patrimoine assujeti au Décret éco énergie tertiaire (DEET)
+&lt;/p&gt;
+&lt;p&gt;
+ → Accompagnement au remplissage réglementaire de la plateforme OPERAT (obligation du DEET)
+&lt;/p&gt;
+&lt;p&gt;
+ → Remplissage de la plateforme OPERAT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce que ça ne comprend pas (liste non exhaustive)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → ES aide à la réalisation mais ne réalise pas pour la commune les démarches (administratives, techniques) relatives aux travaux
+&lt;/p&gt;
+&lt;p&gt;
+ → Réalisation d&amp;#039;audits énergétiques réglementaires
+&lt;/p&gt;
+&lt;p&gt;
+ → Remplissage de la plateforme OPERAT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Consommation et production
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
 Animation et mise en réseau
-Mers et océans
-[...18 lines deleted...]
-      <c r="S293" s="1" t="inlineStr">
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes sur une des 5 EPCI yvelinoises suivantes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Communauté Urbaine Grand Paris Seine &amp;amp; Oise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté d&amp;#039;Agglomération Saint-Germain Boucles de Seine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes des Portes d&amp;#039;Ile-de-France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes de Gally-Mauldre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes Pays Houdanais
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T293" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U293" s="1" t="inlineStr">
-[...18 lines deleted...]
-  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Yvelines</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://energies-solidaires.org/conseil-energie/le-conseil-en-energie-partage-cep/</t>
+        </is>
+      </c>
+      <c r="W123" s="1" t="inlineStr">
+        <is>
+          <t>https://energies-solidaires.org/lassociation/contacts/</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Vincent LEVISTRE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable accompagnement des Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  01 39 70 23 06
+ &lt;/li&gt;
+ &lt;li&gt;
+  vincent.levistre&amp;#64;energies-solidaires.org
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier d&amp;#039;une présentation, contactez-nous :
+ &lt;a href="https://energies-solidaires.org/lassociation/contacts/" target="_self"&gt;
+  https://energies-solidaires.org/lassociation/contacts/
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y293" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA293" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>vincent.levistre@energies-solidaires.org</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4156-realiser-des-economies-denergie-et-deau-sur-v/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="294" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G294" s="1" t="inlineStr">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>155127</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H294" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I294" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K294" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L294" s="1" t="inlineStr">
-[...28 lines deleted...]
-      <c r="O294" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les travaux réalisés uniquement sur le préau ou la cour d&amp;#039;école ne seront éligibles que s‘ils s&amp;#039;intègrent dans un projet global portant sur l&amp;#039;ensemble de l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets scolaires : production des effectifs actuels et attendus par tranche d&amp;#039;âge.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : transmission d&amp;#039;une note de présentation des objectifs, des modalités, des effectifs actuels et attendus par tranche d&amp;#039;âge, des moyens humains affectés et des capacités d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : Si gestion associative, statuts de l&amp;#039;association et convention liant le gestionnaire et la collectivité finançant la structure
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant de la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R294" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T294" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets scolaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Examen au cas par cas des projets situés sur des sites scolaires de 4 classes ou moins, en fonction de la dynamique territoriale ; par définition ces sites n&amp;#039;offrent pas l&amp;#039;ensemble du cycle scolaire primaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation d&amp;#039;attribution de subvention de la part de l&amp;#039;Etat.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets périscolaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présence obligatoire d&amp;#039;une école sur la commune d&amp;#039;implantation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrains ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U294" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA294" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-scolaires-et-periscolaires-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W124" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d77-equipements-scolaires-et-periscolaires-politi/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="295" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E295" s="1" t="inlineStr">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>69762</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique de mon logement principal</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Toulouse Métropole</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de relance adopté en juin 2020, Toulouse Métropole a souhaité
+ &lt;strong&gt;
+  développer la résilience et accélérer la transition énergétique et écologique
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Sur le secteur résidentiel, l&amp;#039;enjeu de la rénovation énergétique des bâtiments a fait l&amp;#039;objet d&amp;#039;une volonté d&amp;#039;amplification majeure. Par délibération du Conseil du 15 octobre 2020, Toulouse Métropole a mis place
+ &lt;strong&gt;
+  une aide financière pour les travaux de rénovation des résidences principales des particuliers
+ &lt;/strong&gt;
+ pour soutenir l&amp;#039;artisanat local et le secteur du bâtiment, lutter contre le gaspillage énergétique et diminuer les dépenses de chauffage des ménages.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  Aide à l&amp;#039;audit énergétique
+ &lt;/strong&gt;
+ peut aller jusqu&amp;#039;à 510 € (85% du montant total de la facture), à destination des particuliers pour la définition du projet d&amp;#039;amélioration de leur logement (réalisation d&amp;#039;un bilan précis du logement avec la définition d&amp;#039;un ou plusieurs scénarios de rénovation, leurs coûts estimés et les gains associés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Prime Rénovation
+ &lt;/strong&gt;
+ peut atteindre 40% d&amp;#039;économies d&amp;#039;énergie soit 1 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les particuliers (propriétaires bailleurs ou propriétaires occupants)
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sans condition de ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour leur résidence principale (maison individuelles ou copropriété) située sur le territoire métropolitain
+ &lt;/li&gt;
+ &lt;li&gt;
+  à condition que le bénéficiaire ne soit pas éligible aux aides de l&amp;#039;Anah
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les audits et travaux considérés doivent être réalisés par des professionnels labellisés RGE et le bénéficiaire doit respecter les conditions d&amp;#039;aides et avoir préalablement rencontré
+ &lt;a href="https://www.toulouse-metropole.fr/-/l-espace-info-energie-conseils-et-animations-autour-de-l-energie"&gt;
+  l&amp;#039;Espace Info-Énergie
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Toulouse Métropole</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.toulouse-metropole.fr/-/aide-a-la-renovation-energetique-des-logements-prives</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://demarches-tm.eservices.toulouse-metropole.fr/habitat/prime-renovation/</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Vous avez des questions ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consultez
+  &lt;a href="https://www.toulouse-metropole.fr/-/faq-prime-eco-renovation"&gt;
+   la page questions - réponses sur cette prime
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou envoyez un mail à : prime.renovation&amp;#64;toulouse-metropole.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a87-realiser-la-renovation-energetique-de-mon-log/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>162729</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les refuges de montagne</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux refuges de montagne</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G295" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H295" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K295" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L295" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="O295" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Culture&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;Groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d’actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les projets de création, rénovation ou réhabilitation exemplaire de refuges de montagne. Ces projets incluent une exigence de performance énergétique, d’utilisation de ressources et matériaux locaux biosourcés et de consommation d’énergies renouvelables. Ils visent le renforcement quantitatif et qualitatif de l’offre touristique des espaces valléens. Pour information, les projets de petits équipements visant la transition énergétique et écologique des refuges sont éligibles dans le cadre du dispositif « refuges zéro fumée ».&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;équipements nécessitant l’utilisation d’énergies fossiles ;&lt;/li&gt; 	&lt;li&gt;valorisation du temps de travail d’installation dans la part d’autofinancement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères d’éco conditionnalité :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;diminution des consommations d’énergie primaire, augmentation de la part des énergies renouvelables et utilisation de matériaux biosourcés sur les bâtiments rénovés ;&lt;/li&gt; 	&lt;li&gt;concernant les réseaux de chaleur utilisant du bois énergie, rayon d’approvisionnement raisonnable (à titre indicatif : environ 80km), attesté par des contrats d’approvisionnement adossés à des Projet alimentaires territoriaux (PAT) ;&lt;/li&gt; 	&lt;li&gt;priorité aux outils dématérialisés dans la conception et la mise en œuvre des opérations de communication ainsi que dans les moyens d’information du public.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères d’éligibilité :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;les projets devront nécessairement participer au renforcement de l’offre d’itinérance alpine.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères de priorisation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;utilisation de bois certifié Bois des Alpes ;&lt;/li&gt; 	&lt;li&gt;refuges qui sont localisés sur des axes d’itinérance reconnus d’intérêt interrégional ;&lt;/li&gt; 	&lt;li&gt;projets qui mobilisent conjointement le dispositif « refuges zéro fumés ».&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Conformément au décret n° 2007-407 du 23 mars 2007, un refuge est un établissement d&amp;#039;hébergement recevant du public gardé ou non, situé en altitude dans un site isolé.&lt;br /&gt; Son isolement est caractérisé par l&amp;#039;absence d&amp;#039;accès tant par voie carrossable que par remontée mécanique de type téléporté ouvertes au public et par l&amp;#039;inaccessibilité pendant au moins une partie de l&amp;#039;année aux véhicules et engins de secours.&lt;br /&gt; Le refuge est situé en zone de montagne, au sens du chapitre Ier du titre Ier de la loi n° 85-30 du 9 janvier 1985 relative au développement et à la protection de la montagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R295" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S295" s="1" t="inlineStr">
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>29/05/2024</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Types d’actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les projets de création, rénovation ou réhabilitation exemplaire de refuges de montagne. Ces projets incluent une exigence de performance énergétique, d’utilisation de ressources et matériaux locaux biosourcés et de consommation d’énergies renouvelables. Ils visent le renforcement quantitatif et qualitatif de l’offre touristique des espaces valléens. Pour information, les projets de petits équipements visant la transition énergétique et écologique des refuges sont éligibles dans le cadre du dispositif « refuges zéro fumée ».&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;équipements nécessitant l’utilisation d’énergies fossiles ;&lt;/li&gt; 	&lt;li&gt;valorisation du temps de travail d’installation dans la part d’autofinancement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères d’éco conditionnalité :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;diminution des consommations d’énergie primaire, augmentation de la part des énergies renouvelables et utilisation de matériaux biosourcés sur les bâtiments rénovés ;&lt;/li&gt; 	&lt;li&gt;concernant les réseaux de chaleur utilisant du bois énergie, rayon d’approvisionnement raisonnable (à titre indicatif : environ 80km), attesté par des contrats d’approvisionnement adossés à des Projet alimentaires territoriaux (PAT) ;&lt;/li&gt; 	&lt;li&gt;priorité aux outils dématérialisés dans la conception et la mise en œuvre des opérations de communication ainsi que dans les moyens d’information du public.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères d’éligibilité :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;les projets devront nécessairement participer au renforcement de l’offre d’itinérance alpine.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères de priorisation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;utilisation de bois certifié Bois des Alpes ;&lt;/li&gt; 	&lt;li&gt;refuges qui sont localisés sur des axes d’itinérance reconnus d’intérêt interrégional ;&lt;/li&gt; 	&lt;li&gt;projets qui mobilisent conjointement le dispositif « refuges zéro fumés ».&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U295" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V295" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="Y295" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-refuges-montagne</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Service Montagne et Massif Alpin&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z295" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA295" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-refuges-de-montagne/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="296" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H296" s="1" t="inlineStr">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J296" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K296" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L296" s="1" t="inlineStr">
-[...7 lines deleted...]
-  des entreprises labellisées RGE
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P127" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q127" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>154983</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les atouts du territoire pour lutter et d'adapter au changement climatique et à l'urgence énergétique</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I128" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La situation géographique du PETR Sélestat Alsace Central et de la communauté de communes du Canton d&amp;#039;Erstein en bordure du Rhin et à la confluence de nombreux cours d&amp;#039;eau confère au territoire un patrimoine naturel exceptionnel. La préservation et la restauration des ressources naturelles mais également celle des éléments participant de l&amp;#039;identité paysagère (réseau hydrographique, coteaux, piémont, façade rhénane, ried) doivent conditionner le développement local du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Des dynamiques dans ce sens sont actuellement à l&amp;#039;œuvre sur le territoire : le Projet Alimentaire Territorial 2020-2022 ; le Pacte de Relance et de Transition Energétique ; les Plans Climat Air Energie Territorial ; les Contrats d&amp;#039;objectif Territorial « Accélérateur de transition » dans lesquels se sont engagés chaque EPCI et qui représentent un processus transversal climat-air-énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ La préservation environnementale constitue donc pour le territoire un levier de transition, de coopération et d&amp;#039;innovation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développer des circuits courts ainsi que la création et/ou le développement de filières alimentaires de proximité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Créer et/ou développer des actions de communication et/ou d&amp;#039;animation contribuant au développement de l&amp;#039;agriculture durable, à l&amp;#039;autonomie alimentaire et/ou l&amp;#039;alimentation locale
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les équipements de valorisation des filières mellifères et fruitières issues de l&amp;#039;agriculture biologique ou en conversion
+&lt;/p&gt;
+&lt;p&gt;
+ Créer et/ou préserver des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Créer et/ou préserver de mares, vergers, serres, jardins partagés ou pédagogiques
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Valoriser la production locale d&amp;#039;énergies renouvelables pour de l&amp;#039;autoconsommation collective
+&lt;/p&gt;
+&lt;p&gt;
+ Développer la filière locale du bois en faveur de l&amp;#039;économie circulaire locale
+&lt;/p&gt;
+&lt;p&gt;
+ Actions pédagogiques de sensibilisation à la transition écologique et/ou aux enjeux du dérèglement climatique à destination de tous les publics
+&lt;/p&gt;
+&lt;p&gt;
+ Démarches d&amp;#039;expérimentation sur l&amp;#039;adaptation des peuplements forestiers et/ou espèces végétales aux défis climatiques
+&lt;/p&gt;
+&lt;p&gt;
+ Actions d&amp;#039;économie et/ou de la protection de la ressource eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Transition énergétique
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale :&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fb4-mobiliser-les-atouts-du-territoire-pour-lutte/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>14068</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
+Grâce à un prêt vert, votre collectivité pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adopter une démarche cohérente pour l&amp;#039;ensemble de son projet en faveur de la transition énergétique, y compris sur son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer sur sa stratégie en faveur de l&amp;#039;environnement, via un crédit spécifiquement dédié à cette thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à une finance plus responsable en ciblant des investisseurs éthiques qui se préoccupent des projets sous-jacents et de leurs impacts environnementaux dans leurs choix d&amp;#039;investissement (ces prêts sont refinancés par des obligations vertes).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;eau et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
  &lt;/a&gt;
- (reconnues garantes pour l&amp;#039;environnement).
-[...4 lines deleted...]
-  Simul&amp;#039;Aid€s
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;énergie (éclairage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;efficacité énergétique du bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Alimentation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P129" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Montant minimum : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt affecté à un des projets éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;indicateurs qui permettent à la banque de calculer des économies de CO2 ou d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-transition-ecologique/pret-vert.html</t>
+        </is>
+      </c>
+      <c r="W129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/vos_besoins/financement/contacts.financement.html</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a&gt;
+  secteurpubliclocal&amp;#64;labanquepostale.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 09 69 36 88 00
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques : Appel non surtaxé, du lundi au vendredi de 9h à 17h (hors jours fériés)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>161726</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser la matière et l'énergie renouvelable, l'ADEME vous accompagne financièrement dans la création, l’extension ou à la modernisation d’un centre de tri de déchets</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Création, extension ou modernisation d’un centre de tri de déchets et valorisation de la matière</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de &lt;strong&gt;préparer à la valorisation matière ou énergétique des déchets&lt;/strong&gt; issus de collecte séparée. &lt;/p&gt;&lt;p&gt;Le parc actuel des centres de tri comprend environ 450 installations pour 7 millions de tonnes de capacité de tri (tous déchets non dangereux et non inertes confondus).&lt;/p&gt;&lt;p&gt;L’ADEME compte le développer afin de &lt;strong&gt;répondre aux objectifs ambitieux de deux lois&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La loi de transition énergétique pour la croissance verte (LTECV).&lt;/li&gt;&lt;li&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour faciliter la poursuite de cet objectif, l’ADEME accompagne les collectivités ou les acteurs privés porteurs de &lt;strong&gt;projets de centres de tri et de préparation pour une valorisation matière et énergie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_977_978</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/creation-extension-modernisation-dun-centre-tri-dechets-valorisation-matiere</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-et-valorisation-de-la-matiere/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>157097</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage sur vos projets de rénovation ou construction de bâtiments</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une agence technique départementale, dont l&amp;#039;objectif est d&amp;#039;apporter à l&amp;#039;ensemble des collectivités et EPCI de Moselle, une assistance technique de l&amp;#039;ordre de l&amp;#039;ingénierie publique, mais aussi de l&amp;#039;ordre administrative et juridique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations du pôle Bâtiment à MATEC, relèvent du conseil et de l&amp;#039;aide à la décision, mais aussi de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO) pour le montage des marchés.
+ &lt;br /&gt;
+ -    Réalisation d&amp;#039;études de faisabilité permettant un cadrage technique et financier des projets :
+ &lt;br /&gt;
+ o    Approche architecturale du projet,
+ &lt;br /&gt;
+ o    Détermination des mises en conformité et de l&amp;#039;accessibilité des bâtiments.
+ &lt;br /&gt;
+ o    Conseil concernant la rénovation énergétique des bâtiments, en lien avec le pôle Eau Energie et Environnement de MATEC,
+ &lt;br /&gt;
+ o    Conseil sur la requalification du patrimoine communal.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ -    Assistance Maitrise d&amp;#039;Ouvrage :
+ &lt;br /&gt;
+ o    Rédaction des programmes d&amp;#039;opération, permettant de définir les besoins, les montants de travaux, les contraintes techniques qui s&amp;#039;imposeront au maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Conseil et aide à la consultation en vue du recrutement d&amp;#039;un maitre d&amp;#039;œuvre (rédaction de pièces administratives, assistance à l&amp;#039;organisation de la procédure et gestion de la consultation via une plateforme de dématérialisation).
+ &lt;br /&gt;
+ o    Analyse des candidatures et organisation des procédure de concours ou CAO en procédure adaptée.
+ &lt;br /&gt;
+ o    Analyse et accompagnement lors des études du maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Assistance et aide à la consultation pour les marchés de travaux (rédaction des pièces administratives, gestion de la consultation, avis sur analyse du maitre d&amp;#039;œuvre, aide à la notification).
+ &lt;br /&gt;
+ MATEC reste présente aux côtés des collectivités pour permettre une sécurisation de l&amp;#039;ensemble des procédures de marchés, pour analyser les différentes études lors de réunions de travail, mais aussi pour les conseiller tout au long de leur projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Rénovation ou construction de bâtiment communaux : Mairie, ateliers municipaux, écoles, périscolaire, salle communale, complexe sportif...
+ &lt;br /&gt;
+ •    Rénovation thermique des bâtiments
+ &lt;br /&gt;
+ •    Extension de bâtiment communaux ;
+ &lt;br /&gt;
+ •    Mise en conformité et accessibilité des ERP ;
+ &lt;br /&gt;
+ •    Restructuration/revalorisation du patrimoine communal : presbytère, ancienne école, ancienne mairie...
+ &lt;br /&gt;
+ •    Construction de bâtiments d&amp;#039;intérêt public : MSP, MAM, salle intergénérationnelle...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa06-beneficier-dune-assistance-a-maitrise-douvrag/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>165374</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Produire et distribuer de la chaleur pour les bâtiments publics avec une chaufferie bois-énergie</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Énergie Orne</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Bois-énergie et réseaux de chaleur&lt;/h4&gt;&lt;p&gt;L&amp;#039;installation d&amp;#039;une chaufferie et de son réseau de chaleur
+associé offre de nombreux avantages, notamment la mutualisation de la
+maintenance et de l&amp;#039;approvisionnement en combustible, ainsi qu&amp;#039;une optimisation
+des coûts de l&amp;#039;énergie. &lt;/p&gt;&lt;p&gt;Avec la compétence « production et distribution de chaleur
+», le Te61 poursuit son engagement en faveur de la transition énergétique en
+permettant aux collectivités adhérentes de s’équiper de chaufferie
+bois-énergie. Un service « clé en main » pour la collectivité qui est
+accompagnée tout au long du projet.&lt;/p&gt;&lt;p&gt;Pour savoir s’il est possible ou non de créer une chaufferie
+bois-énergie, le Te61 réalise une note d’opportunité. Celle-ci ne se substitue
+pas à une étude de faisabilité ultérieure, mais permet d’en établir le cahier
+des charges.&lt;/p&gt;&lt;p&gt;Une convention établie entre la collectivité adhérente et le
+Te61 permet d’en définir les modalités. Pour les installations de petites
+puissances, la note d’opportunité est souvent la seule étape de réflexion
+nécessaire au projet.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture-d-ecran-2025-08-06-101752-689310dd25e72.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/classification-des-communes-689311e90fd8c.png" alt /&gt;&lt;/p&gt;&lt;h4&gt;&lt;br /&gt;&lt;/h4&gt;&lt;ul type="disc"&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Le transfert de compétence&lt;/h4&gt;&lt;p&gt;Par transfert de la compétence, le Territoire d’Énergie Orne devient maître d’ouvrage du projet. La collectivité adhérente bénéficie ainsi des services, de l’expertise et de l’accompagnement d’un technicien pour la mise en œuvre de la chaufferie bois-énergie et de son éventuel réseau de chaleur associé. &lt;/p&gt;&lt;p&gt;Le Te61 :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Etudie les solutions techniques,&lt;/li&gt;&lt;li&gt;Investit et accompagne la collectivité dans la mise en place de la chaufferie bois-énergie,&lt;/li&gt;&lt;li&gt;Exploite la chaufferie avec l&amp;#039;adhérent.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les coûts associés à cette mission sont portés en partie par le Te61.&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/participation-chaufferie-68932a5d95296.png" alt /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://te61.fr/energies-renouvelables/bois-energie-et-reseaux-de-chaleur/</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Orne &lt;/p&gt;&lt;p&gt;6 rue de Gatel 61250 VALFRAMBERT&lt;/p&gt;&lt;p&gt;02 33 32 83 13&lt;/p&gt;&lt;p&gt;David Durand - ingénieur bois énergie - david.durand&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;https://te61.fr/&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te61.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/chauffer-les-batiments-publics-avec-les-chaufferie-bois-energie/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>161756</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d’une étude territoriale de faisabilité en vue de créer, étendre ou moderniser un centre de tri de déchets</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'études pour la création, l'extension ou la modernisation de centres de tri des déchets</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de préparer à la valorisation matière ou énergétique des déchets issus de collecte séparée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour cela, trois lois engagent le collectif dans des objectifs ambitieux :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;l&lt;/strong&gt;a loi de transition énergétique pour la croissance verte (LTECV) ;&lt;/li&gt;&lt;li&gt;la loi de la lutte contre le gaspillage ;&lt;/li&gt;&lt;li&gt;et la loi de l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour répondre à ces objectifs, &lt;strong&gt;l’ADEME accompagne les collectivités ou les acteurs privés&lt;/strong&gt; porteurs de projets de centres de tri et de préparation des déchets et déchèteries pour professionnels.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les études de faisabilité ou territoriales préalables aux investissements peuvent être soutenues jusqu’à 80 %&lt;/strong&gt; des dépenses éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-detudes-creation-lextension-modernisation-centres-tri-dechets</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-detudes-pour-la-creation-lextension-ou-la-modernisation-de-centres-de-tri-des-dechets/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>162318</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide à l’acquisition de véhicules utilitaires propres</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’acquisition de véhicules utilitaires propres</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour une aide directe en direction des entreprises de transport routier afin de les inciter à de nouvelles pratiques dans une logique de réduction des émissions CO2. Jusqu’à 15 000€ pour un véhicule neuf.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;La Région Provence-Alpes-Côte d&amp;#039;Azur fait de la transition énergétique et de l’atteinte d’une neutralité carbone l’une de ses priorités. Le dispositif d&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres s&amp;#039;inscrit ainsi dans la mesure 11 du Plan Climat qui vise à « inciter à l’émergence de nouvelles pratiques au sein des entreprises de transport routier dans une logique de réduction des émissions CO2 ».&lt;/p&gt;
+&lt;p&gt;Les camions représentent 5% des émissions de gaz à effet de serre du territoire et les camionnettes (Véhicule Utilitaire Léger, VUL) en représentent 4%. Les véhicules électriques, hydrogènes ou bioGNV réduisant significativement ces émissions en comparaison de leurs équivalents thermiques, ils constituent l’un des outils principaux de la transition énergétique du transport de marchandise.&lt;br /&gt; &lt;br /&gt; En plus de largement participer aux émissions carbones, les camionnettes et poids lourds participent à la dégradation de la qualité de l’air en ville. Les conséquences s’observent par exemple dans les données locales des émissions puisqu’ATMOSUD estime que les camionnettes contribuent à 22% des émissions de Nox du secteur des transports sur la Ville de Nice.  Dans les métropoles concernées par le contentieux avec la Commission européenne sur la qualité de l’air, on dénombre 50 000 VUL avec une vignette crit’air 4, 5 ou non classé sur la Métropole Aix- Marseille, 15 000 sur la Métropole Nice Côte d’Azur et 12 000 sur Toulon Provence Métropole.&lt;/p&gt;
+&lt;p&gt;Le éveloppement et l’usage des carburants alternatifs, faiblement émetteurs de GES et autres polluants, est donc l’un des leviers à activer. L’offre « constructeur » s’étoffe régulièrement que ce soit sur des véhicules de 1,7t ou des véhicules de 3,5t. Même si l’offre électrique et hydrogène sur le segment des véhicules de plus de 7t est encore balbutiante, elle s’enrichit régulièrement. Le taux de renouvellement du parc est faible (5% par an) et le parc est vieillissant (25% des véhicules ont 15 ans et plus).&lt;/p&gt;
+&lt;p&gt;Afin d’accélérer la transition énergétique du transport de marchandise, d’anticiper et de rendre acceptable les Zones à Faibles Emissions (ZFE), tout en évitant l’assèchement des centres villes et les levées de bouclier de certains secteurs, il faudra être en mesure de montrer des exemples qui fonctionnent. Le dispositif d&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres participe largement à l’activation de ces leviers d’actions.&lt;/p&gt;
+&lt;p&gt;Ce dispositif vient compléter les financements de la Région concernant le déploiement des bornes de recharge électrique ou hydrogène à travers l’appel à projets régional « Zéro émission sur routes »3 , et le déploiement d’installations de production d’électricité renouvelable en autoconsommation à travers le dispositif « Smart PV 4.0 »&lt;/p&gt; &lt;p&gt;L&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres doit permettre aux auto-entrepreneurs, Très Petites Entreprises (TPE) ou les petites et moyennes entreprises (PME) - ayant un établissement ou une succursale en Région Provence-Alpes-Côte d&amp;#039;Azur - d&amp;#039;effectuer leur transition énergétique. Les collectivités peuvent aussi être aidées si elles vont au-delà de leurs obligations règlementaires. Le dispositif focalise sur le transport de marchandise et de matériel.&lt;/p&gt; &lt;p&gt;Le dossier complet de demande de financement devra porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’acquisition d’un véhicule neuf à émissions nulles ou faibles ;&lt;/li&gt; 	&lt;li&gt;L’acquisition d’un véhicule d’occasion à émissions nulles ou faibles, à la condition qu’il n’ait pas déjà bénéficié d’une aide dans le cadre du présent dispositif ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Un seul dossier peut être déposé par porteur de projet. Un dossier peut concerner l’achat ou la location de 1 à 5 véhicules (le nombre pourra être porté à 10 véhicules si l’enveloppe budgétaire associée à l’ensemble du dispositif régional le permet). Les véhicules à faibles émissions de moins de 3,5 tonnes éligibles sont visés dans le décret n° 2017-24 du 11 janvier 2017 pris pour l&amp;#039;application des articles L. 224-7 du code de l&amp;#039;environnement et L. 318-1 du code de la route :&lt;/p&gt;
+&lt;p&gt;- EL (électricité) ;&lt;br /&gt; - H2 (hydrogène) ;&lt;br /&gt; - HE (hydrogène-électricité [hybride rechargeable]) ;&lt;br /&gt; - HH (hydrogène-électricité [hybride non rechargeable]) ;&lt;br /&gt;  - AC (air comprimé).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P134" s="1" t="inlineStr">
+        <is>
+          <t>28/09/2020</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dossier complet de demande de financement devra porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’acquisition d’un véhicule neuf à émissions nulles ou faibles ;&lt;/li&gt; 	&lt;li&gt;L’acquisition d’un véhicule d’occasion à émissions nulles ou faibles, à la condition qu’il n’ait pas déjà bénéficié d’une aide dans le cadre du présent dispositif ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Un seul dossier peut être déposé par porteur de projet. Un dossier peut concerner l’achat ou la location de 1 à 5 véhicules (le nombre pourra être porté à 10 véhicules si l’enveloppe budgétaire associée à l’ensemble du dispositif régional le permet). Les véhicules à faibles émissions de moins de 3,5 tonnes éligibles sont visés dans le décret n° 2017-24 du 11 janvier 2017 pris pour l&amp;#039;application des articles L. 224-7 du code de l&amp;#039;environnement et L. 318-1 du code de la route :&lt;/p&gt;
+&lt;p&gt;- EL (électricité) ;&lt;br /&gt; - H2 (hydrogène) ;&lt;br /&gt; - HE (hydrogène-électricité [hybride rechargeable]) ;&lt;br /&gt; - HH (hydrogène-électricité [hybride non rechargeable]) ;&lt;br /&gt;  - AC (air comprimé).&lt;/p&gt; &lt;p&gt;La demande de subvention doit être faite et enregistrée par la Région avant la date de livraison du véhicule et sur la base d’un devis, d’un bon de commande ou de réservation. Le dépôt des demandes de subvention doit être effectué en ligne sur &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt;  ou par voie postale à l’adresse suivante :&lt;/p&gt;
+&lt;p&gt;Monsieur le Président du Conseil régional Provence-Alpes-Côte d’Azur&lt;br /&gt; Direction des Finances et du Contrôle de Gestion Service des Subventions&lt;br /&gt; Unité Subventions et Partenaires&lt;br /&gt; Hôtel de Région 27 Place Jules Guesde&lt;br /&gt; 13481 MARSEILLE Cedex 20&lt;br /&gt; &lt;br /&gt; &lt;em&gt;(Préciser sur le courrier d’accompagnement : « à l’attention du Service Transition Energétique – Direction de la Transition Energétique et des Territoires »). &lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;Pour qu’une demande soit recevable, le demandeur devra fournir :&lt;/p&gt;
+&lt;p&gt;- L’ensemble des documents administratifs exigés lors du dépôt de demande de subvention (cf. plateforme en ligne https://subventionsenligne.maregionsud.fr/ - Fiche N°4);&lt;/p&gt;
+&lt;p&gt;- Les devis ou bons de commande ou bons de réservation détaillés du (des) véhicule(s) à acquérir précisant s’il est neuf ou d’occasion et indiquant ses caractéristiques techniques en lien avec les critères d’éligibilité et les émissions de CO2 ou accompagné d’un document technique du constructeur les stipulant ;&lt;/p&gt;
+&lt;p&gt;- Pour les collectivités ou entreprises soumises à des obligations d’acquisition de véhicules propres lors de renouvellement de flottes : un état des lieux du parc de véhicules du bénéficiaire (type de véhicule, vignette crit&amp;#039;air, etc.), une lettre d&amp;#039;engagement indiquant le nombre de véhicules acquis dans l&amp;#039;opération de renouvellement et le nombre de véhicules propres acquis dans cette opération, une lettre d’engagement sur le nombre de véhicules acquis allant au-delà de la réglementation, documents formels associés à la commande de véhicules (dossier d&amp;#039;appel d&amp;#039;offre, documents d&amp;#039;achat groupé, etc., etc.)&lt;/p&gt;
+&lt;p&gt;- Après validation du dossier de demande de subvention par la Région, une facture devra être présentée pour le versement de l’aide. Les factures antérieures à la date de dépôt du dossier de demande d’aide ne pourront pas être prises en compte.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-lacquisition-de-vehicules-utilitaires-propres</t>
+        </is>
+      </c>
+      <c r="W134" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Franck FERRIZ -&lt;br /&gt; Service Transition Energétique -&lt;br /&gt; Région Provence-Alpes-Côte d&amp;#039;Azur -&lt;/strong&gt;&lt;br /&gt; &lt;a href="mailto:fferriz&amp;#64;maregionsud.fr" title="mailto:fferriz&amp;#64;maregionsud.fr"&gt;fferriz&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-lacquisition-de-vehicules-utilitaires-propres/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>143309</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l’école de demain : bâtiments, cours et espaces publics</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Face aux défis énergétiques, climatiques, de biodiversité ou de mobilité, les établissements scolaires nécessitent d&amp;#039;être créés ou rénovés avec de nouvelles approches.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Presque 50 000 bâtiments existants en France, vieillissants et consommateurs, sont confrontés dès à présent aux impératifs de sobriété énergétique et de confort d&amp;#039;usage.
+&lt;/p&gt;
+&lt;p&gt;
+ Penser l&amp;#039;aménagement de ses établissements scolaires, c&amp;#039;est agir pour plus de confort et de bien-être dans la cour ou dans le bâtiment, c&amp;#039;est donner envie de venir à pied ou à vélo à l&amp;#039;école, c&amp;#039;est reconnecter l&amp;#039;école à la nature, à la ville et à ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour améliorer vos écoles en agissant à la fois sur le bâtiment, les cours, les espaces publics et l&amp;#039;accessibilité des abords.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elu d&amp;#039;une collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestionnaire d&amp;#039;un établissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable d&amp;#039;exploitation (bâtiments, espaces verts, équipements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment optimiser la performance énergétique des bâtiments et réaliser des économies ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions pour rafraîchir l&amp;#039;école, favoriser la biodiversité et sensibiliser les plus jeunes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment sécuriser les espaces extérieurs (cours et abords) ? Les adapter à la diversité des usages ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise transversale (bâtiment, aménagement, mobilité, solutions fondées sur la nature) et écosystémique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expérience confirmée auprès des établissements scolaires (programme Cube S)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une forte proximité (26 implantations en métropole et outre-mer) avec les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une posture fédératrice propice à la concertation avec les acteurs locaux (personnels enseignants, techniques) et les partenaires (publics et privés).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le Cerema vous accompagne à chaque étape du projet. Nos compétences mobilisables :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et appui méthodologique intégrant la prise en compte de la règlementation, des besoins des usagers, des enjeux locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique et expertises : diagnostic, mise en œuvre, évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation : ateliers techniques, démarches participatives, réseaux d&amp;#039;acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement d&amp;#039;innovations, d&amp;#039;expérimentations et évaluation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NOS PROGRAMMES CUBE.S ET ACTEE CUBE ECOLE
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, en partenariat avec l&amp;#039;&amp;#039;Institut Français pour la performance du bâtiment (IFPEB), le Cerema déploie des challenges dédiés aux économies d&amp;#039;énergie dans les bâtiments scolaires à destination
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des collèges et lycées avec CUBE.S Climat, Usages, Bâtiments Enseignement Scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des écoles avec ACTEE CUBE.Ecoles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Soutenus par les Ministères de l&amp;#039;Education Nationale et de la Transition Écologique, ces challenges fédèrent les parties prenantes autour d&amp;#039;actions permettant de réaliser des économies d&amp;#039;énergie rapidement et sans lourd investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ 12% d&amp;#039;économies sur un an, en moyenne, grâce à CubeS
+&lt;/p&gt;
+&lt;p&gt;
+ VERS UN PROJET D&amp;#039;ÉCOLE RÉSILIENT,
+&lt;/p&gt;
+&lt;p&gt;
+ cohérent à l&amp;#039;échelle du territoire, intégrant trois dimensions
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Améliorer le patrimoine bâti
+&lt;/p&gt;
+&lt;p&gt;
+ Stratégie patrimoniale pour rationaliser et améliorer la qualité des bâtiments : diagnostic du parc, priorisation des sites, chiffrage économique en coût global, phasage pluriannuel des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ Plan et appui à la mise en œuvre des travaux (isolation, choix de matériaux performants, qualité de l&amp;#039;air intérieur) afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  répondre aux nouvelles exigences environnementales (décret éco-énergie tertiaire, RE 2020), accessibilité, conformité électrique, sécurité incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  garantir un confort optimal été comme hiver entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compréhension des usages (besoins et pratiques) et actions sur les comportements des occupants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2. Aménager les cours d&amp;#039;écoles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renaturation : création d&amp;#039;îlots de fraîcheur, aménagement d&amp;#039;espaces végétalisés (vergers, potagers, jardins)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et la continuité des trames vertes et bleues
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des eaux pluviales : favoriser l&amp;#039;infiltration et la réutilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces sécurisés et adaptés à divers usages : jeux, temps calme, école dehors
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Rendre les abords sûrs et accueillants
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement des mobilités actives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Itinéraires sécurisés et accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des espaces publics : ludiques, agréables, à hauteur d&amp;#039;enfants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ Le Cerema vous propose d&amp;#039;expérimenter une démarche intégrant ces 3 thématiques. Contactez-nous !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ANCT : Revitalisation et ludification des abords d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Sotteville-lès-Rouen (76) : Participation citoyenne et biodiversité pour l&amp;#039;aménagement de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-ecole-demain-batiments-cours-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4285-agir-pour-lecole-de-demain-batiments-cours-et/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>117148</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière de bâtiments publics : école, installations sportives, ...(programme, construction, entretien, réhabilitation...)</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;équipement en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Approche pluridisciplinaire des architectes-urbanistes conseils du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du département).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil du CAUE77 vise à intégrer dans le projet une approche :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    Qualitative, en termes architectural et paysager,
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Environnementale et soutenable (en proposant notamment un pré diagnostic énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le conseil peut comprendre notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    La définition des enjeux (rôle de l&amp;#039;espace public vis à vis de la localisation dans la commune) et des objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des schémas d&amp;#039;intentions permettant d&amp;#039;illustrer graphiquement le(s) réflexions et projets envisagés et retenus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des « métiers » à mobiliser et la définition de la procédure à mettre en œuvre (y compris déclinaison clause sociale des marchés publics) (méthodologie du projet),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au choix des prestataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à l&amp;#039;animation des réunions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apport de références,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ID 77 peut par ailleurs, dans le cadre de ce projet, vous assister :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dans la procédure administrative récupération bien vacant sans maître,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans l&amp;#039;évaluation de la procédure d&amp;#039;archéologie préventive,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans la mise en place de chantiers d&amp;#039;insertion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation en réunion de travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Production de supports (ppt, notes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations écrites envoyées en début de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un planning prévisionnel et actualisation
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gratuité ; Financement spécifique pour les chantiers insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention pour pré-diagnostic énergétique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11f6-conseiller-les-collectivites-programme-constr/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>162309</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’émergence d’une offre innovante, diversifiée et différenciante de tourisme durable en montagne</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier le tourisme toutes saisons des vallées de montagne</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour accompagner l’émergence d’une offre innovante, diversifiée et différenciante de tourisme durable en montagne (activités de pleine nature, bien-être et ressourcement, découverte du territoire, de ses savoir-faire, valorisation de ses sites remarquables, de ses hébergements montagnards dont les refuges, de son histoire, en lien avec les ressources agricoles, paysagères...).&lt;/p&gt;
+&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt; &lt;p&gt; Collectivités&lt;/p&gt;
+ &lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;h5&gt;Espaces valléens :&lt;/h5&gt;
+&lt;p&gt;Ce dispositif est destiné à soutenir des territoires de projets regroupant les enjeux alpins de diversification touristique toute saison par le développement de la découverte des patrimoines naturels et culturels qui fondent la spécificité et la notoriété des territoires alpins. Autour du patrimoine, il s’agit également d’innover par la création de nouvelles activités (croisement du patrimoine naturel, culturel et immatériel, activités avec neige et sans neige, s’adressant à de nouveaux publics…).&lt;br /&gt; L’échelle retenue est celle de la destination (territoire, vallée), celle-ci couvrant potentiellement plusieurs collectivités.&lt;/p&gt;
+&lt;h5&gt;Hors Espaces valléens :&lt;/h5&gt;
+&lt;p&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma inter régional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Les thématiques sont larges :&lt;/strong&gt;&lt;br /&gt; bois et forêt, pastoralisme, activités de pleine nature&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Les partenaires de la CIMA : &lt;/strong&gt;&lt;br /&gt; l&amp;#039;Etat, les Régions Provence-Alpes-Côte d&amp;#039;Azur et Rhône-Alpes, l&amp;#039;agence de l&amp;#039;eau Rhône-Méditerranée-Corse et l&amp;#039;Agence de l&amp;#039;environnement et de la maîtrise de l&amp;#039;énergie.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P137" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2019</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/espaces-valleens</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/convention-interregionale-du-massif-des-alpes/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>80365</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Bâtir le volet énergie-climat du projet de territoire et le mettre en œuvre</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Agences Locales de l'Energie et du Climat (FLAME)</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous  souhaiter  mettre  un  accent  particulier  sur  la  lutte  contre  le  changement  climatique  et  la  transition énergétique dans votre projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence  Locale  de  l&amp;#039;Energie  et  du  Climat  (ALEC)  de  votre  territoire  vous accompagne  dans  toutes  les étapes  de  votre  Projet de  Territoire  sur les  enjeux  énergie  et  climat,  que  vous  ayez  entamé  une  démarche Plan Climat Air Energie Territorial (PCAET) ou pas grâce à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sa connaissance des acteurs du territoire, l&amp;#039;ALEC vous facilite la concertation indispensable à votre Plan territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ses liens privilégiés avec l&amp;#039;observatoire régional Energie-Climat et les gestionnaires de réseaux, l&amp;#039;ALEC vous apportera les données nécessaires à l&amp;#039;établissement du diagnostic initial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  sa connaissance fine du territoire, l&amp;#039;ALEC vous aidera à définir les axes stratégiques de votre PT en lien avec les enjeux énergie-climat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux actions qu&amp;#039;elle mène déjà sur le territoire, l&amp;#039;ALEC vous aidera à définir et mettre en oeuvre un plan d&amp;#039;actions concret adapté à votre territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à sa présence dans la durée, l&amp;#039;ALEC vous permettra de réaliser un suivi précis de votre Plan territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Risques naturels
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.federation-flame.org/</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un site internet :
+ &lt;a href="https://www.federation-flame.org/"&gt;
+  https://www.federation-flame.org/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez la Fédération :
+ &lt;a&gt;
+  contact&amp;#64;federation-flame.org
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/90ea-batir-le-volet-energie-climat-du-projet-de-te/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>117575</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement thématique des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un accompagnement pour le développement des territoires Avenir Montagnes qui souhaitent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Redynamiser leur offre touristique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformer leur territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser leur transition écologique et énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Banque des Territoires vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer des démarches de transition énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets d&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des démarches territoriales pour lutter et s&amp;#039;adapter aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets portant sur la gestion de l&amp;#039;eau et la protection de la biodiversité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir et déployer les plans d&amp;#039;actions touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer les projets portant sur des opérations touristiques complexes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Caractéristiques de l&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancement des études dans la limite de 50 % de leur montant TTC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement à 100 % des interventions de consultants experts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement dans la limite globale de 50 000 € TTC par territoire et pendant le programme Avenir Montagnes Ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=developpement_avenir_montagnes_psat</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f9c9-accompagner-le-developpement-des-territoires-/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>77368</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos opérations situées dans les quartiers prioritaires de la politique de la ville avec le prêt PRU (QPV)</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Renouvellement Urbain : accompagner les projets liés à la politique de la ville</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Banque Européenne d'Investissement (BEI)
+Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Vous êtes un acteur public local et souhaitez soutenir le développement des quartiers de la politique de la ville sur votre territoire ? La Banque des Territoires vous accompagne dans le financement de vos projets de développement localisés au sein des quartiers prioritaires de la politique de la ville (QPV).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PRU de la Banque des Territoires, vous pouvez financer de nombreux projets : construction, acquisition ou réhabilitation de bâtiments publics, infrastructure ou aménagement urbain, portage foncier dans le cadre de projets d&amp;#039;aménagement ou encore construction, acquisition ou réhabilitation de bâtiments tertiaires privés contribuant à la revitalisation économique du quartier. Pour être éligible, votre projet doit également être situé en quartier prioritaire de la politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt PRU vous permet de bénéficier de conditions financières plus avantageuses, si votre projet respecte des critères de transition énergétique et écologique. Cela concerne ainsi la rénovation énergétique des bâtiments, les énergies renouvelables, la mobilité douce et décarbonée, la préservation de la biodiversité et l&amp;#039;adaptation au changement climatique, la préservation de l&amp;#039;environnement et la lutte contre la pollution, ou encore les circuits courts et la transition alimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Commerces et services
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-pru-am-pret-renouvellement-urbain-amenagement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=pruam_psat</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_dr_at"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de73-beneficier-dun-pret-de-renouvellement-urbain-/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>42869</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>S'engager dans le programme de labellisation Climat-Air-Énergie Cit'ergie</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cit&amp;#039;ergie est un programme de management et de labellisation qui
+ récompense les collectivités pour la mise en œuvre d&amp;#039;une politique climat­-air-énergie ambitieuse.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide consiste en un accompagnement financier par un conseiller Cit&amp;#039;ergie accrédité par l&amp;#039;ADEME et un accompagnement technique à la prise en main de la démarche d&amp;#039;évaluation et de labellisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour répondre au défi que constitue le changement climatique, les collectivités locales ont un rôle déterminant à jouer dans la définition et la mise en œuvre d&amp;#039;actions visant à la réduction des émissions de gaz à effet de serre, l&amp;#039;amélioration de l&amp;#039;efficacité énergétique, la réduction de la pollution atmosphérique, le développement des énergies renouvelables ou encore l&amp;#039;adaptation au changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est maintenant acquis qu&amp;#039;un engagement fort de la collectivité dans la transition énergétique est synonyme de développement économique, d&amp;#039;attractivité et de qualité de vie pour ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Cependant, même motivées pour agir, les collectivités se trouvent face à de nombreuses interrogations :
+&lt;/p&gt;
+&lt;p&gt;
+ Comment mettre en place une politique énergétique efficace ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quelle méthode suivre pour conduire et réussir un Plan Climat Air Energie Territorial (PCAET) ambitieux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Comment s&amp;#039;intégrer dans les objectifs air-énergie-climat régionaux et nationaux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le label européen European Energy Award (EEA), décliné en France via le programme Cit&amp;#039;ergie, est destiné en particulier aux intercommunalités souhaitant conduire des politiques actives.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label Cit&amp;#039;ergie évalue les collectivités sur les actions qu&amp;#039;elles conduisent dans le cadre de leurs compétences propres et dans leur sphère d&amp;#039;influence. Via un catalogue de mesures concrètes, la labellisation prend en compte tous les leviers possibles pour l&amp;#039;engagement d&amp;#039;actions énergie climat sur le territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Structuration, suivi, et évaluation du plan climat-air-énergie (PCAET)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un seul déposant est attendu par dossier ; les projets collaboratifs ne sont pas éligibles. Il est vivement conseillé de contacter l&amp;#039;ADEME en amont du dépôt du dossier pour tous renseignements ou conseils relatifs au montage et à la soumission de votre dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr/contact/</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:citergie&amp;#64;ademe.fr?subject&amp;#61;Contact%20via%20aides-territoires.beta.gouv.fr"&gt;
+  citergie&amp;#64;ademe.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 15 09 82 07 (permanence de 9h à 12h30 et de 14h à 16h30, du lundi au vendredi)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.vallee@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3ba-sengager-dans-le-programme-de-labellisation-c/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>90888</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement les petits collectifs sociaux</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le présent appel à projets concerne la rénovation énergétique de petits collectifs sociaux et doit contribuer à améliorer le parc locatif social en offrant, pour des publics en précarité, des logements peu énergivores, confortables, aux charges maîtrisées dans le temps.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent appel à projet vise à soutenir les opérations de petits collectifs ( verticaux et/ou horizontaux) de logements sociaux existants portant sur un nombre minimum de 2 logements et un nombre maximum de 20 logements (hors opération d&amp;#039;acquisition -amélioration). Cet action répond aux objectifs régionaux de transition énergétique et de lutte contre la précarité énergétique et peut contribuer à la politique de redynamisation et de requalification des centres urbains. L&amp;#039;ensemble du territoire de Nouvelle Aquitaine est éligible, hors EPCI de plus de 150 000 habitants. Les quartiers politique de la ville ( hors financement ANRU) sont éligibles dans tous les cas.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  15 janvier
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 mars
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 juin
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 septembre
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 décembre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  les bailleurs sociaux publics ou privés;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les structures associatives et entreprises privées bénéficiant d&amp;#039;un agrément de l&amp;#039;Etat au titre du logement social.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  les logements doivent être conventionnés au titre du logement social;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;opération doit atteindre le niveau BBC-rénovation après travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux énergétiques doivent être réalisés par des professionnels titulaires du signe de qualité RGE (Reconnu garant de l&amp;#039;environnement) ou s&amp;#039;engageant dans la démarche;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations doivent intégrer tout type d&amp;#039;action permettant de sensibiliser/former les locataires aux éco-gestes;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation doit respecter, s&amp;#039;il y a lieu, le caractère patrimonial du bâti et participer à la requalification urbaine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses liées aux travaux de maîtrise de l&amp;#039;énergie. Les dépenses de maîtrise d&amp;#039;oeuvre et les travaux réalisés en régie ne sont pas éligibles.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/renovation-energetique-des-petits-collectifs-sociaux</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vanessa SUDROT-DEBEAUPTE
+Direction de l&amp;#039;énergie et du climat
+Site de Limoges- Service Transition Energétique des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 27 Boulevard de la Corderie, 87000 Limoges
+05.55.45.54.55
+&lt;/p&gt;
+&lt;p&gt;
+ Martine ROUX
+Direction de l&amp;#039;énergie et du climat
+Site de Limoges- Service Transition Energétique des Territoires
+ &lt;br /&gt;
+ 27 Boulevard de la Corderie, 87000 Limoges
+05.55.45.54.25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/07a7-renovation-energetique-des-petits-collectifs-/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>56077</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des investissements énergétiques sur le bâti pour maîtriser les émissions de gaz à effet de serre sur le territoire - Fonds Rénolution</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I143" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 35</t>
+        </is>
+      </c>
+      <c r="J143" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 20000€</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à projets a pour ambition d&amp;#039;aider les communes et EPCI à réaliser des investissements sur leur patrimoine (mairie, école, salle des fêtes, etc.) afin de maîtriser les émissions de gaz à effet de serre sur le territoire, ainsi que leurs frais de fonctionnement liés aux consommations d&amp;#039;énergie, tout en favorisant l&amp;#039;activité économique locale.
+ &lt;br /&gt;
+ Les investissements en question auront pour objectif la réalisation d&amp;#039;économies d&amp;#039;énergie et/ou la mise en place d&amp;#039;énergies renouvelables.
+ &lt;br /&gt;
+ Le principe de ce dispositif est de générer de nouveaux CEE (grâce au caractère éligible de ces travaux de rénovation énergétique) qui alimenteront ce fond d&amp;#039;aide financière, amorçant ainsi un cercle vertueux d&amp;#039;économie d&amp;#039;énergie, et une dynamique de la rénovation thermique des bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Le groupe de travail « Transition énergétique » du SIEL-Territoire d&amp;#039;énergie Loire a fixé les conditions techniques de la mise en œuvre de ce dispositif. A l&amp;#039;aide d&amp;#039;un barème orienté performance énergétique, le projet de rénovation obtient une « note » objective associée à un taux d&amp;#039;aide pour le calcul de l&amp;#039;aide financière.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide financière apportée par le SIEL-Territoire d&amp;#039;énergie Loire est déterminée par l&amp;#039;attribution de points selon un barème favorisant les projets de rénovation performants et ambitieux d&amp;#039;un point de vue énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Un point est attribué pour chacune des exigences atteintes par les types de travaux.
+ &lt;br /&gt;
+ Pour être présenté au jury, le dossier du bâti à rénover doit atteindre la note de 3 points minimum selon le barème présenté dans le tableau au lien suivant
+ &lt;a href="https://www.te42.fr/transition-energetique/renolution/"&gt;
+  Fonds Rénolution
  &lt;/a&gt;
  .
-&lt;/p&gt;
-&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P143" s="1" t="inlineStr">
+        <is>
+          <t>18/06/2025</t>
+        </is>
+      </c>
+      <c r="Q143" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2026</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Date limite de dépôt de dossiers : 31 janvier 2026.&lt;/p&gt;&lt;p&gt;Se rapprocher de son technicien SAGE référent &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/transition-energetique/renolution/</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  Avant le lancement des travaux :
+  Patrick MOUNIER, Responsable Pôle Transition Energétique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- 1. Vous devez déposer votre demande de prime en vous créant un compte sur
-[...3 lines deleted...]
- . Il vous sera demandé de fournir quelques pièces justificatives (devis des professionnels RGE mobilisés, documents d&amp;#039;identité, informations fiscales...).
+ Tel. &amp;#43;33477438916
+&lt;/p&gt;
+&lt;p&gt;
+ Mobile. &amp;#43;33687686955
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : mounier&amp;#64;siel42.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7904-fonds-renolution/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>162703</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mise en oeuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du Mont-Ventoux
+GAL Ventoux</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I144" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 90</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p id="citem_8d7e-72f0" role="tabpanel"&gt;        &lt;/p&gt;&lt;div&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;1. Soutenir et promouvoir une alimentation durable&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Soutenir la mise en œuvre du 
+Projet Alimentaire Territorial Ventoux : animation, mise en réseau, 
+changement des comportements alimentaires, amélioration logistique pour 
+l’approvisionnement en produits locaux, lutte contre le gaspillage et la
+ précarité alimentaire, sensibilisation des publics.&lt;/li&gt;&lt;li&gt;Accompagner les projets 
+collectifs visant l’adaptation du monde agricole aux changements 
+climatiques ou à la transition écologique des filières agricoles&lt;/li&gt;&lt;li&gt;Améliorer l’animation autour de
+ la gestion du foncier agricole (ex : reconquête des friches, liens avec
+ la trame verte et bleue…)&lt;/li&gt;&lt;li&gt;Faire connaître et reconnaître 
+les pratiques et productions agricoles à forte valeur environnementale 
+(hors signes officiels de qualité) portées par des structures 
+collectives ou en coopération&lt;/li&gt;&lt;li&gt;Préserver et valoriser les patrimoines et les pratiques agricoles&lt;/li&gt;&lt;li&gt;Améliorer les conditions de vie des agriculteurs (diversification activités, prévention de l’isolement etc…)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;2. Contribuer à un territoire vivant, accueillant et solidaire&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Créer des services en milieu 
+rural qui participent à rompre l’isolement, à encourager le lien 
+intergénérationnel, à favoriser le partage des savoirs et des 
+savoir-faire et à répondre aux enjeux climatiques et écologiques&lt;/li&gt;&lt;li&gt;Mutualiser des services à destination des particuliers, des associations et des entreprises&lt;/li&gt;&lt;li&gt;Améliorer l’accessibilité des services en expérimentant notamment des solutions de mobilité inversée&lt;/li&gt;&lt;li&gt;Encourager l’habitat partagé et intergénérationnel&lt;/li&gt;&lt;li&gt;Contribuer au maintien des derniers commerces&lt;/li&gt;&lt;li&gt;Favoriser l’accès aux services numériques par la médiation et l’inclusion&lt;/li&gt;&lt;li&gt;Favoriser les projets culturels
+ collectifs ou ayant pour objectifs de faire vivre et transmettre nos 
+patrimoines matériels et immatériels afin de favoriser leur 
+réappropriation et le lien homme/nature&lt;/li&gt;&lt;li&gt;Accompagner les projets d’interprétation des patrimoines culturels matériels et immatériels&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;3. Favoriser un développement économique qui valorise les ressources&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Accompagner le développement, la
+ structuration et la promotion des acteurs de la filière écotourisme qui
+ intègre les activités de pleine nature, le tourisme de nature, le 
+tourisme culturel, l’agritourisme et l’artisanat d’art&lt;/li&gt;&lt;li&gt;Soutenir les manifestations touristiques de dimension supra territoriale et présentant une innovation territoriale&lt;/li&gt;&lt;li&gt;Améliorer la gestion environnementale et énergétique des acteurs économiques&lt;/li&gt;&lt;li&gt;Former et sensibiliser les 
+acteurs du tourisme aux spécificités du territoire, à la conciliation 
+des usages et les valoriser par des démarches de qualité ou d’éco 
+labellisation&lt;/li&gt;&lt;li&gt;Accompagner les structures de 
+l’économie de proximité et de l’économie sociale et solidaire qui 
+valorisent les ressources locales (hors production agricole et 
+agroalimentaire)&lt;/li&gt;&lt;li&gt;Accompagner les collectivités locales, les associations et les entreprises dans le développement de l’économie circulaire&lt;/li&gt;&lt;li&gt;Sensibiliser, informer et former les publics sur les enjeux et opportunités de l’économie circulaire&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;4. Favoriser la transition énergétique et la préservation et valorisation des biens communs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Favoriser les initiatives de 
+partage de la connaissance et de sensibilisation des publics aux biens 
+communs locaux (biodiversité, ressource en eau, patrimoines matériels et
+ immatériels) et à la transition énergétique et écologique&lt;/li&gt;&lt;li&gt;Recenser les patrimoines matériels et immatériels et cordonner les initiatives&lt;/li&gt;&lt;li&gt;Soutenir les projets structurants de préservation et de valorisation du patrimoine vernaculaire&lt;/li&gt;&lt;li&gt;Accompagner les projets qui 
+réhaussent et valorisent la qualité paysagère, environnementale et 
+climatique des opérations d’aménagement et des actions de développement&lt;/li&gt;&lt;li&gt;Doter l’ensemble du territoire de stratégies globales « Climat-Air-Énergie » et soutenir leur mise en application&lt;/li&gt;&lt;li&gt;Accompagner l’animation et les 
+opérations exemplaires de réduction des consommations énergétiques et de
+ déploiement des énergies renouvelables à petite échelle&lt;/li&gt;&lt;li&gt;Encourager le développement des 
+mobilités alternatives à la voiture individuelle thermique au quotidien 
+et dans le développement touristique&lt;/li&gt;&lt;/ul&gt;
+        &lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Accès aux services
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Paysage
+Animation et mise en réseau
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parcduventoux.fr/nos-actions/europe-cooperation-territoriale/leader/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nicolas BOURGUE, &lt;a target="_self"&gt;nicolas.bourgue&amp;#64;parcduventoux.fr&lt;/a&gt;, 0490632274&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.bourgue@parcduventoux.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-mise-en-oeuvre-de-la-strategie-locale-de-developpement/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>162651</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement vos bâtiments publics via le programme SERENE</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Programme SERENE - Service de Rénovation énergétique du SDE35</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possible ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les travaux accompagnés ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations de rénovation globale&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;efficacité énergétique avec priorité donnée aux travaux éligibles à l&amp;#039;intracting (remplacement des équipements de chauffage, relamping, GTB)&lt;/li&gt;&lt;li&gt;Possibilité de confier les travaux lourds de rénovation : en coordination avec les offres existantes des SEM : Territoires, SEM Breizh, Orchestr&amp;#039;Am, Terres et toits.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement technique&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation des travaux « d’efficacité énergétique » par le SDE35 sous mandat de maitrise d’ouvrage déléguée, afin de mutualiser le suivi et les achats ou achats&lt;/li&gt;&lt;li&gt;Ou réalisation des travaux en Assistance à Maitrise d’Ouvrage (AMO) pour vous garantir que les moyens sont en adéquation avec vos objectifs de performances énergétiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement financier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mutualisation du financement des travaux de rénovation à l’échelle du SDE35, comprenant la recherche de financements extérieurs (subventions) et le portage des emprunts via un partenariat engagé avec la Banque des Territoires (pour les temps de retour sur investissement inférieur à 13 ans) ou des banques privées (pour les TRI &amp;gt; 13 ans).&lt;/li&gt;&lt;li&gt;Remboursement différé des annuités après la mise en service de la rénovation, afin de permettre à la collectivité propriétaire de dégager des capacités de remboursement par les économies de fluides réalisées&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Coût pour les collectivités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cession des CEE des travaux au SDE35&lt;/li&gt;&lt;li&gt;Frais de commissionnement allant de 1 à 5 % suivant l&amp;#039;ingénierie demandée&lt;/li&gt;&lt;li&gt;Conventionnement adapté sur la durée avec les communes en fonction de chaque projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets en délégation de maitrise d&amp;#039;ouvrage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/20240111-140256-66742bd853de6.jpg" alt /&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Remplacement du système de chauffage par création d&amp;#039;une chaufferie et d&amp;#039;un réseau technique - Budget prévisionnel de l&amp;#039;opération HT : 345 000 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectif : 35 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une chaudière à granulés avec son silo&lt;/p&gt;&lt;p&gt;Création d&amp;#039;un réseau technique reliant 2 bâtiments&lt;/p&gt;&lt;p&gt;Rénovation du site existant&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/bain-ext-66742c8b48e7e.jpg" alt /&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Rénovation d&amp;#039;une salle polyvalente - Budget prévisionnel de l&amp;#039;opération HT : 254 730 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectifs : 56 % de réduction des consommations énergétiques et 54 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Mise en place d&amp;#039;une Gestion Technique Centralisée de bâtiment&lt;/p&gt;&lt;p&gt;Changement des menuiseries et installation de filtres solaires&lt;/p&gt;&lt;p&gt;Abaissement et isolation de plafond&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une Centrale de Traitement d&amp;#039;Air double-flux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité au dispositif SERENE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La collectivité reverse la totalité ou une partie de la TCFE au SDE35&lt;/li&gt;&lt;li&gt;La collectivité conventionne avec le service CEP sur son territoire. Les territoires non couverts par un CEP sont invités à s&amp;#039;adresser directement au SDE35.&lt;/li&gt;&lt;li&gt;La collectivité a réalisé un audit énergétique ou un pré-diagnostic du CEP avant l&amp;#039;intervention de SERENE.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thomas BERTHIAU - responsable du pôle SERENE - &lt;a target="_self"&gt;t.berthiau&amp;#64;sde35.fr&lt;/a&gt; - 07 56 05 45 65&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>103354</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Construire, rénover ou étendre les équipements sportifs mis à disposition des lycées</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux équipements sportifs mis à disposition des lycées</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 40</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région aide les installations sportives répondant aux besoins des lycées publics et privés sous contrat d&amp;#039;association en matière d&amp;#039;éducation physique et sportive et qui sont mises à leur disposition gratuitement pendant 20 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Projets de construction, de reconstruction, d&amp;#039;extension ou de rénovation d&amp;#039;équipements sportifs lorsque les installations sportives répondent aux besoins des lycées, pour une pratique de loisirs ou non compétitive.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- 2. Dès la finalisation de votre demande de prime, un instructeur procède à l&amp;#039;examen de votre demande. Si votre dossier est éligible, vous recevez une notification vous confirmant l&amp;#039;attribution de votre prime.
-[...2 lines deleted...]
- Vous pouvez commencer vos travaux au moment de l&amp;#039;étape 1 ou 2.
+ Les projets soumis doivent satisfaire au respect de la réglementation concernant l&amp;#039;accessibilité à l&amp;#039;équipement des personnes en situation de handicap et faciliter ainsi la pratique handisport au sein de l&amp;#039;équipement.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
+ Peuvent bénéficier d&amp;#039;un financement régional les types d&amp;#039;équipements listés dans le tableau téléchargeable qui définit les niveaux de l&amp;#039;intervention financière de la Région dès lors que ces équipements sont mis à disposition d&amp;#039;un usage lycéen de 30h par semaine au moins, hors vacances.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet concerne un terrain synthétique de grands jeux, réalisé en granulat de caoutchouc, il devra répondre à certaines exigences particulières de protection des pratiquants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  À la fin des travaux
+  Qui peut en bénéficier ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- 3. Vous demandez une facture au professionnel RGE qui a réalisé les travaux.
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les collectivités territoriales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les syndicats mixtes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les EPCI.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le bénéficiaire peut être propriétaire, simple occupant ou locataire du terrain d&amp;#039;assiette ou des locaux objets du subventionnement régional. En tout état de cause, le bénéficiaire s&amp;#039;engage à maintenir le bien subventionné dans sa destination pendant une durée fixée dans la convention de subventionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- 4. Vous demandez le versement de votre prime. Pour ce faire, connectez-vous à votre compte sur www.maprimerenov.gouv.fr. Transmettez votre facture et votre RIB pour que votre prime vous soit versée par virement.
-[...1 lines deleted...]
-&lt;p&gt;
+ Le plafond de la subvention est fixé en fonction du type d&amp;#039;équipement, et varie entre 200.000€ et 3.000.000 €.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les taux de subvention maximum vont de 25 à 40 % selon la nature des projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sous conditions, le taux de subvention appliqué pour le calcul de l&amp;#039;aide peut être majoré de 5% ou 10%.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si projet de terrains synthétiques de grands jeux avec garnissage de caoutchouc, le taux de subvention appliqué pour le calcul de l&amp;#039;aide est majoré de 5% pour la réalisation des dispositifs permettant la rétention des granulats de caoutchouc sur la surface dédiée au terrain synthétique (encaissement de l&amp;#039;équipement via bordures spécifiques, ou élargissement de la surface au-delà de l&amp;#039;équipement...). Dans ce cas, les dépenses éligibles sont plafonnées à 1.000.000€ HT.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si justification de mise en œuvre d&amp;#039;une politique dédiée aux personnes en situation de handicap, majoration de 10%.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle démarche ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier doit notamment comprendre les éléments suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La présentation de l&amp;#039;étude des besoins
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un dossier de niveau APS du projet, comprenant le détail estimatif des travaux et les plans correspondants
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une délibération de la collectivité sollicitant le financement régional
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un plan de financement prévisionnel
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un planning prévisionnel comportant une date de démarrage et de fin de travaux
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ )
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/HyIcIcoU5</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction des Sports, des Loisirs et de la Citoyenneté
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service des Sports
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénédicte Chaignon
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:benedicte.chaignon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  benedicte.chaignon&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 63 43
+&lt;/p&gt;
+&lt;p&gt;
+ Denis Hutsebaut
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:denis.hutsebaut&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  denis.hutsebaut&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 58 66
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6233-aide-aux-equipements-sportifs-mis-a-dispositi/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>131826</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>ISERENOV'</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Isère (TE38)</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J147" s="1" t="inlineStr">
+        <is>
+          <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ 16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement de chaudière d&amp;#039;un gymnase
+  &lt;/li&gt;
+  &lt;li&gt;
+   ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Postes de travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Isolation toiture : BAT-EN-101 / BAR-EN-101
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation murs : BAT-EN-102 / BAR-EN-102
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation sous plancher : BAT-EN-103 / BAR-EN-103
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement menuiseries : BAT-EN-104 / BAR-EN-104
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation toit terrasse : BAT-EN-107 / BAR-EN-107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement chaudière combustible : BAT-TH-102 / BAR-TH-106/107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Système de régulation par prog d&amp;#039;intermittence : BAT-TH-108 / BAR-TH-118
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chauffe-eau solaire collectif : BAT-TH-111 / BAR-TH-124/135
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe à chaleur : BAT-TH-113 / BAR-TH-129
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion Technique Centralisée (GTC) : BAT-TH-116
+  &lt;/li&gt;
+  &lt;li&gt;
+   Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site gouvernemental des fiches CEE :
+ &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
+  https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te38.fr/iserenov/</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Envoyez votre demande sur iserenov&amp;#64;te38.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>jgiono@te38.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>92104</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la relocalisation industrielle</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En tant qu&amp;#039;opérateur historique incontournable de l&amp;#039;aménagement et du développement local, la Banque des Territoires favorise la relocalisation de la production industrielle en France. Elle permet aux collectivités locales d&amp;#039;exploiter leurs sites et aux industriels d&amp;#039;accéder à des sites industriels « clés en main » pour implanter leur activité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Plus concrètement, elle les accompagne à trouver un site industriel et à l&amp;#039;exploiter rapidement au travers d&amp;#039;une gamme d&amp;#039;offres complète et « à la carte » : ingénierie, investissements immobilier et serviciel, prêts ou encore consignations. Son offre est par ailleurs transversale, répondant aux besoins des industriels dans différents secteurs : immobilier et foncier, mobilité, numérique, transition énergétique et écologique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Accès aux services
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Industrie_relocalisation</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui contacter ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Si vous êtes une entreprise ou un investisseur international : contactez Business France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services de développement économique de votre région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si vous êtes un industriel français : prenez contact avec la
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   direction régionale de la Banque des Territoires
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6ef-trouver-des-sites-cles-en-main-permettant-dac/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>71304</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Développer un projet de recherche, de développement ou d’innovation</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;accompagnement par l&amp;#039;ADEME des projets de Recherche, de Développement, d&amp;#039;Innovation (RDI) s&amp;#039;inscrit majoritairement au travers d&amp;#039;appels à projets nationaux. Vous avez un projet de Recherche, de Développement, d&amp;#039;Innovation (RDI) dont la thématique ne correspond à aucun appel à projets actuellement ouvert sur la plateforme de l&amp;#039;ADEME ?
+&lt;br /&gt;
+Les modalités des appels à projets en ligne ne répondent pas à votre besoin.
+&lt;br /&gt;
+&lt;br /&gt;
+Par exemple, les seuils des Concours d&amp;#039;innovation ou des appels à projet Recherche compétitifs et collaboratifs sont au delà du montant de votre projet...
+&lt;br /&gt;
+Pour autant, votre projet contribue à faire avancer la recherche en lien avec la Transition énergétique et environnementale, vous pouvez prendre contact avec l&amp;#039;ADEME, qui étudiera l&amp;#039;opportunité d&amp;#039;accompagner votre projet.
+&lt;br /&gt;
+&lt;br /&gt;
+L&amp;#039;ADEME est en mesure de financer des projets de RDI qui lui sont soumis directement hors appels à projet, dans la mesure où les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant des appels à projets compétitifs.</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Innovation, créativité et recherche
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;opération pour laquelle vous sollicitez une aide financière ne doit pas avoir commencé ou ne doit pas avoir donné lieu à des engagements fermes (sous quelque forme que ce soit : marché signé, commande signée, devis accepté...).
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez la page de l&amp;#039;aide pour obtenir des détails.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne, Guadeloupe, Guyane, Hauts-de-France, La Réunion, Martinique, Mayotte, Nouvelle-Aquitaine, Occitanie, Pays-de-la-Loire</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://entreprises.ademe.fr/dispositif-aide/projets-de-recherche-de-developpement-ou-dinnovation</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;éligibilité de tels projets est jugée au cas par cas, les objectifs pour l&amp;#039;ADEME étant notamment de bien qualifier leur pertinence au regard des priorités de recherche et innovation du moment, et la qualité scientifique de la proposition ; il est donc impératif de prendre contact avec l&amp;#039;ADEME avant tout dépôt de dossier.
+&lt;br /&gt;
+&lt;br /&gt;
+Vous avez contacté l&amp;#039;ADEME et votre projet répond à des objectifs partagés avec l&amp;#039;ADEME.</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b49-projets-de-recherche-de-developpement-ou-dinn/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>144507</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études des centralités landaises pour la revitalisation, dynamisation et restructuration des centres-villes et centres-bourgs</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Financement des études de type</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I150" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J150" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 50.000€</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une commune inscrite comme centralités à l&amp;#039;échelle départementale, engagée dans une démarche de revitalisation, dynamisation ou de restructuration de son centre-bourg ou centre- ville devra préalablement réaliser une étude de définition d&amp;#039;un projet d&amp;#039;aménagement d&amp;#039;ensemble du type &amp;#34;Plan de référence&amp;#34; ou document de programmation similaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette étude se compose d&amp;#039;un diagnostic de la situation décrivant les symptômes de la dévitalisation, les besoins de restructuration ou de dynamisation proposant une stratégie élaborée en concertation avec l&amp;#039;EPCI et un programme d&amp;#039;actions pluriannuel reposant sur 4 thématiques qu&amp;#039;il convient de traiter dans le programme opérationnel : l&amp;#039;habitat et le logement, le commerce et les services, le cadre de vie et l&amp;#039;environnement, et les espaces publics en lien avec les mobilités, la transition énergétique et écologique ainsi que les équipements à destination de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services du Département devront être associés à la démarche à travers la mise en place d&amp;#039;un comité de pilotage ad hoc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Attractivité économique
+Mobilité pour tous
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Commune inscrite comme centralité à l&amp;#039;échelle départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50f7-accompagner-les-etudes-des-centralites-landai/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>130986</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Engager des actions d'économies d'énergie - Baisse les Watts (Programme Certificat économies d'énergie)</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Baisse les Watts (Programme Certificat économies d'énergie)</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Auchan Energies - Pétrovex
+EDF</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme Baisse les Watts est un programme financé par le dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE), porté par La Poste et ses partenaires Economie d&amp;#039;Energie, Energies Demain, Chambre de commerce et d&amp;#039;industrie (CCI) France et Chambre de Métiers et de l&amp;#039;Artisanat (CMA) France. Avec le soutien de l&amp;#039;ADEME et du Ministère de la Transition énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce programme s&amp;#039;adresse à toutes les entreprises TPE et PME désireuses de mieux comprendre leur consommation et de pouvoir engager rapidement de premières actions d&amp;#039;économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le programme Baisse les Watts vise à accompagner les TPE/PME à travers trois bénéfices clés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → CARNET DE BORD ENERGIE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Carnet de bord Énergie permet de consulter des Fiches Actions en lien avec sa filière, et de mettre en place des écogestes ou investissements pour réaliser des économies d&amp;#039;énergie en affichant le gain potentiel d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → ACCOMPAGNEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un conseiller accompagne le bénéficiaire par téléphone pour l&amp;#039;aider à ouvrir un Carnet de bord Energie, le guider sur la plateforme Baisse les Watts, définir avec lui les bonnes pratiques, et mettre en place un plan d&amp;#039;actions dans la durée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → FORMATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un parcours de formation adapté à chaque situation et modulable selon les disponibilités (séances en présentiel et/ou en distanciel), avec l&amp;#039;appui des réseaux CCI et CMA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ TPE/PME parmis 14 filières métiers
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cafés &amp;amp; restaurants (Traditionnels, rapides, vente à emporter, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergements touristiques (Hôtels, campings, locations, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Artisanat alimentaire (Boulangers, pâtissiers, bouchers, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petits commerces alimentaires (Alimentations générales, supérettes, épiceries, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Commerces non alimentaires (Electroménager, meubles, vêtements, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services de proximité (Réparation, garagistes, soins, blanchisseries, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé (Médecins, hôpitaux, hébergements médicalisés &amp;amp; sociaux, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enseignement (Ecoles primaires, secondaires, supérieures, recherche &amp;amp; développement, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sport, culture, loisirs (Installations sportives, Art, musées, films, parcs, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports (Routier, ferroviaire, fret, maritime, taxi, déménagement, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entrepôts (Entreposage &amp;amp; stockage, vente à distance, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Commerces de gros BtoB (Commerces interentreprises alimentaires, biens, matériaux, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grands commerces alimentaires (Supermarchés, hypermarchés, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises de services (Agences bancaires, immobilier, conseil, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baisseleswatts.fr</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ligne dédiée aux TPE et PME pour Baisse les Watts :
+   01 81 69 81 92
+   (
+  prix
+   d&amp;#039;un appel local)
+ du lundi au vendredi de 9H à 17H - Par mail :
+ &lt;a href="mailto:contact&amp;#64;baisseleswatts.fr" target="_self"&gt;
+  contact&amp;#64;baisseleswatts.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contacts La Poste, porteur du Programme :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Anne-Lise DELORON, Directrice du marché Rénovation énergétique, Directrice adjointe de l&amp;#039;UA Efficacité énergétique, Directrice du programme Baisse les Watts :
+   &lt;a href="mailto:annelise.deloron&amp;#64;laposte.fr" target="_self"&gt;
+    annelise.deloron&amp;#64;laposte.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Alazaïs CAILLOL, Responsable Marketing du Programme Baisse les Watts :
+   &lt;a href="mailto:alazais.caillol&amp;#64;laposte.fr" target="_self"&gt;
+    alazais.caillol&amp;#64;laposte.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>annelise.deloron@laposte.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26ad-baisse-les-watts-programme-certificat-economi/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>152948</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Accéder aux données de consommation et de production d'électricité</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Espace Mesures et Services (EMS)</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;strong&gt;
+  L&amp;#039;espace &amp;#34;Mesures et Services&amp;#34; permet aux collectivités de devenir des acteurs clés de la transition énergétique dans les territoires
+ &lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Espace &amp;#34;Mesures et Services&amp;#34; (EMS) du Portail Collectivités permet à la
+ &lt;span&gt;
+  collectivité de consulter et d&amp;#039;analyser les données énergétiques de son patrimoine&lt;/span&gt;&lt;span&gt; ou encore de programmer des alertes de consommation selon
+ &lt;/span&gt;
+ &lt;span&gt;
+  ses besoins.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ L&amp;#039;espace &amp;#34;Mesures et Services&amp;#34; un outil de pilotage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Concrètement, la collectivité peut accéder à la vision globale et au pilotage énergétique de ses compteurs, afin de comprendre ses consommations et de les adapter si nécessaire. &lt;/p&gt;&lt;p&gt;Afin de faciliter le pilotage de sa consommation et de sa production, l&amp;#039;EMS permet également d&amp;#039;automatiser la réception de ses données et les recevoir par mail à la fréquence souhaitée !&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;espace &amp;#34;Mesures et Services&amp;#34; vous permet d&amp;#039;accéder à tout moment à vos données énergétiques sur votre patrimoine.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;Espace peut être consulté à tout moment. Les données de mesures sont actualisées chaque jour. Vos données de mesures de la veille (consommation et/ou production) sont disponibles sur un historique maximal de 36 mois) depuis votre nouveau Portail Clients et Collectivités.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;em&gt;* Les pays ne sont pas bénéficiaires de l&amp;#039;aide.&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Espace &amp;#34;Mesures et Services&amp;#34; est une des fonctionnalités du Portail Collectivités. Le client doit avoir/créer un compte pour y accéder
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/jaccede-mes-donnees-de-mesure</t>
+        </is>
+      </c>
+      <c r="W152" s="1" t="inlineStr">
+        <is>
+          <t>https://mon-compte.enedis.fr/auth/XUI/#login/&amp;realm=/enedis&amp;forward=true&amp;spEntityID=SP-ODW-PROD&amp;goto=/SSOPOST/metaAlias/enedis/providerIDP?ReqID%3Da4b59f6dcc9db6474h8gfc8b8gebj7d%26index%3Dnull%26acsURL%3Dhttps://apps.lincs.enedis.fr/saml/SSO%26spEntityID</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre interlocuteur priviliégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f63e-acceder-aux-donnees-de-consommation-et-de-pro/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I153" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N296" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O296" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Technologies numériques et numérisation
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J154" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W155" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>90861</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises touristique dans l'adaptation et la diversification de leur offre d'hébergements</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide soutient les entreprises touristique dans l&amp;#039;adaptation et la diversification de leur offre d&amp;#039;hébergements.
+ L&amp;#039;objectif est de favoriser le maintien d&amp;#039;une offre de qualité respectueuse de l&amp;#039;environnement et de veiller à la mixité des clientèles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Application du Règlement d&amp;#039;Intervention en vigueur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Campings de tourisme indépendants classés minimum 3* après travaux, hors chaînes intégrées ou franchises (référence à l&amp;#039;article L330-3 du code du Commerce).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages privés et publics en zone d&amp;#039;agglomération et sur les communes relevant de la loi littoral.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les SCI sont exclues du champ des aides.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra porter sur des investissements de création, modernisation et de diversification de l&amp;#039;offre avec une approche respectueuse de l&amp;#039;environnement et de la diversité des publics accueillis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ travaux d&amp;#039;investissement intérieur et extérieur, de confort (aménagement des emplacements, rénovation de la réception, des sanitaires, des zones de loisirs, aires de campings cars...) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions
+&lt;/p&gt;
+&lt;p&gt;
+ Métropole et littoral
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements qualitatifs concourant à la gestion environnementale du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dépenses éligibles
+  &lt;/strong&gt;
+  : plan de gestion paysagère, modernisation des sanitaires dans le cadre d&amp;#039;une démarche HQE, aires de campings cars, ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Obligations
+  &lt;/strong&gt;
+  : adhérer à l&amp;#039;Office de Tourisme local, s&amp;#039;engager à maintenir l&amp;#039;activité pendant au moins 5 ans, préciser la stratégie marketing de l&amp;#039;établissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les travaux réalisés en régie directe sont exclus.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléchargez le dossier de demande via ce lien : https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/hotellerie-de-plein-air-independante et l&amp;#039;envoyer à l&amp;#039;adresse postale
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+ &lt;br /&gt;
+ 14, Rue François de Sourdis 33 077 Bordeaux Cedex
+ &lt;br /&gt;
+ 05 49 38 49 38
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/hotellerie-de-plein-air-independante</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges (départements 87-23-19) : 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers (départements 79-86-17-16) :
+ 05 16 01 40 55
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux (départements 33-24-47-40-64) :
+ 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d4f-hotellerie-de-plein-air-independante/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>161700</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P296" s="1" t="inlineStr">
-[...18 lines deleted...]
- Les ménages jusqu&amp;#039;à présent non éligibles peuvent d&amp;#039;ores et déjà signer les devis et commencer leurs travaux dès le 1er octobre 2020, avant le dépôt de leur dossier. En effet les travaux dont les devis auront été signés à compter du 1er octobre 2020 seront éligibles à MaPrimeRénov&amp;#039;, les dossiers de demande d&amp;#039;aide MaPrimeRénov&amp;#039; pouvant être déposés à compter du 1er janvier 2021.
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>32857</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l'attractivité, la cohésion sociale, la croissance durable et l'emploi - Contrat Territorial Occitanie / Pays Portes de Gascogne</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="F158" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie
+PETR du Pays Portes de Gascogne</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le 30 juin 2017, la Région Occitanie a validé la mise en œuvre d&amp;#039;une nouvelle génération de politiques contractuelles avec les territoires pour la période 2018-2021.
+ Il s&amp;#039;agit de mobiliser, dans le cadre d&amp;#039;un contrat entre la Région et chaque territoire, l&amp;#039;ensemble des dispositifs de la Région afin d&amp;#039;agir pour l&amp;#039;attractivité, la cohésion sociale, la croissance durable et l&amp;#039;emploi. C&amp;#039;est une rencontre entre les politiques régionales et les projets de territoires des territoires concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Contrat Territorial Occitanie entre le Pays Portes de Gascogne et la Région a été validé par la Région le 12 octobre 2018.
+ Le projet de territoire, autour duquel ce contrat est organisé se structure autour de 6 axes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le développement d&amp;#039;une économie durale et locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accélérer et amplifier la transition énergétique et écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité des espaces de vie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir, adapter, renforcer les services publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir le développement des Bourgs-Centres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;innovation, l&amp;#039;expérimentation, la coopération à partir d&amp;#039;une thématique, l&amp;#039;itinérance.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation énérgétique de logements ou pbâtiments publics, aménagement d&amp;#039;espaces publics, Médiathèques, Pôles de santé, équipement sportifs, etc.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T296" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Espace public
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Commerces et services
+Tiers-lieux
+Logement et habitat
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U296" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="AA296" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays Portes de Gascogne</t>
+        </is>
+      </c>
+      <c r="W158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysportesdegascogne.com/contrats-et-cooperations/avec-la-region-occitanie/</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Julie Fleuriault - Animatrice CTO : 06 17 84 68 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysportesdegascogne.com</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd38-contrat-territorial-occitanie-pays-portes-de-/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>