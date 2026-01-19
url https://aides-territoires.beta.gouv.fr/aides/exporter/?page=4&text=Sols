--- v0 (2025-11-09)
+++ v1 (2026-01-19)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA67"/>
+  <dimension ref="A1:AA74"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,187 +228,246 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>164924</v>
+        <v>159900</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Préserver les sols face aux pluies intenses</t>
-[...4 lines deleted...]
-          <t>Pluvial et sol</t>
+          <t>Coopérer sur le sol national</t>
+        </is>
+      </c>
+      <c r="C2" s="0" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F2" s="0" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...1 lines deleted...]
-Recherche</t>
+Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>70% dans les territoires au titre de la solidarité uniquement (FRR ou ZRR à titre transitoire jusqu'en 2027)</t>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>Avec le changement climatique, les sols s’assèchent et les pluies intenses deviennent plus fréquentes et plus fortes.&lt;br /&gt;
-[...3 lines deleted...]
-Pour cela, l’agence de l’eau accompagne la gestion intégrée des eaux pluviales en milieu urbain, la préservation des milieux aquatiques et humides mais aussi des aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural.</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Amorcer et soutenir des projets de coopération répondant aux objectifs de la stratégie de développement local, à une échelle départementale, régionale ou nationale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions de coopération permettent aux acteurs locaux d&amp;#039;élargir leurs horizons, de favoriser les échanges de pratiques et d&amp;#039;innover sur leur territoire en apportant des actions, des façons de faire nouvelles. Les actions de coopération peuvent également permettre de faire rayonner le territoire à plus grande échelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la programmation 2021-2027, plusieurs projets sont en réflexion abordant des thématiques de la stratégie (cf autres dispositifs d&amp;#039;aides publiés) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tourisme : la poursuite d&amp;#039;un projet de coopération entre sites préhistoriques du grand sud-ouest.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Circuits courts : opérations collectives d&amp;#039;acteurs du milieu agricole, forestier ou agro-alimentaires, visant au développement des filières...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilité : afin d&amp;#039;aller voir des pratiques exemplaires menées par d&amp;#039;autres territoires sur le sol national pour faire avancer cette problématique à l&amp;#039;échelle du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rayonnement culturel et patrimonial : échanges interculturels, projets partenariaux...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jeunesse : actions favorisant l&amp;#039;ouverture culturelle, l&amp;#039;acquisition de compétences et savoir-être, et favorisant l&amp;#039;insertion professionnelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La coopération pourra porter sur d&amp;#039;autres thématiques abordées par le plan d&amp;#039;action du GAL Adour Chalosse Tursan Marsan.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien aux échanges entre partenaires, permettant d&amp;#039;explorer la faisabilité d&amp;#039;une coopération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;actions en commun dans le cadre d&amp;#039;un projet de coopération
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural&lt;br /&gt;
-[...1 lines deleted...]
-Préservation des milieux aquatiques et humides</t>
+          <t>&lt;p&gt;
+ Exposition, voyage d&amp;#039;étude, festival, colloque...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Eau pluviale
-Solutions d'adaptation fondées sur la nature (SafN)</t>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Jeunesse
+Economie locale et circuits courts
+Connaissance de la mobilité
+Spectacle vivant</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
-          <t>01/01/2025</t>
+          <t>01/01/2023</t>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
-          <t>31/12/2030</t>
+          <t>31/12/2027</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+          <t>&lt;p&gt;
+ Le projet doit impliquer des acteurs situés sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-Usage / valorisation</t>
+Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>Rhône-Méditerranée</t>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://www.eaurmc.fr/jcms/pro_128697/fr/pluvial-et-sol</t>
-[...4 lines deleted...]
-          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
-[...3 lines deleted...]
- - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>contact.cda@eaurmc.fr</t>
+          <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/pluvial-et-sol/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01d2-cooperer-a-lechelle-europeenne-ou-transnation/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
         <v>164160</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Financer des travaux visant à limiter la migration de produits polluants vers et dans les eaux souterraines ou superficielles du fait de pollutions du sol, sous-sol ou sédiments</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
@@ -540,423 +599,595 @@
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-moyens-de-mesure-et-de-controle/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
+        <v>374</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l’application du droit du sol</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Territoires et de la Mer (Guyane)</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Club ADS :
+ &lt;/strong&gt;
+ Accompagner les collectivités dans l&amp;#039;application du droit du sol et échanger sur les bonnes pratiques et difficultés
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Formation professionnelle
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Guyane</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / prénom : Emilie Peyrols
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : Emilie.peyrols&amp;#64;developpement-durable.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 94 39 80 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>adele.bommier@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f936-club-ads/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>164924</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les sols face aux pluies intenses</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Pluvial et sol</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>70% dans les territoires au titre de la solidarité uniquement (FRR ou ZRR à titre transitoire jusqu'en 2027)</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>Avec le changement climatique, les sols s’assèchent et les pluies intenses deviennent plus fréquentes et plus fortes.&lt;br /&gt;
+&lt;br /&gt;
+Il est essentiel de retenir l’eau dans les sols ou favoriser son infiltration pour limiter les pollutions pluviales, favoriser la recharge des aquifères, garder l’humidité nécessaire aux végétaux,  préserver les milieux humides et préserver la biodiversité des sols en favorisant la trame brune.&lt;br /&gt;
+&lt;br /&gt;
+Pour cela, l’agence de l’eau accompagne la gestion intégrée des eaux pluviales en milieu urbain, la préservation des milieux aquatiques et humides mais aussi des aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural.</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>Aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural&lt;br /&gt;
+Gestion intégrée des eaux pluviales en zone urbaine&lt;br /&gt;
+Préservation des milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q5" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128697/fr/pluvial-et-sol</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pluvial-et-sol/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>164216</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Apporter un conseil et un accompagnement à l'instruction des actes</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Pôle ADS (Application du droit des sols)</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale (ATD) INGENIERIE70</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département a
 décidé de créer, depuis le 1er janvier 2011, une agence départementale
 d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
 établissement public administratif autonome, est financé par le Département et
 les collectivités adhérentes via les cotisations et les rémunérations des
 prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
 chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
 intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
 demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
 les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
 Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
 Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
 quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
 structures diverses, communautés de communes et le Département de la
 Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
 ces quatre pôles sont facturées selon des tarifs votés en Conseil
 d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
 structure a permis de montrer toute son utilité et cet outil répond aux
 attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70 propose depuis 2015 ses
 compétences aux collectivités adhérentes (CC de plus de 10 000 habitants)
 l’instruction des actes d’urbanisme de plus de 190 communes.&lt;/p&gt;&lt;p&gt;NIVEAU
 D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS &lt;/p&gt;&lt;p&gt;·       
 Instruire les demandes d&amp;#039;urbanisme déposées
 auprès de la Collectivité (certificat d’urbanisme a et b, déclaration préalable,
 permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;·       
 Accompagner les Collectivités dans la mise en place
 des saisies par voie électronique&lt;/p&gt;&lt;p&gt;·       
 Former et accompagner les agents des Collectivités
 sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;·       
 Informer et conseiller les élus et les usagers&lt;/p&gt;&lt;p&gt;·       
 Accompagnement des contentieux&lt;/p&gt;&lt;p&gt;·       
 Conseil au pétitionnaire en amont des projets&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Accompagner
      les démarches d&amp;#039;élaboration et de révision des PLUi&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Construction
 d’une maison individuelle, Installation de panneaux photovoltaïques/panneaux solaires
 sur les toits et façades, changement des fenêtres/portes, acquisition d&amp;#039;une
 parcelle, construction de bâtiment agricole/industriel, démolition, lotissement&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Foncier
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il est nécessaire d&amp;#039;adhérer au pôle concerné de l’agence départementale. Toutes les communes dont la CC est &amp;gt; à 10 000 habitants.&lt;/p&gt;&lt;p&gt;Engagement à transmettre tous les actes (DP, PC, CUB, PD, CUB (sauf CUA))&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Haute-Saône</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.ingenierie70.fr/</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : contact&amp;#64;ingenierie70.fr&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/apporter-un-conseil-et-un-accompagnement-instruction-des-actes/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>116785</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Déleguer l'instruction des Autorisations du Droit du Sol (ADS)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...12 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S5" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service urbanisme a pour mission principale d&amp;#039;instruire les demandes d&amp;#039;autorisation d&amp;#039;urbanisme des communes de la Gironde qui la lui confient. Organisé à la maille départementale, il permet d&amp;#039;offrir un service public de qualité à un coût mesuré et s&amp;#039;inscrit dans une démarche de mutualisation des moyens humains, logistiques et financiers des collectivités locales.
+&lt;/p&gt;
+&lt;p&gt;
+ Le maire demeure l&amp;#039;autorité décisionnelle en matière de délivrance des actes d&amp;#039;urbanisme. Le Syndicat agit alors dans le cadre d&amp;#039;une convention de prestation de service d&amp;#039;une durée de trois ans, pour le compte des communes ayant délibéré en ce sens en conseil municipal. L&amp;#039;instruction est facturée à l&amp;#039;acte et la transmission des ADS (autorisations du droit du sol) se fait à la carte par la collectivité qui peut continuer à instruire une partie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au Syndicat Départemental Energies et Environnement de Gironde
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la Convention de prestation de service
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/urbanisme/instruction-des-autorisations/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quentin MITROPE
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 27
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  urbanisme&amp;#64;sdeeg33.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf56-autorisation-du-droit-du-sol-instruction/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...97 lines deleted...]
-      <c r="A7" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>120298</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Réaliser des analyses environnementales (eau, air, sol)</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Analyses environnementales</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>La Drôme Laboratoire</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eau, d&amp;#039;air, de sol, dans le cadre de projets d&amp;#039;aménagement du territoire, exploitation de stations d&amp;#039;épuration, gestion des boues d&amp;#039;épuration.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -986,11470 +1217,12666 @@
  &lt;/li&gt;
  &lt;li&gt;
   Analyses d&amp;#039;eau de forage ou de puits pour les demandes de permis de construire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Recherche de Substances Dangereuses dans l&amp;#039;eau et les boues pour les stations d&amp;#039;épuration (intervention payante) :
 &lt;/strong&gt;
 &lt;p&gt;
  Le laboratoire départemental de la Drôme accompagne les exploitants des stations d&amp;#039;épuration pour la recherche et analyse des substances dangereuses dans les échantillons d&amp;#039;eaux résiduaires.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostic entrée/sortie, amont/aval de la station: prélèvement, mesures de débit, analyse et rapport d&amp;#039;intervention
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation des prélèvements et analyses des boues de STEP en vue de chantiers d&amp;#039;épandage (Cf. Chambre d&amp;#039;agriculture de la Drôme)
  &lt;/li&gt;
 &lt;/ul&gt;
 Mesures Éco-toxicologiques (intervention payante) :
 &lt;p&gt;
  Évaluation de la contamination chimique et de la toxicité d&amp;#039;un milieu aquatique (rivières, plans d&amp;#039;eaux, amont/aval de station d&amp;#039;épuration) grâce à l&amp;#039;utilisation de capteurs biologiques « gammares ».
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Qualité de l'air</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats mixtes
  &lt;/li&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Privés
  &lt;/li&gt;
  &lt;li&gt;
   Industriels
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/analyses-environnementales/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Drôme Laboratoire
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
     laboratoire&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04.75.81.70.70
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
     www.ladromelaboratoire.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/01f6-analyses-environnementales/</t>
-        </is>
-[...95 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/f936-club-ads/</t>
         </is>
       </c>
       <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:27" customHeight="0">
       <c r="A9" s="1">
-        <v>159900</v>
+        <v>126132</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Coopérer sur le sol national</t>
-[...4 lines deleted...]
-          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+          <t>Etre conseillé en amont d'un projet de construction, d'aménagement, d'architecture et paysage</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Architectes Conseils</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prestation gratuite, sur RDV :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous avez un projet de construction :
+  &lt;/strong&gt;
+  Des architectes-conseils, missionnés par le Département, vous aident dans le choix de l&amp;#039;implantation de votre construction, sa conception, l&amp;#039;aménagement extérieur, l&amp;#039;utilisation des énergies renouvelables, les démarches administratives...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous souhaitez réhabiliter un bâtiment :
+  &lt;/strong&gt;
+  Les architectes-conseil vous orientent pour aménager un espace de vie, réaliser une extension, créer une nouvelle ouverture, rénover une toiture, une façade... Ils peuvent également vous informer sur les techniques d&amp;#039;isolation efficaces, le choix des matériaux, les normes accessibilité et sécurité, la réglementation thermique, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous désirez être orienté dans vos démarches :
+  &lt;/strong&gt;
+  Les architectes-conseil vous guident dans les démarches administratives (planification, des droits des sols, commande publique...), sur les étapes et les acteurs d&amp;#039;un projet de construction.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Domaine de l&amp;#039;architecture :
+ &lt;/strong&gt;
+ logements, écoles, cantines, équipements petites enfances, bibliothèques, pôles sportifs, églises, maisons séniors et habitat adapté...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme :
+ &lt;/strong&gt;
+ aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers),  valorisation des centres bourgs, stationnements...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1313816/l-assistance-architecturale-pour-les-collectivites</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule Ingénierie et Animation territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 77 12 52 26
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f6f-etre-conseille-en-amont-dun-projet-de-constru/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>151713</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Aider les commerçants et artisans à améliorer leurs points de vente</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aide communale pour l'amélioration des points de vente</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Commune de La Voulte-sur-Rhône</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide communale pour l&amp;#039;amélioration des points de vente de La Voulte-sur-Rhône permet d&amp;#039;aider les commerçants et artisans à moderniser, améliorer et mettre aux normes leurs boutiques situées sur la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est complémentaires aux aides existantes (Région Auvergne Rhône Alpes - Communauté d&amp;#039;Agglomération Privas Centre Ardèche) : elle permet de financer à hauteur de 40% des travaux dont le montant est compris entre 3 000 et 10 000 euros.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est encadrée par un règlement qui précise le type de commerces et le type de travaux qui peuvent en bénéficier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Rénovation des vitrines (façades, éclairage, enseigne, décoration, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Mise en accessibilité du local (élargissement des portes, création d&amp;#039;une rampe, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Équipements pour assurer la sécurité du local (normes incendie, caméra, rideau métallique, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ • Embellissement et modernisation du local (sols, plafonds, cloisons, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Investissements d&amp;#039;économie d&amp;#039;énergies (isolation, éclairage, chauffage, etc.),
+&lt;/p&gt;
+&lt;p&gt;
+ • Investissements matériels : matériels professionnels spécifiques, équipements informatiques et numériques,
+&lt;/p&gt;
+&lt;p&gt;
+ • L&amp;#039;aménagement des terrasses et l&amp;#039;achat de mobilier extérieur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Commerces et services
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ QUI PEUT BENEFICIER DE L&amp;#039;AIDE POUR L&amp;#039;AMELIORATION DES POINTS DE VENTE ?
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI REMPLISSENT LES CONDITIONS SUIVANTES :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir moins de 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un Chiffre d&amp;#039;Affaires qui n&amp;#039;excède pas 1 M€ HT (Pour les franchises : détenir moins de 25% du capital social de l&amp;#039;entreprise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être en phase de création, de reprise ou de développement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être inscrit au Registre du Commerce et des Sociétés, au Répertoire des Métiers, à l&amp;#039;URSSAF ou en Microentreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être à jour de ses cotisations sociales et fiscales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un point de vente sur la commune de la Voulte-sur-Rhône.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI PROPOSENT UN SERVICE COMMERCIAL DE PROXIMITÉ. PAR EXEMPLE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces alimentaires spécialisés (boulangeries, pâtisseries, traiteurs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces d&amp;#039;alimentations générales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cafés, les bars,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les buralistes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les restaurants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces de détail (habillement, opticien, articles de sport, fleuriste...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les laveries,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les couturiers, Les cordonniers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les soins de beauté (instituts de beauté, salons de coiffure, ongleries...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI ONT UN POINT DE VENTE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entièrement dédié au commerce,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Classé en Etablissement Recevant du Public (ERP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui permet d&amp;#039;accueillir de la clientèle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec une entrée indépendante,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec une vitrine sur rue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;une surface inférieure à 700 m2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ QUELS TYPES DE TRAVAUX OU D&amp;#039;ACHATS PEUT-ON REALISER AVEC CETTE AIDE ?
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT ÊTRE COMPRIS ENTRE 3 000 € ET 10 000€ POUR POUVOIR BÉNÉFICIER DES 40% D&amp;#039;AIDE, SOIT UN MAXIMUM DE 4000€
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT PERMETTRENT D&amp;#039;AMÉLIORER L&amp;#039;ATTRACTIVITÉ DE SON POINT DE VENTE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des vitrines (façades, éclairage, enseigne, décoration, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité du local (élargissement des portes, création d&amp;#039;une rampe, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements pour assurer la sécurité du local (normes incendie, caméra, rideau métallique, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Embellissement et modernisation du local (sols, plafonds, cloisons, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements d&amp;#039;économie d&amp;#039;énergies (isolation, éclairage, chauffage, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements matériels : matériels professionnels spécifiques, équipements informatiques et numériques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aménagement des terrasses et l&amp;#039;achat de mobilier extérieur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT ÊTRE CONFORMES AUX NORMES ERP ET AUX PRESCRIPTIONS DES RÈGLEMENTS D&amp;#039;URBANISME
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>La Voulte-sur-Rhône</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://lavoultesurrhone.fr/fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mairie de La Voulte-sur-Rhône : streiber&amp;#64;lavoulte.fr -  04 75 62 40 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>streiber@lavoulte.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2271-aider-les-commercants-et-artisans-a-ameliorer/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>104805</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures d'accueil d'enfants confiés dans des projets de construction, de restauration, d'extension</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Construction, restructuration, extension, rénovation des établissements relevant du secteur de l'enfance</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les structures d&amp;#039;accueil d&amp;#039;enfants confiés dans des projets de construction, de restructuration, d&amp;#039;extension, de rénovation bâtimentaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention sera évalué au vu du plan pluriannuel d&amp;#039;investissement autorisé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;obtention préalables :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;une étude conjointe avec la direction de la protection de l&amp;#039;enfance du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  validation d&amp;#039;un plan pluriannuel d&amp;#039;investissement avec l&amp;#039;autorité de tarification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses subventionnables :
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux ne pourront intervenir que sur les bâtiments dont le bénéficiaire est propriétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux de construction, de restructuration, d&amp;#039;extension, de rénovation ou d&amp;#039;agencements liés au projet (mobilier, équipements...) susceptibles d&amp;#039;être subventionnés devront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans un projet global visant à améliorer la prise en charge des enfants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en compte les aspects architecturaux, techniques, ainsi que les modalités de fonctionnement de l&amp;#039;établissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accorder une attention particulière aux aménagements (isolation phonique, qualité environnementale...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les travaux pourront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  porter sur les chambres, les espaces collectifs, les circulations (intérieures et extérieures), l&amp;#039;accessibilité, les aires de jeux de la propriété, les espaces verts et clôtures ... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en considération les nécessités imposées par la mise aux normes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne sont pas éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;entretien courant du bâtiment ou induits par un défaut d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le seul remplacement d&amp;#039;installations particulières (cuisine, chauffage...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;étude : études préalables et de consultation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de concours et de publication ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assurance dommage ouvrage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires : maîtrise d&amp;#039;œuvre, géomètre, conduite d&amp;#039;opération, coordination sécurité... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;acquisition foncière : notaire, étude de sols, voirie et réseaux divers (VRD), branchements (gaz, téléphone, eaux, égouts), taxe CAUE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les signalétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les extensions de capacité d&amp;#039;accueil ne s&amp;#039;inscrivant pas dans un projet global de rénovation de l&amp;#039;établissement ou n&amp;#039;apportant aucune prestation ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Instruction
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention doit être accompagnée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  du procès-verbal de l&amp;#039;assemblée générale/conseil d&amp;#039;administration qui décide de la réalisation du projet et sollicite la subvention du Département ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du projet d&amp;#039;investissement et de son plan pluriannuel de financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une notice descriptive et estimative incluant le coût HT des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des devis des équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un jeu de plans complet au 1/200ème par niveau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un état récapitulatif des surfaces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du calendrier d&amp;#039;exécution du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un échéancier de paiement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;avis favorable préalable de la commission de la sécurité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une étude portant sur l&amp;#039;évolution des prix de journée après travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;engagement du demandeur à entreprendre toutes les démarches nécessaires afin d&amp;#039;obtenir des financements complémentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un relevé d&amp;#039;identité bancaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les associations : le contrat d&amp;#039;engagement républicain.
+ &lt;/li&gt;&lt;li&gt;Pour les associations et les organismes de droits privés, susceptibles de bénéficier d’une subvention supérieure à 23 000 € pour laquelle la conclusion d’une convention est obligatoire, le Fichier des Ecritures Comptables (FEC) est à fournir lors du dépôt de la demande de subvention. Celui-ci est disponible sur vos logiciels de comptabilité et auprès de vos experts comptables.&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Paiement
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ordre de service de démarrage des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les factures relatives au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un état récapitulatif des factures.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : sur présentation de factures dans la limite du montant voté, sur la base de deux acomptes et un solde. Dans tous les cas, le solde de la subvention ne pourra intervenir que sur production de l&amp;#039;avis favorable de la commission de sécurité à l&amp;#039;ouverture de l&amp;#039;établissement ou à la poursuite de l&amp;#039;exploitation. Une plaque indiquant la participation du Département devra être apposée sur la façade des bâtiments une fois les travaux réalisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : En l&amp;#039;absence de production d&amp;#039;un ordre de service de démarrage des travaux dans un délai de 12 mois après la notification de la décision, la subvention devient caduque et en tout état de cause dans un délai de 4 ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;
+&lt;p&gt;
+ La fermeture ou cession de l&amp;#039;établissement peut entraîner le remboursement de la subvention au prorata de l&amp;#039;amortissement restant à effectuer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/07-Jeunesse_et_protection_de_l_enfance/essms_enfance_investissement.pdf</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la protection de l&amp;#039;enfance ; Tél. : 05 16 09 76 30
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyens &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b60-soutenir-les-structures-daccueil-denfants-con/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>65628</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux visant à réaliser des économies d'énergie dans votre logement (Eco-chèque logement)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région vous aide activement à faire des économies d&amp;#039;énergie grâce à l&amp;#039;éco-chèque Logement.
+ &lt;br /&gt;
+ Financez de 1000 à 1500 euros sur le montant des travaux visant à réaliser des économies d&amp;#039;énergie dans votre logement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éco-chèque logement s&amp;#039;adresse aux particuliers qu&amp;#039;ils soient propriétaires occupants ou bailleurs d&amp;#039;un logement situé dans la région, qui réalisent des travaux visant une économie d&amp;#039;énergie d&amp;#039;au moins 25%.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est cumulable avec d&amp;#039;autres aides liées aux économies d&amp;#039;énergie (Pour plus d&amp;#039;informations, contacter l&amp;#039;Espace Info Energie le plus proche de chez vous au 0 800 33 50 31).
+&lt;/p&gt;
+&lt;p&gt;
+ La valeur de l&amp;#039;éco-chèque vient en déduction du montant total de la facture et la Région se charge de rembourser les professionnels Reconnu garant de l&amp;#039;environnement (RGE) partenaires du dispositif. Le particulier ne fait en aucun cas l&amp;#039;avance du montant de l&amp;#039;éco-chèque auprès du professionnel partenaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;éco-chèque en cinq questions:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  vous êtes propriétaire occupant ou bailleur d&amp;#039;un logement situé sur la Région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous respectez les conditions définies par la Région (
+  Pour les connaître, cliquez ici (.pdf - 90,3 Ko)
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quoi ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque est destiné à être utilisé pour faire des travaux permettant une économie d&amp;#039;énergie d&amp;#039;au moins 25%,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas avoir commencé avant la réception de l&amp;#039;éco-chèque par le particulier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;isolation des combles perdus seuls et les bouquets de travaux composés des 2 lots « isolation des combles perdus » et « installation ou changement d&amp;#039;un système de ventilation » ne sont pas éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;installation d&amp;#039;équipements photovoltaïque seuls ou dans un bouquet de travaux plus complet ne sont pas éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les logements soumis à la réglementation thermique 2012 ne sont pas éligibles (pour en savoir plus,
+  cliquez ici
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Combien ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le montant de l&amp;#039;éco-chèque est de 1 000 € pour les propriétaires bailleurs ou 1 500 € pour les propriétaires occupants. Il est cumulable avec l&amp;#039;ensemble des aides existantes dans le cadre du Plan Rénovation Energétique de l&amp;#039;Habitat (Pour plus d&amp;#039;informations, contacter l&amp;#039;Espace Info Energie le plus proche de chez vous au 0 800 33 50 31),
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque ne peut pas être utilisé pour le paiement d&amp;#039;une facture comportant des travaux d&amp;#039;isolation des combles perdus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque ne peut pas être utilisé pour le paiement d&amp;#039;une facture comportant des travaux d&amp;#039;installation d&amp;#039;équipement photovoltaïque.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les professionnels partenaires s&amp;#039;engagent à accepter les éco-chèques comme moyen de paiement. Le particulier ne fait en aucun cas l&amp;#039;avance du montant de l&amp;#039;éco-chèque auprès du professionnel partenaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Comment ça marche (les 3 étapes) ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne pas commencer les travaux avant que vous ayez reçu l&amp;#039;éco-chèque à votre domicile.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ 1. Créez votre compte personnel
+&lt;/h4&gt;
+&lt;h4&gt;
+ 2. Une fois votre compte créé, constituez votre dossier de demande
+&lt;/h4&gt;
+&lt;h4&gt;
+ 3. Enfin, déposez votre demande à partir de votre espace personnalisé en ligne
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/ecochequelogement</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez tous les contacts et démarches à suivre ici : https://www.laregion.fr/ecochequelogement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df4a-eco-cheque-logement/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>69762</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique de mon logement principal</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Toulouse Métropole</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de relance adopté en juin 2020, Toulouse Métropole a souhaité
+ &lt;strong&gt;
+  développer la résilience et accélérer la transition énergétique et écologique
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Sur le secteur résidentiel, l&amp;#039;enjeu de la rénovation énergétique des bâtiments a fait l&amp;#039;objet d&amp;#039;une volonté d&amp;#039;amplification majeure. Par délibération du Conseil du 15 octobre 2020, Toulouse Métropole a mis place
+ &lt;strong&gt;
+  une aide financière pour les travaux de rénovation des résidences principales des particuliers
+ &lt;/strong&gt;
+ pour soutenir l&amp;#039;artisanat local et le secteur du bâtiment, lutter contre le gaspillage énergétique et diminuer les dépenses de chauffage des ménages.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  Aide à l&amp;#039;audit énergétique
+ &lt;/strong&gt;
+ peut aller jusqu&amp;#039;à 510 € (85% du montant total de la facture), à destination des particuliers pour la définition du projet d&amp;#039;amélioration de leur logement (réalisation d&amp;#039;un bilan précis du logement avec la définition d&amp;#039;un ou plusieurs scénarios de rénovation, leurs coûts estimés et les gains associés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Prime Rénovation
+ &lt;/strong&gt;
+ peut atteindre 40% d&amp;#039;économies d&amp;#039;énergie soit 1 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les particuliers (propriétaires bailleurs ou propriétaires occupants)
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sans condition de ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour leur résidence principale (maison individuelles ou copropriété) située sur le territoire métropolitain
+ &lt;/li&gt;
+ &lt;li&gt;
+  à condition que le bénéficiaire ne soit pas éligible aux aides de l&amp;#039;Anah
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les audits et travaux considérés doivent être réalisés par des professionnels labellisés RGE et le bénéficiaire doit respecter les conditions d&amp;#039;aides et avoir préalablement rencontré
+ &lt;a href="https://www.toulouse-metropole.fr/-/l-espace-info-energie-conseils-et-animations-autour-de-l-energie"&gt;
+  l&amp;#039;Espace Info-Énergie
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Toulouse Métropole</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.toulouse-metropole.fr/-/aide-a-la-renovation-energetique-des-logements-prives</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://demarches-tm.eservices.toulouse-metropole.fr/habitat/prime-renovation/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Vous avez des questions ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consultez
+  &lt;a href="https://www.toulouse-metropole.fr/-/faq-prime-eco-renovation"&gt;
+   la page questions - réponses sur cette prime
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou envoyez un mail à : prime.renovation&amp;#64;toulouse-metropole.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a87-realiser-la-renovation-energetique-de-mon-log/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>71799</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d'amélioration de la performance énergétique de votre logement - Ma Prime Rénov’</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de la prime varie en fonction des matériaux et des équipements éligibles dans la limite d</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ma Prime Rénov&amp;#039; permet de financer les dépenses engagées pour les travaux d&amp;#039;amélioration de la performance énergétique de votre logement : travaux d&amp;#039;isolation, de chauffage, de ventilation ou d&amp;#039;audit énergétique d&amp;#039;une maison individuelle ou d&amp;#039;un appartement en habitat collectif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux doivent avoir été effectués par
+ &lt;a href="https://www.faire.fr/trouvez-un-professionnel"&gt;
+  des entreprises labellisées RGE
+ &lt;/a&gt;
+ (reconnues garantes pour l&amp;#039;environnement).
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de savoir à quelles aides et pour quel montant vous êtes éligibles, vous pouvez utiliser le simulateur public :
+ &lt;a href="https://www.faire.gouv.fr/aides-de-financement/simulaides"&gt;
+  Simul&amp;#039;Aid€s
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Avant le lancement des travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Vous devez déposer votre demande de prime en vous créant un compte sur
+ &lt;a&gt;
+  le site MaPrimeRénov&amp;#039;
+ &lt;/a&gt;
+ . Il vous sera demandé de fournir quelques pièces justificatives (devis des professionnels RGE mobilisés, documents d&amp;#039;identité, informations fiscales...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Dès la finalisation de votre demande de prime, un instructeur procède à l&amp;#039;examen de votre demande. Si votre dossier est éligible, vous recevez une notification vous confirmant l&amp;#039;attribution de votre prime.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez commencer vos travaux au moment de l&amp;#039;étape 1 ou 2.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À la fin des travaux
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Vous demandez une facture au professionnel RGE qui a réalisé les travaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Vous demandez le versement de votre prime. Pour ce faire, connectez-vous à votre compte sur www.maprimerenov.gouv.fr. Transmettez votre facture et votre RIB pour que votre prime vous soit versée par virement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2020</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déjà accessible aux propriétaires occupants sous condition de ressource, le service MaPrimeRénov&amp;#039; sera accessible à tous les
+ &lt;strong&gt;
+  propriétaires occupants le 1er janvier 2021
+ &lt;/strong&gt;
+ et aux
+ &lt;strong&gt;
+  propriétaires bailleurs le 1er juillet 2021
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les ménages jusqu&amp;#039;à présent non éligibles peuvent d&amp;#039;ores et déjà signer les devis et commencer leurs travaux dès le 1er octobre 2020, avant le dépôt de leur dossier. En effet les travaux dont les devis auront été signés à compter du 1er octobre 2020 seront éligibles à MaPrimeRénov&amp;#039;, les dossiers de demande d&amp;#039;aide MaPrimeRénov&amp;#039; pouvant être déposés à compter du 1er janvier 2021.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maprimerenov.gouv.fr/prweb/PRAuth/BPNVwCpLW8TKW49zoQZpAw%5B%5B*/!STANDARD</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez le nouveau service FAIRE qui vous accompagne pour améliorer le confort de votre logement. Les conseillers FAIRE proposent gratuitement des conseils adaptés pour vos travaux de rénovation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  trouvez
+  &lt;a href="https://www.faire.gouv.fr/trouver-un-conseiller"&gt;
+   le conseiller FAIRE
+  &lt;/a&gt;
+  le plus proche de chez vous
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou contactez un conseiller au 0 808 800 700 (service gratuit &amp;#43; prix appel)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7ac0-financer-les-travaux-damelioration-de-la-perf/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>90835</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les acteurs touristiques dans le maintien et l'adaptation de l'offre d'hébergements de tourisme social</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Hébergements de Tourisme social</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne les acteurs touristiques dans le maintien et l&amp;#039;adaptation de l&amp;#039;offre d&amp;#039;hébergements de tourisme social.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maintenir un parc d&amp;#039;hébergement social diversifié, qualifié et accessible au plus grand nombre dans une logique de mixité sociale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Cohésion sociale et inclusion
+Economie sociale et solidaire
+Revitalisation
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés (associations, entreprises, SCI constituée pour solliciter des financements ANCV / CDC - Agence Nationale pour les chèques vacances / Caisse des dépôts)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Village de vacances, auberge de jeunesse, centre international de séjour : 25% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 1 000 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centres de vacances : 25% maximum d&amp;#039;un montant de dépenses éligibles
+  HT
+  plafonné à 500 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des travaux : 40 000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : investissements intérieur ou extérieur (hébergement, espaces collectifs d&amp;#039;accueil, de restauration, équipements de loisirs,..) et de confort (chauffage, isolation, sanitaires, mobilier, traitement paysager, économie d&amp;#039;énergie) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les travaux réalisés en régie directe sont exclus.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/hebergements-de-tourisme-social</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges : 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers : 05 16 01 40 55
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux: 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3277-hebergements-de-tourisme-social/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>90962</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises touristiques en zones de montagne dans l'adaptation et la diversification de l'offre d'hébergements</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide accompagne les entreprises touristiques en zones de montagne dans l&amp;#039;adaptation et la diversification de l&amp;#039;offre d&amp;#039;hébergements.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       Maintenir et qualifier des équipements d&amp;#039;accueil spécifiques pour les itinérants en zone de massifs.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   entreprises
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   associations
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   collectivités territoriales
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   établissements publics
+  &lt;/p&gt;
+  Les SCI sont exclues du champ des aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25% maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des travaux : 30 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : investissements intérieur ou extérieur, de confort (chauffage, isolation, sanitaires, décoration, mobiliers, traitement paysager, économie d&amp;#039;énergie) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/hebergements-touristiques-refuges-de-montagne-et-gites-detape</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19)
+Direction du tourisme
+27, boulevard de la Corderie CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16) Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers Cédex
+05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64)
+Direction du tourisme
+14, rue François de Sourdis CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d63-hebergements-touristiques-refuges-de-montagne/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>92303</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la construction, l'acquisition, l'extension, la rénovation de bâtiments d'entreprise, s'inscrivant dans un objectif de transition écologique et énergétique</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 20</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>Majoration de 10 % en fonction du zonage AFR</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Aide à l&amp;#039;immobilier d&amp;#039;entreprise »
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : accompagner la construction, l&amp;#039;acquisition, l&amp;#039;extension, la rénovation de bâtiments, s&amp;#039;inscrivant dans un objectif de transition écologique et énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : u
+ ne PME ou entreprise de l&amp;#039;ESS localisée en Bourgogne-Franche-Comté.
+&lt;/p&gt;
+&lt;p&gt;
+ Financement :
+Subvention :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention de 10 à 20 % selon la taille de l&amp;#039;entreprise sous forme de subvention (majoration de 10 % en fonction du zonage AFR),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention minimum de 10 000 €, plafonnée à 50 000 €, bonifiée à 100 000 € pour les projets vertueux,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intervention régionale ne pourra se faire qu&amp;#039;en complément de l&amp;#039;intervention de l&amp;#039;EPCI.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles : l
+ es études, toiture, dallage, terrassement, électricité, plomberie, chauffage, isolation, peinture, fenêtres/volets, VRD, Maîtrise d&amp;#039;œuvre, assurance, coûts de déconstruction.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2020</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/node/264</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle=ECO-IMMO</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cf. lien descriptif
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2f6c-accompagner-limmobilier-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>94941</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’investissement d’adaptation des exploitations d’élevage</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Investissements d&amp;#039;adaptation des élevages – sécheresse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : La Région Grand Est décide de soutenir l&amp;#039;investissement d&amp;#039;adaptation des exploitations d&amp;#039;élevage pour faire face aux aléas sanitaires, climatiques ou de marché et d&amp;#039;accompagner ainsi la pérennisation des ateliers d&amp;#039;élevage du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, le dispositif vise à soutenir la réalisation d&amp;#039;investissements sur la période 2019-2020-2021 relevant  :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des capacités additionnelles de stockage de fourrage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;amélioration du bien-être des animaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la sécurisation sanitaire de l&amp;#039;élevage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les agriculteurs à titre principal (ou agriculteurs à titre secondaire exclusivement en zone de montagne) ayant une activité d&amp;#039;élevage mobilisant 25 UGB au minimum pour les élevages bovins.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements de développement agricole, d&amp;#039;enseignement agricole et de recherche qui détiennent une exploitation agricole.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il vise toutes les filières d&amp;#039;élevage sur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les investissements concourant à l&amp;#039;augmentation des capacités de stockage de fourrage et de coproduits issus de la valorisation des productions végétales et destinés à l&amp;#039;alimentation animale de l&amp;#039;exploitation. L&amp;#039;assiette éligible est composée des travaux de gros œuvre et de second œuvre nécessaires à la réalisation du projet par des entreprises spécialisées ou des matériaux de construction ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les investissements matériels liés à l&amp;#039;acquisition et à l&amp;#039;installation des équipements suivants : ventilation dynamique (ventilateurs et boîtiers de ventilation), brasseurs d&amp;#039;air, brumisation, aération en toiture, filets brise vent, isolation des bâtiments ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   en matière de sécurité sanitaire les investissements matériels liés à l&amp;#039;acquisition et à l&amp;#039;installation des équipements suivants : barrière et cornadis, cases de contention (y compris avec système de pesée), portes de tri et quai d&amp;#039;embarquement, bacs d&amp;#039;équarrissage réfrigérés, cloches à cadavres.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Pour la filière porcine, dans le cadre des mesures de prévention de la peste porcine africaine : clôture des bâtiments, systèmes de désinfection.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/investissements-dadaptation-des-elevages-secheresse/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Information COVID-19 : les services de la Région assurent la réception et le traitement de vos demandes.
+ &lt;br /&gt;
+ Vous pouvez transmettre vos questions et/ou demandes de subvention à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:carine.charlier&amp;#64;grandest.fr"&gt;
+  carine.charlier&amp;#64;grandest.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5aa1-investissements-dadaptation-des-elevages-sech/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>94965</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en marché les productions alimentaires agricoles</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en marché des productions alimentaires agricoles</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les exploitants agricoles individuels personnes physiques (agriculteur à titre principal) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les exploitants agricoles personnes morales dont l&amp;#039;objet est agricole (Société à objet agricole telles que GAEC, EARL, SARL, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sociétés dont le capital est détenu majoritairement par des exploitants agricoles à titre principal ou dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole au sens de l&amp;#039;article L. 311-1 du Code rural et de la pêche maritime ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures collectives (y compris les coopératives agricoles, les coopératives d&amp;#039;utilisation de matériel agricole (CUMA) dont 100% des parts sociales sont détenues par des agriculteurs ou qui sont composées exclusivement par des agriculteurs) dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures collectives portant un projet reconnu en qualité de GIEE dont la création est prévue dans le cadre de la loi d&amp;#039;avenir et exerçant une activité agricole au sens du L. 311-1 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les fondations, associations, établissements d&amp;#039;enseignement et de recherche agricoles mettant en valeur une exploitation agricole ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations et personnes morales issues du regroupement d&amp;#039;exploitants individuels, de sociétés, de coopératives agricoles, de tiers porteuses d&amp;#039;un projet collectif  dont l&amp;#039;objet est de gérer une unité de stockage, préparation, transformation, conditionnement ou de commercialisation de produits agricoles sous réserve qu&amp;#039;au moins 50 % du capital social de la structure soit détenu par l&amp;#039;ensemble des agriculteurs ou  groupement d&amp;#039;agriculteurs (personne physique ou morale, ou associé-exploitant).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>10/01/2018</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Le dispositif couvre les projets qui ne relèvent pas de la mise en œuvre d&amp;#039;un programme de développement rural régional. Lorsqu&amp;#039;un projet est éligible au titre du FEADER, le dossier sera traité en priorité sur les dispositifs mobilisant des fonds européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de marché ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements relatifs à la création ou à l&amp;#039;aménagement des locaux de transformation, des points de vente individuels ou collectifs de produits fermiers y compris l&amp;#039;amélioration des lieux de stockage pour les AMAP et les Drive Fermiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;h4&gt;
+ Phase d&amp;#039;émergence du projet
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de marchés préalables à la réalisation des opérations de création de locaux de transformation et de vente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Phase d&amp;#039;investissement
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de gros œuvres (murs, bardage, toiture, charpente...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les matériels et équipements liés à la préparation,à la transformation, et au conditionnement (table de découpe, trancheuse, cuve de fabrication, plaque de cuisson, four, hotte, autoclave, table et meuble, ensacheuse, conditionnement sous vide ou sous atmosphère..) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;aménagement intérieur de second œuvre (cloison, plafond, maçonnerie, climatisation, chauffage, ventilation, isolation, carrelage...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements et matériels frigorifiques et de stockage (vitrine froide, congélateur, armoire de stockage réfrigérée, caisson réfrigéré...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les matériels et équipements exclusivement liés à la commercialisation(vitrine froide , remorque réfrigérée, meuble étagère, présentoir, rehaussement meubles, plateau, caisse, balance, trancheuse, caisse enregistreuse ...);
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements et matériels sanitaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements de véhicule de marché (hors coût du véhicule), remorques de marché réfrigérées et équipements frigorifiques des véhicules utilitaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les distributeurs automatiques de produits fermiers;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les prestations de communication nécessaires à la promotion du projet uniquement à la conception ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais généraux liés aux projets (architecte ,maîtrise d&amp;#039;œuvre...) associés aux investissements matériels dans la limite de 10 % de l&amp;#039;assiette éligible considérée hors ce poste.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ La demande d&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers seront réceptionnés au fil de l&amp;#039;eau.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région. La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mise-marche-productions-alimentaires-agricoles/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0239/depot/simple</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Siège du conseil régional
+&lt;/p&gt;
+&lt;p&gt;
+ 1 place Adrien Zeller -
+ 67000 Strasbourg
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 15 68 67
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c3c7-mise-en-marche-des-productions-alimentaires-a/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>95075</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Rénover les logements sociaux</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de rénovation de logements non éligibles au FEDER, selon le Programme Opérationnel en vigueur sur le territoire où se situe l&amp;#039;opération. Les opérations éligibles sont ainsi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sur les territoires alsacien et champardennais : opérations pour lesquelles l&amp;#039;étiquette énergétique avant travaux est D ou encore moins économe
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur le territoire champardennais : opérations &amp;lt; 40 logements en habitat collectif et &amp;lt; à 10 en habitat individuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur le territoire alsacien : opérations &amp;lt; 50 logements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur les territoires alsaciens, lorrains et champardennais : opérations d&amp;#039;acquisition-amélioration, ou dès épuisement des crédits FEDER.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant forfaitaire : entre 2 500 et 4 500 €/logt rénové (voir détail en Annexe 3 du règlement), selon le bouquet de travaux réalisé.
+ &lt;strong&gt;
+  Bonus :
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  Matériaux biosourcés pour l&amp;#039;isolation :
+ &lt;/strong&gt;
+ outre l&amp;#039;amélioration de la performance énergétique des logements, le recours à des matériaux biosourcés pour l&amp;#039;isolation permet de réduire l&amp;#039;impact énergétique et climatique des projets de rénovation tout en privilégiant le recours à des ressources renouvelables assurant par ailleurs la continuité de migration de la vapeur d&amp;#039;eau.
+Le recours à des isolants biosourcés pour l&amp;#039;isolation des parois opaques verticales ouvre droit à une bonification de 500 € par logement.
+ &lt;strong&gt;
+  Création de logements locatifs-sociaux
+ &lt;/strong&gt;
+ : Les opérations d&amp;#039;acquisition-amélioration donnant lieu à la création de logements locatifs conventionnés bénéficient d&amp;#039;une bonification d&amp;#039;aide de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  2 000 € par logement créé sans changement de destination de tout ou partie concernée du bâtiment rénové.
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 000 € par logement créé par changement de destination de tout ou partie concernée du bâtiment rénové.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond
+ &lt;/strong&gt;
+ : 40 logements en habitat collectif et 10 logements en habitat individuel sur le territoire champardennais avant épuisement des crédits FEDER, 50 logements après. 50 logements sur les territoires alsacien et lorrain. Pour les opérations d&amp;#039;acquisition-amélioration, plafond de 50 logements quelque soit la localisation.
+Cette aide est cumulable avec d&amp;#039;autres dispositifs régionaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bailleurs sociaux, au sens de l&amp;#039;article R323-1 du CCH.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible des projets avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 64 96
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-logements-sociaux" rel="noopener" target="_blank"&gt;
+  Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aad-renovation-energetique-des-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>103293</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter le patrimoine bâti rural agricole</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Réhabilitation du patrimoine bâti rural agricole</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région poursuit son soutien à l&amp;#039;attractivité des exploitations agricoles franciliennes, et plus largement à la revitalisation des zones rurales et à la préservation du patrimoine rural, élément majeur de l&amp;#039;identité des campagnes franciliennes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ À la croisée des Pactes rural et agricole, la Région souhaite soutenir les agriculteurs franciliens qui réhabilitent leur patrimoine bâti pour loger des salariés agricoles, des apprentis ou des employés saisonniers, mais aussi plus largement des salariés du commerce ou de l&amp;#039;artisanat.
+&lt;/p&gt;
+&lt;p&gt;
+ Les investissements éligibles portent sur :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études pré-opérationnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études de faisabilité technico-économiques en lien avec les travaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise aux normes (environnementales et sanitaires),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de maçonnerie, électricité, plomberie, toiture, menuiserie, isolation, revêtement, installation d&amp;#039;un poêle à bois labellisé « Flamme Verte »
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelle est la nature de l&amp;#039;aide ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La Région intervient à hauteur de 70% du montant HT des études pré-opérationnelles (montant maximum subvention : 5.000€) et à hauteur de 40% du montant HT des investissements liés aux travaux de réhabilitation (montant maximum subvention 90.000€).
+ &lt;/p&gt;
+ &lt;p&gt;
+  Ce taux de 40% est majoré de 10% lors de l&amp;#039;utilisation de matériaux biosourcés.
+  &lt;br /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelles démarches ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour bénéficier de cette aide, vous devez déposer un dossier sur notre plateforme en ligne
+  &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+   mesdemarches.iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  . Vous y trouverez également le règlement d&amp;#039;intervention du dispositif ainsi que le contenu du dossier de candidature.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Agriculture et agroalimentaire
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprises agricoles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/Syef_4slB</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>Email :
+&lt;a href="mailto:caroline.baudry&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ caroline.baudry&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6311-rehabilitation-du-patrimoine-bati-rural-agric/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>127933</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Accorder jusqu'à 10.000€ aux TPE-PME franciliennes de moins de 20 salariés pour les aider à faire face à la crise énergétique</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Chèque efficacité énergétique</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région accorde jusqu&amp;#039;à 10.000€ aux TPE-PME franciliennes de moins de 20 salariés pour les aider à faire face à la crise énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec le
+ &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
+  Chèque numérique pour un commerce connecté
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ volet 1, en faveur des artisans et commerçants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>30/11/2022</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Sont éligibles les TPE-PME :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Sous forme de société ou d&amp;#039;entreprise individuelle, notamment les artisans et commerçants franciliens qui constituent la cible prioritaire,
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   De tout secteur d&amp;#039;activité*,
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec un effectif inférieur à 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Dont l&amp;#039;établissement est situé en Île-de-France et a été créé au moins 1 an avant la date de la demande,
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Inscrites au Registre du Commerce et/ou
+  &lt;/span&gt;
+  Registre National des Entreprises (RNE) pour les artisans
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * Hormis les codes NAF suivants : 49 à 53, 64 à 66, 84, 85.1 à 85.4, 86 à 88, 97 à 99.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est une subvention pouvant aller jusqu&amp;#039;à 10.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tout secteur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ (hors 10.71*)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Montant HT des dépenses éligibles
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Montant du Chèque
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 1.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 2.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   1.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 3.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   1.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 4.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   2.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 5.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   2.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 6.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   3.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 7.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   3.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 8.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   4.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 9.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   4.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 10.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   5.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 12.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   6.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 14.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   7.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 16.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   8.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 18.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   9.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 20.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   10.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *
+ &lt;/span&gt;
+ &lt;span&gt;
+  Le secteur de la boulangerie-pâtisserie (10.71) bénéficie d&amp;#039;une grille spécifique consultable dans la notice dédiée.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles les dépenses :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;investissement Hors Taxes listées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comptabilisées à l&amp;#039;actif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagées dans un délai max. de 1 an avant la date de la demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portant sur une période de 1 an maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui ont été RÉGLÉES (avec preuve du règlement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Chèque efficacité énergétique à destination des TPE-PME franciliennes vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Diminuer les consommations d&amp;#039;énergie (pompes à chaleur, luminaires LED, appareils      frigorifiques professionnels, radiateurs basse température, isolation de la      devanture...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Diminuer les consommations d&amp;#039;eau (mousseurs...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Améliorer la qualité de l&amp;#039;air intérieur (ventilation, purificateurs d&amp;#039;air, matériel      de filtration...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Développer les mobilités douces (vélos cargo, points de recharge...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Développer la consigne pour réemploi et la gestion des déchets (contenants consignés,      bacs de tri, broyeurs, composteurs...).
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les dépenses éligibles sont exclusivement les dépenses d&amp;#039;investissement détaillées dans
+&lt;strong&gt;
+ la notice téléchargeable ci-dessous.
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+Pour vous aider, n&amp;#039;hésitez pas également à consulter la fiche « Tableau explicatif des dépenses » ainsi que la FAQ dédiée.
+&lt;ol&gt;
+ &lt;li&gt;
+  Vous pouvez bénéficier d&amp;#039;un diagnostic gratuit de transition écologique et d&amp;#039;un accompagnement personnalisé auprès de la
+  &lt;a href="https://www.entreprises.cci-paris-idf.fr/web/pme/diagnostic-ecologique" rel="noopener" target="_blank"&gt;
+   CCI Paris Ile-de-France (commerces)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou de la
+  &lt;a href="https://www.cma-idf.fr/fr/appui-aux-entreprises/vers-une-demarche-de-developpement-durable/diagnostic-transition-ecologique.html" rel="noopener" target="_blank"&gt;
+   CMA Ile-de-France (artisans)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunissez les pièces nécessaires, une fois vos dépenses réalisées :
+  &lt;br /&gt;
+  Un extrait Kbis (ou RNE pou les artisans) de moins de 3 mois, Un RIB au nom de l&amp;#039;entreprise, Un justificatif comptable attestant de l&amp;#039;activité de l&amp;#039;entreprise*, Les factures acquittées des dépenses réalisées dans un délai max. d&amp;#039;1 an avant la date de la demande, telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte)**, Le formulaire DVS téléchargeable en ligne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déposez votre demande d&amp;#039;aide sur
+  &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+   mesdemarches.iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Après examen de votre demande, un avis de décision vous sera transmis dans un délai max. de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai max. de 2 mois.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *
+  &lt;strong&gt;
+   &lt;span&gt;
+    Au choix
+   &lt;/span&gt;
+  &lt;/strong&gt;
+  (année n, n-1) : attestation d&amp;#039;un expert-comptable :
+  &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2022/11/Attestation1_Entreprise_avec_expert_comptable.docx" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    modèle 1
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  (entreprises avec expert-comptable) ou
+  &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2022/11/Attestation2_Entreprise_recente.docx" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    modèle 2
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  (entreprise récente) ; liasse fiscale ; bilan simplifié (DGFiP N° 2033-A-SD) ; récépissé du dépôt d&amp;#039;un acompte provisionnel de TVA (formulaire 11744*10) pour les entreprises au régime réel simplifié de création récente ; attestation de CA de l&amp;#039;URSSAF pour les micro-entrepreneurs.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  **
+ &lt;/span&gt;
+ &lt;span&gt;
+  En cas d&amp;#039;achat d&amp;#039;appareils frigorifiques, de hottes ou de lave-linge, une preuve de remplacement d&amp;#039;un matériel existant sera demandée (attestation de reprise ou de dépôt à la déchetterie).
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/cheque-efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Aide ouverte à compter du 1er décembre 2022.
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est attribuée dans les limites du budget alloué au dispositif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour toute information générale sur l&amp;#039;aide :
+   &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr"&gt;
+    aides.economiques&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour toute question sur votre dossier :
+   &lt;a href="mailto:cheque-efficacite-energetique&amp;#64;cci-paris-idf.fr"&gt;
+    cheque-efficacite-energetique&amp;#64;cci-paris-idf.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec01-cheque-efficacite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>143290</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Evaluer et maîtriser les nuisances sonores</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Evaluer et maîtriser les nuisances sonores sur votre territoire
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La maîtrise des nuisances sonores contribue à améliorer l&amp;#039;attractivité du territoire et la qualité de vie. Bien identifier les sources d&amp;#039;expositions, évaluer leurs niveaux et leurs impacts sur les riverains sont des prérequis incontournables pour définir une politique efficace de lutte contre les nuisances sonores.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fort de ses compétences et de son expertise technique en acoustique, le Cerema vous accompagne de l&amp;#039;élaboration de votre stratégie à la mise en œuvre de solutions concrètes appliquées aux domaines de la voirie, des espaces publics, bâtiments et transports.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes un maître d&amp;#039;ouvrage public (dans les domaines voirie, bâtiments ou transports) et plus particulièrement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une collectivité (métropole, agglomération, EPCI, commune) en France métropolitaine ou DOM-TOM
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un gestionnaire de patrimoine public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil départemental
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vos besoins
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez connaître l&amp;#039;exposition au bruit de votre population ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous recherchez un soutien méthodologique pour lutter contre les nuisances sonores ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels outils et solutions concrets mettre en œuvre ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer l&amp;#039;impact des aménagements réalisés ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires expertes en réglementation, mesures, modélisation, chantier, réception, contrôle avec une expertise technique indépendante avérée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche multisectorielle (aménagement, mobilité, infrastructure) et systémique des nuisances environnementales (bruit, vibrations et qualité de l&amp;#039;air)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un maillage territorial pour un accompagnement de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité prospective et d&amp;#039;innovation par notre implication dans la réglementation et la normalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rédaction de guides méthodologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Études techniques de connaissance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de mesures et recueil de données issues d&amp;#039;infrastructures de transports, d&amp;#039;aménagements urbains et de chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation des Cartes de Bruit Stratégiques et des Plans de Prévention du Bruit dans l&amp;#039;Environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractérisation acoustique des revêtements de chaussées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractérisation acoustique des bâtiments
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Conseil pour élaborer et mettre en œuvre vos stratégies de lutte contre les nuisances sonores
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hiérarchisation des enjeux de nuisances sonores à l&amp;#039;échelle d&amp;#039;un territoire, un réseau, un itinéraire, un quartier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des impacts de projets de transports et d&amp;#039;aménagements urbains (mesures, modélisation, contrôle...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Expertise intégrée (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre maitrise de la réglementation et notre capacité à mobiliser d&amp;#039;autres partenaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Propositions de solutions de résorption du bruit de secteurs fortement exposés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle / réception d&amp;#039;ouvrages de protection contre le bruit
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;études de co-exposition
+  &lt;strong&gt;
+   (Air-Bruit-Vibrations) et de multi-expositions sonores
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Montage et pilotage de plans de formations
+ &lt;/strong&gt;
+ ou journées techniques au regard de vos besoins (élus, services techniques)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Communauté urbaine d&amp;#039;Arras
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pilotage du projet de recherche URBEOL (Implantation en milieu URBain d&amp;#039;EOLiennes : impacts environnementaux).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   SDIS Côtes d&amp;#039;Armor
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ AMO en acoustique sur un bâtiment du SDIS22 pour un réaménagement et amélioration de l&amp;#039;isolement acoustique par rapport au bruit de la RN12.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DREAL Provence-Alpes-Côte d&amp;#039;Azur
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ AMO en acoustique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Architecture
+Appui méthodologique
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluer-maitriser-nuisances-sonores</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b05-evaluer-et-maitriser-les-nuisances-sonores/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>162286</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises de la communauté CEDRE dans la mise en oeuvre de leurs actions, dans le cadre d’une politique d’investissement cohérente et durable</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CEDRE Investissement</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CEDRE Investissement vise à accompagner les entreprises de la communauté CEDRE dans la mise en oeuvre de leurs actions,&lt;/strong&gt; dans le cadre d’une politique d’investissement cohérente et durable.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les entreprises ayant bénéficié d’un accompagnement au titre de &lt;a&gt;CEDRE Premiers pas&lt;/a&gt; ou &lt;a&gt;CEDRE Ambition&lt;/a&gt; .&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Premiers pas : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises inscrites au&lt;a href="https://entreprendre.service-public.fr/vosdroits/F24023" target="_blank" title="Registre du commerce et des sociétés"&gt; Registre du commerce et des sociétés&lt;/a&gt;, au &lt;a href="https://api.gouv.fr/les-api/api_rnm" target="_blank" title="Répertoire national des métiers"&gt;Répertoire national des métiers&lt;/a&gt;, appartenant à l’&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="Economie Sociale et Solidaire"&gt;Economie Sociale et Solidaire&lt;/a&gt;  (ESS) et développant une activité marchande.&lt;/li&gt; 	&lt;li&gt;Réalisant un chiffre d’affaires inférieur ou égal à 5 millions d’euros (attesté par les derniers comptes disponibles).&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement se situe en Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Pour les entreprises CEDRE Ambition :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un effectif inférieur à 250 personnes et un chiffre d’affaires inférieur à 50 M€ ou un total bilan inférieur à 43 M€.&lt;/li&gt; 	&lt;li&gt;De plus de 2 ans d’existence ou présentant au moins un bilan.&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Porteuses d’un projet de développement créateur d’emplois et engagées dans une démarche de performance globale&lt;a href="https://www.economie.gouv.fr/entreprises/responsabilite-societale-entreprises-rse#" target="_blank" title="Responsabilité Sociétale des Entreprises"&gt; Responsabilité Sociétale des Entreprises&lt;/a&gt;  (RSE) ambitieuse, notamment sur le plan environnemental.&lt;/li&gt; 	&lt;li&gt;Éligibles au &lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis" target="_blank" title="Régime de minimis"&gt;régime de minimis &lt;/a&gt; (cumul d’aides publiques inférieur à 290 500 euros sur les 3 dernières années).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt; Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dépenses liées au déploiement, à la mise en oeuvre et à la continuité du plan d’actions défini lors des parcours.&lt;/li&gt; 	&lt;li&gt;Les dépenses portant sur des projets d’investissements liés à des dépenses. matérielles et/ou immatérielles prenant en compte les enjeux de la transition écologique et énergétique et de la décarbonation.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;A titre d&amp;#039;exemple (non exhaustif) :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements économes en ressources.&lt;/li&gt; 	&lt;li&gt;Equipements permettant un meilleur tri des déchets ou de l’incorporation de matières premières secondaires.&lt;/li&gt; 	&lt;li&gt; Equipements de vrac.&lt;/li&gt; 	&lt;li&gt;Equipements favorisant l&amp;#039;efficacité énergétique (machines moins énergivores, éclairage plus performant, isolation).&lt;/li&gt; 	&lt;li&gt; Récupérateurs d’eau.&lt;/li&gt; 	&lt;li&gt;Etudes préalables à des investissements.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le matériel d’occasion est éligible, s’il est au prix du marché de l’occasion et sur présentation d&amp;#039;une attestation d’achat accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Travaux de construction de bâtiments, extensions, voirie.&lt;/li&gt; 	&lt;li&gt;Travaux d’aménagement sauf ceux favorisant explicitement les économies d’énergie avec des précisions sur les économies attendues.&lt;/li&gt; 	&lt;li&gt; Climatisations.&lt;/li&gt; 	&lt;li&gt;Acquisition de terrains ou de bâtiments.&lt;/li&gt; 	&lt;li&gt;Equipements informatiques.&lt;/li&gt; 	&lt;li&gt;Acquisitions effectuées par crédit-bail.&lt;/li&gt; 	&lt;li&gt;Dépenses de R&amp;amp;D ou développement expérimental.&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement, y compris les dépenses de personnel ou d’abonnements pouvant être liées au projet d’investissement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les investissements portant sur l&amp;#039;installation de panneaux photovoltaïques, pompes à chaleur géothermiques et le solaire thermique collectif sont également exclus. Des dispositifs spécifiques sont mobilisables.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://entreprises.maregionsud.fr/financement/parcours-de-la-transition-ecologique-des-entreprises" target="_blank" title="ACCEDER AU PARCOURS DE LA TRANSITION ECOLOGIQUE DES ENTREPRISES"&gt;Acceder au parcours de la transition écologique des entreprises&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2024</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt; Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dépenses liées au déploiement, à la mise en oeuvre et à la continuité du plan d’actions défini lors des parcours.&lt;/li&gt; 	&lt;li&gt;Les dépenses portant sur des projets d’investissements liés à des dépenses. matérielles et/ou immatérielles prenant en compte les enjeux de la transition écologique et énergétique et de la décarbonation.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;A titre d&amp;#039;exemple (non exhaustif) :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements économes en ressources.&lt;/li&gt; 	&lt;li&gt;Equipements permettant un meilleur tri des déchets ou de l’incorporation de matières premières secondaires.&lt;/li&gt; 	&lt;li&gt; Equipements de vrac.&lt;/li&gt; 	&lt;li&gt;Equipements favorisant l&amp;#039;efficacité énergétique (machines moins énergivores, éclairage plus performant, isolation).&lt;/li&gt; 	&lt;li&gt; Récupérateurs d’eau.&lt;/li&gt; 	&lt;li&gt;Etudes préalables à des investissements.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le matériel d’occasion est éligible, s’il est au prix du marché de l’occasion et sur présentation d&amp;#039;une attestation d’achat accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Travaux de construction de bâtiments, extensions, voirie.&lt;/li&gt; 	&lt;li&gt;Travaux d’aménagement sauf ceux favorisant explicitement les économies d’énergie avec des précisions sur les économies attendues.&lt;/li&gt; 	&lt;li&gt; Climatisations.&lt;/li&gt; 	&lt;li&gt;Acquisition de terrains ou de bâtiments.&lt;/li&gt; 	&lt;li&gt;Equipements informatiques.&lt;/li&gt; 	&lt;li&gt;Acquisitions effectuées par crédit-bail.&lt;/li&gt; 	&lt;li&gt;Dépenses de R&amp;amp;D ou développement expérimental.&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement, y compris les dépenses de personnel ou d’abonnements pouvant être liées au projet d’investissement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les investissements portant sur l&amp;#039;installation de panneaux photovoltaïques, pompes à chaleur géothermiques et le solaire thermique collectif sont également exclus. Des dispositifs spécifiques sont mobilisables.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://entreprises.maregionsud.fr/financement/parcours-de-la-transition-ecologique-des-entreprises" target="_blank" title="ACCEDER AU PARCOURS DE LA TRANSITION ECOLOGIQUE DES ENTREPRISES"&gt;Acceder au parcours de la transition écologique des entreprises&lt;/a&gt;&lt;/p&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les dossiers de demande doivent être transmis de manière dématérialisée sur la plateforme régionale Subventions en ligne 3 mois avant le démarrage des acquisitions liées au projet.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Premiers pas &lt;/span&gt;: &lt;br /&gt; &lt;br /&gt; Préciser dans quelle mesure l’investissement est en lien avec le déploiement des actions mises en oeuvre lors de l&amp;#039;accompagnement avec l&amp;#039;accompagnateur-expert et mentionner dans l’objet de la demande l&amp;#039;intitulé Investissement CEDRE Premiers pas.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Ambition :&lt;/span&gt; &lt;br /&gt; &lt;br /&gt; Préciser dans quelle mesure l’investissement est en lien avec le plan d’actions ou contribue à la transition écologique ou à la responsabilité sociétale de l’entreprise et mentionner dans l’objet de la demande l&amp;#039;intitulé Investissement CEDRE Ambition.&lt;br /&gt; &lt;br /&gt; Une copie mail du dossier doit être envoyée impérativement en même temps à l&amp;#039;adresse &lt;a href="mailto:cedre&amp;#64;maregionsud.fr" title="CEDRE région sud"&gt;cedre&amp;#64;maregionsud.fr&lt;/a&gt;. &lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/cedre-investissement</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://sudconnect.maregionsud.fr/auth/realms/citoyen/protocol/openid-connect/auth?client_id=subventions-portail&amp;redirect_uri=https%3A%2F%2Fsubventionsenligne.maregionsud.fr%2F&amp;response_type=code&amp;scope=openid&amp;code_challenge=ASSx203hRRRcpTkgk7BMGTbY_TaIAW5</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cedre-investissement/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>154580</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter de bâtiments à usage d’habitats locatifs à vocation non touristique</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Habitat locatif (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 40</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation de bâtiments à usage d&amp;#039;habitats locatifs à vocation non touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Logements dans du patrimoine public
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Reconversion d&amp;#039;un patrimoine communal ou communautaire à des fins de création de logement locatif ou travaux liés à la rénovation et/ou réhabilitation de logements locatifs existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Construction de logements locatifs
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Construction de logements locatifs dans le cadre de la valorisation de friches existantes en cœur de bourg (à proximité des commerces et des services) ou de dents creuses (en urbanisme, il s&amp;#039;agit d&amp;#039;un espace non construit situé en cœur de bourg et entouré de parcelles bâties, sont donc exclues les zones en extension urbaine), déconstruction, remise en état du terrain et réhabilitation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Foyers de jeunes travailleurs (FJT)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les foyers de jeunes travailleurs sont des institutions à but non lucratif qui mettent à la disposition des jeunes de 16 à 30 ans (étudiants, apprentis, stagiaires ou en situation de précarité) qui vivent hors de leur famille un hébergement (chambre et/ou studio) comprenant un ensemble d&amp;#039;installations matérielles, une restauration, ainsi que des moyens qui permettent, directement ou indirectement, de favoriser leur insertion dans la vie sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils ont pour mission de favoriser la socialisation des jeunes par l&amp;#039;habitat et par différentes formes d&amp;#039;incitations et d&amp;#039;actions dans des domaines où se forge leur qualification sociale : vie quotidienne, mobilité, emploi, formation, loisirs, culture, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans cette phase de transition, il s&amp;#039;agit de rendre possible un parcours résidentiel en créant les conditions d&amp;#039;apprentissage de la vie sociale conduisant à l&amp;#039;autonomie et à la citoyenneté. Le passage en FJT doit donc, par définition, être conçu comme quelque chose de temporaire.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les seuls travaux préparatoires (démolition, dépollution...) sont éligibles avec engagement de la collectivité pour un projet d&amp;#039;habitat public dans un délai de 5 ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Respect de la réglementation en vigueur, en matière de performance énergétique et d&amp;#039;accessibilité ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Bouquet de deux types de travaux énergétiques obligatoire dont un poste de dépenses sur l&amp;#039;enveloppe du bâti (isolation, menuiseries...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les logements dans du patrimoine public : gain de 2 étiquettes énergétiques entre avant et après travaux pour les logements classés initialement F/G/E et gain de 1 étiquette énergétique pour les logements classés D ou moins ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les projets de construction neuve : uniquement dans des friches existantes en cœur de bourg (proximité des services) ou des dents creuses ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les FJT : production d&amp;#039;un projet socio-éducatif d&amp;#039;établissement en lien avec la réalisation d&amp;#039;un diagnostic local* intégrant une dimension inclusive (situation de handicap, mixité femmes-hommes...) et présence d&amp;#039;un local permettant d&amp;#039;accueillir des permanences de partenaires dans le domaine de l&amp;#039;insertion ;
+&lt;/p&gt;
+&lt;p&gt;
+ *Diagnostic local sur les besoins de logement des jeunes de 16 à 30 ans qu&amp;#039;ils soient en activité professionnelle, demandeurs d&amp;#039;emploi ou en formation (apprenti, alternance, étudiant...)
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les projets d&amp;#039;habitat inclusif : production du projet de vie sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/habitat-locatif-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.97.79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c27-habitat-locatif-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>154581</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter des gites publics individuels ou de groupe labéllisés Gîtes de France ou Clévacances</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Gîtes publics individuels et/ou de groupe labellisés (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 40</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation de gites publics individuels ou de groupe labéllisés Gîtes de France ou Clévacances.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gîte public individuel ou meublé de tourisme
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Bâtiment à usage exclusif du locataire, offerts en location dans leur totalité ou en partie, à une clientèle de passage qui y effectue un séjour caractérisé par une location à la journée, à la semaine ou au mois, et qui n&amp;#039;y élit pas domicile.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gîte de groupe (moins de 15 couchages)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Meublé de grande capacité (15 couchages minimum) réservé aux randonneurs ou aux groupes d&amp;#039;amis et aux familles qui souhaitent séjourner à la nuitée ou le temps d&amp;#039;un week-end ou de vacances. Il répond également aux groupes à la recherche d&amp;#039;une structure d&amp;#039;accueil pour effectuer un séminaire, des classes vertes, découvertes... ou encore un stage sportif.
+&lt;/p&gt;
+&lt;p&gt;
+ Le gîte de groupe doit être équipés, d&amp;#039;espaces de vie, de couchages en chambres ou en dortoirs avec une literie confortable, de sanitaires collectifs ou privatifs. L&amp;#039;environnement y est de qualité, et privilégie les espaces extérieurs, la tranquillité et le calme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gite de groupe de plus de 15 couchages considérés comme ERP
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Même définition que le gîte de groupe avec cependant des modalités de fonctionnement (veilleur de nuit...) et des normes sécuritaires spécifiques (porte coupe-feu, centrale incendie...) du fait d&amp;#039;un nombre de couchage au-delà de 15 le mettant dans la catégorie des établissements recevant du publics (ERP).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les projets de constructions nouvelles seront analysés au regard des besoins identifiés dans la stratégie touristique du territoire concerné.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Respect de la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur et association des services de Label Manche à la bonne définition du projet ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Bouquet de deux types de travaux énergétiques obligatoires dont un poste de dépenses sur l&amp;#039;enveloppe du bâti (isolation, menuiseries...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gain de 2 étiquettes énergétiques entre avant et après travaux pour les gîtes classés initialement F/G/E et gain de 1 étiquette énergétique pour les logements classés D ou moins.
+&lt;/p&gt;
+&lt;p&gt;
+ Condition spécifiques propres à la thématique
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;une étude prévisionnelle permettant d&amp;#039;évaluer la faisabilité économique du projet ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Obtention de la labélisation Gîtes de France avec un minimum de deux épis ou Clévacances avec deux clés, après travaux ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Participation obligatoire à la formation « nouveaux adhérents » en lien avec le ou les réseaux sollicités ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Adhésion au(x) label(s) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Accompagnement obligatoire à la commercialisation et la distribution du bien.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/gites-publics-individuels-et-ou-de-groupe-labellises-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.90.21  - 06 80 06 29 39
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7973-gites-publics-individuels-etou-de-groupe-labe/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>149129</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de rénovation d’une copropriété</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des copropriétés</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de rénovation d&amp;#039;une copropriété ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 10 000 € de prime de base et 2 500 € par logement :
+&lt;/p&gt;
+&lt;p&gt;
+ Une avance de trésorerie de 30% de l&amp;#039;aide dès le démarrage de votre projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>08/04/2022</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un syndicat de copropriétaires représenté par votre syndic de copropriété (professionnel ou bénévole) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Votre copropriété est composée d&amp;#039;au moins 75% de lots sont à usage d&amp;#039;habitation principale (parmi les lots à usage d&amp;#039;habitation, de commerce et de bureau) et au moins 1 lot d&amp;#039;habitation principale est détenu par un propriétaire occupant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ La rénovation énergétique de votre copropriété située en Région Grand Est pour laquelle vous respectez les conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Vous optimisez la performance thermique de l&amp;#039;enveloppe des bâtiments par la réalisation d&amp;#039;un bouquet de travaux conforme aux exigences du dispositif Climaxion ;
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;span&gt;
+  Vous améliorez le confort thermique du bâtiment en veillant à :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Remplacer les menuiseries extérieures des parties communes, si celles-ci sont en simple vitrage avant travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atteindre un niveau d&amp;#039;étanchéité à l&amp;#039;air de l&amp;#039;enveloppe et conforme au règlement du dispositif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un bon renouvellement d&amp;#039;air par la mise à niveau ou l&amp;#039;installation d&amp;#039;un système de ventilation mécanique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre à niveau le système de chauffage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des compteurs de suivi de consommation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prendre en compte les risques naturels ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous avez recours à une équipe de maîtrise d&amp;#039;œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets pour lesquels le caractère incitatif de l&amp;#039;aide régional peut être démontré sont éligibles au financement. Ainsi, tout projet pour lequel une commande ou une dépense ont été effectuées avant la demande d&amp;#039;aide sera considéré comme inéligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Font exception :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les dépenses relatives à des prestations intellectuelles du maitre d&amp;#039;œuvre. Ainsi des frais d&amp;#039;études engagés préalablement au dépôt du projet n&amp;#039;affectent pas le caractère incitatif de l&amp;#039;aide. Ces dépenses sont intégrées dans l&amp;#039;assiette des dépenses éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses relatives aux travaux de désamiantage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-coproprietes/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour identifier votre interlocuteur Climaxion en Maison de Région :
+&lt;/p&gt;
+&lt;p&gt;
+ rendez-vous sur la page Climaxion : www.climaxion.fr/contact
+&lt;/p&gt;
+&lt;p&gt;
+ OU
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez notre secrétariat :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Territoires des Maisons de la Région de : Saverne/Haguenau, Strasbourg, Sélestat, Mulhouse : Tel : 03 88 15 66 33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territoires des Maisons de la Région de : Thionville/Longwy, Metz, Nancy, Epinal : 03 87 33 61 40
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territoires des Maisons de la Région de : Charleville-Mézières/Verdun, Châlons-en-Champagne, Troyes/Chaumont, Saint-Dizier/Bar-le-Duc : 03 26 70 66 08
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6393-renovation-energetique-des-coproprietes/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>153400</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Transformer l'usage des bâtiments en habitations individuelles ou collectives privées</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Aide au changement d&amp;rsquo;usage de bâtiments en habitation</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconquête des bâtiments en « friche » constitue un levier d&amp;#039;action prépondérant pour répondre au triple enjeu de : créer des logements pour les manchois, se montrer plus sobre en matière de foncier et réduire les émissions de gaz à effet de serre des bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, et en complément des aides existantes en matière de rénovation, Planète Manche Rénovation &amp;#34;volet changement d&amp;#039;usage&amp;#34; est un dispositif d&amp;#039;aide pour des projets de transformation d&amp;#039;usage de bâtiments (anciens commerces, locaux techniques...) en habitations individuelles ou collectives privées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale s&amp;#039;adresse aux particuliers (personnes physiques) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Propriétaires occupants en vue de la réhabilitation d&amp;#039;un bâtiment en maison individuelle, utilisée en résidence principale, sans condition de ressources.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Propriétaires bailleurs pour la réhabilitation de bâtiments en maison individuelle ou en plusieurs logements (petit collectif). Dans ce cas, un conventionnement « sans travaux » avec l&amp;#039;ANAH est obligatoire, avec encadrement de loyer pendant six ans pour l&amp;#039;ensemble des logements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Maîtrise d&amp;#039;œuvre : aide de 50% du coût lié à la conception et au suivi des travaux avec un plafond de 2.500€.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux : aide de 25% des dépenses éligibles avec un plafond fixé à 10.000€ par projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide n&amp;#039;est soumise à aucun critère de revenu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide doit comporter :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le formulaire de demande d&amp;#039;aide signé.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le devis de maîtrise d&amp;#039;œuvre ou d&amp;#039;architecte incluant la conception et le suivi des travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les devis non signés des travaux prévus et détaillant chaque poste de travaux concernés par l&amp;#039;aide.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les certificats RGE des entreprises pour les travaux de mise en performance énergétique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un RIB.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La déclaration préalable de travaux ou le permis de construire avec photos des façades, élément graphique, projection, plans ou tout document permettant d&amp;#039;apprécier le projet de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Toutes les typologies de bâti sont éligibles : bâtiment tertiaire, bureaux, commerce, friche artisanale, garage, atelier, école, bâtiment agricole, grange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide s&amp;#039;applique à tout le territoire de la Manche, toutes zones confondues sous réserve d&amp;#039;obtention d&amp;#039;un permis de construire ou d&amp;#039;une déclaration préalable.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Tous les travaux de mise en performance énergétique doivent être réalisés par des professionnels certifiés Reconnu Garant de l&amp;#039;Environnement (RGE).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement des porteurs de projet par un maître d&amp;#039;œuvre ou un architecte dans le cadre d&amp;#039;un contrat avec suivi des travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide départementale est cumulable avec les dispositifs financiers existants en matière de changement d&amp;#039;usage mis en place par la Région Normandie. Elle n&amp;#039;est en revanche pas cumulable avec les aides de l&amp;#039;ANAH.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets doivent notamment mettre en œuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des murs, toitures, planchers bas, menuiseries extérieures), d&amp;#039;installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...) et les travaux induits.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Certains travaux à vocation d&amp;#039;amélioration architecturale ou de pérennisation du bâti sont également éligibles: enduits de finition extérieure, piquetage et rejointoiement des joints à la chaux naturelle sur les façades extérieures, travaux de couverture.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-au-changement-dusage-de-batiments-en-habitation/</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4826-aide-au-changement-drsquousage-de-batiments-e/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>153401</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Rénover les habitats particuliers</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation énergétique habitat particuliers</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancé au printemps 2015, « Planète Manche Rénovation » est un dispositif d&amp;#039;aide aux particuliers pour des projets de rénovation globale d&amp;#039;habitations individuelles de plus de 15 ans utilisées en résidence principale et situées sur le territoire de la Manche. Les projets visés concernent la rénovation globale des habitations dans un souci de performance énergétique et de respect de la qualité architecturale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent notamment mettre en œuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des murs, toitures, planchers bas, menuiseries extérieures), d&amp;#039;installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide départementale est réservée aux particuliers (personnes physiques) propriétaires occupants d&amp;#039;une habitation individuelle utilisée en résidence principale et située sur le territoire de la Manche.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide départementale s&amp;#039;adresse également aux SCI dites « familiales » (lien de parenté ou d&amp;#039;alliance), dont l&amp;#039;un au moins des membres occupe à titre de résidence principale la maison individuelle concernée par les travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les propriétaires bailleurs sont exclus du dispositif mais peuvent être accompagnés par l&amp;#039;ANAH.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  L&amp;#039;aide est calculée sur la base des devis, conformément à la grille d&amp;#039;aide présentée dans le règlement et sous condition de respect de critères techniques.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    L&amp;#039;aide maximale par dossier est de 10.000€ ; un bonus « maîtrise d&amp;#039;œuvre » de 1.500€ pouvant s&amp;#039;ajouter à ce plafond (en cas de suivi des travaux par un architecte ou un maître d&amp;#039;œuvre).
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;aide départementale peut être cumulée avec : MaPrimeRénov&amp;#039;, Chèques Eco-Energie Normandie et les Certificats d&amp;#039;économie d&amp;#039;énergie, sous réserve d&amp;#039;éligibilité. En revanche, elle n&amp;#039;est pas cumulable avec les aides MaPrimeRénov&amp;#039; Sérénité de l&amp;#039;ANAH.
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;aide n&amp;#039;est soumise à aucun critère de revenu.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Le dossier transmis par le(s) particulier(s) ou la SCI « familiale » doit comporter:
+   &lt;/li&gt;
+   &lt;li&gt;
+    Le formulaire de demande d&amp;#039;aide signé.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les devis non signés des travaux retenus et détaillant chaque poste de travaux concernés par l&amp;#039;aide.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Un RIB.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une photo de la façade.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les certificats RGE des entreprises pour les travaux de mise en performance énergétique.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une copie du document d&amp;#039;engagement signé concernant l&amp;#039;accompagnement de l&amp;#039;Espace Conseil France Rénov&amp;#039;.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent concerner à minima deux postes de travaux dont l&amp;#039;un doit concerner obligatoirement un poste d&amp;#039;isolation : isolation des murs (correcteurs thermiques inclus), isolation de la toiture ou isolation des planchers bas. Pour être considéré comme un poste de travaux, les travaux doivent concerner la totalité des travaux restant à réaliser dans une même nature de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tous les travaux doivent être réalisés par des professionnels (fourniture et pose). De plus, les travaux de mise en performance énergétique doivent être réalisés par des professionnels certifiés « Reconnu Garant de l&amp;#039;Environnement (RGE) » pour être pris en compte.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux concernant l&amp;#039;aménagement d&amp;#039;un bâtiment contigu à une maison individuelle existante (grange, garage, atelier, buanderie...) sont éligibles si la maison existante fait partie du projet de rénovation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aménagement des combles est éligible, en ce sens que ce type de travaux permet d&amp;#039;améliorer la performance thermique du bâti tout en créant de la surface habitable.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Attention, les devis ne doivent pas être signés et les travaux ne doivent pas être engagés avant la réception d&amp;#039;un accusé de réception du Département.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;aide du Département, les porteurs de projet doivent être accompagnés en amont par l&amp;#039;Espace Conseil France Rénov&amp;#039; et avoir signé le document d&amp;#039;engagement France Rénov&amp;#039;, celui-ci imposant la réalisation d&amp;#039;une évaluation thermique par l&amp;#039;Espace Conseil France Rénov&amp;#039; (gratuit) ou d&amp;#039;un audit énergétique par un auditeur privé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-a-la-renovation-energetique-habitat-particuliers/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f879-aide-a-la-renovation-energetique-habitat-part/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>72306</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'amélioration de l'accueil du public des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>40% des investissements éligibles HT avec un minimum de 5 000 € et un maximum de 30 000 € (soit une </t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif financier vise à favoriser la création, le maintien, la modernisation, la transmission de TPE de proximité, sédentaires, disposant d&amp;#039;un point de vente fixe appartenant au secteur du commerce, de l&amp;#039;artisanat ou des services, qui apportent un service à la population locale et dont la clientèle est principalement composée de consommateurs finaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles liées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à l&amp;#039;accessibilité (travaux et aménagement permettant une conformité avec la loi &amp;#34;handicap&amp;#34;,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux conditions d&amp;#039;accès et d&amp;#039;accueil : respect de la largeur des portes, vitrophanie sur portes vitrées, rampes d&amp;#039;accès, ressaut,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la circulation intérieure : mains courantes, systèmes podotactiles, contremarches,
+ &lt;/li&gt;
+ &lt;li&gt;
+  au sanitaire accès clients : largeur de porte, barres d&amp;#039;appui, signalisations, lavabo, poignées de tirage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux cabines d&amp;#039;essayage : respect des dimensions, équipements fixes ou mobiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux caisses de paiements : respect des dimensions, et qualité d&amp;#039;éclairage renforcée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la sécurisation du local commercial (installation alarme,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux portes blindées, vitres anti-effraction, systèmes d&amp;#039;alarme, rideaux métalliques, barreaux, vidéo-surveillance et serrures,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux travaux d&amp;#039;aménagement extérieur et intérieur, lié à l&amp;#039;espace de vente directe aux clients,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la miroiterie et à la menuiserie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux travaux de 2nd œuvre (mur, sols, plafonds, isolation thermique et acoustique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  à l&amp;#039;éclairage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la climatisation (hors chauffage).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide finance des aménagements valorisant l&amp;#039;environnement commercial local et les espaces d&amp;#039;accueil de la clientèle pour les commerçants-artisans existants ou en création ou en reprise, situés sur le territoire des Hauts-de-France :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;un point de vente fixe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant un CA &amp;lt; 2 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant un effectif &amp;lt; 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  inscrites au RCS, et au RM pour les artisans-commerçants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une surface de vente n&amp;#039;excédant pas 400 m2.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise doit être à jour de ses obligations fiscales et sociales et ne doit pas répondre à la définition d&amp;#039;entreprise en difficulté.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la création de commerces, l&amp;#039;avis consultatif des chambres consulaires est demandé afin d&amp;#039;évaluer la pertinence du projet au regard des enjeux de concurrence et d&amp;#039;aménagement économique du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas concernées par ce dispositif financier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions réglementées ou assimilées (professions libérales, pharmacies,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le commerce de gros.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/login-tiers.sub?cid=8973</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5cfe-soutenir-lamelioration-de-laccueil-du-public-/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>164929</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d'amélioration énergétique de mon bâtiment</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Mur Mur TPE PME</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes Métropole</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif Mur Mur a pour objectif d&amp;#039;&lt;strong&gt;améliorer la performance énergétique des bâtiments&lt;/strong&gt;, en accordant une aide financière sur critères d&amp;#039;éligibilité aux &lt;strong&gt;TPE/PME&lt;/strong&gt; de l&amp;#039;agglomération grenobloise.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont liées aux &lt;strong&gt;investissements suivants&lt;/strong&gt; :
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&lt;strong&gt;’amélioration thermique&lt;/strong&gt; de l’enveloppe des 
+bâtiments existants : isolation des murs, toitures et planchers, 
+menuiseries extérieures, portes sectionnelles…&lt;/li&gt;&lt;li&gt;L’&lt;strong&gt;amélioration des équipements techniques&lt;/strong&gt; : 
+chauffage et ventilation, éclairage, systèmes liés au process de 
+production et autres travaux d’économies d’énergie (régulation, gestion 
+technique…).
+&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;Les bénéficiaires : &lt;br /&gt;&lt;/h3&gt;&lt;p&gt;&lt;strong&gt;Ce fonds Mur Mur est destiné aux entreprises TPE et PME de 
+l&amp;#039;agglomération grenobloise, quels que soient leur statut et leur régime
+ fiscal et social, résidant fiscalement en France, n&amp;#039;appartenant pas à 
+une entreprise de taille intermédiaire (ETI) ou une grande entreprise, 
+et remplissant les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Employer moins de 250 salariés&lt;/strong&gt; et &lt;strong&gt;ne pas excéder un chiffre d&amp;#039;affaires annuel de 50 millions d&amp;#039;euros&lt;/strong&gt; (ou un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Occuper un bâtiment tertiaire ou industriel : &lt;/strong&gt;hors local commercial ou artisanal comprenant un espace de vente inférieur à 400m&lt;sup&gt;2&lt;/sup&gt;
+ relevant du dispositif d&amp;#039;aide à l&amp;#039;investissement des commerçants, 
+artisans, services avec vitrine, non sédentaires et hôteliers de la 
+métropole ; ou dont la surface de plancher du local productif est supérieur à la surface de plancher du local de vente.&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Être inscrite au registre du commerce et des sociétés&lt;/strong&gt; ou au répertoire des métiers, à l&amp;#039;URSSAF ou au greffe du tribunal du commerce,&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Motiver un projet&lt;/strong&gt; de développement économique, social et environnemental. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;éligibilité des entreprises est vérifiée,&lt;/strong&gt; en application de ces critères, sur la base d&amp;#039;un dossier de candidature&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;h3&gt;&lt;strong&gt;Le montant de la subvention :&lt;/strong&gt;&lt;/h3&gt;&lt;p&gt;La &lt;strong&gt;subvention de la Métropole est fixée à&lt;/strong&gt; :
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;30% du montant des travaux en € HT,&lt;/li&gt;&lt;li&gt;ou 50% du montant des travaux en € HT pour les travaux mettant en œuvre des matériaux biosourcés.&lt;/li&gt;&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;L&amp;#039;aide est &lt;strong&gt;conditionnée à un plancher de travaux éligibles de 5 000€ HT&lt;/strong&gt; et &lt;strong&gt;dans la limite du plafond de subvention suivant&lt;/strong&gt; :
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;30 000€ pour l&amp;#039;enveloppe bâti (isolation de parois donnant sur 
+l&amp;#039;extérieur, menuiseries extérieures...), augmentés de 10 000€ 
+uniquement pour le financement de travaux mettant en œuvre des matériaux
+ biosourcés,&lt;/li&gt;&lt;li&gt;10 000€ pour l&amp;#039;amélioration des équipements (systèmes CVC, éclairage, optimisation des systèmes énergétiques...).&lt;/li&gt;&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Soit un plafond total de subvention par entreprise de 50 000€.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;De manière générale, l&amp;#039;entreprise pourra &lt;strong&gt;cumuler l&amp;#039;aide avec d&amp;#039;autres aides publiques&lt;/strong&gt;
+ (CEE, crédit d&amp;#039;impôt pour la rénovation énergétique des locaux 
+tertiaires des TPE/PME...) dans le respect des règles de cumul de ces 
+dernières et des règles européennes.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide n&amp;#039;est cependant pas cumulable avec les aides à l&amp;#039;investissement du Fonds chaleur renouvelable de la Métropole.&lt;/p&gt;&lt;h3&gt;Comment déposer un dossier ?&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;&lt;strong&gt;Important : vous devez déposer votre demande Mur Mur avant de signer les devis et d&amp;#039;engager les travaux.&lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;&lt;strong&gt;Le dossier de candidature Mur Mur&lt;/strong&gt;&lt;/h4&gt;
+&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Dans un premier temps, votre éligibilité à la subvention Mur
+ Mur est vérifiée sur la base d’un dossier de candidature à retirer 
+auprès de l&amp;#039;Agence locale de l&amp;#039;énergie et du climat (ALEC)&lt;/strong&gt; de la grande région grenobloise : entreprises&amp;#64;alec-grenoble.org / 04 76 00 19 09.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Déposez le dossier et les pièces justificatives demandées auprès de l&amp;#039;ALEC&lt;/strong&gt; qui assure l’instruction et le lien avec les services de la Métropole.&lt;/li&gt;&lt;li&gt;
+&lt;p&gt;&lt;strong&gt;Le délai d’instruction est d’une semaine à 15 jours&lt;/strong&gt; sur la base d’un dossier complet.&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;h4&gt;Un diagnostic énergétique préalable obligatoire &lt;br /&gt;&lt;/h4&gt;
+&lt;ul&gt;&lt;li&gt;Une fois que vous avez reçu la notification d&amp;#039;éligibilité de votre candidature,&lt;strong&gt; vous devez réaliser un diagnostic énergétique &lt;/strong&gt;permettant de
+ hiérarchiser les travaux à conduire, de définir leur retour sur 
+investissement et d&amp;#039;estimer leur impact environnemental.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’aide Mur Mur est en effet conditionnée à la réalisation obligatoire de ce diagnostic &lt;/strong&gt;par la Métropole ou par l’Ademe (&lt;a href="https://www.bpifrance.fr/catalogue-offres/transition-ecologique-et-energetique/diag-eco-flux"&gt;Diag Eco-Flux &lt;/a&gt;ou Diag Perf&amp;#039;immo proposé par l’Ademe et BPI France). &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;h4&gt;Le dossier de demande de subvention Mur Mur&lt;/h4&gt;
+&lt;ul&gt;&lt;li&gt;
+&lt;p&gt;&lt;strong&gt;Une fois l’éligibilité de la 
+candidature validée et le diagnostic énergétique étudié, l’ALEC vous 
+accompagne dans la constitution de votre dossier de demande de 
+subvention Mur Mur&lt;/strong&gt;, notamment pour la réalisation des devis en conformité avec les exigences de performance du dispositif Mur Mur.&lt;/p&gt;
+&lt;/li&gt;&lt;li&gt;
+&lt;p&gt;&lt;strong&gt;Le délai d&amp;#039;instruction dépend de l’importance et de la complexité du projet&lt;/strong&gt; qui peut nécessiter plus ou moins de temps pour l’obtention de devis conformes aux exigences de performance du dispositif.&lt;/p&gt;
+&lt;/li&gt;&lt;li&gt;Vous recevrez enfin &lt;strong&gt;une proposition de convention de financement&lt;/strong&gt; de la Métropole. Une fois celle-ci signée, vous avez 2 ans pour terminer vos travaux.&lt;/li&gt;&lt;/ul&gt;
+&lt;h4&gt;Le versement des aides financières&lt;/h4&gt;
+&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La subvention est versée après la réalisation des travaux&lt;/strong&gt; sur la base de la transmission des factures acquittées.&lt;/li&gt;&lt;li&gt;Le délai global entre le dépôt du dossier de subvention et le 
+paiement de la subvention est donc très variable (entre 3 et 24 mois).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Travaux sur l&amp;#039;enveloppe du bâtiment&lt;/strong&gt; : isolation des murs extérieurs, sol et toiture, remplacement de menuiseries extérieures, porte sectionnelle, protections solaires...&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Travaux sur les équipements énergétiques&lt;/strong&gt; : systèmes CVC, éclairage, GTB&lt;/p&gt;&lt;p&gt;Exemples de réalisation : &lt;/p&gt;&lt;p&gt;31 000 euros d’aides pour rénover d’anciens locaux industriels&lt;br /&gt;&lt;em&gt;« Grâce au dispositif Mur Mur TPE et à l’accompagnement de la Métropole, la réhabilitation thermique de mon bâtiment des années 60 à Varces a&lt;br /&gt;été un véritable succès. Dès le début, j’ai été guidé pas à pas : diagnostic du bâtiment, collaboration avec mes bureaux d’études, et ajustement du&lt;br /&gt;cahier des charges pour répondre aux exigences du dispositif. Ces étapes ont permis de lancer des travaux prévus : isolation thermique par l’extérieur, rénovation de la toiture, éclairage LED, doublage des cloisons, installation d’une VMC double flux et d’une climatisation réversible. Ce projet a transformé mon bâtiment et j’ai pu obtenir 31 000 € de subventions à la fin des travaux. »&lt;/em&gt;&lt;br /&gt;&lt;em&gt;Sébastien Martin-Dhermont, chef d’entreprise, ERGTP, entreprise de BTP à Varces-Allières-et-Risset&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Chez Alma, société éditrice de logiciels, les importants travaux de réhabilitation énergétique de cette 
+Scop ont été financés à hauteur de 35 000 euros par le dispositif Mur 
+Mur TPE/PME de Grenoble Alpes Métropole.Le pilotage de la chaudière a 
+ainsi été modernisé, avec un thermostat programmable, permettant une 
+économie d’énergie de 35 %. Les fenêtres ont également été remplacées. 
+Dernière étape du chantier : la réfection du toit (isolation et 
+étanchéité) ainsi que la pose de panneaux photovoltaïques. &lt;/p&gt;&lt;p&gt;Comme 
+Alma et ERGTP, les entreprises du territoire sont des dizaines à avoir déjà 
+recouru au soutien de la Métropole pour leurs travaux de rénovation énergétique :&lt;/p&gt; &lt;ul&gt;&lt;li&gt;Janioud,
+ installateur de climatisation de tous formats basé à Fontaine, a pu 
+refaire sa toiture, changer ses menuiseries et isoler ses murs&lt;/li&gt;&lt;li&gt;Barbell Union, salle de sport du sud de Grenoble, a amélioré son confort d’été en installant des stores anti-chaleur&lt;/li&gt;&lt;li&gt;A
+ Saint-égrève, l’Esat Sainte-Agnès (établissement et service 
+d’accompagnement par le travail) a pu installer un refroidisseur 
+adabiatique et peindre sa toiture en blanc, solutions alternatives au 
+climatiseur…&lt;/li&gt;&lt;/ul&gt; &lt;p&gt;Depuis 2024, MurMur TPE/PME est ouvert aux 
+associations avec activité économique, déclarées d’utilité publique ou intervenant auprès de 
+personnes en situation de précarité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réhabilitation
+Artisanat
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux doivent respecter les niveaux de performance des Certificats d&amp;#039;Economie d&amp;#039;Energie&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes-Métropole</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grenoblealpesmetropole.fr/murmur-tpepme</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Agence locale de l&amp;#039;énergie et du climat (ALEC)&lt;/strong&gt; de la grande région grenobloise : &lt;/p&gt;&lt;p&gt;entreprises&amp;#64;alec-grenoble.org&lt;/p&gt;&lt;p&gt;04 76 00 19 09&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>energie.entreprises@grenoblealpesmetropole.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-travaux-damelioration-energetique-de-mon-batiment/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>103500</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir jusqu'à 1.500€ la transition écologique des artisans et commerçants franciliens</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Chèque vert pour la transition écologique</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La Région soutient jusqu&amp;#039;à 1.500€ la transition écologique des artisans et commerçants franciliens : diminution des consommations d&amp;#039;énergie et d&amp;#039;eau, amélioration de la qualité de l&amp;#039;air intérieur, développement de la consigne pour réemploi...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cette aide est cumulable avec le
+  &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
+   Chèque numérique pour un commerce connecté
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  volet 1, en faveur des artisans et commerçants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Découvrez l&amp;#039;ensemble des aides à destination des artisans et commerçants franciliens grâce à
+  &lt;a href="https://www.iledefrance.fr/sites/default/files/medias/2022/01/Les_aides_aux_artisans_commercants.pdf"&gt;
+   notre brochure
+  &lt;/a&gt;
+  téléchargeable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>04/10/2021</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerçants de proximité ou artisans*, sédentaires ou non, avec ou sans point de vente, y compris artisan d&amp;#039;art,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;établissement est situé en Île-de-France et a été créé 6 mois avant la date de la demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;entreprise a un effectif inférieur à 20 salariés, y compris les entreprises sans salarié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrits au Registre du Commerce et/ou Registre des Métiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;activité relève d&amp;#039;un code NAF 10 à 33, 43 à 47, 55 et 56, 7410Z, 7420Z, 79, 81, 9003A, 9312 et 9313, 95 et 96,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *L&amp;#039;artisan ou commerçant de proximité vend des produits ou services de manière quotidienne ou fréquente à des particuliers. Les entreprises qui vendent exclusivement sur Internet, de la filière numérique, des activités financières et immobilières, des organismes de formation, de conseil et des bureaux d&amp;#039;études ne sont pas éligibles.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;aide est une subvention pouvant aller jusqu&amp;#039;à 1.500€.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;investissement Hors Taxes listées,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comptabilisées à l&amp;#039;actif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagées à compter du 23 juillet 2021,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portant sur une période de 1 an maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui ont été RÉGLÉES (avec preuve du règlement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée dans les limites du budget alloué au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises multi-établissements peuvent demander une aide pour chaque établissement (une demande par n° de SIRET, soit la création d&amp;#039;un compte avec un mail distinct sur la plateforme). Un établissement ne peut être bénéficiaire qu&amp;#039;une seule fois de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;br /&gt;
+Le Chèque vert à destination des artisans et commerçants franciliens vise à :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la consigne pour réemploi (contenants consignés,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser le tri et la gestion des déchets (bacs de tri, broyeurs, composteurs, outils d&amp;#039;entretien,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les consommations d&amp;#039;énergie et d&amp;#039;eau (isolation de la devanture, radiateur basse température, pompe à chaleur, robinet thermostatique, luminaires, installation frigorifique,  ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur (ventilation, purificateur d&amp;#039;air, matériel de filtration...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les mobilités douces (points de recharge, abri à toit pour vélo, vélo
+  &lt;strong&gt;
+   cargo
+  &lt;/strong&gt;
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont exclusivement
+ &lt;strong&gt;
+  les dépenses d&amp;#039;investissement détaillées dans la notice téléchargeable ci-dessous.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour vous aider, n&amp;#039;hésitez pas également à consulter la fiche « Tableau explicatif des dépenses » ainsi que la FAQ dédiée.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 1. Vous pouvez bénéficier d&amp;#039;un diagnostic gratuit de transition écologique et d&amp;#039;un accompagnement personnalisé auprès de la
+ &lt;a href="https://www.entreprises.cci-paris-idf.fr/web/pme/diagnostic-ecologique" rel="noopener" target="_blank"&gt;
+  CCI Paris Ile-de-France (commerces)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ou de la
+ &lt;a href="https://www.cma-idf.fr/fr/appui-aux-entreprises/vers-une-demarche-de-developpement-durable/diagnostic-transition-ecologique.html" rel="noopener" target="_blank"&gt;
+  CMA Ile-de-France (artisans)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Réunissez les pièces nécessaires, une fois vos dépenses réalisées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un extrait Kbis ou D1 de moins de 3 mois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB au nom de l&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un justificatif comptable attestant de l&amp;#039;activité de l&amp;#039;entreprise*,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les factures acquittées des dépenses réalisées à compter du 23/07/2021 telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le formulaire DVS téléchargeable en ligne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Déposez votre demande d&amp;#039;aide sur
+ &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ à compter du 5 octobre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai de 2 mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/cheque-vert-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide ouverte à compter du 5 octobre 2021.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute information générale sur l&amp;#039;aide :
+ &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aides.economiques&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Pour toute question sur votre dossier :
+ &lt;a href="mailto:chequevert&amp;#64;cci-paris-idf.fr" rel="noopener" target="_blank"&gt;
+  chequevert&amp;#64;cci-paris-idf.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/497a-cheque-vert-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>163580</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les commerces et services du quotidien présents dans les centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes La Rochefoucauld Porte du Périgord</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;activité économique des centres-bourgs des communes appartenant au territoire La Rochefoucauld Porte du Périgord ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers destinés au maintien d’un ou plusieurs derniers commerces de proximité de première nécessité non concurrentiels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets de centre-bourg situés : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans les périmètres ORT (Opération de Revitalisation de Territoire) pour les communes de La Rochefoucauld-en-Angoumois et Montbron ;&lt;/li&gt;&lt;li&gt;Selon la cartographie des centres-bourgs pour les autres communes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité des projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accueillir des entreprises artisanales, commerciales ou de service ;&lt;/li&gt;&lt;li&gt;Produire et commercialiser des biens ou des services sur le zonage défini ;&lt;/li&gt;&lt;li&gt;Investissements participant à la transition écologique : consommation énergétique du bâtiment, développement des énergies renouvelables, optimisation de la gestion des déchets, valorisation de l’économie circulaire, préservation de la ressource en eau…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Obligations légales et administratives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les projets de travaux et d’aménagement, fournir l’autorisation de travaux ou le permis de construire ;&lt;/li&gt;&lt;li&gt;Adhérer aux services du Conseiller Énergie Partagée (CEP) de la Communauté de Communes et réaliser un audit énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité temporelle des dépenses :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses présentées doivent respecter la règlementation européenne et nationale des aides d’Etat&lt;/li&gt;&lt;li&gt;Tout commencement d’exécution avant le dépôt de la demande d’aide est susceptible de rendre tout ou partie du projet inéligible ;&lt;/li&gt;&lt;li&gt;Aucun dossier ne peut être déposé après l’achèvement matériel de l’opération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Un seul dossier de demande d’aide peut être déposé par commune tous les deux ans.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>CC La Rochefoucauld porte du Périgord</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.rochefoucauld-perigord.fr/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service développement économique de la Communauté de Communes&lt;/p&gt;&lt;p&gt;07 62 66 69 46 / &lt;a target="_self"&gt;economie&amp;#64;rochefoucauld-perigord.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>economie@rochefoucauld-perigord.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daide-aux-commerces-et-services-du-quotidien-presents-dans-les-centres-bourgs/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>163727</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>La rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent dispositif vise à soutenir les opérations de rénovation énergétique des logements sociaux communaux, de bâtiments à usage de logements communaux et d&amp;#039;activité tertiaire et de petits collectifs de logements sociaux (2 à 20 logements) existant&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Favoriser l’attractivité des territoires ruraux &lt;/p&gt;&lt;p&gt;Participer à la revitalisation des centres bourgs et au renouvellement urbain&lt;/p&gt;&lt;p&gt;Engager le parc social dans la transition énergétique et climatique pour maintenir une offre de logements sociaux confortables, économes en énergie et bas carbone (objectif du Sraddet et du PREE Nouvelle-Aquitaine : rénover énergétiquement 5000 à 7000 logements sociaux par an)&lt;/p&gt;&lt;p&gt;Développer l’offre de logement et lutter contre la précarité énergétique des ménages&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt si Cep après travaux inférieur à 150 kWhep/m2.an&lt;/p&gt;&lt;p&gt;jusqu’à 60% des dépenses éligibles plafonnées à 9 000 € / logt si Cep après travaux inférieur à 80 kWhep/m2.an&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergique de bâtiments à usage de logements sociaux communaux et d&amp;#039;activité tertiaire (activité marchande) &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 50% de l’assiette éligible HT&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 4 000 €&lt;/p&gt;&lt;p&gt;Opération de rénovation énergétique de petits collectifs de logemets sociaux(dans la limite de 3 projets par an) &lt;/p&gt;&lt;p&gt;Assistance à maîtrise d’ouvrage pour les démarches faisant l’objet d’une certification environnementale (BBC Effinergie, NF Habitat HQE…) ou intégrant une démarche BDNA : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt &lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Economie locale et circuits courts
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Opérateurs (bailleurs…) agissant pour le compte d’une commune ou d’un EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organismes de logement social publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structures associatives et entreprises privées bénéficiant d’un agrément de l’Etat au titre du logement social&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Territoires cibles&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Territoires qualifiés de ruraux au sens de l’INSEE, porteurs d’un projet habitat : bourg ruraux, habitat dispersé, habitat très dispersé (information sur la grille communale de densité en niveaux sur le site https://observatoire-des-territoires.gouv.fr/outils/cartographie-interactive)&lt;/p&gt;&lt;p&gt;Les territoires situés en dehors des communautés d’agglomération sont prioritaires dans la programmation. &lt;/p&gt;&lt;p&gt;Projets cibles &lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants : &lt;/p&gt;&lt;p&gt;2 logements minimum&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de bâtiments à usage de logements communaux et d’activité tertiaire :&lt;/p&gt;&lt;p&gt;surface de plancher fiscale du bâtiment à usage tertiaire inférieure ou égale à 50% de la surface totale de plancher fiscale du bâtiment&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de petits collectifs de logements sociaux (dans la limite de 3 projets par an)&lt;/p&gt;&lt;p&gt;Petits collectifs de logements sociaux de 2 à 20 logements&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 80 kWhep/m2.an &lt;/p&gt;&lt;p&gt;Critères communs à ces 3 types d&amp;#039;opérations&lt;/p&gt;&lt;p&gt;Dans tous les cas diminution des émissions de GES, opération utilisant le fioul après travaux inéligible&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Prise en compte du confort d’été et de la ventilation/qualité de l’air&lt;/p&gt;&lt;p&gt;Travaux réalisés par des professionnels titulaires du label RGE (Reconnu garant de l’environnement) ou justifiant de leur engagement dans cette démarche&lt;/p&gt;&lt;p&gt;Mise en œuvre de toute action permettant de sensibiliser/former aux éco-gestes les occupants&lt;/p&gt;&lt;p&gt;Critères de priorité&lt;/p&gt;&lt;p&gt;La priorité sera donnée aux :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations qui s’inscrivent dans la contractualisation régionale avec les territoires et qui participent à la stratégie régionale de revitalisation des centres bourgs, d’OPAH-RU, etc.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations s’inscrivant dans une stratégie territoriale portée, par exemple, par un EPCI.&lt;/p&gt;&lt;p&gt;Nota bene : &lt;/p&gt;&lt;p&gt;Cette aide, qui porte sur le parc existant, est à distinguer de l&amp;#039;aide &amp;#34;Logement social en ruralité&amp;#34;, décrite par ailleurs dans le guide des aides et qui s&amp;#039;applique à des opérations portant création d&amp;#039;une offre nouvelle de logements sociaux, en recyclage immobilier.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/la-renovation-energetique-des-logements-sociaux</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Votre contact : energie&amp;#64;nouvelle-aquitaine.fr            &lt;/p&gt;&lt;p&gt;à l&amp;#039;attention de Vanessa BINAU                                         &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/la-renovation-energetique-des-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>161703</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de reconversion de friches par le financement d’études et de travaux de dépollution, dans le respect de la méthodologie nationale de gestion des sites et sols</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux de dépollution d'une friche - Fonds vert</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La reconquête des friches est essentielle pour concilier aménagement des villes et des territoires et trajectoire de Zéro Artificialisation Nette (ZAN). Elle nécessite un besoin de connaissance et d’anticipation à toute les échelles du projet. Pour cela, l’ADEME accompagne les acteurs publics et privés dans les démarches territoriales et dans la conduite de projet de reconversion de friches polluées, ou à risque de pollution, grâce à deux dispositifs financiers :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études pour l’intégration des friches dans les démarches territoriales&lt;/li&gt;&lt;li&gt;Études et travaux de dépollution d’une friche - Fonds vert&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;Études pour l&amp;#039;&lt;strong&gt;intégration des friches dans les démarches territoriales&lt;/strong&gt;&lt;br /&gt;Pour &lt;strong&gt;anticiper la prise en compte des risques de pollution&lt;/strong&gt;, l’ADEME soutient des études pour&lt;strong&gt; inventorier&lt;/strong&gt; les friches, &lt;strong&gt;identifier le risque&lt;/strong&gt; de pollution, &lt;strong&gt;déterminer les potentiels de mutabilité&lt;/strong&gt; et &lt;strong&gt;planifier les reconversions&lt;/strong&gt; à l’échelle du territoire.&lt;/li&gt;&lt;li&gt;Études et travaux de &lt;strong&gt;dépollution d’une friche - Fonds vert&lt;/strong&gt;&lt;br /&gt;Le processus de reconversion d’une friche implique un préalable fondamental de connaissance de l’état de pollution, afin de &lt;strong&gt;définir des stratégies de gestion de la pollution adaptées&lt;/strong&gt; à l’usage et au projet prévu, conformément à la méthodologie nationale de gestion des sites et sols pollués. L’ADEME soutient la réalisation de ces études, qui font l’objet de prestations codifiées par la norme NF X 31-620, et d’un référentiel de certifications des bureaux d’études (LNE SSP). Pour vous aider dans la définition de votre besoin d’études et la commande des prestations associées, l’ADEME vous propose des recommandations, que vous retrouverez dans un document téléchargeable à la rubrique « Aide aux études - Cahier des charges ».&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME soutient également la &lt;strong&gt;mise en œuvre des mesures de gestion&lt;/strong&gt; (dépollution, mise en place de dispositions constructives, etc.) retenues à l’issue des phases d’étude décrites ci-dessus. Ce soutien s’inscrit dans le cadre du fonds vert et &lt;strong&gt;concerne uniquement les friches issues d’anciens site ICPE&lt;/strong&gt; (Installations classées pour la protection de l&amp;#039;environnement) &lt;strong&gt;ou relevant du Code minier&lt;/strong&gt;. Selon les besoins opérationnels, les &lt;strong&gt;travaux de déconstruction et désamiantage&lt;/strong&gt; de bâtiments, et de &lt;strong&gt;restauration écologique des sols&lt;/strong&gt; peuvent également être soutenus.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-travaux-depollution-dune-friche-fonds-vert</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-de-depollution-dune-friche-fonds-vert/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>32412</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseils et de solutions pour accompagner vos administrés dans la maîtrise des consommations d'énergie, les énergies renouvelables et les aides financières existantes</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn
+Conseil régional d'Occitanie
+Commission européenne
+Ademe — Direction régionale — Occitanie</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Espace Info Energie du Tarn</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Espaces Info Énergie sont des services d&amp;#039;utilité publique de conseil à la rénovation créé par l&amp;#039;Ademe.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CAUE du Tarn porte un Espace INFO-ÉNERGIE. Indépendant financièrement, il offre à vos administrés un conseil de proximité gratuit et neutre et un accompagnement personnalisé pour mener à bien leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ La mission première des conseillers INFO-ÉNERGIE est de proposer aux particuliers conseils et solutions concrètes pour :
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mieux maîtriser ses consommations d&amp;#039;énergie : isolation, chauffage, ventilation, matériaux, équipements et appareils électriques, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;orienter vers les énergies renouvelables : solaire, géothermie, bois, éolien ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  se renseigner sur les aides financières existantes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les accompagner dans leurs démarches et projets, apporter des réponses concrètes aux questions posées, l&amp;#039;EIE réalise régulièrement des ressources téléchargeables :
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des fiches pratiques sur une thématique relative à l&amp;#039;habitat ou liée à une problématique réglementaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des fiches réalisations offrant un référentiel de maisons d&amp;#039;architectes en Occitanie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des dossiers thématiques pour répondre à vos premières interrogations et aux questions les plus fréquentes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+Les informations et/ou conseils sont indicatifs, non exhaustifs et fournis à partir des seuls éléments présentés ou demandés par le public. Le choix et la mise en œuvre des solutions découlant des informations et/ou des conseils présentés par un conseiller relèvent de la seule responsabilité du public.
+Les conseillers info énergie ne sont liés à aucun fournisseur d&amp;#039;énergie ou artisan ou professionnel
+Ils ne se déplacent pas chez les particuliers et ne peuvent pas réaliser d&amp;#039;audits énergétiques, études thermiques, DPE, ...
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les questions les plus récurrentes pour lesquelles les conseillers en maîtrise de l&amp;#039;énergie peuvent accompagner les administrés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  comment isoler mon logement de façon efficace ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  quel est le meilleur système de chauffage pour mes besoins en chaleur ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  comment financer mon projet ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  quelles sont les différentes aides dont je peux bénéficier ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tous les conseils sont délivrés gratuitement et de façon indépendante !
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>http://www.caue81.fr</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tel : 06 63 60 16 80
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : infoenergie&amp;#64;tarn.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>f.ollivier@caue81.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bfcc-aide-a-la-decision-pour-les-projets-damenagem/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>71375</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseil en énergie partagé</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes Sauer-Pechelbronn</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La communauté de communes Sauer-Pechelbronn porte le poste d&amp;#039;un ingénieur énergie qui accompagne les communes et autres collectivités dans leurs démarche d&amp;#039;économies d&amp;#039;énergie et de développement des énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Il intervient sur les territoires de deux communautés de communes : Sauer-Pechelbronn et Pays de Wissembourg.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  suivi des factures de fluides
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement de chaudières
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation des bâtiments publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation de panneaux solaires
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>CC Sauer-Pechelbronn (EPCI), CC du Pays de Wissembourg</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Monsieur Rémi LOUVENCOURT
+&lt;/p&gt;
+&lt;p&gt;
+ Communauté de communes Sauer-Pechelbronn,
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue de l&amp;#039;Obermatt - 67360 DURRENBACH
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 90 77 85  /  06 26 85 35 00
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ remi.louvencourt&amp;#64;sauer-pechelbronn.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>till.harres@sauer-pechelbronn.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0a1-conseil-en-energie-partage-pour-les-collectiv/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>116418</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'amélioration énergétique - Eco-PTZ</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Eco-Prêt à Taux Zero</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Banque BCP
+Banque Chalus
+Banque Populaire
+BNP Paribas Real Estate
+Caisse d'Epargne
+CIC
+Crédit Agricole
+Crédit du Nord
+Crédit Mutuel
+Domofinance
+La Banque Postale
+LCL
+Natixis
+Société Générale
+Société Marseillaise de Crédit</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;éco-prêt permet de financer les travaux d&amp;#039;économie d&amp;#039;énergie et les éventuels frais induits par ces travaux afin de rendre le logement plus économe en énergie, plus confortable et moins émetteur de gaz à effet de serre.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;éco-prêt à taux zéro « individuel », vous devez :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit mettre en œuvre une ou plusieurs actions de rénovation énergétique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit atteindre une performance énergétique globale minimale pour le logement, en limitant la consommation d&amp;#039;énergie pour le chauffage, l&amp;#039;eau chaude sanitaire, le refroidissement, l&amp;#039;éclairage et les auxiliaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit réhabiliter un système d&amp;#039;assainissement non collectif par un dispositif ne consommant pas d&amp;#039;énergie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit réaliser des travaux ayant donné lieu au bénéfice des aides du programme Habiter Mieux de l&amp;#039;Anah.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Réseaux de chaleur
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux doivent impérativement être réalisés par un artisan ou une entreprise du bâtiment détenant un signe de qualité RGE, Reconnu Garant de l&amp;#039;Environnement, en application du principe d&amp;#039;éco-conditionnalité des aides.
+&lt;/p&gt;
+&lt;p&gt;
+ Après avoir identifié les travaux à réaliser ainsi que l&amp;#039;entreprise ou l&amp;#039;artisan qui en sera chargé, vous devez vous adresser à l&amp;#039;une des banques partenaires muni du formulaire type « devis », accompagné des devis relatifs à l&amp;#039;opération retenue.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre dossier sera alors examiné par la banque qui décidera, comme pour toute demande de prêt, de vous prêter la somme demandée en fonction de votre endettement préalable et de votre capacité à rembourser.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En métropole:
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux, qui doivent être réalisés par des professionnels qualifiés « Reconnus garants de l&amp;#039;environnement » (RGE), peuvent être notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique de la toiture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique des murs donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique des fenêtres, à la condition que les matériaux utilisés viennent en remplacement de parois en simple vitrage, et portes donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation des planchers bas,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation ou remplacement d&amp;#039;un chauffage ou d&amp;#039;une production d&amp;#039;eau chaude sanitaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation d&amp;#039;un chauffage utilisant une source d&amp;#039;énergie renouvelable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation d&amp;#039;une production d&amp;#039;eau chaude sanitaire utilisant une source d&amp;#039;énergie renouvelable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En  Outre-mer:
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux, réalisés par des professionnels, doivent être choisis parmi les catégories suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  protection des toitures contre les rayonnements solaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  protection des murs donnant sur l&amp;#039;extérieur contre les rayonnements solaires, sur au moins la moitié de la surface totale de ces murs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation thermique performante d&amp;#039;au moins la moitié des parois vitrées ou travaux de protection des baies donnant sur l&amp;#039;extérieur contre les rayonnements solaires, sur au moins la moitié des baies et à la condition que les matériaux utilisés viennent en remplacement de parois en simple vitrage, le cas échéant associés à l&amp;#039;installation de brasseurs d&amp;#039;air fixes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  systèmes de chauffage, le cas échéant associés à des systèmes de ventilation économiques et performants, ou de production d&amp;#039;eau chaude sanitaire performants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation d&amp;#039;équipements de chauffage utilisant une source d&amp;#039;énergie renouvelable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation d&amp;#039;équipements de production d&amp;#039;eau chaude sanitaire utilisant une source d&amp;#039;énergie renouvelable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation des planchers bas
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/eco-pret-taux-zero-eco-ptz</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseillers spécialisés en travaux de rénovation de l&amp;#039;habitat (France Rénov&amp;#039;)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Permet de se faire accompagner gratuitement dans ses travaux de rénovation par des conseillers spécialisés
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Par téléphone
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 0 808 800 700
+&lt;/p&gt;
+&lt;p&gt;
+ Ouvert du lundi au vendredi de 9h à 18h. Vous devez avoir votre dernier avis d&amp;#039;imposition.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service gratuit &amp;#43; coût d&amp;#039;un appel
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0040-realiser-des-travaux-damelioration-energetiqu/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>130992</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Service d'Assistance à la Gestion Energétique</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>SAGE</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes ou les groupements de communes membres du SIEL-Territoire d&amp;#039;énergie Loire peuvent adhérer à la compétence optionnelle « Service d&amp;#039;Assistance à la Gestion Énergétique» (SAGE).
+&lt;/p&gt;
+&lt;p&gt;
+ Des techniciens spécialisés dans l&amp;#039;énergie sont mutualisés pour les communes et intercommunalités de la Loire. Ils agissent dans l&amp;#039;intérêt des collectivités et sont les interlocuteurs privilégiés des élus et des agents locaux. Pour la plupart des communes, il n&amp;#039;est souvent pas possible de disposer d&amp;#039;un agent permanent pour le suivi énergétique de leur patrimoine. Et pourtant, il y a des choses à faire, tant dans l&amp;#039;ancien que pour les projets à venir. Le technicien SAGE est présent sur votre collectivité chaque fois qu&amp;#039;il est nécessaire et à votre demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Il connaît votre patrimoine et vous apporte des préconisations pour une amélioration soit de l&amp;#039;isolation des bâtiments, soit des systèmes techniques, chauffage et ventilation. Cette initiative du SIEL-Territoire d&amp;#039;énergie Loire est un atout pour les communes rurales, permettant de réduire leurs dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agents du SAGE sont des spécialistes de la thermique du bâtiment, de la maîtrise de l&amp;#039;énergie et accompagnent le développement des énergies renouvelables. Voici leurs missions :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FAIRE L&amp;#039;ANALYSE ENERGETIQUE DES BATIMENTS PUBLICS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque année, l&amp;#039;agent du SAGE se rend plusieurs fois sur site et échange avec la commune afin d&amp;#039;analyser ses consommations et de suivre un ou plusieurs bâtiment(s).
+&lt;/p&gt;
+&lt;p&gt;
+ Ce travail d&amp;#039;analyse est rendu aux élus l&amp;#039;année suivante sous forme d&amp;#039;un rapport complet ainsi que d&amp;#039;une synthèse pratique portant sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les consommations et dépenses de l&amp;#039;année écoulée et des années précédentes, pour les bâtiments (inter)communaux et pour l&amp;#039;éclairage public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les actions menées lors de l&amp;#039;année écoulée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les préconisations d&amp;#039;amélioration pour l&amp;#039;année en cours.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;analyse annuelle des factures d&amp;#039;énergies effectuée par le SAGE permet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de déceler d&amp;#039;éventuelles erreurs de calculs de la part des fournisseurs d&amp;#039;énergies et de demander un remboursement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  de connaître les consommations d&amp;#039;énergies réelles du patrimoine de la collectivité, d&amp;#039;identifier les dérives et de suivre les évolutions suite aux travaux réalisés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;ajuster les tarifs, les abonnements, les puissances souscrites : cette seule analyse des factures permet dans certains cas de compenser la contribution de la commune au SAGE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DONNER DES PISTES D&amp;#039;ACTIONS POUR REDUIRE SES DEPENSES D&amp;#039;ENERGIE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Suite aux étapes d&amp;#039;analyse, votre interlocuteur au SAGE vous propose des pistes d&amp;#039;actions pour réduire vos dépenses d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, le SAGE est en mesure d&amp;#039;accompagner la rédaction d&amp;#039;un cahier des charges (type de chaudière, isolation...) et de suivre l&amp;#039;ensemble des étapes du projet comme le ferait un technicien au sein de la collectivité concernée (chantier, réception, exploitation...). Les collectivités adhérentes au SAGE peuvent souscrire à une ou plusieurs options selon leurs besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAINTENANCE TELEGESTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mise en place d&amp;#039;une télégestion est un moyen d&amp;#039;être économe et performant dans la gestion de l&amp;#039;énergie. Cet outil permet de suivre et de piloter à distance, par un simple ordinateur, l&amp;#039;ensemble des équipements de chauffage d&amp;#039;un ou plusieurs bâtiment(s). La télégestion est très utile pour gérer l&amp;#039;énergie dans les espaces à forte intermittence d&amp;#039;utilisation comme les salles d&amp;#039;animation ou encore les écoles. L&amp;#039;option « télégestion » intègre l&amp;#039;installation d&amp;#039;un tel équipement et/ou sa maintenance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  BATIMENTS PUBLICS ET REHABILITATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;option « bâtiments publics et réhabilitations » permet à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-Territoire d&amp;#039;énergie Loire pour favoriser la performance énergétique du projet. Le technicien SAGE apporte alors son avis sur la qualité énergétique globale et assiste si besoin la collectivité dans ses préconisations et échanges avec les professionnels du bâtiment (architectes, artisans...). La souscription à cette option doit être réalisée le plus en amont possible, dans l&amp;#039;idéal avant le choix de l&amp;#039;équipe de maîtrise d&amp;#039;oeuvre et, au plus tard, lors de la phase APS.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACCOMPAGNEMENT AU DÉCRET TERTIAIRE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la mise en place du dispositif éco-énergie tertiaire (« décret tertiaire ») qui impose de nouvelles obligations de performance énergétique pour les bâtiments publics d&amp;#039;une surface supérieure à 1000 m2, les agents du SAGE du SIEL-Territoire d&amp;#039;énergie Loire proposent un accompagnement spécifique complémentaire aux collectivités qui en feront explicitement la demande pour répondre à cette nouvelle mesure.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous adhésion
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ROLLAND Philippe, Responsable du SAGE
+&lt;/p&gt;
+&lt;p&gt;
+ rolland&amp;#64;siel42.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 77 43 97 83
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d72-service-dassistance-a-la-gestion-energetique/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>140767</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Isoler les combles perdus</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable selon opération Concerne des  projets de taille modeste (&lt; aux seuils du Fonds chaleur ADEME) grâce à un dispositif de mutualisation.</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Isoler, rénover
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - maîtriser les dépenses de fonctionnement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - gagner en performance énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Disposer de combles perdus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  isolation-combles&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 83 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f3c6-isoler-les-combles-perdus/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>144503</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets innovants dans le cadre des Contrats de Relance et de Transition Ecologique (CRTE)</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 500.000€ HT</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les dossiers portés par les collectivités locales (Communes, EPCI) concernant leur patrimoine immobilier communal et/ou intercommunal, à usage public uniquement ou à usage de logements sociaux et retenus par l&amp;#039;Etat au titre du CRTE pourront prétendre à une aide complémentaire du Département, dans la mesures où ces projets ne peuvent être subventionnés par aides dépendant des règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides financières portent sur les investissements suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réalisation de travaux de rénovation énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation de travaux pour le changement de mode de chauffage fioul ou gaz, par une source de chaleur renouvelable (biomasse, géothermie et solaire thermique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autoconsommation seulement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q41" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sollicitant l&amp;#039;aide du Département devront être déposés avant tout investissement ou démarrage des travaux. Une autorisation de démarrage anticipé des opérations pourra le cas échéant être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention doit être déposé au titre de la DETR et DSIL sur la plateforme « démarches simplifiées » accompagné d&amp;#039;un courrier de saisie de Monsieur le Président du Conseil départemental et doit comprendre :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit énergétique ou étude de faisabilité EnR chaleur (ce document pourra être fourni ultérieurement, étant précisé qu&amp;#039;un engagement sur l&amp;#039;honneur de réaliser cette étude devra être fourni) et faisant état d&amp;#039;une réduction d&amp;#039;au moins 30% de consommations énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;installation de panneaux photovoltaïques, une étude technique détaillée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le devis estimatif retenu ou l&amp;#039;acte d&amp;#039;engagement accompagné du Détail Quantitatif et Estimatif (DQE) dans le cadre d&amp;#039;un marché ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si nécessaire, la délibération de l&amp;#039;assemblée délibérante de la commune ou de l&amp;#039;EPCI décidant la réalisation des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plan de financement de l&amp;#039;opération, faisant apparaître les autres demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Si la demande d&amp;#039;aide intervient dans le cadre d&amp;#039;un dossier de rénovation globale d&amp;#039;un bâtiment, les postes relatifs à la rénovation énergétique devront être distincts des autres postes de dépense sur le devis ou le bordereau des prix.</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f000-accompagner-les-projets-innovants-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>163918</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger des projets de R&amp;D afin d’améliorer les connaissances et développer des techniques ou de nouveaux outils dans les domaines du traitement des sols</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Recherche pour la GEStion Intégrée des sites POLlués (GESIPOL)</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...85 lines deleted...]
-      <c r="O9" s="1" t="inlineStr">
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les enjeux techniques et scientifiques centraux de l&amp;#039;édition 2025 de l&amp;#039;appel à projets de recherche (APR) GESIPOL sont constitués de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’amélioration des techniques de traitement des pollutions des sols et des eaux souterraines&lt;/strong&gt;, ainsi que des méthodes et outils de dimensionnement, de pilotage et de suivi de ces traitements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’avancement des techniques de réhabilitation écologique&lt;/strong&gt; des friches polluées.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’optimisation des conceptions des projets d’aménagement&lt;/strong&gt; (orientations et objectifs) dans des contextes de friches polluées.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les propositions de recherche devront autant que possible &lt;strong&gt;servir une dynamique d’innovation et être portées par les acteurs économiques&lt;/strong&gt; eux-mêmes.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans une démarche scientifique bien circonscrite reposant sur un questionnement pertinent, basé sur la connaissance des contextes, enjeux et états de l’art scientifiques, et sur une méthodologie de réponse prédéfinis et comportant un volume substantiel de travail expérimental et/ou d’enquêtes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P9" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...47 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241119/recherche-gestion-integree-sites-pollues-gesipol</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recherche-pour-la-gestion-integree-des-sites-pollues-gesipol/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>152446</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création et la réhabilitation du patrimoine bâti des collectivités (hors scolaire et périscolaire)</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CONSTRUCTIONS ET RÉNOVATIONS PUBLIQUES</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="J43" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la création, la rénovation, la réhabilitation et à l&amp;#039;extension du patrimoine bâti des collectivités (hors scolaire et périscolaire).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une crèche écologique &amp;#34;les petits écoliers&amp;#34; - isolation thermique et mobilier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du centre de santé &amp;#34;santé pour tous&amp;#34; - construction d&amp;#039;un nouveau bâtiment
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du monument aux morts &amp;#34;à nos héros&amp;#34; - conservation du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de réfection du square &amp;#34;le jardin du bonheur&amp;#34; - espaces verts et aires de jeux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement numérique de la bibliothèque &amp;#34;lire connecté&amp;#34; - équipement informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de l&amp;#039;ancienne école en salle de réunion &amp;#34;espace commun&amp;#34; - isolation et aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes d&amp;#039;accessibilité de la mairie &amp;#34;l&amp;#039;accès pour tous&amp;#34; - rampes et sanitaires adaptés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un centre culturel &amp;#34;l&amp;#039;art en herbe&amp;#34; en partenariat avec la médiathèque départementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation de la salle des fêtes &amp;#34;au cœur de la commune&amp;#34; - chauffage et rénovation de la toiture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de locaux d&amp;#039;archives &amp;#34;mémoire vivante&amp;#34; - stockage et archivage communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation lourde du café-restaurant &amp;#34;au bon goût&amp;#34; - réhabilitation du dernier commerce local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction de maisons d&amp;#039;assistantes maternelles &amp;#34;les petits explorateurs&amp;#34; - mobilier inclus de création d&amp;#039;un établissement d&amp;#039;accueil pour jeunes enfants &amp;#34;petite enfance heureuse&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Alarmes anti-intrusions pour la salle des associations &amp;#34;sécurité communale&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions de matériel informatique &amp;#34;connectivité villageoise&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démolition de bâtiments dangereux &amp;#34;sécurisation de l&amp;#039;environnement&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du cimetière communal &amp;#34;espace sérénité&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du local des services techniques &amp;#34;outils modernes pour la commune&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Espace public
+Bâtiments et construction
+Réhabilitation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Études de faisabilité préalables aux travaux : études environnementales (paysagères, gestion des eaux...)  études des sols (hydrogéologie, géotechniques, topographiques), études d&amp;#039;aménagement, études diagnostiques d&amp;#039;accessibilité.
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      50 000 € HT
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, de réhabilitation d&amp;#039;immeubles dans le cadre du maintien ou de l&amp;#039;implantation en milieu rural d&amp;#039;activités commerciales ou artisanales (réhabilitations, constructions et/ou aménagements de commerce de proximité ou multiservices, maisons de services et premiers équipements nécessaires et directement liés aux services)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de construction et de réhabilitation de Maisons d&amp;#039;Assistantes Maternelles (MAM)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Dans le cadre du maintien ou de l&amp;#039;implantation en milieu rural d&amp;#039;activités commerciales ou artisanales, prise en compte du déficit de l&amp;#039;opération dans le calcul de la subvention
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, d&amp;#039;aménagement, d&amp;#039;extension, de mise aux normes de bâtiments publics (équipements socio-éducatifs, salles communales, mairies, cimetière et columbarium y compris la reprise de concessions, etc...),  aménagement de locaux d&amp;#039;archives et acquisition de gros matériel spécifique à l&amp;#039;archivage communal, installation de systèmes performants de production de chauffage pour le bâtiment et d&amp;#039;eau chaude (chaudières à basse température, chaudières à condensation, chaudière à ventouse, pompes à chaleur, etc...)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de construction, d&amp;#039;extension, de rénovation, de réhabilitation de bâtiments en vue de la création d&amp;#039;un établissement d&amp;#039;accueil pour jeunes enfants (crèches, micro-crèches, halte-garderies, jardin d&amp;#039;enfants,...) y compris le premier mobilier (dortoirs, salles d&amp;#039;activités, salles de change, cuisine...) lié directement à l&amp;#039;opération de construction ou de rénovation décrite ci-dessus.
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de construction, d&amp;#039;extension, de rénovation, de réhabilitation de bâtiments à vocation sociale ou de locaux annexes à un centre de santé financé par le Département (hors mobilier).
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Dans le cadre du maintien ou de l&amp;#039;implantation en milieu rural d&amp;#039;activités commerciales ou artisanales, prise en compte du déficit de l&amp;#039;opération dans le calcul de la subvention
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Création et aménagement de bibliothèques et médiathèques de proximité (y compris le mobilier lié directement à l&amp;#039;opération, et le premier équipement informatique ou changement de matériel de plus de 5 ans pour la gestion des collections, y compris les logiciels, hors coût de formation)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Conditions d&amp;#039;éligibilité :
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Le porteur de projet devra associer la Médiathèque Départementale de l&amp;#039;Oise à toute les phases du dossier
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - La surface de plancher minimum 100m2, 0.07m2 par habitant de la commune
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Ouverture au public au moins 8 heures par semaine
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Le dossier devra comporter un projet culturel, scientifique, éducatif et social (PCSES) définissant les moyens.
+      &lt;/em&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      400 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Création et aménagement de bibliothèques et médiathèques structurantes (y compris le mobilier lié directement à l&amp;#039;opération, et le premier équipement informatique ou changement de matériel de plus de 5 ans pour la gestion des collections, y compris les logiciels, hors coût de formation)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Conditions d&amp;#039;éligibilité :
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Le projet devra être conçu à l&amp;#039;échelle du bassin de vie
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - La surface de plancher minimum 500m2, au moins 0.1m2 par habitant du bassin de lecture (&amp;#61;zone à desservir, communes et/ou quartiers définis dans le PCSES et ayant fait l&amp;#039;objet d&amp;#039;une délibération de la collectivité)
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Ouverture au public au moins 15 heures par semaine
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Le dossier devra comporter un projet culturel, scientifique, éducatif et social (PCSES) définissant les moyens
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Un comité de pilotage devra être créé dès la phase de construction du PCSES incluant la Médiathèque Départementale de l&amp;#039;Oise.
+      &lt;/em&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      1 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, de réhabilitation de monuments aux morts ou du souvenir
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de réhabilitation lourde ayant pour but de pérenniser l&amp;#039;immeuble
+     &lt;/p&gt;
+     &lt;p&gt;
+      Démolition de bâtiments rendus dangereux
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, d&amp;#039;extension, de rénovation, de réhabilitation de bâtiments en vue de la création de maisons médicales ou de pôles de santé** (hors mobilier)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal pour les communes rurales
+     &lt;/p&gt;
+     &lt;p&gt;
+      Taux fixe de 20 % pour les communes urbaines
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense plafonnée à 2 000 €/m2
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Alarmes anti-intrusions
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux  50%
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      .
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisition de matériel de premier équipement informatique, y compris les serveurs, avec les logiciels liés ou changement de matériel de plus de 5 ans
+     &lt;/p&gt;
+     &lt;p&gt;
+      (hors coûts de formation et de maintenance)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      .
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dispositif d&amp;#039;accompagnement pour le déploiement de bornes WIFI
+     &lt;/p&gt;
+     &lt;p&gt;
+      (seules sont éligibles au dispositif les communes non retenues au niveau européen)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense plafonnée  à 15 000 € HT/borne
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  **Conditions d&amp;#039;éligibilité pour les maisons médicales ou pôles de santé :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement sera proposé au vote des élus départementaux sous réserve de l&amp;#039;avis favorable de la cellule Oise Santé. Cet avis sera basé sur une analyse technique et une évaluation du projet de santé (opportunité, viabilité, prise en compte des professionnels de santé du territoire...) et une adéquation entre le projet et les besoins du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le projet devra respecter à minima les critères suivants
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une 1ère
+  installation en libéral, d&amp;#039;un médecin généraliste dans le Département de l&amp;#039;Oise. Cette 1ère
+  installation devra être effective pour le versement du solde de la subvention ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;engagement des professionnels de santé à rester au moins 5 ans dans les locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de gratuité des locaux :
+  &lt;ul&gt;
+   &lt;li&gt;
+    un loyer minimum de 500 € mensuels (hors charges ) par médecin généraliste, médecin spécialiste et chirurgien-dentiste ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    un loyer minimum de 250 € mensuels (hors charges) par sage-femme, masseur-kinésithérapeute et orthophoniste ;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conventionnement, si le besoin est avéré, avec le Département pour l&amp;#039;attribution de plages horaires pour les médecins de la protection maternelle et infantile (PMI).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous travaux dans des bâtiments donnant lieu à la perception de loyers (hors maintien de l&amp;#039;activité économique et de service public en zone rurale, de logement social, de maison de santé, de maisons médicales, et de Maisons d&amp;#039;Assistantes Maternelles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions foncières et l&amp;#039;équipement des structures médicales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1e2-aider-a-la-realisation-de-travaux-damenagemen/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>129712</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation énergétique des bâtiments publics - SYDEV</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Programme rénovation</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Énergie et d’équipement de Vendée (SYDEV)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Variable en fonction de la typologie du projet, piscine 250 k€, autres bâtiments 120 k€</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...5 lines deleted...]
- Le maire demeure l&amp;#039;autorité décisionnelle en matière de délivrance des actes d&amp;#039;urbanisme. Le Syndicat agit alors dans le cadre d&amp;#039;une convention de prestation de service d&amp;#039;une durée de trois ans, pour le compte des communes ayant délibéré en ce sens en conseil municipal. L&amp;#039;instruction est facturée à l&amp;#039;acte et la transmission des ADS (autorisations du droit du sol) se fait à la carte par la collectivité qui peut continuer à instruire une partie.
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La rénovation énergétique des bâtiments est un axe majeur dans la transition énergétique et les collectivités territoriales ont un rôle prépondérant dans l&amp;#039;atteinte des objectifs que se sont fixés la France ainsi que la Région des Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2005, plus de 1 700 audits énergétiques ont été menés sur le patrimoine des collectivités vendéennes. Cela a permis de constater que 72 millions d&amp;#039;euros sont nécessaires pour améliorer significativement la performance du patrimoine bâti des collectivités vendéennes.
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de ce constat, le SYDEV a décidé en 2020 de poursuivre son action en faveur des économies d&amp;#039;énergie en accompagnant les collectivités territoriales dans la réalisation de travaux de rénovation énergétique sur leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV consacre ainsi 20 millions d&amp;#039;euros jusqu&amp;#039;en 2026 pour soutenir les collectivités dans l&amp;#039;atteinte de cet objectif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
-[...6 lines deleted...]
-Equipement public
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets éligibles sont l&amp;#039;ensemble des bâtiments publics des collectivités adhérentes au SYDEV, dans la mesure où, si des systèmes de chauffage fioul et propane existent, ils seront remplacés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bâtiments éligibles sont divisés en 4 catégories et classés par surface, &amp;gt; ou &amp;lt; à 150 m2 de SHON.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O10" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="S10" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sont instruits et les aides accordées selon les critères d&amp;#039;éligibilité en vigueur à la date de présentation du dossier complet au Bureau du SYDEV. L&amp;#039;ensemble des critères d&amp;#039;éligibilité doivent être respectés pour que le dossier soit recevable.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier du soutien financier du SYDEV, le maître d&amp;#039;ouvrage doit associer le pôle Services aux Territoires du SYDEV tout au long du projet de rénovation énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cela implique notamment sa présence aux phases suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À l&amp;#039;élaboration du programme afin de conseiller la collectivité pour définir ses objectifs de performance énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la consultation de la maîtrise d&amp;#039;œuvre afin de transcrire ces objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection de la maîtrise d&amp;#039;œuvre pour apprécier la prise en compte des aspects énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au stade des études de projet (PRO : APS et APD) afin d&amp;#039;apprécier les choix techniques proposés et d&amp;#039;effectuer une estimation de la subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la validation du DCE travaux pour assurer la cohérence avec l&amp;#039;étude thermique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection des entreprises afin d&amp;#039;apprécier l&amp;#039;impact des solutions proposées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  À la réception afin de contrôler que les solutions retenues sont correctement mises en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers sont séparès en deux catégories :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bâtiments inférieurs à 150 m2 de SHON
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bâtiments supérieurs à 150 m2 de SHON
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;lt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera demandé la réalisation d&amp;#039;un bouquet de travaux comprenant au minimum deux actions parmi la liste suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Isolation de combles / toiture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation du sol / plancher bas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation des murs donnant sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement des menuiseries donnant sur l&amp;#039;extérieur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaque poste de travaux devra respecter les critères des certificats d&amp;#039;économies d&amp;#039;énergie (CEE) définis par l&amp;#039;Etat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une programmation / régulation du ou des système(s) de chauffage / ventilation / climatisation devra être mise en place.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;gt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV soutient les travaux d&amp;#039;amélioration de la performance énergétique selon les modalités suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ Catégorie 1 Catégorie 2 Catégorie 3
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Caractéristique du bâti (Ubat) &amp;lt; 0,6 W/m2.K*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dérogation possible à 0,7 W/m2.K en cas d&amp;#039;utilisation de matériaux biosourcés sur l&amp;#039;ensemble des murs extérieurs ou des planchers hauts.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; Cep réf- 40%
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 2 Catégorie 3
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; 80 kWhep/m2.an
+&lt;/p&gt;
+&lt;p&gt;
+ Une étude réglementaire thermique Th-C-Ex sera demandée, elle permettra de clairement identifier les gains énergétiques induits par les travaux sur le projet.
+ &lt;br /&gt;
+ Le périmètre d&amp;#039;étude correspond à la SHON thermique (SHOB de la zone traité thermiquement et isolé - zone de stationnement, non aménagée pour l&amp;#039;utilisation du bâtiment, HSP &amp;lt; 1,8 m).
+ &lt;br /&gt;
+ Elle est défini en partenariat avec le chargé d&amp;#039;affaire SYDEV du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 4 (Piscine)
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacter directement le SYDEV.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://sydev-vendee.fr/transition-energetique/efficacite-energetique/batiments-publics</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Secteur
+ :
+ &lt;br /&gt;
+ Île d&amp;#039;Yeu / CC de l&amp;#039;île de Noirmoutier / CC Océan Marais de Monts / Challans-Gois Communauté / CC de Vie et Boulogne / La Roche-sur-Yon agglomération
+ &lt;br /&gt;
+ &lt;em&gt;
+  Pierre GORSIC : Animateur de secteur / 02 51 45 93 23 / p.gorsic&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Terres de Montaigu agglomération / CC St Fulgent - Les Essarts / CC Pays de Mortagne / CC Pays des Herbiers / CC pays de Pouzauges / CC Pays de Chantonnay
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Vincent BILLAUD : Animateur de secteur / 02 51 45 88 96 / v.billaud&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC du Pays de St Gilles Croix de Vie / Les Sables d&amp;#039;Olonne Agglomération / CC du Pays des Achards / Vendée Grand Littoral Talmont Moutiers Communauté
+ &lt;br /&gt;
+ &lt;em&gt;
+  Arnaud CHAILLOU : Animateur de secteur / 02 51 45 88 61 / a.chaillou&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC Sud Vendée Littoral / CC Pays de la Chatigneraie / CC Pays de Fontenay-Vendée / Vendée, Sèvre, Autise
+ &lt;br /&gt;
+ &lt;em&gt;
+  Elodie TRAINEAU : Animatrice de secteur / 02 51 45 93 19 / e.traineau&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>b.guilbaud@sydev-vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7923-aide-a-la-renovation-energetique-des-batiment/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>40596</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'économies d'énergie</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Service public Des Energies dans la Drôme (SDED)</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention plafonnée à 50 000 € sur 3 années glissantes</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Territoire d&amp;#039;Énergie Drôme - SDED propose un coup de pouce décisif pour vous faire passer à l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsque les collectivités adhèrent à son service de Conseil Energie Plus, elles peuvent bénéficier d&amp;#039;une aide aux travaux d&amp;#039;économies d&amp;#039;énergie
+ &lt;strong&gt;
+  dans les bâtiments existants
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion donne accès à un accompagnement technique et financier, apportant d&amp;#039;une part, un pré-diagnostic et un conseil d&amp;#039;aide à la décision, et d&amp;#039;autre part, une subvention aux travaux d&amp;#039;amélioration énergétique du patrimoine bâti public.
+&lt;/p&gt;
+&lt;p&gt;
+ Selon la nature des actions prévues, l&amp;#039;aide est de 20 % ou 50 % du coût HT des travaux. Un bouquet de travaux comprenant l&amp;#039;isolation de toiture et des murs permet d&amp;#039;obtenir un taux d&amp;#039;aide unique à 50 % sur tous les autres travaux d&amp;#039;économies d&amp;#039;énergie associés au même chantier.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est plafonnée à 50 000 € sur trois années glissantes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion à Energie Plus pour 2024* s&amp;#039;élève à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - 0,50 € par habitant et par année civile pour les communes rurales (au sens de la TICFE),
+&lt;/p&gt;
+&lt;p&gt;
+ - 0,80 € par habitant et par année civile pour les communes urbaines (au sens de la TCCFE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - pour les intercommunalités, une convention pluriannuelle est proposée sur la base tarifaire de 0,30 € par habitant et par année civile.
+&lt;/p&gt;
+&lt;p&gt;
+ - dans tous les cas, le minimum est de 200 € et le maximum de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  (*chiffres actualisés chaque année)
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Travaux d&amp;#039;isolation, chauffage, ventilation, protection solaire, etc, pour tout bâtiment public communal ou intercommunal, ainsi que les logements locatifs.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La définition des travaux est examinée au stade de la demande d&amp;#039;aide, avant l&amp;#039;engagement de l&amp;#039;opération. Un conseiller technique peut se rendre sur place pour explorer différentes solutions. L&amp;#039;éligibilité s&amp;#039;aligne en majeure partie sur les critères techniques des fiches d&amp;#039;opérations standardisées des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE). En contrepartie des aides accordées, Territoire d&amp;#039;Énergie Drôme - SDED récupère les dossiers de CEE.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded.org/activites/transition-energetique</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ transition-energie&amp;#64;sded.org
+&lt;/p&gt;
+&lt;p&gt;
+ 04 75 82 76 14
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>jchristophe-niemiec@sded.org</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7179-aide-financiere-aux-travaux-deconomies-denerg/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>95073</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur des bâtiments et la qualité de vie des occupants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les consommations d&amp;#039;énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer à la conservation du patrimoine des communes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre la montée en compétence des professionnels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répondre aux objectifs régionaux des Schémas Régionaux Climat Air Energie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de Gaz à Effet de Serre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets portés par des grandes agglomérations, des départements et l&amp;#039;Etat ou leurs opérateurs sont exclus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rénovation basse consommation de tout type de bâtiments publics et/ou associatifs quelle soit leur typologie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant d&amp;#039;aide forfaitaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant forfaitaire :
+Aide aux travaux comportant une prime de base à laquelle se rajoute une aide au m2.
+Prime de base fixe : de 5.000 € à 15.000 € selon le nombre de travaux constituant le bouquet.
+Aide en €/m2 : de 20 €/m2 à 85 €/m2 selon la nature du bouquet de travaux et le potentiel financier et l&amp;#039;effort fiscal de la commune par rapport à la moyenne de la strate. Voir détail Annexe 3.
+• Plafonds : 1 250 m2 de surface de plancher (SDP) et 250 €/m2 SDP pour l&amp;#039;aide aux travaux.
+• Bonus : Bonus BBC : 10.000 € si atteinte du niveau de performance BBC rénovation tel que défini par la Région. La production photovoltaïque locale ou d&amp;#039;une autre énergie renouvelable ne pourra pas être déduite du bilan des consommations du bâtiment. Voir détail Annexe 4
+Bonus éco-materiaux : 20 % du montant de l&amp;#039;aide aux travaux (hors bonus) pour le recours à des matériaux biosourcés (issus de fibres végétales ou animales) pour l&amp;#039;isolation des murs extérieurs.
+Bonus pour la création de logements conventionnés :
+Si, pour les communes éligibles au pacte de ruralité de la Région, la rénovation du bâtiment donne lieu à la création de logements locatifs faisant l&amp;#039;objet d&amp;#039;un conventionnement (PLAI, PLUS
+ou PLS), la Région accorde une aide complémentaire à hauteur de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  40 €/m2 SDP si les logements sont créés sans changement de destination de tout ou partie du bâtiment rénové ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 €/m2 SDP si les logements sont créés par changement de destination de tout ou partie du bâtiment rénové.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ • Energies renouvelables :
+Pour toute installation d&amp;#039;un équipement d&amp;#039;énergies renouvelables sur le bâtiment rénové, les aides sectorielles de la Région et de l&amp;#039;ADEME consacrées aux énergies renouvelables viennent s&amp;#039;ajouter selon les modalités en vigueur dans le cadre du CPER ADEME-Région en cours. Les aides consacrées aux énergies renouvelables doivent faire l&amp;#039;objet d&amp;#039;une demande spécifique. Pour plus d&amp;#039;informations, prendre contact avec les services de la Région ou consulter le site
+ &lt;a href="https://www.climaxion.fr"&gt;
+  climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-batiments-publics-associatifs" rel="noopener" target="_blank"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-batiments-publics-associatifs/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le site de la région Grand-Est pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/883d-renovation-energetique-des-batiments-publics-/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>163164</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
-[...19 lines deleted...]
-  urbanisme&amp;#64;sdeeg33.fr
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>145903</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à la réalisation de diagnostics de vulnérabilité des bâtiments</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de Prévention des inondations</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>Le taux maximum est modulable en fonction des co-financeurs  (fonds Barnier, agence de l’eau, etc.)</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement à la réalisation de diagnostics de vulnérabilité des bâtiments :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprise (&amp;lt; 20 salariés)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au titre de sa compétence GeMAPI, la Métropole du Grand Paris s&amp;#039;engage à accompagner les
+ &lt;strong&gt;
+  Villes
+ &lt;/strong&gt;
+ et
+ &lt;strong&gt;
+  Territoires
+ &lt;/strong&gt;
+ dans des actions de prévention des inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de financement varie jusqu&amp;#039;à
+ &lt;strong&gt;
+  80 %
+ &lt;/strong&gt;
+ , en fonction des autres financeurs. Le financement est plafonnés a
+ &lt;strong&gt;
+  30 000 € HT
+ &lt;/strong&gt;
+ , par structure et par année.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention doit comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier adressé au Président
+ &lt;/li&gt;
+ &lt;li&gt;
+  un dossier technique qui présente la démarche avec la localisation ou le périmètre de l&amp;#039;action, les dates ainsi qu&amp;#039;un plan de financement précisant notamment la répartition des coûts et les co-financements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accord de la subvention sera délibéré par le Bureau Métropolitain.
+&lt;/p&gt;
+&lt;p&gt;
+ Ensuite, une réponse écrite sera adressée au requérant.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;affirmative, une convention de financement sera transmise, qui précisera les règles de paiements.
+&lt;/p&gt;
+&lt;p&gt;
+ Celle-ci devra être complétée et signée par les deux parties.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/gemapi-accompagnement-financier</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande de subvention doit être adressé par courrier au Président de la Métropole du Grand Paris.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;information : vous pouvez contacter Lucie PONS, chargée de mission prévention des inondations, par courriel lucie.pons&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>lucie.pons@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c8a-accompagnement-a-la-realisation-de-diagnostic/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>24806</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics (ERP)</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles avec un plafond de subvention de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;em&gt;
+   Ce dispositif en faveur de la rénovation des bâtiments publics pour une meilleure performance énergétique s&amp;#039;inscrit dans le cadre de la nouvelle génération de Politique Contractuelle Territoriale Occitanie 2022-2028 qui a vocation à décliner le Pacte Vert Occitanie dans chacun de nos territoires et inviter nos partenaires territoriaux à s&amp;#039;engager dans une démarche de progrès, en faveur du changement de modèle de développement, pour réussir ensemble le rééquilibrage territorial et favoriser l&amp;#039;adaptation et la résilience aux impacts du changement climatique.
+  &lt;/em&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans un souci de réduction de l&amp;#039;empreinte environnementale et de développement de la sobriété énergétique, la Région
+ &lt;/span&gt;
+ &lt;span&gt;
+  Occitanie souhaite accélérer la rénovation du patrimoine bâti public local.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Pour cela, un financement sera apporté aux projets de rénovation des Equipements Recevant du Public (ERP) poursuivant un objectif d&amp;#039;amélioration de la performance énergétique et de sortie de la dépendance aux énergies fossiles.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Au travers de ce dispositif, la Région souhaite accompagner les collectivités locales vers une meilleure gestion énergétique de leur patrimoine bâti dans le cadre de la stratégie « Région à Energie Positive » et dans l&amp;#039;optique d&amp;#039;une optimisation de leurs budgets de fonctionnement.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais liés au DPE et/ou aux études thermiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les fournitures et pose d&amp;#039;équipements/produits et ouvrages améliorant la performance énergétique :
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation thermique des murs, des toitures, des parois vitrées et des portes donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amélioration thermique des vitrages et menuiseries existantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire, performants et/ou utilisant une source d&amp;#039;énergie renouvelable (hors système éligible par ailleurs à une autre aide de la Région, par exemple chaufferie bois, géothermie, solaire... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  organes de pilotages des installations (GTC, régulation...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise d&amp;#039;œuvre au prorata des dépenses concernées, plafonnée à 10%.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les Equipements recevant du Public appartenant aux communes ou EPCI sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans le cadre général, la collectivité doit justifier, après travaux du ou des bâtiments :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit un gain énergétique d&amp;#039;au moins 30% sur la consommation énergétique et l&amp;#039;atteinte de la classe énergétique C minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit l&amp;#039;atteinte de la classe énergétique B
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes de &amp;#43; de 10 000 habitants, situées en Métropole ou Communauté d&amp;#039;Agglomération ou Urbaine, l&amp;#039;atteinte de la classe énergétique B minimum est attendue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit disposer d&amp;#039;un document cadre de gestion du volet énergétique de son patrimoine immobilier, par exemple : schéma directeur de rénovation énergétique, schéma directeur immobilier, bilan énergétique global du patrimoine communal ou de l&amp;#039;EPCI, ... ou tout autre document assimilable permettant de mettre en lumière la priorisation du ou des bâtiments faisant l&amp;#039;objet de la demande de subvention pour améliorer le bilan énergétique global de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus de ce dispositif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les bâtiments générateurs de recettes commerciales (par exemple : bar, restaurant, camping communal, gîte ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements faisant l&amp;#039;objet de dispositifs régionaux spécifiques (par exemple : bâtiment culturel, sportif, touristique, tiers lieux ...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région est plafonnée au montant cumulé des participations du bloc local (commune, EPCI, groupement de communes...). Par ailleurs, il est demandé un autofinancement du maître d&amp;#039;ouvrage au moins à hauteur de 20% du coût éligible du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ A titre dérogatoire, ce dispositif est cumulable avec le dispositif en faveur de la mise en accessibilité des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région n&amp;#039;interviendra pas plusieurs fois, au titre de la rénovation énergétique, sur un même ERP et ce sur une période de 6 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsqu&amp;#039;un porteur de projet a déjà bénéficié d&amp;#039;une aide de la Région, aucune nouvelle demande de sa part sur le même dispositif d&amp;#039;intervention ne sera recevable si le précédent projet aidé n&amp;#039;a pas fait l&amp;#039;objet soit d&amp;#039;un début de réalisation attesté par le dépôt d&amp;#039;une demande d&amp;#039;acompte recevable à hauteur au moins de 20% des dépenses éligibles envisageables, soit d&amp;#039;une demande d&amp;#039;annulation de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Renovation-energetique-des-batiments-publics-ERP-pour-une-meilleure-performance#:~:text=Le%20dispositif%20prend%20la%20forme,%C3%A0%2050%20000%E2%82%AC%20HT.</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renseignements : Secrétariat de Direction
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Montpellier : Tél : 04 67 22 97 02
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toulouse : Tél : 05 61 33 50 20
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresser tous les courriers à : Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée - A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 11-12-30-34-48-66
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   201 avenue de la Pompignane
+  &lt;/li&gt;
+  &lt;li&gt;
+   34064 Montpellier Cedex 2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 9-12-31-32-46-65-81-82
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   22, bd Maréchal Juin
+  &lt;/li&gt;
+  &lt;li&gt;
+   31406 Toulouse Cedex 9
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3608-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>155106</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Projet de santé validé par le comité opérationnel départemental
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les rénovations, document de diagnostic énergétique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitation
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Revitalisation
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet de santé devra concerner au minimum deux médecins et un « autre corps professionnel » de santé et devra impliquer les collectivités locales afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répondre aux priorités de la charte régionale d&amp;#039;accès aux soins 2021-2025 ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet de santé et le projet immobilier pluridisciplinaire devront être présentés et validés par le comité opérationnel départemental (COD) de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 – Le projet devra intégrer la problématique du logement soit dans le cadre du projet immobilier soit par la mise à disposition d&amp;#039;un logement à proximité afin d&amp;#039;accueillir des étudiants et/ou des remplaçants.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, tout projet immobilier d&amp;#039;extension, de rénovation ou de restructuration devra s&amp;#039;inscrire dans le cadre d&amp;#039;un projet global de diversification et d&amp;#039;évolution de l&amp;#039;offre aux nouveaux métiers médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>105326</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Participer à la création et à la rénovation des équipements sportifs utilisés par les collégiens</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Sport et loisirs pour tous - programme équipements sportifs utilisés par les collégiens</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département accompagne les communes et les communautés de communes dans leurs projets d&amp;#039;investissement. Il participe, ainsi, à la création et au maintien en état des équipements sportifs charentais dont la réhabilitation et l&amp;#039;extension des gymnases, les pistes d&amp;#039;athlétisme et les plateaux sportifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  grosses réparations et aménagements sur des bâtiments existants de plus de 10 ans : 35 % d&amp;#039;une dépense subventionnable plafonnée à 500 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  extension (dont adjonction de salles spécialisées) et constructions de gymnases : (HQE obligatoire) 35 % d&amp;#039;une dépense plafonnée à 766 000 € HT (frais d&amp;#039;ingénierie compris)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation ou construction de pistes d&amp;#039;athlétisme et de plateaux sportifs : 35 % d&amp;#039;une dépense subventionnable plafonnée à 230 000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le taux d&amp;#039;occupation de l&amp;#039;équipement (gymnase, piste d&amp;#039;athlétisme et plateaux sportifs) par les collèges doit être au moins égal à 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  les normes françaises homologuées (NF) doivent être respectées notamment en ce qui concerne les sols sportifs et l&amp;#039;isolation thermique et acoustique des gymnases
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;acquisition du matériel qui peut être considérée comme de l&amp;#039;immobilier (matériel ayant un ancrage sur l&amp;#039;équipement à l&amp;#039;exemple des paniers de basket, buts de football, agrès...) est éligible dans la limite des plafonds définis ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  la notice explicative (finalités du projet et, le cas échéant, spécificités en termes de développement durable)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  la date de construction et le taux d&amp;#039;utilisation par les collèges
+ &lt;/li&gt;
+ &lt;li&gt;
+  les plans de situation, de masse et les coupes
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis descriptifs et estimatifs de l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : deux acomptes (jusqu&amp;#039;à 80% du montant de la subvention) ; solde à l&amp;#039;achèvement de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Sport/6131_SPORT_ET_LOISIRS_POUR_TOUS_PROG_EQUIPEMENTS_SPORTIFS_COLLEGIENS.pdf</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service sports et activités de pleine nature ; Tél. : 05 16 09 74 35
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3d9-participer-a-la-creation-et-a-la-renovation-d/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G11" s="1" t="inlineStr">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>97691</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maisons et centres de santé pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
+Agence régionale de santé (ARS) — Occitanie</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J52" s="1" t="inlineStr">
+        <is>
+          <t>Limite d’un montant de subvention de 150 000 €</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département apporte un financement aux projets de maisons et centres de santé pluridisciplinaires afin d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est attribuée dans une zone déficitaire en matière de soin aux collectivités (communes, intercommunalités).
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires sont les collectivités (communes, intercommunalités) souhaitant réaliser le bâtiment d&amp;#039;une Maison de Santé Pluriprofessionnelle dont le projet a été préalablement validé par le comité régional de sélection des MSP en zone sous dotée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département aux projets de Maisons de Santé Pluriprofessionnelles s&amp;#039;inclut dans une démarche globale d&amp;#039;aménagement du territoire, visant à lutter contre la désertification médicale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ communes, EPCI, établissements et organismes  de santé à but non lucratif (établissement de santé et mutuelle).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des dépenses liées à la construction ou à la rénovation du bâti, en extérieur et en intérieur, ainsi qu&amp;#039;aux VRD,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses liées aux aménagements intérieurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement réalisées pour l&amp;#039;achat de mobilier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses liées à l&amp;#039;intégration d&amp;#039;une pharmacie dans les locaux de la MSP ou d&amp;#039;un équipement de balnéothérapie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/maison-de-sante-pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Mail: richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assistant de Direction / Comptable - Maeva Homs
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : maeva.homs&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/888c-favoriser-linstallation-de-medecins-et-accroi/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>55820</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de rénovation énergétique des bâtiments de plus de deux ans</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Tarn - SDET</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les certificats d&amp;#039;économie d&amp;#039;énergie sont un dispositif permettant de financer les travaux de rénovation énergétique des bâtiments de plus de deux ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales sont éligibles aux CEE, ainsi, elles peuvent bénéficier d&amp;#039;un financement dans le cadre des rénovations énergétiques de leur patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le syndicat départemental d&amp;#039;énergies du Tarn propose de monter les dossiers de CEE et de valoriser ceux-ci puis de restituer les montants valorisés aux communes adhérentes.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter : jusqu&amp;#039;au 31 décembre 2021, les CEE sont bonifiés sur les opérations de remplacement des organes de chauffage à combustible fossile.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Remplacement d&amp;#039;une chaudière fioul.
+&lt;/p&gt;
+&lt;p&gt;
+ Isolation des combles ou des parois verticales.
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une ventilation mécanique double flux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te81.fr/transition-energetique/cee/</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Thibaud Mahul
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission rénovation énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ t.mahul&amp;#64;te81.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 06 47 90 37 58
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>p.vienne@te81.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c293-valorisation-des-certificats-deconomie-denerg/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>56180</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'efficacité énergétique de son patrimoine bâti avec le Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement réalisé par le SDEC ENERGIE,  qui prend en charge une partie de son coût.</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil en Energie Partagé (CEP) est un accompagnement pour améliorer la performance énergétique du patrimoine bâti des collectivités. Il se décline en 3 niveaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 1 : Suivre ses consommations et ses dépenses d&amp;#039;énergies. Mise à disposition d&amp;#039;un logiciel de gestion et de suivi des consommations d&amp;#039;énergies,  réunion de suivi annuel d&amp;#039;aide au repérage des bâtiments à enjeux de rénovation (dont décret tertiaire)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 500€/an &amp;#43; 50€/bâtiment/an
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 2 : Élaborer et suivre sa stratégie de rénovation. Prédiagnostic (visite), analyse des contrats d&amp;#039;énergies, réalisation d&amp;#039;un audit énergétique externalisé, définition d&amp;#039;une stratégie de rénovation, réalisation d&amp;#039;études ou accompagnement à leur réalisation selon les besoins (enregistrement de température, thermographie infrarouge), aide à la saisie des données sur la plateforme OPERAT (décret tertiaire)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 5500€/bâtiment
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 3 (expérimental) : Réaliser ses travaux de rénovation. Appui à l&amp;#039;obtention des aides financières mobilisables, maîtrise d&amp;#039;ouvrage des travaux de rénovation (mandat), réalisation du marché de maîtrise d&amp;#039;oeuvre, suivi de la réalisation et de l&amp;#039;efficacité des travaux de rénovation en lien avec la maîtrise d&amp;#039;oeuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 5% du coût des travaux
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent au SDEC ENERGIE.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Souscrire au niveau 1 pour bénéficier du niveau 2 et souscrire au niveaux 1 et 2 pour bénéficier du niveau 3
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/sites/sdec.createurdimage.fr/files/sdec_guide_aides_230412_v6.pdf</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/202f-realiser-un-diagnostic-du-patrimoine-public-d/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>58075</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la valorisation des travaux de rénovation grâce aux Certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Hellio Solutions</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H11" s="1" t="inlineStr">
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 100</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hellio est expert de la réglementation des CEE pour les collectivités et les territoires. Nous déployons des solutions sur-mesure destinées au secteur public,
+ au travers de son pôle dédié. Grâce à une pluralité de métiers complémentaires, nos équipes accompagnent les collectivités étape par étape,
+ jusqu&amp;#039;à
+ l&amp;#039;optimisation des performances énergétiques de leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement tout le long du cycle de vie des projets d&amp;#039;économies d&amp;#039;énergie et cela inclut notamment les axes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- L&amp;#039; identification des gisements d&amp;#039;économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Des recommandations techniques sur les projets à venir
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Le montage et la validation des dossiers CEE
+&lt;/p&gt;
+&lt;p&gt;
+ Tout cet accompagnement est articulé autour d&amp;#039;une mobilisation optimale du dispositif CEE comme levier de financement  pour accélérer et améliorer les travaux réalisés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2018, Hellio a versé plus de 30 millions d&amp;#039;euros pour la rénovation de ces bâtiments divers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  278 écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  175 mairies
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  138 salles des fêtes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43; de 200 logements communaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Exemple de rénovation d&amp;#039;un bâtiment scolaire dans la Marne (51)
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  isolation des combles, de la toiture-terrasse, des murs et du plancher : 73 600 € de versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement des menuiseries : 1000 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pose d&amp;#039;une pompe à chaleur air/eau : 9760 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un système de gestion technique du bâtiment pour le chauffage et l&amp;#039;eau chaude sanitaire : 1 700€ versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au total, le montant de prime versé a été de 86 060 € ce qui a couvert 37% du montant total des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible aux dispositif des CEE, chaque opération doit respecter des critères spécifiques définis. Au cas par cas, nous vous indiquerons si votre opération est éligible aux CEE et nous serons force de propositions et préconisations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hellio.com/solutions/collectivites</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Léa Monnier
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Responsable développement commercial - Secteur Public - Hellio
+  &lt;br /&gt;
+  01 44 94 21 36
+  &lt;br /&gt;
+  &lt;a href="mailto:lmonnier&amp;#64;hellio.com" target="_self"&gt;
+   lmonnier&amp;#64;hellio.com
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>lmonnier@hellio.com</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-valorisation-des-travaux-de-re/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>73104</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique des bâtiments publics tertiaire en Ardèche</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Energies de l’Ardèche (SDE 07)</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 75</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions apportés s&amp;#039;appuient sur le mécanisme des Certificats économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées sur la base des dépenses retenues sont plafonnées dans la limite des seuils suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Montant de la dépense (HT) retenue - L&amp;#039;enveloppe éligible est de 30 000 €
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour tout travaux éligible aux CEE - 50 %
+  d&amp;#039;aide
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de bouquet de travaux - 60% d&amp;#039;aide
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de recours à des matériaux biosourcés - 60 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de bouquet de travaux ayant recours à des matériaux biosourcés - 75%
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la rénovation énergétique des bâtiments communaux : isolation, changement de fenêtre, pose de VMC, changement de système de chauffage, etc.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité doit être adhérente au service énergie du SDE 07 pour être éligible, il s&amp;#039;agit d&amp;#039;une adhésion de 70 centimes par habitant et par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères techniques minimaux sont ceux permettant la valorisation des Certificats économies d&amp;#039;énergie (CEE).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde07.com/</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde07.com/communes-collectivites-ardeche/maitrise-des-energies/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Julien CARONNET - j.caronnet&amp;#64;sde07.com - 04 75 66 09 27
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>j.caronnet@sde07.com</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a77-accompagner-la-renovation-energetique-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>94230</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Préparer un projet de rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intégralement pris en charge par la Banque des Territoires, le Diagnostic énergétique des bâtiments publics s&amp;#039;adresse aux communes souhaitant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover des établissements scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chiffrer le coûts des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les gains énergétiques de chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prioriser les travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics prend la forme d&amp;#039;une mission de conseil spécialisée permettant d&amp;#039;identifier et de chiffrer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coûts de chaque action envisagée pour un bâtiment ou un ensemble de bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les gains énergétiques et les réductions carbone permis par chacune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux à prioriser.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics a plusieurs rôles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étudier la situation à partir de l&amp;#039;analyse des consommations énergétiques (factures des 3 dernières années), d&amp;#039;entretiens réalisés sur le terrain et de la documentation disponible ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer plusieurs bouquets de travaux présentant un impact positif sur les consommations énergétiques et le confort d&amp;#039;usage des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;enveloppe nécessaire aux travaux et définir le programme technique précis à mettre en œuvre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous permettre de définir le périmètre des travaux en fonction de vos priorités et des travaux nécessaires (extension, transformation, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/diagnostic-performance-energetique-dpe?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_energie_bat_public_osat</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec74-obtenir-un-diagnostic-energetique-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>120959</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique du patrimoine bâti public</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes
+ &lt;br /&gt;
+ Jusqu&amp;#039;à 50 % du montant éligible TTC - ou HT en cas de récupération de la TVA - (subvention maximale : 50 000 €).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux
+ &lt;br /&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune indemnité ne sera versée pour les frais engagés pour participer au présent appel à projets et à l&amp;#039;élaboration des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement de plans stratégiques patrimoniaux portant sur le diagnostic d&amp;#039;un ensemble de bâtiments du patrimoine de la collectivité, afin d&amp;#039;établir un plan pluriannuel d&amp;#039;investissement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation globale de bâtiments tertiaires publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation par étapes : au minimum 2 actions « geste par geste »  (isolation des murs, planchers bas et toiture, menuiseries extérieures...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Les projets devront respecter des performances minimales indiquées dans le règlement du dispositif et le recours à des matériaux biosourcés ou la production d&amp;#039;énergies renouvelables sur site seront valorisés.
+&lt;/span&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur
+ &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  mesdemarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé et les travaux ne doivent pas avoir débuté avant la date de clôture de l&amp;#039;appel à projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:aap-batiments-durables&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aap-batiments-durables&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830818.116616119&amp;amp;zoom&amp;#61;3" rel="noopener" target="_blank"&gt;
+  Trouver un conseiller
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2fa1-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>131800</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique du patrimoine bâti public</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif favorise des projets de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les opérations en rénovation globale d&amp;#039;un ou plusieurs bâtiments publics :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réduire de 50% minimum les consommations énergétiques de la ou des surface(s) concernée(s). Le gain énergétique devra être justifié par une étude thermique précisant les consommations énergétiques avant et après travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Pour les opérations de rénovation « par étapes » : au minimum 2 actions « geste par geste » (isolation des murs, des planchers bas et de la toiture, rénovation des menuiseries extérieures, ventilation, production de chauffage et d&amp;#039;eau chaude sanitaire etc.)
+&lt;/span&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Respecter les critères techniques des fiches standardisées CEE.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20 000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse électronique de contact pour cette aide est la suivante : aap-batiments-durables&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830917.3355645565&amp;amp;zoom&amp;#61;3" target="_self"&gt;
+  Trouver un conseiller
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/29cf-travaux-de-renovation-energetique-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>112126</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de rénovation énergétique du patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la réalisation de travaux de rénovation énergétique du patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>*sous adhésion</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
-[...2 lines deleted...]
-&lt;p&gt;Le dispositif régional contribuera à renouveler les peuplements forestiers dans un contexte incertain de changement climatique, par des plantations en plein ou en enrichissement. Outre la production à long terme de bois de qualité, ces travaux amélioreront la résilience des écosystèmes et contribueront à atténuer les effets du changement climatique, notamment en développant le potentiel du puits de carbone forestier.&lt;/p&gt; &lt;p&gt;Pour être considéré comme éligible, le projet devra :&lt;/p&gt;
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDES participe financièrement aux travaux d&amp;#039;investissement de rénovation énergétique du patrimoine bâti de ses communes adhérentes.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La participation financière du SDES est octroyée aux seules communes adhérentes au SDES, à l&amp;#039;exception de celles &amp;gt; 2 000 habitants n&amp;#039;ayant pas intégré par délibération concordante à celle du SDES, le dispositif de répartition des recettes issues de la TICFE.La participation financière du SDES s&amp;#039;applique comme suit sur les montants HT des travaux de rénovation énergétique réalisés sur le patrimoine bâti des communes :
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;Concerner une surface minimale de 4 ha et prévoir un minimum de 2 000 plants ;&lt;/li&gt;
-[...1 lines deleted...]
-&lt;li&gt;Les parcelles concernées devront faire l’objet d’un document de gestion durable et le projet devra être conforme au programme des interventions inscrit dans ce dernier.&lt;/li&gt;
+ &lt;li&gt;40 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 40 %;
+ &lt;/li&gt;
+ &lt;li&gt;50 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 50 %
+ &lt;/li&gt;
+ &lt;li&gt;60 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 60 %.
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;La liste complète des conditions d’éligibilité est à consulter dans le règlement d’intervention de l’aide.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
-[...7 lines deleted...]
-      <c r="O11" s="1" t="inlineStr">
+&lt;p&gt;
+ Les économies d&amp;#039;énergies ci-dessus sont calculées sur la base de l&amp;#039;énergie finale économisée. &lt;/p&gt;&lt;p&gt;Pour les seuls matériaux isolants biosourcés, &amp;#34;un bonus biosourcé&amp;#34; sera attribué égal à 10 % de leur montant HT. Les économies d&amp;#039;énergies ci-dessus sont calculées sur la base de l&amp;#039;énergie finale économisée. &lt;br /&gt;Cette participation financière est plafonnée à 80 000 € / an, quel que soit le nombre de dossiers présentés sur l&amp;#039;année civile. &lt;/p&gt;
+&lt;p&gt;
+ Les travaux réalisés doivent à minima respecter les exigences de performances énergétiques et les critères techniques des fiches CEE.
+ &lt;br /&gt;
+ Aucune participation financière n&amp;#039;est accordée si le Temps de Retour sur Investissement (TRI) de l&amp;#039;opération globale est inférieur à 7 ans. Pour chaque dossier, tous les CEE (hors CEE « Coup de pouce Chauffage bâtiment tertiaire ») issus des travaux de rénovation énergétique des bâtiments communaux sont cédés au SDES. Celui-ci les valorise et conserve le montant de cette valorisation.&lt;/p&gt;&lt;p&gt;Adhésion à la compétence transition énergétique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdes73.com/transition-energetique/batiment/renovation-des-batiments/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ sdes&amp;#64;sdes73.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 79 26 42 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>j.fournier@sdes73.com</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c040-copie-10h57-aide-a-la-realisation-daudits-ene/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>153402</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique des copropriétés</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Aide Rénovation énergétique copropriété</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Planète Manche Rénovation &amp;#34;volet copropriété&amp;#34; est un dispositif d&amp;#039;aide aux copropriétés pour des projets de rénovation globale d&amp;#039;habitations collectives privées utilisées en résidence principale et situées sur le territoire de la Manche. Les projets visés concernent la rénovation globale des habitations dans un souci de performance énergétique et de respect de la qualité architecturale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux éligibles traitent les parties communes ou relevent d&amp;#039;un intérêt collectif au sein des parties privatives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux concernant la construction neuve, une extension de la surface habitable d&amp;#039;un bâtiment existant ou le changement de destination de locaux ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale est réservée aux copropriétés gérées par un syndic professionnel ou bénévole, enregistré au registre national des copropriétés. Elle concerne les bâtis collectifs à usage d&amp;#039;habitations principales de plus de 15 ans et situés sur le territoire de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département est de 25% des dépenses éligibles avec un plafond par dossier fixé à 75.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier transmis par le syndicat de copropriété devra comporter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le formulaire de demande d&amp;#039;aide signé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le procès verbal de l&amp;#039;assemblée générale donnant mandat au syndic de copropriété pour cette demande de subvention et validant les travaux à engager faisant l&amp;#039;objet de la demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les devis non signés des travaux prévus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;audit énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une photo de la façade.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les attestations RGE des entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent notamment mettre en oeuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des façades, toitures, planchers bas, menuiseries extérieures, ventilation), d&amp;#039;installation de systèmes de chauffage et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets doivent concerner à minima deux postes de travaux dont l&amp;#039;un doit concerner obligatoirement un poste d&amp;#039;isolation : murs, toitures ou planchers bas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour être considéré comme un poste de travaux, les travaux doivent concerner la totalité des travaux restant à réaliser dans une même nature de travaux. La ventilation n&amp;#039;est pas considérée comme un poste de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement du projet par un assistant à maîtrise d&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attention, les devis ne doivent pas être signés et les travaux ne doivent pas être engagés avant la réception d&amp;#039;un accusé de réception du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux dépenses TTC liées aux travaux d&amp;#039;amélioration énergétique : isolation de l&amp;#039;enveloppe, remplacement des ouvrants, des systèmes de chauffage, de production d&amp;#039;eau chaude sanitaire, mise en place d&amp;#039;une ventilation mécanique contrôlée, ainsi que les travaux induits, c&amp;#039;est-à-dire nécessairement liés aux travaux précités.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/987a-aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>116231</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maîtrises d'ouvrage publiques dans l'amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Programme pour l'efficacité énergétique dans les bâtiments en France d'Outre-mer</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+ADEME</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 100</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PEEB Outre-Mer est une facilité d&amp;#039;assistance technique financée sur ressources du Fonds Outre-Mer visant à accompagner les maîtrises d&amp;#039;ouvrage publiques dans l&amp;#039;amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les prestations incluent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les diagnostics et audits énergétique (selon les méthodologies de l&amp;#039;ADEME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les simulations thermiques dynamiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bilans carbone
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégration des enjeux énergétiques et environnementaux dans les documents d&amp;#039;appels d&amp;#039;offre
+ &lt;/li&gt;
+ &lt;li&gt;
+  La révision de plans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le chiffrage de mesures d&amp;#039;efficacité énergétique et de production ENR
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement pour la certification des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études environnementales, sociales et de genre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les analyses parasismique, para-cyclonique, inondations et plan de retrait amiante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formations et ateliers à l&amp;#039;attention des acteurs du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit être éligible au Fonds Outre-mer.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit viser l&amp;#039;amélioration significative de la performance énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études des performances énergétiques et environnementales ne doivent pas avoir été contractualisées avec un prestataire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit faire une requête explicite au PEEB après une première analyse réalisée par le chargé d&amp;#039;affaires AFD ou ADEME.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les chargés d&amp;#039;affaires AFD et les ingénieurs ADEME locaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts directions d&amp;#039;agences AFD :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1bc1-peeb-outre-mer/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)
+Fédération nationale des collectivités concédantes et régies (FNCCR)
+Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
+Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
+de mettre à disposition et financer des outils d’aide à la décision pour les
+groupements de collectivités qui souhaitent développer des projets de
+rénovation énergétique des bâtiments publics. A l’échelle du Var ce
+programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
+COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
+permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
+conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;o&lt;span&gt;  
+&lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
+différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
+ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
+de flux ACTEE83 avec le
+recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
+collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
+collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
+des collectivités sur l’amélioration énergétique des bâtiments publics en
+communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
+du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
+de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
+AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P11" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2023</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2026</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>119941</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans vos projets de construction et rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivité</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ASDER est un acteur majeur de la transition énergétique en Savoie depuis plus de 40 ans. Nous accompagnons les communes et territoires dans leur politique de transition énergétique, notre spécialité étant l&amp;#039;énergie.
+ &lt;br /&gt;
+ L&amp;#039;ASDER peut vous accompagner du début à la fin de votre projet ou intervenir ponctuellement pour vous apporter des conseils sur le volet énergétique.
+ &lt;br /&gt;
+ Nous visitons le bâtiment et vous faisons un pré-diagnostic et des préconisations d&amp;#039;amélioration.
+ &lt;br /&gt;
+ Si vous décidez de lancer le projet nous sommes à vos côtés pour vous conseiller sur les choix les plus à même d&amp;#039;assurer la qualité environnementale du projet.
+ &lt;br /&gt;
+ Nous pouvons, avec vous, analyser les propositions qui vous sont faites, vous proposer une grille d&amp;#039;analyse pour faire ressortir les éléments essentiels pour réaliser un projet efficace et respectueux de l&amp;#039;environnement.
+ &lt;br /&gt;
+ L&amp;#039;objectif de notre accompagnement est de vous amener vers un projet le plus vertueux possible, avantageux pour la maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous avons accompagné plusieurs communes pour la rénovation de leur école, dans une réflexion très en amont avec le CAUE de la Savoie (pré-diagnostic ; pré-programme). Nous accompagnons les maîtres d&amp;#039;ouvrage tout au long des projets, ce qui nous permet d&amp;#039;avoir une bonne expérience.
+ &lt;br /&gt;
+ Nous intervenons régulièrement pour les communes, sur tout type de bâtiments (mairie ; école ; salle polyvalente ; logements communaux ; ...) et à différents stades de leurs projets de patrimoine (programme, pré-diagnostic, consultations des entreprises, suivi des installations, ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes communes et EPCI de Savoie sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christian Fleury - Responsable du pôle collectivités et territoires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  christian.fleury&amp;#64;asder.asso.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 04 79 85 88 50
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e84c-etre-accompagner-dans-vos-projets-de-construc/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>163874</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Gérer l'eau et la nature dans les villes et les villages</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
+      <c r="I65" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 70</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
 entraîné une artificialisation des zones urbanisées altérant durablement les
 fonctions écologiques des sols urbains, en particulier leurs fonctions
 hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
 le plus souvent par une imperméabilisation qui constitue la forme la plus
 sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
 naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
 l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
 corolaire un accroissement des ruissellements urbains, quasi-systématiquement
 gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
 inondations et des impacts plus ou moins significatifs sur la qualité des
 milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
 60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
 sont rejetés sans traitement au droit des déversoirs d’orage directement dans
 les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
 la vie présente dans ces sols et leur capacité à être supports de biodiversité,
 les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
 plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
 les capacités de stockage de carbone dans les sols sous forme de matière
 organique, facteur d’atténuation du dérèglement climatique, mais aussi de
 réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
 par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
 au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
 l’expression de leurs services écosystémiques, en repensant la place de l’eau
 et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
 constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
 Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
 Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
 première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
 titre de la présente délibération visent à impulser et accompagner la
 nécessaire transformation des modes d’aménagement urbain, de tendre vers un
 urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
 l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
 dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
 habitants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M12" s="1" t="inlineStr">
+      <c r="M65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
 en améliorant leur état initial par la création de nouveaux espaces de nature
 en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P12" s="1" t="inlineStr">
+      <c r="P65" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q12" s="1" t="inlineStr">
+      <c r="Q65" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
 village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...31 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>105335</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des associations sportives, socio-éducatives, sanitaires, sociales et culturelles</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Equipements sportifs, socio-éducatifs, sanitaires, sociaux et culturels</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien financier en faveur des équipements (matériels, véhicules ...) et travaux sur des équipements sportifs, socio-éducatifs et culturels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matériels, véhicules, immobilier
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépense comprise entre 5 000 € et 20 000 € TTC, &lt;/p&gt;
+&lt;p&gt;Acquisition de véhicules : Dépense comprise entre 3 000 € et 25 000 € TTC.&lt;/p&gt;
+&lt;p&gt;
+ Dépôt de la demande avant le démarrage des investissements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://morbihan.fr</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.morbihan.fr</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Générale Adjointe Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 97 54 80 26
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : direction.territoires&lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;&amp;#64;morbihan.fr &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>direction.territoires@morbihan.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/49c2-soutenir-les-investissements-des-associations/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>162652</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Programme ACTEE - SDE35</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...16 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
-[...7 lines deleted...]
-          <t>Friche
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
-Biodiversité
+Equipement public
+Bâtiments et construction
 Réhabilitation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
-[...63 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...2874 lines deleted...]
-      <c r="G30" s="1" t="inlineStr">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>164753</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Développer la gestion intégrée des eaux pluviales dans le domaine industriel</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K30" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 80</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
-[...95 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence encourage l’infiltration de l’eau dans le sol et la gestion durable des eaux pluviales. Elle soutient le développement de la gestion intégrée des eaux pluviales en particulier avec des solutions fondées sur la nature (SFN) et en favorisant la désimperméabilisation des sols. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/activites-industrielles-artisanat"&gt;Activités industrielles et artisanat | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
+      <c r="M68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opérations favorisant l’infiltration et la gestion des eaux pluviales &lt;/p&gt;&lt;p&gt;Projets permettant d&amp;#039;accroître la désimperméabilisation des sols&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Artisanat
 Industrie
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P31" s="1" t="inlineStr">
+      <c r="P68" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q31" s="1" t="inlineStr">
+      <c r="Q68" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
 (entreprise, collectivité, association, syndicat, …) exerçant 
 une activité économique à caractère industriel, commercial 
 et artisanal ou en lien avec de telles activités (hors secteur 
 agricole et élevage (ou assimilé) traité dans la politique de 
 lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;être portés par une structure créée depuis plus de 2 ans 
 (sauf s’il y a continuité d’activité) &lt;/li&gt;&lt;li&gt;pour les études préalables aux travaux, prendre en compte 
 l’impact du changement climatique &lt;/li&gt;&lt;li&gt;mettre en jeu des surfaces supérieures ou égales à 700 m2
 de bâtiments ou zones artisanales déjà existantes et utiliser majoritairement des solutions fondées sur la nature sur 
 plus de 50 % des surfaces ou des volumes concernés&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/53-24-Re%CC%81duction%20pollutions%20industries_0.pdf"&gt;53-24-Réduction pollutions industries_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Industries_GIEP.pdf</t>
         </is>
       </c>
-      <c r="W31" s="1" t="inlineStr">
+      <c r="W68" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-lefficience-la-sobriete-et-les-economies-deau-en-agriculture/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>143287</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la gestion de vos eaux pluviales et leurs interactions avec les réseaux d'assainissement en ville</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
-[...2 lines deleted...]
-&lt;li&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 40 % du montant hors taxe éligible  &lt;/strong&gt;&lt;/li&gt;
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez en charge la gestion des eaux pluviales et devez l&amp;#039;adapter aux contraintes de pollution des sols, de dissolution du gypse, de faible perméabilité, tout en gérant le risque d&amp;#039;inondation par ruissellement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne pour la conception et le dimensionnement de solutions de gestion innovantes et appropriées comme par exemple le traitement ou la reperméabilisation.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment élaborer un diagnostic de l&amp;#039;écoulement et du devenir des eaux pluviales et des réseaux d&amp;#039;assainissement ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment éviter le ruissellement des eaux de pluie ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions innovantes de reperméabilisation des sols mettre en oeuvre ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment se former à la gestion des eaux pluviales ?
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;Une microentreprise, petite entreprise ou moyenne entreprise (ces termes font référence aux définitions se basant sur les critères présents dans la recommandation de la CE du 6 mai 2003 (2003/361/CE)&lt;/li&gt;
+ &lt;li&gt;
+  Des compétences et moyens matériels dans le domaine de l&amp;#039;eau : hydrologie quantitative, hydrogéologie, approche qualitative, hydrobiologie, écologie urbaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des analyses depuis l&amp;#039;amont (ruissellement, sources de pollution) jusqu&amp;#039;au milieu récepteur (cours d&amp;#039;eau, nappe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des outils développés pour évaluer les services écosystémiques rendus par les ouvrages, leurs performances        hydrauliques et épuratoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises entre ingénierie et recherche pour des solutions innovantes, adaptées aux contextes locaux et aux caractéristiques des sols et du sous-sol
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner l&amp;#039;élaboration d&amp;#039;un diagnostic de l&amp;#039;existant
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;Les investissements concourant à l’amélioration, à la sécurisation ou à l’innovation de l’exploitation forestière (treuil autonome, casque de transmission, équipement GPS de localisation de coupe, matériels permettant de diminuer la pression au sol : track ou chaine) ;&lt;/li&gt;
-[...2 lines deleted...]
-&lt;li&gt;Les investissements matériels liés à l’entretien de peuplements forestiers : élagueuse, nacelle automotrice ou non équipé de sécateurs pneumatiques.&lt;/li&gt;
+ &lt;li&gt;
+  Réaliser le diagnostic de territoire et de réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les services écosystémiques rendus par les aménagements en place
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales&lt;/p&gt;
-[...58 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Expertiser les enjeux, déterminer des critères
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Évaluer le potentiel de reperméabilisation à l&amp;#039;échelle du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Exploiter les résultats du diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaborer des solutions d&amp;#039;amélioration de la qualité de l&amp;#039;eau, la prévention des inondations, la régulation de l&amp;#039;îlot de chaleur urbain, le développement de paysages naturels, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer la gestion intégrée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser le zonage pluvial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fournir des recommandations concrètes pour une stratégie de reperméabilisation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Assister la construction de nouveaux projets d&amp;#039;aménagement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer la maîtrise d&amp;#039;ouvrage dans l&amp;#039;élaboration d&amp;#039;un cahier des charges
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyser les scénarios d&amp;#039;aménagement et de modalités d&amp;#039;exploitation associées (gestion différenciée, gestion naturelle, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Examiner, étudier les problématiques locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Grand Paris Seine &amp;amp; Oise
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude de faisabilité d&amp;#039;une politique d&amp;#039;infiltration des eaux pluviales dans des contextes hydrogéologiques sensibles (risque de dissolution du gypse).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Grand Narbonne Communauté d&amp;#039;Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des solutions pour la désimperméabilisation des sols du Grand Narbonne
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Toulouse Métropole
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toulouse Métropole lance une étude sur la débitumisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/ameliorer-gestion-vos-eaux-pluviales-leurs-interactions</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be77-ameliorer-la-gestion-de-vos-eaux-pluviales-et/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...487 lines deleted...]
-      <c r="G34" s="1" t="inlineStr">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
-[...118 lines deleted...]
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
-[...39 lines deleted...]
-          <t>&lt;p&gt;Le formulaire de demande d’aide publique accompagné des pièces justificatives et des annexes doit être déposé sur la plateforme MDNA (Mes démarches en Nouvelle-Aquitaine, en cliquant sur le bouton rouge, dessous &amp;#34;Déposer ma demande&amp;#34;). &lt;/p&gt;&lt;p&gt; Vous trouverez ces documents sur ce lienVous avez un projet concernant l&amp;#039;agriculture, la forêt ou Natura 2000 | Europe (europe-en-nouvelle-aquitaine.eu). ( Les équipements des entreprises de travaux forestiers 73.03.03)&lt;/p&gt;&lt;p&gt;Après le dépôt, un accusé de recevabilité sera transmis au demandeur précisant la date de réception de la demande de subvention et la date de début d’éligibilité des dépenses, dans le cas où l’opération serait soutenue au titre du FEADER. &lt;/p&gt;&lt;p&gt;Après instruction, les dossiers feront l’objet d’un passage en Commission Permanente de la Région Nouvelle-Aquitaine puis en Instance de Consultation des Partenaires, instance de décision du FEADER. Le porteur de projet sera informé de la décision globale.
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
-[...838 lines deleted...]
-  Géo16 - solution logiciels de cartographie numérique
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Solution WebSIG permettant la consultation, le requêtage, l&amp;#039;impression et la modification de données cartographiques : données cadastrales, fond de plan IGN, document d&amp;#039;urbanisme, servitudes d&amp;#039;utilité publique, risques, réseaux...[Géo16MAP]
-[...6 lines deleted...]
-  Environnements spécifiques à la gestion de données cartographique : recensement et la gestion de l&amp;#039;adressage, la voirie, la signalisation, les espaces verts, le patrimoine communal, etc...
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Information et formation des collectivités
-[...6 lines deleted...]
- &lt;br /&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Intégration de données cartographique, vectorisation
-[...3 lines deleted...]
-  &lt;br /&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
-[...277 lines deleted...]
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W40" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...301 lines deleted...]
-      <c r="G42" s="1" t="inlineStr">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>97325</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'entretien de la voirie de marais</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K42" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
-[...1843 lines deleted...]
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Environ 20% du territoire Vendéen est situé en zone de marais. La nature géologique du sol conduit à une dégradation plus rapide de l&amp;#039;état de la voirie. En effet, les argiles de marais (argile de l&amp;#039;holocène), substratum des routes concernées, sont de nature à gonfler ou dégonfler selon la saison et la teneur en eau des sols.
 &lt;/p&gt;
 &lt;p&gt;
  Le programme a pour objectif d&amp;#039;aider ces communes dans l&amp;#039;entretien des routes situées sur cette couche géologique d&amp;#039;argiles de marais.
 &lt;/p&gt;
 &lt;p&gt;
  Plafond de l&amp;#039;aide fixé à 10 000 euros par kilomètre linéaire.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Réhabilitation
 Milieux humides</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 3000 habitants ayant tout ou partie de leur territoire concerné par la couche géologique de l&amp;#039;argile de l&amp;#039;Holocène
  &lt;/li&gt;
  &lt;li&gt;
   EPCI regroupant ces communes et ayant la compétence de l&amp;#039;entretien de la voirie communale
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Sont éligibles l&amp;#039;ensemble des travaux liés à la réalisation de l&amp;#039;infrastructure.
 &lt;/p&gt;
 &lt;p&gt;
  Ne sont pas concernés, les études, les panneaux de signalisation directionnelle et d&amp;#039;information et les acquisitions foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux devront concerner uniquement les voies communales revêtues en enrobé ou en bicouche.
 &lt;/p&gt;
 &lt;p&gt;
  Les chemins sablés, en terre ou non revêtus seront exclus.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux pris en compte devront être situés sur la couche géologique de l&amp;#039;argile de l&amp;#039;holocène.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide du Département ne pourra pas être attribuée pour des travaux de même nature sur une même section pendant 5 ans après l&amp;#039;attribution d&amp;#039;une aide du Département à ce titre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Vendée
 &lt;/p&gt;&lt;p&gt;Pôle Finances et Ressources / Direction des Finances / Service Ingénierie financière et budgétaire&lt;/p&gt;
 &lt;p&gt;
  40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 28 85 84 20&lt;/p&gt;
 &lt;p&gt;
  Mail : &lt;a href="mailto:finances&amp;#64;vendee.fr" target="_self"&gt;finances&amp;#64;vendee.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>florian.sicard@vendee.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dc81-accompagner-lentretetien-de-la-voirie-de-mara/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>165071</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'équipement des entreprises de travaux forestiers</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;équipement des entreprises de travaux forestiers</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous êtes chef d&amp;#039;entreprise en Nouvelle-Aquitaine  ?
+La Region vous accompagne dans vos investissements en faveur des équipements performants limitant la pénibilité et les risques d’accident et respectueux des sols. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Contribuer à améliorer la compétitivité des opérateurs économiques en soutenant des investissements dans des équipements adaptés et la création d’emplois non délocalisables en zone rurale. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Garantir le développement des travaux forestiers pour conforter la ressource forestière &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Garantir la mobilisation du bois dans le respect de la sécurité au travail et des préoccupations environnementales. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Limiter la pénibilité et les risques d’accident et respectueux des sols.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Investissements matériels&lt;/strong&gt; &lt;/p&gt;&lt;p&gt;Le taux de base des aides est de 20% des dépenses éligibles sur une base plafonnée. &lt;/p&gt;&lt;p&gt;Il peut être majoré dans les cas suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; &amp;#43; 20% pour les matériels informatiques embarqués, les logiciels et le développement de logiciels , &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; &amp;#43; 20% pour les équipements de traction animale (dont animaux de trait) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; &amp;#43; 20% pour les câbles aériens de débardage de bois à l’exception des câbles d’implantation permanente .&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Le taux de base et les éventuelles majorations se cumulent dans la limite de 40%. &lt;/span&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt; Investissements immatériels&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Le taux des aides est de 65% des dépenses éligibles.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Economie locale et circuits courts
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Petite entreprise : &lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; d&lt;/span&gt;e moins de 50 salariés, &lt;/li&gt;&lt;li&gt; dont le chiffre d’affaires n’excède pas 10 millions d’euros, &lt;/li&gt;&lt;li&gt; dont l&amp;#039;activité principale est la réalisation de travaux forestiers (exploitation et / ou sylviculture) ou au moins 60 % de leur chiffre d&amp;#039;affaire. &lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt;Se conformer au cahier des charges en vigueur.&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-lequipement-des-entreprises-de-travaux-forestiers</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le formulaire de demande d’aide publique accompagné des pièces justificatives et des annexes doit être déposé sur la plateforme MDNA (Mes démarches en Nouvelle-Aquitaine, en cliquant sur le bouton rouge, dessous &amp;#34;Déposer ma demande&amp;#34;). &lt;/p&gt;&lt;p&gt; Vous trouverez ces documents sur ce lienVous avez un projet concernant l&amp;#039;agriculture, la forêt ou Natura 2000 | Europe (europe-en-nouvelle-aquitaine.eu). ( Les équipements des entreprises de travaux forestiers 73.03.03)&lt;/p&gt;&lt;p&gt;Après le dépôt, un accusé de recevabilité sera transmis au demandeur précisant la date de réception de la demande de subvention et la date de début d’éligibilité des dépenses, dans le cas où l’opération serait soutenue au titre du FEADER. &lt;/p&gt;&lt;p&gt;Après instruction, les dossiers feront l’objet d’un passage en Commission Permanente de la Région Nouvelle-Aquitaine puis en Instance de Consultation des Partenaires, instance de décision du FEADER. Le porteur de projet sera informé de la décision globale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-lequipement-des-entreprises-de-travaux-forestiers/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>50028</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d’efficacité énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...2863 lines deleted...]
-Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
+Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K66" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O66" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un maître
+d’ouvrage privé ou une entreprise du secteur tertiaire, un maître d’ouvrage
+public (collectivité territoriale, EPCI, établissement de l&amp;#039;État, SEM, SPL) ou
+encore un industriel engagé dans une démarche de réduction de consommation
+énergétique ou de décarbonation de vos process ? Vous souhaitez réduire la
+consommation d’énergie et les émissions de gaz à effet de serre de vos bâtiments,
+bénéficier d’une démarche d’accompagnement pour favoriser la conduite du
+changement ou du soutien d’un tiers de confiance, ou encore être soutenu dans
+le développement de solutions de décarbonation innovantes ? La Banque des
+Territoires vous accompagne à travers différentes offres d’investissement, en
+fonction de vos besoins et de vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Ces solutions
+d’investissement permettent ainsi de financer la rénovation des bâtiments
+tertiaires publics, selon différentes modalités : par exemple MGPE (Marchés
+Publics Globaux de Performance Energétique) à paiement différé, ou MPPE
+(Marchés de Partenariat de Performance Energétique), avec ou sans création de
+SAS ou SEMOp. Nous finançons également les entreprises publiques locales
+(sociétés d’économie mixte, sociétés publiques locales). Selon des modalités
+particulières, nous accompagnons également les projets concernant les bâtiments
+tertiaires privés. Enfin, l’efficacité énergétique et la décarbonation de
+l’industrie peuvent également faire l’objet de financement, selon certains
+prérequis.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P66" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="T66" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-efficacite-energetique-batiments?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=efeb_psat</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-travaux-efficacite-energetique-batiment/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G67" s="1" t="inlineStr">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>145008</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements pour la transition énergétique : réseaux de chaleur, production d'énergies renouvelables et rénovation globale</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Fonds énergies</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...11 lines deleted...]
-      <c r="K67" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="O67" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds Energies a été instauré le 14 avril 2023. Il est doté de 100 millions d&amp;#039;euros d&amp;#039;ici 2030. Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+ &lt;strong&gt;
+  fondsenergies&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ . L&amp;#039;attribution des subventions est réalisée par le Conseil métropolitain et chaque projet fait l&amp;#039;objet d&amp;#039;une convention spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Production d&amp;#039;énergie renouvelable ou de récupération locale
+  &lt;/strong&gt;
+  , par exemple géothermie de surface, géothermie profonde, solaire thermique, solaire photovoltaïque (hors revente totale), verdissement de réseau de chaleur (atteinte d&amp;#039;au moins 60% d&amp;#039;énergies renouvelables et de récupération), récupération de chaleur fatale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Extension/densification/création de réseaux de chaleur
+  &lt;/strong&gt;
+  alimentés à plus de 50% par des énergies renouvelables ou de récupération, raccordement d&amp;#039;un ou plusieurs bâtiments à un réseau de chaleur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rénovation énergétique performante de bâtiments tertiaires publics
+  &lt;/strong&gt;
+  répondant aux objectifs du décret tertiaire, et les travaux d&amp;#039;étanchéité et d&amp;#039;isolation de toitures en vue d&amp;#039;une solarisation. Les constructions neuves ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création/extension/densification d&amp;#039;un réseau de chaleur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une production de géothermie de surface pour un bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique globale de bâtiments publics
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="S67" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes, les établissements publics territoriaux, les syndicats exerçant la compétence de distribution d&amp;#039;électricité ou la maîtrise d&amp;#039;ouvrage de réseaux de chaleur sur le territoire de la Métropole du Grand Paris, les autres établissements publics situés sur le territoire de la Métropole pour des projets d&amp;#039;ampleur métropolitaine et les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidats auront démontré qu&amp;#039;ils ont sollicité l&amp;#039;ensemble des aides existantes, notamment régionales et nationales, pour mener à bien la réalisation de leur projet.
+ &lt;/strong&gt;
+ Par exemple, pour la chaleur renouvelable, le fonds énergies a vocation à venir en complément des aides du fonds chaleur de l&amp;#039;ADEME ou l&amp;#039;AAP Chaleur renouvelable de la Région, pour s&amp;#039;assurer que des projets bénéfiques pour la transition énergétique du territoire voient bien le jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...28 lines deleted...]
-      <c r="AA67" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-energies</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsenergies&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae70-financer-des-investissements-dans-la-transiti/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>