--- v0 (2025-11-09)
+++ v1 (2026-01-06)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA78"/>
+  <dimension ref="A1:AA4"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,12652 +228,457 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>161700</v>
+        <v>165283</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
+          <t>Améliorer et partager les connaissances en recherche et développement, innovation, expérimentation</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
+          <t>Recherche et développement, innovation, expérimentation</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>ADEME</t>
+          <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...421 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance la recherche et développement 
 (R&amp;amp;D) orientée vers l’atteinte des objectifs du Sdage. L’innovation 
 et la R&amp;amp;D sont soutenues lorsque leur finalité est opérationnelle, 
 et liée à des spécificités thématiques ou géographiques propres à un ou 
 plusieurs bassins-versants du bassin Loire-Bretagne.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P5" s="1" t="inlineStr">
+      <c r="P2" s="0" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q5" s="1" t="inlineStr">
+      <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-recherche-et-developpement-innovation-experimentation.html</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-et-partager-les-connaissances-en-recherche-et-developpement-innovation-experimentation/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...840 lines deleted...]
-      <c r="A10" s="1">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
         <v>163880</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Etude, recherche, innovation et connaissance environnementale</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I10" s="1" t="inlineStr">
+      <c r="I3" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 80</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
 délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
 L’acquisition, le transfert et la valorisation
 de connaissances (études générales, recherchedéveloppement, prospective et
 innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
 ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
 nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
 changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
 l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
 La création et la gestion de réseaux de
 surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
 ressources en eau superficielles et souterraines, des usages et des pressions
 qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
 (qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
 et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
 complémentaires qui permettent de renforcer les programmes de surveillance de
 la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
 aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
 de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
 le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
 définies dans la lettre de cadrage du ministère avec pour objectif principal
 l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M10" s="1" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
 spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
 l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
 Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 International
 Industrie
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P10" s="1" t="inlineStr">
+      <c r="P3" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q10" s="1" t="inlineStr">
+      <c r="Q3" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
 prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...189 lines deleted...]
-      <c r="E12" s="1" t="inlineStr">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>71304</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Développer un projet de recherche, de développement ou d’innovation</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
-[...4943 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;accompagnement par l&amp;#039;ADEME des projets de Recherche, de Développement, d&amp;#039;Innovation (RDI) s&amp;#039;inscrit majoritairement au travers d&amp;#039;appels à projets nationaux. Vous avez un projet de Recherche, de Développement, d&amp;#039;Innovation (RDI) dont la thématique ne correspond à aucun appel à projets actuellement ouvert sur la plateforme de l&amp;#039;ADEME ?
 &lt;br /&gt;
 Les modalités des appels à projets en ligne ne répondent pas à votre besoin.
 &lt;br /&gt;
 &lt;br /&gt;
 Par exemple, les seuils des Concours d&amp;#039;innovation ou des appels à projet Recherche compétitifs et collaboratifs sont au delà du montant de votre projet...
 &lt;br /&gt;
 Pour autant, votre projet contribue à faire avancer la recherche en lien avec la Transition énergétique et environnementale, vous pouvez prendre contact avec l&amp;#039;ADEME, qui étudiera l&amp;#039;opportunité d&amp;#039;accompagner votre projet.
 &lt;br /&gt;
 &lt;br /&gt;
 L&amp;#039;ADEME est en mesure de financer des projets de RDI qui lui sont soumis directement hors appels à projet, dans la mesure où les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant des appels à projets compétitifs.</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Innovation, créativité et recherche
 Qualité de l'air</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;opération pour laquelle vous sollicitez une aide financière ne doit pas avoir commencé ou ne doit pas avoir donné lieu à des engagements fermes (sous quelque forme que ce soit : marché signé, commande signée, devis accepté...).
 &lt;/p&gt;
 &lt;p&gt;
  Consultez la page de l&amp;#039;aide pour obtenir des détails.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Bretagne, Guadeloupe, Guyane, Hauts-de-France, La Réunion, Martinique, Mayotte, Nouvelle-Aquitaine, Occitanie, Pays-de-la-Loire</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://entreprises.ademe.fr/dispositif-aide/projets-de-recherche-de-developpement-ou-dinnovation</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;éligibilité de tels projets est jugée au cas par cas, les objectifs pour l&amp;#039;ADEME étant notamment de bien qualifier leur pertinence au regard des priorités de recherche et innovation du moment, et la qualité scientifique de la proposition ; il est donc impératif de prendre contact avec l&amp;#039;ADEME avant tout dépôt de dossier.
 &lt;br /&gt;
 &lt;br /&gt;
 Vous avez contacté l&amp;#039;ADEME et votre projet répond à des objectifs partagés avec l&amp;#039;ADEME.</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b49-projets-de-recherche-de-developpement-ou-dinn/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
-[...5806 lines deleted...]
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>