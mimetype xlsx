--- v0 (2025-11-22)
+++ v1 (2026-01-01)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA69"/>
+  <dimension ref="A1:AA187"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,325 +228,738 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>120427</v>
+        <v>111667</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Accompagner la réalisation d'études et de travaux dans les domaines de l'eau potable et de l'assainissement collectif</t>
+          <t>Préserver les ressources en eau potable</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>EAU POTABLE</t>
+          <t>Développement durable : Eau</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Drôme</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 40</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;investissement pour des travaux destinés à la préservation des ressources en eau et la fiabilisation de l&amp;#039;alimentation en eau potable : production et distribution d&amp;#039;eau potable, canalisations, amélioration de la desserte en eau, stockage d&amp;#039;eau potable, équipements d&amp;#039;instrumentation et de télégestion, économie d&amp;#039;eau pour les bâtiments publics, préservation de la ressource en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de travaux éligibles par opération : 3 millions d&amp;#039;euros HT.
+&lt;/p&gt;
+&lt;p&gt;
+ Variation des taux d&amp;#039;aide en % des dépenses HT :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   15 % pour les travaux de : production d&amp;#039;eau potable, amélioration de la desserte en eau et du stockage d&amp;#039;eau potable, les équipements d&amp;#039;instrumentation et de télégestion ; bonification &amp;#43;10 % pour les bénéficiaires en périmètre de la ruralité.
+  &lt;/li&gt;
+  &lt;li&gt;
+   20 % pour les travaux de : distribution d&amp;#039;eau potable ; bonification &amp;#43;10 % pour les bénéficiaires en périmètre de la ruralité.
+  &lt;/li&gt;
+  &lt;li&gt;
+   25 % pour les travaux d&amp;#039;économie d&amp;#039;eau pour les bâtiments publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   40 % pour les travaux de préservation de la ressource en eau.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Le montant éligible pour les travaux de canalisation est établi au regard d&amp;#039;un prix de référence calculé en fonction des caractéristiques de l&amp;#039;opération.
+&lt;p&gt;
+ Délibération n°2017-04-0018 (AD du 25/09/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae05-preserver-les-ressources-en-eau-potable/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>105055</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les interconnexions des réseaux d'eau potable</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation en eau potable - sécurisation interconnexions réseaux</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
-[...2 lines deleted...]
-      <c r="H2" s="0" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I2" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectif :
+  BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...31 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...8 lines deleted...]
-  : Eau potable et/ou assainissement collectif
+  Les collectivités compétentes en matière d&amp;#039;eau potable, à l&amp;#039;exception de Grand Angoulême et Grand Cognac
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets établis sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA) sont éligibles. A ce titre, la demande de subvention devra être portée conjointement par la collectivité et son cocontractant. Ce dernier pourra, alors, être le bénéficiaire de la subvention
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...7 lines deleted...]
-      <c r="M2" s="0" t="inlineStr">
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Le Département apporte un soutien aux opérations et travaux qui contribuent à l’amélioration de la distribution de l’eau potable, tant au niveau qualitatif que quantitatif, sous réserve d’éligibilité&lt;/p&gt;&lt;p&gt;Le Département ne prend pas en compte les dépenses d’assistance technique apportée dans le cadre de l&amp;#039;article L 3232-1-1 du code général des collectivités territoriales, compte tenu du soutien qu’il apporte à Charente Eaux pour assurer cette mission.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention de base : 15% du montant HT éligible&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Opérations éligibles :
+  CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
+&lt;p&gt;La participation du Département est conditionnée à l’approbation du projet d’un point de vue technique par les services du Département et le syndicat mixte Charente Eaux.&lt;/p&gt;&lt;p&gt;Dépenses éligibles : travaux, maîtrise d’œuvre et opérations connexes, uniquement pour des interconnexions structurantes et pérennes.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;span&gt;
-[...16 lines deleted...]
-&lt;/ul&gt;
+  une demande actualisée et signée du porteur de projet énumérant l&amp;#039;objet du projet, son coût global, le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de l&amp;#039;organe compétent de la collectivité territoriale approuvant le programme d&amp;#039;investissement adopté et le plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet validé
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acte d&amp;#039;engagement signé le cas échéant
+ &lt;/li&gt;
+ &lt;li&gt;
+  le devis des autres dépenses liées à l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  les autorisations préalables requises par la réglementation en vigueur
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement du programme intégrant les dépenses connexes précisant l&amp;#039;origine et le montant des moyens financiers ainsi que l&amp;#039;échéancier indicatif des dépenses prévues
+ &lt;/li&gt;
+ &lt;li&gt;
+  un planning de réalisation de l&amp;#039;opération précisant l&amp;#039;échéancier prévisionnel des demandes d&amp;#039;acomptes et solde de la subvention (en adéquation avec l&amp;#039;échéancier de réalisation de l&amp;#039;opération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dernier rapport annuel sur le prix et la qualité du service public
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Dépenses éligibles :
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
- Dépenses HT en lien avec les prestations éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : maximum de deux acomptes proportionnels au montant de l&amp;#039;opération réalisée, et jusqu&amp;#039;à 80 % du montant de la subvention ; solde à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paiement de la subvention interviendra dans le cadre d&amp;#039;une Autorisation de Programme / crédit de paiement. A ce titre, le demandeur devra présenter un planning prévisionnel de demande des acomptes et solde. Le versement s&amp;#039;effectuera selon un échéancier prévisionnel arrêté par le Département au moment de l&amp;#039;individualisation de la subvention, dans la limite des dépenses effectivement réalisées et dans celle des crédits de paiement inscrits par l&amp;#039;Assemblée départementale. Exceptionnellement, le Département pourra déroger à ce calendrier prévisionnel, dans la limite des crédits de paiement inscrits.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions de répartition des crédits de paiement pourront être réexaminées sur demande de la collectivité et sur présentation d&amp;#039;un échéancier prévisionnel de réalisation des travaux et des paiements afférents. Le cas échéant, en cas d&amp;#039;acceptation des demandes par le Département, une notification informera les collectivités du nouvel échéancier retenu.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets réalisés sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA), la subvention sera versée directement au cocontractant.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
-[...12 lines deleted...]
-      <c r="R2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7120_EAU_POTABLE_SECURISATION_INTERCONNEXIONS_RESEAUX.pdf</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Exclusions :
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Sont exclus les extensions et les renouvellements des réseaux d&amp;#039;eau potable, les réseaux d&amp;#039;eaux pluviales, l&amp;#039;assainissement non collectif, le renouvellement d&amp;#039;équipements.
-[...44 lines deleted...]
-  nriccio&amp;#64;ladrome.fr
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service eau hydrologie ; Tél. : 05 16 09 60 30
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b60e-soutenir-les-interconnexions-des-reseaux-deau/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>164134</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l'alimentation de l'eau potable</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont les travaux visant à assurer une bonne sécurité de l’approvisionnement en eau potable au regard des risques de rupture de l’approvisionnement jugés importants à l’échelle de l’ensemble du système d’alimentation en eau potable de la collectivité. Les risques pris en compte sont ceux liés :&lt;br /&gt;• À la vulnérabilité qualitative de la ressource en eau : environnement anthropisé à fort risque de pollution accidentelle, ressources superficielles ou naturellement peu protégées, à l’exclusion des pressions agricoles diffuses (nitrates, pesticides) ;&lt;br /&gt;• À la vulnérabilité intrinsèque du système de production, adduction, transfert et stockage de l’eau (risque de défaillance jugé important ou capacité insuffisante vis-à-vis de la continuité de l’approvisionnement) ;&lt;br /&gt;• À la vulnérabilité quantitative de la ressource en eau exploitée. &lt;/p&gt;&lt;p&gt;Les projets aidés devront :&lt;br /&gt;• Privilégier la diversification des ressources en eau existantes ;&lt;br /&gt; • La substitution par des ressources en eau non conventionnelles (réutilisation d’eaux d’usées ou d’eaux de process, …) pour des usages autres que la consommation humaine (eau industrielle, …) pourra également être envisagée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;• S’inscrire dans une démarche visant la réduction des consommations d’eau et de diminution des prélèvements dans les ressources fragiles.  Les travaux visés sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;• Le remplacement ou la réhabilitation de forages présentant un risque de défaillance ; &lt;br /&gt;• La reprise de drains des captages de sources pour les collectivités fragiles d’un point de vue quantitatif ; &lt;br /&gt;• Le remplacement ou la réhabilitation des conduites d’adduction ou de transfert structurantes 
+identifiées comme vulnérables ; &lt;br /&gt;• Les travaux de maillage interne s’ils répondent à l’objectif global de sécurisation ; &lt;br /&gt;• Les travaux de raccordement des écarts ou hameaux ; &lt;br /&gt;• Les opérations pilotes, au par cas, d’alimentation en eau potable de populations vulnérables ou 
+d’habitats isolés (si les travaux de raccordement ne sont pas pertinents d’un point de vue technico économique) : création d’un système d’alimentation en eau potable localisé indépendant, acquisition 
+de captages privés par la collectivité, … ; &lt;br /&gt;• Pour les ouvrages de stockage (sur la base d’un diagnostic des ouvrages) : &lt;br /&gt;- la mise en conformité sanitaire en cas de risque de dégradation de la qualité de l’eau du fait de 
+revêtements non conformes ;
+&lt;br /&gt;- la rénovation en cas de risques avérés générés par des problèmes d’étanchéité et affectant la 
+structure de l’ouvrage ;
+&lt;br /&gt;- la préservation de la capacité de régulation (fuites importantes par rapport aux besoins en eau 
+et à la capacité des ouvrages de production) ;
+&lt;br /&gt;- les travaux visant une augmentation de l’autonomie de stockage lorsque celle-ci est jugée 
+insuffisante.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les travaux 
+permettant de répondre aux 
+problématiques de défaillance 
+du système de production, 
+d’adduction, de transfert, de 
+stockage ou de risque de 
+pollution de la ressource :
+environnement anthropisé à fort 
+risque de pollution accidentelle, 
+ressources superficielles ou 
+naturellement peu protégées, à 
+l’exclusion des pressions 
+agricoles diffuses (nitrates, 
+pesticides).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-assurer-la-distribution-de-leau-potable/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>164307</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Protéger les captages d'eau potable</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence agit pour protéger la ressource en eau et améliorer la qualité de l’eau brute captée face aux impacts du changement climatique. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/eau-potable"&gt;Eau potable | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Elle finance des actions telles que : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La mise en place de périmètres de protection&lt;/li&gt;&lt;li&gt;La réalisation d’études (hydrogéologiques, délimitation aire d’alimentation, …)&lt;/li&gt;&lt;li&gt;l’animation de projets&lt;/li&gt;&lt;li&gt;Des investissements (travaux de protection ou de création de captages)&lt;/li&gt;&lt;li&gt;Des acquisitions foncières.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Elle soutient également des études visant à évaluer la vulnérabilité des ressources et à élaborer des plans d’actions préventifs, notamment en lien avec la réduction des pollutions diffuses.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q5" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;BÉNÉFICIAIRES &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les études et l’assistance technique, toute personne 
+publique ou privée dont le projet sera jugé pertinent par 
+l’Agence de l’Eau au regard des objectifs de sa politique 
+d’intervention &lt;/li&gt;&lt;li&gt;Pour les travaux : tout maître d’ouvrage public ou privé 
+gestionnaire de services publics d’eau potable &lt;/li&gt;&lt;li&gt;Pour les acquisitions foncières : les collectivités territoriales 
+et leurs groupements ou structure de gestion foncière
+ Les organismes publics de recherche
+Les collectivités devront être regroupées à une échelle 
+intercommunale et avoir officiellement pris la compétence
+« protection de la ressource ». &lt;/li&gt;&lt;li&gt;Pour les travaux, les collectivités doivent :
+ justifier d’un prix minimum de la part eau potable de 
+2 €TTC/m3
+ avoir renseigné les indicateurs réglementaires dans l’observatoire national des services d’eau et d’assainissement 
+(SISPEA)
+ disposer d’un arrêté préfectoral de DUP (procédure en 
+cours a minima)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20Potable_Prot%C3%A9ger%20les%20captages.pdf</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lapproche-integree-de-leau-a-la-bonne-echelle-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>163220</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Soutenir les travaux de distribution des réseaux d'eau potable</t>
         </is>
       </c>
-      <c r="D3" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
+      <c r="I6" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 50</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’accès à une eau potable de qualité est un enjeu de taille à l’échelle du département d&amp;#039;Eure-et-Loir. C’est pourquoi, le Conseil départemental aide financièrement et accompagne les collectivités du département pour les travaux d’amélioration de la distribution et de sécurisation de la desserte en eau potable (interconnexion des réseaux).&lt;/p&gt;&lt;p&gt;Le Département a ainsi revu en profondeur son dispositif pour 2024 afin d’accélérer notamment le renouvellement des réseaux. Ainsi, les taux et plafonds de dépense ont été revus à la hausse pour renforcer l’accompagnement des collectivités.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Opérations
 éligibles&lt;/u&gt; :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;a.
 réseau de distribution :&lt;/u&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le
 prix de l’eau potable TTC doit être égal ou supérieur à 2 €/m&lt;/span&gt;&lt;sup&gt;3&lt;/sup&gt;&lt;span&gt;. Le
 calcul du prix de l’eau potable intègre la part fixe répartie sur 100 m&lt;/span&gt;&lt;sup&gt;3&lt;/sup&gt;&lt;span&gt;,
 la part variable (communale, intercommunale, exploitant), les redevances
 (agences de l’eau, redevance au fonds de solidarité départementale…) ainsi que
 les taxes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Pour
 les travaux ci-dessous, les travaux devront être effectués sur la base d’une
 étude patrimoniale avec un schéma directeur proposant une programmation
 pluriannuelle priorisant les travaux à mener ou au minimum au stade de la phase
 1 (état des lieux). Les études existantes devront avoir moins de 10 ans.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les
 travaux de renouvellement des réseaux existants&lt;a name="_Hlk88484280"&gt;,&lt;/a&gt;&lt;/li&gt;&lt;li&gt;le renouvellement
 des canalisations lié à une problématique « plomb » ou  « chlorure vinyle monomère (CVM) »,
 &lt;/li&gt;&lt;li&gt;la
 construction, la démolition ou la réhabilitation des châteaux d’eau ou
 réservoirs (suppresseurs, étanchéité et canalisation),&lt;/li&gt;&lt;li&gt;les
 installations nécessaires à l’amélioration des rendements (vannes, compteurs et
 débitmètres de sectorisation, matériel de télégestion – autorelève),&lt;/li&gt;&lt;li&gt;le raccordement des hameaux existants non
 desservis en eau potable.&lt;/li&gt;&lt;li&gt;les
 frais annexes (maîtrise d’œuvre, assistance à maîtrise d’ouvrage, publication,
 contrôle (SPS), études géotechniques, levés topographiques), lorsqu’ils sont
@@ -559,1072 +972,2747 @@
 &lt;p&gt;&lt;u&gt;&lt;span&gt;b. défense incendie :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Sont
 éligibles :&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les
 réserves et poteaux incendies. Le bénéficiaire devra s’engager à respecter
 les prescriptions du règlement départemental de la défense extérieure contre
 l’incendie en Eure-et-Loir. Le solde de la subvention sera conditionné à la
 présentation d’une attestation de conformité de l’équipement posé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Montant
 de l’aide&lt;/u&gt; : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Taux
 d’intervention :&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;30% maximum d’une dépense subventionnable
 plafonnée à 1 000 000 € HT par an pour l’ensemble des projets portés par les
 Communautés d’agglomération. &lt;/li&gt;&lt;li&gt;40% maximum de la dépense subventionnable
 plafonnée à 150 000 € HT par an et par commune pour les communes de plus
 de 1 000 habitants (population INSEE totale) au sein des Communautés de
 communes ou des syndicats.&lt;/li&gt;&lt;li&gt;&lt;span&gt;50% maximum de la dépense subventionnable
 plafonnée à 150 000 € HT par an et par commune pour les communes de moins de 1
 000 habitants (population INSEE totale) au sein des Communautés de communes ou
 des syndicats.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;Le montant des subventions cumulées ne doit pas dépasser 80 % du montant HT du projet. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les
 financements seront attribués dans la limite de l’enveloppe budgétaire
 disponible.&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être
 égal ou supérieur à 1 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;u&gt;Conditions d’attribution &lt;/u&gt; :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les collectivités doivent être adhérentes au &lt;/span&gt;&lt;strong&gt;F&lt;/strong&gt;&lt;span&gt;onds de &lt;/span&gt;&lt;strong&gt;S&lt;/strong&gt;&lt;span&gt;olidarité à l’&lt;/span&gt;&lt;strong&gt;I&lt;/strong&gt;&lt;span&gt;nterconnexion et à l’&lt;/span&gt;&lt;strong&gt;A&lt;/strong&gt;&lt;span&gt;mélioration des &lt;/span&gt;&lt;strong&gt;R&lt;/strong&gt;&lt;span&gt;éseaux d’&lt;/span&gt;&lt;strong&gt;E&lt;/strong&gt;&lt;span&gt;au &lt;/span&gt;&lt;strong&gt;P&lt;/strong&gt;&lt;span&gt;otable (FSIAREP), ou « fonds de solidarité départementale ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;Les travaux
 doivent être conformes au Schéma départemental d’alimentation en eau potable
 adopté en 2021.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Les
 collectivités s’engagent à mettre à jour les déclarations SISPEA (système
 d&amp;#039;information des services publics d&amp;#039;eau et d&amp;#039;assainissement).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/eau-potable</t>
         </is>
       </c>
-      <c r="W3" s="1" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-travaux-dinterconnexion-des-reseaux-deau-potable/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>163219</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Soutenir les travaux d'interconnexion des réseaux d'eau potable</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J4" s="1" t="inlineStr">
+      <c r="J7" s="1" t="inlineStr">
         <is>
           <t>Dépense plafonnée à 1 500 000 € HT</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’accès à une eau potable de qualité est un enjeu de taille à l’échelle du département d&amp;#039;Eure-et-Loir. C’est pourquoi, le Conseil départemental aide financièrement et accompagne les collectivités du département pour les travaux d’amélioration de la distribution et de sécurisation de la desserte en eau potable (interconnexion des réseaux).&lt;/p&gt;&lt;p&gt;Le Département a ainsi revu en profondeur son dispositif pour 2024 afin d’accélérer notamment le renouvellement des réseaux. Ainsi, les taux et plafonds de dépense ont été revus à la hausse pour renforcer l’accompagnement des collectivités.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Opérations
 éligibles&lt;/u&gt; :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les
 travaux de création ou d’extension des ouvrages de transfert (canalisation,
 réservoir, surpresseur) de production (forage d’exploitation, station de
 pompage) et de traitement de l’eau potable (station de traitement),&lt;/li&gt;&lt;li&gt;les
 travaux pour les installations existantes à renforcer,&lt;/li&gt;&lt;li&gt;les
 travaux de renouvellement des canalisations en vue de maintenir un rendement
 optimal,&lt;/li&gt;&lt;li&gt;les frais annexes
 (maîtrise d’œuvre, assistance à maîtrise d’ouvrage, publication, contrôle
 (SPS), études géotechniques, levés topographiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Les divers et imprévus ne sont pas éligibles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Montant
 de l’aide&lt;/u&gt; :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention de 30%. Ce taux pourra être porté à 40 % pour les collectivités non éligibles aux aides des agences de l’eau (zonage ZRR), sous réserve de l’avis technique des services du Département. &lt;/p&gt;&lt;p&gt;L’aide du Département vient obligatoirement en complément d’une aide de l’État ou de l’Agence de l’eau.&lt;/p&gt;&lt;p&gt;Le montant des subventions cumulées ne doit pas dépasser 70 % du montant HT du projet. &lt;/p&gt;&lt;p&gt;Nombre de dossier non défini, dans la limite de la dépense subventionnable  (1 500 000 € HT).&lt;/p&gt;&lt;p&gt;Les
 financements seront attribués dans la limite de l’enveloppe budgétaire
 disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Patrimoine et monuments historiques</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le dossier
 doit être porté par une structure intercommunale et lorsque l’EPCI n’adhère pas
 au fonds de solidarité départementale, toutes les communes composant l’EPCI
 doivent y adhérer individuellement.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/eau-potable</t>
         </is>
       </c>
-      <c r="W4" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-le-patrimoine-local/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>117383</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la prise de compétence assainissement - eau potable</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="O5" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mettre en place une gouvernance opérationnelle à échéance de 2020, dans le cadre des nouvelles compétences définies par la loi NOTRe et potentiellement la loi Ferrand :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Analyse des enjeux « eau » sur le territoire considéré
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablissement du cahier des charges décrivant la mission attendue de la part du prestataire en vue de la réalisation des études
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la passation du marché ; Etude des offres afin d&amp;#039;aider le maître d&amp;#039;ouvrage dans son choix du prestataire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Suivi de l&amp;#039;étude.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas d&amp;#039;étude très importante et complexe (volet finances publiques étoffé), le service limitera son action à l&amp;#039;aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, passation du marché, aide au choix du prestataire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prestations écrites
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S5" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau.seine-et-marne.fr/</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0ac2-accompagner-la-prise-de-competence-assainisse/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...96 lines deleted...]
-      <c r="D7" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>164324</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Assurer la distribution de l'eau potable - Acquisition d'équipements</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
+      <c r="I9" s="1" t="inlineStr">
         <is>
           <t> Min : 60 Max : 70</t>
         </is>
       </c>
-      <c r="J7" s="1" t="inlineStr">
+      <c r="J9" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / Zonage FRR</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
-[...135 lines deleted...]
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les opérations permettant de :
 &lt;br /&gt;• Prévenir le risque bactériologique ; &lt;br /&gt;• Respecter les limites de qualité réglementaires en vigueur (hors nitrates et pesticides et hors per- et 
 polyfluoroalkylées PFAS) ; &lt;br /&gt;• Respecter les valeurs de référence de qualité réglementaire en vigueur ; &lt;br /&gt;• Améliorer la connaissance via l’acquisition et la mise en place des équipements d’autosurveillance des 
 ressources en eau, dès lors que cela s’inscrit dans le cadre d’un Plan de Gestion de la Sécurité Sanitaire 
 des Eaux. &lt;/p&gt;&lt;p&gt; En revanche, les travaux mentionnés ci-dessous ne sont pas éligibles :
 &lt;br /&gt;• Le remplacement des branchements en plomb ; &lt;br /&gt;• Les opérations de traitement d’eau (traitement curatif) ou d’évitement comme la recherche de nouvelle 
 ressource ou d’interconnexion visant à restaurer la qualité de l’eau distribuée contaminée par des 
 nitrates ou des pesticides. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le recours à des solutions curatives (interconnexions, traitement de l’eau brute, nouvelle ressource…) visant à 
 restaurer la qualité de l’eau distribuée contaminée par des pesticides et leurs métabolites ou par des PFAS sera 
 examiné de manière dérogatoire, au cas par cas. Le financement de l’Agence de l’eau sera réservé à des cas 
 particulièrement épineux où la surface financière de la collectivité est insuffisante pour assurer une desserte en 
 eau potable aux normes et sous des conditions strictes permettant une reconquête de la qualité en eau brute 
 et dans des formes ne conduisant pas au désengagement des exploitants agricoles pour la mise en œuvre des 
 plans de reconquête de la qualité des captages (cf. les orientations générales du 12e programme)&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q8" s="1" t="inlineStr">
+      <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les équipements 
 d’autosurveillance et 
 d’autocontrôle des ressources en 
 eau dans le cadre d’un Plan de 
 Gestion de la Sécurité Sanitaire 
 des Eaux*.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-assurer-la-distribution-de-leau-potable-travaux-damelioration/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>164325</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Sécuriser l'alimentation de l'eau potable - Sécurisation quantitative</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 70</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont les travaux visant à assurer une bonne sécurité de l’approvisionnement en eau potable au regard des risques de rupture de l’approvisionnement jugés importants à l’échelle de l’ensemble du système d’alimentation en eau potable de la collectivité. Les risques pris en compte sont ceux liés :&lt;br /&gt;• À la vulnérabilité qualitative de la ressource en eau : environnement anthropisé à fort risque de pollution accidentelle, ressources superficielles ou naturellement peu protégées, à l’exclusion des pressions agricoles diffuses (nitrates, pesticides) ;&lt;br /&gt;• À la vulnérabilité intrinsèque du système de production, adduction, transfert et stockage de l’eau (risque de défaillance jugé important ou capacité insuffisante vis-à-vis de la continuité de l’approvisionnement) ;&lt;br /&gt;• À la vulnérabilité quantitative de la ressource en eau exploitée. &lt;/p&gt;&lt;p&gt;Les projets aidés devront :&lt;br /&gt;• Privilégier la diversification des ressources en eau existantes ;&lt;br /&gt; • La substitution par des ressources en eau non conventionnelles (réutilisation d’eaux d’usées ou d’eaux de process, …) pour des usages autres que la consommation humaine (eau industrielle, …) pourra également être envisagée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;• S’inscrire dans une démarche visant la réduction des consommations d’eau et de diminution des prélèvements dans les ressources fragiles.  Les travaux visés sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;• Le remplacement ou la réhabilitation de forages présentant un risque de défaillance ; &lt;br /&gt;• La reprise de drains des captages de sources pour les collectivités fragiles d’un point de vue quantitatif ; &lt;br /&gt;• Le remplacement ou la réhabilitation des conduites d’adduction ou de transfert structurantes 
+identifiées comme vulnérables ; &lt;br /&gt;• Les travaux de maillage interne s’ils répondent à l’objectif global de sécurisation ; &lt;br /&gt;• Les travaux de raccordement des écarts ou hameaux ; &lt;br /&gt;• Les opérations pilotes, au par cas, d’alimentation en eau potable de populations vulnérables ou 
+d’habitats isolés (si les travaux de raccordement ne sont pas pertinents d’un point de vue technico économique) : création d’un système d’alimentation en eau potable localisé indépendant, acquisition 
+de captages privés par la collectivité, … ; &lt;br /&gt;• Pour les ouvrages de stockage (sur la base d’un diagnostic des ouvrages) : &lt;br /&gt;- la mise en conformité sanitaire en cas de risque de dégradation de la qualité de l’eau du fait de 
+revêtements non conformes ;
+&lt;br /&gt;- la rénovation en cas de risques avérés générés par des problèmes d’étanchéité et affectant la 
+structure de l’ouvrage ;
+&lt;br /&gt;- la préservation de la capacité de régulation (fuites importantes par rapport aux besoins en eau 
+et à la capacité des ouvrages de production) ;
+&lt;br /&gt;- les travaux visant une augmentation de l’autonomie de stockage lorsque celle-ci est jugée 
+insuffisante.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les projets de 
+sécurisation (interconnexions, 
+diversification des ressources, 
+création de nouvelles ressources, 
+raccordement des écarts et 
+hameaux, …) &lt;/p&gt;&lt;p&gt;Ils doivent s’inscrire dans une 
+démarche globale de réduction 
+des consommations et de 
+diminution des prélèvements 
+dans les ressources fragiles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-securiser-lalimentation-de-leau-potable-vulnerabilite-du-systeme/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>30540</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Préparer le lancement de travaux en eau potable</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lorsqu&amp;#039;un projet en eau potable est lancé à l&amp;#039;initiative de la collectivité, le
+ Département peut accompagner la collectivité dans le choix d&amp;#039;un
+ maître
+ d&amp;#039;œuvre ou d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage selon les spécificités de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 12 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hameau de Sauvergue obligations règlementaires pour l&amp;#039;alimentation en eau
+&lt;/p&gt;
+&lt;p&gt;
+ Rédaction de projet de documents de consultation pour un marché de maîtrise d&amp;#039;oeuvre pour des travaux d&amp;#039;assainissement et d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ Raccordement au réseau d&amp;#039;eau de plusieurs hameaux
+&lt;/p&gt;
+&lt;p&gt;
+ Diagnostic réseaux AEP.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dc4-preparer-le-lancement-de-travaux-en-eau-potab/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>30541</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un service en eau potable et son fonctionnement</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la prise de compétence eau potable, ou dans le cadre de la réorganisation de ce service, le Département peut accompagner la collectivité dans les démarches préalables à ces changements.
+&lt;/p&gt;
+&lt;p&gt;
+ Un processus méthodologique peut être proposé afin d&amp;#039;identifier les enjeux, problématiques, opportunités, qui permettront aux élus d&amp;#039;identifier le scénario qui sera retenu.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 11 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la rédaction du RPQS.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b48f-mettre-en-place-un-service-en-eau-potable-et-/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>105056</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en service de nouvelles ressources en eau potable</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation en eau potable - sécurisation - mise en service de nouvelles ressources</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités compétentes en matière d&amp;#039;eau potable, à l&amp;#039;exception de Grand Angoulême et Grand Cognac
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets établis sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA) sont éligibles. A ce titre, la demande de subvention devra être portée conjointement par la collectivité et son cocontractant. Ce dernier pourra, alors, être le bénéficiaire de la subvention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département apporte un soutien aux opérations et travaux qui contribuent à l&amp;#039;amélioration de la distribution de l&amp;#039;eau potable, tant au niveau qualitatif que quantitatif, sous réserve d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département ne prend pas en compte les dépenses d&amp;#039;assistance technique apportée dans le cadre de l&amp;#039;article L 3232-1-1 du code général des collectivités territoriales, compte tenu du soutien qu&amp;#039;il apporte à Charente Eaux pour assurer cette mission.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention de base : 15% du montant HT éligible&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La participation du Département est conditionnée à l&amp;#039;approbation du projet d&amp;#039;un point de vue technique par les services du Département et le syndicat mixte Charente Eaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles : travaux, maîtrise d&amp;#039;œuvre et opérations connexes
+&lt;/p&gt;
+&lt;p&gt;
+ Opération permettant de pallier un problème quantitatif en lien avec une insuffisance de la ressource mobilisable (notamment en période d&amp;#039;étiage), sous réserve d&amp;#039;un engagement de la collectivité à améliorer son rendement de réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ Opération permettant de pallier un problème qualitatif (substitution ou sécurisation d&amp;#039;une ressource vulnérable aux pollutions).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une demande actualisée et signée du porteur de projet énumérant l&amp;#039;objet du projet, son coût global, le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de l&amp;#039;organe compétent de la collectivité territoriale approuvant le programme d&amp;#039;investissement adopté et le plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet validé
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acte d&amp;#039;engagement signé le cas échéant
+ &lt;/li&gt;
+ &lt;li&gt;
+  le devis des autres dépenses liées à l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  les autorisations préalables requises par la réglementation en vigueur
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement du programme intégrant les dépenses connexes précisant l&amp;#039;origine et le montant des moyens financiers ainsi que l&amp;#039;échéancier indicatif des dépenses prévues
+ &lt;/li&gt;
+ &lt;li&gt;
+  un planning de réalisation de l&amp;#039;opération précisant l&amp;#039;échéancier prévisionnel des demandes d&amp;#039;acomptes et solde de la subvention (en adéquation avec l&amp;#039;échéancier de réalisation de l&amp;#039;opération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dernier rapport annuel sur le prix et la qualité du service public
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : maximum de deux acomptes proportionnels au montant de l&amp;#039;opération réalisée, et jusqu&amp;#039;à 80 % du montant de la subvention ; solde à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paiement de la subvention interviendra dans le cadre d&amp;#039;une Autorisation de Programme / crédit de paiement. A ce titre, le demandeur devra présenter un planning prévisionnel de demande des acomptes et solde. Le versement s&amp;#039;effectuera selon un échéancier prévisionnel arrêté par le Département au moment de l&amp;#039;individualisation de la subvention, dans la limite des dépenses effectivement réalisées et dans celle des crédits de paiement inscrits par l&amp;#039;Assemblée départementale. Exceptionnellement, le Département pourra déroger à ce calendrier prévisionnel, dans la limite des crédits de paiement inscrits.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions de répartition des crédits de paiement pourront être réexaminées sur demande de la collectivité et sur présentation d&amp;#039;un échéancier prévisionnel de réalisation des travaux et des paiements afférents. Le cas échéant, en cas d&amp;#039;acceptation des demandes par le Département, une notification informera les collectivités du nouvel échéancier retenu.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets réalisés sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA), la subvention sera versée directement au cocontractant.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7120_EAU_POTABLE_SECURISATION_NOUVELLES_RESSOURCES_01.pdf</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service eau hydrologie ; Tél. : 05 16 09 60 30
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/53f0-soutenir-la-mise-en-service-de-nouvelles-ress/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>164132</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les rendements des réseaux d’eau potable</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 70</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions d&amp;#039; :
+&lt;br /&gt;• Acquisition et mise en place des équipements de gestion patrimoniale visant à améliorer la 
+connaissance des rendements des réseaux et à les maîtriser ; &lt;br /&gt;• Acquisition et mise en place de compteurs intelligents (télérelève) pour les collectivités en situation de 
+pénuries d’eau, dès lors que cela s’inscrit dans un plan d’actions global d’économies d’eau ; &lt;br /&gt;• Travaux d’amélioration des rendements des réseaux d’eau potable dès lors qu’ils visent à accroître 
+l’effort de remplacement/réhabilitation des conduites d’eau dans l’objectif de tendre vers un 
+rendement de 85 % en moyenne pluriannuelle et à l’échelle de chaque commune (90 % en Zone de 
+Répartition des Eaux). Seules les conduites diagnostiquées fuyardes ou vulnérables aux fuites suivant 
+une approche multicritère, après réalisation de campagnes de mesures de fuites et d’un programme 
+hiérarchisé à l’échelle de la collectivité pourront bénéficier d’aides de l’Agence de l’eau. Au-delà de ces 
+rendements cibles les travaux d’amélioration de rendements ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les équipements 
+dans le cadre de démarches 
+globales et structurées. &lt;/p&gt;&lt;p&gt;La priorité sera donnée aux 
+opérations s’inscrivant dans un 
+plan d’actions de réduction des 
+fuites dans les réseaux d’eau 
+potable. &lt;/p&gt;&lt;p&gt;Liste des équipements éligibles :
+&lt;br /&gt;Débitmètres et compteurs 
+généraux (y compris le génie
+civil) ;
+&lt;br /&gt;Ouvrages de sectionnement
+permettant la sectorisation du
+réseau ;
+&lt;br /&gt;Mise en place de la télégestion 
+(ou complément sur la partie du 
+système non encore équipée) 
+dans le cadre d’une démarche
+visant à la maîtrise des 
+performances ;
+&lt;br /&gt;Équipements de recherche de 
+fuites : prélocalisateurs 
+acoustiques (en poste fixe ou 
+mobile), appareils d’écoute de 
+fuites et corrélateurs
+acoustiques ;
+&lt;br /&gt;Équipements de réduction de 
+pression visant spécifiquement à 
+réduire l’occurrence des casses 
+ainsi que le débit d’écoulement 
+des fuites.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-realisation-des-travaux-protection-et-restauration-de-la-qualite-de-la-ressource-sur-les-aap/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>164923</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la gestion durable et l’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>70% dans les territoires au titre de la solidarité uniquement (FRR ou ZRR à titre transitoire jusqu'en 2027)</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient la gestion durable de la ressource et de l’alimentation en eau potable.&lt;br /&gt;
+&lt;br /&gt;
+Elle accompagne les collectivités dans la modernisation de leurs infrastructures, en particulier pour réduire les fuites sur les réseaux et pour sécuriser l’approvisionnement en eau, notamment dans les collectivités rurales. L’agence soutient également la préservation de la qualité de l’eau brute en finançant des actions de réduction des pollutions. Enfin, elle accompagne les collectivités face aux polluants émergents, comme les PFAS, en soutenant des solutions adaptées et des projets de recherche.</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété en eau des collectivités&lt;br /&gt;
+Mise en conformité de l’eau destinée à la consommation humaine&lt;br /&gt;
+Sécurisation de l’alimentation en eau potable&lt;br /&gt;
+Préservation et restauration de la qualité des eaux sur les captages&lt;br /&gt;
+Gestion durable des services publics d’eau et d’assainissement&lt;br /&gt;
+Remise en état post-sinistre</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128696/fr/alimentation-en-eau-potable</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/alimentation-en-eau-potable/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>137985</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'alimentation en eau potable : alléger les charges d'investissement des collectivités avec le Fonds Départemental de Péréquation d'Alimentation en Eau Potable</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Alléger les charges d'investissement des collectivités avec le Fonds Départemental de Péréquation d'Alimentation en Eau Potable</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>complémentaire : cotisation de la collectivité : 0.02 € / m3 d'eau vendu</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes rurale ou groupements de collectivités à l&amp;#039;alimentation en eau potable.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Alléger les charges d&amp;#039;investissement des collectivités pour l&amp;#039;alimentation en eau potable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires du dispositif sont les collectivités qui ont des charges d&amp;#039;investissements en AEP avec un taux d&amp;#039;endettement élevé par rapport à la capacité de remboursement
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire communes adhérentes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;Service Environnement et Sports&lt;/p&gt;&lt;p&gt;Contact : Julie BROUILLAT&lt;/p&gt;
+&lt;p&gt;
+ Email : dadt.aides-eau&amp;#64;hauteloire.fr&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04. 43. 07. 11. 82 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a4d-aider-a-lalimentation-en-eau-potable-alleger-/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>78197</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études et travaux en matière d'eau potable et d'assainissement</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable - Assainissement</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de subvention s’applique selon des critères de potentiel et d’efforts fiscaux</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil Départemental cherche à contribuer à l’atteinte des objectifs suivants :
+&lt;/p&gt;&lt;p&gt;•	Participer à l’aménagement du territoire et répondre aux besoins de la population en organisant un service de l’eau de qualité ;
+&lt;/p&gt;&lt;p&gt;•	Protéger, connaître, optimiser la ressource en eau notamment pour prendre en compte et anticiper les effets du changement climatique ;
+&lt;/p&gt;&lt;p&gt;•	Optimiser la gestion patrimoniale des infrastructures ;
+&lt;/p&gt;&lt;p&gt;•	Tendre vers une gestion concertée, solidaire et intégrée de l’eau ;
+&lt;/p&gt;&lt;p&gt;•	Améliorer la qualité des masses d’eau définies par la Directive Cadre Européenne sur l’eau.
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Modalités d&amp;#039;intervention :
+&lt;/p&gt;&lt;p&gt;Les bénéficiaires pour les opérations de travaux sont les communes dont la population totale est inférieure à 3 500 habitants ou leurs groupements qui devront avoir instauré, au minimum et au choix :
+&lt;/p&gt;&lt;p&gt;•	Un prix de l’eau supérieur ou égal à 1€ HT/m3 (redevances incluses) sur la base d’une consommation de 120 m3/abonné/an ;
+&lt;/p&gt;&lt;p&gt;•	Un forfait supérieur ou égal à 120€ HT/an (redevances incluses).
+&lt;/p&gt;&lt;p&gt;Pour les études, le critère sur le prix de l’eau ne s’applique pas.
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création réservoir et surpresseurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création Réservoir  d&amp;#039;équilibre (réservoir de tête),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes liées à la DUP,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux périmètres de protection DUP dont acquisition des PPI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude simple (diagnostic ou schéma),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude patrimoniale et stratégique (prise de compétence eau potable à l&amp;#039;échelle d&amp;#039;une intercommunalité, regroupement de syndicats, ....),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pose de compteurs individuels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Station d&amp;#039;épuration,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de réseau d&amp;#039;assainissement ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de réseaux ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autosurveillance (équipement de mesures des débits et de la pollution) pour les stations d&amp;#039;épuration
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Commune, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Intercommunalité &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicat&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Autres critères d’éligibilité : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;1.	ALIMENTATION EN EAU POTABLE
+&lt;/p&gt;&lt;p&gt;Nature des opérations concernées :
+&lt;/p&gt;&lt;p&gt;•	Etudes
+&lt;/p&gt;&lt;p&gt;•	Protection de la ressource
+&lt;/p&gt;&lt;p&gt;•	Amélioration de la qualité de l’eau distribuée
+&lt;/p&gt;&lt;p&gt;•	Economies d’eau
+&lt;/p&gt;&lt;p&gt;•	Connaissance du patrimoine
+&lt;/p&gt;&lt;p&gt;•	Sécurisation-interconnections
+&lt;/p&gt;&lt;p&gt;•	Création d’ouvrages stratégiques
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Au-delà de la nature des opérations, les dossiers doivent respecter les dispositions du Schéma Départemental d&amp;#039;Alimentation en Eau Potable, les documents d’urbanisme en vigueur, ainsi que le cadre de la réglementation.
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;2.	ASSAINISSEMENT
+&lt;/p&gt;&lt;p&gt;Nature des opérations concernées :
+&lt;/p&gt;&lt;p&gt;•	Etudes
+&lt;/p&gt;&lt;p&gt;•	Réhabilitation de stations d’épuration (partielle ou totale)
+&lt;/p&gt;&lt;p&gt;•	Création de systèmes d’assainissement (réseau d’assainissement &amp;#43; station d’épuration)
+&lt;/p&gt;&lt;p&gt;•	Réseaux de transfert
+&lt;/p&gt;&lt;p&gt;•	Extension de réseau d’assainissement
+&lt;/p&gt;&lt;p&gt;•	Amélioration des installations existantes
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Concernant les travaux d’extension ou de création de réseau d’assainissement, le Conseil Départemental n&amp;#039;intervient que lorsque la collectivité aura défini les zones d&amp;#039;assainissement collectif et/ou autonome, et, choisi la solution technique la plus adaptée après comparaison des coûts globaux investissement et fonctionnement.
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Environnement et Aménagement
+&lt;/p&gt;&lt;p&gt;
+1.	ALIMENTATION EN EAU POTABLE &lt;/p&gt;&lt;p&gt;Thierry DEVAURS - 05 62 56 78 38/06 02 08 13 77 - thierry.devaurs&amp;#64;ha-py.fr
+&lt;/p&gt;&lt;p&gt;
+Fonds Alimentation en eau potable - Département des Hautes-Pyrénées &lt;/p&gt;&lt;p&gt;
+2.	ASSAINISSEMENT &lt;/p&gt;&lt;p&gt;Marie-Claire CAMES-BAUDOUIN  - 05 62 56 70 64/07 85 59 18 51 - marie-claire.cames-baudouin&amp;#64;ha-py.fr
+&lt;/p&gt;&lt;p&gt;
+Fonds Assainissement - Département des Hautes-Pyrénées &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50f6-soutenir-les-etudes-et-travaux-en-matiere-das/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>163877</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Protéger la ressource en eau et l'alimentation en eau potable</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Protection de la ressource en eau et alimentation en eau potable</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’approvisionnement permanent du service public d’eau
 potable par une eau de qualité satisfaisante et en quantité suffisante est un
 enjeu majeur de l’Agence de l’Eau Artois-Picardie.&lt;/p&gt;&lt;p&gt;Le bassin Artois-Picardie compte environ 1 000 captages
 d’eau potable actifs, dont la quasi-totalité dispose d’une déclaration
 d’utilisé publique visant la protection contre les pollutions accidentelles et
 ponctuelles. Plus de 200 captages sont néanmoins considérés comme dégradés par
 des pollutions diffuses, parmi lesquels les 60 captages d’eau potable
 prioritaires identifiés par le Schéma Directeur d’Aménagement et de Gestion des
 Eaux (SDAGE) au regard de taux de nitrates et/ou de phytosanitaires et leurs
 métabolites en augmentation tendancielle, voire en dépassement des valeurs
 limites de potabilité.&lt;/p&gt;&lt;p&gt;Les problèmes de qualité de la ressource sont de différentes
 origines, et leur résolution appelle une mobilisation large des dispositifs du
 programme d’intervention de l’Agence de l’Eau en conformité avec les
 orientations du Gouvernement définies dans le « Plan Eau » lancé au mois de
 mars 2023, la mise en place de démarches préventives doit être prioritairement
 recherchée pour réduire à la source l’ensemble des pollutions qui s’exercent
 sur les aires d’alimentation de captages. Elles sont le préalable à la mise en
 place des solutions curatives qui s’avèreraient nécessaires, ou des projets
 d’interconnexions accompagnés par l’Agence de l’Eau afin de sécuriser
 l’alimentation en eau potable des territoires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau Artois-Picardie incite les maitres
 d’ouvrage à mettre en place des actions de protection de la ressource en eau,
 principalement à travers des actions de réduction des pollutions qui s’exercent
 sur les aires d’alimentation des captages afin de reconquérir à terme la
 qualité des eaux brutes, et de sécurisation de l’alimentation au bénéfice de
 tous les usagers du service public d’eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M9" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation financière pour l’élaboration et
 la mise en œuvre des contrats d’actions pour la ressource en eau portant sur
 les captages prioritaires identifiés par le SDAGE&lt;/li&gt;&lt;li&gt;Les travaux de rebouchage de captages, puits ou
 forages inutilisés au sein d’une aire d’alimentation de captage&lt;/li&gt;&lt;li&gt;Les acquisitions foncières (y compris les
 indemnités d’éviction et les frais d’actes, de notaire ou de portage) réalisées
 au sein d’une aire d’alimentation de captage et le boisement pérenne&lt;/li&gt;&lt;li&gt;Les études techniques, juridiques et financières
 liées à la prise de compétence et à la structuration du service eau potable&lt;/li&gt;&lt;li&gt;Les études préalables à la réalisation des
 travaux (assistance à maîtrise d’ouvrage, définition des besoins, études de
 faisabilité, études spécifiques, choix du site et des solutions techniques…)&lt;/li&gt;&lt;li&gt;Les études technico-économiques d’examen des
 différentes solutions de sécurisation (nouveau forage, raccordement,
 interconnexion...)&lt;/li&gt;&lt;li&gt;Les travaux de déplacement, d’adaptation et de
 sécurisation des ouvrages d’eau potable existants situés dans les zones d’aléa
 fort et définis dans un document d’urbanisme en lien avec un plan de prévention
 des risques&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Risques naturels
 Biodiversité
 Equipement public
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P9" s="1" t="inlineStr">
+      <c r="P18" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q9" s="1" t="inlineStr">
+      <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières sont précisées en détail dans
 la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats d’action pour la ressource en eau&lt;/li&gt;&lt;li&gt;La protection de la ressource en eau &lt;/li&gt;&lt;li&gt;La production d’eau potable et la sécurisation
 quantitative&lt;/li&gt;&lt;li&gt;L’approvisionnement en eau potable et la
 sécurisation quantitative&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-la-ressource-en-eau-et-lalimentation-en-eau-potable/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>30544</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Lancer un schéma communal ou intercommunal en eau potable</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département peut accompagner les communes et EPCI dans le lancement et le suivi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des études de diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  du schéma d&amp;#039;assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ avec pour objectif la constitution d&amp;#039;un programme d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 10 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la rédaction d&amp;#039;un CCTP schéma directeur AEP
+&lt;/p&gt;
+&lt;p&gt;
+ Schéma de distribution AEP - Modèle délibération
+&lt;/p&gt;
+&lt;p&gt;
+ Gestion patrimoniale réseaux AEP.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aca-lancer-un-schema-communal-ou-intercommunal-en/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>105057</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux concernant les unités de traitement d'eau potable</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation en eau potable - sécurisation unités de traitement</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités compétentes en matière d&amp;#039;eau potable, à l&amp;#039;exception de Grand Angoulême et Grand Cognac
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets établis sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA) sont éligibles. A ce titre, la demande de subvention devra être portée conjointement par la collectivité et son cocontractant. Ce dernier pourra, alors, être le bénéficiaire de la subvention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département apporte un soutien aux opérations et travaux qui contribuent à l&amp;#039;amélioration de la distribution de l&amp;#039;eau potable, tant au niveau qualitatif que quantitatif, sous réserve d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département ne prend pas en compte les dépenses d&amp;#039;assistance technique apportée dans le cadre de l&amp;#039;article L 3232-1-1 du code général des collectivités territoriales, compte tenu du soutien qu&amp;#039;il apporte à Charente eaux pour assurer cette mission.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention de base : 15 % du montant HT éligible&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La participation du Département est conditionnée à l&amp;#039;approbation du projet d&amp;#039;un point de vue technique par les services du Département et le syndicat mixte Charente Eaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles : travaux, maîtrise d&amp;#039;œuvre et opérations connexes uniquement les opérations pour des ressources dites « stratégiques » ou justifiées par des considérations de sécurité d&amp;#039;approvisionnement, de salubrité et de protection de la santé publique
+&lt;/p&gt;
+&lt;p&gt;
+ Sont uniquement éligibles, dans le cas d&amp;#039;une extension ou d&amp;#039;une mise aux normes d&amp;#039;un ouvrage de traitement, les travaux concernant une unité de traitement de plus de dix, sauf évolution des normes réglementaires rendant obligatoires les travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus les travaux de renouvellement à l&amp;#039;identique des installations de traitement.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus la mise en place d&amp;#039;unités de traitement temporaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une demande actualisée et signée du porteur de projet énumérant l&amp;#039;objet du projet, son coût global, le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de l&amp;#039;organe compétent de la collectivité territoriale approuvant le programme d&amp;#039;investissement adopté et le plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet validé
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acte d&amp;#039;engagement signé le cas échéant&lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement du programme intégrant les dépenses connexes précisant l&amp;#039;origine et le montant des moyens financiers ainsi que l&amp;#039;échéancier indicatif des dépenses prévues
+ &lt;/li&gt;
+ &lt;li&gt;
+  un planning de réalisation de l&amp;#039;opération précisant l&amp;#039;échéancier prévisionnel des demandes d&amp;#039;acomptes et solde de la subvention (en adéquation avec l&amp;#039;échéancier de réalisation de l&amp;#039;opération)&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particluières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : maximum de deux acomptes proportionnels au montant de l&amp;#039;opération réalisée, et jusqu&amp;#039;à 80% du montant de la subvention ; solde à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paiement de la subvention interviendra dans le cadre d&amp;#039;une Autorisation de Programme / crédit de paiement. A ce titre, le demandeur devra présenter un planning prévisionnel de demande des acomptes et solde. Le versement s&amp;#039;effectuera selon un échéancier prévisionnel arrêté par le Département au moment de l&amp;#039;individualisation de la subvention, dans la limite des dépenses effectivement réalisées et dans celle des crédits de paiement inscrits par l&amp;#039;Assemblée départementale. Exceptionnellement, le Département pourra déroger à ce calendrier prévisionnel, dans la limite des crédits de paiement inscrits.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions de répartition des crédits de paiement pourront être réexaminées sur demande de la collectivité et sur présentation d&amp;#039;un échéancier prévisionnel de réalisation des travaux et des paiements afférents. Le cas échéant, en cas d&amp;#039;acceptation des demandes par le Département, une notification informera les collectivités du nouvel échéancier retenu.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets réalisés sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA), la subvention sera versée directement au cocontractant.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7120_EAU_POTABLE_SECURISATION_UNITE_DE_TRAITEMENT.pdf</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service eau hydrologie ; Tél. : 05 16 09 60 30
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7254-soutenir-les-travaux-concernant-les-unites-de/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>164133</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Assurer la distribution de l'eau potable (Travaux d'amélioration)</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les opérations permettant de :
+&lt;br /&gt;• Prévenir le risque bactériologique ; &lt;br /&gt;• Respecter les limites de qualité réglementaires en vigueur (hors nitrates et pesticides et hors per- et 
+polyfluoroalkylées PFAS) ; &lt;br /&gt;• Respecter les valeurs de référence de qualité réglementaire en vigueur ; &lt;br /&gt;• Améliorer la connaissance via l’acquisition et la mise en place des équipements d’autosurveillance des 
+ressources en eau, dès lors que cela s’inscrit dans le cadre d’un Plan de Gestion de la Sécurité Sanitaire 
+des Eaux. &lt;/p&gt;&lt;p&gt; En revanche, les travaux mentionnés ci-dessous ne sont pas éligibles :
+&lt;br /&gt;• Le remplacement des branchements en plomb ; &lt;br /&gt;• Les opérations de traitement d’eau (traitement curatif) ou d’évitement comme la recherche de nouvelle 
+ressource ou d’interconnexion visant à restaurer la qualité de l’eau distribuée contaminée par des 
+nitrates ou des pesticides. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le recours à des solutions curatives (interconnexions, traitement de l’eau brute, nouvelle ressource…) visant à 
+restaurer la qualité de l’eau distribuée contaminée par des pesticides et leurs métabolites ou par des PFAS sera 
+examiné de manière dérogatoire, au cas par cas. Le financement de l’Agence de l’eau sera réservé à des cas 
+particulièrement épineux où la surface financière de la collectivité est insuffisante pour assurer une desserte en 
+eau potable aux normes et sous des conditions strictes permettant une reconquête de la qualité en eau brute 
+et dans des formes ne conduisant pas au désengagement des exploitants agricoles pour la mise en œuvre des 
+plans de reconquête de la qualité des captages (cf. les orientations générales du 12e programme)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les opérations 
+concernant notamment :
+&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La mise en place d’un traitement 
+de potabilisation ou sa remise à 
+niveau ;
+&lt;/li&gt;&lt;li&gt;Le raccordement à une usine de 
+potabilisation existante ;
+&lt;/li&gt;&lt;li&gt;La création d’un nouveau point 
+d’approvisionnement
+(interconnexion ou création d’un 
+nouveau captage) ;
+&lt;/li&gt;&lt;li&gt;Le mélange de ressources 
+assurant par dilution la 
+distribution d’une eau conforme. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En dehors de la prévention du 
+risque bactériologique, les 
+opérations ne sont éligibles 
+qu’en cas de dépassement des 
+limites de qualité en vigueur 
+(hors nitrates et pesticides et 
+PFAS*) ou des références de 
+qualité. &lt;/p&gt;&lt;p&gt;Pas d’aide à la reconversion des 
+stations de neutralisation si l’eau 
+distribuée avant reconversion est 
+conforme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-realisation-des-travaux-damelioration-des-rendements-des-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>164309</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer et optimiser les services d’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Captages, sécurisation de l’alimentation en eau  potable et économies d’eau</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...7 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="S10" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence participe à l’amélioration et l’optimisation des services d’alimentation en eau potable sur tout le bassin Adour-Garonne. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/eau-potable"&gt;Eau potable | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;l’agence appuie les collectivités pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le regroupement des collectivités dans des structures intercommunales à la bonne échelle de gouvernance et de gestion permettant d’assurer la pérennité, &lt;/li&gt;&lt;li&gt;la sécurité sanitaire et la qualité du service conformément aux dispositions législatives.&lt;/li&gt;&lt;li&gt;le renforcement de la connaissance patrimoniale des infrastructures de production et de distribution d’eau potable&lt;/li&gt;&lt;li&gt;la sécurisation de la qualité sanitaire de l’eau distribuée en finançant des travaux de potabilisation, garantissant ainsi à tous un accès à une eau conforme aux normes de santé publique.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q22" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les bénéficiaires sont : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les études et l’assistance technique, toute personne 
+publique ou privée dont le projet sera jugé pertinent par 
+l’agence de l’Eau au regard des objectifs de sa politique 
+d’intervention &lt;/li&gt;&lt;li&gt;pour les travaux : tout maître d’ouvrage public ou privé 
+gestionnaire de services publics d’eau potable
+ les organismes publics de recherche &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les principales conditions d’éligibilité sont : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les études et les travaux doivent concerner une intercommunalité (syndicat, EPCI…) regroupée à la bonne échelle 
+de gouvernance et de gestion permettant la pérennité 
+technique et financière du service d’eau potable &lt;/li&gt;&lt;li&gt;Pour les travaux, les collectivités doivent :
+ justifier d’un prix minimum de la part eau potable de 
+2 €TTC/m3
+ avoir renseigné les indicateurs réglementaires dans l’observatoire national des services d’eau et d’assainissement 
+(SISPEA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/55-24-Eau%20potable_0.pdf"&gt;55-24-Eau potable_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...33 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20Potable_Am%C3%A9liorer%20le%20service%20d%27alimentation%20en%20eau%20potable.pdf</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/economiser-leau-potable/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>152159</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Aider à l’amélioration de la qualité de l'eau potable et de sa distribution</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>ALIMENTATION EN EAU POTABLE</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I11" s="1" t="inlineStr">
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 50</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à l&amp;#039;amélioration de la qualité, de la distribution ainsi que de l&amp;#039;optimisation de la gestion durable de nos ressources en eau potable.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M23" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;un schéma directeur d&amp;#039;alimentation en eau potable pour les communes
  &lt;/li&gt;
  &lt;li&gt;
   Mise en exploitation d&amp;#039;un captage d&amp;#039;eau souterraine pour le village
  &lt;/li&gt;
  &lt;li&gt;
   Amélioration de la distribution d&amp;#039;eau potable à travers l&amp;#039;extension du réseau
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostic des réseaux de distribution d&amp;#039;eau
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une étude de faisabilité pour la création d&amp;#039;une réserve incendie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -1957,7033 +4045,16578 @@
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       prix de l&amp;#039;eau potable facturé par m3 &amp;lt; 1.40 €
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       25 % du forfait ou du taux appliqué
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les travaux relatifs aux réseaux, en fonction de leur localisation, la pose de fourreaux d&amp;#039;attente et de chambres de tirage afin de préparer et de faciliter le déploiement du réseau très haut débit (FTTH) pourra être exigée.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W11" s="1" t="inlineStr">
+      <c r="W23" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/db03-aider-a-la-realisation-daires-daccueil-des-ge/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>137986</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux et les études concernant l'alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Aide en investissement concernant l'alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 20</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>selon la nature des travaux</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner l&amp;#039;effort d&amp;#039;investissement des collectivités bénéficiaires en matière d&amp;#039;études patrimoniales et de travaux pour la création, l&amp;#039;amélioration, la protection et la sécurisation de la ressource et des infrastructures afin que la population de Haute-Loire puisse disposer d&amp;#039;une eau en quantité suffisante et de bonne qualité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Collectivités bénéficiaires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Gestion patrimoniale des réseaux : Études, Sectorisation, Télésurveillance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Potabilisation, protection des captages, adduction : interconnexion ..., distribution
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;&lt;p&gt;- &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)&lt;/p&gt;&lt;p&gt;Service environnement et sports&lt;/p&gt;&lt;p&gt;Contact: Julie BROUILLAT&lt;/p&gt;&lt;p&gt;
+ Email : dadt.aides-eau&amp;#64;hauteloire.fr&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04. 43. 07. 11. 82&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b7e-aider-a-lalimentation-en-eau-potable-par-lequ/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>120427</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la réalisation d'études et de travaux dans les domaines de l'eau potable et de l'assainissement collectif</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>EAU POTABLE</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...2 lines deleted...]
-      <c r="H12" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
-[...307 lines deleted...]
-      <c r="N14" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 70</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>En fonction de la nature de l'investissement, de la situation géographique de la collectivité</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagner les collectivités éligibles dans la réalisation d&amp;#039;études et de travaux dans les domaines de l&amp;#039;eau potable et de l&amp;#039;assainissement  collectif contribuant à l&amp;#039;amélioration et à l&amp;#039;optimisation des services publics d&amp;#039;eau et d&amp;#039;assainissement, aux économies d&amp;#039;eau et à l&amp;#039;amélioration de la qualité des milieux.
+&lt;/p&gt;
+&lt;h4&gt;
+ Type d&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ Subventions d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : En fonction, de la nature de l&amp;#039;investissement, de la situation géographique de la collectivité et de son potentiel financier (de 10% à 70%).
+&lt;/p&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour les études : note de contexte, cahier des charges de l&amp;#039;étude, estimation financière, délibération
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux : note de contexte détaillée permettant d&amp;#039;identifier la pertinence de l&amp;#039;opération, schéma ou étude diagnostic, avant-projet, avec chiffrage détaillé, délibération
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu, la mise en œuvre des études ou des travaux ne pouvant démarrer avant la réception d&amp;#039;un accusé de réception l&amp;#039;autorisant.
+ &lt;br /&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice :
+  &lt;/strong&gt;
+  Environnement et énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Eau potable et/ou assainissement collectif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Selon l&amp;#039;étendue de l&amp;#039;opération et la nature des fonds, tel qu&amp;#039;indiqué dans l&amp;#039;annexe au règlement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Les études de type diagnostic et schémas directeurs ainsi que les travaux associés à ces études.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Les travaux de sécurisation de la ressource en eau en quantité et en qualité et d&amp;#039;amélioration fondamentales du fonctionnement des réseaux d&amp;#039;eau potable, tels qu&amp;#039;identifiés dans les schémas directeurs d&amp;#039;eau potable ou les diagnostics lorsque les schémas ont moins de 10 ans.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Les travaux de mise en conformité et mise en séparatif des réseaux d&amp;#039;assainissement collectif et de mise en œuvre de l&amp;#039;assainissement collectif, tels qu&amp;#039;identifiés dans les schémas directeurs d&amp;#039;assainissement ou les diagnostics lorsque les schémas ont moins de 10 ans.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Dépenses HT en lien avec les prestations éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Eau potable
-Voirie et réseaux</t>
-[...33 lines deleted...]
-      <c r="S14" s="1" t="inlineStr">
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus les extensions et les renouvellements des réseaux d&amp;#039;eau potable, les réseaux d&amp;#039;eaux pluviales, l&amp;#039;assainissement non collectif, le renouvellement d&amp;#039;équipements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communes de moins de 5 000 habitants et les EPCI de moins de 50 000 habitants et, les syndicats d&amp;#039;eau et d&amp;#039;assainissement sous condition.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/eau-potable/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey BONNEFOY,
+ Cheffe de Service  :
+  Tél : 04 75 79 82 63
+&lt;/p&gt;
+&lt;p&gt;
+ Nicolas RICCIO,
+ Chargé de la Programmation des aides,
+  Tél : 04 75 79 81 29
+ –
+ &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+  nriccio&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b062-eau-potable-et-assainissement/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>164373</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l’exploitation des systèmes d’assainissement et des installation d’eau potable</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>SATE</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...18 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
-[...87 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financé par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
+propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2020 ses compétences aux collectivités
+adhérentes (communes, syndicats, CC) une assistance technique dans le domaine
+de l’eau regroupant une assistance SATE et une assistance GEMAPI (gestion des
+milieux aquatiques et prévention des inondations)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le SATE aide les collectivités à améliorer l’exploitation des
+systèmes d’assainissement ainsi que des installation d’eau potable. Cela comprend,
+des visites sur site avec des analyses d’eaux usées, un suivi et des conseils
+pour l’entretien des stations d’épuration, des bilans 24h, dispositif d’auto
+surveillance&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseils, mise en œuvre, analyses, suivi des stations d&amp;#039;épuration etc. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Etre une
+collectivité adhérente à l’agence technique Ingénierie70 pour la compétence eau&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ingenierie70.fr/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_self"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>julie.galland@ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/assistance-technique-dans-le-domaine-de-leau-potable-et-assainissement/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>126135</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une assistance technique en matière d'eau potable et/ou d'assainissement</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Assistance technique départementale Domaine Eau et Assainissement</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...18 lines deleted...]
-      <c r="K16" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
-[...88 lines deleted...]
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les missions proposées permettent d&amp;#039;aider les collectivités à la gestion patrimoniale et à l&amp;#039;amélioration de l&amp;#039;exploitation des systèmes d&amp;#039;assainissement collectif ainsi que des installations d&amp;#039;eau potable. Cela comprend, par exemple, des visites sur site avec des analyses d&amp;#039;eaux usées, des conseils pour l&amp;#039;entretien des ouvrages d&amp;#039;épuration ou d&amp;#039;alimentation en eau potable, des appareillages électromécaniques, des réglages, des rejets dans le milieu naturel, des bilans de fonctionnement, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément, certains EPCI &amp;lt; 40 000 habitants pour lesquels la convention type ne serait pas appropriée pourront solliciter un accompagnement particulier et se voir proposer une convention spécifique soumise à la validation de la commission permanente selon des modalités techniques et financières adaptées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Retenir l&amp;#039;éligibilité des communes rurales et des EPCI de moins de 40 000 habitants à l&amp;#039;assistance technique définie dans la convention type figurant en annexe 1 et d&amp;#039;en exclure les EPCI de plus de 40 000 habitants éligibles du fait du critère « zone de montagne »
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autoriser ces EPCI de plus de 40 000 habitants à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autoriser les EPCI de moins de 40 000 habitants pour lesquels la convention type n&amp;#039;est pas appropriée, à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
+  &lt;/li&gt;
+  &lt;li&gt;
+   Exclure du bénéfice de l&amp;#039;assistance technique les EPCI en délégation de service public pour l&amp;#039;intégralité de leurs équipements d&amp;#039;eau potable.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/ci_537149/fr/preservation-de-la-qualite-de-l-eau#niveau_5</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Eau Environnement Forêt Agriculture
+&lt;/p&gt;
+&lt;p&gt;
+ Mission d&amp;#039;assistance à la gestion de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ MAGE : 04 77 12 52 38
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mage&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  mage&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5dbc-obtenir-une-assistance-technique-en-matiere-d/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...260 lines deleted...]
-      <c r="A19" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>165117</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Ruralités et eau : sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à sécuriser l’accès à l’eau potable pour les collectivités rurales ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Pour les études préalables à la création d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
 &lt;li&gt;Pour les travaux d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
 &lt;li&gt;Si votre projet se situe en ruralité au titre du zonage socle INSEE « zone rurale »&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une collectivité ou un groupement de communes&lt;/li&gt;
 &lt;li&gt;Un syndicat compétent en matière d’eau potable&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La réalisation d’études de connaissance : étude de sécurisation de la ressource en eau potable en vue de la réalisation d’interconnexion, analyse financière globale préalable à la réalisation de travaux d’interconnexion&lt;/li&gt;
 &lt;li&gt;La réalisation d’études de conception préalable à la réalisation d’interconnexion (avant travaux, définition de programmation de travaux, AMO, maitrise d’œuvre, etc.)&lt;/li&gt;
 &lt;li&gt;Des travaux d’interconnexion en vue de sécuriser l’alimentation en eau potable&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez aux critères, l’attribution de l’aide n’est pas pour autant automatique. Les dossiers considérés comme complets et répondant aux conditions d’éligibilité seront examinés par un comité technique composé a minima de représentants de la Région Grand-Est et des Agences de l’eau. A cette occasion seront évalués les critères de fragilité territoriale et d’opportunité d’un financement régional.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Taux maximum : &lt;/strong&gt;Analyse au cas par cas&lt;/p&gt;
 &lt;h4&gt;Aides complémentaires&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Une aide complémentaire peut être sollicitée auprès d’autres cofinanceurs (Agence de l’eau, Départements, etc).&lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Ce premier entretien doit être réalisé avant le dépôt de la demande.&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Biodiversité</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P19" s="1" t="inlineStr">
+      <c r="P28" s="1" t="inlineStr">
         <is>
           <t>02/07/2024</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/ruralites-acces-eau-potable/</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0290/depot/simple</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contactez Lajlah LUTHER&lt;/p&gt;&lt;p&gt;lajlah.luther&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 15 65 13&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ruralites-et-eau-securiser-lacces-a-leau-potable-pour-les-collectivites-rurales/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D20" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>161795</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la gestion patrimoniale de votre service d’Assainissement et/ou d’eau potable</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la gestion patrimoniale de votre service d’Assainissement et/ou d’eau potable</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’animation d’ateliers de réflexion stratégique pour vous aider à identifier les enjeux, définir vos objectifs de qualité de service et arrêter un programme d’actions, mettre en place des périmètres de protection de captages…&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-gestion-patrimoniale-de-votre-service-dassainissement-et-ou-deau-potable/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>163054</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'exploitation du système d'alimentation en eau potable de la collectivité</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Service d'Assistance Technique à l'Eau potable (SATEP)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;OPÉRATIONS CONCERNÉES&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;Assistance et conseils pour l’exploitation des ouvrages d’eau potable (bon entretien, amélioration de leurs performances…)&lt;/li&gt;
+&lt;li&gt;Réalisation de visites d’ouvrages (captages, réservoirs…)&lt;/li&gt;
+&lt;li&gt;Mise à disposition de l’expertise du service dans le diagnostic et la résolution de dysfonctionnements, dans la programmation et le suivi de travaux sur les ouvrages&lt;/li&gt;
+&lt;li&gt;Accompagnement dans le choix d’équipements&lt;/li&gt;
+&lt;li&gt;Accompagnement pour protéger les ressources en eau des pollutions et suivi dans le temps de l’évolution de la productivité&lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;&lt;strong&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;[INTERVENTION PAYANTE] Conseil : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Renseignement et conseil par échanges téléphoniques ou courriel, pas de production d’éléments spécifiques à la collectivité :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Informations techniques et réglementaires: technologies, prix du service de facturation, relations usagers, conventions, foncier…)&lt;/li&gt;
+&lt;li&gt;Renseignements sur les démarches à conduire pour la mise en œuvre d’un projet (identification des intervenants et compétences nécessaires, procédure à suivre, documentation générale…)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;[INTERVENTION PAYANTE] Assistance à l&amp;#039;exploitation (visite régulière des ouvrages) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Conseils sur l’exploitation : conseils pratiques pour un bon entretien, l’optimisation du fonctionnement et la résolution de dysfonctionnements&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Soutien aux obligations techniques : bilans 24h, audits d’autosurveillance, manuels d’autosurveillance, cahiers de vie, plan de réduction des pertes en eau…&lt;/li&gt;
+&lt;li&gt;Soutien aux obligations administratives : déclarations annuelles Agence de l’Eau, SISPEA, RPQS…&lt;/li&gt;
+&lt;li&gt;Accompagnement à la réalisation de petits travaux ou à l’installation d’équipements réglementaires (compteurs, autosurveillance…)&lt;/li&gt;
+&lt;li&gt;Accompagnements spécifiques : gestion des boues, suivi de la production des ressources, conventions de rejets, formation des agents…&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;[INTERVENTION GRATUITE] Animation :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;Sensibilisation &amp;amp; communications avec des temps de rencontre et d’échange&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;MODALITÉS DE CONTRACTUALISATION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le service bi-départemental d’assistance technique dans le domaine de l’eau vise l’accompagnement des communes ou des établissements publics de coopération intercommunale qui ne bénéficient pas des moyens suffisants pour l’exercice de leurs compétences dans le domaine de l’assainissement, de la protection de la ressource en eau […](art L3232-1-1 CGCT). Ces collectivités sont « éligibles » à l’assistance technique départementale.&lt;/p&gt;&lt;p&gt;Dans la limite de ses moyens, le service intervient également auprès des autres collectivités.&lt;/p&gt;&lt;p&gt;Les missions d’animation sont gratuites et s’adressent à toutes les collectivités.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONVENTIONNEMENT AVEC LES COLLECTIVITÉS ÉLIGIBLES*&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les Départements mettent à jour annuellement la liste des services éligibles.&lt;/p&gt;&lt;p&gt;Une convention unique d’assistance technique dans le domaine de l’eau est proposée à ces collectivités, comprenant au choix les missions SATESE, SATEP et/ou Ingénierie.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTRACTUALISATION AVEC LES COLLECTIVITÉS NON ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les Départements peuvent intervenir à la demande ou en réponse à un appel d’offre en tant qu’opérateur économique soumis aux règles de la commande publique.&lt;/p&gt;&lt;p&gt;Dans ce cas, les Départements établissent une offre technique et financière pour répondre au besoin de la collectivité, qui est ensuite contractualisée.&lt;/p&gt;&lt;p&gt;&lt;em&gt;*L’éligibilité est définie par des critères de population, de potentiel financier et d’appartenance à une zone de montagne (Art R3232-1 du CGCT).&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/service-dassistance-technique-a-leau-potable-satep/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Département de la Drôme – Service Gestion de l’Eau&lt;br /&gt;
+SATEP DROME&lt;br /&gt;
+04 75 79 82 73 • 04 75 79 82 41&lt;br /&gt;
+&lt;a href="mailto:satep&amp;#64;ladrome.fr"&gt;satep&amp;#64;ladrome.fr&lt;/a&gt;&lt;br /&gt;&lt;a href="https://www.ladrome.fr/"&gt;www.ladrome.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/service-dassistance-technique-a-leau-potable-satep/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>117384</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre un projet eau potable (optimisation des performances et de la gestion des réseaux)</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Optimiser la gestion de la ressource en eau et notamment du point de vue quantitatif et des performances du réseau et de sa gestion patrimoniale :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prise en compte de la problématique avec le représentant du maître d&amp;#039;ouvrage et son exploitant
+  &lt;/li&gt;
+  &lt;li&gt;
+   établissement du cahier des charges décrivant la mission attendue de la part du prestataire en vue de la réalisation d&amp;#039;un diagnostic des réseaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à la passation du marché
+  &lt;/li&gt;
+  &lt;li&gt;
+   étude des offres afin d&amp;#039;aider le maître d&amp;#039;ouvrage dans son choix du prestataire
+  &lt;/li&gt;
+  &lt;li&gt;
+   suivi de l&amp;#039;étude dans la cadre d&amp;#039;un comité de pilotage comprenant le maître d&amp;#039;ouvrage, son exploitant, l&amp;#039;Agence de l&amp;#039;Eau et possiblement l&amp;#039;Agence Régionale de la Santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas d&amp;#039;étude très importante et complexe notamment des schémas directeurs d&amp;#039;eau potable sur de grandes collectivités, l&amp;#039;assistance est susceptible d&amp;#039;être limitée à l&amp;#039;aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, passation du marché, aide au choix du prestataire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Rédaction de notes et de rapports
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau.seine-et-marne.fr/</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/39c2-mettre-en-uvre-un-projet-eau-potable-optimisa/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>140771</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Construire / réhabiliter des stations de traitement d'eau (eau potable et eaux usées)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Construire ou réhabiliter les stations de traitement des eaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Améliorer les performances des équipements existants
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Créer ou augmenter la capacité des équipements en place
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  dper&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 04 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9030-construire-rehabiliter-des-stations-de-traite/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>161799</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la conception de vos projets de modernisation de vos infrastructures d'assainissement et d'eau potable</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la conception de vos projets de modernisation de vos infrastructures d'assainissement et d'eau potable.</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la conception de votre opération de modernisation de vos infrastructures d&amp;#039;eau et d&amp;#039;assainissement  (jusqu’à la validation de l’Avant-Projet (AVP ou APD en fonction du type de projet) :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement pour la consultation et le choix des prestataires intellectuels intervenant dans la réalisation des études (Levé topographique, Etudes de sols, coordination SPS, contrôle technique, …),&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et le choix d’une équipe de maitrise d’œuvre,&lt;/li&gt;&lt;li&gt;Conseil et assistance au pilotage de la mission de maitrise d’œuvre et des autres missions de Prestations intellectuelles,&lt;/li&gt;&lt;li&gt;Conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-conception-de-vos-projets-de-modernisation-de-vos-infrastructures-dassainissement-et-deau-potable/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>165171</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études patrimoniales et des campagnes de recherche de fuites des réseaux d'eau potable</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Études patrimoniales et campagnes de recherche de fuites</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration peut être accordée dans le cadre de la solidarité urbain-rural.</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les études et acquisitions d’équipements 
+permettant de mieux gérer et diagnostiquer les fuites. En réponse à la 
+mesure 14 du plan d’action gouvernemental pour une gestion résiliente et
+ concertée de l’eau, elle accompagne également le remplacement de 
+canalisations fuyardes. Ces actions essentielles s’appuient sur une 
+structuration solide et bien définie de la compétence eau potable, afin 
+de mener à bien les projets dans ce domaine.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P34" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q34" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2030</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep4-etudes-patrimoniales-et-campagnes-de-recherche-de-fuites.html</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-patrimoniales-et-des-campagnes-de-recherche-de-fuites-des-reseaux-deau-potable/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>165166</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Installaler des stations d’alertes et opérations de protection des usines ou des forages d’eau potable</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Continuité de la distribution : installation de stations d’alerte et opérations de protection des usines ou des forages d’eau potable</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J35" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne les collectivités dans la 
+sécurisation de la distribution de l&amp;#039;eau potable face aux risques 
+climatiques, qu&amp;#039;il s&amp;#039;agisse de sécheresse ou de pollutions diffuses. 
+Elle soutient la mise en place d&amp;#039;infrastructures visant à garantir un 
+approvisionnement fiable, telles que des études d’aide à la décision, 
+des travaux d’interconnexion, de stockage ou de réhabilitation de 
+forages. Ces actions s&amp;#039;inscrivent dans des stratégies visant à renforcer
+ la résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q35" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-continuite-de-la-distribution--installation-de-stations-dal.html</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installaler-des-stations-dalertes-et-operations-de-protection-des-usines-ou-des-forages-deau-potable/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>164761</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités gestionnaires de l’assainissement, des eaux pluviales et de l’eau potable par l'intermédiaire des structures départementales</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Appui technique départemental</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’eau agit pour la gestion durable de l’eau et la préservation des milieux aquatiques grâce à une politique d’assistance technique et d’animation développée en partenariat avec les Départements. &lt;/p&gt;&lt;p&gt;Ainsi, elle soutient la mise à disposition auprès des collectivités, notamment en milieu rural, de compétences spécialisées des services techniques territoriaux départementaux pour leur apporter un soutien en ingénierie technique, juridique, administrative et financière.&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides-financieres/appui-technique-departemental"&gt;Appui technique départemental | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q36" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Peuvent bénéficier des aides de l’Agence les structures en 
+charge de l’assistance technique départementale dans les 
+domaines concernés : services des conseils départementaux, agences techniques départementales, syndicats 
+mixtes départementaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/AE_FICHES-THEMATIQUES_APPUI_TECHNIQUE_DEPARTEMENTAL.pdf</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-le-lien-entre-les-politiques-de-leau-et-de-lamenagement-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>164314</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Avant travaux</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I20" s="1" t="inlineStr">
+      <c r="I37" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K20" s="1" t="inlineStr">
+      <c r="J37" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
+      <c r="M37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
 investissements ou actions éligibles.
 Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q20" s="1" t="inlineStr">
+      <c r="Q37" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
-[...582 lines deleted...]
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Études nécessaires à la mise en 
 œuvre d&amp;#039;un projet éligible 
 (phases Etudes 
 Préables/AvantProjet/Projet et 
 études annexes nécessaires)&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-schema-directeurs-diagnostic-definition-et-programmation/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>164315</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Phase travaux</t>
         </is>
       </c>
-      <c r="D25" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J25" s="1" t="inlineStr">
+      <c r="J38" s="1" t="inlineStr">
         <is>
           <t>Taux applicable aux travaux</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
 investissements ou actions éligibles.
 Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q25" s="1" t="inlineStr">
+      <c r="Q38" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Études nécessaires au suivi et à la 
 réception des ouvrages&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-avant-travaux/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D26" s="1" t="inlineStr">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>164318</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Améliorer les connaissances</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J26" s="1" t="inlineStr">
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J39" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
 investissements ou actions éligibles.
 Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q26" s="1" t="inlineStr">
+      <c r="Q39" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-aires-dalimentation-de-captages/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>164320</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Elaborer des PGSSE</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q40" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-retablir-la-conformite-de-leau-a-la-limite-de-qualite/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>161790</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la gouvernance et la planification de votre service d’assainissement collectif et/ou d’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>être accompagné dans la gouvernance et la planification de votre service d’assainissement collectif (AC) et/ou d’alimentation en eau potable (AEP).</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) visant à recruter un prestataire spécialisé (jusqu’à la réunion de lancement).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les prestations réalisées sont de type : schéma directeur, étude sur le 
+transfert de compétence eau et assainissement, plan de gestion de la 
+sécurité sanitaire des eaux (PGSSE).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-gouvernance-et-la-planification-de-votre-service-dassainissement-collectif-et-ou-dalimentation-en-eau-potable-1/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>30825</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’accès à l’eau potable et l’assainissement via des action internationales et de coopération institutionnelle</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Actions internationales portées par les associations et les organisations non gouvernementales ou actions de coopération institutionnelle</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Solidarité internationale&lt;/strong&gt;  &lt;/p&gt;
+&lt;p&gt;L’agence de l’eau Loire-Bretagne accompagne les projets destinés à 
+faciliter l’accès à une eau potable de qualité et à un assainissement 
+approprié. Elle apporte une aide financière aux associations ou 
+organisations non gouvernementales (ONG) qui mènent des projets de 
+solidarité internationale en matière d&amp;#039;eau potable et d&amp;#039;assainissement.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Coopération institutionnelle&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’agence de l’eau contribue à la mise en œuvre de la gestion intégrée
+ des ressources en eau. A ce titre, elle s’appuie et accompagne des 
+opérateurs de coopération institutionnelle (mise en place de schéma 
+directeur d’aménagement et de gestion des eaux, définition d’outils de 
+financements, mise en œuvre de système d’information des données sur 
+l’eau, de diffusion des connaissances au travers d’actions de formation,
+ ou encore d’organisation d’échanges institutionnels au travers de 
+rencontres internationales).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+International</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P42" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q42" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour déposer une demande d’aide, vous devez déjà avoir établi un 
+avant-projet et disposer d’éléments fiables de définition technique et 
+d&amp;#039;estimation financière.&lt;/p&gt;
+&lt;p&gt;Pour les actions de solidarité internationale en matière d’accès à 
+l’eau et à l’assainissement, les critères d’éligibilité des demandes 
+sont :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une participation financière des collectivités du bassin Loire-Bretagne de 5 % minimum,&lt;/li&gt;&lt;li&gt;une participation de la population locale bénéficiaire (en numéraire et/ou en valorisation) de 5 % minimum.&lt;/li&gt;&lt;li&gt;vous vous engagez à associer l’agence de l’eau à vos actions de communication liées à la réalisation de l’opération.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/int/int1-actions-internationales-portees-par-les-associations-et-les.html</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c59-favoriser-lacces-a-leau-potable-et-lassainiss/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>165247</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’accès à l’eau potable et l’assainissement via des actions internationales pour un projet porté par une collectivité</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Actions internationales pour un projet porté par une collectivité</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient des actions internationales
+ menées par des collectivités dans le cadre de projets de solidarité et 
+de coopération.&lt;/p&gt;
+&lt;p&gt;Elle accompagne financièrement et techniquement les projets portés 
+par ces collectivités pour améliorer l&amp;#039;accès à l’eau potable et à 
+l’assainissement, en particulier dans les zones défavorisées. Ce soutien
+ vise à promouvoir une gestion durable des ressources en eau, en ligne 
+avec les objectifs de développement durable de l&amp;#039;ONU.&lt;/p&gt;
+&lt;p&gt;L’agence peut également bonifier le taux d’aide pour les projets 
+menés dans des bassins spécifiques, en lien avec des partenariats 
+institutionnels.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+International</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q43" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour déposer une demande d’aide, vous devez déjà avoir établi un 
+avant-projet et disposer d’éléments fiables de définition technique et 
+d&amp;#039;estimation financière.&lt;/p&gt;
+&lt;p&gt;Les critères d’éligibilité des demandes sont :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;une participation financière des collectivités du bassin Loire-Bretagne de 5 % minimum,&lt;/li&gt;&lt;li&gt;une participation de la population locale bénéficiaire (en numéraire et/ou en valorisation) de 5 % minimum.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Vous vous engagez à associer l’agence de l’eau à vos actions de communication liées à la réalisation de l’opération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/int/int1-actions-internationales-pour-un-projet-porte-par-une-collec.html</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lacces-a-leau-potable-et-lassainissement-via-des-actions-internationales-pour-un-projet-porte-par-une-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>164317</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Aires d'alimentation de captages</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q44" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Etudes nécessaires à 
 l’établissement et au suivi d’un 
 plan d’actions de reconquête ou 
 de préservation de la ressource 
 (délimitation de l’aire 
 d’alimentation du captage- AAC 
 et de la zone de protection - ZP-AAC, diagnostic territorial des 
 pressions, suivi renforcé de la 
 qualité sur une période de 3 ans
 renouvelables, ...)&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-schema-directeurs-diagnostic-definition-et-programmation-1/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D27" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>164323</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Amélioration des rendements des réseaux - Travaux</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="J45" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR / PAOT</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions d&amp;#039; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquisition et mise en place des équipements de gestion patrimoniale visant à améliorer la 
+connaissance des rendements des réseaux et à les maîtriser ;&lt;/li&gt;&lt;li&gt;Acquisition et mise en place de compteurs intelligents (télérelève) pour les collectivités en situation de 
+pénuries d’eau, dès lors que cela s’inscrit dans un plan d’actions global d’économies d’eau ; &lt;/li&gt;&lt;li&gt;Travaux d’amélioration des rendements des réseaux d’eau potable dès lors qu’ils visent à accroître 
+l’effort de remplacement/réhabilitation des conduites d’eau dans l’objectif de tendre vers un 
+rendement de 85 % en moyenne pluriannuelle et à l’échelle de chaque commune (90 % en Zone de 
+Répartition des Eaux). Seules les conduites diagnostiquées fuyardes ou vulnérables aux fuites suivant 
+une approche multicritère, après réalisation de campagnes de mesures de fuites et d’un programme 
+hiérarchisé à l’échelle de la collectivité pourront bénéficier d’aides de l’Agence de l’eau. Au-delà de ces 
+rendements cibles les travaux d’amélioration de rendements ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q45" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les travaux 
+d’amélioration des rendements 
+de réseaux dès lors qu’ils visent à 
+accroitre l’effort de 
+remplacement/réhabilitation des 
+conduites d’eau, dans l’objectif 
+de tendre vers un rendement de 
+85 % (90 % en Zone de 
+Répartition des Eaux), calculé en 
+moyenne glissante sur 3 années.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-amelioration-des-rendements-des-reseaux-equipements-pour-ameliorer-la-connaissance/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>161800</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en phase de réalisation du projet de modernisation de vos infrastructures d'assainissement et d'eau potable jusqu'à la fin des travaux</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné en phase de réalisation du projet (PRO) de modernisation de vos infrastructures jusqu’à la fin de la période de garantie de parfait achèvement des travaux.</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération de modernisation de vos infrastructures d&amp;#039;eau potable et d&amp;#039;assainissement :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseil et assistance au pilotage de la mission de maitrise d’œuvre et des autres missions de Prestations intellectuelles,&lt;/li&gt;&lt;li&gt;Conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;L’assistance apportée par Aveyron Ingénierie peut débuter dès le démarrage de la phase de réalisation du Projet (PRO) et durer, en fonction des besoins, jusqu’à l’expiration de la période de garantie de parfait achèvement des travaux.&lt;br /&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagner-en-phase-de-realisation-du-projet-pro-de-modernisation-de-vos-infrastructures-jusqua-la-fin-de-la-periode-de-garantie-de-parfait-achevement-des-travaux/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>89886</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les infrastructures de distribution d’eau potable, d’assainissement et de gestion des eaux pluviales en métropole et dans les outre-mer</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de relance, une aide à l&amp;#039;investissement soutient les projets pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la modernisation des réseaux d&amp;#039;eau potable et d&amp;#039;assainissement et les stations d&amp;#039;épuration,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;hygiénisation des boues en zone rurale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accélération du « plan eau DOM » en outre-mer pour faire face aux difficultés structurelles renforcées par la crise du Coronavirus Covid-19.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si votre projet est en métropole, déposez votre demande de subvention auprès de votre agence de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre projet est en outre-mer, adressez votre demande à l&amp;#039;Office français de la biodiversité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les conditions de subventionnement diffèrent en fonction de votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter l&amp;#039;OFB ou votre agence de l&amp;#039;eau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>164316</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Procédures réglementaires de protection de captages</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K27" s="1" t="inlineStr">
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>Taux applicable aux travaux</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
 investissements ou actions éligibles.
 Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q27" s="1" t="inlineStr">
+      <c r="Q48" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelles procédures ou 
+révisions de déclarations d’utilité 
+publique existantes.
+Pour les captages sensibles, 
+prioritaires, stratégiques, ou 
+inscrits au PAOT ; ainsi que pour 
+les nouveaux captages dans le 
+cadre de projet de sécurisation 
+de l’alimentation en eau potable&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-phase-travaux/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D28" s="1" t="inlineStr">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>161798</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la prise de décision d'engager ou non la réalisation vos projets de modernisation de vos infrastructures d'assainissement et d'eau potable</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision d'engager ou non la réalisation vos projets de modernisation de vos infrastructures d'assainissement et d'eau potable</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération sur la modernisation d&amp;#039;infrastructures d&amp;#039;eau et d&amp;#039;assainissement :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (AMO pour la définition du programme, Levé topographique, Etudes de sols, Diagnostic de réseaux, Diagnostic environnemental, …),&lt;/li&gt;&lt;li&gt;Établissement de relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;Étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;br /&gt;&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-pour-realiser-vos-projets-de-modernisation-de-vos-infrastructures-dassainissement-et-deau-potable/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>161797</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour le suivi et la bonne exécution des études de gestion patrimoniale de votre service d’Assainissement et/ou d’Eau Potable</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné pour le suivi et la bonne exécution des études de gestion patrimoniale de votre service d’Assainissement et/ou d’Eau Potable.</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) destinée à assurer le suivi de la bonne exécution des études de planification et de connaissance de votre patrimoine et de vos services d&amp;#039;eau et d&amp;#039;assainissement jusqu’à son rendu final, ainsi qu’une assistance à la gestion des marchés.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-pour-le-suivi-et-la-bonne-execution-des-etudes-de-gestion-patrimoniale-de-votre-service-dassainissement-et-ou-deau-potable/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>117385</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un suivi technique pour la protection et la gestion des forages d’eau potable et de leur aire d’alimentation des captages (AAC)</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Protéger l&amp;#039;ensemble des points d&amp;#039;eau des pollutions diffuses et ponctuelles sur la base d&amp;#039;études et/ou la délimitation des périmètres de protection des captages d&amp;#039;eau potable et/ou dans l&amp;#039;accompagnement à la mise en œuvre du programme d&amp;#039;actions établi à l&amp;#039;issue de la démarche AAC.
+&lt;/p&gt;
+&lt;p&gt;
+ Assistance pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La procédure de Déclaration d&amp;#039;utilité publique (DUP) de mise en place des périmètres de protection,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le diagnostic et les travaux sur les captages,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;établissement et le suivi des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentations des captages (AAC) des collectivités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ces missions consistent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Montage de réunions d&amp;#039;information et de sensibilisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablissement de cahiers des charges et des dossiers de financements,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assistance à la passation du marché ; étude des offres afin d&amp;#039;aider le maître d&amp;#039;ouvrage dans son choix du prestataire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnements des bureaux d&amp;#039;étude,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Appui au montage des dossiers administratifs dans le cadre de la procédure DUP jusqu&amp;#039;à l&amp;#039;enquête publique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement des maitres d&amp;#039;ouvrage dans l&amp;#039;animation des programmes d&amp;#039;actions sur les AAC
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;animation du volet agricole étant traité soit par la Chambre d&amp;#039;agriculture de région IDF soit Eau de Paris ou encore AQUI&amp;#039;Brie sur leurs territoires historiques respectifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Rédactions de notes et de rapports
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Sols
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau.seine-et-marne.fr/</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a8a2-mettre-en-place-un-suivi-technique-pour-la-pr/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>164321</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Protection et restauration de la qualité de la ressource en eau - DUP</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I28" s="1" t="inlineStr">
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="J52" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l&amp;#039;ensemble des opérations :&lt;br /&gt;&amp;gt; au titre des plans d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
+production d’eau potable, visant à développer des changements de systèmes agricoles afin de couvrir 
+une majeure partie des surfaces agricoles les plus sensibles pour les ressources en eau par des cultures 
+et systèmes à bas niveau d’impact. Différents outils, volontaires et règlementaires, peuvent être 
+mobilisés : animation, actions de communication, gestion foncière, soutien aux filières agricoles à Bas 
+Niveaux d’Impact (BNI), paiements pour services environnementaux (PSE), Mesures 
+Agroenvironnementales et Climatiques (MAEC), Zones soumises à Contraintes Environnementales 
+(ZSCE), Arrêtés de Déclaration d’Utilité Publique (DUP), mise en œuvre d’infrastructures 
+agroécologiques (haies, bandes enherbées, zones de filtration, …).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l’ensemble des 
+travaux prescrits par l’arrêté de 
+DUP, en dehors des travaux 
+d’entretien liés aux équipements 
+ou au fonctionnement 
+(remplacement de pompes, …) :
+&lt;br /&gt;Travaux de mise en conformité 
+résultant directement de 
+l’application des arrêtés de DUP ;
+&lt;br /&gt;Indemnisation des servitudes 
+résultant directement de 
+l’application des arrêtés de DUP.
+&lt;br /&gt;Les indemnités d’éviction 
+d’activités économiques ainsi 
+que des coûts liés au déport de 
+ces activités (reconstruction et 
+réaménagement) ne sont pas 
+éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-protection-et-restauration-de-la-qualite-de-la-ressource-en-eau-aap/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>164313</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Schéma directeurs, diagnostic, définition et programmation</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J28" s="1" t="inlineStr">
+      <c r="J53" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
+      <c r="M53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
 investissements ou actions éligibles.
 Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q28" s="1" t="inlineStr">
+      <c r="Q53" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
-[...2184 lines deleted...]
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études éligibles aux aides de l’Agence de l’eau sont notamment : &lt;br /&gt;o Études de gouvernance/structuration des compétences/ingénierie financière/tarification 
 sociale et progressive (en dehors des études portant sur le mode de gestion du service, régie, 
 délégation ou choix des délégataires) ; &lt;br /&gt;o Études sur les aires d’alimentation des captages sensibles, prioritaires, stratégiques, ou inscrits 
 dans les PAOT : délimitation des Aires d’Alimentation de Captage (AAC) et de leur Zone de 
 Protection (ZP-AAC), réalisation du diagnostic territorial des pressions, définition et suivi du
 plan d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
 production d’eau potable, … ;
 &lt;br /&gt;o Schémas directeurs et études-diagnostiques des systèmes d’alimentation en eau potable, 
 comprenant notamment un volet de connaissance patrimoniale (élaboration du descriptif 
 détaillé des réseaux et mise en place des outils associés : Système d’Information Géographique, 
 …) et, le cas échéant, un volet d’analyse globale de la vulnérabilité du système, ou un volet de 
 solutions pour rétablir la conformité de l’eau à la limite de qualité dans le cas de captages 
 faisant l’objet de dérogation préfectorale pour la distribution d’une eau ne répondant pas à 
 une limite de qualité règlementaire fixée pour les Eaux Destinées à la Consommation Humaine 
 (EDCH) ;
 &lt;br /&gt;o Études d’élaboration des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) ;
 &lt;br /&gt;o Études locales permettant d’améliorer la connaissance des ressources en eau souterraine et 
 superficielle. &lt;br /&gt;o Avant-travaux (études d’investigation, études préliminaires, études d’avant-projet et de 
 projet) ;
 &lt;br /&gt;o Définition/programmation de travaux jusqu’au programme d’opérations ;
 &lt;br /&gt;o Phase travaux/réception (maîtrise d’œuvre, …) ;
 &lt;br /&gt;o Assistance à maîtrise d’ouvrage associée.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-gouvernance-ingenierie-financiere-tarification-progressive/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G45" s="1" t="inlineStr">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>164882</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la qualité de l’eau potable distribuée en traitant mieux les eaux brutes (études) - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Études dans le cadre de l’amélioration de la qualité de l’eau potable distribuée - Réservé à la solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat</t>
-[...2 lines deleted...]
-      <c r="H45" s="1" t="inlineStr">
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K45" s="1" t="inlineStr">
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="N45" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la solidarité urbain rural, l’agence de l’eau 
+Loire-Bretagne accompagne les collectivités les plus défavorisées qui 
+souhaitent améliorer la qualité de l’eau potable distribuée en traitant 
+mieux les eaux brutes.&lt;/p&gt;
+&lt;p&gt;Ces actions essentielles s’appuient sur une structuration solide et 
+bien définie de la compétence eau potable et un prix d du service public
+ suffisant, pour entretenir les ouvrages financés et maintenir la 
+performance du service.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
-[...89 lines deleted...]
-      <c r="T45" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
-[...27 lines deleted...]
-  &lt;/span&gt;
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep2-etudes-dans-le-cadre-de-lamelioration-de-la-qualite-de-leau.html</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html" rel="noopener" target="_blank"&gt;
+  vous pouvez contacter votre direction régionale
  &lt;/a&gt;
-&lt;/p&gt;
-[...37 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+ .
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-la-qualite-de-leau-potable-distribuee-en-traitant-mieux-les-eaux-brutes-etudes-solidarite-urbain-rural/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...247 lines deleted...]
-      <c r="G47" s="1" t="inlineStr">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>161791</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le suivi et la bonne exécution pour la gouvernance et la planification de votre service d’assainissement collectif et/ou d’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le suivi et la bonne exécution pour la gouvernance et la planification de votre service d’assainissement collectif et/ou d’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K47" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="N47" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) destinée à assurer le suivi de la bonne exécution des études de gestion de vos systèmes d&amp;#039;eau potable et assainissement, jusqu’à son rendu final, et apporter une assistance à la collectivité sur la gestion de ces marchés d’études.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-le-suivi-et-la-bonne-execution-pour-la-gouvernance-et-la-planification-de-votre-service-dassainissement-collectif-et-ou-dalimentation-en-eau-potable/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...301 lines deleted...]
-      <c r="A50" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>165522</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Soutenir des projets en faveur de la réduction des impacts dus aux produits phytopharmaceutiques dans des territoires de convergence d’enjeux sur l’eau potable et la biodiversité</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>AAP Territoires de convergence eau potable et Natura 2000 : initiatives pour réduire l’usage et l’impact des produits phytopharmaceutiques</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Ministère de la Santé et de la Prévention
 Ministères de l'Aménagement du territoire et de la Transition écologique
 Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I50" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Max : 75</t>
         </is>
       </c>
-      <c r="J50" s="1" t="inlineStr">
+      <c r="J56" s="1" t="inlineStr">
         <is>
           <t>du coût total</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de la stratégie
 Ecophyto 2030, faisant suite au plan Ecophyto II&amp;#43;, des appels à projets
 nationaux sont lancés pour soutenir des projets en faveur d&amp;#039;une réduction de
 l’utilisation des produits phytopharmaceutiques, et de la limitation des
 risques et des impacts qui y sont liés.&lt;/p&gt;&lt;p&gt;L’appel à projets 2025 est le
 premier appel à projet thématique de la stratégie Ecophyto 2030. Il est lancé
 par l’OFB en lien avec les ministères pilote de la stratégie. &lt;/p&gt;&lt;p&gt;Il concerne l’ensemble du
 territoire métropolitain et ultramarin (Départements et Régions d’Outre-Mer).
 Il vise la suppression ou une forte réduction des produits phytopharmaceutiques
 dans des territoires présentant des enjeux croisés autour de la préservation de la qualité de l’eau destinées à la consommation humaine et de la protection de la biodiversité.&lt;/p&gt;&lt;p&gt;Le territoire visé par l’AAP doit
 contenir obligatoirement une aire d’alimentation de captages. &lt;/p&gt;&lt;p&gt;Les projets attendus seront multi
 partenariaux. &lt;/p&gt;&lt;p&gt;Doté d’une enveloppe allant
 jusqu’à 2,06 millions d’euros, les projets seront soutenus pour un montant de
 financement maximum de 300 000 € par projet et pour une durée maximale de 36
 mois.&lt;/p&gt;&lt;p&gt;Le 11 décembre 2025, un &lt;a href="https://ofb-fr.zoom.us/webinar/register/WN_Ipjm7ALMQjC8VH9-n93pDw" target="_self"&gt;Webinaire de présentation de l’AAPN&lt;/a&gt;
 et du règlement sera organisé à l’intention des porteurs de projets.
 Le support de présentation et le replay seront disponibles sur le site de
 l’OFB.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le règlement via le lien
 suivant : &lt;a href="https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf" target="_self"&gt;https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M50" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous pouvez trouver la liste des projets lauréats aux
 éditions précédentes sur le portail technique de l’OFB :&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="https://ofb.gouv.fr/financements/resultats-de-appel-a-projets-national-ecophyto-2023" target="_self"&gt;Résultats de l’appel à projets national Écophyto 2023&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Alimentation
 Agriculture et agroalimentaire
 Consommation et production
 Innovation, créativité et recherche
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P50" s="1" t="inlineStr">
+      <c r="P56" s="1" t="inlineStr">
         <is>
           <t>12/11/2025</t>
         </is>
       </c>
-      <c r="Q50" s="1" t="inlineStr">
+      <c r="Q56" s="1" t="inlineStr">
         <is>
           <t>02/03/2026</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d’éligibilité et de sélection sont mentionnés
 dans le règlement de l’appel à projet.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles et le taux de financement sont
 précisés dans le règlement.&lt;/p&gt;&lt;p&gt;Les règles générales de subvention applicables sont celles
 prévues dans le règlement d’interventions de l’OFB, disponible à l’adresse
 suivante : &lt;a href="https://ofb.gouv.fr/doc/le-programme-intervention" target="_self"&gt;Office français de la biodiversité&lt;/a&gt;&lt;a&gt;&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T50" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/financements/territoires-de-convergence-eau-potable-et-natura-2000-initiatives-pour-reduire-impact</t>
         </is>
       </c>
-      <c r="W50" s="1" t="inlineStr">
+      <c r="W56" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/appel-a-projets-national-ecophyto-2030-territoires</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute demande, merci d’écrire à l’adresse &lt;a href="mailto:ecophyto&amp;#64;ofb.gouv.fr"&gt;ecophyto&amp;#64;ofb.gouv.fr&lt;/a&gt;, en précisant dans
 l’objet de votre mail : « AAPN 2025 Écophyto Captages/ Natura 2000 ».&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>emma.schwartz@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-des-projets-en-faveur-de-la-reduction-des-impacts-dus-aux-produits-phytopharmaceutiques-dans-des-territoires-de-convergence-denjeux-sur-leau-potable-et-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>164322</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Protection et restauration de la qualité de la ressource en eau - Pollution accidentelle</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 70</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l&amp;#039;ensemble des opérations :&lt;br /&gt;&amp;gt; au titre des plans d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
+production d’eau potable, visant à développer des changements de systèmes agricoles afin de couvrir 
+une majeure partie des surfaces agricoles les plus sensibles pour les ressources en eau par des cultures 
+et systèmes à bas niveau d’impact. Différents outils, volontaires et règlementaires, peuvent être 
+mobilisés : animation, actions de communication, gestion foncière, soutien aux filières agricoles à Bas 
+Niveaux d’Impact (BNI), paiements pour services environnementaux (PSE), Mesures 
+Agroenvironnementales et Climatiques (MAEC), Zones soumises à Contraintes Environnementales 
+(ZSCE), Arrêtés de Déclaration d’Utilité Publique (DUP), mise en œuvre d’infrastructures 
+agroécologiques (haies, bandes enherbées, zones de filtration, …).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l’ensemble des 
+travaux de protection de la 
+ressource prescrits par l&amp;#039;Agence 
+Régionale de Santé sur les 
+périmètres de protection. &lt;/p&gt;&lt;p&gt;Cela peut comprendre le suivi 
+renforcé de la qualité sur une 
+période de 3 ans, renouvelable. &lt;/p&gt;&lt;p&gt;Cas particulier du traitement 
+d’une pollution (hors pollutions 
+diffuses d’origine agricoles) : le 
+cas échéant, l’Agence de l’eau 
+est informée de l’introduction du 
+recours engagé la collectivité 
+envers les responsables de la 
+pollution, de son évolution et de 
+son issue.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-protection-et-restauration-de-la-qualite-de-la-ressource-en-eau-dup/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>164319</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Rétablir la conformité de l'eau à la limite de qualité</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour les captages faisant l’objet 
+de dérogation préfectorale pour 
+la distribution d’une eau ne 
+répondant pas à une limite de 
+qualité règlementaire fixée pour 
+les Eaux Destinées à la 
+Consommation Humaine (EDCH)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-ameliorer-les-connaissances/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>162380</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Entreprendre des travaux sur leurs réseaux de distribution d’eau potable afin de lutter efficacement contre les gaspillages d’eau liés aux fuites</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de résorption de fuites sur les réseaux d'eau potable</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif de ce dispositif d’aide est de pouvoir accompagner les collectivités gestionnaires de réseaux d’eau potable, qui doivent entreprendre des travaux sur leurs réseaux de distribution d’eau potable afin de lutter efficacement contre les gaspillages d’eau liés aux fuites et contribuer ainsi à réduire les prélèvements sur la ressource en eau dans les milieux naturels.&lt;/p&gt; &lt;p&gt;Les organismes publics ayant la compétence de distribution d’eau potable :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Communes,&lt;/li&gt; 	&lt;li&gt;Communautés de Communes et d’Agglomération,&lt;/li&gt; 	&lt;li&gt;Métropoles,&lt;/li&gt; 	&lt;li&gt;Syndicats d’eau potable,&lt;/li&gt; 	&lt;li&gt;Régies des eaux...&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La Région intervient exclusivement en co-financement de l’Agence de l’Eau Rhône-Méditerranée Corse.&lt;br /&gt; Ceci signifie qu’à minima les critères d’intervention de l’Agence de l’Eau seront respectés afin de pouvoir bénéficier de l’aide régionale.&lt;br /&gt; Par ailleurs, les projets doivent être inscrits dans le cadre des contractualisations de la Région « Nos territoires d’abord ».&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Les critères techniques suivants doivent être respectés :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les travaux portent sur les opérations définies comme prioritaires et les plus urgentes au sein d’un schéma directeur ou d’une étude diagnostic de réseaux.&lt;/li&gt; 	&lt;li&gt;Les travaux doivent porter sur un projet mûr et avancé au stade AVP ou PRO&lt;/li&gt; 	&lt;li&gt;Les opérations de résorption des fuites doivent se traduire par une diminution effective des prélèvements dans le milieu, au point de prélèvement.&lt;/li&gt; 	&lt;li&gt;La collectivité doit appliquer un prix minimum pour le service de l’eau potable, à hauteur de 1€ HT /m3.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Enfin, ce dispositif concerne les secteurs en déséquilibre chronique/structurel ou en équilibre fragile vis-à-vis de la ressource en eau au sens du SDAGE Rhône Méditerranée Corse 2022-2027 ; il s’agit (cf Carte 7B du SDAGE) :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;des sous bassins sur lesquels des actions sont nécessaires pour tout ou partie du territoire pour résorber les déséquilibres quantitatifs et atteindre le bon état (enjeu 1)&lt;/li&gt; 	&lt;li&gt;des sous bassins sur lesquels des actions de préservation des équilibres quantitatifs sont nécessaires pour tout ou partie du territoire pour l&amp;#039;atteinte du bon état (enjeu 2)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Seront prioritairement aidés les travaux permettant de contribuer à améliorer l’état quantitatif des secteurs en enjeu 1 définis ci-avant.&lt;br /&gt; L’analyse prendra en compte l’origine de la ressource en eau prélevée pour l’alimentation en eau potable.&lt;br /&gt; Les opérations portant sur les secteurs en enjeu 2 seront étudiés en fin d’année civile en fonction du budget disponible.&lt;/p&gt; &lt;p&gt;Dans le contexte de tension sur les ressources en eau de 2022, la Région adoptait, dès le 24 juin 2022, plusieurs délibérations en lien avec l’épisode exceptionnel de sécheresse, et en mars 2023, le Plan d’actions pour l’eau de la Région Provence-Alpes-Côte d&amp;#039;Azur.&lt;br /&gt; &lt;br /&gt; Par ailleurs, la Région a organisé le 7 juin 2023 les États Régionaux de l’Eau qui ont permis de poursuivre la mobilisation de tous les acteurs de l’eau, et de démontrer que des solutions peuvent être proposées face au manque d’eau, en matière de sobriété, de solidarité et d’innovation.&lt;br /&gt; &lt;br /&gt; Dans ce cadre, la Région s’est engagée à déployer de nouvelles démarches structurantes et d’expérimentations ainsi que de nouveaux dispositifs financiers, afin de répondre concrètement aux nécessaires économies d’eau sur le territoire régional.&lt;br /&gt; L&amp;#039;aide aux travaux de résorption de fuites sur les réseaux d&amp;#039;eau potable est un dispositif qui en est issu.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région intervient exclusivement en co-financement de l’Agence de l’Eau Rhône-Méditerranée Corse.&lt;br /&gt; Ceci signifie qu’à minima les critères d’intervention de l’Agence de l’Eau seront respectés afin de pouvoir bénéficier de l’aide régionale.&lt;br /&gt; Par ailleurs, les projets doivent être inscrits dans le cadre des contractualisations de la Région « Nos territoires d’abord ».&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Les critères techniques suivants doivent être respectés :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les travaux portent sur les opérations définies comme prioritaires et les plus urgentes au sein d’un schéma directeur ou d’une étude diagnostic de réseaux.&lt;/li&gt; 	&lt;li&gt;Les travaux doivent porter sur un projet mûr et avancé au stade AVP ou PRO&lt;/li&gt; 	&lt;li&gt;Les opérations de résorption des fuites doivent se traduire par une diminution effective des prélèvements dans le milieu, au point de prélèvement.&lt;/li&gt; 	&lt;li&gt;La collectivité doit appliquer un prix minimum pour le service de l’eau potable, à hauteur de 1€ HT /m3.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Enfin, ce dispositif concerne les secteurs en déséquilibre chronique/structurel ou en équilibre fragile vis-à-vis de la ressource en eau au sens du SDAGE Rhône Méditerranée Corse 2022-2027 ; il s’agit (cf Carte 7B du SDAGE) :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;des sous bassins sur lesquels des actions sont nécessaires pour tout ou partie du territoire pour résorber les déséquilibres quantitatifs et atteindre le bon état (enjeu 1)&lt;/li&gt; 	&lt;li&gt;des sous bassins sur lesquels des actions de préservation des équilibres quantitatifs sont nécessaires pour tout ou partie du territoire pour l&amp;#039;atteinte du bon état (enjeu 2)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Seront prioritairement aidés les travaux permettant de contribuer à améliorer l’état quantitatif des secteurs en enjeu 1 définis ci-avant.&lt;br /&gt; L’analyse prendra en compte l’origine de la ressource en eau prélevée pour l’alimentation en eau potable.&lt;br /&gt; Les opérations portant sur les secteurs en enjeu 2 seront étudiés en fin d’année civile en fonction du budget disponible.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Le dépôt du dossier de demande d’aide doit se faire via la plateforme d’aide en ligne.&lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; Au-delà des pièces administratives et techniques prévues par le règlement financier de la Région en vigueur, le dossier devra comprendre :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une attestation de dépôt de dossier auprès de l’Agence de l’eau Rhône-Méditerranée Corse&lt;/li&gt; 	&lt;li&gt;le schéma directeur d’eau potable ou l’étude diagnostic réseaux&lt;/li&gt; 	&lt;li&gt;les études AVP ou PRO&lt;/li&gt; 	&lt;li&gt;Par ailleurs, le dossier de présentation devra clairement faire apparaître l’origine de la ressource en eau prélevée pour l’alimentation en eau potable, permettant d’attester que le bénéfice portera sur les milieux naturels des secteurs prioritaires définis ci-dessus.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/travaux-de-resorption-de-fuites-sur-les-reseaux-deau-potable</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;a href="mailto:fuites-aep&amp;#64;maregionsud.fr" title="mailto:fuites-aep&amp;#64;maregionsud.fr"&gt;fuites-aep&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/travaux-de-resorption-de-fuites-sur-les-reseaux-deau-potable/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>165167</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Créer des réservoirs et forages de sécurisation sur les îles non alimentées par le continent - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Travaux d’interconnexion, de création de réservoirs et de forage de sécurisation dans le cadre de la solidarité urbain-rural et pour les îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 50 % à 70 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne les collectivités dans la 
+sécurisation de la distribution de l&amp;#039;eau potable face aux risques 
+climatiques, qu&amp;#039;il s&amp;#039;agisse de sécheresse ou de pollutions diffuses. 
+Elle soutient la mise en place d&amp;#039;infrastructures visant à garantir un 
+approvisionnement fiable, telles que des études d’aide à la décision, 
+des travaux d’interconnexion, de stockage ou de réhabilitation de 
+forages. Ces actions s&amp;#039;inscrivent dans des stratégies visant à renforcer
+ la résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-travaux-dinterconnexion-de-creation-de-reservoirs-et-de-for.html</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-des-reservoirs-et-forages-de-securisation-sur-les-iles-non-alimentees-par-le-continent-solidarite-urbain-rural/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>165170</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la lutte contre les fuites</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Équipements permettant d’optimiser la lutte contre les fuites</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration peut être accordée dans le cadre de la solidarité urbain-rural.</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les études et acquisitions d’équipements 
+permettant de mieux gérer et diagnostiquer les fuites. En réponse à la 
+mesure 14 du plan d’action gouvernemental pour une gestion résiliente et
+ concertée de l’eau, elle accompagne également le remplacement de 
+canalisations fuyardes. Ces actions essentielles s’appuient sur une 
+structuration solide et bien définie de la compétence eau potable, afin 
+de mener à bien les projets dans ce domaine.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep4-equipements-permettant-doptimiser-la-lutte-contre-les-fuite.html</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/optimiser-la-lutte-contre-les-fuites/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>165164</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études d'aide à la décision et diagnostics des schémas directeurs et des plan de gestion de la sécurité sanitaire des eaux (PGSSE)</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision et diagnostics : schémas directeurs ; plan de gestion de la sécurité sanitaire des eaux (PGSSE) ; Études stratégiques quantitative pour de la substitution, de la réhabilitation ou du stockage.</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les collectivités dans la sécurisation de 
+la distribution de l&amp;#039;eau potable face aux risques climatiques, qu&amp;#039;il 
+s&amp;#039;agisse de sécheresse ou de pollutions diffuses. Elle soutient la mise 
+en place d&amp;#039;infrastructures visant à garantir un approvisionnement 
+fiable, telles que des études d’aide à la décision, des travaux 
+d’interconnexion, de stockage ou de réhabilitation de forages. Ces 
+actions s&amp;#039;inscrivent dans des stratégies visant à renforcer la 
+résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P62" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q62" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-etudes-daide-a-la-decision-et-diagnostics.html</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-daider-a-la-decision-et-diagnostics-des-schemas-directeurs-et-des-plan-de-gestion-de-la-securite-sanitaire-des-eaux-pgsse/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>165165</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Étudier les stratégies quantitatives pour de la substitution, de la réhabilitation ou du stockage</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision et diagnostics : schémas directeurs ; plan de gestion de la sécurité sanitaire des eaux (PGSSE) ; Études stratégiques quantitative pour de la substitution, de la réhabilitation ou du stockage.</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les collectivités dans la sécurisation de 
+la distribution de l&amp;#039;eau potable face aux risques climatiques, qu&amp;#039;il 
+s&amp;#039;agisse de sécheresse ou de pollutions diffuses. Elle soutient la mise 
+en place d&amp;#039;infrastructures visant à garantir un approvisionnement 
+fiable, telles que des études d’aide à la décision, des travaux 
+d’interconnexion, de stockage ou de réhabilitation de forages. Ces 
+actions s&amp;#039;inscrivent dans des stratégies visant à renforcer la 
+résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-etudes-daide-a-la-decision-et-diagnostics.html</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-les-strategies-quantitatives-pour-de-la-substitution-de-la-rehabilitation-ou-du-stockage/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>30793</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Étudier et suivre la qualité des eaux brutes</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Études et suivis de la qualité des eaux brutes</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la 
+protection des captages d&amp;#039;eau potable. Ces études permettent 
+d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à
+ long terme, en développant des solutions adaptées aux spécificités 
+locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q64" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;br /&gt;Pour le suivi opérationnel de la qualité des eaux brutes : prix minimum du service public de l’eau potable sauf si le maître d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche action).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-etudes-et-suivis-de-la-qualite-des-eaux-brutes.html</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3471-etudier-et-suivre-la-qualite-de-la-ressource/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>165163</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Créer des unités de désinfection et de traitement de l’agressivité (travaux) - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de création d’unités de désinfection et de traitement de l’agressivité - Réservé à la solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la solidarité urbain rural, l’agence de l’eau 
+Loire-Bretagne accompagne les collectivités les plus défavorisées qui 
+souhaitent améliorer la qualité de l’eau potable distribuée en traitant 
+mieux les eaux brutes.&lt;/p&gt;
+&lt;p&gt;Ces actions essentielles s’appuient sur une structuration solide et 
+bien définie de la compétence eau potable et un prix du service public 
+suffisant, pour entretenir les ouvrages financés et maintenir la 
+performance du service.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;Existence préalable de la déclaration d’utilité publique (DUP) des 
+périmètres de protection des captages (PPC) des ressources concernées ou
+ dépôt du dossier en préfecture.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep2-travaux-de-creation-dunites-de-desinfection-et-de-traitemen.html</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-des-unites-de-desinfection-et-de-traitement-de-lagressivite-travaux-solidarite-urbain-rural/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>165168</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de réhabilitations ou de comblements de forages mettant en communication des nappes</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de réhabilitations ou de comblements de forages mettant en communication des nappes</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 50 % à 70 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne les collectivités dans la 
+sécurisation de la distribution de l&amp;#039;eau potable face aux risques 
+climatiques, qu&amp;#039;il s&amp;#039;agisse de sécheresse ou de pollutions diffuses. 
+Elle soutient la mise en place d&amp;#039;infrastructures visant à garantir un 
+approvisionnement fiable, telles que des études d’aide à la décision, 
+des travaux d’interconnexion, de stockage ou de réhabilitation de 
+forages. Ces actions s&amp;#039;inscrivent dans des stratégies visant à renforcer
+ la résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;Étude préalable justifiant l’impact de l’exploitation du captage existant sur la ressource en eau ou les milieux aquatiques.&lt;/p&gt;
+&lt;p&gt;Travaux conformes au diagnostic préalable du forage permettant de 
+déterminer la nature des travaux les mieux adaptés au problème posé.&lt;/p&gt;
+&lt;p&gt;Étude technico-économique comparative justifiant la décision de réhabiliter ou de reboucher.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-travaux-de-rehabilitations-ou-de-comblements-de-forages.html</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-de-rehabilitations-ou-de-comblements-de-forages-mettant-en-communication-des-nappes/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>30796</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Créer et améliorer la performance des usines de production (travaux) - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de création et d’amélioration de la performance des usines de production -Réservé à la solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la solidarité urbain rural, l’agence de l’eau 
+Loire-Bretagne accompagne les collectivités les plus défavorisées qui 
+souhaitent améliorer la qualité de l’eau potable distribuée en 
+améliorant la performance des usines de traitement.&lt;/p&gt;
+&lt;p&gt;Ces actions essentielles s’appuient sur une structuration solide et 
+bien définie de la compétence eau potable et un prix d du service public
+ suffisant, pour entretenir les ouvrages financés et maintenir la 
+performance du service.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;
+ &lt;br /&gt;
+Existence préalable de la déclaration d’utilité publique (DUP) des 
+périmètres de protection des captages (PPC) des ressources concernées ou
+ dépôt du dossier en préfecture.&lt;br /&gt;
+ &lt;br /&gt;
+Travaux de traitement des pollutions diffuses (nitrates, pesticides, 
+métabolites et autres micropolluants organiques) : pour les captages 
+prioritaires faisant l’objet d’un accord de territoire comportant un 
+volet de lutte contre les pollutions diffuses.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep2-travaux-de-creation-et-damelioration-de-la-performance-des.html</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4679-creer-des-usines-de-traitement-de-traitement-/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>30797</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Remplacer les tronçons de conduites en PVC relarguant du chlorure de vinyle monomère CVM (travaux) - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de remplacement des tronçons de conduites en PVC relarguant du CVM - Réservé à la solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la solidarité urbain rural, l’agence de l’eau 
+Loire-Bretagne accompagne les collectivités les plus défavorisées qui 
+souhaitent maîtriser le risque lié au chlorure de vinyle monomère (CVM) 
+présent dans l’eau distribuée par le remplacement des conduites en 
+polychlorure de vinyle (PVC).&lt;/p&gt;
+&lt;p&gt;Ces actions essentielles s’appuient sur une structuration solide et 
+bien définie de la compétence eau potable et un prix d du service public
+ suffisant, pour entretenir les ouvrages financés et maintenir la 
+performance du service.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;
+ &lt;br /&gt;
+Existence préalable de la déclaration d’utilité publique (DUP) des 
+périmètres de protection des captages (PPC) des ressources concernées ou
+ dépôt du dossier en préfecture.&lt;br /&gt;
+ &lt;br /&gt;
+Travaux de traitement des pollutions diffuses (nitrates, pesticides, 
+métabolites et autres micropolluants organiques) : pour les captages 
+prioritaires faisant l’objet d’un accord de territoire comportant un 
+volet de lutte contre les pollutions diffuses.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep2-travaux-de-remplacement-des-troncons-de-conduites-en-pvc-re.html</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e81-remplacer-les-troncons-de-conduites-en-pvc-re/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>165172</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Remplacer des canalisations fuyardes en zone de répartition des eaux (solidarité urbain-rural) ainsi que pour les Îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Remplacement de canalisations fuyardes en zone de répartition des eaux dans le cadre de la solidarité urbain-rural ainsi que pour les Îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne soutient le remplacement des 
+canalisations fuyardes pour réduire les pertes d&amp;#039;eau potable. Cette 
+initiative, inscrite dans le plan d&amp;#039;action gouvernemental, vise à 
+améliorer l&amp;#039;efficacité des réseaux et optimiser la gestion de la 
+ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P69" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;Travaux réalisés sur une commune située à la fois en zone de 
+répartition des eaux (ZRE) et en zonage France Ruralité Revitalisation 
+(FRR) ou dans le cadre d’un programme d’actions élaboré avec l’agence de
+ l’eau.&lt;/p&gt;
+&lt;p&gt;Travaux conformes à une campagne de recherche de fuites préalable 
+permettant de justifier le caractère fuyard des canalisations à 
+remplacer et permettant de quantifier le volume des fuites pouvant être 
+évitées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep4-remplacement-de-canalisations-fuyardes.html</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/remplacer-de-canalisations-fuyardes-en-zone-de-repartition-des-eaux-solidarite-urbain-rural-ainsi-que-pour-les-iles-du-bassin-loire-bretagne-non-alimentees-par-le-continent/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>165169</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de substitution de prélèvements en zone de répartition des eaux, ou déficit quantitatif à l’étiage ou prélèvements sur les îles non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de substitution de prélèvements impactant en zone de répartition des eaux ou en cas de déficit quantitatif en période d’étiage ou pour les prélèvements situés sur les îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 50 % à 70 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne les collectivités dans la 
+sécurisation de la distribution de l&amp;#039;eau potable face aux risques 
+climatiques, qu&amp;#039;il s&amp;#039;agisse de sécheresse ou de pollutions diffuses. 
+Elle soutient la mise en place d&amp;#039;infrastructures visant à garantir un 
+approvisionnement fiable, telles que des études d’aide à la décision, 
+des travaux d’interconnexion, de stockage ou de réhabilitation de 
+forages. Ces actions s&amp;#039;inscrivent dans des stratégies visant à renforcer
+ la résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q70" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;Opération située en zone de répartition des eaux (ZRE), en déficit 
+quantitatif en période d’étiage ou concernant des prélèvements situés 
+sur les îles du bassin Loire-Bretagne.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Uniquement pour les travaux :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Étude préalable justifiant l’impact de l’exploitation du captage 
+existant sur la ressource en eau ou les milieux aquatiques (contribution
+ au déficit quantitatif de la ressource, contamination entre nappes),&lt;/li&gt;&lt;li&gt;Travaux conformes à l’étude préalable précisant l’amélioration 
+attendue pour la ressource en eau ou les milieux aquatiques et les 
+conditions techniques et économiques de réalisation du nouvel ouvrage 
+avec comblement de l’ouvrage initial.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-travaux-de-substitution-de-prelevements-impactant-en-zone-d.html</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-de-substitution-de-prelevements-en-zone-de-repartition-des-eaux-ou-deficit-quantitatif-a-letiage-ou-prelevements-sur-les-iles-non-alimentees-par-le-continent/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>163879</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Gérer la ressource en eau, une approche quantitative</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette délibération présente les principes d’intervention et
+les objectifs de l’Agence en matière de gestion de la ressource en eau dans un
+contexte de changement climatique qui sont de concilier les différents usages
+humains, économiques sans oublier les milieux naturels, avec la disponibilité
+de la ressource notamment en période d’étiage.&lt;/p&gt;&lt;p&gt;Cette gestion implique une gouvernance à l’échelle des
+bassins versants afin de régir le partage de cette ressource et la mise en
+place d’actions visant à réduire la pression de prélèvement sur les milieux via
+une réduction des consommations puis par l’utilisation d’eaux non
+conventionnelles.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les objectifs du plan Eau déclinés sur le bassin Artois
+Picardie sont également rappelés à travers cette délibération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de connaissance visant à définir
+l’impact des usages actuels et futurs sur les milieux (études « hydrologie,
+milieux, usages, climat ») et les volumes disponibles ;&lt;/li&gt;&lt;li&gt;Les travaux d’instrumentation du réseau afin de
+localiser les zones déficitaires (installations d’appareils de mesure de
+sectorisation, de vannes de sectionnement, mise en place de pré localisateurs
+de fuites…) ;&lt;/li&gt;&lt;li&gt;Les frais annexes liés à la réalisation des
+travaux (acquisitions des terrains, honoraires de maîtrise d’œuvre, assistance
+à maîtrise d’ouvrage, dossiers réglementaires, frais de contrôle et de
+sécurité, frais de publicité et d’assurances…) ; &lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
+d’échange d’expérience, de concertation et de consultation du public, y compris
+sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Espace public
+Voirie et réseaux
+Agriculture et agroalimentaire
+Biodiversité
+Equipement public
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Industrie</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité et
+plus particulièrement les conditions particulières sont précisées en détail dans
+la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La gestion équilibrée de la ressource en eau&lt;/li&gt;&lt;li&gt;Les économies d’eau potable réalisées par les
+particuliers et les collectivités territoriales&lt;/li&gt;&lt;li&gt;La valorisation et l’utilisation des eaux non
+conventionnelles&lt;/li&gt;&lt;li&gt;Les actions de communication et de
+sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
+&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-la-ressource-en-eau-une-approche-quantitative/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>164128</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur la gouvernance, l'ingénierie financière et la tarification progressive</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J72" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études éligibles aux aides de l’Agence de l’eau sont notamment : &lt;br /&gt;o Études de gouvernance/structuration des compétences/ingénierie financière/tarification 
+sociale et progressive (en dehors des études portant sur le mode de gestion du service, régie, 
+délégation ou choix des délégataires) ; &lt;br /&gt;o Études sur les aires d’alimentation des captages sensibles, prioritaires, stratégiques, ou inscrits 
+dans les PAOT : délimitation des Aires d’Alimentation de Captage (AAC) et de leur Zone de 
+Protection (ZP-AAC), réalisation du diagnostic territorial des pressions, définition et suivi du
+plan d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
+production d’eau potable, … ;
+&lt;br /&gt;o Schémas directeurs et études-diagnostiques des systèmes d’alimentation en eau potable, 
+comprenant notamment un volet de connaissance patrimoniale (élaboration du descriptif 
+détaillé des réseaux et mise en place des outils associés : Système d’Information Géographique, 
+…) et, le cas échéant, un volet d’analyse globale de la vulnérabilité du système, ou un volet de 
+solutions pour rétablir la conformité de l’eau à la limite de qualité dans le cas de captages 
+faisant l’objet de dérogation préfectorale pour la distribution d’une eau ne répondant pas à 
+une limite de qualité règlementaire fixée pour les Eaux Destinées à la Consommation Humaine 
+(EDCH) ;
+&lt;br /&gt;o Études d’élaboration des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) ;
+&lt;br /&gt;o Études locales permettant d’améliorer la connaissance des ressources en eau souterraine et 
+superficielle. &lt;br /&gt;o Avant-travaux (études d’investigation, études préliminaires, études d’avant-projet et de 
+projet) ;
+&lt;br /&gt;o Définition/programmation de travaux jusqu’au programme d’opérations ;
+&lt;br /&gt;o Phase travaux/réception (maîtrise d’œuvre, …) ;
+&lt;br /&gt;o Assistance à maîtrise d’ouvrage associée.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-systemes-dassainissement-realisation-detudes-2/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>162509</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études nécessaires à la réalisation d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES NECESSAIRES A LA REALISATION D'ECONOMIES D'EAU</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="K51" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités à réaliser des études visant à mieux connaître les consommations d’eau potable sur leur patrimoine, prioriser les travaux à réaliser pour réduire leurs consommations, et à rechercher des solutions alternatives à l’utilisation de l’eau potable sur leur territoire pour générer des économies sur la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;études, audits et diagnostics des consommations d&amp;#039;eau potable des services et bâtiments publics&lt;/li&gt;&lt;li&gt;études d&amp;#039;opportunité pour l&amp;#039;utilisation de ressources en eaux non conventionnelles (eaux pluviales, eaux grises, eaux usées...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plancher des dépenses &lt;/strong&gt;&lt;strong&gt;éligibles : &lt;/strong&gt;1 000 € HT&lt;/p&gt;&lt;p&gt;Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études devront être réalisées par un prestataire externe.&lt;/li&gt;&lt;li&gt;Le cahier des charges de l’étude doit être soumis préalablement à l&amp;#039;avis des services du Département. Il doit respecter les prescriptions du cahier des charges type transmis par les services du Département.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/etudes-necessaires-a-la-realisation-deconomie-deau/</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Département de la Seine-Maritime&lt;/p&gt;&lt;p&gt;Direction de la cohésion des territoires&lt;/p&gt;&lt;p&gt;Tel: 02 76 51 61 54&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;subventions76-communesepci&amp;#64;seinemaritime.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-necessaires-a-la-realisation-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>30788</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études préalables à la déclaration d’utilité publique (DUP) - Hors procédure administrative</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables de mise en œuvre de la déclaration d’utilité publique (DUP) des Périmètres de Protection des Captages (PPC) - Hors procédure administrative</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I74" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la 
+protection des captages d&amp;#039;eau potable. Ces études permettent 
+d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à
+ long terme, en développant des solutions adaptées aux spécificités 
+locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/files/live/mounts/midas/Aides/12e%20programme/12e%20programme%20d'interven</t>
+        </is>
+      </c>
+      <c r="W74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/files/live/sites/aides-redevances/files/Aides-12prog/Rivage/Mode_operatoire_portail_MOA_Depot_suivi_demande.pdf</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Au titre de sa compétence GeMAPI, la Métropole du Grand Paris s&amp;#039;engage à accompagner les
-[...38 lines deleted...]
- Celle-ci devra être complétée et signée par les deux parties.
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O51" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e7ee-realiser-des-etudes-prealables-a-la-declarati/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>30791</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études de mise en œuvre opérationnelle des outils fonciers</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Études de mise en œuvre opérationnelle des outils fonciers</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la protection des captages d&amp;#039;eau potable. Ces études permettent d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à long terme, en développant des solutions adaptées aux spécificités locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P75" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-etudes-de-mise-en-oeuvre-operationnelle-des-outils-fonciers.html</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dfb-boiser-les-perimetres-de-protection-de-captag/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>30792</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Indemniser les servitudes engagées dans les périmètres de protection rapprochés (PPR)</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Indemnisations de servitudes engagées dans les périmètres de protection rapprochés (PPR)</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 35 % à 50 % en cas de changement de pratiques agricoles.</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les indemnisations de servitudes engagées dans les périmètres de 
+protection rapprochés (PPR) visent à compenser les pertes économiques 
+liées aux restrictions imposées pour protéger les captages d&amp;#039;eau 
+potable. Ce dispositif réduit les impacts financiers tout en 
+garantissant la préservation de la ressource en eau, accompagné de 
+mesures comme l’acquisition foncière et les obligations réelles 
+environnementales (ORE).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P76" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q76" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-indemnisations-de-servitudes.html</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18b0-indemnisation-de-servitudes-des-perimetres-de/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>116539</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la qualité des réserves d’eau brute pour les usages domestiques</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations visées : Etudes et projets permettant d’améliorer la protection des captages destinés à l’alimentation en eau des populations (établissement des autorisations réglementaires de prélèvement et des périmètres de protection des captages d’eau potable au sens du code de l’environnement et du code de la santé publique, …), projets d’animation et plans d’actions, opérations d’amélioration de gestion des usages et maitrise du foncier en zone à risque « Fort » vis-à-vis de la qualité de l’eau sur les captages prioritaires utilisés pour la production de l’eau potable, gestion préventive de lutte contre les pollutions, …&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X51" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le dossier de demande de subvention doit être adressé par courrier au Président de la Métropole du Grand Paris.
-[...7 lines deleted...]
-&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bef5-copie-04h15-modernisation-des-services-public/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>111666</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Eau</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="K52" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J78" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Au titre de sa compétence GeMAPI, la Métropole du Grand Paris s&amp;#039;engage à accompagner les Villes et Territoires dans des actions de prévention des inondations.
-[...14 lines deleted...]
- Le dossier de demande de subvention doit comprendre :
+ Dans le domaine de l&amp;#039;eau : aide à la réalisation d&amp;#039;études de programmation d&amp;#039;eau potable, d&amp;#039;assainissement, d&amp;#039;eaux pluviales, d&amp;#039;inondation, de ruissellement, de gestion des rivières et zones humides, d&amp;#039;élaboration de contrat de bassin, de gestion des services ou de transfert de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;aide en % des dépenses HT :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  un courrier adressé au Président
-[...2 lines deleted...]
-  un dossier technique qui présente la démarche avec la localisation ou le périmètre de l&amp;#039;action, les dates ainsi qu&amp;#039;un plan de financement précisant notamment la répartition des coûts et les co-financements.
+  30% pour les études de programmation, les études spécialisées eau potable/assainissement/eaux pluviales, les études pré-opérationnelles et de maîtrise d&amp;#039;oeuvre liées à l&amp;#039;élaboration d&amp;#039;un contrat de bassin.
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% pour les études spécialisées inondation/ruissellement/gestion des rivières et zones humides, les études pré-opérationnelles et de maîtrise d&amp;#039;oeuvre liées au mode de gestion des services et pour le transfert de compétences.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...286 lines deleted...]
-      <c r="N53" s="1" t="inlineStr">
+Délibération n°2017-04-0018 (AD du 25/09/2017)</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
-Education et renforcement des compétences
 Risques naturels
-Biodiversité
-[...5 lines deleted...]
-      <c r="O53" s="1" t="inlineStr">
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X53" s="1" t="inlineStr">
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
- &lt;br /&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1625-realiser-des-etudes-dans-le-domaine-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G54" s="1" t="inlineStr">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>164140</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions de réutilisation des eaux non-conventionnelles</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...7 lines deleted...]
-      <c r="K54" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J79" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Encadrement des aides de l'état</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de réutilisation de l’eau au sein d’un même site, y compris pour un usage différent sont considérées 
+comme du recyclage. &lt;br /&gt;Les actions de réutilisation des eaux traitées et plus largement d’eaux non conventionnelles destinées à un autre 
+usage en dehors du site initial sont éligibles dès lors qu’elles respectent les réglementations en vigueur et 
+démontrent un bénéfice environnemental global positif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q79" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, les projets devront : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir en substitution de 
+prélèvements sur des milieux fragiles, en 
+particulier pour privilégier l’usage 
+d’alimentation en eau potable ; &lt;/li&gt;&lt;li&gt;Respecter la réglementation en vigueur ; &lt;/li&gt;&lt;li&gt;Ne pas engendrer d’impact négatif sur 
+l’ancien milieu récepteur (balance entre la 
+contribution du rejet au soutien d’étiage et 
+la qualité de l’eau rejetée), s’il s’agit de 
+réutilisation d’eaux usées traitées ; &lt;/li&gt;&lt;li&gt;Présenter un bilan écologique global
+positif (y compris par exemple sur le volet 
+énergétique) ; 
+Suite à une approche coût/efficacité 
+même succincte, avoir démontré qu’il n’y 
+a pas d’autre option plus pertinente d’un 
+point de vue environnemental (exemple
+prélèvement direct d’eau non potable 
+dans le milieu naturel, possibilité de 
+stockage des eaux de pluie, …)
+&lt;/li&gt;&lt;li&gt;S’intégrer dans une démarche globale de 
+sobriété&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-stockage/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>164126</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Créer des aires de bivouacs dans les massifs</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Massifs : Création d&amp;apos;aires de bivouacs</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif  à titre expérimental, facilitant l&amp;#039;aménagement d&amp;#039;espaces délimités et sécurisés, permettant une halte et l&amp;#039;accès à différents services situés le long d&amp;#039;itinéraires de randonnée de référence, ou sur des sites naturels. Soutenir le développement d&amp;#039;une offre d&amp;#039;hébergements dans une logique d&amp;#039;itinérance, en zone massif, uniquement.
+&lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;Soutenir le développement d&amp;#039;une offre d&amp;#039;hébergements dans une logique d&amp;#039;itinérance, en zone massif, uniquement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de l&amp;#039;aide est de 25% maximum des dépenses éligibles plafonnées à 200 000 € HT.</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;Maitres d&amp;#039;ouvrages publics et privés.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Structures, de type &amp;#34;plateforme&amp;#34;, réversibles, ayant un impact limité sur l&amp;#039;environnement et privilégiant l&amp;#039;utilisation de matériaux locaux, destinés à l&amp;#039;accueil des tentes ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Intégration paysagère, foyer cheminée pour la cuisine, abri bois, point d&amp;#039;eau potable, toilettes sèches, abri/local poubelles, etc ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet devra présenter des garanties sur la gestion du site (entretien, réservation...) et démontrer une carence de l&amp;#039;offre.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Maximum 4 aires de bivouacs par porteur de projet.&lt;/p&gt;&lt;p&gt;Dépenses non-éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les dépenses inhérentes au fonctionnement de l&amp;#039;aire sont exclues.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/massifs-creation-daires-de-bivouacs</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous, ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme&amp;#64;nouvelle-aquitaine.fr, en apportant des éléments de présentation de votre projet et vos coordonnées.
+La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilitéde votre projet, avant tout dépôt de demande de subvention.</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/massifs-creation-daires-de-bivouacs/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>30851</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études de délimitation et de vulnérabilité des aires d’alimentation de captages</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Études de délimitation et de vulnérabilité des aires d’alimentation de captages, diagnostic multi-pressions et de vulnérabilité</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la protection des captages d&amp;#039;eau potable. Ces études permettent d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à long terme, en développant des solutions adaptées aux spécificités locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P81" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q81" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;br /&gt;Captages prioritaires inscrits au Sdage 2022-2027 ou captages classés sensibles par le code de l’environnement faisant l’objet d’un suivi stratégique de la part des services de l’État.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-etudes-de-delimitation-et-de-vulnerabilite-des-aires-dalime.html</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-  Votre besoin
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cc5-realiser-des-etudes-et-travaux-de-substitutio/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>30789</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de protection des captages d'eau prescrits par la déclaration d’utilité publique (DUP)</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Travaux conformes à la DUP révisée dans les périmètres de protection immédiats (PPI) et rapprochés (PPR)</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne les travaux conformes à la 
+DUP révisée dans les périmètres de protection immédiats (PPI) et 
+rapprochés (PPR) pour protéger la qualité de l&amp;#039;eau potable. Ces travaux,
+ visant à limiter la pollution et aménager les zones environnantes, 
+doivent respecter les normes de la DUP pour garantir une protection 
+efficace des captages.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P82" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q82" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;Opération conforme aux prescriptions de l’arrêté de Déclaration d’Utilité Publique (DUP) révisé, opération réalisée dans un délai de 5 ans après la signature de l’arrêté préfectoral de la DUP révisé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-travaux-conformes-a-la-dup-revisee.html</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5410-realiser-des-travaux-de-protection-des-captag/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>162512</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements nécessaires à la réalisation d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENTS NECESSAIRES A LA REALISATION D'ECONOMIES D'EAU</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les investissements nécessaires au suivi et à la réduction des consommations d’eau potable des services et bâtiments publics existants. Il encourage également la réalisation d’actions de sensibilisation des usagers aux économies d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes de moins de 10 000 habitants&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités (hors Métropole et Communauté Urbaine)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Compteurs divisionnaires (sous-compteurs), compteurs intelligents, détecteurs de fuites, disjoncteurs d’eau, système de télé-relève et outil numérique associé, etc.&lt;/li&gt;&lt;li&gt;Équipements hydro-économes : réducteurs ou régulateurs de pression, limiteurs de débit, robinetterie temporisée, aérateurs d’eau / mousseurs, chasses d’eau à chasse temporisée (ou mécanisme double-commande), douchettes économiques, etc.&lt;/li&gt;&lt;li&gt;Optimisation des systèmes d’arrosage visant à économiser l’eau&lt;/li&gt;&lt;li&gt;Actions et outils de communication visant la sensibilisation des usagers de l’eau aux économies d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le renouvellement des canalisations d’eau potable,&lt;/li&gt;&lt;li&gt;Le remplacement de matériel existant,&lt;/li&gt;&lt;li&gt;Les équipements liés à la récupération et l’utilisation des eaux de pluie (cf fiche spécifique “récupération et utilisation des eaux de pluie des bâtiments publics existants),&lt;/li&gt;&lt;li&gt;Les projets de rénovation globale, d’extension ou de création de bâtiments,&lt;/li&gt;&lt;li&gt;Les dépenses de fonctionnement, d’entretien et de maintenance.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères: &lt;/strong&gt;L’installation des équipements devra être préconisée par une étude ou un diagnostic des consommations d’eau des bâtiments et services publics.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plancher des dépenses &lt;/strong&gt;&lt;strong&gt;éligibles : &lt;/strong&gt;1 000 € HT&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plafond de dépenses éligibles : &lt;/strong&gt;100 000 € HT&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT des travaux s’ils sont non plafonnés.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/investissements-necessaires-a-la-realisation-deconomie-deau/</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-investissements-necessaires-a-la-realisation-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>165279</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Déconnecter des plans d’eau à usage agricole intégrée dans un PTGE approuvé ou en ZRE</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Déconnexion de plans d’eau à usage agricole intégrée dans un PTGE approuvé ou en ZRE</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les programmes d’actions des démarches 
+territoriales visant le retour à l’équilibre des prélèvements, intégrées
+ dans un Projet de Territoire de Gestion de l’Eau (PTGE). Ces programmes
+ d’action mobilisent un panel de solutions diversifié alliant le 
+développement des solutions fondées sur la nature, l’accélération des 
+économies d’eau, la transition écologique de l’agriculture, les retenues
+ de substitution etc. selon les caractéristiques de chaque territoire.&lt;/p&gt;
+&lt;p&gt;Parmi le panel de solutions, dans un objectif de substitution dans le
+ cadre d’un PTGE approuvé, l’agence peut accompagner la déconnexion des 
+plans d’eau à usage d’irrigation pour isolement du réseau hydrographique
+ par un bras de contournement, ou leur effacement associé à un stockage 
+hivernal. Cette déconnexion peut également être financée dans les 
+territoires en zone de répartition des eaux (ZRE) au titre de travaux de
+ substitution de prélèvements impactants des retenues d’eau potable afin
+ de préserver l’approvisionnement en eau potable.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q84" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
+d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
+portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
+ 2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
+complémentaires en fonction du type de projet et de l’état de la masse 
+d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-deconnexion-de-plans-deau-a-usage-agricole-integree-dans-un.html</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deconnecter-des-plans-deau-a-usage-agricole-integree-dans-un-ptge-approuve-ou-en-zre/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>165182</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Réduire les prélèvements en eau dans les bâtiments agricoles et travaux de mise aux normes des élevages dans les nouvelles zones vulnérables</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Travaux et équipements de mise aux normes des élevages dans les nouvelles zones vulnérables, et de réduction des prélèvements en eau dans les bâtiments agricoles</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J85" s="1" t="inlineStr">
+        <is>
+          <t>du taux défini par l’autorité de gestion régionale.</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de réduire les pollutions par une meilleure maîtrise des 
+effluents d’élevage, ce dispositif d’aide permet d’accompagner la mise 
+aux normes des équipements de collecte, de stockage, de traitement et de
+ valorisation par épandage des effluents d’élevage dans les nouvelles 
+zones vulnérables.&lt;/p&gt;
+&lt;p&gt;La réduction des consommations en eau sur les sites d’exploitation 
+est aussi visée dans le cadre de ce dispositif pour faire baisser la 
+pression des prélèvements sur les milieux et sur le réseau d’eau potable
+ en période de tension (nettoyage de bâtiments, abreuvement des animaux,
+ …) et s’adapter aux déficits actuels, mais aussi anticiper les tensions
+ à venir sous l’effet du changement climatique et contribuer à garantir 
+la sécurité de l’alimentation en eau potable. Pour répondre à l’enjeu « 
+assurer une gestion résiliente, sobre et concertée de la ressource en 
+eau », l’agence de l’eau accompagne prioritairement les actions 
+permettant la réduction des besoins en eau (changements de process et de
+ pratiques) sur tout le bassin dans une approche globale de sobriété.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P85" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q85" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il convient de se rapprocher du conseil régional pour connaître les conditions d’éligibilité propres à chaque dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr5-travaux-et-equipements-de-mise-aux-normes-des-elevages.html</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-prelevements-en-eau-dans-les-batiments-agricoles-et-travaux-de-mise-aux-normes-des-elevages-dans-les-nouvelles-zones-vulnerables/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>143347</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour définir et lancer un projet dans le domaine de l'eau et de l'assainissement</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière d&amp;#039;assainissement collectif, d&amp;#039;alimentation en eau potable, de protection de la ressource en eau, de gestion des eaux pluviales, de défense extérieure contre l&amp;#039;incendie, de qualité des eaux superficielles, de profil des eaux de baignades :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour donner des conseils de 1er niveau
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance technique départementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une expertise technique d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance à l&amp;#039;élaboration de documents
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance à maîtrise d&amp;#039;ouvrage...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil de 1er niveau (administratifs, réglementaires et techniques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique départementale pour le bon fonctionnement des systèmes d&amp;#039;assainissement, expertise technique d&amp;#039;ouvrages d&amp;#039;assainissement, assistance à la saisie des indicateurs sur le Système d&amp;#039;Information des Services Publics d&amp;#039;Eau et d&amp;#039;Assainissement (SISPEA) et à l&amp;#039;élaboration du Rapport sur le Prix et la Qualité du Service (RPQS), assistance à la rédaction du manuel d&amp;#039;auto surveillance et du règlement de service d&amp;#039;assainissement et/ou d&amp;#039;eau potable
+ &lt;/li&gt;&lt;li&gt;Assistance technique renforcée pour les systèmes d&amp;#039;assainissement de 201 à 1000 EH soumis à autosurveillance réglementaire&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Assistance à l&amp;#039;établissement ou la révision des autorisations de déversement d&amp;#039;eaux usées non domestiques dans le réseau d&amp;#039;assainissement collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage : pour études de connaissance patrimoniale, d&amp;#039;aide à la décision, de gestion de compétence ou de conduite de projet d&amp;#039;investissement, pour l&amp;#039;instauration et mise en œuvre des périmètres de protection des ressources d&amp;#039;eau potable, pour la réalisation d&amp;#039;études hydrauliques, pour la réalisation de schéma de défense extérieure contre l&amp;#039;incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi annuel d&amp;#039;une station de mesure sur cours d&amp;#039;eau, complémentaire au réseau départemental de suivi de la qualité des cours d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation du profil d&amp;#039;un site de baignade
   &lt;br /&gt;
- &lt;/strong&gt;
-[...53 lines deleted...]
-  Étude qualitative et quantitative de l&amp;#039;aléa inondation.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="O54" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé 43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X54" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.inge43.fr/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+ Mail :
+ &lt;a href="mailto:pear&amp;#64;inge43.fr" target="_self"&gt;
+  pear&amp;#64;inge43.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 71 07 41 71
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>contact@inge43.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edb2-beneficier-dun-accompagnement-pour-definir-et/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>10198</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet de gestion durable de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J87" s="1" t="inlineStr">
+        <is>
+          <t>Le taux maximal de la Région est de 20 % de l'assiette éligible. Il peut être porté jusqu'à 40% pour</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Omniprésente, l&amp;#039;eau contribue grandement à l&amp;#039;attractivité régionale. Cependant, le dynamisme démographique et touristique, associé à de nombreux usages économiques, exercent des pressions grandissantes sur la ressource, notamment avec les effets de l&amp;#039;évolution du climat.
+&lt;/p&gt;
+&lt;p&gt;
+ Voté le 22 juin 2018 par la Région Occitanie, le présent dispositif d&amp;#039;intervention en faveur d&amp;#039;une gestion durable de la ressource en eau vise la poursuite   de ce développement économique, en contribuant à limiter les concurrences entre les usages et à utiliser  la ressource en eau de façon responsable. Il encourage en priorité des actions d&amp;#039;économies et de préservation de l&amp;#039;eau et l&amp;#039;optimisation de l&amp;#039;usage de la ressource ; il permet également de soutenir sous  certaines conditions, la mobilisation de ressources nouvelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif constitue un volet essentiel du Plan d&amp;#039;Intervention régional pour l&amp;#039;eau adopté par les élus régionaux en juin 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne relèvent pas de ce dispositif d&amp;#039;intervention les opérations du petit cycle de l&amp;#039;eau :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de pose de réseau d&amp;#039;eau potable et d&amp;#039;amélioration de leurs rendements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;assainissement (collectif ou autonome),
+ &lt;/li&gt;
+ &lt;li&gt;
+  de  protection des captages d&amp;#039;alimentation en eau  potable (dans  le  cadre  de  la mise en place des périmètres de protection).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le plancher minimal de subvention est de
+ &lt;strong&gt;
+  2 000 €
+ &lt;/strong&gt;
+ . En cas de co-financements Europe / Région, ce plancher pourra  être diminué.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Mers et océans</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions listées ci-après sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gouvernance locale en faveur d&amp;#039;une gestion intégrée de la ressource en eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préservation de la qualité de la ressource en eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition d&amp;#039;un plan d&amp;#039;action préalable à la réalisation de projets visant les économies d&amp;#039;eau, l&amp;#039;optimisation des ressources existantes ou la mobilisation de nouvelles ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Économies d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation des ressources existantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilisation de ressources nouvelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles :
+&lt;/strong&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les investissements, sont exclusivement retenues les dépenses directement liées à l&amp;#039;opération et nécessaires à sa réalisation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les opérations sous-traitées, l&amp;#039;assiette éligible correspond aux factures ayant un lien direct avec l&amp;#039;opération.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les actions d&amp;#039;animation (financement de postes), l&amp;#039;assiette éligible correspond : aux frais de personnel directs (salaires bruts chargés) dédiés à la mise en œuvre de l&amp;#039;opération présentée, plafonnés à 60 000 € par an et par ETP ; auxquels sont additionnés les coûts indirects liés à la mise en œuvre de l&amp;#039;animation : taux forfaitaire maximal de 20% des frais de personnel directs éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En outre, pour tout programme de sensibilisation, seules les parties de l&amp;#039;opération assimilables à des investissements (maquette, exposition itinérante,.) sont éligibles, les dépenses liées à la production et l&amp;#039;édition de plaquettes, ou à des réunions publiques par exemple ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;intervention régionale est soumise au respect d&amp;#039;un certain nombre de principes communs d&amp;#039;éligibilité.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cadre des opérations (opérations d&amp;#039;envergure régionale et/ou portant sur un périmètre cohérent d&amp;#039;intervention, échelle hydraulique cohérente)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Approche multi-usages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préservation de la ressource
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proportionnalité des opérations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acceptation sociale des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préservation des milieux aquatiques, et plus globalement prise en compte des aspects connexes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-regional-pour-la-gestion-durable-de-la-ressource-en</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Eau, Milieux Aquatiques et Risques Direction de la Transition Ecologique et Energétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : Alexandre CARRIER : alexandre.carrier&amp;#64;laregion.fr / 04 67 22 93 08
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : Anne NESPOULOUS : anne.nespoulous&amp;#64;laregion.fr Téléphone : 05 61 39 66 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/71ac-dispositif-regional-pour-la-gestion-durable-d/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>382</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt Secteur Public bonifié</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>PSP B</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...17 lines deleted...]
-      <c r="K55" s="1" t="inlineStr">
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aide à l&amp;#039;investissement pour des travaux destinés à la préservation des ressources en eau et la fiabilisation de l&amp;#039;alimentation en eau potable : production et distribution d&amp;#039;eau potable, canalisations, amélioration de la desserte en eau, stockage d&amp;#039;eau potable, équipements d&amp;#039;instrumentation et de télégestion, économie d&amp;#039;eau pour les bâtiments publics, préservation de la ressource en eau.
-[...6 lines deleted...]
- &lt;br /&gt;
+ L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification (au 1er janvier 2020) :
+6 M€ par projet
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans, avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toutes les petites  collectivités ultramarines de moins de 10 000 habitants, et l&amp;#039;ensemble des collectivités de Guyane et de Mayotte
+uniquement : toutes les opérations d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les autres acteurs publics locaux, y compris les associations, les opérations d&amp;#039;investissement s&amp;#039;inscrivant dans les secteurs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assainissement, adduction d&amp;#039;eau potable, déchets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau dans les DROM conformes aux contrats de progrès du plan d&amp;#039;action « eau-DOM » et projets eau dans les COM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le secteur sanitaire et médico-social (notamment EHPAD et petite enfance) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secteur du numérique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructures sportives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations éligibles au titre du fonds exceptionnel d&amp;#039;investissement (FEI) et au Plan de Relance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation professionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement social et intermédiaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie sociale et solidaire (ESS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets culturels et de valorisation du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   15 % pour les travaux de : production d&amp;#039;eau potable, amélioration de la desserte en eau et du stockage d&amp;#039;eau potable, les équipements d&amp;#039;instrumentation et de télégestion ; bonification &amp;#43;10 % pour les bénéficiaires en périmètre de la ruralité.
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   20 % pour les travaux de : distribution d&amp;#039;eau potable ; bonification &amp;#43;10 % pour les bénéficiaires en périmètre de la ruralité.
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   25 % pour les travaux d&amp;#039;économie d&amp;#039;eau pour les bâtiments publics.
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   40 % pour les travaux de préservation de la ressource en eau.
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
- Le montant éligible pour les travaux de canalisation est établi au regard d&amp;#039;un prix de référence calculé en fonction des caractéristiques de l&amp;#039;opération.
-[...17 lines deleted...]
-          <t>&lt;p&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc29-pret-secteur-public-bonifie-psp-b/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>95343</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Développer le domaine de l'Eau et de l'Assainissement</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
+Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'aide dépend du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce projet formalise les objectifs et actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tendre vers une gestion concertée et intégrée de l&amp;#039;eau
+  &lt;/strong&gt;
+  (schémas départementaux, structuration de la maîtrise d&amp;#039;ouvrage, assistance technique à la maîtrise d&amp;#039;ouvrage publique, prise en compte du réchauffement climatique, coordination dans l&amp;#039;aménagement du territoire).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Garantir durablement l&amp;#039;accès à une ressource de qualité
+  &lt;/strong&gt;
+  (mise en conformité des stations d&amp;#039;épuration, protection des captages, préservation des zones humides, investissement durable, création des Services Publics d&amp;#039;Assainissement Non Collectif).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Optimiser la gestion de la ressource et sécuriser les réserves
+  &lt;/strong&gt;
+  (gestion des ressources stockées, développement de notre connaissance du karst, gestion patrimoniale, favoriser les économies d&amp;#039;eau).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développer et partager les connaissances
+  &lt;/strong&gt;
+  (projets innovants, réseaux d&amp;#039;échanges, promotion des chartes qualité, éducation à l&amp;#039;environnement, coopération décentralisée, tarification sociale).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;éligibilité des projets est conditionnée par le prix de l&amp;#039;eau ou de l&amp;#039;assainissement. Ceux-ci doivent être au-dessus d&amp;#039;un seuil fixé par le Conseil général :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;assainissement :
+ 1,14 € HT / m3
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;eau :  1,40 € HT / m3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes pratiquant, par dérogation préfectorale, un prix au forfait, celui-ci sera ramené à un prix au mètre cube, en considérant un volume moyen consommé de 120 m3 / an (sauf si la commune peut justifier d&amp;#039;une consommation moyenne annuelle par abonné, différente, auquel cas, cette consommation réelle pourra être prise en compte).
+&lt;/p&gt;
+&lt;p&gt;
+ Cette condition d&amp;#039;éligibilité ne s&amp;#039;applique pas pour les opérations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aire de remplissage sécurisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;amélioration des pratiques phytosanitaires et horticoles (PAPPH).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles en matière d&amp;#039;assainissement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etudes :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Schéma directeur d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic réseau et station
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zonage d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;épandage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une gestion patrimoniale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inventaires et plans des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude économique et tarifaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux réseau:
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réhabilitation ou renouvellement de réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un réseau de transfert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un réseau de collecte (dans le cadre de la création d&amp;#039;un système d&amp;#039;assainissement pour l&amp;#039;habitant existant)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de l&amp;#039;autosurveillance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux station épuration:
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction (pour l&amp;#039;habitat existant)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;équipements vétustes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;amélioration (y compris sur la filière de traitement des boues)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux liés au traitement des sous-produits de l&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de l&amp;#039;autosurveillance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;em&gt;
+ Divers:
+&lt;/em&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet innovant en matière de gestion de l&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opération de coopération internationale décentralisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une tarification sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Extension de réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réseaux et équipements pluviaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous travaux d&amp;#039;entretien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réseaux internes à des lotissements ou zones d&amp;#039;activité diverses
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles en matière d&amp;#039;eau potable et de protection de la ressource :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etudes :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude préalable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une gestion patrimoniale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inventaire et plans des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude économique et tarifaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux captage :
+ &lt;/em&gt;
+ Travaux suite DUP
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Economie d&amp;#039;eau et
+  maîtrise
+  des pesticides:
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;aire de remplissage sécurisée des pulvérisateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériels prescrits dans le cadre d&amp;#039;un PAPPH (Plan d&amp;#039;Amélioration des Pratiques Phytosanitaires et Horticoles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de communication et/ou dispositifs d&amp;#039;économie d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux production-distribution (sauf réseau) :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place de traitement (désinfection, chloration)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de compteurs, vannes d&amp;#039;isolement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de télégestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement ou création d&amp;#039;équipements intercommunaux (objectif de mutualisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;équipements vétustes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux réseau :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place de compteurs, vannes de sectorisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place ou renforcement de canalisations intercommunales (objectif de mutualisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation ou renouvellement de réseaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Divers :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet innovant en matière de gestion de l&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opération de coopération internationale décentralisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une tarification sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Extension de réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réseaux internes à des lotissements ou zones d&amp;#039;activité diverses
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous travaux d&amp;#039;entretien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous travaux pour satisfaire la réglementation en matière de défense incendie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/eau-et-assainissement</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour des renseignements d&amp;#039;ordre administratif ou financier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour l&amp;#039;eau potable : Hélène Fulcand (
+  &lt;a href="mailto:helene.fulcrand&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   helene.fulcrand&amp;#64;cg11.fr
+  &lt;/a&gt;
+  ou 04.68.11.31.14)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour l&amp;#039;assainissement: Sébastien Garrabou (
+  &lt;a href="mailto:sebastien.garrabou&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   sebastien.garrabou&amp;#64;cg11.fr
+  &lt;/a&gt;
+  ou 04.68.11.31.13)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour des renseignements d&amp;#039;ordre général ou technique :
+ &lt;/strong&gt;
+ Bruno Dupasquier (
+ &lt;a href="mailto:bruno.dupasquier&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+  bruno.dupasquier&amp;#64;cg11.fr
+ &lt;/a&gt;
+ ou 04.68.11.67.83)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c7d7-developper-le-domaine-de-leau-et-de-lassainis/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>164138</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les débits des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J90" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Les travaux visant à améliorer le pilotage des ouvrages de gestion hydraulique existants (gestion des 
+éclusées, optimisation du remplissage et du déstockage des retenues pour un impact positif sur les 
+milieux aquatiques) ;
+&lt;br /&gt;• Réhausse d’ouvrages existants ou création de nouveaux ouvrages. Seuls les volumes destinés 
+uniquement au soutien d’étiage seront éligibles et constitueront l’assiette de l’aide ;
+&lt;br /&gt;• Déconnection des plans d’eau des cours d’eau et mise en place de dispositifs d’alimentation des plans 
+d’eau uniquement en période de hautes eaux dont l’objectif très majoritaire est la gestion quantitative 
+de la ressource. &lt;/p&gt;&lt;p&gt; Ces actions devront être réalisées dans le respect des règles et principes de la fiche thématique « Intervention 
+en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité ». &lt;/p&gt;&lt;p&gt;Les autres actions concourant à l’amélioration du fonctionnement des milieux aquatiques avec des bénéfices 
+multiples, y compris sur les débits, sont traitées dans la fiche thématique « Intervention en faveur de la 
+préservation et de la restauration des milieux naturels et de la biodiversité ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, les projets de restauration de débits devront : &lt;br /&gt;-  Être situés sur une zone en tension 
+quantitative sur la ressource en eau ; &lt;br /&gt;- apporter un gain 
+significatif et quantifiable sur les 
+conditions d’étiage (exemple : linéaire de 
+cours d’eau suffisant) ; &lt;br /&gt;- présenter une pérennité de la solution sous climat 
+changeant et absence d’impacts 
+écologiques négatifs directs et indirects 
+notables&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La recharge artificielle de nappe ne fait 
+pas encore l’objet de techniques 
+éprouvées. Ce sujet sera abordé via les 
+projets expérimentaux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X55" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-substituer-les-prelevements-vers-des-ressources-moins-fragiles/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>164139</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Créer un ouvrage de stockage de l'eau</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La création d’ouvrages de stockage est éligible, dès lors que toutes les mesures d’économies d’eau ne suffisent 
+pas. Le financement de ce type d’ouvrage sera limité aux seuls volumes d’eau substitués, c’est-à-dire qui 
+soulagent une ressource plus fragile, et jugés prioritaires, ainsi qu’aux volumes destinés uniquement au soutien 
+d’étiage. Le principe de bénéfice pour le milieu devra être démontré&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q91" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour qu’il soit finançable par l’Agence 
+de l’eau, un projet de stockage de l’eau 
+devra de façon cumulative : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être situé dans une zone de tension 
+quantitative ; &lt;/li&gt;&lt;li&gt;Emaner d’une démarche de concertation 
+de type Projet de Territoire pour la 
+Gestion de l’Eau respectant les principes 
+de concertation. &lt;/li&gt;&lt;li&gt;Dans le cadre d’une telle concertation, 
+avoir fait l’objet d’une étude à l’échelle du 
+bassin versant démontrant le bénéfice 
+global de l’ouvrage. Cette étude 
+identifiera les prélèvements actuels, leurs 
+impacts sur les milieux aquatiques ainsi 
+que les volumes prélevables. Elle analysera 
+les coûts-bénéfices de l’ouvrage en 
+intégrant à l’étude la viabilité de l’ouvrage 
+sur l’ensemble de sa durée de vie 
+prévisionnelle compte tenu de l’évolution 
+du climat. Une attention particulière sera 
+portée sur les impacts engendrés sur le 
+milieu, et pas uniquement sur les 
+bénéfices économiques des parties 
+prenantes. Cette étude doit permettre 
+d’évaluer l’ensemble des coûts afférents à 
+la création d’un ouvrage et de les mettre 
+en regard de tous les bénéfices pouvant 
+en être retirés, qu’ils soient économiques, 
+écologiques, ou de toute autre nature.
+&lt;/li&gt;&lt;li&gt;Être accompagné d’une démarche de 
+sobriété assortie d’un pilotage par la 
+ressource et non par la demande, ce qui
+suppose une démarche globale de 
+transition écologique&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-1/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>164141</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études dans l'optique de limiter la dépendance à l’eau, restaurer les débits des cours d’eau et la recharge des nappes</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Toutes les études de programmation, les études diagnostiques, les études avant travaux et les études 
+en phase travaux permettant de répondre aux enjeux précités (limiter notre dépendance à l’eau dans 
+une optique de sobriété, restaurer les débits des cours d’eau et la recharge des nappes, partager les 
+ressources en eau) ;
+&lt;br /&gt;• Le niveau d’exigence des études de détermination des « volumes prélevables » est à réhausser dans les 
+secteurs à enjeu vis-à-vis de la ressource en eau en investiguant les interactions entre hydro(géo)logie, 
+fonctionnement des milieux, usages et prospective climatique&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q92" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont éligibles dès lors qu’elles : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne contreviennent pas aux principes 
+généraux à respecter ; &lt;/li&gt;&lt;li&gt;Interviennent à une échelle pertinente 
+(exemple : bassin versant de 
+surface, secteur significatif d’une eau 
+souterraine, …) si elles relèvent d’un enjeu 
+multi-usage.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-reut/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>56752</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de prestations en ingénierie pour la mise en œuvre de vos projets</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Subventions financées par le Fonds Outre-mer (FOM)</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de
+son offre de prêts,
+l&amp;#039;AFD assure le
+pilotage du Fonds
+Outre-mer 5.0 pour le
+compte du Ministère
+de l&amp;#039;Outre-mer.
+Ce fonds d&amp;#039;assistance
+à maîtrise d&amp;#039;ouvrage
+vise à appuyer
+le renforcement
+des capacités des
+territoires ultramarins,
+pour la réalisation des
+projets structurants
+s&amp;#039;inscrivant dans la
+Trajectoire Outre-mer
+5.0 du Ministère.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer le renforcement des capacités techniques
+et de gestion des maîtrises d&amp;#039;ouvrage
+publiques locales, pour soutenir leurs projets
+d&amp;#039;investissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le renforcement des capacités et l&amp;#039;accès
+aux financements des associations et des acteurs
+de la solidarité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apporter un soutien technique et financier aux
+projets de coopération régionale permettant de
+répondre aux grands enjeux de la Trajectoire 5.0 à
+l&amp;#039;échelle des bassins géographiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de dispositif : subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de financement : jusqu&amp;#039;à 100% du besoin
+&lt;/p&gt;
+&lt;p&gt;
+ Projets ciblés : besoins d&amp;#039;appui des maîtrises d&amp;#039;ouvrage
+locales en renforcement des capacités de gestion et
+en ingénierie technique et financière
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : après accord de la Préfecture
+ou du Haut-commissariat, puis de la DGOM.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Secteurs éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Infrastructures
+: construction ou réhabilitation d&amp;#039;infrastructures publiques
+de santé, médico-sociales, culturelles, sportives, sociales,
+et d&amp;#039;enseignement ; 
+infrastructures de transport collectif, d&amp;#039;eau potable et
+d&amp;#039;assainissement, de collecte / traitement / valorisation
+des déchets ; 
+mise en oeuvre des projets intégrés au Plan Eau DOM ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Energie :  
+élaboration des PCAET ; 
+appuis techniques pour la maîtrise des consommations
+énergétiques, la création ou l&amp;#039;acquisition d&amp;#039;unités de production
+d&amp;#039;énergie renouvelable, la construction aux normes HQE, les
+démarches Port Vert.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Environnement et risques naturels : 
+constructions adaptées aux risques naturels (cyclones,
+séismes, inondations, sargasses, etc.) ; 
+investissements liés au changement climatique (protection
+des littoraux, montée des eaux, plans de prévention, etc.) ; 
+appui aux investissements visant à protéger la biodiversité
+(études d&amp;#039;impact, mise en sécurité, parcs naturels, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en oeuvre des contrats de convergence et de transformation
+et des contrats Etat-COM.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b7d-le-fonds-outre-mer-50/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>164143</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets expérimentaux autour de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Encadrement des aides de l'état</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q94" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligibles, les projets 
+expérimentaux devront être 
+accompagnés d’un programme de suivi 
+destiné à assurer un retour d’expérience 
+sur la viabilité de la solution et son 
+déploiement plus large. &lt;/p&gt;&lt;p&gt;Pour les actions de réutilisation des eaux 
+usées et non conventionnelles, pour être 
+éligibles au titre des expérimentations, 
+elles devront faire l’objet d’un appel à 
+projets avec sélection par un jury.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-dispositifs-de-mesure/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>165265</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les départements dans leurs missions d’assistance technique réglementaire</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Mission d'assistance technique départementale réglementaire</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne accompagne les départements dans leurs missions d’assistance technique réglementaire.&lt;br /&gt;
+Ces missions concernent les domaines de l’assainissement collectif et 
+non collectif et de la protection des ressources en eau potable, ainsi 
+que l’expertise et le suivi des épandages (MESE).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P95" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q95" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par3-mission-dassistance-technique-departementale-reglementaire.html</t>
+        </is>
+      </c>
+      <c r="W95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-departements-dans-leurs-missions-dassistance-technique-reglementaire/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>164312</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Gérer quantitativement la ressource en eau - Recharge artificielle des nappes</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/p&gt;&lt;p&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/p&gt;&lt;p&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/p&gt;&lt;p&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’optimisation de la recharge des nappes constitue un sujet d’intérêt éligible aux aides. Hormis celle 
+correspondant à la perméabilisation des sols et aux Solutions Fondées sur la Nature relevant de la fiche « Eau et 
+Nature en Ville et Village », et celles relevant de la fiche thématique « Interventions en faveur de la préservation 
+et de la restauration des milieux naturels et de la biodiversité », l’optimisation de la recharge des nappes ne fait 
+pas encore l’objet de techniques éprouvées. Dans ce dernier cas, ce sujet est abordé dans la présente fiche 
+thématique dans le paragraphe 4.6 relatif aux projets expérimentaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q96" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La recharge artificielle de nappe ne fait 
+pas encore l’objet de techniques 
+éprouvées. Ce sujet sera abordé via les 
+projets expérimentaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-restaurer-les-debits-des-cours-deau/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>164142</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer des dispositifs de mesure de la quantité d’eau (piézomètres, débitmètres, compteurs, …)</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 70</t>
+        </is>
+      </c>
+      <c r="J97" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zone fragile et prioritaire / PAOT</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les dispositifs de mesure de la quantité d’eau (ex : piézomètres, débitmètres, compteurs, …)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q97" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les dispositifs de mesure sont éligibles si le besoin de mettre en 
+place de nouveaux dispositifs est 
+démontré et que l’enjeu ne se situe pas 
+ailleurs (par exemple s’il existe un 
+dispositif indirect plus pertinent et plus 
+efficient tel que la connaissance des 
+pressions de prélèvement). &lt;/p&gt;&lt;p&gt;Ne sont pas éligibles les compteurs d’eau 
+pour l’irrigation agricole qui constituent 
+une condition d’aide au titre de 
+l’encadrement des aides d’Etat.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-etudes/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>90732</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet s'intégrant dans la stratégie régionale de l'eau</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     L&amp;#039;ampleur des enjeux identifiés par la Région dans sa Stratégie Régionale de l&amp;#039;Eau ainsi que l&amp;#039;urgence d&amp;#039;atteindre les objectifs fixés par la Directive Cadre sur l&amp;#039;Eau conduisent la Région à favoriser une approche intégrée de la ressource en eau à l&amp;#039;échelle de bassins versants, seule approche cohérente et efficace au regard des enjeux. Aussi, afin d&amp;#039;inciter les acteurs de l&amp;#039;eau à s&amp;#039;organiser à cette échelle, la Région souhaite accentuer la sélectivité des projets soutenus.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Région au titre de sa politique de l&amp;#039;eau sera ainsi conditionné à :
+ &lt;br /&gt;
+ La nécessité d&amp;#039;inscrire l&amp;#039;opération dans une démarche de gestion intégrée de l&amp;#039;eau (adéquation entre le milieu naturel, le développement local et l&amp;#039;aménagement du territoire) construite de manière concertée à une échelle géographique cohérente : le bassin versant. Fort de ces éléments, la Région s&amp;#039;engage dans les démarches de contractualisation (Contrat territoriaux, ...) à l&amp;#039;échelle de bassins versant aux côtés des agences de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette politique de l&amp;#039;eau transversale se décline selon les quatre orientations stratégiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les changements de pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la prise en compte des enjeux de l&amp;#039;eau dans l&amp;#039;aménagement du territoire et à la gestion des risques naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et partager les connaissances
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La mise en œuvre de cette politique de l&amp;#039;eau se fera en collaboration étroite avec les Agences de l&amp;#039;eau Adour-Garonne et Loire-Bretagne.
+ &lt;br /&gt;
+ Au-delà de l&amp;#039;intervention de la Région dans la mise en œuvre d&amp;#039;actions en faveur de la préservation de la ressources en eau (qualité et quantité) sur les bassins versants, la Région s&amp;#039;appuiera sur des partenaires afin notamment d&amp;#039;améliorer la connaissance, de la diffuser et de mettre en cohérence les actions à l&amp;#039;échelle de la Nouvelle-Aquitaine.
+&lt;/p&gt;
+&lt;p&gt;
+ A cheval entre les bassins hydrographiques Adour-Garonne et Loire-Bretagne, la région Nouvelle-Aquitaine se caractérise par la présence de différents types de ressource en eau (cours d&amp;#039;eau, nappes, étangs, zones humides, ...), rencontrés de manière différenciée sur le territoire. Malgré leurs diversités, ces ressources sont soumises à des pressions et des sollicitations anthropiques variables selon l&amp;#039;occupation du territoire et les activités humaines présentes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces pressions se trouveront accentuées par le changement climatique qui impactera d&amp;#039;une manière significative, directement et indirectement, l&amp;#039;ensemble des écosystèmes et ressources en eau de la Nouvelle-Aquitaine, ainsi que les usages de l&amp;#039;eau associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs visés par la Région est de pouvoir répondre aux différents enjeux liés à la ressource en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention sont différentes selon les projets, elles sont détaillées dans le règlement d&amp;#039;intervention ci-après.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont à nous transmettre par voie dématérialisée à l&amp;#039;adresse : eau&amp;#64;nouvelle-aquitaine.fr et par courrier postal à Région Nouvelle Aquitaine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Les dossiers d&amp;#039;animation, les demandes au titre de l&amp;#039;année N (2019) doivent être déposés avant le 31 décembre de l&amp;#039;année N-1 (2018).
+ &lt;br /&gt;
+ Les dossiers de travaux, les demandes doivent être déposés soit avant le 31 mars ou avant le 30 juin de chaque année.
+&lt;/p&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et leurs groupements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités porteuses des contrats territoriaux de gestion intégrée des bassins versants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats mixtes et les établissements de coopération intercommunale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités productrices d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisations professionnelles agricoles donnant du conseil sur le système des exploitations et les pratiques des agriculteurs présentes sur les zones à enjeu Eau prioritaires bénéficiant d&amp;#039;un contrat territorial de bassin versant ou d&amp;#039;un contrat territorial Re-Sources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de collectivités (Communautés de Communes et Communautés d&amp;#039;Agglomération au titre de la GEMAPI, Etablissement Public Territoriaux de Bassin, Syndicats de Bassins Versants compétents)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures porteuses de SAGE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations créées sur la base de la Loi du 1er juillet 1901
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propriétaires privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations « migrateurs » : LOGRAMI, MIGADO, MIGRADOUR, Cellule migrateurs Charente Seudre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations ayant une action significative sur les espèces exotiques envahissantes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/strategie-regionale-de-leau</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
- Téléphone : 01 60 91 97 27
+ Mail : eau&amp;#64;nouvelle-aquitaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/393d-strategie-regionale-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>164135</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux durable</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
-Collectivité d’outre-mer à statut particulier</t>
-[...2 lines deleted...]
-      <c r="H56" s="1" t="inlineStr">
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I56" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K56" s="1" t="inlineStr">
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions permettant de structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux 
+durable (exemple : mise en place de Projets de Territoires pour la Gestion de l’Eau/Commissions Locales de l’Eau 
+formelles ou informelles /d’Organismes Uniques de Gestion Collective (OUGC), actions permettant le partage 
+des enjeux, la définition des trajectoires de sobriété, la définition de projets de territoire associés, la mobilisation 
+des populations et des acteurs de l’eau pour ces différentes étapes et pour la mise en œuvre du projet de 
+territoire) sont éligibles. &lt;/p&gt;&lt;p&gt;Il peut s’agir de différentes formes d’accompagnement comme des études (exemples : études des volumes 
+prélevables, études des liens entre l’hydrologie, le fonctionnement des milieux aquatiques, les usages et les 
+climats présents et futurs…), de porter à connaissance, d’événements, d’animation (en régie ou non), de toute 
+autre action permettant de mobiliser les parties prenantes. &lt;/p&gt;&lt;p&gt;Une cohérence territoriale et une optimisation des moyens sera recherchée et les redondances proscrites. Par 
+exemple, si un Schéma d’Aménagement et de Gestion des Eaux est mis en place sur un territoire, il ne sera pas 
+possible de co-financer une animation à une échelle inférieure sans que la synergie / complémentarité ne soit 
+démontrée.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces types d’action sont éligibles si elles 
+s’intègrent dans un processus de 
+concertation répondant aux critères 
+suivants, actés par le Comité de bassin : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir à une échelle géographique 
+hydrographique pertinente ; &lt;/li&gt;&lt;li&gt;Associer l’ensemble des acteurs 
+concernés ; &lt;/li&gt;&lt;li&gt;Reposer sur des connaissances 
+objectives et des diagnostics et porter à 
+connaissances partagés ; &lt;/li&gt;&lt;li&gt;Prendre en compte le changement 
+climatique, les approches prospectives 
+associées et les spécificités liées à ce 
+sujet (ex : pas de mal adaptation, 
+intégration des incertitudes) ; &lt;/li&gt;&lt;li&gt;Choisir dans le projet de territoire des 
+scénarios d’actions intégrant des 
+approches de type coûts-bénéfices sur 
+le moyen et le long terme.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-securiser-lalimentation-de-leau-potable/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>119727</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Financer les infrastructures du Petit Cycle de l’Eau</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le fonds de prévention des risques naturels majeurs (FPRNM), dit fonds Barnier, permet de soutenir des mesures de prévention et de protection des personnes et des biens exposés aux risques naturels majeurs.
-[...43 lines deleted...]
- &amp;gt; Si la commune est couverte par un plan de prévention des risques naturels (PPRN) approuvé*, la prise en charge est de :
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;offre d&amp;#039;investissement « Petit Cycle de l&amp;#039;Eau » développée par la Banque des Territoires vous permet de financer de nombreux types d&amp;#039;infrastructures liées à la gestion des services publics d&amp;#039;eau et d&amp;#039;assainissement (SPEA) telles que :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  50 % pour les études ;
-[...3 lines deleted...]
-  40 à 50 % pour les travaux ou équipements.
+  les installations de captage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les stations d&amp;#039;épuration ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les infrastructures de réseaux d&amp;#039;eau potable et de collecte des eaux usées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les installations de valorisation et de réutilisation des eaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &amp;gt; Si la commune est couverte par un plan de prévention des risques naturels (PPRN) prescrit, la prise en charge est de :
-[...46 lines deleted...]
- Le fonds Barnier peut intervenir sous la forme d&amp;#039;une aide financière plafonnée à hauteur de 40 000 € par unité foncière* de biens à usage d&amp;#039;habitation, y compris non assurés à titre exceptionnel et participer aux frais de démolition sous-conditions dans tous les outre-mer.
+ Pour les collectivités locales et acteurs éligibles, cette offre prend la forme d&amp;#039;un co-investissement dans des sociétés offrant des solutions innovantes de gestion de l&amp;#039;eau.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M56" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Transition énergétique
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projet-environnement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=infrastructures_petit_cycle_psat</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  LA MOBILISATION DU FONDS PAR DES COLLECTIVITÉS TERRITORIALES
-  &lt;br /&gt;
+  Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
-&lt;/p&gt;
-[...121 lines deleted...]
-      <c r="S56" s="1" t="inlineStr">
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/55ea-financer-les-infrastructures-du-petit-cycle-d/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>164754</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Développer les partenariats avec les filières professionnelles et les entreprises</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Opérations collectives partenariales dans le domaine industriel</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence soutient le développement d’actions collectives en associant les entreprises d’un territoire ou d’un secteur d’activité pour agir à une échelle pertinente en faveur de la réduction des pollutions toxiques ou organiques et des économies d’eau.  &lt;br /&gt;Elle encourage également la création de partenariats pour renforcer la coordination et l’efficacité des initiatives. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/activites-industrielles-artisanat"&gt;Activités industrielles et artisanat | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+(exemple : entreprise, collectivité, association, syndicat) 
+exerçant une activité économique à caractère industriel, 
+commercial et artisanal ou en lien avec de telles activités 
+(hors secteur agricole et élevage (ou assimilé) traité dans la 
+politique de lutte contre les pollutions agricoles).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;s’inscrire dans le cadre d’une opération collective sectorielle ou territoriale regroupant un nombre significatif 
+d’établissements générant une pression significative sur 
+les masses d’eau ou perturbant la préservation des usages 
+(eau potable, baignade, conchyliculture et pêche à pied) 
+incluant une animation globale par une structure compétente &lt;/li&gt;&lt;li&gt;s’inscrire dans un programme global de dépollution et 
+d’économie d’eau des entreprises intégrant la trajectoire 
+prospective d’adaptation au changement climatique &lt;/li&gt;&lt;li&gt;pour les entreprises raccordées, intégrer une mise à jour 
+du règlement d’assainissement et des autorisations de 
+raccordement et s’assurer de la réalisation de démarches 
+préventives de réduction des pollutions à la source&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/53-24-Re%CC%81duction%20pollutions%20industries_0.pdf"&gt;53-24-Réduction pollutions industries_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X56" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Industries_Op%C3%A9rations%20collectives.pdf</t>
+        </is>
+      </c>
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 - franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 - marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-gestion-integree-des-eaux-pluviales-y-compris-la-desimpermeabilisation-dans-le-domaine-industriel/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>435</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une assistance Technique Départementale ou missions boues</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &amp;gt; Les directions départementales des territoires - et de la mer (DDT-M) sont vos interlocuteurs privilégiés pour toute demande de subvention.
-[...2 lines deleted...]
- &amp;gt; La note technique du 11 février 2019 relative au fonds de prévention des risques naturels majeurs intègre un guide qui précise les modalités de gestion et les conditions d&amp;#039;éligibilité aux différentes mesures du fonds.
+ &lt;strong&gt;
+  Assistance Technique Départementale ou missions boues
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;assistance technique mise à disposition par le département dans les domaines de l&amp;#039;assainissement collectif, de la protection de la ressource en eau pour la production d&amp;#039;eau potable et de la protection des milieux aquatiques est aidée pour les collectivités éligibles. Les missions boues sont également aidées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
-[...60 lines deleted...]
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;aide est pluriannuelle sur 3 ans.
+Subvention de 50 % &amp;#43; aide forfaitaire de fonctionnement de 8 000 €/an/ ETP.</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W102" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez vos relais locaux http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/13a8-assistance-technique-departementale-ou-missio/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>117388</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place le contrôle et l'analyse de la qualité sanitaire de l’eau (prélèvements et analyses)</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrôler la qualité de l&amp;#039;eau vis-à-vis des critères du code de la santé publique ou rechercher des pollutions d&amp;#039;origine urbaines et/ou agricoles (prélèvements d&amp;#039;échantillons et analyses physico-chimiques et microbiologiques sur les eaux potables, les eaux de loisirs, les eaux superficielles, les eaux souterraines, les eaux chaudes sanitaires des établissements recevant du public.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des prélèvements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des eaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission d&amp;#039;un rapport d&amp;#039;analyse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de note et de rapport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déplacement sur le terrain et dans les bâtiments
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Tarif par échantillon (prélèvement) et par composé analysé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau.seine-et-marne.fr/</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b59-mettre-en-place-le-controle-et-analyse-de-la-/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>163589</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre la stratégie régionale de l'eau</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Aides de la stratégie régionale de l&amp;apos;eau</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ampleur des enjeux identifiés par la Région dans sa Stratégie Régionale de l’Eau ainsi que l’urgence d’atteindre les objectifs fixés par la Directive Cadre sur l’Eau conduisent la Région à favoriser une approche intégrée de la ressource en eau à l’échelle de bassins versants, seule approche cohérente et efficace au regard des enjeux.&lt;/p&gt;&lt;p&gt; Aussi, afin d’inciter les acteurs de l’eau à s’organiser à cette échelle, la Région souhaite accentuer la sélectivité des projets soutenus. L’accompagnement de la Région au titre de sa politique de l’eau sera ainsi conditionné à : &lt;span&gt;La nécessité d’inscrire l’opération dans une démarche de gestion intégrée de l’eau (adéquation entre le milieu naturel, le développement local et l’aménagement du territoire) construite de manière concertée à une échelle géographique cohérente : le bassin versant. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Forte de ces éléments, la Région s’engage dans les démarches de contractualisation (Contrats territoriaux, …) à l’échelle de bassins versants au côté des agences de l’eau. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Cette politique de l’eau transversale se décline selon les quatre orientations stratégiques : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Accompagner les changements de pratiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Contribuer à la prise en compte des enjeux de l’eau dans l’aménagement du territoire et à la gestion des risques naturels &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Préserver les milieux aquatiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Développer et partager les connaissances &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; La mise en œuvre de cette politique de l’eau se fera en collaboration étroite avec les Agences de l’eau Adour-Garonne et Loire-Bretagne.
+Au-delà de l’intervention de la Région dans la mise en œuvre d’actions en faveur de la préservation de la ressources en eau (qualité et quantité) sur les bassins versants, la Région s’appuiera sur des partenaires afin notamment d’améliorer la connaissance, de la diffuser et de mettre en cohérence les actions à l’échelle de la Nouvelle-Aquitaine.&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; A cheval entre les bassins hydrographiques Adour-Garonne et Loire-Bretagne, la Région Nouvelle-Aquitaine se caractérise par la présence de différents types de ressources en eau (cours d’eau, nappes, étangs, zones humides, …), rencontrées de manière différenciée sur le territoire. Malgré leurs diversités, ces ressources sont soumises à des pressions et des sollicitations anthropiques variables selon l’occupation du territoire et les activités humaines présentes.
+Ces pressions se trouveront accentuées par le changement climatique qui impactera d’une manière significative, directement et indirectement, l’ensemble des écosystèmes et ressources en eau de la Nouvelle-Aquitaine, ainsi que les usages de l’eau associés.
+Les objectifs visés par la Région sont de pouvoir répondre aux différents enjeux liés à la ressource en eau. &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Transition énergétique
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités et leurs groupements &lt;/li&gt;&lt;li&gt;Collectivités porteuses des contrats territoriaux de gestion intégrée des bassins versants &lt;/li&gt;&lt;li&gt; Syndicats mixtes et établissements de coopération intercommunale&lt;/li&gt;&lt;li&gt; Collectivités productrices d’eau potable&lt;/li&gt;&lt;li&gt; Organisations professionnelles agricoles donnant du conseil sur le système des exploitations et les pratiques des agriculteurs présentes sur les zones à enjeu&lt;/li&gt;&lt;li&gt; Eau prioritaires bénéficiant d’un contrat territorial de bassin versant ou d’un contrat territorial Re-Sources &lt;/li&gt;&lt;li&gt; Entreprises &lt;/li&gt;&lt;li&gt; Groupements de collectivités (Communautés de Communes et Communautés d’Agglomération au titre de la GEMAPI, Etablissement Public Territoriaux de Bassin, Syndicats de Bassins Versants compétents)&lt;/li&gt;&lt;li&gt; Structures porteuses de SAGE
+	Associations créées sur la base de la Loi du 1er juillet 1901 &lt;/li&gt;&lt;li&gt; Propriétaires privés &lt;/li&gt;&lt;li&gt; Associations « migrateurs » : LOGRAMI, MIGADO, MIGRADOUR, Cellule migrateurs Charente Seudre  &lt;/li&gt;&lt;li&gt;Associations ayant une action significative sur les espèces exotiques envahissantes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les demandes de subvention seront traitées au fil de l’eau.
+&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention pour travaux et/ou études, elles sont à déposer, avant leur démarrage, de préférence avant le 31 mars ou avant le 30 juin de chaque année, pour favoriser leur instruction en vue des commissions du 1er ou 2e semestre, en privilégiant un dépôt regroupé par tranche annuelle. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/aides-de-la-strategie-regionale-de-leau</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les modalités d&amp;#039;intervention sont différentes selon les projets, elles sont détaillées dans le règlement d&amp;#039;intervention ci-après.
+Les dossiers sont à transmettre par voie dématérialisée à l&amp;#039;adresse : &lt;a target="_self"&gt;eau&amp;#64;nouvelle-aquitaine.fr&lt;/a&gt;. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-de-la-strategie-regionale-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>156152</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux de défense incendie</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>TRAVAUX DE DÉFENSE INCENDIE</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J105" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à financer les travaux destinés à la création de points d&amp;#039;eau pour la défense extérieure contre l&amp;#039;incendie (sous réserve de l&amp;#039;avis favorable des services du SDIS).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Voirie et réseaux
+Risques naturels
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 20.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes (dont les syndicats d&amp;#039;eau) si les travaux sont effectués dans une commune de moins de 20.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La création et l&amp;#039;aménagement de réserves d&amp;#039;eau (citernes, mares, accès aux cours d&amp;#039;eau destinés exclusivement à la défense incendie),
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;installation de poteaux ou de bouches incendie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le taux est appliqué sur le montant HT des travaux de création ou d&amp;#039;aménagement de réserves d&amp;#039;eau auquel sont ajoutées les dépenses HT des prestations d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et maîtrise d&amp;#039;œuvre (dans la limite de 7 % du coût HT des travaux).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;installation de poteaux ou de bouches incendie, un montant unitaire et forfaitaire de subvention de 800 € par poteau ou bouche sera attribué dans la limite de 10 poteaux ou bouches par an et par maître d&amp;#039;ouvrage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;entretien de mares, de cours d&amp;#039;eau (curage, désenvasement, nettoyage...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les honoraires de géomètre ou de notaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;assistance liés au dépôt de permis de construire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition des terrains,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renouvellement des poteaux ou bouches incendie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;extension de réseau d&amp;#039;eau potable.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Communes de la Seine-Maritime de moins de 20000 habitants</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/travaux-de-defense-incendie/</t>
+        </is>
+      </c>
+      <c r="W105" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/79d7-aider-a-financer-les-travaux-destines-a-la-cr/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>144998</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Assiter les collectivités en ingénierie technique et administrative</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à maîtrise d'ouvrage et à maîtrise d'oeuvre</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre Ingénierie</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nièvre Ingénierie propose aux collectivités de la Nièvre une assistance dans la définition de leur projet dans les domaines de l&amp;#039;eau potable, de l&amp;#039;assainissement et de l&amp;#039;aménagement d&amp;#039;espaces extérieurs (voirie particulièrement). Ses agents ont également les compétences techniques et administratives pour effectuer de la maîtrise d&amp;#039;oeuvre. Dans ce cas, Nièvre Ingénierie accompagne la collectivité de la définition du projet à la réception des travaux, en passant par la rédaction des pièces du marché public et le suivi des travaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  remplacement de canalisations fuyardes
+ &lt;/li&gt;
+ &lt;li&gt;
+  réhabilitation/création de réservoirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement de réseau d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  renouvellement de Délégation de Service Public
+ &lt;/li&gt;
+ &lt;li&gt;
+  entretien de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de sécurisation routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement de bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  réhabilitation de place (centre-bourg)
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcement de routes forestières
+ &lt;/li&gt;
+ &lt;li&gt;
+  agrandissement de cimetières
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espace public
+Voirie et réseaux
+Modes actifs : vélo, marche et aménagements associés
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il est nécessaire d&amp;#039;adhérer à Nièvre Ingénierie. Cette adhésion est calculée en fonction du nombre d&amp;#039;habitants et de la compétence choisie. Elle permet également aux adhérents de choisir Nièvre Ingénierie sans procédures de mise en concurrence. Les prestations sont ensuite rémunérées selon les tarifs en vigueur. Toutes les collectivités, EPCO, syndicats peuvent devenir adhérent de Nièvre Ingénierie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.nievreingenierie.com/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Directeur: Richard DOUCET -  richard.doucet&amp;#64;nievre.fr - 03 86 61 87 47
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat: Christine LAVOLLEE - christine.lavollee&amp;#64;nievre.fr - 03 58 57 05 32
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>richard.doucet@nievre.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/367b-assiter-les-collectivites-en-ingenierie-techn/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>164136</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions hydro-économes</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Encadrement aides de l'état</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions d’économies d’eau tous acteurs confondus, qu’il s’agisse des collectivités, des acteurs 
+agricoles, des entreprises, des bailleurs sociaux, des établissements publics comme Voies Navigables de France…
+&lt;br /&gt;À titre d’exemple, sont éligibles des actions telles que la lutte contre les fuites ou autres actions hydro-économes 
+des collectivités ou des acteurs de l’aménagement urbain, le changement de process, la modification de prises 
+d’eau pour les canaux, la mise en place de filières pour les cultures à bas besoins en eau, l’optimisation du 
+pilotage de l’irrigation, les pratiques d’occupation du sol favorisant les réserves d’eau et de matière organique 
+dans les sols, …
+&lt;br /&gt;Pour des raisons d’équilibre budgétaire, les installations de systèmes d’irrigation économes en eau (goutte à 
+goutte, rampes d’irrigation plus performantes, entretien dont lutte contre les fuites, …) pourront être financées 
+uniquement dans le cadre d’appels à projet ciblés sur des économies d’eau ambitieuses dont le règlement fixera 
+les modalités d’intervention et inclura parmi les critères, le rapport coût-efficacité.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de lutte contre les fuites des 
+collectivités sont éligibles selon les 
+conditions définies dans la fiche 
+thématique « Interventions en matière 
+de préservation de la ressource en eau 
+et de sécurisation de l’alimentation en 
+eau potable, en quantité et qualité ».&lt;/p&gt;&lt;p&gt;Pour le cas spécifique des opérations 
+ponctuelles d’urbanisme opérationnel, 
+quel que soit le porteur et y compris 
+celles portées par des collectivités, les 
+actions sont éligibles si elles 
+interviennent dans le cadre de projets 
+d’urbanisme durables multi-enjeux 
+(sobriété en eau, perméabilisation, 
+renaturation) ou de partenariats le 
+prévoyant. Les conditions d’aide sont 
+définies dans la fiche thématique « Eau 
+et Nature en Ville et Village ». &lt;br /&gt;En cas de 
+démarche globale visant uniquement la 
+sobriété en eau à l’échelle du 
+patrimoine entier d’un acteur foncier 
+urbain, en déclinaison ou non d’un plan 
+global de gestion de l’eau, les actions 
+d’études ou de travaux visées seront 
+traitées dans les conditions de cette 
+fiche. &lt;/p&gt;&lt;p&gt;Les démarches hydro-économes pour 
+les actions agricoles sont éligibles si : &lt;br /&gt;- Elles visent le pilotage pour une irrigation 
+plus sobre ; &lt;br /&gt;- Elles visent à mettre en œuvre des 
+solutions d’économies d’eau dans les 
+exploitations agricoles (exemple : 
+récupération des eaux de toiture) ou de 
+substitution de ressources pour 
+l’abreuvement ; &lt;br /&gt;- Elles visent à mettre en place des 
+systèmes culturaux plus économes en eau et plus résilients face à la sécheresse 
+(cultures moins exigeantes en eau, 
+protection du sol vis-à-vis de 
+l’évaporation, techniques concourant à 
+l’amélioration des propriétés physiques 
+du sol, solutions favorisant l’infiltration et 
+ralentissant le ruissellement, …).
+&lt;br /&gt;Autres conditions 
+Pour les démarches hydro-économes 
+portées par les collectivités, il sera vérifié 
+au moment du solde qu’au moins une 
+action de sensibilisation/communication 
+du public aura été menée dans le cadre 
+du projet. Si cette condition n’est pas 
+respectée, l’aide sera soldée avec 
+réfaction.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-structuration-de-la-gouvernance/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>101706</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités sous forme d'ingénierie publique</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Yonne (ATD 89)</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Agence technique départementale propose ses compétences aux collectivités adhérentes pour du conseil technique et des missions d&amp;#039;ASSISTANCE A MAÎTRISE d&amp;#039;OUVRAGE (AMO) en phase pré-opérationnelle et opérationnelle, pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider à la recherche de financements ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la définition du besoin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étudier la faisabilité technique, réglementaire et financière ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en relation les élus avec les financeurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats pour la réalisation des études préalables ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établir le programme de l&amp;#039;opération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats de maîtrise d&amp;#039;œuvre et suivre les études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apporter l&amp;#039;aide nécessaire au maître d&amp;#039;ouvrage pendant la phase de réalisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sur les domaines de compétence suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  VOIRIE : classement de la voirie communale ; programme pluriannuel et travaux d&amp;#039;entretien et de réparation de chaussée ; aménagement de sécurité ; entrées et traversées de bourg.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ESPACES PUBLICS : aménagement de l&amp;#039;espace ; places de village ; trottoirs ; parking ; carrefours ;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  BÂTIMENTS PUBLICS : inventaire et analyse du patrimoine immobilier ; études préalables avant travaux (levé topographique,
+  &lt;br /&gt;
+  levé géométrique, diagnostic structure, plomb, amiante, thermique,
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .) ;  opérations de construction neuve, de rénovation, ou de réhabilitation ; opérations d&amp;#039;isolation et d&amp;#039;accessibilité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSAINISSEMENT (EAUX USÉES &amp;amp; EAUX PLUVIALES) : schémas directeurs ; réseaux et station d&amp;#039;épuration (études et travaux) ; transfert de compétence assainissement ; marchés de prestation de service, délégation de service public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  EAU POTABLE : diagnostics réseaux et schémas directeurs ; réalisation ou réhabilitation d&amp;#039;ouvrages de production de traitement et de stockage d&amp;#039;eau potable ; renforcement, extension, réhabilitation de réseaux ; défense incendie ; délégation de service public.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;AMO :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements de sécurité routière en traversée d&amp;#039;agglomération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de cheminements doux ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation des abords des écoles ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un City-parc ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de la place de la Mairie, de l&amp;#039;Église ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un centre culturel ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de la salle des fêtes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des ateliers municipaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une nouvelle station d&amp;#039;épuration ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de diagnostic d&amp;#039;assainissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un contrat de prestations de service (assainissement, eau potable) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de réhabilitation du réseau d&amp;#039;eaux usées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude des solutions de gestion des eaux pluviales ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma de défense incendie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préfiguration de l&amp;#039;organisation des services AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement du réseau d&amp;#039;eau potable ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de bassin d&amp;#039;alimentation de captage AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espace public
+Voirie et réseaux
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité adhérente de l&amp;#039;Agence technique départementale (commune, communauté de communes, syndicat).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Yonne</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd89.fr/</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour contacter l&amp;#039;ATD 89 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:atd&amp;#64;yonne.fr" rel="noopener" target="_blank"&gt;
+  atd&amp;#64;yonne.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 10 avenue du 4° Régiment d&amp;#039;infanterie - 89 000 Auxerre
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Standard :
+ 03 86 34 61 01
+&lt;/p&gt;
+&lt;p&gt;
+ Site Internet :
+ &lt;a href="https://www.atd89.fr/" target="_self"&gt;
+  https://www.atd89.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>yvan.telpic@yonne.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7cb3-apporter-une-assistance-a-maitrise-douvrage-a/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>164137</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Substituer les prélèvements vers des ressources moins fragiles</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions de substitution de prélèvement visant un impact substantiellement moindre du 
+prélèvement dans la nouvelle ressource que dans la ressource initiale : &lt;br /&gt;• Dans la plupart des cas, la substitution de prélèvements en rivière (ou en nappe alluviale avec une forte 
+incidence sur le débit de la rivière) vers une ressource en eau souterraine moins fragile mais d’autres cas 
+peuvent se présenter (exemple : le cas inverse de substitution entre deux nappes, entre deux cours 
+d’eau, …) ;
+&lt;br /&gt;• Substitution de prélèvements sur le réseau d’eau potable par une autre ressource locale (prélèvement 
+en milieu naturel, recyclage d’eau de process ou d’eaux usées traitées, stockage d’eaux de ruissellement et d’eaux de pluie ou plus largement d’eaux non conventionnelles, …) pour des usages ne nécessitant 
+pas une qualité d’eau potable.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q109" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les projets mettant en 
+évidence un impact substantiellement 
+moindre du prélèvement dans la nouvelle 
+ressource que dans la ressource initiale. &lt;/p&gt;&lt;p&gt;Pour le cas particulier des ouvrages de 
+récupération des eaux de pluie en 
+contexte urbain, sont éligibles les 
+opérations entrant dans le cadre de 
+programmes globaux d’économie d’eau 
+favorisant le déraccordement de surfaces 
+actives du réseau pluvial ou 
+d’assainissement, ou dans le cadre de 
+projets urbains durables (se référer à la 
+fiche thématique « Eau et nature en ville 
+et village »).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>164771</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une gestion quantitative équilibrée de la ressource et les projets multi-usages</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser-et-eduquer-aux-enjeux-de-leau</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence promeut une gestion équilibrée de la ressource en eau en soutenant des projets multi-usages profitant aux milieux naturels et à plusieurs secteurs, tels que par exemple : l’eau potable, l’irrigation, l’industrie, le soutien des débits des cours d’eau ou le tourisme. &lt;/p&gt;&lt;p&gt;Ces initiatives visent à réduire les prélèvements sur le milieu naturel, particulièrement en période d’étiage, grâce à des infrastructures adaptées ou à la réalimentation des cours d’eau. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/gestion-quantitative-ressource-economies-eau-pour-tous-usages"&gt;Gestion quantitative de la ressource et économies d&amp;#039;eau pour tous les usages | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions financées incluent des études pour mieux appréhender les besoins et les ressources, des démarches territoriales pour coordonner les acteurs, ainsi que des travaux visant à améliorer la disponibilité de l’eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P110" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q110" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités, les agriculteurs et 
+leurs groupements, les entreprises, les associations ainsi 
+que toutes personnes morales légitimes à porter ces projets. &lt;/p&gt;&lt;p&gt;Concernant la création et/ou l’aménagement d’ouvrages, les 
+principales conditions d’éligibilité sont les suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;être réalisé au bénéfice d’un périmètre élémentaire prioritaire identifié dans la carte C9 du SDAGE&lt;/li&gt;&lt;li&gt;la réalisation d’une étude d’impact intégrant les effets du 
+changement climatique, s’assurant des capacités prévisibles de remplissage de l’ouvrage et du maintien ou de 
+la reconquête du bon état des masses d’eau de la zone 
+d’influence du projet &lt;/li&gt;&lt;li&gt;l’engagement du territoire dans la transition agroécologique et le cas échéant les engagements individuels des 
+agriculteurs irrigants &lt;/li&gt;&lt;li&gt;la validation du projet d’allocation des volumes pour les 
+différents usages &lt;/li&gt;&lt;li&gt;l’engagement à effectuer la régularisation réglementaire 
+des volumes de prélèvements substitués &lt;/li&gt;&lt;li&gt;Le recouvrement total de la part du maître d’ouvrage des 
+coûts de fonctionnement de l’ouvrage auprès des usagers 
+et aussi, sauf exception, de l’amortissement de la part non 
+subventionnée&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/56-24-Gestion%20quantitative_0_1.pdf"&gt;56-24-Gestion quantitative_0_1.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_GQ%20Projets%20multi-usages.pdf</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-et-eduquer-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>164772</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les micropolluants</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les micropolluants</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I111" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les effets du changement climatique aggraveront le déficit en eau, accentuant les impacts des polluants et rendant les solutions pour préserver la qualité de l’eau plus coûteuses. Agir maintenant est donc urgent. L’Agence soutient différentes actions visant à réduire l’apport de micropolluants vers les milieux aquatiques et protéger la ressource en eau potable, ainsi que des actions contribuant à la connaissance et à l’exploration de nouvelles solutions sur ces enjeux émergents pour l’environnement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/lutte-contre-micropolluants"&gt;Lutte contre les micropolluants | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actions financées incluent :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Des actions visant l’amélioration de la connaissance des milieux, des techniques d’analyses et de traitement&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Des actions visant la mise en place ou l’expérimentation d’actions préventives à l’échelle territoriale pour les différents secteurs émetteurs : industrie et artisanat, assainissement, agriculture, établissements de santé, grand public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Des actions visant la mise en place ou l’expérimentation de mesures curatives&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Artisanat
+Industrie
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P111" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q111" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Lutte%20contre%20les%20micropolluants_0.pdf</t>
+        </is>
+      </c>
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-gestion-quantitative-equilibree-de-la-ressource-et-les-projets-multi-usages/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>152459</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Aider tous travaux et solutions qui participent à une gestion intégrée des eaux pluviales</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>GESTION INTEGRÉE DES EAUX PLUVIALES ET DISPOSITIFS DE LUTTE CONTRE LES INONDATIONS ET LE RUISSELLEMENT</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I112" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 57</t>
+        </is>
+      </c>
+      <c r="J112" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié (+ 15 %)</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider tous travaux et solutions qui participent à une gestion intégrée des eaux pluviales et qui visent à limiter et retarder l&amp;#039;écoulement des eaux pluviales notamment dans les réseaux de collecte, tout en favorisant l&amp;#039;épuration naturelle, la recharge des nappes et la création de nouvelles trames vertes lorsque cela est possible.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux et solutions éligibles devront viser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  retarder les écoulements de manière à limiter les débits et les débordements de réseau, et donc les inondations urbaines et de contenir les crues ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  infiltrer les eaux pluviales au plus près de leur point de chute, ce qui permet de soulager les réseaux de collecte et d&amp;#039;éviter la concentration des flux de pollution. La faible quantité de polluants des eaux avant ruissellement peut alors souvent être épurée par le sol lors de l&amp;#039;infiltration. Ce principe participe aussi à la recharge des nappes phréatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  récupérer l&amp;#039;eau pour des usages qui ne nécessitent pas d&amp;#039;utiliser de l&amp;#039;eau potable (arrosage, nettoyage...), ce qui conduit alors à des économies d&amp;#039;eau.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Désimperméabilisation des trottoirs rue des Sources (VC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement des berges du Ru d&amp;#039;Orval à Cannectancourt
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection contre les coulées de boue à la rue d&amp;#039;Annel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement hydraulique des eaux pluviales dans la rue du Val (RD 607)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études relatives à la gestion des eaux pluviales et aux coulées de boue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de maîtrise des ruissellements à l&amp;#039;échelle des sous-bassins-versant de Pontpoint
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de la berge du Ru Soyer à Passel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un parking végétalisé à Villers-sous-Saint-Leu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espace public
+Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Dépenses éligibles
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Taux de financement
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Observations
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       GESTION INTEGRÉE DES EAUX PLUVIALES
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Diagnostics, études hydrauliques, études de faisabilité préalables aux travaux
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Les techniques de surface :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Jardins de pluie, arbres de pluie
+      &lt;br /&gt;
+      - Échelles d&amp;#039;eau
+      &lt;br /&gt;
+      - Toiture stockante
+      &lt;br /&gt;
+      - Parkings végétalisés ou en enrobés poreux
+      &lt;br /&gt;
+      -Trottoir en dalle perméable
+      &lt;br /&gt;
+      - Revêtements perméables (cours végétalisées, dalles, pavés poreux, béton poreux, résine de béton poreux, etc.)
+      &lt;br /&gt;
+      - Noues infiltrantes et fossés éventuellement accompagnés d&amp;#039;un arasement de bordures
+      &lt;br /&gt;
+      - Espaces temporairement inondables (espaces publics inondables, terrains de sports inondables, digues aménageant une prairie inondable, mares tampons à vocation hydraulique...)
+      &lt;br /&gt;
+      - Bassins de rétention, plan d&amp;#039;eau ou cuve de récupération d&amp;#039;eau de pluie
+      &lt;br /&gt;
+      - Potagers participatifs alimentés par les eaux de pluie
+      &lt;br /&gt;
+      - Système visant à la réutilisation des eaux pluviales et des eaux grises
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 15 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Toitures végétalisées
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 100 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Les techniques enterrées :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      -Tranchées drainantes et tranchées / caniveaux d&amp;#039;infiltration
+      &lt;br /&gt;
+      - Chaussées à structure réservoir
+      &lt;br /&gt;
+      - SAUL : Structures Alvéolaires Ultra-Légères ou bassins enterrés
+      &lt;br /&gt;
+      - Puits d&amp;#039;infiltration
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 15 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 700 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux d&amp;#039;entretien.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1921-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>149125</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet visant à anticiper les manques d’eau et les sècheresses à venir</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Changement climatique et impact sur les ressources en eau et les milieux naturels</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet visant à anticiper les manques d&amp;#039;eau et les sècheresses à venir ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 100 000 € pour les équipements d&amp;#039;économie d&amp;#039;eau et 1 000 000 € pour les autres projets :
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Retenir l&amp;#039;éligibilité des communes rurales et des EPCI de moins de 40 000 habitants à l&amp;#039;assistance technique définie dans la convention type figurant en annexe 1 et d&amp;#039;en exclure les EPCI de plus de 40 000 habitants éligibles du fait du critère « zone de montagne »
+   Une avance de trésorerie de 30% dès le démarrage de votre projet
   &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  et
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
   &lt;li&gt;
-   Autoriser ces EPCI de plus de 40 000 habitants à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
-[...5 lines deleted...]
-   Exclure du bénéfice de l&amp;#039;assistance technique les EPCI en délégation de service public pour l&amp;#039;intégralité de leurs équipements d&amp;#039;eau potable.
+   Des dépenses remboursées jusqu&amp;#039;à 60 % du montant HT / TTC de votre projet
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P113" s="1" t="inlineStr">
+        <is>
+          <t>27/04/2022</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une collectivité ou un groupement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un établissement public
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une association
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une entreprise...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;évaluation des ressources en eau disponibles et des besoins
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;amélioration de process et/ou la mise en œuvre de technologies économes en eau
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de diagnostic eau visant à référencer les principales consommations et les possibilités d&amp;#039;économie (hors réseau alimentation en eau potable public)
+  &lt;/li&gt;
+  &lt;li&gt;
+   La mobilisation de nouvelles ressources y compris la récupération et la réutilisation des eaux de pluie ou des eaux usées traitées pour des usages compatibles (hors soutien d&amp;#039;étiage) sous réserve d&amp;#039;absence de déséquilibre ou d&amp;#039;impact sur les milieux naturels
+  &lt;/li&gt;
+  &lt;li&gt;
+   La substitution des prélèvements sur les ressources les plus sensibles, notamment les prélèvements dans les cours d&amp;#039;eau et leurs nappes d&amp;#039;accompagnement, vers des ressources moins sensibles
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études, équipements et travaux permettant de favoriser la recharge des milieux naturels et garantir les services éco-systémiques : l&amp;#039;optimisation des aménagements existants
+  &lt;/li&gt;
+  &lt;li&gt;
+   La gestion à la source les eaux pluviales en privilégiant les solutions fondées sur la nature (schéma de gestion des eaux pluviales, aménagement d&amp;#039;espaces multifonctionnels d&amp;#039;infiltration des eaux pluviales, etc)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études, équipements et travaux permettant d&amp;#039;évaluer et renforcer la capacité d&amp;#039;adaptation des milieux aquatiques à l&amp;#039;évolution du climat, la fonctionnalité des milieux naturels (lutte contre les pollutions des milieux aquatiques induites par le réchauffement climatique), l&amp;#039;adaptation des espèces locales, la prévention et la gestion des espèces invasives.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+ &lt;/span&gt;
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/anticiper-manque-eau-et-secheresses/</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0231/depot/simple</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact dès maintenant avec les services régionaux (cf rubrique « contactez-nous »). Vous bénéficierez d&amp;#039;un entretien personnalisé afin de vous aider dans l&amp;#039;élaboration de votre projet et de vous guider dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ OU
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne dès que vous détenez l&amp;#039;ensemble des devis et une note décrivant le projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b735-changement-climatique-et-impact-sur-les-resso/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>30790</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des acquisitions foncières et obligations réelles environnementales (ORE) des périmètres de protection</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Acquisitions foncières et obligations réelles environnementales (ORE)</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif permet d&amp;#039;assurer un usage durable des terres en acquérant 
+des parcelles ou en mettant en place des ORE, garantissant ainsi la 
+préservation à long terme de la qualité de l&amp;#039;eau. L&amp;#039;agence accompagne 
+ces démarches en finançant les actions nécessaires pour limiter les 
+risques de pollution et assurer la protection des ressources en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Foncier</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P114" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q114" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Dans le cadre d’application des prescriptions de l’arrêté de DUP :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projets d’acquisition foncière conformes aux prescriptions de l’arrêté de DUP.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dans le cadre d’une opération inscrite dans la stratégie 
+foncière d’une démarche territoriale sur une aire d’alimentation de 
+captage&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Garantie de l’échange entre les terrains par fourniture du 
+compromis de vente ou à défaut de l’attestation sur l’honneur ou de la 
+délibération. L’acquisition en vue d’un échange en propriété impliquant 
+une ou des parcelle(s) localisée(s) dans la (les) zone(s) à enjeux 
+identifiée(s) dans la stratégie foncière est possible dès lors que le 
+stockage temporaire des parcelles n’excède pas 6 ans. Cet échange en 
+propriété doit être conclu entre une maîtrise d’ouvrage publique et un 
+exploitant agricole.&lt;/li&gt;&lt;li&gt;Cas des obligations réelles environnementales (ORE) :
+	&lt;ul&gt;&lt;li&gt;La compétence principale du co-contractant est la protection de la ressource en eau ou du milieu naturel ou de la biodiversité,&lt;/li&gt;&lt;li&gt;Les engagements réciproques doivent présenter un niveau d’ambition suffisant pour répondre aux enjeux identifiés dans le 12&lt;sup&gt;e&lt;/sup&gt; programme,&lt;/li&gt;&lt;li&gt;Les signataires (propriétaire et co-contractant) s’engagent à contractualiser l’ORE sur une durée de 30 ans minimum.&lt;/li&gt;&lt;/ul&gt;
+	&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-acquisitions-foncieres-et-obligations-reelles-environnement.html</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/253b-realiser-des-acquisitions-foncieres-des-perim/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>157098</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic ou des travaux dans le domaine de l’eau et de l’assainissement</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;accompagner les collectivités Sur les domaines particuliers de l&amp;#039;eau, de l&amp;#039;assainissement et de la Gemapi, MATEC assiste les collectivités dans :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • La réalisation des diagnostics
+ &lt;br /&gt;
+ • La définition de programmes de travaux
+ &lt;br /&gt;
+ • Les études comparatives sur les modes d&amp;#039;exploitation
+ &lt;br /&gt;
+ • La mise en place ou le renouvellement des contrats de DSP, de prestations de services
+ &lt;br /&gt;
+ • Les études de transfert de compétences eau, assainissement, Gemapi
+ &lt;br /&gt;
+ • Les renouvellements de réseaux d&amp;#039;eau potable et d&amp;#039;assainissement
+ &lt;br /&gt;
+ • Les travaux de restauration des cours d&amp;#039;eau et de lutte contre les inondations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC assiste les collectivités par la réalisation :
+ &lt;br /&gt;
+ • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
+ &lt;br /&gt;
+ • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
+ &lt;br /&gt;
+ Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
+ &lt;br /&gt;
+ Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études. MATEC assiste les collectivités produites et les informe des optimisations possibles.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be61-realiser-un-diagnostic-ou-des-travaux-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>161746</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Demander un dispositif d’aide aux études de potentiel territorial, de faisabilité et d'avant-projet pour la mise en place d’une installation hydroélectrique</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Études pour une installation hydroélectrique</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif dédié à l&amp;#039;hydroélectricité vise la &lt;strong&gt;réalisation de projets de production électrique&lt;/strong&gt; par la &lt;strong&gt;force motrice de l’eau&lt;/strong&gt; d’un cours d’eau, d’une rivière, d’un lac ou des eaux captées par gravitation (turbinage d’eau potable ou usée par exemple).&lt;/p&gt;&lt;p&gt;Les futurs aménagements hydroélectriques sont envisagés sur des &lt;strong&gt;chutes existantes créées par un seuil ou un barrage&lt;/strong&gt; (la construction d’un nouveau seuil ou  barrage constitue une difficulté majeure dans le contexte actuel et une telle étude ne sera pas finançable).&lt;/p&gt;&lt;p&gt;Cela correspond à l’un des cas suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Réalisation d’un aménagement&lt;/strong&gt; neuf de production d&amp;#039;énergie sur un seuil existant qui n’a jamais été équipé auparavant.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Remise en service &lt;/strong&gt;d’un équipement n’étant plus en activité, mais bénéficiant ou pas d’un droit d’eau (fondé en titre, autorisation, etc.) et pouvant prouver l’existence de la chute et des organes qui utilisent ou ont utilisés la force hydraulique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimisation &lt;/strong&gt;d’un équipement complémentaire sur un site actuellement exploité.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; turbinage d’eau déjà captée&lt;/strong&gt; (eau potable ou eaux usées).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La &lt;strong&gt;concertation des enjeux énergétiques et enjeux environnementaux&lt;/strong&gt; doit obligatoirement être menée dès la phase d&amp;#039;étude de faisabilité. La &lt;strong&gt;concertation avec tous les usagers du cours d&amp;#039;eau&lt;/strong&gt; (pêche, pratiques loisirs ou sportives, navigation, etc.) est également à rechercher. La mise en place de réunions de démarrage et de restitution impliquant les acteurs de l&amp;#039;eau et de l&amp;#039;environnement est obligatoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3 types d&amp;#039;études peuvent être financées&lt;/strong&gt; avec des spécificités régionales :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’étude de &lt;strong&gt;potentiel&lt;/strong&gt; devra déterminer le potentiel administratif, énergétique, environnemental et économique des seuils/sites potentiels sur un territoire/cours d’eau défini.&lt;/li&gt;&lt;li&gt;L’étude de &lt;strong&gt;faisabilité&lt;/strong&gt; devra démontrer la faisabilité administrative, technique, environnementale et économique d’une centrale hydroélectrique afin de fournir au maître d’ouvrage des éléments clairs, fiables et chiffrés lui permettant d’apprécier l’intérêt de réaliser ce projet.&lt;/li&gt;&lt;li&gt;L’étude d’&lt;strong&gt;avant-projet&lt;/strong&gt; devra préciser les conditions techniques et économiques de réalisation de l’installation au regard de l’implantation sur le site avec des études de sol, de génie civil, des relevés topographiques précis voire tout autre type d&amp;#039;études préalablement validées  en concertation avec l&amp;#039;ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les études d&amp;#039;ordre réglementaires ne sont pas éligibles aux subventions de l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;Pour les régions Bourgogne-Franche-Comté, Auvergne-Rhône-Alpes et Occitanie, les trois types d&amp;#039;études sont éligibles.&lt;/p&gt;&lt;p&gt;Pour les régions Provence-Alpes-Côte-d&amp;#039;Azur et Nouvelle-Aquitaine, les études de potentiel et de faisabilité sont éligibles. Les études d&amp;#039;avant-projet ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X57" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>regions_27_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-installation-hydroelectrique</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-une-installation-hydroelectrique/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>163875</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Lutte les pressions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
+masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
+gérer les crues et préserver la biodiversité, dans un contexte de changement
+climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
+agroécologique et privilégie les pratiques ou les changements à l’échelle du
+système d’exploitation, tels que l’agriculture biologique, l’agriculture de
+conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
+l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
+spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
+particulièrement dans les aires d’alimentation des captages prioritaires où
+l’agence privilégie les projets de territoires portés par les collectivités et
+soutient des actions concourant à réduire ou maitriser les pressions à un
+niveau compatible avec l’état de la ressource en eau et les enjeux de santé
+publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
+en zones humides qui poursuit un objectif de maintien des surfaces et à
+démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
+sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
+climatique pour lesquelles il est visé une stabilisation des prélèvements à des
+fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
+réserve utile du sol, la résistance des plantes et la réduction de la
+consommation d’eau ; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
+pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
+favoriser le retour au sol agricole des matières organiques en créant les
+conditions de la confiance.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
+changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
+filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
+micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
+ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
+(CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Sols
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P117" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q117" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau peut apporter
+une participation financière aux personnes morales de droit public ou privé
+réalisant des opérations visant à lutter contre les pressions d’origine
+agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
+principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
+la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
+zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
+large. Il est tenu compte de la délibération d’intervention portant sur les
+zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
+particulier les aires d’alimentation des captages prioritaires définis dans le
+SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
+l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
+» ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
+quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
+programme global de lutte contre l’érosion des sols reconnu par l’Agence de
+l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
+conservation des sols, programme global d’aménagements hydrauliques issu d’une
+étude préalable) sont également des territoires à enjeux pour l’Agence de
+l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
+précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
+la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
+transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
+leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
+l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
+agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>105060</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de reconquête de la qualité de l'eau (gestion par bassin)</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la qualité de l'eau - gestion par bassin</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction Eau Environnement Forêt Agriculture
-[...10 lines deleted...]
-  mage&amp;#64;loire.fr
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics de coopération intercommunale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITI
+ &lt;/strong&gt;
+ F
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagner les opérations de reconquête de la qualité de l&amp;#039;eau : programme Re-Sources (eaux destinées à l&amp;#039;alimentation en eau potable), programme de gestion intégrée (eaux superficielles) afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réduire les pollutions diffuses et ponctuelles, d&amp;#039;origine agricole et non agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  limiter le transfert de ces polluants, source de contamination des eaux superficielles et souterraines
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ dans un objectif d&amp;#039;atteinte du bon état des masses d&amp;#039;eau et afin de limiter le recours, autant que possible, aux solutions curatives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les programmes de reconquête de la qualité de l&amp;#039;eau (Re sources, Grenelle))
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Subvention forfaitaire annuelle de 3.300 €, attribuée par bassin d&amp;#039;alimentation qui fait l&amp;#039;objet d&amp;#039;un contrat territorial en cours ou à venir.
+&lt;/p&gt;
+&lt;p&gt;
+ En tout état de cause, cette subvention ne pourra pas représenter plus de 30% de la dépense totale du programme d&amp;#039;actions retenu par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas particulier des captages prioritaires du programme Re-sources, il est prévu un contrat territorial unique pouvant porter sur plusieurs bassins d&amp;#039;alimentation.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les programmes de gestion intégrée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Subvention annuelle attribuée par bassin versant faisant l&amp;#039;objet d&amp;#039;un contrat territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ En tout état de cause, cette subvention ne pourra pas représenter plus de 30% de la dépense totale du programme d&amp;#039;actions retenu par le Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département accompagne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les programmes de reconquête de la qualité de l&amp;#039;eau : opération ayant reçu l&amp;#039;agrément Re –Sources et engagée dans un contrat territorial conclu avec l&amp;#039;Agence de l&amp;#039;eau
+ &lt;/li&gt;&lt;li&gt;les actions engagées en vue de l’élaboration d’un contrat territorial qui sera soumis à l’agrément Re-Sources sur l’aire géographique d’alimentation d’un captage d’eau potable prioritaire retenu par la loi Grenelle de 2009&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  les programmes de gestion intégrée : opération engagée dans un contrat territorial conclu avec l&amp;#039;Agence de l&amp;#039;eau et concernant un territoire pour lequel les enjeux de reconquête de la qualité de l&amp;#039;eau sont reconnus (masse d&amp;#039;eau dégradée avec un objectif de bon état 2015 ou 2021)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles les actions prévues au titre du programme d&amp;#039;actions annuel, élaboré à partir du cadre technique du contrat territorial pluriannuel ainsi que celles engagées en vue de l’élaboration d’un contrat territorial.&lt;/p&gt;
+&lt;p&gt;
+ Celui-ci doit comprendre des actions concourant à l&amp;#039;amélioration de la qualité de l&amp;#039;eau (actions collectives auprès de la profession agricole, lutte contre les pollutions d&amp;#039;origine non agricole, aménagements, maîtrise foncière, communication ...) ou permettre d&amp;#039;améliorer les connaissances sur le fonctionnement du bassin (études hydrogéologiques, suivi de la qualité de l&amp;#039;eau)
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département se réserve le droit de ne pas retenir certaines actions du programme annuel. Celles-ci ne seront pas intégrées dans la dépense éligible
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les dépenses liées à l&amp;#039;animation (frais de personnel chargé de l&amp;#039;animation et frais de fonctionnement associés : secrétariat, fournitures...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération de l&amp;#039;organe compétent approuvant le programme d&amp;#039;action annuel et le plan de financement précisant l&amp;#039;origine et le montant des moyens financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation de non récupération de la TVA, le cas échéant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;identité bancaire du bénéficiaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis estimatif détaillé des frais prévisionnels d&amp;#039;investissement et de fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la première demande, le contrat territorial conclu avec l&amp;#039;agence de l&amp;#039;eau (hors programme Re Sources)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme annuel des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de financement prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des décisions attributives d&amp;#039;aide pour les subventions acquises
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de recours à un mandataire, la convention de mandat
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction :Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement pour chaque programme : un acompte ; solde au prorata des dépenses justifiées
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : 31 mars de l&amp;#039;année suivant la notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7122_qualite_eau_gestion_par_bassin_01.pdf</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches ».
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention de
+ fonctionnement affectée à une action
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+  Service eau hydrologie ; Tél. : 05 16 09 61 95
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/88bd-soutenir-les-operations-de-reconquete-de-la-q/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G58" s="1" t="inlineStr">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>155570</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la récupération et l'utilisation des eaux pluviales des bâtiments publics existants</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>RÉCUPÉRATION ET UTILISATION DES EAUX PLUVIALES DES BÂTIMENTS PUBLICS EXISTANTS</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J119" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les investissements nécessaires à la récupération des eaux de pluie des toitures des bâtiments publics existants afin de favoriser les économies d&amp;#039;eau par une utilisation à l&amp;#039;extérieur et/ou l&amp;#039;intérieur des bâtiments (usages autorisés selon les dispositions réglementaires en vigueur).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures intercommunales et autres groupements de collectivités compétents (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Dépenses éligibles :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables, outils de communication associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de terrassement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs de récupération des eaux de pluie aériens ou enterrés normalisés (cuves PEHD, bétons, citernes...) y compris accessoires de collecte et de filtration
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements nécessaires à l&amp;#039;utilisation des eaux de pluie (filtres, systèmes de pompage, canalisations, disconnecteurs, compteurs, signalétique...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petits équipements hydro économes associés au projet (limiteurs de débits, réducteurs de pression...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dispositifs de récupération non normalisés ou collectant des eaux de pluie des toitures composées d&amp;#039;amiante ciment ou de plomb
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réserves incendie (autre dispositif d&amp;#039;aide)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares et bassins
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Plancher/plafond :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles : 1.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses éligibles : 50.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses devront répondre à la réglementation et aux règles de l’art en vigueur (recommandations techniques).&lt;/li&gt;&lt;li&gt;Vérification de l’adéquation entre les ressources et les besoins (ou formulaire simplifié à renseigner) :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Éléments techniques justifiant le dimensionnement par rapport aux besoins d’utilisation des eaux de pluie : surfaces et type de toiture collectées, volumes d’eau de pluie récupérables, volume de stockage… ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Estimation de l’économie annuelle d’eau potable prévisionnelle,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Modalités de surveillance et d’entretien des équipements.&lt;/span&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’avis technique de la Direction de l’Environnement pourra être sollicité concernant les aspects touchant à la conception et à la mise en œuvre des équipements.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/recuperation-et-utilisation-des-eaux-pluviales-des-batiments-existants/</t>
+        </is>
+      </c>
+      <c r="W119" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c2f-modele/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>104672</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Reconquérir la ressource en eau</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I120" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Favoriser une approche intégrée de la ressource en mobilisant notamment le Contrat territorial Eau, outil co-porté avec l&amp;#039;Agence de l&amp;#039;eau, les Départements et les services de l&amp;#039;Etat.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien de la Région vise notamment à accompagner les changements de pratiques et l&amp;#039;amélioration de la résilience du territoire face au changement climatique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les projets éligibles relèvent notamment des domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Amélioration des connaissances et suivis
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préservation et restauration des fonctionnalités des cours d&amp;#039;eau et des zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre les pollutions diffuses
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation au changement climatique et gestion durable la ressource
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication, sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration du lit de la Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection de la ressource en eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation et innovation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le principal outil financier mobilisé par la Région pour soutenir les projets de reconquête de la ressource en eau est le Contrat territorial Eau (CT Eau). Ce contrat formalise pour chaque territoire, et pour une durée de 3 ans, la nature des actions ou travaux à engager, les coûts prévisionnels, le plan de financement, les calendriers de réalisation et les engagements des différents signataires. Ce contrat s&amp;#039;adosse à la stratégie du territoire et à la feuille de route définies pour une durée de 6 ans et validées par le comité de pilotage du CT eau.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;éligibilité du programme d&amp;#039;action est étudiée dans son ensemble au regard des objectifs du SDAGE, des enjeux du SAGE et des PAOT et de sa contribution à la stratégie du territoire validée par le comité de pilotage.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour l&amp;#039;ensemble du programme d&amp;#039;action, le taux moyen d&amp;#039;intervention de la Région ne peut pas dépasser 40% des dépenses éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra inclure les pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lettre de demande d&amp;#039;aide signée par la personne habilitée à engager l&amp;#039;organisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document autorisant le représentant de l&amp;#039;organisme à solliciter une aide (délibération, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des courriers de demande d&amp;#039;aide déposée auprès d&amp;#039;autres collectivités ou d&amp;#039;organismes de droit public ou copie des décisions d&amp;#039;attribution d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation justifiant le régime de TVA auquel est soumis le demandeur pour les dépenses correspondant à la demande d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme prévisionnel du plan d&amp;#039;actions/d&amp;#039;activité de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée, précisant l&amp;#039;état des cofinancements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/reconquete-de-la-ressource-en-eau</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CRBV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski : 02 28 20 54 73
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9940-reconquete-de-la-ressource-en-eau/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>128955</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseils juridiques</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Bénéficier d&amp;#039;une analyse des problématiques juridiques,
+des pièces et documents afférents selon
+les réglementations applicables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Se voir proposer des solutions et être aidé dans leur
+mise en oeuvre en matière de :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Police administrative générale, polices spéciales
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion domaniale : domaine public - privé,
+régime de la domanialité publique. Acquisitions,
+cessions, échanges, régime des différents types
+&lt;/p&gt;
+&lt;p&gt;
+ - Services publics : eau potable, assainissement,
+déchets, restauration collective, CCAS... -
+  Intercommunalité : statuts des groupements,
+transferts de compétences, modifications de
+périmètres, répartition des compétences entre
+le groupement et les communes membres,
+régime des biens et des personnels affectés aux
+compétences transférées, mise en place de services
+communs, et mutualisation
+&lt;/p&gt;
+&lt;p&gt;
+ - Urbanisme
+&lt;/p&gt;
+&lt;p&gt;
+ - Responsabilité administrative et pénale des
+collectivités et des élus
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etre assisté dans l&amp;#039;analyse ou la rédaction d&amp;#039;actes :
+contrats, délibérations, arrêtés, règlements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement et/ou
+échanges avec la juriste de Gironde Ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse juridique ou rédaction d&amp;#039;actes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges avec la juriste de l&amp;#039;Association des Maires
+de Gironde
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;actes juridiques : délibérations, statuts,
+conventions, arrêtés, règlements...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propositions de notes, courriers, analyses de textes
+juridiques...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mail ou lettre de saisine de l&amp;#039;exécutif au contact retenu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs en lien avec
+la demande
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b44e-beneficier-de-conseils-juridiques/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>10207</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Aménager et qualifier des espaces publics pour embellir et valoriser les communes de moins de 3000 habitants.</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J122" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 25% des dépenses éligibles. Plafond de subvention : 100.000 €.</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La valorisation et l&amp;#039;embellissement de nos villes et villages constituent des facteurs indéniables d&amp;#039;attractivité et de vitalité de nos territoires. C&amp;#039;est pourquoi  la Région pourra accompagner les communes et les intercommunalités dans leurs projets d&amp;#039;aménagements urbains et paysagers des espaces publics, de requalification des centres anciens et des centres villes, d&amp;#039;aménagements qualitatifs des entrées de villages ou de villes et de cheminements doux ou piétons.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les opérations situées dans les communes de moins de 3000 habitants hors Métropoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers dont la subvention serait inférieure à 1000 € ne seront pas recevables (dépenses éligibles &amp;lt; 4000 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les opérations d&amp;#039;aménagements urbains et paysagers des espaces publics, de requalification des centres anciens et des centres villes, d&amp;#039;aménagements qualitatifs des entrées de villages ou de villes...
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations doivent être facteurs de vitalité et d&amp;#039;attractivité, en lien avec les priorités des politiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles ou la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ En matière d&amp;#039;éclairage public, une attention particulière sera portée aux projets intégrant une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément à la loi Notre, seront exclues du champ des dépenses éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses de revêtement de voirie (hors itinéraires d&amp;#039;intérêt régional identifiés par le SRADDET),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses de réseaux humides (assainissement, eau potable...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses de réseaux secs (gaz, électricité...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Toutefois, certaines dépenses de type pavage en lien avec un aménagement public, peuvent être considérées comme des qualifications paysagères et pourront être éligibles (exemple : calade).
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations ponctuelles ne constituant pas des aménagements publics ne seront pas retenues.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Amenagement-et-qualification-des-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements :9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/54a8-amenagement-et-qualification-des-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>157096</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’informations et de conseils juridiques</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Aide juridique</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficier d&amp;#039;une analyse des problématiques juridiques, des pièces et documents afférents selon les réglementations applicables
+ &lt;br /&gt;
+ Se voir proposer des informations, solutions et être aidé en matière de :
+ &lt;br /&gt;
+ -    Etat civil
+ &lt;br /&gt;
+ -    Fonctionnement et tenue des assemblées délibérantes (conseil municipal...)
+ &lt;br /&gt;
+ -    Statut de l&amp;#039;élu
+ &lt;br /&gt;
+ -    Cimetières et législation funéraire
+ &lt;br /&gt;
+ -    Police administrative générale, polices spéciales, police judiciaire
+ &lt;br /&gt;
+ -    Gestion domaniale : domaine public - privé, cessions, acquisitions, baux, biens sans maître, édifices menaçant ruine
+ &lt;br /&gt;
+ -    Voirie (domaine public routier, chemins ruraux)
+ &lt;br /&gt;
+ -    Services publics : eau potable, assainissement, déchets ...
+ &lt;br /&gt;
+ -    Affaires scolaires, périscolaire
+ &lt;br /&gt;
+ -    Intercommunalité
+ &lt;br /&gt;
+ -    Marchés publics
+ &lt;br /&gt;
+ -    Urbanisme
+ &lt;br /&gt;
+ -    Cultes (édifices cultuels, presbytères, relations avec les fabriques)
+ &lt;br /&gt;
+ •    Être assisté dans l&amp;#039;analyse ou la rédaction d&amp;#039;actes : contrats, délibérations, arrêtés, règlements
+ &lt;br /&gt;
+ •    Bénéficier de fiches et de dossiers pratiques disponibles sur le site de MATEC (accessibles par identifiant et mot de passe)
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables :
+ &lt;br /&gt;
+ •    Informations et conseils juridiques
+ &lt;br /&gt;
+ •    Rédaction d&amp;#039;actes juridiques : délibérations, statuts, conventions, arrêtés, règlements...
+ &lt;br /&gt;
+ •    Propositions de notes, courriers, analyses de textes juridiques...
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3efa-beneficier-dinformations-et-de-conseils-jurid/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>160377</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J124" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La reconnexion à la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;expérimentation des solutions fondées sur la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de nouvelles formes d&amp;#039;urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>155112</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter l’hôtellerie de plein air et des aires de camping-cars publiques</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Hôtellerie de plein air et aire d’accueil de camping-cars (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation d&amp;#039;hôtellerie de plein air et d&amp;#039;aires de camping-cars publiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Hôtellerie de plein air (camping)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Espaces extérieurs destinés à l&amp;#039;accueil de tentes, de caravanes, de résidences mobiles de loisirs et d&amp;#039;habitations légères de loisirs. Ils sont constitués a minima de 6 emplacements nus ou équipés de l&amp;#039;une de ces installations, ainsi que d&amp;#039;équipements communs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les hébergements classés sont évalués selon trois grands axes : la qualité de confort, la qualité des services, les bonnes pratiques en matière de respect de l&amp;#039;environnement et d&amp;#039;accueil des clientèles en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Aire d&amp;#039;accueil de camping-cars
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aire d&amp;#039;accueil de camping-cars est un espace ouvert gratuit ou non, dans ou en dehors d&amp;#039;un camping, réservé au stationnement des camping-cars de jour comme de nuit. Au-delà de 50 places, elle est soumise au permis d&amp;#039;aménager pour les parkings (R. 421-19 j du code de l&amp;#039;urbanisme). Elle peut être équipée d&amp;#039;une aire de services qui est un dispositif sanitaire technique proposé aux camping-caristes afin d&amp;#039;effectuer les opérations nécessaires comme la vidange des eaux usées et l&amp;#039;approvisionnement en eau potable.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les projets de création seront analysés au regard des besoins identifiés dans la stratégie touristique du territoire intercommunal concerné. Les projets devront donc répondre à un intérêt touristique avéré et à une problématique constatée de régulation du stationnement de ce type de véhicules.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Hôtellerie de plein air
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est de contribuer au développement économique et touristique par une offre d&amp;#039;hébergement de qualité. Seuls les établissements classés minimum 2 étoiles et ouvert au minimum entre mai et septembre pourront bénéficier de ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ A partir de 150 000 € d&amp;#039;investissement, le projet nécessite de faire appel à un cabinet spécialisé qui réalisera préalablement une étude de faisabilité (dépense éligible).
+&lt;/p&gt;
+&lt;p&gt;
+ Les terrains de camping concernés devront comporter au minimum 30% de leurs emplacements ouverts à la location (à la nuitées, semaine ou au mois pour une clientèle de passage).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti (applicable pour les seuls espaces nécessitant d&amp;#039;être chauffés), et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Aire d&amp;#039;accueil de camping-cars
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences en matière de végétalisation et de paysagement de l&amp;#039;espace.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création (applicable pour les seuls espaces nécessitant d&amp;#039;être chauffés), recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Equipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition inclusive :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers, sanitaires, ...), signalétique inclusive, accessibilité du bâtiment par des cheminements doux adaptés PMR, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Équipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;emplacements réservés et adaptés aux personnes à mobilités réduites, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique inclusive, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés à l&amp;#039;amélioration de la qualité des emplacements y compris cheminements avec une forte intégration environnementale et paysagère ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux concernant des équipements ludiques et de loisirs (piscine couverte ou non...), mais également bâtiment d&amp;#039;accueil ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les services offerts à la clientèle (location de vélo électrique ou non, bagagerie, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition, l&amp;#039;installation (hors achat par crédit-bail) et la rénovation d&amp;#039;habitations légères de loisirs (HLL) et mobil-homes avec terrasses y compris transport, pose et terrasse (uniquement dans le cadre d&amp;#039;un projet global)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement extérieur en cas de désimperméabilisation et végétalisation des espaces détente/loisirs et de stationnement ou création de stationnements perméables et végétalisés
+  &lt;/li&gt;
+  &lt;li&gt;
+   et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/hotellerie-de-plein-air-et-aire-daccueil-de-camping-cars-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.98.70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4857-hotellerie-de-plein-air-et-aire-daccueil-de-c/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>165103</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer la qualité des ressources en eau pour l’alimentation en eau potable ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour votre projet retenu à l’AMI Filières favorables à la ressource en eau&lt;/li&gt;
+&lt;li&gt;Pour votre projet sur un territoire faisant l’objet d’une contractualisation avec la Région (SENS 2027, etc.)&lt;/li&gt;
+&lt;li&gt;Pour d’autres projets d’investissement pour la lutte contre les pollutions diffuses&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité territoriale ou un groupement&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une entreprise, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et si votre projet concerne :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le développement de filières de systèmes et cultures à bas niveau d’impact sur la ressource en eau (tous débouchés, tels que l’alimentation, l’énergie, le textile, le bâtiment, le biocontrôle, etc.)&lt;/li&gt;
+&lt;li&gt;La lutte contre les pollutions diffuses permettant la réduction de l’usage des phytosanitaires et la préservation/reconquête de la qualité de l’eau&lt;/li&gt;
+&lt;li&gt;Des études à caractère général ou opérationnel, ayant pour objet la définition de plans d’actions de reconquête de la qualité de l’eau (délimitation d’AAC, Diagnostic Territorial Multi Pressions, volet ressources des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) en zone rurale s’appuyant sur la méthode définie dans le guide technique de l’Association Scientifique et Technique pour l’Eau et l’Environnement -ASTEE-)&lt;/li&gt;
+&lt;li&gt;Des équipements destinés à la mise en place de l’autocontrôle de la qualité de l’eau des collectivités dans le cadre des PGSSE en zone rurale&lt;/li&gt;
+&lt;li&gt;De l’expérimentation, notamment pour le développement des cultures à bas niveau d’impact et la mise en place de leviers agronomiques permettant la réduction de l’usage des phytosanitaires, prenant en compte le changement climatique (désherbage mécanique, innovation technologique, définition d’itinéraires techniques de cultures à bas niveau d’impact, etc.)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Taux maximum :&lt;br /&gt;
+&lt;/strong&gt;Analyse au cas par cas, suivant le type de porteur et les éventuels régimes d’état mobilisés.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;OU&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>08/11/2024</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-qualites-eau-captages/</t>
+        </is>
+      </c>
+      <c r="W126" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0291/depot/simple</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;OU&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;&lt;p&gt;Contactez Marion PETIN&lt;/p&gt;&lt;p&gt;marion.petin&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 76 23 16 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-reconquerir-la-qualite-des-ressources-en-eau-dans-les-aires-dalimentation-des-captages/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>163874</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Gérer l'eau et la nature dans les villes et les villages</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
+entraîné une artificialisation des zones urbanisées altérant durablement les
+fonctions écologiques des sols urbains, en particulier leurs fonctions
+hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
+le plus souvent par une imperméabilisation qui constitue la forme la plus
+sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
+naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
+l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
+corolaire un accroissement des ruissellements urbains, quasi-systématiquement
+gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
+inondations et des impacts plus ou moins significatifs sur la qualité des
+milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
+60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
+sont rejetés sans traitement au droit des déversoirs d’orage directement dans
+les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
+la vie présente dans ces sols et leur capacité à être supports de biodiversité,
+les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
+plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
+les capacités de stockage de carbone dans les sols sous forme de matière
+organique, facteur d’atténuation du dérèglement climatique, mais aussi de
+réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
+par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
+au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
+l’expression de leurs services écosystémiques, en repensant la place de l’eau
+et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
+constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
+Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
+Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
+première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
+titre de la présente délibération visent à impulser et accompagner la
+nécessaire transformation des modes d’aménagement urbain, de tendre vers un
+urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
+l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
+dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
+habitants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
+en améliorant leur état initial par la création de nouveaux espaces de nature
+en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P127" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q127" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité sont
+précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
+village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>53696</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les territoires dans le cadre de projets d'aménagements - Ingénierie Territoriale de l'Etat / Nouveau conseil aux territoires (NCT)</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>DDT du Tarn</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  4 missions de conseil dans le domaine de l&amp;#039;aménagement du territoire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;émergence de projet de territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la mise en œuvre de politiques publiques prioritaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement d&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui méthodologique aux collectivités confrontées à des difficultés particulières, notamment dans le domaine des risques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre du nouveau conseil aux Territoires (NCT), la direction départementale des territoires (DDT) du Tarn a mis en place depuis quelques années une organisation qui s&amp;#039;appuie sur plusieurs agents dont certains avec un profil pluridisciplinaire de type « référent territorial » et d&amp;#039;autres avec un profil plus spécialisé pour faire face à des enjeux particuliers dans le domaine de l&amp;#039;eau (GEMAPI, eau potable et assainissement) et du développement de la production des énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Les référents territoriaux de la DDT ont un positionnement transversal et sont de ce fait un interlocuteur privilégié des EPCI-FP et des collectivités. Ils constituent une porte d&amp;#039;entrée sur les différents domaines de compétence de la DDT et interviennent notamment dans les domaines de l&amp;#039;aménagement durable, de l&amp;#039;urbanisme (planification, réglementation, assainissement, etc.), la mobilité, la qualité des constructions, l&amp;#039;habitat et le logement, la revitalisation des centres bourgs, la problématique des risques naturels, le développement des énergies renouvelables,...
+&lt;/p&gt;
+&lt;p&gt;
+ La DDT apporte une vision transversale et intégrée des projets et ce dès leur émergence. Elle offre une aide aux EPCI-FP et aux villes principales souhaitant répondre aux appels à projets nationaux ou régionaux concernant l&amp;#039;aménagement durable (écoquartier, ville durable, ...) ou qui accompagnent la démarche de transition énergétique ainsi que l&amp;#039;appui aux secteurs ruraux. Des compétences spécifiques en ingénierie financière ont été développées (connaissance des sources et des modes de financement, en particulier financement de l&amp;#039;aménagement TA, PUP, PEPE, ...) permettant de contribuer utilement à l&amp;#039;émergence d&amp;#039;un projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exemples d&amp;#039;intervention :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement dans l&amp;#039;évolution de la gouvernance sur la Gemapi, Eau et Assainissement. Conseil dans le domaine réglementaire (SUP, schémas, zonages) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnement de communes dans des démarches de revitalisation de centre bourgs/centre ville/quartier urbain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  financement 1% paysage RN 88 : accompagnement de collectivités dans la sélection de projets éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnement administratif d&amp;#039;une collectivité pour la création d&amp;#039;une UTN locale en zone de moyenne montagne ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  participation aux suivis des AMI friches et conseil sur des projets en zone inondable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnement des développeurs éoliens et de centrales au sol dans leurs prospections et au travers du pôle ENR du Tarn. Conseil auprès des collectivités sur leurs démarches prospectives ou d&amp;#039;urbanisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseils à des communes confrontées à des mouvements de terrain (réglementation, fonds Barnier, relogement d&amp;#039;urgence) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  participation aux comités de suivi d&amp;#039;études de projet de pôle multimodal de deux villes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  appui réglementaire sur la publicité dans un site à haute valeur patrimoniale et paysagère ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Patrimoine et monuments historiques
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Alimentation
+Revitalisation
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Appui méthodologique
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P128" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>http://www.tarn.gouv.fr/les-missions-de-la-ddt-a540.html</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;blockquote&gt;
+ &lt;blockquote&gt;
+  &lt;br /&gt;
+ &lt;/blockquote&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Marie BRAU, référente territoriale du Gaillacois et Vaurais
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : marie.brau&amp;#64;tarn.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone :  06 07 78 22 86
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ------
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sophie DEBRIEU, référente territoriale de l&amp;#039;Albigeois
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : sophie.debrieu&amp;#64;tarn.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 07 72 24 72 70
+&lt;/p&gt;
+&lt;p&gt;
+ ------
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pierre-Luc RIVIERE, référent territorial d&amp;#039;Autan et Cocagne
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : pierre-luc.riviere&amp;#64;tarn.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 07 89 30 04 35
+&lt;/p&gt;
+&lt;p&gt;
+ ------
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cyril CREME, chef du pôle appui territorial
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : cyril.creme&amp;#64;tarn.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 81 27 51 19
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>christophe.antoine@tarn.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fd9-ddt-du-tarn-nouveau-conseil-au-territoire-nct/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>145890</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les opérations des collectivités</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'Ingénierie de l'Ain</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Initiée par le Département de l&amp;#039;Ain en 2013, l&amp;#039;Agence départementale d&amp;#039;Ingénierie de l&amp;#039;Ain, nommée Agence 01, a inscrit son fonctionnement dans le cadre de sa politique de soutien aux communes et intercommunalités.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;agence a pour principales missions d&amp;#039;accompagner et de conseiller les collectivités dans leurs projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cela se traduit pour la mise à disposition, via conventionnement, de moyens humains ayant des compétences techniques et administratives sur chacune des thématiques portées par l&amp;#039;agence :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Voirie (sécurisation, modes doux, sentiers, etc.), aménagement de l&amp;#039;espace public (parcs, places, équipements sportifs, etc.).
+ &lt;br /&gt;
+ • Construction et rénovation de bâtiments publics (mairie, école, maison de santé, salle polyvalente, etc.).
+ &lt;br /&gt;
+ • Cycle de l&amp;#039;eau (assainissement, stations d&amp;#039;épuration, équipements de lutte contre les incendies, etc.).
+ &lt;br /&gt;
+ • Urbanisme (planification et opérationnel).
+ &lt;br /&gt;
+ • Accompagnement à la passation des marchés publics.
+ &lt;br /&gt;
+ • Accompagnement juridique (conseil, accompagnement dans la mise en place de délégations de service public, etc.).
+ &lt;br /&gt;
+ • Ingénierie financière (accompagnement et réalisation des demandes de subventions, conseils d&amp;#039;optimisation des plans de financement, rédaction des candidatures aux appels à projets, etc.).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Sécurisation de carrefour.
+ &lt;br /&gt;
+ -  Rénovation de voirie existante.
+ &lt;br /&gt;
+ - Aménagement de pistes cyclables.
+ &lt;br /&gt;
+ - Aménagement de city-stade.
+ &lt;br /&gt;
+ - Construction de déchèterie.
+ &lt;br /&gt;
+ - Diagnostic pour la rénovation des ouvrages d&amp;#039;art.
+ &lt;br /&gt;
+ - Rénovation de salle polyvalente.
+ &lt;br /&gt;
+ - Construction de centre de loisirs.
+ &lt;br /&gt;
+ - Rénovation de la mairie.
+ &lt;br /&gt;
+ - Construction de médiathèque.
+ &lt;br /&gt;
+ - Accompagnement de la réalisation de schéma directeur d&amp;#039;assainissement et d&amp;#039;eau potable.
+ &lt;br /&gt;
+ - Rénovation des réseaux de distribution d&amp;#039;eau potable.
+ &lt;br /&gt;
+ - Déconnexion des réseaux d&amp;#039;eaux pluviales et d&amp;#039;assainissement.
+ &lt;br /&gt;
+ - Construction et rénovation de station d&amp;#039;épuration.
+ &lt;br /&gt;
+ -  Aménagement d&amp;#039;équipements de lutte contre les incendies.
+ &lt;br /&gt;
+ - Diagnostic des ouvrages d&amp;#039;art
+ &lt;br /&gt;
+ - Mise en œuvre d&amp;#039;urbanisme opérationnel
+ &lt;br /&gt;
+ - Révision de PLU
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour pouvoir bénéficier de conseils il suffit d&amp;#039;être adhérent à l&amp;#039;agence.
+ &lt;br /&gt;
+ Pour bénéficier d&amp;#039;un accompagnement de l&amp;#039;agence dans la préfiguration et/ou la réalisation d&amp;#039;une opération , il est nécessaire de conventionner pour définir, de manière précise, les missions pour lesquelles la collectivité souhaite l&amp;#039;intervention de nos équipes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>http://agence01.fr/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Yvan Pauget, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ conseil&amp;#64;agence01.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 74 55 49 00
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>conseil@agence01.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b83f-accompagner-les-operations-damenagement-des-c/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>163041</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F130" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I130" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Santé
+Education et renforcement des compétences
+Biodiversité
+Mers et océans
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>149553</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et des travaux dans le domaine de l’assainissement</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>ASSAINISSEMENT</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;accompagner les collectivités éligibles dans la réalisation d&amp;#039;études et de travaux dans les domaines de l&amp;#039;assainissement, et plus particulièrement les projets contribuant à l&amp;#039;amélioration de la qualité des milieux ou à enjeux sanitaires.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Subventions d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;h3&gt;
  Dépenses subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  Dépenses HT en lien avec les prestations éligibles.
  &lt;br /&gt;
  Les dépenses prises en compte sont les dépenses réelles, éventuellement réduites en fonction de plafonds d&amp;#039;aides ou de forfaits. Les plafonds d&amp;#039;aides correspondent à un montant maximal d&amp;#039;aide pour une opération considérée (hors tranches fonctionnelles).
  &lt;br /&gt;
  Par ailleurs, le Département peut, au vu des documents fournis à l&amp;#039;appui de la demande de subvention :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
@@ -9064,64 +20697,64 @@
  Selon le règlement financier général pour les subventions :
 &lt;/p&gt;
 &lt;p&gt;
  Acompte de la subvention sur présentation du cahier des charges et de l&amp;#039;acte d&amp;#039;engagement ou de la lettre de commande.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Acompte de 50% de la subvention pour les communes et EPCI dont le potentiel Fiscal est &amp;lt; 1 300 000€
   &lt;/li&gt;
   &lt;li&gt;
    Acompte de 30% de la subvention pour les autres communes de &amp;lt; 5 000 habitants, et les EPCI non urbains ou de type SIVU
   &lt;/li&gt;
   &lt;li&gt;
    Pas d&amp;#039;acompte au démarrage pour les autres, le versement de la subvention se faisant au fur et à mesure des dépenses justifiées
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Dispositif approuvé par délibération du 20 février 2023
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions générales :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    L&amp;#039;éligibilité des projets est conditionnée par le prix de l&amp;#039;eau : pour les travaux et pour les études, le prix  de l&amp;#039;eau minimum doit être supérieur ou égal à 1 € HT / m3 (part assainissement et hors redevance agence de l&amp;#039;eau).
   &lt;/li&gt;
  &lt;/ul&gt;
  Pour les communes pratiquant, par dérogation préfectorale, un prix au forfait, celui-ci sera ramené à un prix au mètre cube, en considérant un volume moyen de 120m3 /an/ abonné.
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Pour les études : nécessité d&amp;#039;associer le Département au comité de pilotage
   &lt;/li&gt;
   &lt;li&gt;
    Pour les travaux : nécessité de disposer d&amp;#039;un SDA récent (moins de 10 ans), conformité du projet avec la réglementation et avec les conclusions du SDA.
@@ -9316,1601 +20949,11995 @@
   &lt;/li&gt;
   &lt;li&gt;
    La création ou l&amp;#039;amélioration de station de traitement des eaux usées pour traiter des pollutions nouvelles
   &lt;/li&gt;
   &lt;li&gt;
    La collecte et le transport des eaux pluviales sauf ceux mentionnés précédemment
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux d&amp;#039;extension de réseau autres que ceux mentionnés précédemment
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux de raccordement, de collecte et le transport des effluents industriels autres que ceux mentionnés précédemment
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux d&amp;#039;entretien et de maintenance courante
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  Les collectivités territoriales et leurs groupements : communes, EPCI, syndicats d&amp;#039;eau, sous conditions
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/assainissement/</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Audrey BONNEFOY,
  Cheffe de Service  :
    Tél : 04 75 79 82 63
 &lt;/p&gt;
 &lt;p&gt;
  Nicolas RICCIO,
  Chargé de la Programmation des aides,
    Tél : 04 75 79 81 29
   –
  &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" target="_self"&gt;
   nriccio&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/62cd-assainissement/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G59" s="1" t="inlineStr">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>149546</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans mon exploitation d'élevage - Dispositif 201 du Feader</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>INVESTIR DANS MON EXPLOITATION D'ELEVAGE - Dispositif 201 du Feader</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme
+Conseil régional d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I132" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Permettre la modernisation et l&amp;#039;adaptation des élevages aux changements climatiques.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les travaux de construction, d&amp;#039;extension, d&amp;#039;amélioration de biens immobiliers des types de projets suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Constructions neuves avec logement d&amp;#039; animaux
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Constructions neuves de stockage des fourrages (foin et paille)
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Rénovations des bâtiments d&amp;#039;élevage et/ou extension partielles et/ou acquisitions, y compris stockage de fourrage et acquisition d&amp;#039;équipements
+&lt;/p&gt;
+&lt;p&gt;
+ 4- Mise aux normes (Nouvelles zones vulnérables)
+&lt;/p&gt;
+&lt;p&gt;
+ 5- Extension totale pour les bâtiments d&amp;#039;élevage : table d&amp;#039;alimentation, aire d&amp;#039;alimentation, couchage.
+&lt;/p&gt;
+&lt;p&gt;
+ 6- Stockage et fabrication d&amp;#039;aliments à la ferme
+&lt;/p&gt;
+&lt;p&gt;
+ 7- Pâturage
+&lt;/p&gt;
+&lt;p&gt;
+ 8- Alimentation en eau des élevages
+&lt;/p&gt;
+&lt;p&gt;
+ 9- Déconstruction de bâtiments aimantés (avec construction neuve ou rénovation)
+&lt;/p&gt;
+&lt;p&gt;
+ 10- Acquisition de matériels agricoles spécifiques en zone de montagne – hors tracteurs
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont calculés sur la base de coûts réels ou de forfait tels que définis dans la mesure 201 du programme régional FEADER 2023 2027 de la région AURA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les types de projet calculés sur la base de dépenses « au réel », sont également éligibles les dépenses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Frais de permis de construire ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Frais administratifs d&amp;#039;installation classée ICPE ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;achat des pièces et matériaux utilisés lors de l&amp;#039;auto-construction, sauf ceux liés aux ouvrages de stockage des effluents, charpente et électricité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Étude de faisabilité technique dont DEXEL
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Un seul dossier par bénéficiaire et par type de projet sera subventionné sur la durée de cette programmation 2023-2027, sauf exception ou modifications ultérieures.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Montant/taux de l&amp;#039;aide
+  &lt;/strong&gt;
+ &lt;/p&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#43;
+ 5 % si nouvel installé (y compris jeune agriculteur) (selon les modalités définies dans le document « conditions transversales ») ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  30%
+   des dépenses éligibles suite à instruction et maximum 40% selon les modulation suivantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43;
+   5 % pour les exploitations situées en zone de montagne
+   ou &amp;#43;10 % pour les exploitations situées en zone de haute-montagne (selon les modalités définies dans le document « conditions transversales »).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dossier doit être déposé en ligne sur le site de la Région Auvergne-Rhône-Alpes dans le cadre des appels à candidatures lancés sur le dispositif 201 – Investir pour mon exploitation d&amp;#039;élevage.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention pour de l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bases réglementaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Article  42 Traité sur le Fonctionnement de Union Européenne (TFUE),
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ La construction/déconstruction/extension/rénovation de bâtiments et les équipements des exploitations d&amp;#039;élevage bovine, ovine, caprine, avicole, cunicole, porcine qui ont pour effet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leur modernisation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diminution de l&amp;#039;impact environnemental,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;amélioration de l&amp;#039;ambiance et de la performance énergétique des bâtiments pour faire face
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux écarts de température,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création de capacités de stockage pour l&amp;#039;alimentation des animaux (fourrages et concentrés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  et le renforcement de l&amp;#039;utilisation du pâturage pour faire face aux aléas climatiques, la création de systèmes d&amp;#039;abreuvement indépendants des réseaux d&amp;#039;eau potable, la réduction de l&amp;#039;artificialisation des terres agricoles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher des dépenses : 10 000€ HT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond des dépenses : de 50 000€ HT ou 225 000€ HT
+ &lt;/strong&gt;
+ selon les types de projets ne bénéficiant qu&amp;#039;à une seule exploitation agricole. Pour les GAEC, ce plafond est multiplié par le nombre d&amp;#039;associés jusqu&amp;#039;à 3 maximum.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet est éligible :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  si l&amp;#039;investissement matériel est réalisé dans le département de la Drôme et le siège d&amp;#039;exploitation en Région AURA
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou si le siège d&amp;#039;exploitation est situé dans la Drôme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sélection
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles feront l&amp;#039;objet d&amp;#039;une sélection. Les critères de sélection seront portés à connaissance des porteurs de projets dans l&amp;#039;appel à candidatures.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestion de l&amp;#039;enveloppe votée au budget et priorités départementales :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les participations financières de chaque co-financeur national et du FEADER sont optimisées au sein de chaque appel à candidatures. Les dossiers sont classés par ordre de priorité en fonction d&amp;#039;une grille de sélection disponible dans chaque appel à candidatures.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département engage ses crédits dans la limite des enveloppes votées par l&amp;#039;Assemblée.
+&lt;/p&gt;
+&lt;p&gt;
+ La Commission permanente du Conseil départemental de la Drôme peut choisir les dossiers qu&amp;#039;elle accompagne parmi les sélectionnés, en fonction des priorités fixées au niveau départemental. Ainsi, dans le cadre de sa politique agricole, le Département interviendra en priorité sur les dossiers des agriculteurs
+ &lt;strong&gt;
+  certifiés Bio
+ &lt;/strong&gt;
+ , puis sur ceux
+ &lt;strong&gt;
+  des nouveaux installés
+ &lt;/strong&gt;
+ (reconnus JA ou non) et enfin sur ceux qui se trouvent
+ &lt;strong&gt;
+  en zone de montagne
+ &lt;/strong&gt;
+ . Si le Département a encore des crédits disponibles après avoir pris ces dossiers, il pourra financer les autres dossiers sélectionnés.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Exclusions
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Voir la Mesure 201 du programme régional FEADER 2023 2027 de la région AURA
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Agriculteurs actifs (hors Cotisants solidaires sauf agriculteurs en cours d&amp;#039;installation).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/investir-dans-mon-exploitation-delevage-dispositif-201-du-feader/</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Région Auvergne Rhône Alpes
+&lt;/p&gt;
+&lt;p&gt;
+ Demande en ligne sur le site de la Région Auvergne-Rhône-Alpes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aadf-investir-dans-mon-exploitation-delevage-dispo/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>120278</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Mener des Opérations d’Aménagement Foncier Agricole Forestier et Environnemental (AFAFE) et d’Echanges et Cessions d’Immeubles</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement foncier rural</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations d&amp;#039;Aménagement Foncier Agricole Forestier et Environnemental (AFAFE) et d&amp;#039;Echanges et Cessions d&amp;#039;Immeubles
+ &lt;br /&gt;
+ Ruraux (ECIR) avec les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Améliorer les conditions d&amp;#039;exploitation des propriétés
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   rurales agricoles et forestières :
+  &lt;/strong&gt;
+  regroupement des parcelles et rapprochement du siège d&amp;#039;exploitation, amélioration de l&amp;#039;accès aux parcelles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Assurer la mise en valeur des espaces naturels ruraux
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   et la préservation de l&amp;#039;environnement :
+  &lt;/strong&gt;
+  gérer au mieux les espaces naturels et agricoles, et les intégrer comme des atouts du territoire. Cet outil foncier peut être utilisé par exemple, dans le cadre d&amp;#039;une démarche pour améliorer la qualité de l&amp;#039;eau sur un captage d&amp;#039;eau potable, pour préserver des milieux naturels comme les zones humides, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Contribuer à l&amp;#039;aménagement du territoire communal :
+  &lt;/strong&gt;
+  possibilité pour les Collectivités de se constituer des réserves foncières pour des projets d&amp;#039;équipements publics et de gestion et protection de l&amp;#039;environnement et des paysages, de modifier le réseau de voirie, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Echanges avec la Collectivité (mail ou téléphone) :
+&lt;/p&gt;
+&lt;p&gt;
+ RDV sur place pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  affiner les besoins (enjeux et objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  informer sur le cadre réglementaire, les enjeux et objectifs des outils,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter les différentes procédures et leur déroulement
+ &lt;/li&gt;
+ &lt;li&gt;
+  définition de la démarche à mettre en œuvre et du calendrier envisagé
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;ouvrage déléguée (MOD) (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A noter l&amp;#039;aménagement foncier est une compétence du Département. Les opérations sont donc conduites par des Commissions sous la responsabilité du Département.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gestion des procédures de marché public : rédaction des dossiers de consultation, organisation de la consultation, analyse des offres, choix du prestataire, passation des marchés et suivi)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et validation des études préalables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion administrative, réglementaire et financière des procédures : organisation des réunions, rédaction des actes administratifs, mise en œuvre des enquête publiques, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des opérations entre les géomètres, les bureaux d&amp;#039;études, les communes et les partenaires institutionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des opérations dans les communes : animation et secrétariat des commissions, participation aux réunions de travail, accompagnement de la collectivité dans ses choix, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des éventuels contentieux : Instruction préalable des réclamations, gestion du contentieux (rédaction de mémoires en défense, relation avec le Tribunal Administratif)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Foncier
+Agriculture et agroalimentaire
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/amenagement-foncier-rural/</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement agricole, Agroalimentaire et Bois
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 79 26 20
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:sbarray&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+  sbarray&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9732-amenagement-foncier-rural/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>139934</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’une aide pour accompagner, définir, piloter et exploiter un projet dans le domaine de l’eau et de l’assainissement</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>AMO Mission eau-assainissement</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de Cantal Ingénierie &amp;amp; Territoires (CIT) dans le domaine de l&amp;#039;eau et de l&amp;#039;assainissement s&amp;#039;inscrit en complément des missions obligatoires d&amp;#039;assistance technique réalisées par la MAGE (Mission d&amp;#039;Assistance à la Gestion de l&amp;#039;Eau) du département, en proposant des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Eau Potable : la création et l&amp;#039;aménagement d&amp;#039;ouvrages d&amp;#039;eau potable (captages réservoirs, stations de pompage), la mise en place de traitement de potabilisation, de travaux d&amp;#039;interconnexion de réseaux, de mise en place de compteurs de sectorisation et de télésurveillance, la passation de contrats de prestation ou de concession,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assainissement Collectif : des travaux de mise en séparatif ou de réhabilitation de réseaux de collecte, la création ou la réhabilitation de systèmes de traitement des eaux usées, la mise en place de dispositifs d&amp;#039;auto surveillance et/ou de mesure, la passation de contrats de prestation ou de concession.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réalisation d&amp;#039;études dans le domaine de l&amp;#039;eau : diagnostic de réseaux et d&amp;#039;ouvrages, études de valorisation des boues, révision de zonage, étude de gouvernance préalable à un transfert de compétences
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Transition énergétique
+Equipement public
+Appui méthodologique
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre adhérent à CIT
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conventionnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/683e-beneficier-dune-aide-pour-accompagner-definir/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>144510</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif de collecte mutualisée des déchets de venaison</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I59" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K59" s="1" t="inlineStr">
+      <c r="I135" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aide à la gestion des risques d&amp;#039;inondation.
-[...6 lines deleted...]
- &lt;br /&gt;
+ La régulation du gros gibier constitue un enjeu important dans les Landes et génère une grande quantité de déchets issus de la dépouille, de la découpe et de l&amp;#039;éviscération du gibier.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des raisons sanitaires évidentes de réduction des risques épidémiologiques notamment, la collecte et le traitement de ces déchets a commencé à se structurer dans les Landes.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est pourquoi le Département, en partenariat technique avec la Fédération des Chasseurs des Landes, souhaite accompagner les Groupements de Communes mettant en place un dispositif de collecte mutualisée de ces déchets et leur apporter un soutien financier à l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention présentées ci-après s&amp;#039;entendent dans la limite de l&amp;#039;enveloppe budgétaire votée annuellement par l&amp;#039;Assemblée départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une aide du Département est accordée aux Groupements de Communes pour la mise en place de points de collecte mutualisés des déchets de venaison.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions générales d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout investissement ou démarrage des travaux et comporter l&amp;#039;ensemble des pièces mentionnées à l&amp;#039;article 3.
+&lt;/p&gt;
+&lt;p&gt;
+ Une autorisation de démarrage anticipé des opérations pourra le cas échéant être sollicitée préalablement à la décision d&amp;#039;attribution de subvention, mais sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Dossier de demande
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention doit être adressé à Monsieur le Président du Conseil départemental et doit comprendre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  la gestion alternative des eaux pluviales liées aux bâtiments et espaces publics (selon un prix de référence de 700 € par m3).
+  le descriptif technique de l&amp;#039;opération, faisant apparaître ses objectifs ainsi que son échéancier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le devis estimatif ou acte d&amp;#039;engagement et détail quantitatif estimatif du (des) marché(s),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement prévisionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la délibération de l&amp;#039;assemblée délibérante du Groupement de Communes décidant la réalisation de l&amp;#039;opération, fixant le coût d&amp;#039;objectif et le plan de financement prévisionnels et sollicitant les financeurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le rapport mentionnant l&amp;#039;avis technique favorable de la Fédération des Chasseurs des Landes.
  &lt;/li&gt;
 &lt;/ul&gt;
-Taux à 40% pour :
-&lt;br /&gt;
+&lt;p&gt;
+ Tout dossier incomplet sera jugé irrecevable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités de calcul de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les taux de subvention, applicables au coût hors taxes des dépenses liées à la mise en place des points de collecte mutualisés des déchets de venaison, sont les suivants :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  les études pour l&amp;#039;acquisition de données quantitatives relatives aux aléas et au fonctionnement des systèmes aquatiques,
-[...11 lines deleted...]
-  la mise en conformité des digues et barrages classés (plafonné à 500.000 € HT).
+  travaux de création d&amp;#039;un point de collecte mutualisé (dalle béton, système de sécurisation, panneaux informatifs) : 25%
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition d&amp;#039;équipements de stockage mutualisés (bac spécifique, chambre froide, congélateur) : 25%
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Taux à 50% pour :
+ la subvention annuelle étant plafonnée à 30 000 € par EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ Les extensions de réseau électrique, d&amp;#039;eau potable, d&amp;#039;assainissement éventuellement nécessaires à la mise en place de ces dispositifs ne sont pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des travaux s&amp;#039;entend hors divers imprévus et honoraires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention sera soumise aux fins de décision attributive à la Commission Permanente du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Un arrêté attributif de subvention sera pris en application de cette décision et précisera les modalités de versement de l&amp;#039;aide départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Libération de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de versement de subvention devra être adressée à Monsieur le Président du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le versement de la subvention interviendra au prorata des dépenses effectivement réalisées et sur production :
+ &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  les études et travaux à vocation de gestion des inondations et de réduction de la vulnérabilité des bâtiments publics et des réseaux urbains,
-[...5 lines deleted...]
-  les dispositifs et actions de sensibilisation des populations.
+  du décompte général et définitif visé par le comptable public, le Conseil départemental se réservant le droit de demander la communication des factures justificatives,
+ &lt;/li&gt;
+ &lt;li&gt;
+  du plan de financement définitif visé du Président,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de tout autre document mentionné dans l&amp;#039;arrêté attributif.
  &lt;/li&gt;
 &lt;/ul&gt;
-Délibération n°2017-04-0018 (AD du 25/09/2017)</t>
-[...4 lines deleted...]
-          <t>Eau pluviale
+&lt;p&gt;
+ &lt;strong&gt;
+  → Annulation de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout changement d&amp;#039;affectation de la subvention du Département sans accord de ce dernier en entraînera son annulation et le cas échéant son reversement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Contrôle
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le contrôle de l&amp;#039;exécution des opérations est effectué par le Service Milieux Aquatiques de la Direction de l&amp;#039;Environnement du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=177</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2189-collecte-des-dechets-de-venaison/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>164129</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Protéger et restaurer la qualité de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I136" s="1" t="inlineStr">
+        <is>
+          <t> Min : 80 Max : 100</t>
+        </is>
+      </c>
+      <c r="J136" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l&amp;#039;ensemble des opérations :&lt;br /&gt;&amp;gt; au titre des plans d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
+production d’eau potable, visant à développer des changements de systèmes agricoles afin de couvrir 
+une majeure partie des surfaces agricoles les plus sensibles pour les ressources en eau par des cultures 
+et systèmes à bas niveau d’impact. Différents outils, volontaires et règlementaires, peuvent être 
+mobilisés : animation, actions de communication, gestion foncière, soutien aux filières agricoles à Bas 
+Niveaux d’Impact (BNI), paiements pour services environnementaux (PSE), Mesures 
+Agroenvironnementales et Climatiques (MAEC), Zones soumises à Contraintes Environnementales 
+(ZSCE), Arrêtés de Déclaration d’Utilité Publique (DUP), mise en œuvre d’infrastructures 
+agroécologiques (haies, bandes enherbées, zones de filtration, …).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q136" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l’ensemble des 
+actions contribuant au 
+changement de systèmes agricoles 
+concourant à l’atteinte des 
+objectifs de reconquête et de 
+préservation de la ressource en 
+eau, notamment :
+&lt;br /&gt;&amp;gt; Les opérations foncières 
+coordonnées (acquisition de 
+terrain, échanges parcellaires ou 
+encore le portage du foncier, …) ;
+&lt;br /&gt;&amp;gt; Le développement de filières
+agricoles à Bas Niveau d’Impact 
+(BNI) sur la ressource en eau ;
+&lt;br /&gt;&amp;gt; La mise en œuvre 
+d’infrastructures agro 
+écologiques (haies, bandes 
+enherbées, zones de
+filtration, …) ;
+&lt;br /&gt;&amp;gt; Les paiements pour services 
+environnementaux ;
+&lt;br /&gt;&amp;gt; Les MAEC de maintien en herbe 
+ou de réduction d’herbicides.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-realisation-detudes/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>164215</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une Délégation de Matrise d'Ouvrage "Clé en main"</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Délégation de matrise d'ouvrage (DMO)</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financé par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70 propose ses
+compétences aux collectivités adhérentes pour des missions de délégation de
+maîtrise d’ouvrage&lt;/p&gt;&lt;p&gt;L’agence missionne l’entreprise pour le
+compte des collectivités via des accords cadre à bons de commandes. L’agence
+suit les travaux et les réceptionne. La maitrise d’ouvrage est déléguée, c’est
+Ingénierie70 qui réglera à l’entreprise le montant des travaux. &lt;/p&gt;&lt;p&gt;Réalisation sous mandat de maîtrise d&amp;#039;ouvrage
+déléguée de tous travaux concernant l&amp;#039;assainissement (réseaux, stations
+d&amp;#039;épuration, pluvial...) et l&amp;#039;eau potable (installations de production et de
+traitement, réseaux...), voirie pour un montant de travaux &amp;lt; à 100 000 € HT.&lt;/p&gt;&lt;p&gt;NIVEAU
+D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/p&gt;&lt;p&gt;Ø  &lt;u&gt;La phase définition des conditions de réalisation incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Définition des
+conditions administratives et techniques selon lesquelles les ouvrages seront
+réalisés ;&lt;/p&gt;&lt;p&gt;-
+Réalisation des démarches administratives nécessaires pour l’exécution des
+travaux ;&lt;/p&gt;&lt;p&gt;- Assistance
+au maître d’ouvrage pour le montage des dossiers de subvention.&lt;/p&gt;&lt;p&gt;Ø 
+&lt;u&gt;La
+phase travaux incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Sélection
+par Ingénierie70 des prestataires
+et passation des marchés de travaux ;&lt;/p&gt;&lt;p&gt;- Le cas
+échéant, organisation de la coordination sécurité et protection de la santé ;&lt;/p&gt;&lt;p&gt;- Contrôle
+de l’activité des prestataires, organisation et direction des réunions de
+chantier, rédaction et diffusion des comptes rendus ; &lt;/p&gt;&lt;p&gt;- Gestion
+administrative et comptable de l’opération, paiement des marchés de travaux aux
+prestataires;&lt;/p&gt;&lt;p&gt;- Réception
+des travaux des prestataires, en liaison avec le maître d’ouvrage ;&lt;/p&gt;&lt;p&gt;- Le cas
+échéant, suivi des réserves formulées lors de la réception des travaux jusqu’à
+leur levée ;&lt;/p&gt;&lt;p&gt;- Suivi des
+désordres signalés par le maître de l’ouvrage durant l’année de parfait
+achèvement ;&lt;/p&gt;&lt;p&gt;- Gestion
+des contentieux avec les prestataires. Dans ce cas, Ingénierie70 peut ester en justice pour le compte du maitre
+de l’ouvrage.&lt;/p&gt;&lt;p&gt; Durant tout son mandat, Ingénierie70
+assure une assistance d’ordre technique et administrative au maître d’ouvrage&lt;/p&gt;&lt;ul type="disc"&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aménagement d&amp;#039;un arrêt de bus, aménagement de sécurité, modification d&amp;#039;un carrefour, réhabilitation d&amp;#039;un jeu de quilles, travaux de voirie etc. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il est nécessaire d&amp;#039;adhérer au pôle concerné de l’agence départementale. Toutes les collectivités, CC, syndicats peuvent être adhérent à Ingénierie70.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : contact&amp;#64;ingenierie70.fr&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>julie.galland@ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-dune-delegation-de-matrise-douvrage-cle-en-main/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>94791</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en oeuvre de leur projet d'urbanisme, d'aménagement, d'assainissement, d'eau, de voirie et d'ouvrage d'art</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de Meurthe et Moselle (ATD 54)</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Assistance technique, administrative et financière des collectivités pour la définition de leurs besoins, la conception et la mise en oeuvre des projets dans les domaines de l&amp;#039;aménagement, de l&amp;#039;urbanisme, de l&amp;#039;eau, de la voirie et des ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  AMO travaux d&amp;#039;assainissement collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à l&amp;#039;entretien des ouvrages d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de schéma directeur eau potable, suivi de DSP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un programme de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites des ponts et conseils en matière de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO opérations d&amp;#039;urbanisme et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion intégrée des eaux pluviales dans les projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche et à la mobilisation des financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
 Eau souterraine
-Cours d'eau / canaux / plans d'eau
-[...8 lines deleted...]
-      <c r="O59" s="1" t="inlineStr">
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Equipement public
+Logement et habitat
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
-[...23 lines deleted...]
-      <c r="X59" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.mmd54.org/</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction de l&amp;#039;environnement
-[...2 lines deleted...]
- Téléphone : 01 60 91 97 27
+ Mail :
+ &lt;a href="mailto:mmd54&amp;#64;mmd54.org" rel="noopener" target="_blank"&gt;
+  mmd54&amp;#64;mmd54.org
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile CALIN, Directrice de MMD 54 : 03 94 94 56 92
+&lt;/p&gt;
+&lt;p&gt;
+ Murielle COLLIGNON, Assistante administrative : 03 54 50 71 66
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>ccalin@mmd54.org</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abfe-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G60" s="1" t="inlineStr">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>164918</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le partage de l'eau et la sobriété</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Partage de l'eau et sobriété</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
-[...14 lines deleted...]
-      <c r="K60" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I139" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O60" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>Dans un contexte de tension croissante sur la ressource en eau sous l’effet du changement climatique, le soutien de l’agence de l’eau vise à accompagner la réduction des prélèvements et l’engagement, partout et pour tous, de pratiques ou usages plus sobres en eau, en application de l’objectif national de sobriété du Plan eau.&lt;br /&gt;
+&lt;br /&gt;
+Pour cela, l’agence soutient notamment la dynamique d’émergence ou de révision des projets de territoire pour la gestion de l’eau (PTGE), afin que le partage de l’eau et l’anticipation du changement climatique s’organisent dans le dialogue territorial et à une échelle cohérente d’un point de vue hydrographique ou hydrogéologique.&lt;br /&gt;
+&lt;br /&gt;
+En priorité, l’agence accompagne les territoires les plus en tension sur la ressource en eau, identifiés par les Schémas directeurs d’aménagement et de gestion des eaux (SDAGE).</t>
+        </is>
+      </c>
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété en eau des collectivités (réduction des fuites sur les infrastructures de distribution d&amp;#039;eau potable, actions sur la réduction de la consommation dans les bâtiments publics ou auprès des particuliers...)&lt;br /&gt;
+Sobriété en eau de l&amp;#039;agriculture&lt;br /&gt;
+Sobriété en eau des activités industrielles et économiques&lt;br /&gt;
+Partage de l&amp;#039;eau entre les usages&lt;br /&gt;
+Projets de substitution (stockage, transfert)&lt;br /&gt;
+Réutilisation des eaux usées traitées et des eaux grises&lt;br /&gt;
+Remise en état post-sinistre</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P60" s="1" t="inlineStr">
+      <c r="P139" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q60" s="1" t="inlineStr">
+      <c r="Q139" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S60" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128493/fr/partage-de-l-eau-et-sobriete</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/partage-de-leau-et-sobriete/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G61" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>144514</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d’investissement sur les systèmes d’endiguement fluviaux du territoire pour prévenir les inondations liées aux cours d'eau et aux milieux humides associés</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La loi de Modernisation de l&amp;#039;Action Publique Territoriale et d&amp;#039;Affirmation des Métropoles (MAPTAM) attribue aux Etablissements Publics de Coopération Intercommunale à fiscalité propre (EPCI-FP) une compétence exclusive et obligatoire relative à la Gestion des Milieux Aquatiques et la Prévention des Inondations (GEMAPI), ceux-ci ayant la possibilité de la déléguer ou la transférer pour tout ou partie à un syndicat mixte.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est définie par les 4 alinéas (ou items) suivants de l&amp;#039;article L.211-7 du code de l&amp;#039;environnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  (1°) L&amp;#039;aménagement d&amp;#039;un bassin ou d&amp;#039;une fraction de bassin hydrographique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  (2°) L&amp;#039;entretien et l&amp;#039;aménagement d&amp;#039;un cours d&amp;#039;eau, canal, lac ou plan d&amp;#039;eau, y compris les accès à ce cours d&amp;#039;eau, à ce canal, à ce lac ou à ce plan d&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  (5°) La défense contre les inondations et contre la mer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  (8°) La protection et la restauration des sites, des écosystèmes aquatiques et des zones humides ainsi que des formations boisées riveraines.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La réglementation issue du Décret n° 2015-526 du 12 mai 2015 « relatif aux règles applicables aux ouvrages construits ou aménagés en vue de prévenir les inondations et aux règles de sûreté des ouvrages hydrauliques » et du Décret n° 2019-895 du 28 août 2019 « portant diverses dispositions d&amp;#039;adaptation des règles relatives aux ouvrages de prévention des inondations », directement concernés par cet item 5, apporte de nouvelles notions techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les systèmes d&amp;#039;endiguement, ainsi que le niveau de protection et la zone protégée obligatoirement associés, doivent être définis par l&amp;#039;autorité administrative compétente pour la prévention des inondations, à savoir la structure détentrice de la compétence GEMAPI (le « GEMAPIen »). Ils sont soumis à autorisation administrative. Les nouvelles règles de classement des systèmes d&amp;#039;endiguement sont fixées par les articles R. 214-112 et R. 214-113 du code de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les procédures de classement de ces ouvrages sont longues et très souvent coûteuses. Les travaux potentiels à réaliser à la suite des études peuvent également se révéler onéreux. Ainsi, le législateur a prévu la possibilité pour l&amp;#039;EPCI-FP de lever par l&amp;#039;impôt une taxe dite « GEMAPI », taxe facultative perçue par les intercommunalités pour couvrir notamment, outre celles liées à la gestion des milieux aquatiques, les charges liées à la prévention des inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois, cette taxe GEMAPI, taxe affectée, ne peut excéder 40 euros en moyenne par habitant et par an. Pour les agglomérations, au regard de leurs moyens généraux et de la densité de leur population, le fruit de cette taxe devrait leur permettre d&amp;#039;assumer cette mise en œuvre. En outre, considérant que ces territoires présentent le plus d&amp;#039;enjeux, ils sont souvent accompagnés par l&amp;#039;Etat via le Fonds de Prévention des Risques Naturels Majeurs (dit « Fonds Barnier »), mobilisable uniquement dans le cadre d&amp;#039;un Programme d&amp;#039;Actions de Prévention des Inondations (PAPI).
+&lt;/p&gt;
+&lt;p&gt;
+ En revanche, pour les territoires ruraux, la recette maximale théorique attendue par cette seule taxe GEMAPI ne saurait couvrir l&amp;#039;intégralité des dépenses d&amp;#039;investissement, sans omettre les dépenses inhérentes à la gestion des milieux aquatiques (généralement confiée aux Syndicats Mixtes de Rivières). Cette taxe GEMAPI, mobilisée seule, ne peut répondre pleinement aux enjeux, a fortiori pour les EPCI-FP « ruraux ».
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif d&amp;#039;accompagnement financier s&amp;#039;inscrit donc dans le cadre de la solidarité territoriale menée par le Département des Landes, considérant l&amp;#039;effort financier pour certains acteurs publics du territoire à subvenir seuls à leurs besoins en matière d&amp;#039;études, de travaux et/ou acquisitions foncières à vocation de travaux relevant des Décrets n° 2015-526 du 12 mai 2015 et n° 2019-895 du 28 août 2019, relatif aux règles applicables aux ouvrages construits ou aménagés en vue de prévenir les inondations fluviales et aux règles de sûreté des systèmes d&amp;#039;endiguement visant à protéger des biens et des personnes.
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion de l&amp;#039;eau dans sa dimension grand cycle implique, à l&amp;#039;échelle du bassin versant, différents niveaux de collectivités au titre de thématiques aussi larges que l&amp;#039;urbanisme, la biodiversité, l&amp;#039;aménagement de l&amp;#039;espace, le développement économique, la solidarité, la prévention des inondations, la gestion des milieux aquatiques, l&amp;#039;alimentation en eau potable, l&amp;#039;assainissement, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Etablissement Public Territorial de Bassin (EPTB) – Institution Adour (IA)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion de l&amp;#039;eau dans sa dimension grand cycle implique, à l&amp;#039;échelle du bassin versant, différents niveaux de collectivités au titre de thématiques aussi larges que l&amp;#039;urbanisme, la biodiversité, l&amp;#039;aménagement de l&amp;#039;espace, le développement économique, la solidarité, la prévention des inondations, la gestion des milieux aquatiques, l&amp;#039;alimentation en eau potable, l&amp;#039;assainissement, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de son processus d&amp;#039;évolution engagé en application des évolutions législatives (lois MAPTAM, NOTRe, Biodiversité,  ...), l&amp;#039;EPTB du bassin de l&amp;#039;Adour, l&amp;#039;Institution Adour, s&amp;#039;est structuré, tant du point de vue de sa gouvernance, en ouvrant la possibilité d&amp;#039;adhésion à tous les niveaux de collectivités du territoire intéressées à la gestion de l&amp;#039;eau dans sa dimension grand cycle (eaux superficielles et eaux souterraines), que d&amp;#039;un point de vue statutaire (en devenant syndicat mixte ouvert à la carte), pour pouvoir exercer au mieux les missions qui lui incombent du fait de son statut d&amp;#039;EPTB.
+&lt;/p&gt;
+&lt;p&gt;
+ Dès lors, sur la base des actions qui lui sont confiées par ses membres ainsi que de son retour d&amp;#039;expérience en matière d&amp;#039;animation et de portage de démarches stratégiques et structurantes de gestion intégrée de l&amp;#039;eau (SAGE, Projets de Territoire pour la Gestion de l&amp;#039;Eau [PTGE], Stratégies Locales de Gestion des Risques d&amp;#039;Inondation [SLGRI], PAPI, ...), et au vu des projets en émergence sur le bassin de l&amp;#039;Adour, l&amp;#039;EPTB est un garant des principes fondateurs de la politique de l&amp;#039;eau mise en œuvre à l&amp;#039;échelle nationale et déclinée à l&amp;#039;échelle des bassins que sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la cohérence hydrographique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la solidarité à l&amp;#039;échelle du bassin, tant amont/aval, rive gauche/rive droite qu&amp;#039;urbaine/rurale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mutualisation des moyens, des compétences et des actions des maîtrises d&amp;#039;ouvrage dans un souci d&amp;#039;efficacité et de sobriété.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En outre, dans le domaine relatif aux systèmes d&amp;#039;endiguement, l&amp;#039;IA peut légitimement être considéré comme l&amp;#039;interlocuteur privilégié de l&amp;#039;Etat, porteur d&amp;#039;un message à l&amp;#039;échelle nationale au sein du réseau des EPTB.
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;échelle du bassin de l&amp;#039;Adour, l&amp;#039;EPTB est donc l&amp;#039;outil pertinent qui permet d&amp;#039;assurer et de garantir une co-construction de projets qui sont à la fois partagés et solidaires entre les différents acteurs de l&amp;#039;eau, quels que soient les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ En outre, dans les Landes, le bassin versant de l&amp;#039;Adour concentre géographiquement et exclusivement les enjeux liés à la gestion des systèmes d&amp;#039;endiguement pour la défense contre les inondations liées aux cours d&amp;#039;eau et milieux humides associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Partant de ce constat, l&amp;#039;éligibilité des opérations relevant de ce dispositif d&amp;#039;accompagnement, au sein du bassin versant de l&amp;#039;Adour, sera soumise à une maîtrise d&amp;#039;ouvrage de l&amp;#039;Institution Adour, qu&amp;#039;il s&amp;#039;agisse d&amp;#039;une délégation de compétences de l&amp;#039;entité GEMAPIenne vers l&amp;#039;EPTB ou, à terme, d&amp;#039;un transfert partiel ou complet de ses compétences relatives à la défense contre les inondations (item 5).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs et bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département est susceptible d&amp;#039;accorder à l&amp;#039;Institution Adour des aides dans le cadre d&amp;#039;une délégation ou d&amp;#039;un transfert des compétences en matière de défense contre les inondations (item 5 de la GEMAPI) par les établissements publics de coopération intercommunale à fiscalité propre (EPCI-FP) ou les syndicats mixtes de bassins versants landais ou interdépartementaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces aides seront exclusivement destinées à des opérations (études et/ou travaux) visant à assurer les premiers travaux d&amp;#039;investissement sur les systèmes d&amp;#039;endiguement fluviaux du territoire dans le cadre des procédures de classement relevant des Décrets n° 2015-526 du 12 mai 2015 et n° 2019-895 du 28 août 2019 afin de prévenir les inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département est également susceptible d&amp;#039;accorder à l&amp;#039;Institution Adour, mais aussi aux Communes, aux EPCI-FP ou aux syndicats mixtes landais ou interdépartementaux compétents en matière de GEMAPI des aides pour des acquisitions foncières en vue des travaux d&amp;#039;investissement sur les systèmes d&amp;#039;endiguement fluviaux du territoire dans le cadre des procédures de classement relevant des Décrets n° 2015-526 du 12 mai 2015 et n° 2019-895 du 28 août 2019 afin de prévenir les inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions générales d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Considérant que ce dispositif relève de la solidarité territoriale menée par le Département des Landes, les opérations qui bénéficient par ailleurs de financements issus du Fonds Barnier, sont inéligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout commencement d&amp;#039;opération et comporter l&amp;#039;ensemble des pièces indiquées ci-après dans les articles afférents. Une autorisation de démarrage anticipé des actions pourra toutefois être sollicitée préalablement à la décision d&amp;#039;attribution d&amp;#039;aide sans que sa délivrance ne présage en rien de l&amp;#039;issue qui sera donnée à la demande d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules les opérations visant les objectifs précisés aux articles 1, 5, 9 et 13 du présent règlement sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement départemental sera calculé sur la base des coûts hors taxes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités et conditions d&amp;#039;attribution de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide sera soumise aux fins de décision attributive à la Commission Permanente et un arrêté attributif d&amp;#039;aide sera pris en application de cette décision.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;hypothèse où l&amp;#039;opération n&amp;#039;aurait pas fait l&amp;#039;objet d&amp;#039;un commencement d&amp;#039;exécution dans un délai de 2 ans à compter de la date de l&amp;#039;arrêté attributif, un arrêté annulant l&amp;#039;aide sera pris après information de la Commission Permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de solde de l&amp;#039;opération, incluant l&amp;#039;ensemble des justificatifs nécessaires à son versement, devra parvenir au Département dans un délai de 4 ans à compter de la date de l&amp;#039;arrêté attributif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités de versement de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de l&amp;#039;aide interviendra au prorata des dépenses effectivement réalisées et sur production :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  du décompte général des dépenses visé par le comptable public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  du plan de financement définitif de l&amp;#039;opération visé par le Président de l&amp;#039;EPTB,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les études, d&amp;#039;un exemplaire du rapport final, approuvé par l&amp;#039;autorité compétente,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux et acquisitions foncières à vocation de travaux, d&amp;#039;un compte-rendu dressant un bilan détaillé de l&amp;#039;opération, approuvé par l&amp;#039;autorité compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les modalités spécifiques de versement de l&amp;#039;aide seront précisées dans l&amp;#039;arrêté attributif d&amp;#039;aide afférent, et le cas échéant, un ou plusieurs acomptes pourront être versés sur production de l&amp;#039;acte administratif ordonnant le commencement de l&amp;#039;opération, d&amp;#039;une facture justifiant l&amp;#039;engagement des travaux, d&amp;#039;une attestation visée par le Président attestant de l&amp;#039;engagement de l&amp;#039;opération ou de la production des rapports de phases validés par le comité de pilotage pour les études.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département se réserve le droit de demander au bénéficiaire de fournir une copie des factures justificatives du total des dépenses et des justificatifs d&amp;#039;engagement des autres partenaires financiers figurant sur le plan de financement définitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=184</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3124-prevention-des-inondations-liees-aux-cours-de/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>440</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter les réseaux d'eau</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H61" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La réhabilitation des réseaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle concerne : la réhabilitation des réseaux et des ouvrages associés (postes de relèvement, ...) existants, la mise en séparatif par pose d&amp;#039;un réseau eaux usées et les collecteurs de transferts d&amp;#039;une ancienne STEU vers une autre, ainsi que les collecteurs de maillage.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le conseil d&amp;#039;administration de l&amp;#039;agence de l&amp;#039;eau Seine-Normandie du 15 juin 2020 et le comité de bassin dans sa séance du 23 juin votent un plan de reprise pour soutenir l&amp;#039;investissement en augmentant ses taux d&amp;#039;aides pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les projets d&amp;#039;assainissement et de gestion des eaux de pluie, prioritaires pour la reconquête du bon état des masses d&amp;#039;eau et pour la mise en œuvre du plan baignade en Seine et en Marne,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets de sécurisation de l&amp;#039;alimentation en eau potable pour les territoires les plus exposés au risque de sécheresse,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets prioritaires de restauration de la continuité écologique des cours d&amp;#039;eau.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P141" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls sont éligibles les travaux réalisés sous la charte qualité nationale.
+Minoration de la Subvention à 20% (&amp;#43; Avance 40 %) pour agglomérations d&amp;#039;assainissement ≥ 10 000 EH en cas de non-respect du critère de zonage pluvial (Cette condition entre en vigueur au 01/01/2021).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez vos relais locaux :
+ &lt;a href="http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales"&gt;
+  http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/560d-la-rehabilitation-des-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>164149</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à maîtrise d'ouvrage - études (AMO Etudes)</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
-[...573 lines deleted...]
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département a
 décidé de créer, depuis le 1er janvier 2011, une agence départementale
 d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
 établissement public administratif autonome, est financé par le Département et
 les collectivités adhérentes via les cotisations et les rémunérations des
 prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
 chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
 intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
 demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
 les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
 Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
 Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
 quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
-structures diverses, communautés de communes et le Département de la Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
 ces quatre pôles sont facturées selon des tarifs votés en Conseil
 d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
 structure a permis de montrer toute son utilité et cet outil répond aux
-attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
-[...20 lines deleted...]
-      <c r="O65" s="1" t="inlineStr">
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ainsi INGENIERIE70 propose ses
+compétences aux collectivités adhérentes pour des missions d&amp;#039;ASSISTANCE A
+MAÎTRISE d&amp;#039;OUVRAGE pour la réalisation d&amp;#039;études (AMO Etudes) qui comprennent : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;La phase consultation
+des bureaux d’études incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- 
+Assistance à la définition des besoins et des attentes du maître d’ouvrage,
+évaluation du coût d’ordre des études ;&lt;/p&gt;&lt;p&gt;- 
+Recueil des informations existantes ;&lt;/p&gt;&lt;p&gt;- 
+Rédaction du cahier des charges des études ;&lt;/p&gt;&lt;p&gt;- 
+Rédaction du dossier complet de consultation des bureaux d’études ; &lt;/p&gt;&lt;p&gt;- 
+Assistance durant la consultation (avis de publicité, réponse aux questions
+des bureaux d’études,etc. …) ;&lt;/p&gt;&lt;p&gt;- 
+Duplication et envoi des dossiers de consultation ;&lt;/p&gt;&lt;p&gt;- 
+Assistance lors de l’ouverture des offres, rédaction du rapport d’analyse
+des offres ;&lt;/p&gt;&lt;p&gt;- 
+Assistance au montage administratif du (des) marché(s) avec le(s) bureau(x)
+d’études résultant du choix du maître d’ouvrage.&lt;/p&gt;&lt;p&gt;- 
+Assistance pour le montage des dossiers de subventions et la sollicitation
+de ces dernières.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;La phase suivie des
+études incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- 
+Organisation des réunions d’avancement avec le bureau d’études, le comité
+de pilotage, rédaction des comptes rendus ;&lt;/p&gt;&lt;p&gt;- 
+Assistance aux choix techniques à opérer durant les études et aide à la
+décision ;&lt;/p&gt;&lt;p&gt;- 
+Vérification de l’application des dispositions du cahier des charges et des
+dispositions contractuelles, préparation des ordres de services, des avenants
+etc. …&lt;/p&gt;&lt;p&gt;- 
+Vérification du respect du planning, des délais, des enveloppes
+financières ;&lt;/p&gt;&lt;p&gt;- 
+Vérification des documents produits par le bureau d’études en application
+du contrat, de leur conformité au dit contrat ;&lt;/p&gt;&lt;p&gt;- 
+Vérification des projets de décomptes présentés par le bureau d’études ;&lt;/p&gt;&lt;p&gt;- 
+Assistance pour choisir les prestataires externes éventuellement
+nécessaires afin de mener à bien les études ;&lt;/p&gt;&lt;p&gt;- 
+Coordination avec le comité de pilotage ;&lt;/p&gt;&lt;p&gt;- 
+Assistance au maître d’ouvrage pour la réception des documents finaux.&lt;/p&gt;&lt;p&gt;Durant toute sa mission, Ingénierie70
+assure une assistance d’ordre technique et administrative au maître d’ouvrage
+et assure le contrôle de la mission du (des) bureau(x) d’étude(s). Ingénierie70 assure également un suivi
+financier global de l’opération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Autres exemples d’opérations d’AMO Etudes :&lt;/p&gt;&lt;p&gt;-        Etude de diagnostic des systèmes d’assainissement (réseaux et station)&lt;/p&gt;&lt;p&gt;-        Transfert de compétence assainissement / eau potable&lt;/p&gt;&lt;p&gt;-        Réhabilitation d’un ouvrage d’art&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
-[...7 lines deleted...]
-          <t>Mise en œuvre / réalisation
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Etre une collectivité adhérente selon le pôle concerné de l’agence technique (commune, cc, syndicat)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;NOS COORDONNÉES&lt;/h3&gt;&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : contact&amp;#64;ingenierie70.fr&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>julie.galland@ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/apporter-un-conseil-et-une-assistance-a-maitrise-douvrage-aux-collectivites-exemple-mise-en-place-dun-schema-directeur-dassainissement/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>155107</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Créer des itinérance touristique et des boucles locales</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Itinérance touristique et boucles locales (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etude pour la réalisation d&amp;#039;un schéma d&amp;#039;itinéraires de randonnée, pour la définition de parcours de découverte sur le territoire communal ou intercommunal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création et aménagement des itinéraires, boucles (piétons – vélos - autres pratiques)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Carte des itinéraires concernés et état de leur inscription au PDIPR et inscription obligatoire si création ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Budget prévisionnel d&amp;#039;entretien ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Plan de signalétiques et de balisage
+   &lt;/li&gt;
+   &lt;li&gt;
+    Si sentier d&amp;#039;interprétation : plan d&amp;#039;interprétation et programme d&amp;#039;animation autour de la thématique du sentier.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitée
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   réalisation d&amp;#039;aménagements paysagers sur l&amp;#039;itinéraire, utilisation de matériaux durables pour la réalisation des équipements présents sur l&amp;#039;itinéraire, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, ...), insertion de clauses environnementales dans les marchés publics, aménagement du chemin en prenant en compte la biodiversité présente : préservation d&amp;#039;espaces accueillant des espaces floristiques protégées, création d&amp;#039;abris ou de passages protégés (type crapauduc) pour la faune, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements (mobiliers urbains, sanitaires), de signalétiques adaptés pour tous les publics, association des usagers sur la phase conception du projet, réalisation et/ou animation du projet (réalisation de chantier participatif, organisation de journée citoyenne autour de l&amp;#039;entretien des chemins, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants, travail avec une entreprise d&amp;#039;insertion pour l&amp;#039;entretien des chemins, identification et valorisation des itinéraires adaptés par type de handicap, recensement des lieux adaptés sur le parcours &amp;#43; réalisation d&amp;#039;un outil de communication (présentation du parcours, de la difficulté, de la distance, etc.), lors de la création ou de l&amp;#039;aménagement d&amp;#039;un itinéraire, faire participer les personnes concernées ou à minima les associations afin d&amp;#039;avoir une expertise par type de handicap.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités devront proposer un projet global de développement de la randonnée présentant une plus-value touristique clairement énoncée. La globalité du projet se réfère à l&amp;#039;échelle du territoire, à son intégration dans le contexte d&amp;#039;itinérance alentour (réseau de cheminements, itinéraires d&amp;#039;intérêt départemental), à sa transversalité, depuis l&amp;#039;optimisation des itinéraires (aménagement, entretien, foncier, balisage) jusqu&amp;#039;aux outils de promotion (numérique et physique) et aux pratiques ciblées : pédestre et cycliste prioritairement, incluant toutefois l&amp;#039;équestre, le volet tourisme et handicap ou d&amp;#039;autres pratiques.
+&lt;/p&gt;
+&lt;p&gt;
+ La plus-value touristique consiste à favoriser les pratiques itinérantes d&amp;#039;une part (les itinéraires : GR223, La Véloscenie, La Vélo Maritime, La Vélo West Normandy, Nantes-Mont Saint-Michel à vélo, La Route des Haras Nationaux, La Route des Abbayes, Patrimoine en Baie du Mont Saint-Michel à cheval, La route des Chiffonniers, ...) et celles ouvertes à un public familial non spécialiste d&amp;#039;autre part (boucles dont les PR). Les tracés valoriseront les différents types de patrimoine.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée au développement et à la promotion des services adaptés aux différentes pratiques : hébergements thématiques, haltes repos, locations... ainsi qu&amp;#039;à l&amp;#039;utilisation du web et des outils de guidage GPS.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les tronçons non goudronnés supports des itinéraires devront être inscrits au PDIPR (sur délibération).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1- Les schémas
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2- Pour l&amp;#039;aménagement et l&amp;#039;amélioration des services favorisant la pratique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mise en place de haltes randonneurs multi-pratiques. Dans la mesure du possible, les haltes devront offrir des services aux randonneurs tel qu&amp;#039;un abri, une ou des table(s) de pique-nique, des sanitaires avec point d&amp;#039;eau potable, des barres d&amp;#039;attache pour les chevaux, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Installation de consignes à vélo favorisant la visite de sites patrimoniaux ou naturels, ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3- Aménagements des itinéraires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Résorption des ruptures de continuité sur les grands itinéraires, notamment le sentier littoral.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements favorisant la création de boucles locales familiales et ou sportives.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouverture nouvelle de chemins (encaissement, pose de clôtures...) permettant une liaison importante (bouclage ou liaison avec itinéraire de randonnée d&amp;#039;intérêt départemental) :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Encaissement (avec des matériaux locaux appropriés à la pratique de la randonnée) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rétablissement du fonctionnement hydraulique de cause naturelle (fossés...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouvrages légers de franchissement des cours d&amp;#039;eau (type passerelle bois, pas japonais...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Itinéraire accessible aux personnes en situation de handicap qui intègre la chaîne de déplacement (le stationnement, le cheminement, le mobilier et les supports de communication d&amp;#039;aide à la visite du site).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4- Sentiers d&amp;#039;interprétation et circuits thématiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place de panneaux d&amp;#039;interprétation uniquement dans le cadre d&amp;#039;un plan d&amp;#039;interprétation général étudié à l&amp;#039;échelle du territoire. Le plan d&amp;#039;interprétation doit permettre d&amp;#039;identifier un fil conducteur pour la découverte organisée du patrimoine. Il est issu d&amp;#039;un travail de recherche et permet d&amp;#039;aboutir à une « scénarisation » de la découverte. Ainsi, la visite du promeneur se trouve enrichie et son expérience du territoire n&amp;#039;en devient que plus mémorable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le territoire veillera à intégrer le plan départemental de signalétique si nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Et toutes autres dépenses inhérentes à la bonification
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le balisage, la signalétique directionnelle et les topoguides. Toutefois, ces éléments indispensables devront toutefois respecter les chartes départementales ou nationales préconisées. * financement de la signalétique directionnelle pertinent pour indiquer sur les grands itinéraires les sites de visite, le bourg avec services à voir avec Arnaud.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements isolés tels que la pose d&amp;#039;une table de pique-nique, d&amp;#039;un banc ne seront pas aidés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;entretien courant ou les travaux générés par l&amp;#039;absence significative d&amp;#039;entretien régulier des chemins. Les travaux consécutifs aux dégradations causées par le passage des engins motorisés ne pourront être pris en compte.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de trottoirs perméables sur les parties routières du parcours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/itinerance-touristique-et-boucles-locales-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W143" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 98 70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86f7-itinerance-touristique-et-boucles-locales-pol/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>164214</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'oeuvre</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Maitrise d'oeuvre (MOE)</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financé par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ainsi INGENIERIE70 propose ses
+compétences aux collectivités adhérentes pour des missions de maîtrise d’œuvre
+(MOE) : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;agence a pour principales missions d&amp;#039;accompagner
+et de conseiller les collectivités dans leurs projets de maitrise
+d’œuvre : &lt;/p&gt;&lt;p&gt;Cela se traduit pour la mise à disposition, via
+conventionnement, de moyens humains ayant des compétences techniques et
+administratives sur chacune des thématiques portées par l&amp;#039;agence :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;• Voirie (sécurisation, modes doux, sentiers, etc.),
+aménagement de l&amp;#039;espace public (parcs, places, équipements sportifs, etc.),
+restructuration des ouvrages d’art&lt;br /&gt;
+• Assainissement&lt;br /&gt;
+• Accompagnement à la passation des marchés publics.&lt;br /&gt;
+• Accompagnement juridique (conseil, accompagnement dans la mise en place de
+délégations de service public, etc.).&lt;br /&gt;
+• Ingénierie financière (accompagnement et réalisation des demandes de
+subventions, conseils &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aménagement
+aire de jeux, aménagement aire de covoiturage, création de giratoire,
+aménagement de sécurité, création de trottoirs, de cheminement piéton,
+aménagement de cellules commerciales, renouvellement conduites d’eau potable,
+renouvellement canalisation AEP, aménagement de lotissement, création d’une
+station de reminéralisation&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Espace public
+Voirie et réseaux
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il est nécessaire d&amp;#039;adhérer au pôle concerné de l’agence
+départementale. Toutes les collectivités, CC, syndicats peuvent être adhérent à Ingénierie70.&lt;/p&gt;&lt;p&gt;Pour la maitrise d&amp;#039;oeuvre le montant des travaux doit être inférieur à  400 000 € HT par tranche fonctionnelle&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Haute-Saône</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.ingenierie70.fr/</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : contact&amp;#64;ingenierie70.fr&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-dune-assistance-a-maitrise-doeuvre/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G66" s="1" t="inlineStr">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>105268</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations sportives relatives au football</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA) - Chapitre Equipement</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="F145" s="1" t="inlineStr">
+        <is>
+          <t>District / Comité départemental de football d'appartenance</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J145" s="1" t="inlineStr">
+        <is>
+          <t>Les modalités de financement sont définies par les Ligues et Districts dans le cadre d'une stratégie territoriale des équipements sportifs, et sont propres à chaque territoire.</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Par l&amp;#039;intermédiaire de ce dispositif, la Fédération Française de Football souhaite accompagner la mise en place de projets d&amp;#039;équipements visant à améliorer l&amp;#039;accueil, la sécurité et les conditions de pratique de ses licencié(e)s, et de leur proposer de nouveaux espaces répondant à leurs attentes.&lt;/p&gt;
+&lt;p&gt;
+ Veuillez contacter votre District/Ligue d&amp;#039;appartenance avant de déposer un éventuel dossier (contact dans le cahier des charges en annexe).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets éligibles à un financement FAFA Equipement Clubs-Collectivités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un club house
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou travaux pour mise en conformité réglementaire d&amp;#039;un ensemble vestiaires ou locaux pour un classement fédéral
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou mise en conformité d&amp;#039;un éclairage ou rénovation pour un classement fédéral. Remplacement par des projecteurs LED
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation d&amp;#039;une installation contribuant à un classement fédéral (main-courantes, banc de touches, clôture de l&amp;#039;installation sportive et/ou de l&amp;#039;aire de jeu, mise en conformité des zones de sécurité autour d&amp;#039;un terrain, remplacement de buts fixes de football à 11)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de grands jeux en pelouse naturelle ou pelouse naturelle renforcée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement/Amélioration d&amp;#039;un terrain en pelouse naturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de grands jeux éclairé en gazon synthétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Changement du revêtement gazon synthétique sur un terrain de grands jeux éclairé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de Football à 8 contre 8 éclairé en gazon synthétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet d&amp;#039;équipement donnant lieu à un classement de l&amp;#039;installation en T7 ou un éclairage d&amp;#039;entraînement en E7
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autre projet participant à l&amp;#039;amélioration de la trajectoire environnementale
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P145" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q145" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Le porteur du projet doit être, soit un club affilié à la F.F.F., soit une collectivité locale en collaboration avec un club support affilié à la F.F.F. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier doit être saisi par le District au plus tard trois mois après la date de commencement des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;équipement projeté doit être situé obligatoirement au sein d&amp;#039;une installation sportive utilisée par le club support ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur de projet doit impérativement présenter un plan d&amp;#039;utilisation des installations envisagées dans le respect des attentes de la F.F.F. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage doit réaliser son opération dans un délai de 24 mois à compter de la date d&amp;#039;attribution de la subvention par la F.F.F.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_equipement_clubs-collectivites_25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Madame Cynthia TRUONG, Responsable des Financements et aides aux clubs à la FFF : ctruong&amp;#64;fff.fr &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>ctruong@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8568-financer-les-installations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>165397</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Financer des terrains de Futnet (Tennis ballon)</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA) - Chapitre Equipement</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="F146" s="1" t="inlineStr">
+        <is>
+          <t>District / Comité départemental de football d'appartenance</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J146" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire de 15 000 € (dans la limite de 50 % du montant HT des travaux si le porteur du projet est une collectivité et TTC si le porteur du  projet est un club affilié à la FFF).</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le Futnet (Tennis-ballon) est un sport en plein
+ développement&lt;/strong&gt;. Extrêmement complet, il requiert
+vitesse, précision et habileté. Il se pratique sur un
+terrain rectangulaire constitué d’une aire de jeu, d’une
+zone de dégagement et séparé d’un filet. La pratique
+emprunte des caractéristiques au football, au tennis et
+au volley et permet aux joueur(euse)s de progresser
+d’un point de vue technique et stratégique dans un
+format ludique et convivial. &lt;/p&gt;&lt;p&gt;Créer un espace d’activités supplémentaires pour les
+ clubs et les collectivités pour développer la pratique
+ spécifique du Futnet s’inscrit dans une volonté de
+pratique mixte et intergénérationnelle, de loisir et de
+compétition, ou de pratique associée (exercices de
+Futnet lors d’entraînements de Foot à 11, Futsal…).&lt;/p&gt;&lt;p&gt;Dans ce cadre, et sous réserve du strict respect du présent cahier des charges et du cahier des charges
+technique fédéral relatif à la &lt;strong&gt;construction de terrains de Futnet&lt;/strong&gt;, une subvention peut être
+accordée selon les modalités de financement en vigueur, à savoir &lt;strong&gt;une aide forfaitaire de 15 000 € (dans la limite de 50 % du montant HT des travaux si le porteur du projet est une collectivité et TTC si le porteur du  projet est un club affilié à la FFF).&lt;/strong&gt; &lt;/p&gt;&lt;p&gt;La base subventionnable se limite à l’emprise du terrain (terrassement, fourniture et pose du revêtement,
+acquisition du/des filets de Futnet…). Ainsi les frais de Bureau d’études/Maîtrise d’œuvre, de travaux de voirie,
+d’extension des réseaux (eau, téléphone, électricité...) et d’aménagement périphérique (plantation, mobilier
+urbain, places de stationnement autres que pour personnes à mobilité réduite...) ne sont pas éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P146" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q146" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;u&gt;Seuls les projets suivants seront éligibles&lt;/u&gt;&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le porteur du projet doit être, &lt;strong&gt;soit un club affilié à la FFF&lt;/strong&gt;, &lt;strong&gt;soit une collectivité locale&lt;/strong&gt; en
+collaboration avec un club support affilié à la FFF ; &lt;/li&gt;&lt;li&gt;Le terrain, et l’éclairage (recommandé) de celui-ci, &lt;strong&gt;doivent être conformes au cahier des charges
+ technique fédéral&lt;/strong&gt; relatif à la réalisation d’un terrain de Futnet – Édition juillet 2025
+(cf. Annexe - pages 1 à 8) ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;La date de commencement des travaux &lt;/strong&gt;&lt;strong&gt;ne doit pas être antérieure de plus de 3 mois&lt;/strong&gt; à celle du
+dépôt du dossier au District d’appartenance ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’équipement projeté&lt;/strong&gt; doit être situé &lt;strong&gt;au sein d’un complexe sportif&lt;/strong&gt; utilisé par le club support
+dont &lt;strong&gt;au moins une installation est classée au niveau T6 min. ou adossé à un gymnase classé
+Futsal 4 min&lt;/strong&gt;. équipé de deux vestiaires de minimum chacun 14 m2, douches et sanitaires avec un
+accès direct piétons ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le terrain pourra être situé au sein d’un établissement scolaire&lt;/strong&gt; (collège, lycée). Le club support,
+affilié à la FFF, qui sera associé au projet, devra alors bénéficier d’un accès privilégié au terrain,
+encadré par la mise en place d’une &lt;strong&gt;convention d’utilisation et d’un planning d’utilisation&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Le porteur de projet doit impérativement présenter un projet d’utilisation des installations
+envisagées dans le respect des attentes de la FFF ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le maître d’ouvrage doit réaliser son opération dans un délai de 24 mois&lt;/strong&gt; à compter de la date
+ d’attribution de la subvention par le Bureau Exécutif de la Ligue du Football Amateur.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W146" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_equipement_futnet-25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Michaël LANGOT - Chef de Projet Déploiement des pratiques à la FFF : mlangot&amp;#64;fff.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>mlangot@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-terrains-de-futnet-tennis-ballon/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>105065</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement portant sur des équipements publics collectifs via le fonds exceptionnel d'investissement (FEI)</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Fonds exceptionnel d'investissement (FEI)</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...2 lines deleted...]
-      <c r="H66" s="1" t="inlineStr">
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I66" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="N66" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du fonds exceptionnel d&amp;#039;investissement (FEI) est de favoriser et d&amp;#039;accélérer les projets d&amp;#039;investissements innovants et/ou structurants, portés par les collectivités ultramarines dont l&amp;#039;impact est visible sur l&amp;#039;emploi, le développement économique et durable et l&amp;#039;amélioration de la vie quotidienne.
+ &lt;br /&gt;
+ Il porte ainsi sur la réalisation ou la modernisation d&amp;#039;infrastructures ou d&amp;#039;équipements à usage collectif (eau et assainissement, construction et rénovations scolaires, équipements sportifs, prévention des risques majeurs, désenclavement du territoire, infrastructure numérique, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Un appel à projets du ministère des outre-mer est lancé chaque année au dernier trimestre. L&amp;#039;instruction est réalisée par les services territoriaux de l&amp;#039;Etat. La décision d&amp;#039;attribution relève de la compétence du ministre des outre-mer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Construction du groupe scolaire de Chateaubrun (Guadeloupe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de protection contre les inondations de la Plaine de Rivière Salée (Martinique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de la ressource en eau potable sur la commune de Houaïlou (Nouvelle Calédonie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Natitua Sud, câble numérique vers l&amp;#039;archipel des Australes (Polynésie Française)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude de réhabilitation des ouvrages maritimes sur Amsterdam (TAAF)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Risques naturels
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projets matures dont la réalisation peut débuter dans les 6 mois après la signature de la convention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée maximale du projet : 4 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenabilité du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets co-financés (octroi de financement bancaires, européens...) ou qui ne pourraient être réalisés sans l&amp;#039;attribution du fonds
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.outre-mer.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Guadeloupe :
+  &lt;a href="https://www.guadeloupe.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.guadeloupe.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique :
+  &lt;a href="https://www.martinique.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.martinique.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guyane :
+  &lt;a href="https://www.guyane.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.guyane.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Réunion :
+  &lt;a href="https://www.guyane.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.reunion.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saint-Pierre-et-Miquelon :
+  &lt;a href="http://www.saint-pierre-et-miquelon.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.saint-pierre-et-miquelon.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte :
+  &lt;a href="https://www.mayotte.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.mayotte.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Terres australes et antarctiques françaises :
+  &lt;a href="https://taaf.fr/" rel="noopener" target="_blank"&gt;
+   https://taaf.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Wallis-et-Futuna :
+  &lt;a href="https://www.wallis-et-futuna.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.wallis-et-futuna.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie Française :
+  &lt;a href="http://www.polynesie-francaise.pref.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.polynesie-francaise.pref.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie :
+  &lt;a href="https://www.nouvelle-caledonie.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.nouvelle-caledonie.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>contribution-aides-terr@outre-mer.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/698a-financer-les-projets-dinvestissement-portant-/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>36013</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une ingénierie technique et méthodologique pour engager des projets</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Finistère Ingénierie Assistance (FIA) - ATD</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FINISTERE INGENIERIE ASSISTANCE (FIA) est un établissement public d&amp;#039;ingénierie locale créé dès 2014 à l&amp;#039;initiative du Conseil départemental afin de répondre à un enjeu de solidarité envers tous les territoires finistériens.
+&lt;/p&gt;
+&lt;p&gt;
+ En effet, il vise à mettre à disposition des collectivités souffrant d&amp;#039;un manque de moyens humains et d&amp;#039;expertise, un appui technique et méthodologique dans la conduite de leurs projets relevant des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  déplacements et usages de la voirie et des espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments et équipements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement de l&amp;#039;espace et habitat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dynamisation des centres-bourgs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  eau et assainissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de FIA s&amp;#039;effectue en phase pré-opérationnelle, dès le lancement d&amp;#039;une réflexion autour d&amp;#039;un projet, et permet au maître d&amp;#039;ouvrage de bénéficier d&amp;#039;un accompagnement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  vérifier l&amp;#039;opportunité et la faisabilité de son projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en cohérence le projet avec son environnement et le contexte local dans lequel il s&amp;#039;inscrit ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  définir et préciser sa commande à un maître d&amp;#039;œuvre s&amp;#039;il y a lieu ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;organiser en termes de conduite d&amp;#039;une opération ou d&amp;#039;une démarche globale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier les sources de financement possibles du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La structure a vocation à réaliser pour ses adhérents toutes études, recherches, démarches permettant d&amp;#039;atteindre les objectifs précédemment définis. Elle est également chargée de mobiliser, le cas échéant, d&amp;#039;autres structures partenaires (CAUE, Finistère Habitat, services départementaux...), afin d&amp;#039;apporter à ses adhérents une complémentarité des expertises disponibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Revitalisation des centres-bourgs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation, extension ou construction de médiathèques, d&amp;#039;écoles, d&amp;#039;ateliers techniques municipaux, de locaux administratifs, de salles associatives, de maisons d&amp;#039;assistant.e.s maternel.les, de maisons de santé, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Requalification d&amp;#039;espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de sécurité sur voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de cheminements doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la consultation pour des études technico-économiques, des schémas directeurs ou de la maîtrise d&amp;#039;œuvre en eau potable, eaux pluviales et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>http://finistere-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Christelle PAUL, assistante administrative, juridique et financière - Tél : 02 98 76 53 90 ; christelle.paul&amp;#64;finistere-ingenierie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Séverine FOSSEY, directrice - Tél : 02 98 76 53 91 ; severine.fossey&amp;#64;finistere-ingenierie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>severine.fossey@finistere-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fc53-ingenierie-strategique-et-assistance-techniqu/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>103247</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Se doter d'un équipement sportif pour développer la pratique du sport santé et bien-être, notamment pour le public féminin et les personnes en situation de handicap</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Plan Sport Oxygène - équipement</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I149" s="1" t="inlineStr">
+        <is>
+          <t> Max : 28</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Plan Sport Oxygène de la Région Île-de-France vise à doter chaque commune d&amp;#039;un équipement sportif pour permettre de développer la pratique du sport santé et bien-être, notamment pour le public féminin et les personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles concernent des matériels ou équipements dédiés à la promotion et au développement d&amp;#039;activités physiques, sportives ou de bien-être, venant en complémentarité des équipements sportifs en accès libre existants de type parcours de santé, plateaux de fitness, aires de remise en forme extérieures, pataugeoires et miroirs d&amp;#039;eau pourront être subventionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de subvention régionale est de 30% maximum de la dépense éligible, calculée sur un plafond de travaux HT de 100.000€, soit un montant de subvention maximum de 30.000€ par matériel ou équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communes qui justifieront de l&amp;#039;absence d&amp;#039;équipement sportif sur leur territoire, l&amp;#039;aide régionale sera renforcée par le doublement du taux maximal de subvention, et du montant plafond de la subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de demande de financement sont présentés au niveau de l&amp;#039;avant-projet sommaire (APS) accompagnés d&amp;#039;un plan de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ La structure bénéficiaire devra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  identifier ses besoins en fonction d&amp;#039;un plan d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter une note explicative de l&amp;#039;usage prévu accompagnée des éléments financiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dossier doit notamment comprendre les éléments suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une estimation financière ou un devis ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de la collectivité sollicitant le financement régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement prévisionnel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un planning prévisionnel comportant une date de démarrage et de fin de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Dépôt du dossier de candidature sur la plateforme des aides régionales (
+&lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+ mesdemarches.iledefrance.fr
+&lt;/a&gt;
+).
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Handicap</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P149" s="1" t="inlineStr">
+        <is>
+          <t>25/10/2019</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales, les syndicats mixtes, le mouvement sportif (fédérations, ligues, comités régionaux, comités départementaux et clubs associatifs).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/plan-sport-oxygene-equipement</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports, des Loisirs et de la Citoyenneté
+&lt;/p&gt;
+&lt;p&gt;
+ Didier Pereira :
+ &lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  didier.pereira&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ / tél : 01 53 85 56 53
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1175-plan-sport-oxygene-equipement/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>120990</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer les opérations d'aménagement complexes</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Projet partenarial d'aménagement</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aménagement urbain durable s&amp;#039;incarne dans des projets de territoire intégrant les enjeux de sobriété, de résilience, de mixité sociale et fonctionnelle, d&amp;#039;une offre de logement adaptée, d&amp;#039;une accessibilité aux services et à l&amp;#039;emploi, et, plus généralement, de la qualité du cadre de vie de nos concitoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ A ce titre, la loi n° 2018-1021 portant évolution du logement, de l&amp;#039;aménagement et du numérique (ELAN) du 23 novembre 2018 a introduit une nouvelle forme de contrat entre l&amp;#039;Etat et un ou plusieurs établissements publics ou des collectivités territoriales, le projet partenarial d&amp;#039;aménagement (PPA), afin de favoriser la réalisation d&amp;#039;opérations d&amp;#039;aménagement d&amp;#039;ensemble .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet partenarial d&amp;#039;aménagement (PPA) est un contrat entre l&amp;#039;Etat, l&amp;#039;intercommunalité et les acteurs locaux, afin d&amp;#039;encourager sur un territoire donné la réalisation d&amp;#039;une ou plusieurs opérations d&amp;#039;aménagement complexes destinées à répondre aux objectifs de développement durable des territoires (articles L.312-1 et suivants du code de l&amp;#039;urbanisme).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, l&amp;#039;Etat porte une attention particulière à l&amp;#039;insertion du projet dans le territoire ainsi qu&amp;#039;à la satisfaction des enjeux :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De sobriété foncière, en cohérence avec la trajectoire du zéro artificialisation nette (ZAN) fixée par la loi « Climat et résilience ».
+ &lt;/li&gt;
+ &lt;li&gt;
+  De résilience des espaces urbanisés au changement climatique, voire l&amp;#039;adaptation de ceux menacés par le changement climatique ou l&amp;#039;érosion du littoral ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  De production de logements abordables dans les territoires où l&amp;#039;offre est insuffisante, et ce dans le cadre d&amp;#039;opérations intégrées respectant les principes de mixité sociale et fonctionnelle et prévoyant les équipements publics nécessaires à l&amp;#039;accueil des habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  De contribution au dynamisme économique et à la vitalité territoriale, le cas échéant en complémentarité de dynamiques déjà en place, dans le cadre par exemple des opérations de revitalisation des territoires (ORT) ou du programme Petites villes de demain (PVD).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De manière générale, pour tout contrat de PPA, une attention particulière est à avoir quant à l&amp;#039;ambition environnementale du projet, à son insertion territoriale afin de garantir un développement équilibré du territoire et ainsi contribuer à un cadre de vie de qualité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le PPA permet l&amp;#039;intervention d&amp;#039;un tiers facilitant les discussions entre acteurs locaux. Il apporte une ingénierie externe pour construire un processus opérationnel efficace (en particulier avec l&amp;#039;appui du centre national de ressources des PPA hébergé par Grand Paris Aménagement). Enfin, il peut prévoir la cession à l&amp;#039;amiable par l&amp;#039;État de terrains de son domaine privé à un établissement public de coopération intercommunal voire un financement complémentaire en cas de déséquilibre opérationnel persistant à l&amp;#039;issue du bilan économique du projet ou un appui à l&amp;#039;émergence d&amp;#039;un opérateur d&amp;#039;aménagement comme une SPLA ou SPLAIN.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un PPA peut prévoir la création d&amp;#039;une grande opération d&amp;#039;urbanisme (GOU), au sein de laquelle l&amp;#039;exercice de certaines compétences dérogera au droit commun et des outils juridiques pourront être mobilisés.
+&lt;/p&gt;
+&lt;p&gt;
+ La conclusion d&amp;#039;un PPA doit être justifiée par la recherche d&amp;#039;un effet levier pour faciliter voire accélérer l&amp;#039;opération d&amp;#039;aménagement. La recherche d&amp;#039;une subvention de l&amp;#039;Etat n&amp;#039;est ni une condition nécessaire, ni une condition suffisante pour déclencher un PPA.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction du degré de maturité du projet d&amp;#039;aménagement, deux types de contrats de PPA peuvent être envisagés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les PPA dits « de préfiguration » dont l&amp;#039;objectif principal est de mettre en place les conditions de réalisation du projet d&amp;#039;aménagement. Ces PPA portent essentiellement sur des études préalables : plan guide, stratégie foncière, montage opérationnel et financier, études environnementales, participation du public ; ces PPA doivent impérativement comporter une clause de revoyure visant à faire le bilan des études et premières actions réalisées et à examiner l&amp;#039;opportunité de prévoir un avenant pour conclure un PPA « opérationnel » ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les PPA dits « opérationnels » dont l&amp;#039;objectif est la mise en œuvre effective d&amp;#039;opérations d&amp;#039;aménagement au titre de l&amp;#039;article L.300-1 du code de l&amp;#039;urbanisme. A ce stade, la programmation urbaine, et le bilan économique prévisionnel de l&amp;#039;opération d&amp;#039;aménagement sont connus et justifient le cas échéant le besoin de soutiens financiers.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le déploiement de cet outil à l&amp;#039;échelle nationale permet de constater qu&amp;#039;il recouvre un large panel de projets allant de la production d&amp;#039;opérations mixtes en zone tendue, de la requalification de quartiers dégradés, de la revitalisation de cœurs de villes moyennes, de la reconstruction post-catastrophe, au recyclage de friches, ainsi qu&amp;#039;à l&amp;#039;adaptation des territoires au changement climatique ou face à l&amp;#039;érosion du trait de côte.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contrats de PPA doivent porter sur une opération d&amp;#039;aménagement au sens de l&amp;#039;article L.300-1 du code de l&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;engagement de l&amp;#039;EPCI dans la démarche est une condition sine qua non de la conclusion d&amp;#039;un PPA.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction du degré de maturité du projet d&amp;#039;aménagement, deux types de contrats de PPA peuvent être envisagés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les PPA dits « de préfiguration » dont l&amp;#039;objectif principal est de mettre en place les conditions de réalisation du projet d&amp;#039;aménagement. Ces PPA portent essentiellement sur des études préalables : plan guide, stratégie foncière, montage opérationnel et financier, études environnementales, participation du public ; ces PPA doivent impérativement comporter une clause de revoyure visant à faire le bilan des études et premières actions réalisées et à examiner l&amp;#039;opportunité de prévoir un avenant pour conclure un PPA « opérationnel » ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les PPA dits « opérationnels » dont l&amp;#039;objectif est la mise en œuvre effective d&amp;#039;opérations d&amp;#039;aménagement au titre de l&amp;#039;article L.300-1 du code de l&amp;#039;urbanisme. A ce stade, la programmation urbaine, et le bilan économique prévisionnel de l&amp;#039;opération d&amp;#039;aménagement sont connus et justifient le cas échéant le besoin de soutiens financiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sa conclusion doit être justifiée par la recherche d&amp;#039;un effet levier pour faciliter voire accélérer l&amp;#039;opération d&amp;#039;aménagement qui ne trouve pas d&amp;#039;équilibre financier malgré la mobilisation de toutes les pistes de financement ou d&amp;#039;optimisation de l&amp;#039;opération. La recherche d&amp;#039;une subvention de l&amp;#039;Etat n&amp;#039;est ni une condition nécessaire, ni une condition suffisante pour déclencher un PPA. A ce titre, la subvention accordée vise à couvrir un déséquilibre résiduel du bilan de l&amp;#039;action (ou de l&amp;#039;opération d&amp;#039;aménagement).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction du degré de maturité, ces contrats peuvent faire l&amp;#039;objet de subventions pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  financer les moyens d&amp;#039;ingénierie nécessaires en vue de l&amp;#039;élaboration, la mise en œuvre et l&amp;#039;évaluation du projet urbain (études pré-opérationnelles ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des actions d&amp;#039;animation, de pilotage et de conduite du projet ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des travaux de démolition, de dépollution (dont désamiantage) et de préparation des sols à leur destination finale
+ &lt;/li&gt;
+ &lt;li&gt;
+  des travaux d&amp;#039;aménagement d&amp;#039;espaces publics et, le cas échéant exceptionnellement, d&amp;#039;équipements publics (équipements de superstructure identifiés dans un programme d&amp;#039;équipements publics) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des études opérationnelles (études techniques et MOE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des acquisitions foncières, lorsqu&amp;#039;elles sont portées au bilan d&amp;#039;une opération d&amp;#039;aménagement dont le déficit est avéré, ou si elles contribuent à des opérations de recomposition de territoires soumis à l&amp;#039;érosion du littoral. Il devra être démontré qu&amp;#039;aucun acteur foncier (EPF local ou d&amp;#039;Etat) ne peut être mobilisé dans cette acquisition.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le principe est de limiter, sur le programme PPA, le soutien financier de l&amp;#039;Etat  à 50% du montant total des actions figurant au PPA. Le taux de financement par action de l&amp;#039;ensemble des financements de l&amp;#039;Etat peut être modulé dans la limite de 80%, 20% restant impérativement à la charge du maître d&amp;#039;ouvrage de l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention, sont expressément exclues des financements sur les crédits du programme 135-PPA :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses de simple mise en conformité à une obligation réglementaire (comme les stations d&amp;#039;épuration) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions foncières lorsqu&amp;#039;elles visent la constitution d&amp;#039;une réserve foncière alors qu&amp;#039;aucun projet d&amp;#039;aménagement opérationnel n&amp;#039;est défini ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses couvertes par les subventions d&amp;#039;opérateurs de l&amp;#039;Etat, en particulier les agences de l&amp;#039;eau en matière de réseau d&amp;#039;adduction en eau potable, d&amp;#039;assainissement et de renaturation de cours d&amp;#039;eau et d&amp;#039;espaces naturels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement des mesures de compensation environnementale (environnement, forêt agriculture) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de personnel, en particulier celles liées au recrutement d&amp;#039;un poste de chef de projet dédié :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de fonctionnement des bâtiments, équipements et espaces publics dont la réalisation est prévue dans le cadre du projet d&amp;#039;aménagement
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dossier de candidature comprend a minima les éléments suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une lettre d&amp;#039;intention de l&amp;#039;EPCI (voire le cas échéant des communes concernées) confirmant le soutien à l&amp;#039;engagement dans la démarche et présentant l&amp;#039;économie générale du projet faisant l&amp;#039;objet du contrat ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une carte présentant le périmètre de l&amp;#039;opération d&amp;#039;aménagement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une carte précisant la localisation du projet dans le périmètre intercommunal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note précisant les enjeux du projet, en particulier la réponse aux 4 défis de la démarche « Habiter la France de demain » que sont la sobriété, la résilience, l&amp;#039;inclusion et la productivité.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En fonction de la maturité des projets, la note comprendra utilement, en plus des pièces susmentionnées, dans la mesure du possible :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La liste des études préalables, réglementaires et pré-opérationnelles menées et restant à mener ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La compatibilité aux stratégies et documents de planification (SRADDET, SDRIF, SAR, PADDUC etc.), d&amp;#039;urbanisme (SCOT, PLU-i, carte communale) et de programmation (PLH notamment) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acteurs et partenaires de la démarche, en particulier l&amp;#039;aménageur (la collectivité en propre, ou une SEM, SPL, un EPA, un aménageur privé...), voire l&amp;#039;opérateur de portage foncier (EPF, foncière ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La stratégie foncière envisagée (acquisition de tout ou partie du foncier, à l&amp;#039;amiable, par préemption ou expropriation) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation urbaine du projet (précisant en particulier les productions prévisionnelles de surfaces de plancher de logements, de surfaces économiques et équipements publics) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montage opérationnel pour le financement des équipements publics (taxe d&amp;#039;aménagement, ZAC, PUP...) et les modes de réalisation (régie, mandat, concession...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le bilan économique prévisionnel conforme au cadrage national portant sur les modalités d&amp;#039;attribution des subventions financées sur le programme 135 « politique d&amp;#039;aménagement de l&amp;#039;Etat ».
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/contrats-projets-partenarial-damenagement-et-grandes-operations-durbanisme</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En premier lieu sont à contacter : les directions départementales des territoires concernées par les projets.
+&lt;/p&gt;
+&lt;p&gt;
+ En second lieu : le bureau de l&amp;#039;aménagement opérationnel à la DHUP à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:ppa.amenagement-durable&amp;#64;developpement-durable.gouv.fr" rel="noopener" target="_blank"&gt;
+  ppa.amenagement-durable&amp;#64;developpement-durable.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>ppa.amenagement-durable@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e04-accompagner-les-operations-damenagement-proje/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>164292</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - Autres dispositifs</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I151" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J151" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Des aides, concernant des projets de mise en œuvre collective de pratiques agricoles respectueuses de la 
+ressource en eau, peuvent être accordées (notamment sous forme de prestation agro-environnementale). Dans 
+ce cadre, l’ensemble des dispositifs répondant aux objectifs de la politique d’intervention sont susceptibles 
+d’être rendu éligibles. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau pourra, par ailleurs, utiliser d’autres dispositifs, conformes aux réglementations en vigueur, 
+permettant de protéger la ressource, en particulier les captages d’eau potable, contre les pollutions d’origine 
+agricole. &lt;/p&gt;&lt;p&gt;Le portage de ces opérations par des collectivités sera recherché et privilégié&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q151" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
+valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
+intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
+la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
+Il peut être optimisé jusqu’à :
+&lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
+80 000 habitants) ;
+&lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
+les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
+l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-pse/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>164774</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de solidarité et de coopération internationales</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité et coopération internationales</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I152" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 80</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Adour-Garonne, grâce au dispositif institué par la loi Oudin-Santini, participe à l&amp;#039;aide publique au développement française en matière d&amp;#039;eau et d&amp;#039;assainissement. En soutenant financièrement des associations françaises ou collectivités territoriales de son bassin, l&amp;#039;agence de l&amp;#039;eau contribue à l&amp;#039;amélioration  l&amp;#039;accès à l&amp;#039;eau, à l&amp;#039;assainissement et à l&amp;#039;hygiène dans les pays en développement ainsi que la mise en place de cadres institutionnels de gouvernance de l’eau. Par son action, elle contribue aux Objectifs de Développement Durable, notamment l’ODD 6, et soutient les engagements du Pacte de Paris sur l’eau et le changement climatique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/solidarite-cooperation-internationales"&gt;Solidarité et coopération internationales | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence soutient des actions visant à réduire le nombre de personnes n’ayant pas accès à une eau potable salubre, à un assainissement de base ou à des services d’hygiène, en priorité dans les Pays les Moins Avancés (PMA).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’Agence soutient la promotion et le développement de la GIRE, dans le contexte du changement climatique, en appuyant l’étude, la mise en place et le développement de cadres institutionnels visant ou contribuant à la gestion durable, intégrée et concertée des ressources en eau à l’échelle territoriale adaptée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’Agence contribue en France et à l’international, au plaidoyer en faveur de l’accès universel à l’eau et à l’assainissement et valorise la solidarité internationale et notamment ale dispositif institué par la loi “Oudin-Santini”. Elle soutient l’a action extérieure des collectivités et accompagne les acteurs publics et privés pour les informer, former et sensibiliser. Les financements concernent des initiatives de formation, de communication, d’animation et l’organisation d’événements pour mobiliser la communauté internationale, nationale et locale autour des défis liés à l’eau. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’Agence accompagne les interventions d’urgence et post-urgence en cas de catastrophes naturelles majeures à fort impact humanitaire. Cette aide vise à rétablir rapidement l’accès à l’eau potable, à l’assainissement et à des conditions d’hygiène dignes pour les populations les plus démunies.&lt;br /&gt;Les actions financées incluent la fourniture ou la reconstruction de services, de matériels et d’infrastructures liés à l’eau et à l’assainissement, ainsi que des initiatives pour améliorer les pratiques d’hygiène ou accompagner la reconstruction.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 International</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P66" s="1" t="inlineStr">
+      <c r="P152" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q66" s="1" t="inlineStr">
+      <c r="Q152" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S66" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Peuvent être bénéficiaires des aides de l’Agence : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Les projets de solidarité EAH &lt;/strong&gt;: les collectivités territoriales et leurs groupements exerçant ou non la compétence 
+Eau et assainissement, les syndicats intercommunaux du 
+bassin Adour-Garonne, mais aussi les associations et ONG 
+ayant leur siège ou une implantation pérenne en France et 
+disposant d’une expérience avérée dans les projets EAH &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les projets de développement de la Gestion Intégrée 
+des Ressources en Eau (GIRE)&lt;/strong&gt; : les personnes morales de 
+droit public ou privé dont les compétences et activités 
+concourent au développement de la GIRE &lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’Animation et la sensibilisation &lt;/strong&gt;: les personnes 
+morales de droit public ou privé dont les compétences et 
+l’expérience sont en adéquation avec les objectifs attendus &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les aides d’urgence&lt;/strong&gt; : les ONG spécialisées en opérations d’urgence, dont l’intervention est validée par le ministère de l’Europe et des affaires étrangère&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/62-24-Coope%CC%81ration%20internationale_0.pdf"&gt;62-24-Coopération internationale_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Solidarit%C3%A9%20et%20coop%C3%A9ration%20internationale.pdf</t>
+        </is>
+      </c>
+      <c r="W152" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-fonctionnalites-des-ecosystemes-aquatiques-humides-et-littoraux-ainsi-que-leur-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G67" s="1" t="inlineStr">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>140793</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la démarche entrepreneuriale et responsable des agriculteurs, ainsi que la création d’entreprise et le développement de l’emploi</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
-Collectivité d’outre-mer à statut particulier
-[...8 lines deleted...]
-      <c r="K67" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
-[...12 lines deleted...]
-  l&amp;#039;accélération du « plan eau DOM » en outre-mer pour faire face aux difficultés structurelles renforcées par la crise du Coronavirus Covid-19.
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : co-construire des diagnostics, stratégies et projets de territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : accompagner les projets territorialisés, animer et structurer les filières locales ou les projets alimentaires de territoire, communiquer sur les produits et les métiers, accompagner les projets de gestion de l&amp;#039;eau et d&amp;#039;irrigation, favoriser l&amp;#039;économie circulaire, intégrer la préservation de l&amp;#039;environnement dans les pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie FONCIÈRE : faciliter l&amp;#039;installation et la transmission d&amp;#039;exploitations agricoles, maintenir une dynamique agricole sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  CONCERTATION : participer ou animer des réunions sur la place des agriculteurs dans la société
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="S67" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de journées thématiques à destination des élus des collectivités ou du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic agricole et foncier prospectif préalable à un document d&amp;#039;urbanisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion des déchets verts  (ex co-compostage avec CC Alpes Provence Verdon)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentation de captage d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la mise en place de Zone Agricole Protégée (ex ZAP du Val de Durance)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de projets structurants d&amp;#039;irrigation, dans un objectif de préservation de la ressource (Réseaux collectifs, Retenues collinaires)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de Marchés de Producteurs (marchés Paysans du Verdon, marché d&amp;#039;Aiglun...), accompagnement des modes de commercialisation collectifs en Circuits Courts
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Partenariat, conventionnement, prestation de services selon le type de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation rémunérée d&amp;#039;expertises dans les domaines agricoles, de gestion de l&amp;#039;eau, de l&amp;#039;aménagement du territoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X67" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>http://www.chambre-agriculture04.fr</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contacter l&amp;#039;OFB ou votre agence de l&amp;#039;eau.
+ Contact : 66 Bd Gassendi, CS90117, 04995 Digne-les-Bains Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 57 57
+&lt;/p&gt;
+&lt;p&gt;
+ Email :  :
+ &lt;a href="mailto:accueil&amp;#64;ahp.chambagri.fr" target="_self"&gt;
+  accueil&amp;#64;ahp.chambagri.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ac8-accompagner-la-demarche-entrepreneuriale-et-r/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G68" s="1" t="inlineStr">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>120056</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un conseil juridique</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseiller les élus en leur proposant un accompagnement juridique personnalisé et une aide à la décision sur les domaines en lien avec l&amp;#039;exercice de leurs missions ou les compétences de leur collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux interrogations posées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de notes juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documentation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse écrite détaillée à l&amp;#039;interrogation posée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Notes juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de modèles de documents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déplacement dans la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réunion
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Thématiques rencontrées :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appel d&amp;#039;offre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  assurance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  assainissement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  bail rural, bail commerciale, bail logement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  chemins ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  cimetières
+ &lt;/li&gt;
+ &lt;li&gt;
+  circulation
+ &lt;/li&gt;
+ &lt;li&gt;
+  débit de boisson,
+ &lt;/li&gt;
+ &lt;li&gt;
+  délaissé de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  démolition
+ &lt;/li&gt;
+ &lt;li&gt;
+  domaine public, domaine privé
+ &lt;/li&gt;
+ &lt;li&gt;
+  droit de passage
+ &lt;/li&gt;
+ &lt;li&gt;
+  droit de préemption
+ &lt;/li&gt;
+ &lt;li&gt;
+  délégation
+ &lt;/li&gt;
+ &lt;li&gt;
+  eau potable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  éclairage public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  éolien,
+ &lt;/li&gt;
+ &lt;li&gt;
+  forêt,
+ &lt;/li&gt;
+ &lt;li&gt;
+  feux tricolores,
+ &lt;/li&gt;
+ &lt;li&gt;
+  habitat indigne,
+ &lt;/li&gt;
+ &lt;li&gt;
+  lotissement, numérique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  parking,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ralentisseur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  raccordement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réseaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  servitude de passage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  voirie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  trottoir,
+ &lt;/li&gt;
+ &lt;li&gt;
+  zone d&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Sports et loisirs
+Forêts
+Montagne
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Revitalisation
+Risques naturels
+Equipement public
+Réhabilitation
+Logement et habitat
+Attractivité économique
+Appui méthodologique
+Inclusion numérique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  contact&amp;#64;amjura.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière : juridique&amp;#64;amjura.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation : formation&amp;#64;amjura.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/377f-obtenir-un-conseil-juridique/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>163280</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'attractivité du territoire en dynamisant l'offre de services et le cadre de vie</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I155" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J155" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat cherche activement à renforcer son attrait et sa compétitivité en améliorant son cadre de vie et en dynamisant son offre de services.&lt;br /&gt;Maintenir la qualité de vie des habitants et accueillir les nouveaux arrivants nécessitent une offre et un maillage territorial solides en termes de services et d&amp;#039;équipements. Actuellement, l&amp;#039;organisation territoriale est principalement centralisée autour de Vitry-le-François. Il est donc crucial d&amp;#039;accompagner les collectivités et les acteurs privés pour développer ou maintenir un premier niveau de services marchands et non marchands (dans la sphère de l’économie sociale et solidaire), en particulier dans les bourgs relais, tout en facilitant leur accès. L&amp;#039;objectif est d&amp;#039;éviter que les habitants soient contraints de se déplacer systématiquement vers les territoires voisins, tels que Châlons-en-Champagne et Saint-Dizier.&lt;br /&gt;Un autre enjeu majeur concerne le domaine de la santé. Le Pays vitryat est confronté à un déficit de médecins généralistes et spécialistes, ainsi qu&amp;#039;à la menace de désertification médicale. Afin de remédier à cette situation, il est essentiel de créer des conditions favorables à l&amp;#039;installation de nouveaux praticiens de santé. Cela passe par le développement d&amp;#039;infrastructures telles que des maisons médicales ou des cabinets mutualisés, ainsi que par le soutien aux collectivités et aux associations de médecins dans leurs efforts de recrutement.&lt;br /&gt;Par ailleurs, pour renforcer l&amp;#039;attractivité résidentielle, il est important de proposer une offre sportive, culturelle et de loisirs attrayante.&lt;br /&gt;En mettant en oeuvre ces actions combinées, le Pays vitryat vise à créer un territoire attractif, dynamique et durable, capable d&amp;#039;attirer de nouveaux résidents, visiteurs et investisseurs, tout en offrant une qualité de vie élevée à ses habitants.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Développer la destination Pays Vitryat (destination résidentielle et touristique)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- L’augmentation du nombre et l’amélioration de la qualité des services à la population&lt;br /&gt;- L’installation de praticiens de santé sur le territoire&lt;br /&gt;- L’augmentation et/ou amélioration des pratiques sportives et culturelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;LEADER offre une valeur significative dans la présente fiche action. Un aspect essentiel de cette initiative est le renforcement du partenariat entre les acteurs publics et privés dans le domaine des services de proximité. Cette collaboration favorise une meilleure coordination des ressources et des expertises pour répondre aux besoins locaux de manière efficace.&lt;/p&gt;&lt;p&gt;Une autre idée clé est la mutualisation des compétences pour redynamiser les bourgs-centres. En rassemblant les forces de différents acteurs, LEADER stimule la vitalité économique des zones rurales, tout en préservant leur identité et leurs spécificités culturelles.&lt;br /&gt;Le renforcement de l&amp;#039;attractivité du territoire est également mis en avant grâce à l&amp;#039;amélioration et au développement de l&amp;#039;offre territoriale existante en matière de culture, services, commerces, tourisme et loisirs. LEADER soutient ainsi des projets visant à promouvoir les richesses culturelles et touristiques locales, tout en améliorant les infrastructures et les services disponibles pour les résidents et les visiteurs.&lt;br /&gt;En somme, LEADER offre une approche intégrée et synergique pour dynamiser le Pays Vitryat en favorisant la coopération entre les acteurs, en valorisant les atouts locaux et en développant une offre attrayante et diversifiée de services, de loisirs et de commerces. Ce programme constitue un levier puissant pour améliorer la qualité de vie de la population locale et pour renforcer l&amp;#039;attractivité globale du territoire.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opération contribuant au développement des équipements et services de proximité&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et/ou à l’équipement des :&lt;br /&gt;→ Lieux d’accueil et de mutualisation*&lt;br /&gt;→ Services marchands de proximité : artisanat et commerces&lt;br /&gt;→ Services dans le champ de l’économie sociale et solidaire** et/ou liés à l’environnement et l’économie circulaire***&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Opération contribuant au maintien d’une offre de santé diversifiée et connectée&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, l’aménagement et l’équipement de maisons de santé pluridisciplinaires, maisons médicales ou cabinets mutualisés&lt;br /&gt;- Soutien aux actions d’animation, de promotion et/ou d’accompagnement des acteurs de la santé&lt;br /&gt;- Soutien au développement des e-services****&lt;br /&gt;- Soutien aux opérations permettant l’expérimentation d’outils et/ou actions innovantes dans le domaine de la santé au service des seniors et/ou des personnes en situation de handicap&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Opération contribuant au développement de l’offre sportive, culturelle ou de loisirs pour les habitants du territoire&lt;/strong&gt;&lt;br /&gt;- Soutien à l’équipement, à la mise en réseau, à la coordination, à la mobilité, à l’animation, à la communication favorisant la pratique culturelle et/ou sportive&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et à l’équipement des infrastructures culturelles, sportives et/ou de loisirs&lt;br /&gt;- Soutien à l’organisation de manifestations et d’évènements culturels, sportifs et/ou de loisirs&lt;/p&gt;&lt;p&gt;&lt;em&gt;*On entend par mutualisation, la mise en commun des moyens, qu&amp;#039;ils soient humains, financiers ou logistiques afin de réduire des coûts et de réaliser des économies.&lt;br /&gt;**Le concept d&amp;#039;économie sociale et solidaire (ESS) désigne un ensemble de structures, dont le fonctionnement interne et les activités sont fondés sur un principe de solidarité et d&amp;#039;utilité sociale.&lt;br /&gt;***L’économie circulaire consiste à produire des biens et des services de manière durable en limitant la consommation et le gaspillage des ressources et la production des déchets.&lt;br /&gt;****Les e-services désignent toutes les informations et services fournis sur Internet en lien avec la santé.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Santé
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P155" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q155" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique: Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;&lt;p&gt;3. Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W155" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>94676</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Ardennes
+Ardennes Ingenierie</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Lorsqu&amp;#039;un projet en eau potable est lancé à l&amp;#039;initiative de la collectivité, le
-[...5 lines deleted...]
- Cette action correspond à la fiche N° 12 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+ Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement se décline en trois niveaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  niveau 1 : un conseil de premier niveau aux bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 3 : un accompagnement spécifique pour des prestations identifiées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement et Equipement publics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Résorption de logements vacants dégradés
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement de la mairie dans l&amp;#039;ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Revue de projets communaux : informations et conseils multi domaines
+&lt;/p&gt;
+&lt;p&gt;
+ -	Mise aux normes PMR de la Mairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie et infrastructures
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Sécurisation de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réfection d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement des abords d&amp;#039;un lavoir
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement et sécurisation d&amp;#039;un arrêt bus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eau et assainissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi et amélioration d&amp;#039;un dispositif d&amp;#039;assainissement collectif
+&lt;/p&gt;
+&lt;p&gt;
+ -	Accompagnement d&amp;#039;un projet de sécurisation d&amp;#039;un forage d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil de gestion du service d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Economie d&amp;#039;énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi énergétique, amélioration bâtiment, éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique du parc de logements communaux
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil chantier/géothermie de la mairie et de la salle des fêtes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique d&amp;#039;un gymnase
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement pour les vélos le long de la Voie Verte Trans Ardennes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un chemin de randonnée sur une ancienne voie ferrée
+&lt;/p&gt;
+&lt;p&gt;
+ -	Transformation d&amp;#039;anciens logements en gites touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Analyse de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Information sur évolution du nombre d&amp;#039;ERP et des systèmes de production d&amp;#039;ECS, planification et réalisation des analyses, aide à l&amp;#039;élaboration des plans d&amp;#039;actions en cas de non-conformité et suivi jusqu&amp;#039;au retour à une situation satisfaisante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Juridique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quels recours en cas de malfaçon suite à des travaux de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ -	Comment lutter contre les points noirs paysagers ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archives départementales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un nouveau local archives suite à l&amp;#039;extension de la mairie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Lecture publique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;un espace lecture au sein du groupe scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ -	Assistance à la gestion et à l&amp;#039;exploitation d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;une médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archéologie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réalisation d&amp;#039;un diagnostic archéologique préalable à un aménagement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de financements
+&lt;/p&gt;
+&lt;p&gt;
+ -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numérique et dématérialisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Projet de pôle culturel comprenant un Musée et une bibliothèque
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Culture et identité collective
+Tourisme
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="W156" s="1" t="inlineStr">
+        <is>
+          <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ mail : ardennesingenierie&amp;#64;cd08.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>anne.durand@cd08.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>22759</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Financer des terrains permanents ou saisonniers de beach soccer</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA)</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>District / Comité départemental de football d'appartenance</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I157" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J157" s="1" t="inlineStr">
+        <is>
+          <t>Aide de 20 000 € maximum dans la limite de 50 % du coût total du projet. Un abondement de 30 000 € pourra être accordé dans le cadre d’un projet de couverture de ce terrain.</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif Fonds d&amp;#039;Aide au Football Amateur - Chapitre Équipement (Nouvelle pratique : Beach Soccer)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Beach Soccer est en plein essor à la Fédération Française de Football depuis quelques années
+et nécessite aujourd&amp;#039;hui la construction de terrains spécifiques permanents ou saisonniers pour
+accompagner le déploiement de cette pratique dans tous les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de la F.F.F. est de permettre à toutes ses ligues régionales et ses districts de disposer de
+terrains destinés à accueillir des rencontres officielles sous la forme d&amp;#039;événements promotionnels et
+de compétitions, l&amp;#039;occasion aussi pour les clubs de football résidents de proposer cette pratique à
+leurs licenciés.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle souhaite donc accompagner la construction de terrains spécifiques, dont les possibilités
+d&amp;#039;implantation sont diverses avec les complexes sportifs existants, les établissements publics
+dédiés aux loisirs ou les centres aquatiques, les plans d&amp;#039;eau (bords de lac, bords de rivière) et bien
+évidemment le littoral (plages).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P157" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2025</t>
+        </is>
+      </c>
+      <c r="Q157" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Le porteur du projet doit être, soit un club affilié à la FFF, soit une collectivité locale en
+collaboration avec un club support affilié à la FFF ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le terrain doit être conforme aux lois du jeu FIFA du Beach Soccer (reprises dans le
+guide interactif de la pratique) ;
+ &lt;/li&gt;
+ &lt;li&gt;Le dossier doit être saisi par votre District d’appartenance au plus tard 3 mois après la date de
+commencement des travaux ;&lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;équipement projeté doit être situé, soit au sein d&amp;#039;un complexe sportif dont les
+installations existantes sont classées de niveau 6 minimum, soit dans un établissement
+public dédié aux loisirs équipé de vestiaires et sanitaires (base de loisirs, complexe
+aquatique), sur le littoral et sur un plan d&amp;#039;eau (bord de lac, rivière). Dans le cas où l’équipement serait installé de manière temporaire une attestation
+précisant les conditions de la mise à disposition doit être jointe au dossier ;&lt;/li&gt;
+ &lt;li&gt;
+  Le porteur de projet doit impérativement présenter un projet d&amp;#039;utilisation des installations
+envisagées dans le respect des attentes de la FFF ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage doit réaliser son opération dans un délai de 24 mois à compter
+de la date d&amp;#039;attribution de la subvention par la FFF.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T157" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W157" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_equipement_beach-soccer-25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Madame Lou LE NEDIC, Cheffe de projets à la FFF : llenedic&amp;#64;fff.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>spessoa@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b243-dispositif-fonds-daide-au-football-amateur-ch/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>103351</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Augmenter le nombre de terrains synthétiques de grands jeux, multisports</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Terrains synthétiques de grands jeux</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+La Région accompagne et encourage l&amp;#039;augmentation des capacités d&amp;#039;accueil pour les pratiquants multisports. Une façon de réduire la fracture territoriale et la carence d&amp;#039;équipements sportifs sur l&amp;#039;ensemble de son territoire.
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les syndicats mixtes ou intercommunaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le mouvement sportif (fédérations, ligues, comités régionaux, comités départementaux et clubs associatifs dans les disciplines conventionnées avec la Région).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le bénéficiaire peut être propriétaire, simple occupant ou locataire du terrain d&amp;#039;assiette ou des locaux objets du subventionnement régional.
+&lt;/p&gt;
+&lt;p&gt;
+ En tout état de cause, le bénéficiaire s&amp;#039;engage à maintenir le bien subventionné dans sa destination pendant une durée fixée dans la convention de subventionnement.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Taux de subvention de 15% maximum appliqué sur les montants des dépenses éligibles plafonnées suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  800.000€ HT pour la création ou la transformation d&amp;#039;un terrain en synthétique aux normes d&amp;#039;au moins une fédération habilitée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  75.000€ HT pour la réalisation d&amp;#039;un éclairage aux normes d&amp;#039;au moins une fédération habilitée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  500.000€ HT pour la construction ou extension de vestiaires.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Majoration de 10% si dispositions permettant la rétention des granulats (encaissement de l&amp;#039;équipement via bordures spécifiques, ou élargissement de la surface au-delà de l&amp;#039;équipement...).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communes qui justifient de l&amp;#039;absence d&amp;#039;équipement sportif sur leur territoire : aide régionale renforcée par le doublement du taux maximal de subvention, et du montant plafond de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Majoration de 10% sur justification d&amp;#039;une politique sportive dédiée aux personnes en situation de handicap.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Projets de création, de rénovation ou de transformation de terrains de grands jeux en terrains synthétiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif prévoit que :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La construction ou la transformation de terrains sportifs réponde aux normes d&amp;#039;au moins une fédération habilitée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éclairage d&amp;#039;au moins un terrain soit obligatoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création ou l&amp;#039;extension de vestiaires soit conforme aux normes d&amp;#039;au moins une fédération habilitée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet réponde à certaines exigences particulières de protection des pratiquants et aux critères suivants (teneur HAP, provenance et traçabilité des produits de remplissage, respect des normes de toxicité et environnementales).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets détailleront les créneaux horaires attribués et particulièrement les créneaux ouverts aux personnes en situation de handicap (PSH), et montreront l&amp;#039;impact sur le développement de la pratique sportive pour les PSH.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le dossier doit notamment comprendre :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La présentation de l&amp;#039;étude des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier de niveau APS du projet, comprenant le détail estimatif des travaux et les plans correspondants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une délibération de la collectivité sollicitant le financement régional, ou décision de l&amp;#039;autorité compétente,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plan de financement prévisionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un planning prévisionnel comportant une date de démarrage et de fin de travaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un courrier de la Ligue Paris Île-de-France de football ou de son District départemental, ou du Comité régional Île-de-France de rugby ou d&amp;#039;un de ses comités départementaux, attestant qu&amp;#039;en l&amp;#039;état du descriptif du projet de terrain synthétique qui leur est présenté, ce terrain pourra bénéficier d&amp;#039;une homologation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La justification des exigences particulières de protection des pratiquants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;appuyant sur un club résident ou qui en prévoient un, comprenant une section féminine en leur sein, seront prioritaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/Sk7UFYugo</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Direction des Sports, des Loisirs et de la Citoyenneté
+   &lt;/strong&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service des Sports
+  &lt;/li&gt;
+  &lt;li&gt;
+   Victor Carriere /
+   &lt;a href="mailto:victor.carriere&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+    victor.carriere&amp;#64;iledefrance.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   / 01 53 85 60 52
+  &lt;/li&gt;
+  &lt;li&gt;
+   Denis Hutsebaut /
+   &lt;a href="mailto:denis.hutsebaut&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+    denis.hutsebaut&amp;#64;iledefrance.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   / 01 53 85 58 66
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6b9-terrains-synthetiques-de-grands-jeux/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>152201</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités dans leurs investissements publics</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Contrats Pays de la Loire 2026</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir les collectivités dans leurs investissements publics.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région des Pays de la Loire souhaite poser les bases d&amp;#039;un nouvel accompagnement des territoires plus juste et plus équilibré à l&amp;#039;échelle du territoire ligérien au bénéfice de ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, la Région propose la mise en oeuvre d&amp;#039;un
+ &lt;a href="https://www.paysdelaloire.fr/mon-conseil-regional/les-missions/equilibre-des-territoires-et-ruralite/accompagner-le-developpement-et-l-attractivite"&gt;
+  Pacte Stratégique Régional
+ &lt;/a&gt;
+ pour chaque intercommunalité. Il devra permettre de favoriser un dialogue stratégique reposant sur un diagnostic partagé des enjeux et besoins des territoires ligériens et identifiant les interventions régionales sur chaque territoire ainsi que les priorités et les orientations de la Région inscrites dans les schémas régionaux et notamment dans le SRADDET.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Pacte stratégique régional servira de base aux échanges et à la définition de l&amp;#039;accompagnement régional autour des projets prioritaires du territoire pour la durée du contrat.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Contrat Pays de la Loire 2026 est une des déclinaisons opérationnelles du Pacte stratégique régional signé entre le territoire et la Région. Il porte sur le soutien à l&amp;#039;investissement public local. Il est structuré par les priorités et enjeux partagés au sein du Pacte stratégique régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  répondre exclusivement aux thématiques régionales que sont l&amp;#039;emploi/l&amp;#039;économie, la jeunesse et la transition écologique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rendre en compte et développer les deux grands principes fondateurs et vertueux que sont la transition écologique et l&amp;#039;inclusion des personnes en situation de handicap tels qu&amp;#039;indiqués dans le préambule du Pacte Stratégique Régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de la prise en compte de ces deux principes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  préciser en quoi il répond aux objectifs du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité du territoire (SRADDET).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Revitalisation
+International</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P159" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2023</t>
+        </is>
+      </c>
+      <c r="Q159" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Préalablement à toute approbation de Contrat Pays de la Loire 2026, la Région et l&amp;#039;intercommunalité devront avoir conclu un Pacte Stratégique Régional.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Elaboration du Contrat :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;élaboration du contrat comprend les étapes suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Transmission par le territoire d&amp;#039;un document de synthèse qui présente le lien entre le Pacte stratégique régional et le Contrat Pays de la Loire 2026, en cohérence avec les objectifs du SRADDET.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission par le territoire de la liste indicative des opérations du Contrat Pays de la Loire 2026.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Phase de présentation à la Région du projet de contrat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération du chef de file sur le projet de contrat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du Contrat Pays de la Loire 2026 par la Commission permanente du Conseil régional avant sa signature.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dépôt des dossiers se fera sur le portail des aides dématérialisé de la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="W159" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CT/depot/simple</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques territoriales
+ &lt;br /&gt;
+ Service Coordination des politiques territoriales et santé
+ &lt;br /&gt;
+ Pôle Contractualisation
+&lt;/p&gt;
+&lt;p&gt;
+ RantyRichard
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Loire-Atlantique
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Karine Pezeron/Alizée Pouillet
+ &lt;br /&gt;
+ Tél. 02 28 20 64 98
+ &lt;br /&gt;
+ alizee.pouillet&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Adeline Munilla
+ &lt;br /&gt;
+ Tél. 02 28 20 54 90
+ &lt;br /&gt;
+ adeline.munilla&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maine-et-Loire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Stéphane Boudy
+ &lt;br /&gt;
+ Tél. 02 41 22 72 84
+ &lt;br /&gt;
+ stephane.boudy&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Mayenne
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dominique Chanteau-Nogues
+ &lt;br /&gt;
+ Tél. 02 43 67 22 80
+ &lt;br /&gt;
+ antenne.mayenne&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Richard Ranty
+ &lt;br /&gt;
+ Tél. 02 28 20 54 61
+ &lt;br /&gt;
+ richard.ranty&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Sarthe
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Christelle Aubert
+ &lt;br /&gt;
+ Tél. 02 43 14 37 32
+ &lt;br /&gt;
+ christelle.aubert&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Vendée
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Christine Alaitru
+ &lt;br /&gt;
+ Tél. 02 51 44 74 93
+ &lt;br /&gt;
+ christine.alaitru&amp;#64;paysdelaloire.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/81c4-contrats-pays-de-la-loire-2026/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W160" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>120569</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementales des territoires du Jura (DDT)</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Direction départementale des Territoires du département du Jura (39) propose aux collectivités locales une aide en ingénierie pour leurs projets. Par exemple, les aiguiller dans les procédures, dans la recherche de financement ou encore les orienter techniquement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Source de l&amp;#039;Ain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas des Paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petites Villes de Demain
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Transition énergétique
+Agriculture et agroalimentaire
+Revitalisation
+International</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de la DDT 39
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail de la direction de la DDT 39 : ddt&amp;#64;jura.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>l.langdorf@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3c6-aide-ingenierie-aux-collectivites-locales-du-/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I162" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J162" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T162" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W162" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>150015</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Transformer et valoriser mes productions agricoles - Dispositif 302 du FEADER</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>TRANSFORMER ET VALORISER MES PRODUCTIONS AGRICOLES - Dispositif 302 du FEADER</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I163" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 40</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide vise à apporter un soutien aux projets de transformation et/ou commercialisation de la production agricole en vue de sa valorisation directe, c&amp;#039;est-à-dire des projets portés par des agriculteurs ou des structures dans lesquelles ils sont impliqués  dont les objectifs sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer la valeur ajoutée des produits et le revenu des agriculteurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer les circuits courts de proximité favorisant le rapprochement producteurs/consommateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre un maintien des filières agricoles et alimentaires représentatives de l&amp;#039;économie régionale afin de renforcer leur ancrage territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Les investissements matériels, neufs ou d&amp;#039;occasion liés au process de transformation, conditionnement, stockage et commercialisation. Pour le matériel d&amp;#039;occasion, se rapprocher de l&amp;#039;instructeur technique pour vérifier les conditions d&amp;#039;éligibilité.
+&lt;/p&gt;
+&lt;p&gt;
+ - Les véhicules frigorifiques,
+&lt;/p&gt;
+&lt;p&gt;
+ - Les investissements immatériels suivants dès lors qu&amp;#039;ils sont directement liés à l&amp;#039;investissement et nécessaires à sa préparation ou à sa réalisation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;étude de faisabilité technique, les frais d&amp;#039;architecte, d&amp;#039;ingénieurs et de consultation plafonnés à 3 000 € hors taxes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires d&amp;#039;études du matériel, les prestations de mise en service (formation, transport du matériel), l&amp;#039;achat de logiciels machine (hors ERP), l&amp;#039;acquisition de brevets et licences en lien avec les machines ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les prestations de conception d&amp;#039;image graphique et des supports de communication liés à l&amp;#039;investissement (banderoles, enseignes).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Uniquement pour les dossiers
+ &lt;strong&gt;
+  supérieurs
+ &lt;/strong&gt;
+ à 10 000 € HT : les travaux de construction, d&amp;#039;extension, d&amp;#039;amélioration de biens immobiliers y compris :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la déconstruction partielle ou totale de bâtiments, matériels et équipements lorsque la réalisation du nouvel investissement a lieu au même endroit que le bâtiment à déconstruire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de raccordement aux infrastructures de Voirie et Réseaux Divers publics sauf frais de raccordement des opérateurs ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Uniquement pour les dossiers
+ &lt;strong&gt;
+  inférieurs
+ &lt;/strong&gt;
+ à 10 000 € HT : les investissements liés à l&amp;#039;accès à l&amp;#039;eau potable et à son traitement pour un usage strictement lié à un process de transformation agricole.
+&lt;/p&gt;
+&lt;p&gt;
+ Un seul dossier (présenté au vote) par an et par bénéficiaire sera pris en compte par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant/Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est à hauteur de
+ &lt;strong&gt;
+  35% des dépenses éligibles
+ &lt;/strong&gt;
+ suite à instruction. Elle est bonifié de 5% pour les projets
+ &lt;strong&gt;
+  inférieurs
+ &lt;/strong&gt;
+ à 10 000 € HT portés par des agriculteurs
+ &lt;strong&gt;
+  certifiés Bio
+ &lt;/strong&gt;
+ . Elle est apportée par le Département dans sa totalité pour les projets inférieurs à 10 000 € HT de dépenses et par le FEADER et un cofinanceur national (Département ou Région) pour les autres.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide mentionné ci-dessus est plafonné par les règles des régimes d&amp;#039;aides d&amp;#039;Etat en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de moins de 10 000 € HT, le dossier doit être déposé en ligne sur le site https://mesdemarches.ladrome.fr/.  La liste des pièces justificatives nécessaire au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention pour de l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets supérieurs à 10 000 € HT, le dossier doit être déposé en ligne sur le site de la Région Auvergne-Rhône-Alpes dans le cadre des appels à candidatures lancés sur le dispositif 302 – Transformer et valoriser mes productions agricoles. La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention pour de l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Attention : les dépenses ou devis signés avant la date d&amp;#039;accusé de réception de votre dossier ne sont pas éligibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Instruction des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Demande dématérialisée
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Pour les projets inférieurs à 10 000 € HT :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Demande en ligne sur le site ladrome.fr (bandeau noir—bas de page – « démarche en lignes »).
+&lt;/p&gt;
+&lt;p&gt;
+ Subventions aux entreprises :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Agriculture Forêt Bois
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Investissements des exploitations pour la transformation commercialisation en circuits courts
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Pour les projets supérieurs à 10 000 € HT :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Demande en ligne sur le site de la Région Auvergne-Rhône-Alpes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets supérieurs à 10 000 € HT : la demande de paiement est à adresser à la Région Auvergne-Rhône-Alpes dans les délais mentionnés dans la décision juridique attributive de subvention. La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci au Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Projets inférieurs à 10 000 € HT : la demande de paiement est à adresser au Département de la Drôme dans les délais mentionnés dans la décision juridique attributive de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de paiement devra obligatoirement comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le formulaire de demande de paiement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  toutes les pièces justificatives relatives aux dépenses (facture(s) signé(es) et acquitté(es))
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout document attestant du respect de la publicité du soutien du Département
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des acomptes de subvention pourront être versés au fur et à mesure de la réalisation de l&amp;#039;opération au vu des justificatifs de dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Le total des acomptes versés ne pourra excéder 80 % de la subvention départementale prévue. Le solde sera arrêté au prorata des dépenses réellement justifiées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bases réglementaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent entrer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit dans le champ de l&amp;#039;Article 42 Traité sur le Fonctionnement de Union Européenne (TFUE),
+ &lt;/li&gt;
+ &lt;li&gt;
+  sinon les règles relatives aux aides d&amp;#039;Etat s&amp;#039;appliquent. Sont mobilisés dans ce cas le règlement de minimis ou l&amp;#039;un des régimes suivants :
+ &lt;/li&gt;
+ &lt;li&gt;
+  règlement (UE) n°1407/2013 de la Commission du 18 décembre 2013 relatif à l&amp;#039;application des articles 107 et 108 du traité sur le fonctionnement de l&amp;#039;Union européenne aux aides de minimis, prolongé par le règlement (UE) n°2020/972 du 2 juillet 2020,
+ &lt;/li&gt;
+ &lt;li&gt;
+  régime cadre exempté de notification N° SA.60553 relatif aux aides en faveur des PME actives dans la transformation et la commercialisation de produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  régime cadre exempté de notification N° SA.59106 relatif aux aides en faveur des PME
+ &lt;/li&gt;
+ &lt;li&gt;
+  régime cadre exempté de notification N° SA SA.58979 relatif aux aides à finalité régionale (AFR)
+ &lt;/li&gt;
+ &lt;li&gt;
+  régime notifié N° SA.41735 (2015/N) relatifs aux aides en faveur des grandes entreprises actives dans la transformation et la commercialisation de produits agricoles, prolongés jusqu&amp;#039;au 31 décembre 2022 par le régime SA.59141
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher des dépenses : 1 500 € HT.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond des dépenses : 150 000 € HT
+ &lt;/strong&gt;
+ pour les projets ne bénéficiant qu&amp;#039;à une seule exploitation agricole (pour les GAEC, ce plafond est multiplié par le nombre d&amp;#039;associés jusqu&amp;#039;à 3 maximum) et
+ &lt;strong&gt;
+  1 000 000 € HT
+ &lt;/strong&gt;
+ pour les autres.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet est éligible si l&amp;#039;investissement matériel est réalisé dans le département de la Drôme, ou dans un département limitrophe à condition que plus de 50% des exploitations agricoles engagées dans le projet aient leur siège en Drôme.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien portera sur les investissements de transformation et/ou de commercialisation de matières premières agricoles, associés ou non à des investissements de conditionnement et/ou stockage.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique. Les projets supérieurs à 10 000 € HT sont étudiés dans l&amp;#039;ordre de classement vis-à-vis de la grille de sélection du FEADER, disponible dans chaque appel à projets. Les projets plus petits sont étudiés par les élus départementaux au fil de l&amp;#039;eau au regard de l&amp;#039;enveloppe disponible.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères de sélection garantissent une égalité de traitement des demandes et une bonne utilisation des ressources financières.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses définies comme inéligibles dans les règles transversales du FEADER (notamment crédit-bail ou équivalent (location-vente, lease back), rachat d&amp;#039;actifs, l&amp;#039;acquisition d&amp;#039;animaux ; coût interne et externe pour le montage du dossier de subvention, frais de change) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le consommable quel que soit son coût. Pour le petit matériel &amp;lt;200 € HT unitaire, vérifier auprès de l&amp;#039;instructeur de la mesure que cela diffère bien du consommable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses liées aux logements, bureaux, vestiaires y compris le matériel afférent ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La déconstruction de bâtiment, la dépose d&amp;#039;équipement ou matériel non liée au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cadre d&amp;#039;un transfert d&amp;#039;un site de l&amp;#039;entreprise à un autre, les frais de dépose, transport, repose de matériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de biens immobiliers et de terrains ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les conseils fiscaux, la tenue des comptes, les prestations réglementaires, les frais de notaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les outils de promotion (comme par exemple l&amp;#039;édition de support de communication, les campagnes publicitaires) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les matériaux et la main d&amp;#039;œuvre lorsque les travaux sont réalisés en auto-construction ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;entretien de remise en état ou de rénovation de matériel existant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de transport aérien ou maritime et les frais de douanes des matériels importés (TIP, EWE, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de logiciels informatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dépôt de licences commerciales, le dépôt de brevets, le dépôt de marques et droits d&amp;#039;auteur, l&amp;#039;acquisition de licence commerciale ou de marque ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;amortissement de biens neufs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les véhicules de transport (hors véhicules frigorifiques) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le matériel de conditionnement et stockage des fruits (calibrage, triage, colisage...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agriculteurs actifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petites et moyennes entreprises dont l&amp;#039;actionnariat (ou les membres selon statut) est majoritairement détenu par un ou plusieurs agriculteurs actifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les SCI dans les cas uniquement où l&amp;#039;actionnariat est majoritairement détenu par un ou plusieurs agriculteurs actifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités territoriales et établissements publics :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Qui investissent pour mettre à disposition d&amp;#039;une structure exploitante dont l&amp;#039;actionnariat (ou les membres selon statut) est majoritairement détenu par un ou plusieurs agriculteurs actifs
+   &lt;/li&gt;
+   &lt;li&gt;
+    Et qui investissent dans des processus de transformation, conditionnement, stockage, commercialisation dont les produits finis sont majoritairement agricoles
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/transformer-et-valoriser-mes-productions-agricoles-dispositif-302-du-feader/</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets inférieurs à 10 000 € HT :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Économie Emploi Insertion
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement Agricole Agroalimentaire et Bois
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi technique du dossier : Cassandre MONNET – Tél : 06 87 74 97 42 –
+ &lt;a href="mailto:cmonnet&amp;#64;ladrome.fr" target="_self"&gt;
+  cmonnet&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi administratif du dossier : Sylvie BILLION-REY – Tél : 04 75 79 81 37 –
+ &lt;a href="mailto:sbillion-rey&amp;#64;ladrome.fr"&gt;
+  sbillion-rey&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets supérieurs à 10 000 € HT :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Direction Agriculture Forêt Alimentation de la Région
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:alimentation.dafa&amp;#64;auvergnerhonealpes.fr"&gt;
+  alimentation.dafa&amp;#64;auvergnerhonealpes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e847-transformer-et-valoriser-mes-productions-agri/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>95080</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements sportifs</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux investissements sportifs à vocation compétitive</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I164" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et EPCI,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Les structures privées (inclues ligues et associations privées de gestion de centres de formation) propriétaires d&amp;#039;équipements sportifs utilisés à des fins compétitives de haut niveau, en lien avec un club local.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Rénovation d&amp;#039;équipements vétustes,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Mise aux normes (de sécurité, fédérales, d&amp;#039;accessibilité, environnementales BBC),
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Construction de nouveaux équipements dans des zones dépourvues identifiées par le biais du recensement des équipements sportifs réalisé par le Ministère en charge des Sports.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Mutualisation : l&amp;#039;équipement devra être mis à disposition des clubs locaux en complémentarité avec les créneaux scolaires le cas échéant,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Rayonnement : la gestion des équipements devra être pensée dans un souci d&amp;#039;utilisation optimale à l&amp;#039;échelle intercommunale,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Développement durable : l&amp;#039;équipement neuf et/ou les travaux de rénovation devront répondre aux normes environnementales.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;p&gt;
+ Nature et montant de l&amp;#039;aide
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   25% maximum pour les communes dont le potentiel financier est inférieur au potentiel financier de la strate et l&amp;#039;effort fiscal supérieur à 1 ;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   20% maximum pour les communes dont le potentiel financier est inférieur au potentiel financier de la strate et l&amp;#039;effort fiscal inférieur ou égal à 1 ou les communes dont le potentiel financier est supérieur au potentiel financier de la strate et l&amp;#039;effort fiscal supérieur à 1 ;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   15% maximum pour les communes dont le potentiel financier est supérieur au potentiel financier de la strate et l&amp;#039;effort fiscal inférieur ou égal à 1.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ La demande d&amp;#039;aide
+ &lt;ul&gt;
+  &lt;li&gt;
+   du dossier technique (APS puis APD) et devis détaillé des travaux en HT et TTC,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   de l&amp;#039;échéancier prévisionnel,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   du plan de financement détaillé de l&amp;#039;opération,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   le cas échéant, de la délibération correspondante,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;un état des lieux reprenant les équipements existants (cartographie), leur rayonnement géographique, les clubs, le nombre de licenciés, le niveau d&amp;#039;évolution, l&amp;#039;aire d&amp;#039;attraction, etc.,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   du coût de fonctionnement de l&amp;#039;équipement et sa prise en charge.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Le projet d&amp;#039;investissement devra être pensé dans un souci de :
+ &lt;br /&gt;
+&lt;p&gt;
+ Chaque dossier déposé fera l&amp;#039;objet d&amp;#039;une instruction par le Service des Sports. La consultation de la ligue ou du comité régional concerné pourra s&amp;#039;inscrire dans la démarche d&amp;#039;instruction.
+Pour les projets de rénovation, seuls les équipements justifiant d&amp;#039;un intérêt avéré pour une pratique compétitive de haut niveau seront retenus.
+Pourront ainsi être exclus les projets de rénovation de terrains de football ou de piscines non associés à un club évoluant à un niveau de compétition suffisant.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront intégrées aux dépenses éligibles les travaux relevant de l&amp;#039;équipement sportif stricto sensu, à l&amp;#039;exclusion des zones de convivialité (hall, accueil, club-house, espaces verts et espaces bien-être).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention régionale est calculée sur le montant des dépenses subventionnables plafonné à 2 M€ HT, sur la base du coût prévisionnel des travaux opérés sur l&amp;#039;équipement sportif stricto sensu, en tenant compte des dernières données fiscales connues « Potentiel financier et Effort fiscal des communes de la région Grand Est » :
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention régionale
+Potentiel
+financier de la commune d&amp;#039;implantation &amp;lt; Potentiel financier de
+la strate
+Potentiel
+financier de la commune d&amp;#039;implantation &amp;gt; Potentiel financier de
+la strate
+Effort
+fiscal &amp;lt;1
+20 %
+15 %
+Effort
+fiscal &amp;gt;1
+25 %
+20 %
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P164" s="1" t="inlineStr">
+        <is>
+          <t>30/11/2016</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T164" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-investissements-sportifs/</t>
+        </is>
+      </c>
+      <c r="W164" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0134/depot/simple</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:Paul.FRICKER&amp;#64;grandest.fr"&gt;
+    Paul FRICKER
+   &lt;/a&gt;
+   – 03 88 15 67 45 (Alsace-Lorraine)
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:sophie.saintaubin&amp;#64;grandest.fr"&gt;
+    Sophie SAINT-AUBIN
+   &lt;/a&gt;
+   – 03 26 70 85 82 (Champagne-Ardenne)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c6b-soutien-aux-investissements-sportifs/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>90933</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux Equipements Sportifs</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans une logique d&amp;#039;aménagement sportif équilibré du territoire, la Région Nouvelle-Aquitaine soutient les projets liés à la rénovation et/ou à la construction d&amp;#039;installations sportives.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+      :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;assurer le développement équilibré des pratiques sportives sur son territoire, la Région Nouvelle-Aquitaine participe au financement des équipements sportifs publics :
+&lt;/p&gt;
+&lt;p&gt;
+ mis à la disposition des lycées, des centres de formation des apprentis (CFA) et des établissements  régionaux d&amp;#039;enseignement adapté (EREA) dans le cadre de la pratique de l&amp;#039;éducation physique et sportive avec un taux d&amp;#039;occupation d&amp;#039;au moins 20 % du temps d&amp;#039;ouverture et un accès gratuit aux équipements, à vocation régionale, nationale ou internationale permettant la pratique de haut niveau et l&amp;#039;accueil de compétitions majeures, favorisant les sports de nature sur le territoire des Parc Naturels Régionaux (PNR).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier doit être adressé au moins 8 mois avant le démarrage des travaux (phase APD).
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande déposée après le démarrage des travaux fera l&amp;#039;objet d&amp;#039;une réponse négative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les personnes morales de droit public (collectivités locales, établissements publics et groupements d&amp;#039;intérêt public).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides régionales sont prioritairement attribuées aux projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  relevant de territoires recensés comme socio-économiquement vulnérables,
+ &lt;/li&gt;
+ &lt;li&gt;
+  inscrits dans une démarche contractuelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondant aux démarches de qualité environnementale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans tous les cas, le foncier doit relever du domaine public.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas pris en compte les travaux de mises aux normes imposés par la loi n° 2005-102 du 11/02/2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1° Télécharger le dossier de demande de subvention &amp;#34;Construction ou rénovation d&amp;#039;équipements sportifs&amp;#34;.
+ &lt;/li&gt;
+ &lt;li&gt;
+  2° Envoyer ce document par mail au correspondant dont le nom figure en première page du dossier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/soutien-aux-equipements-sportifs</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction des sports / de la vie assoc. et de l&amp;#039;égalité : 05 87 21 31 10
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a92b-soutien-aux-equipements-sportifs/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>103352</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Développer les équipements sportifs de proximité</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux équipements sportifs de proximité</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 50</t>
+        </is>
+      </c>
+      <c r="J166" s="1" t="inlineStr">
+        <is>
+          <t>L'aide régionale peut aller jusqu'à 200.000€ maximum en fonction de la nature de l'équipement.</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région entend, à travers cette aide, réduire les carences en équipements sportifs, faciliter l&amp;#039;accès du public féminin et des personnes en situation de handicap à la pratique du sport, et lutter contre la fracture territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le bénéficiaire peut être propriétaire, simple occupant ou locataire du terrain d&amp;#039;assiette ou des locaux objets du subventionnement régional.
+  &lt;/li&gt;
+  &lt;li&gt;
+   En tout état de cause, le bénéficiaire s&amp;#039;engage à maintenir le bien subventionné dans sa destination pendant une durée fixée dans la convention de subventionnement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les communes qui justifient de l&amp;#039;absence d&amp;#039;équipement sportif sur leur territoire, l&amp;#039;aide régionale est renforcée : augmentation ou doublement du taux maximal et du montant plafond de la subvention en fonction (cas particulier pour les équipements sportifs en accès libre : taux maximum de subvention de 75%).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les projets de terrains synthétiques non normés avec garnissage de caoutchouc : majoration de 5% pour dispositions permettant la rétention des granulats.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les bénéficiaires qui justifient de la mise en œuvre d&amp;#039;une politique sportive dédiée aux personnes en situation de handicap (désignation d&amp;#039;un club résident accueillant ce public, équipements permettant une pratique compétitive...) : majoration de 10%.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projets de création ou de réhabilitation d&amp;#039;équipements sportifs permettant de répondre à un besoin identifié de pratique sportive, de loisirs ou non compétitive.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements devront, autant que possible, intégrer une logique de facilité d&amp;#039;accès aux transports en commun.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets présentés permettant une pratique compétitive doivent bénéficier à un club résident, accueillant une pratique sportive mixte ou possédant obligatoirement une section féminine pour les disciplines collectives sauf impossibilité argumentée et justifiée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les syndicats mixtes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le mouvement sportif (fédérations, ligues, comités régionaux, comités départementaux et clubs associatifs),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sociétés de droit privé à objet sportif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dossier doit notamment comprendre :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La présentation de l&amp;#039;étude des besoins ou note d&amp;#039;opportunité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un dossier de niveau APS du projet, comprenant le détail estimatif des travaux et les plans correspondants,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une délibération de la collectivité sollicitant le financement régional, ou décision de l&amp;#039;autorité compétente pour les associations et sociétés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un plan de financement prévisionnel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un planning prévisionnel comportant une date de démarrage et de fin de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/SygNvK_go</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>Direction des Sports, des Loisirs et de la Citoyenneté
+&lt;br /&gt;
+&lt;br /&gt;
+Service des sports
+&lt;br /&gt;
+&lt;br /&gt;
+Victor Carriere /
+&lt;a href="mailto:victor.carriere&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ victor.carriere&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+/ 01 53 85 60 52
+&lt;br /&gt;
+&lt;br /&gt;
+Gaëtane Claveau /
+&lt;a href="mailto:gaetane.claveau&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ gaetane.claveau&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+/ 01 53 85 50 12
+&lt;br /&gt;
+&lt;br /&gt;
+Bénédicte Chaignon /
+&lt;a href="mailto:benedicte.chaignon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ benedicte.chaignon&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+/ 01 53 85 63 43
+&lt;br /&gt;
+&lt;br /&gt;
+Sébastien Chiss /
+&lt;a href="mailto:sebastien.chiss&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ sebastien.chiss&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+/ 01 53 85 70 91
+&lt;br /&gt;
+&lt;br /&gt;
+Didier Pereira /
+&lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ didier.pereira&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+/ 01 53 85 56 53
+&lt;br /&gt;
+&lt;br /&gt;
+Christophe Iracane /
+&lt;a href="mailto:christophe.iracane&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ christophe.iracane&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+/ 01 53 85 60 83
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf7d-aide-aux-equipements-sportifs-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>103355</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir développement des équipements sportifs d’intérêt régional (ESIR)</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux équipements sportifs d’intérêt régional (ESIR)</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I167" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J167" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de subvention régional est de 30% maximum du montant des dépenses éligibles</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient le développement des équipements sportifs d&amp;#039;intérêt régional qui permettent de regrouper des sportifs pour des stages de perfectionnement, des compétitions ou des formations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les centres techniques
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements sportifs dédiés à la pratique sportive des personnes en situation de handicap
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets, qui comprennent la réalisation de terrains synthétiques (terrains synthétiques avec garnissage de granulats en caoutchouc ou autres) devront répondre à certaines exigences particulières de protection des pratiquants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les collectivités territoriales
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les établissements publics de coopération intercommunale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les syndicats mixtes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le mouvement sportif (fédérations, ligues, comités régionaux et, à titre exceptionnel, les comités départementaux et clubs associatifs dans les disciplines conventionnées avec la Région)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Le bénéficiaire peut être propriétaire, simple occupant ou locataire du terrain d&amp;#039;assiette ou des locaux objets du subventionnement régional.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ En tout état de cause, le bénéficiaire s&amp;#039;engage à maintenir le bien subventionné dans sa destination pendant une durée fixée dans la convention de subventionnement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de subvention régional est de 30% maximum du montant des dépenses éligibles. Le montant des travaux pris en compte est plafonné à 6.700.000€ H.T.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets présentés doivent satisfaire au dispositif et être présenté au stade de l&amp;#039;avant-projet sommaire (APS).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dossier doit notamment comprendre les éléments suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Présentation de l&amp;#039;APS du projet et description détaillée
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plan de financement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Planning prévisionnel de réalisation des travaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion prévisionnelle de l&amp;#039;équipement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Décision de l&amp;#039;organe délibérant sollicitant le financement (délibération, PV d&amp;#039;Assemblée générale ou de Comité directeur...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépôt du dossier de candidature sur la plateforme des aides régionales
+   &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
+    mesdemarches.iledefrance.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   .
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/ry8rd5sIq</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction des Sports, des Loisirs et de la Citoyenneté
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénédicte Chaignon
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:benedicte.chaignon&amp;#64;iledefrance.fr"&gt;
+  benedicte.chaignon&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 63 43
+&lt;/p&gt;
+&lt;p&gt;
+ Laurent Toutain
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:laurent.toutain&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  laurent.toutain&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 71 97
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba44-aide-aux-equipements-sportifs-dinteret-region/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>161692</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Développer les équipements sportifs de proximité - Plan 5000 équipements – Génération 2024</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale du Sport (ANS)</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Plan 5000 équipements sportifs – Génération 2024, s’inscrit dans la continuité du Plan 5000 terrains de sport (2022-2023) qui a connu un grand succès qualitatif et quantitatif avec plus de 5500 terrains de sport financés sur tout le territoire français ainsi que dans le prolongement des politiques publiques destinées à renforcer le lien avec le milieu scolaire : 2h de sport au collège et 30 minutes d’Activité Physique et Sportive (APQ) à l’école.&lt;/p&gt;&lt;p&gt;Ce nouveau Plan 5000 équipements – Génération 2024 se déploiera selon 3 axes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les équipements de proximité ;&lt;/li&gt;&lt;li&gt;Les cours d’écoles actives et sportives ;&lt;/li&gt;&lt;li&gt;Les équipements structurants.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une enveloppe pluriannuelle de 300 M€ sur 3 ans est allouée à l’Agence nationale du Sport pour la mise en place de ce programme.&lt;/p&gt;&lt;p&gt;Entre 2024 et 2026, ce plan doit permettre la création de 5000 équipements supplémentaires (3000 équipements de proximité, 1500 cours d’écoles actives et sportives et 500 équipements structurants). 1/3 des projets devront être situés dans des Quartiers Prioritaires de la politique de la Ville (QPV) ou à proximité immédiate.&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.agencedusport.fr/plan-5000-equipements-generation-2024" title="Agence nationale du Sport" target="_blank"&gt;En savoir plus ...&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;À destination&lt;/strong&gt; des collectivités ou leurs mandataires, des associations à vocation sportive, des universités publiques et des établissements médico-sociaux publics accueillant des jeunes en situation de handicap ayant une association sportive affiliée à une fédération sportive, ce plan contribuera à l’action de l’Agence en matière de correction des inégalités sociales et territoriales. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les territoires éligibles ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Tous les territoires sont éligibles. Néanmoins, une priorité d’examen sera donnée aux projets situés en territoires carencés. Les territoires carencés sont définis de la façon suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;En territoire urbain : projets situés dans les quartiers prioritaires de la politique de la ville (QPV) ou leurs environs immédiats. 1/3 des projets devront être situés dans ou à proximité de Quartiers Prioritaires de la politique de la Ville (QPV). &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;En territoire rural : projets situés dans les zones de revitalisation rurale (ZRR) ou dans une commune appartenant à une intercommunalité ayant signé un Contrat de Relance et de Transition Ecologique (CRTE) qualifié de rural, ou dans un bassin de vie comprenant au moins 50 % de la population en ZRR ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;En territoire ultramarin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelques points de vigilance. P&lt;/strong&gt;our pouvoir bénéficier d’une subvention d’équipement, les porteurs de projet doivent :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;S’engager à ne pas bénéficier de plus de 80 % d’aides publiques par rapport au coût total de l’opération, sauf pour les territoires d’Outre-mer ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Garantir de manière pérenne le caractère sportif de l’équipement ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Ne pas commencer l’exécution de l’opération avant la réception de l’accusé de réception de dossier conforme, éligible et complet, de la part des services instructeurs. Les devis, bons de commande, ordres de service ou le cas échéant, le marché, ne doivent pas avoir été signés. Les études préalables ou l’acquisition de terrains ne constituent pas un commencement d’exécution.&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Une convention d’utilisation et d’animation de l’équipement sportif d’une durée minimale de 5 ans devra être signée par le porteur de projet et le(s) utilisateur(s) du(des) équipement(s), avec un ou plusieurs établissements scolaires et/ou le propriétaire foncier précisant les créneaux prévisionnels qui seront réservés aux utilisateurs signataires et les créneaux en accès libre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.agencedusport.fr/plan-5000-equipements-generation-2024" title="Agence nationale du Sport" target="_blank"&gt;En savoir plus..&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agencedusport.fr/plan-5000-equipements-generation-2024</t>
+        </is>
+      </c>
+      <c r="W168" s="1" t="inlineStr">
+        <is>
+          <t>https://infrasport.agencedusport.fr/</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.agencedusport.fr/contactez-nous?question&amp;#61;71"&gt;Contactez-nous | Agence nationale du sport (agencedusport.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>benoit.zedet@agencedusport.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-5000-equipements-generation-2024/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>94909</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la consommation et de la gestion des ressources (eau, énergie et matières premières)</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Efficacité matière avec focus plastique</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J169" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 200K€</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+ Soutien à l&amp;#039;optimisation de la consommation et de la gestion des ressources.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise à accompagner les acteurs du développement économique en privilégiant les démarches collectives ou sectorielles d&amp;#039;une part, ainsi que les opérations au caractère particulièrement exemplaire ou novateur d&amp;#039;autre part.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus les industriels de la filière de recyclage et du traitement des déchets, y compris les recycleries/ressourceries, par ailleurs soutenus dans un autre dispositif dédié à la valorisation centralisée des DAE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises ou groupements d&amp;#039;entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fédérations, organisations professionnelles et chambres consulaires représentant les entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités territoriales, et plus particulièrement EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ plafond de l&amp;#039;aide : 200 K€
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Eau : en termes d&amp;#039;exemples sont éligibles les actions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Optimisation des procédés et prévention (ex : modification d&amp;#039;un process conduisant à réduire la consommation en eau, réduction de la nocivité des déchets dangereux pour les milieux aquatiques...),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Recyclage, réemploi ou réutilisation d&amp;#039;eau autorisés par la réglementation (ex : mise en oeuvre de la réutilisation des eaux usées traitées, recyclage d&amp;#039;eau au sein d&amp;#039;un procédé ou récupération d&amp;#039;eaux pluviales pour limiter de façon significative les consommations d&amp;#039;eau potable ou d&amp;#039;eau de nappe...),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise en oeuvre de techniques visant à limiter les besoins en ressources naturelles dans le cadre de travaux d&amp;#039;assinissement ou en lien avec l&amp;#039;eau (ex : réemploi des matériaux, utilisation de matériaux recyclés, réalisation de travaux sans tranchées...).
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Energie :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets visant à acculturer et/ou à impulser des changements de pratiques en matière de consommation d&amp;#039;énergie auprès d&amp;#039;un collectif d&amp;#039;entreprises sont éligibles,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets relevant de la demande d&amp;#039;une entreprise à titre individuel sont exclus car déjà éligibles dans le cadre d&amp;#039;un dispositif spécifique dédié « soutien à l&amp;#039;efficacité énergétique des procédés ».
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Matières premières – déchets : sont éligibles les projets permettant d&amp;#039;économiser les ressources par la prévention ou la gestion :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La prévention consiste à réduire la quantité et la nocivité des déchets produits en intervenant à la fois sur leur mode de production et sur leur consommation,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La gestion des déchets désigne l&amp;#039;ensemble des opérations et moyens mis en oeuvre en interne pour réemployer, recycler, valoriser ou éliminer les déchets produits.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus les études portant uniquement sur la gestion des déchets, les installation de méthanisation qui font l&amp;#039;objet d&amp;#039;un appel à projets spécifique, les projets de recyclage et valorisation des déchets issus des chantiers BTP également visés par un dispositif spécifique de soutien, et les investissements pour l&amp;#039;utilisation de Combustibles Solides de Récupération (CSR).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types de dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prestations externes pour les études de faisabilité (hors projets RDI),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses d&amp;#039;investissement pour acquisition d&amp;#039;équipements,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Animation dans le cadre d&amp;#039;une opération collective : dépenses RH, prestations, communication, déplacements, divers...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P169" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2020</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-loptimisation-de-la-consommation-et-de-la-gestion-des-ressources/</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet au préalable du dépôt d&amp;#039;une lettre d&amp;#039;intention. Celle-ci devra être impérativement transmise avant le démarrage du projet au contact de votre territoire ci-dessous.
+ &lt;br /&gt;
+ Après une première expertise et accord de l&amp;#039;interlocuteur Région ou AERM, le porteur pourra déposer un dossier de candidature par mail.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS  54, 55, 57 ET 88
+&lt;/h4&gt;
+&lt;p&gt;
+ Pascal DEPREZ
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ Place Gabriel Hocquard CS 81004
+&lt;/p&gt;
+&lt;p&gt;
+ 57036 Metz cedex 01
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 54 32 34
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:pascal.deprez&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  pascal.deprez&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS 08, 10, 51 ET 52
+&lt;/h4&gt;
+&lt;p&gt;
+ Richard LUBIN
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ 5 rue de Jéricho
+&lt;/p&gt;
+&lt;p&gt;
+ 51037 Châlons-en-Champagne cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 26 70 89 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:richard.lubin&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  richard.lubin&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS 67 ET 68
+&lt;/h4&gt;
+&lt;p&gt;
+ Jean-Philippe MICHEL
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ 1 place Adrien Zeller
+&lt;/p&gt;
+&lt;p&gt;
+ 67070 Strasbourg cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 15 68 86
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;a href="mailto:jean-philippe.michel&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+   jean-philippe.michel&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+ &lt;h4&gt;
+  POUR LE TERRITOIRE DE L&amp;#039;AERM DÉPARTEMENTS 54, 57, 67, 68 ET 08, 52, 55, 88 PARTIELLEMENT
+ &lt;/h4&gt;
+ &lt;p&gt;
+  Clémence RICOCHON
+ &lt;/p&gt;
+ &lt;p&gt;
+  Agence de l&amp;#039;Eau Rhin Meuse
+ &lt;/p&gt;
+ &lt;p&gt;
+  « Le Longeau » – Route de Lessy
+ &lt;/p&gt;
+ &lt;p&gt;
+  Rozérieulles BP 30019
+ &lt;/p&gt;
+ &lt;p&gt;
+  57161 Moulins-lès-Metz cedex
+ &lt;/p&gt;
+ &lt;p&gt;
+  03 87 34 46 71
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;a href="mailto:clemence.ricochon&amp;#64;eau-rhin-meuse.fr" rel="noopener" target="_blank"&gt;
+   clemence.ricochon&amp;#64;eau-rhin-meuse.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9a1-soutien-a-loptimisation-de-la-consommation-et/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>155123</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements à vocation sportive</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Équipements sportifs (politique territoriale  22-28)</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;équipements à vocation sportive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les plateaux multi-activités
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aire de jeux multisports sécurisée le plus souvent non-couverte, à vocation scolaire et périscolaire mais aussi d&amp;#039;espaces d&amp;#039;entrainement pour diverses disciplines (handball, tennis, basket, volley ...) dont l&amp;#039;emprise au sol est au minimum de 11 m x 22 m.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les équipements sportifs pluridisciplinaires de proximité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Equipements sportifs reconnus comme étant à usage communal ou communautaire, permettant la pratique de plusieurs disciplines sportives dans un environnement couvert. On intègre dans cette catégorie les salles sportives dont l&amp;#039;aire de jeux doit-être a minima de 36m x 18m et les gymnases dont l&amp;#039;aire de jeux doit-être de 44m x 22m, permettant notamment la pratique du handball en compétition.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les équipements sportifs spécifiques de proximité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Equipements sportifs reconnus comme étant à usage communal ou communautaire, permettant la pratique d&amp;#039;une discipline sportive principale de plein air ou couverte : les aires de jeux engazonnées ou synthétiques dédiées aux sports collectifs (football, rugby, baseball...), pour l&amp;#039;entraînement et la compétition, les terrains de basket 3x3, les terrains de foot 5x5, les terrains de tennis et de padel, les boulodromes, les salles d&amp;#039;arts martiaux et dojo, les salles de tennis de table, les salles de gymnastique, les pistes d&amp;#039;athlétisme (équipement extérieur non couvert), les patinoires, les complexes aquatiques...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les équipements sauf les plateaux sportifs, avis de la DDCS
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations des bâtiments, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nécessité de la présence sur le territoire d&amp;#039;une structure affiliée à une fédération organisant des compétitions en lien avec la ou les disciplines pratiquées sur l&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nécessité de respecter les normes fédérales en vigueur dans la ou les disciplines pratiquées sur l&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nécessité de la justification de l&amp;#039;équipement en question au regard des autres équipements existants sur le secteur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bâtiment
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Equipement de plein air
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences en matière de végétalisation et de paysagement de l&amp;#039;espace
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition écologique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Equipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer le bon état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité ...), installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, ...), utilisation de matériaux durables (bois locaux , masse, ...) pour la réalisation des équipements présents sur l&amp;#039;espace publics, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, , mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales.....), réemploi de matériaux et/ou mobiliers, insertion de clauses environnementales dans les marchés publics
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition inclusive :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment et équipements de plein air :
+   &lt;/strong&gt;
+   Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort et agrès sportifs adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-sportifs-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W170" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.97
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310f-equipements-sportifs-politique-territoriale-2/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>145445</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la construction, la restructuration ou la réhabilitation d’équipements sportifs de proximité</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Réglement d'aide à la construction, la restructuration ou la réhabilitation d’équipements sportifs de proximité</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I171" s="1" t="inlineStr">
+        <is>
+          <t> Max : 18</t>
+        </is>
+      </c>
+      <c r="J171" s="1" t="inlineStr">
+        <is>
+          <t>Application du CSD. Montant des travaux : Minimum : 60.000€ H.T. / Maximum : 500.000€ H.T.</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une subvention en capital peut être accordée aux communes et groupements de communes pour des travaux de construction, restructuration ou réhabilitation d&amp;#039;équipements sportifs de proximité favoriser la présence sur tous les territoires d&amp;#039;équipements adaptés aux pratiques sportives à l&amp;#039;exclusion des simples travaux d&amp;#039;entretien courants.&lt;br /&gt;
+ &lt;/p&gt;
+ Dans le cas d&amp;#039;une polyvalence, l&amp;#039;utilisation sportive principale devra être démontrée, dans le cadre des liens avec les Clubs et les établissements scolaires.
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Cette aide n&amp;#039;est pas cumulable avec celle qui serait accordée au titre du :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   règlement d&amp;#039;aide à la construction, réhabilitation et restructuration des équipements sportifs mis à disposition prioritaire des collèges,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Budget Participatif Citoyen.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;Le présent règlement concerne :&lt;ul&gt;&lt;li&gt;les équipements sportifs de plein air y compris les équipements dits de loisirs (pumptrack, skatepark et city stade) ; les aménagement liés à des parcours de santé ainsi que les aires de fitness en extérieur ne sont pas éligibles ;&lt;/li&gt;&lt;li&gt;les salles sportives : dans le cas d’une polyvalence, l’utilisation sportive principale devra être démontrée, dans le cadre des liens avec les Clubs et les établissements scolaires.&lt;/li&gt;&lt;/ul&gt;Ne sont pas éligibles :&lt;ul&gt;&lt;li&gt;les dépenses directement non-liées aux pratiques sportives qui seront exclues du calcul de l’assiette des dépenses subventionnables ; il s’agit notamment : tribunes, gradins, clubs-house, espaces connexes,&lt;/li&gt;&lt;li&gt;les dépenses afférentes à de simples travaux d’entretien courants,&lt;/li&gt;&lt;li&gt;les projets dont le coût est inférieur à 60 000 € HT.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Priorité est donnée aux projets motivés par les éléments suivants :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La création d&amp;#039;espaces de pratique supplémentaire adaptés aux conditions d&amp;#039;enseignement de l&amp;#039;EPS et/ou à la pratique fédérale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une mise en conformité avec des exigences règlementaires fédérales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en sécurité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets faisant d&amp;#039;une plus-value sur un territoire (territoire communautaire) dont le taux d&amp;#039;équipement/habitant serait inférieur à la moyenne départementale.
+  &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les équipements dit de loisirs, l’insuffisance d’autres équipements dédiés à la&lt;br /&gt;pratique sportive sur la commune sera pris en compte.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
+ &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Education, de la Jeunesse et des Sports
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:education&amp;#64;landes.fr" target="_self"&gt;
+  education&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7cc-aider-a-la-construction-la-restructuration-ou/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>119928</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser les équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux équipements sportifs</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Orne</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I172" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département participe à la construction ou à la réhabilitation lourde d&amp;#039;équipements sportifs majeurs particulièrement structurants pour le développement du sport dans l&amp;#039;Orne.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuil et plafond selon équipement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gymnase, city-stade, dojo, terrains de tennis, skate-park, anneau de roller...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuil de prise en compte des travaux et plafond de subvention, en fonction des équipements, selon tableau synoptique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.orne.fr/services/sports/les-aides-aux-sports</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau sport et jeunesse :
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:pat.sport-jeunesse&amp;#64;orne.fr" rel="noopener" target="_blank"&gt;
+  pat.sport-jeunesse&amp;#64;orne.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 33 81 61 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>babin.julie@orne.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e4d6-moderniser-les-equipements-sportifs/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>20564</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Construire et rénover des équipements sportifs</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La création ou la réhabilitation d&amp;#039;équipements sportifs contribue à favoriser l&amp;#039;accès pour tous à la pratique sportive tout en participant à l&amp;#039;aménagement équilibré du territoire régional ainsi qu&amp;#039;à son développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ A ces titres, leur financement s&amp;#039;inscrit dans les grandes finalités poursuivies par la Région dans le cadre de sa politique sportive, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le développement des pratiques sportives et la formation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;aménagement équilibré et cohérent du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement économique et le rayonnement de la région.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, dans le cadre d&amp;#039;une politique sportive volontariste, la Région a décidé d&amp;#039;aller au-delà de sa compétence en matière de mise à disposition d&amp;#039;installations sportives aux lycéens pour la pratique de l&amp;#039;éducation physique et sportive (EPS) en apportant son soutien aux projets de construction et de rénovation d&amp;#039;équipements sportifs d&amp;#039;intérêt régional, territorial ou local.
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le niveau d&amp;#039;intervention de la Région diffère selon le type d&amp;#039;équipement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les équipements d&amp;#039;intérêt régional
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30% maximum de la dépense éligible
+ &lt;/li&gt;
+ &lt;li&gt;
+  50% maximum de la dépense éligible pour les projets de construction de gymnases, de plateaux sportifs couverts, de terrains de grands jeux en gazon synthétique et d&amp;#039;équipements d&amp;#039;athlétisme nouvellement créés ou agrandis mis à disposition prioritairement des lycées pour la pratique de l&amp;#039;EPS (dans la limite d&amp;#039;une subvention plafonnée à 1 500 000 €)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les équipements d&amp;#039;intérêt territorial (politiques contractuelles régionales)
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  taux d&amp;#039;intervention fixé par le dispositif en vigueur concernant les politiques contractuelles territoriales et leur règlement relatif au financement des équipements structurants. Par ailleurs, des plafonds de dépense subventionnable sont prévus pour la construction de bâtiments et de piscines.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les équipements sportifs d&amp;#039;intérêt local
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  15% maximum de la dépense éligible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1 – Équipements sportifs d&amp;#039;intérêt régional
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles concernent des équipements sportifs qui :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   participent pleinement au rayonnement national ou international du territoire régional de par leur dimensionnement, leur capacité à accueillir du sport de haut niveau ou des manifestations à caractère international ; ou
+  &lt;/li&gt;
+  &lt;li&gt;
+   abritent le siège de têtes de réseau régionales du mouvement sportif (ligues, comités,...) ; ou
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui sont mis prioritairement à disposition des lycéens pour la pratique de l&amp;#039;éducation physique et sportive (EPS).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 - Équipements sportifs d&amp;#039;intérêt territorial
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles concernent des projets de construction ou réhabilitation d&amp;#039;équipements sportifs structurants à l&amp;#039;échelon d&amp;#039;un territoire communautaire, inscrits obligatoirement dans les contrats territoriaux régionaux. Les projets prioritairement retenus sont ceux portés par un établissement public de coopération intercommunale.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsque la maîtrise d&amp;#039;ouvrage est porté par une Commune membre d&amp;#039;une Communauté de Communes, il est souhaité que l&amp;#039;EPCI apporte un fonds de concours au moins équivalent à l&amp;#039;aide de la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsque la maîtrise d&amp;#039;ouvrage est porté par une Commune membre d&amp;#039;une Métropole, d&amp;#039;une Communauté d&amp;#039;Agglomération ou Urbaine, l&amp;#039;aide de la Région est conditionnée à l&amp;#039;apport d&amp;#039;un fonds de concours au moins équivalent à l&amp;#039;aide de la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, seules les opérations dont le montant des dépenses éligibles est supérieur à 100 000 € HT (par tranche de travaux) peuvent bénéficier du soutien de la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les Métropoles, les Communautés Urbaines et les Communautés d&amp;#039;Agglomération, ce montant est porté à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   200 000 € HT pour les projets réalisés dans une agglomération de moins de 100 000 habitants,
+  &lt;/li&gt;
+  &lt;li&gt;
+   300 000 € HT pour les projets réalisés dans une agglomération entre 100 et 200 000 habitants,
+  &lt;/li&gt;
+  &lt;li&gt;
+   500 000 € HT pour les projets réalisés dans une agglomération de plus de 200 000 habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3 - Équipements sportifs d&amp;#039;intérêt local
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles concernent des projets de construction ou réhabilitation d&amp;#039;équipements sportifs portés par :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   des communes et inscrits dans un Contrat pluriannuel « Bourg Centre – Occitanie / Pyrénées-Méditerranée ».
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, seules les opérations dont le montant des dépenses éligibles est supérieur à 50 000 € HT (par tranche de travaux) peuvent bénéficier du soutien de la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4 - Conditions applicables à tous les projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont retenues les dépenses relatives aux travaux de constructions, de réhabilitations, de mise aux normes liées à l&amp;#039;accessibilité des personnes en situation de handicap et de maîtrise de l&amp;#039;énergie, à l&amp;#039;exception des coûts d&amp;#039;acquisition foncière (hors bâtiments), d&amp;#039;aménagements extérieurs, de mobilier, de frais de concours, d&amp;#039;assurances, de bénévolat et frais divers.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région n&amp;#039;excèdera pas la part d&amp;#039;autofinancement du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ La part de financement de la Région cumulée à celle des autres co-financeurs ne pourra dépasser 80% du coût de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention doit être déposée à la Région avant le début des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Soutien-a-la-construction-et-a-la-renovation-d-equipements</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Renseignements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Sports 05 61 39 64 42
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Adresse d&amp;#039;envoi :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente du Conseil Régional
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel de Région 22 Boulevard Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/37c2-soutien-a-la-construction-et-a-la-renovation-/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>105335</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des associations sportives, socio-éducatives, sanitaires, sociales et culturelles</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Equipements sportifs, socio-éducatifs, sanitaires, sociaux et culturels</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien financier en faveur des équipements (matériels, véhicules ...) et travaux sur des équipements sportifs, socio-éducatifs et culturels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matériels, véhicules, immobilier
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépense comprise entre 5 000 € et 20 000 € TTC, &lt;/p&gt;
+&lt;p&gt;Acquisition de véhicules : Dépense comprise entre 3 000 € et 25 000 € TTC.&lt;/p&gt;
+&lt;p&gt;
+ Dépôt de la demande avant le démarrage des investissements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://morbihan.fr</t>
+        </is>
+      </c>
+      <c r="W174" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.morbihan.fr</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Générale Adjointe Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 97 54 80 26
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : direction.territoires&lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;&amp;#64;morbihan.fr &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>direction.territoires@morbihan.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/49c2-soutenir-les-investissements-des-associations/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>156153</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou réhabiliter des équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SPORTIFS</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I175" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J175" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Concourir à doter le territoire d&amp;#039;équipements sportifs structurants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations affiliées à une fédération sportive agréée par le Ministère en charge des Sports. Ces associations doivent être propriétaires de l&amp;#039;équipement sportif ou disposer d&amp;#039;un bail d&amp;#039;une durée égale à la durée de l&amp;#039;amortissement des travaux et qui ne peut être inférieure à 9 ans lorsque l&amp;#039;aide du Département est supérieure à 23.000€ TTC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement pour la construction ou l&amp;#039;extension d&amp;#039;un bâtiment ou ayant vocation à augmenter la valeur ou la durée d&amp;#039;usage d&amp;#039;un bâtiment existant (y compris la végétalisation des murs et des toitures).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cadre d&amp;#039;un projet global, les travaux de mise en accessibilité peuvent être inclus dans la dépense éligible à condition que leur coût soit inférieur à 50 % du coût total HT dudit projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Acquisitions foncières et immobilières pour la création et l&amp;#039;extension des bâtiments (
+La date de signature de l&amp;#039;acte d&amp;#039;acquisition du bâtiment doit avoir eu lieu dans un délai de 3 ans à compter de la date de dépôt de la demande de subvention).
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux sur les abords des bâtiments dans le cadre de la construction et de l&amp;#039;extension neuve, ou de la rénovation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Les locaux d&amp;#039;accueil limités à 20m2, les parcours de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux d&amp;#039;entretien et de maintenance, les travaux réalisés en régie, les clubs-houses et les aires de jeux pour enfants, l&amp;#039;acquisition de matériel et de mobilier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  de dépenses subventionnables :
+ &lt;/strong&gt;
+ 8.000€ (HT pour les collectivités et TTC pour les associations)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafonds de dépenses subventionnables :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Piscine
+  &lt;/strong&gt;
+  (1 bassin 25 m maxi &amp;#43; 1 bassin d&amp;#039;apprentissage &amp;#43; vestiaires/sanitaires/accueil) hors complexe aquatique : 3.000.000€ pour la construction - 1.500.000€ pour la réhabilitation/extension&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Salle de sport
+  &lt;/strong&gt;
+  (surface sportive utile &amp;gt; 44x24): 1.000.000€ pour la construction - 500.000€ pour la réhabilitation/extension
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Equipements clos et couverts
+  &lt;/strong&gt;
+  (salle de sport surface sportive utile &amp;lt; 44x24, dojo, vestiaires, court de tennis, stockage de matériel sportif, local d&amp;#039;accueil &amp;lt; 20 m2...): 600 000 € pour la construction - 300.000€ pour la réhabilitation/extension
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Terrains de grands jeux
+  &lt;/strong&gt;
+  (terrains de football, rugby, terrains mixtes, stades d&amp;#039;athlétisme, aires de sports de glace, structures artificielles d&amp;#039;escalade, aérodrome, frontons, tanks à ramer, stands de tir, pas de tir à l&amp;#039;arc, vélodrome, golf, équipements équestres, etc.): 600.000€ pour la construction - 300.000€ pour la réhabilitation/extension
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Terrains extérieurs
+  &lt;/strong&gt;
+  (city stade, skate-park, parcours santé, boulodrome, terrains extérieurs de basket-ball, handball, volley-ball, Beach volley, courts de tennis): 100.000€ pour la construction - 50.000€ pour la réhabilitation/extension
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/equipements-sportifs/</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5031-modele/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>117170</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un réseau au service de la santé du végétal et de la protection de l'environnement</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>FREDON  Occitanie</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>FREDON Occitanie</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ regroupe des experts en botanique, phytopathologie, agronomie et environnement.
+ &lt;br /&gt;
+ Des métiers portés par un ensemble de compétences internes et externes reconnues dans le réseau des FDGDON de la région.
+ &lt;br /&gt;
+ Pour la partie délégation de missions en santé des végétaux, nous sommes reconnus comme organisme à vocation sanitaire (O.V.S) par arrêt ministériel (ministère de l&amp;#039;Agriculture).
+ &lt;br /&gt;
+ Nous mettons au profit des détenteurs de végétaux (agriculteurs, collectivités et particuliers) et des services publics (DRAAF, DREAL, ARS, DDTM, collectivités territoriales et locales ...) notre savoir-faire, afin de gérer la prévention, la surveillance et la lutte contre les dangers sanitaires en santé des végétaux (ravageurs et pathogènes) et en santé humaine (ambroisie, chenille processionnaire ...)
+ &lt;br /&gt;
+ Nous agissons aussi dans un objectif de réduction de l&amp;#039;usage des produits phytosanitaires par l&amp;#039;animation de la démarche Captages d&amp;#039;Eauccitanie et ECOPHYTO Jardins, Espaces Verts et Infrastructures (JEVI).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS DE DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LA SURVEILLANCE DES ORGANISMES NUISIBLES RÉGLEMENTÉS OU ÉMERGENTS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Surveillance sanitaire du végétal, informations sur les maladies et les ravageurs des végétaux, les espèces invasives, la surveillance des organismes nuisibles réglementés ou émergents
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous sommes en charge avec nos sections départementales (FDGDON) de la surveillance et de l&amp;#039;inspection sanitaire des végétaux sur tout le territoire régional. Cette délégation de service public comprend toutes les actions contribuant à la surveillance, la prévention et la lutte contre les organismes nuisibles ou les dangers sanitaires. La surveillance est organisée en plans d&amp;#039;inspection classés selon de grandes thématiques (Passeport sanitaire, export, surveillance générale). Ils évoluent au grès des réglementations européenne et française.
+ &lt;br /&gt;
+ L&amp;#039;objectif est de préserver les productions agricoles sur notre territoire ainsi que les autres économies liées au secteur végétal (ex. : tourisme).
+&lt;/p&gt;
+&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS D&amp;#039;INTÉRÊT GÉNÉRAL
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;ANIMATION RÉGIONALE AMBROISIES
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau de mobilisation collective pour limiter l‘implantation des ambroisies et les risques pour la santé des citoyens
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous participons à la
+ &lt;strong&gt;
+  stratégie de gestion des plantes allergisantes
+ &lt;/strong&gt;
+ pilotée par l&amp;#039;ARS* (Agence Régionale de Santé).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coordination régionale des actions de lutte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de comités départementaux de coordination de lutte et formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structuration d&amp;#039;un réseau de référents et de compétences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle des signalements et cartographie de la présence de la plante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public aux risques d&amp;#039;allergies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  DES ALTERNATIVES DURABLES AUX PESTICIDES DANS LES ESPACES PRIVÉS ET PUBLICS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau régional des gestionnaires de Jardins, Espaces Verts et Infrastructures (JEVI), chartes régionales «Zéro Phyto »
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous accompagnons tous les gestionnaires de la région souhaitant mettre en œuvre des actions
+ &lt;strong&gt;
+  visant à abandonner l&amp;#039;usage des produits phytosanitaires
+ &lt;/strong&gt;
+ dans une logique de gestion durable des espaces privés et publics.
+ &lt;br /&gt;
+ Les objectifs sont de coordonner un
+ &lt;strong&gt;
+  réseau de compétences régionales
+ &lt;/strong&gt;
+ et de produire et mutualiser des références techniques. L&amp;#039;animation de ce réseau passe notamment par le développement des
+ &lt;strong&gt;
+  chartes «Objectif/Engagé Zéro Phyto»
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Ce réseau est à destination :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des collectivités et gestionnaires publics de sites non agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires d&amp;#039;infrastructures (routes, autoroutes, réseaux, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires privés (infrastructures de tourisme, de loisirs, jardiniers amateurs, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  POUR UNE EAU POTABLE DE QUALITÉ
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation de réseaux d&amp;#039;acteurs en charge de la reconquête et la protection des captages d&amp;#039;alimentation en eau potable
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Cette démarche regroupe un réseau technique régional composé des «acteurs de terrain», des collectivités gestionnaires ou autres professionnelles impliqués. L&amp;#039;objectif principal est d&amp;#039;acc
+ &lt;strong&gt;
+  ompagner ces acteurs œuvrant dans les dispositifs locaux
+ &lt;/strong&gt;
+ (captages prioritaires, animateurs de bassins versants...) en Occitanie, sur les bassins Adour-Garonne et Rhône Méditerranée Corse, par la production et la mutualisation de références techniques, l&amp;#039;organisation de journées techniques, la formation ou encore la gestion de projet communs.
+&lt;/p&gt;
+&lt;h1&gt;
+ NOS SERVICES
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;EXPERTISE SANITAIRE
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous réalisons ou aidons à la réalisation de toutes les actions contribuant à la surveillance des problèmes sanitaires en santé des végétaux et sur les exotiques envahissantes. Nous avons un rôle de référent sanitaire et environnemental qui nous amène à être référencés sur des dossiers à la marge de nos actions principales : santé publique (pollens, chenilles urticantes), sécurité publique (frelon asiatique, hyménoptères), droit urbain et environnemental.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LE DIAGNOSTIC
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous effectuons des diagnostics pour le compte de particuliers, de collectivités ou d&amp;#039;entreprises. Nous apportons notre expertise lors du dépérissement d&amp;#039;un végétal, la suspicion de maladie ou l&amp;#039;état général d&amp;#039;un patrimoine végétal. La FREDON Occitanie fait partie du réseau «CLINIQUE DU VÉGÉTAL®».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ LES FORMATIONS
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous organisons ou animons des sessions de formation auprès de différents publics. Nous proposons notamment des formations spécifiques aux élus des collectivités locales et territoriales, aux propriétaires ou détenteurs de végétaux, aux groupements de représentants professionnels ou toute autre personne pouvant être intéressée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Recyclage et valorisation des déchets
+Santé
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Médias et communication
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ fédère les initiatives locales et s&amp;#039;appuie dans ses actions sur les fédérations départementales (FDGDON) et les groupements de défense (GDON).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est également membre du réseau FREDON FRANCE.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T176" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fredonoccitanie.com/</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FREDON Occitanie
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
+ &lt;br /&gt;
+ Téléphone : 04 67 75 64 48
+ &lt;br /&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;fredon-occitanie.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
+  https://www.fredonoccitanie.com/nous-contacter/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>contact@fredon-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a04-beneficier-dun-reseau-au-service-de-la-sante-/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>105326</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Participer à la création et à la rénovation des équipements sportifs utilisés par les collégiens</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Sport et loisirs pour tous - programme équipements sportifs utilisés par les collégiens</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département accompagne les communes et les communautés de communes dans leurs projets d&amp;#039;investissement. Il participe, ainsi, à la création et au maintien en état des équipements sportifs charentais dont la réhabilitation et l&amp;#039;extension des gymnases, les pistes d&amp;#039;athlétisme et les plateaux sportifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  grosses réparations et aménagements sur des bâtiments existants de plus de 10 ans : 35 % d&amp;#039;une dépense subventionnable plafonnée à 500 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  extension (dont adjonction de salles spécialisées) et constructions de gymnases : (HQE obligatoire) 35 % d&amp;#039;une dépense plafonnée à 766 000 € HT (frais d&amp;#039;ingénierie compris)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation ou construction de pistes d&amp;#039;athlétisme et de plateaux sportifs : 35 % d&amp;#039;une dépense subventionnable plafonnée à 230 000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le taux d&amp;#039;occupation de l&amp;#039;équipement (gymnase, piste d&amp;#039;athlétisme et plateaux sportifs) par les collèges doit être au moins égal à 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  les normes françaises homologuées (NF) doivent être respectées notamment en ce qui concerne les sols sportifs et l&amp;#039;isolation thermique et acoustique des gymnases
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;acquisition du matériel qui peut être considérée comme de l&amp;#039;immobilier (matériel ayant un ancrage sur l&amp;#039;équipement à l&amp;#039;exemple des paniers de basket, buts de football, agrès...) est éligible dans la limite des plafonds définis ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  la notice explicative (finalités du projet et, le cas échéant, spécificités en termes de développement durable)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  la date de construction et le taux d&amp;#039;utilisation par les collèges
+ &lt;/li&gt;
+ &lt;li&gt;
+  les plans de situation, de masse et les coupes
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis descriptifs et estimatifs de l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : deux acomptes (jusqu&amp;#039;à 80% du montant de la subvention) ; solde à l&amp;#039;achèvement de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T177" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Sport/6131_SPORT_ET_LOISIRS_POUR_TOUS_PROG_EQUIPEMENTS_SPORTIFS_COLLEGIENS.pdf</t>
+        </is>
+      </c>
+      <c r="W177" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service sports et activités de pleine nature ; Tél. : 05 16 09 74 35
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3d9-participer-a-la-creation-et-a-la-renovation-d/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>152453</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement d'équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SPORTIFS</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I178" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 75</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de tout équipement sportif, homologable ou non.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un complexe sportif aquatique à Sainte-Marie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;un grand gymnase multisports à Bellevue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un plateau multisports en accès libre à La Roche-sur-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;un court de tennis à La Forêt-Verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une aire de jeux et de fitness à proximité du parc municipal de Villeneuve
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un stade de football synthétique de niveau 5 à Saint-Étienne-des-Granges
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une aire de jeux inclusifs au cœur du quartier des Chênes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un parcours de santé et de randonnée pédestre à L&amp;#039;Étang-Vert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation énergétique de la salle des sports de La Vallée Heureuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du club house pour le club de pétanque de La Joie-des-Prés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réfection des sols sportifs du complexe sportif Marcel Caillou
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un espace ludique et sportif intergénérationnel à La Petite Montagne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une piste d&amp;#039;athlétisme et de terrains de grands jeux à La Belle Étoile
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un éclairage LED au terrain d&amp;#039;entraînement de football du stade municipal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un mur d&amp;#039;escalade et d&amp;#039;un skate-park à La Plaine des Jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une salle de pratiques sportives collectives avec gradins à La Ruche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation des vestiaires et du club house du stade de rugby de La Prairie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une aire de jeux pour enfants de moins de 12 ans près du city-stade à La Roseraie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un terrain multisports avec sécurisation à La Corniche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du stade de football - Phase 2 à La Cité Verte
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Famille et enfance
+Handicap
+Citoyenneté
+Santé
+Equipement public
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Études de faisabilité préalables aux travaux
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 50 000 € pour les études
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Équipements aquatiques comprenant un bassin de 25 m (minimum 5 couloirs de nage), un bassin d&amp;#039;apprentissage (&amp;gt; 120 m2)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 4 000 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Complexes sportifs couverts ou extérieurs (grands gymnases multisports, grands stades...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Pour les complexes sportifs, prise en compte des projets de création de 6 surfaces sportives ou plus et dont le coût d&amp;#039;opération est supérieur à 1,5 M€ HT
+     &lt;/p&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 3 800 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Salles de pratiques sportives collectives (handball, basketball, volleyball, dojo, gymnastique, squash, danse, musculation, boxe, mur escalade...) comprenant des vestiaires, des gradins ou espace de dégagement pour gradins mobiles, locaux stockages
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 1 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Terrains synthétiques de niveau 4
+      &lt;strong&gt;
+       (1)
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux de 30 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 1 000 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Piste d&amp;#039;athlétisme et terrains de grands jeux (football, rugby) hors terrains synthétiques de niveau 4 et hors équipements sportifs de proximité
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 700 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Courts de tennis, padels
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 250 000 € HT par court et 80 000 € HT pour la seule couverture
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Équipements sportifs extérieurs et petits terrains en accès libre (plateau multisports, patinoire, skate-park, pumptrack, station de « Crossfit » ou de « Street workout » pétanque, pas de tir à l&amp;#039;arc, aires de jeux ...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 250 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Tribunes sportives, vestiaires, clubs house dans le cadre d&amp;#039;une opération spécifique
+     &lt;/p&gt;
+     &lt;p&gt;
+      Rénovation des sols sportifs de plus de 10 ans
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      1er équipement sportif de proximité de type city-stade ou requalification d&amp;#039;anciennes plates-formes, avec équipements annexes...
+      &lt;strong&gt;
+       (2)
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux de 75 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 200 000 € HT Cahier des charges à respecter
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Équipements sportifs de nature (création de parcours d&amp;#039;orientation, de parcours de cyclo-cross, parcours de randonnée pédestre....)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux fixe de 50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 10 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  (1)
+ &lt;/strong&gt;
+ terrains synthétiques : la dépense subventionnable retenue comprend les conditions d&amp;#039;homologation de niveau 4 de la Fédération Française de Football pour les compétitions nationales (dimension 105m X68m), traçage foot à 11 et à 7, main courantes, clôtures, éclairage aux normes (remplacement ou mise ou normes), bancs de touches joueurs et officiels, accès jusqu&amp;#039;aux vestiaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département pourra, pour les équipements sportifs majeurs pour le territoire, établir une convention fixant les engagements du bénéficiaire de la subvention, en particulier l&amp;#039;engagement du propriétaire/gestionnaire à recevoir, à la demande du Département, les scolaires 1er et 2ème degrés et à leur allouer des créneaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  (2)
+ &lt;/strong&gt;
+ Sous réserve de l&amp;#039;avis favorable du chargé de projets sportifs auprès des collectivités du Département – M. Eric DZIEDZIC tél : 03-44-10-40-22 ou par mail eric.dziedzic&amp;#64;oise.fr.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition et renouvellement de petits matériels sportifs (ballons, cerceaux,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réfection de courts de tennis de moins de 10 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T178" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7ca1-aider-a-lamelioration-de-la-distribution-dele/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>138028</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement des communes - CAP43 Communes</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>CAP43 Communes (soutien l'investissement des communes)</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J179" s="1" t="inlineStr">
+        <is>
+          <t>Aide calculée selon la taille de la population municipale, sur la base de 5 tranches</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Fiche projet, délibération, devis
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Appel à Projets Biannuels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagements de bourgs, bâtiments communaux, voiries, routes, équipements scolaires, équipements d&amp;#039;accueil de la petite enfance, équipements enfance jeunesse, équipements culturels, équipements de loisirs, équipements sportifs, service aux habitants, acquisition de matériels, adressage...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Voirie et réseaux
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Éducation et Coopération
+&lt;/p&gt;
+&lt;p&gt;
+ Adrien Garcia
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:adrien.garcia&amp;#64;hauteloire.fr" target="_self"&gt;
+  adrien.garcia&amp;#64;hauteloire.fr
+ &lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+ Téléphone : 04.71.07.43.86
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d15c-soutenir-linvestissement-des-communes/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>117550</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
+ &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
+  formations thématiques
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
+ &lt;br /&gt;
+ Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
+ &lt;br /&gt;
+ Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
+ &lt;br /&gt;
+ Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de sessions d&amp;#039;information thématiques :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : dispositif département Jura subventions DETR DSIL FNADT
+ &lt;br /&gt;
+ Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
+ &lt;br /&gt;
+ Ex : compétence GEMAPI,
+ &lt;br /&gt;
+ Ex : urbanisme réglementaire et planification
+ &lt;br /&gt;
+ Ex : circulation et stationnement
+ &lt;br /&gt;
+ Ex : outil public SEM énergie renouvelable
+ &lt;br /&gt;
+ Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de formations thématiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : comment mobiliser les fonds européens sur son territoire
+ &lt;br /&gt;
+ Ex : mécénat et financement participatif
+ &lt;br /&gt;
+ Ex : marchés publics - comment acheter local
+ &lt;br /&gt;
+ Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
+ &lt;br /&gt;
+ Ex : réalisation des travaux
+ &lt;br /&gt;
+ Ex :
+ comment associer les habitants à un projet communal ou intercommunal
+ &lt;br /&gt;
+ Ex le projet culturel du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière :
+  &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   juridique&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation :
+  &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   formation&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>103461</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités - contrat rural</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Voirie et réseaux
+Famille et enfance
+Agriculture et agroalimentaire
+Bâtiments et construction
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Jusqu&amp;#039;à 500.000 € pour les communes et 539.000 € pour les syndicats de communes (40 % de subvention régionale et 30 % de subvention départementale par contrat).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/SkX3Kmg4o</t>
+        </is>
+      </c>
+      <c r="W181" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d6b-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>44635</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou rénover des équipements sportifs et de loisirs</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les propriétaires et / ou gestionnaires d&amp;#039;un équipement dans :
+&lt;/p&gt;
+&lt;p&gt;
+ -	un projet de construction ou de rénovation
+&lt;/p&gt;
+&lt;p&gt;
+ -	la définition puis la mise en œuvre de projets de développement sportif : structuration associative – développement – organisations de manifestations
+&lt;/p&gt;
+&lt;p&gt;
+ Nous apportons un appui méthodologique, une aide à la conception du projet, des ressources documentaires et un soutien à la recherche de financements. Nous effectuons aussi une mise en relation avec les institutions et partenaires potentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 102 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M68" s="1" t="inlineStr">
+      <c r="M182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Hameau de Sauvergue obligations règlementaires pour l&amp;#039;alimentation en eau
-[...11 lines deleted...]
- &lt;br /&gt;
+ Création d&amp;#039;un city parc
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;une aire de jeux
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un complexe sportif
+&lt;/p&gt;
+&lt;p&gt;
+ Espace multi-sport, aires de jeux et piste vélo
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
-[...4 lines deleted...]
-Cours d'eau / canaux / plans d'eau
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Equipement public
+Réhabilitation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>Tarn</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="W182" s="1" t="inlineStr">
+        <is>
+          <t>http://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nom / Prénom : Pierre Albinet
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : ingenierietarn&amp;#64;tarn.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 63 45 64 75
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>pierre.albinet@tarn.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e05e-favoriser-le-developpement-maitrise-des-sport/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G69" s="1" t="inlineStr">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>92394</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K69" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="O69" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La
+ &lt;strong&gt;
+  Dotation d&amp;#039;équipement des territoires ruraux
+ &lt;/strong&gt;
+ (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espace public
+Voirie et réseaux
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les communes remplissant les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  celles dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  celles dont la population est supérieure à 2 000 habitants dans les départements de métropole (3 500 habitants dans les départements d&amp;#039;outre-mer) et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole (35 000 habitants dans les départements d&amp;#039;outre-mer) et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier par habitant moyen de l&amp;#039;ensemble des communes des départements de métropole et d&amp;#039;outre-mer dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles à la DETR les établissements publics de coopération intercommunale à fiscalité propre remplissant toutes les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir une population qui n&amp;#039;excède pas 50 000 habitants (métropole et départements d&amp;#039;outre-mer) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un territoire d&amp;#039;un seul tenant et sans enclave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  absence de communes membres de plus de 15 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enfin, sont éligibles, à titre dérogatoire, les EPCI éligibles en 2010 à la DGE des communes ou à la DDR, les syndicats mixtes de moins de 60 000 habitants composés d&amp;#039;EPCI et de communes, les syndicats de communes de moins de 60 000 habitants et les communes nouvelles dont au moins une ancienne commune était éligible à la DETR ou dont la formation s&amp;#039;est faite par regroupement de toutes les communes d&amp;#039;un même EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera tenu compte de la nature du projet et de son degré de maturité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.collectivites-locales.gouv.fr/finances-locales/dotation-dequipement-des-territoires-ruraux-detr</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Votre Sous-préfecture d&amp;#039;arrondissement, si vous relevez de l&amp;#039;arrondissement de Sarlat, Bergerac ou Nontron ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Préfecture de la Dordogne, Direction de la Citoyenneté et de la Légalité, bureau du contrôle budgétaire et des dotations de l&amp;#039;Etat, si vous relevez de l&amp;#039;arrondissement de Périgueux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Votre dossier est à déposer via l&amp;#039;outil démarches-simplifiées:
+&lt;/p&gt;
+&lt;p&gt;
+ https://www.demarches-simplifiees.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toutes les collectivités sont destinataires d&amp;#039;une circulaire annuelle sur les modalités de dépôt des demandes.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>claudine.soleilhavoup@dordogne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3195-copie-10h04-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>101008</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La
+ &lt;strong&gt;
+  Dotation d&amp;#039;équipement des territoires ruraux
+ &lt;/strong&gt;
+ (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espace public
+Voirie et réseaux
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les communes remplissant les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  celles dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  celles dont la population est supérieure à 2 000 habitants dans les départements de métropole (3 500 habitants dans les départements d&amp;#039;outre-mer) et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole (35 000 habitants dans les départements d&amp;#039;outre-mer) et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier par habitant moyen de l&amp;#039;ensemble des communes des départements de métropole et d&amp;#039;outre-mer dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles à la DETR les établissements publics de coopération intercommunale à fiscalité propre remplissant toutes les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir une population qui n&amp;#039;excède pas 50 000 habitants (métropole et départements d&amp;#039;outre-mer) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un territoire d&amp;#039;un seul tenant et sans enclave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  absence de communes membres de plus de 15 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enfin, sont éligibles, à titre dérogatoire, les EPCI éligibles en 2010 à la DGE des communes ou à la DDR, les syndicats mixtes de moins de 60 000 habitants composés d&amp;#039;EPCI et de communes, les syndicats de communes de moins de 60 000 habitants et les communes nouvelles dont au moins une ancienne commune était éligible à la DETR ou dont la formation s&amp;#039;est faite par regroupement de toutes les communes d&amp;#039;un même EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.collectivites-locales.gouv.fr/finances-locales/dotation-dequipement-des-territoires-ruraux-detr</t>
+        </is>
+      </c>
+      <c r="W184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/hp-detr2021</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus, contactez :
+&lt;/p&gt;
+&lt;p&gt;
+ - Votre Sous-Préfecture d&amp;#039;arrondissement, si vous relevez de l&amp;#039;arrondissement de Bagnères-de-Bigorre ou d&amp;#039;Argelès-Gazost
+&lt;/p&gt;
+&lt;p&gt;
+ - La Préfecture des Hautes-Pyrénées, Bureau des Relations avec les Collectivités Territoriales, si vous relevez de l&amp;#039;arrondissement de Tarbes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Téléphone : 05.62.56.64.32
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annie Latour :
+  &lt;a href="mailto:annie.latour&amp;#64;hautes-pyrenees.gouv.fr" rel="noopener" target="_blank"&gt;
+   annie.latour&amp;#64;hautes-pyrenees.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Céline Salles :
+  &lt;a href="mailto:celine.salles&amp;#64;hautes-pyrenees.gouv.fr" rel="noopener" target="_blank"&gt;
+   celine.salles&amp;#64;hautes-pyrenees.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.berdet@hautes-pyrenees.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a879-copie-15h01-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>164285</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services à la population</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I185" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1.1     
+Renforcer l’offre
+de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
+Améliorer l’accès
+aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
+Faciliter les
+déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
+Créer des services
+de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
+Renforcer la
+cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
+Promouvoir les
+atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
+initiatives contribuant au lien social, l’interconnaissance et   l’implication
+des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
+Adapter l’offre de
+logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
+les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
+modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
+etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
+transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
+etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Equipement public
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q185" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
+ce projet porte sur un équipement, seules les opérations présentant un
+financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
+97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I186" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J186" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Architecture
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>121005</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville dans l'Oise - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Oise</t>
+        </is>
+      </c>
+      <c r="F187" s="1" t="inlineStr">
+        <is>
+          <t>Direction Départementale de l'Emploi, du Travail et des Solidarités (DDETS) de l'Oise</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I187" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J187" s="1" t="inlineStr">
+        <is>
+          <t>pour les projets d'investissement. max : 100% pour les projets de fonctionnement.</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DPV est transmise chaque année par la DGCL aux préfectures de département.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A titre d&amp;#039;exemple, les communes de l&amp;#039;Oise éligibles en 2023 à la DPV sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Beauvais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Meru
+ &lt;/li&gt;
+ &lt;li&gt;
+  Noyon
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montataire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nogent sur Oise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Creil
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T187" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Dotation-politique-de-la-ville-DPV</t>
+        </is>
+      </c>
+      <c r="W187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-dpv-2023</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La campagne de dépôt des demandes de subvention au titre de la DPV pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées » voir le bouton candidatez.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise voir le bouton descriptif complet.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vos interlocuteurs des services de la préfecture restent également à votre disposition pour toute demande complémentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Jessica TROCH : 03 44 06 48 30 /
+ &lt;a href="mailto:jessica.troch&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  jessica.troch&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ /
+ &lt;a href="mailto:ddets-politique-ville&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  ddets-politique-ville&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Compiègne :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Maryline FERNANDEZ : 03 44 06 74 24 /
+ &lt;a href="mailto:maryline.fernandez&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  maryline.fernandez&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Senlis :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Hayat DHOTELLE : 03 44 06 85 76 /
+ &lt;a href="mailto:hayat.dhotelle&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  hayat.dhotelle&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ /
+ &lt;a href="mailto:sp-senlis-cohesion-sociale&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-senlis-cohesion-sociale&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>lucille.dechaize@oise.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6299-copie-14h30-soutenir-linvestissement-dans-les/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>