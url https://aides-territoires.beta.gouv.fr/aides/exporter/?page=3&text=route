--- v0 (2026-01-01)
+++ v1 (2026-01-02)
@@ -3514,252 +3514,84 @@
  Email :
  &lt;a href="mailto:gyounsi&amp;#64;ladrome.fr"&gt;
   gyounsi&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d142-prestations-diverses-dans-le-domaine-de-la-vo/</t>
         </is>
       </c>
       <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:27" customHeight="0">
       <c r="A22" s="1">
-        <v>120323</v>
+        <v>120346</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Faire des aménagements routiers sur routes départementales en agglomération</t>
+          <t>Aménager des routes départementales en traverse de zones agglomérées</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>Aménagements routiers sur routes départementales en agglomération</t>
+          <t>AMENAGEMENT DES ROUTES DEPARTEMENTALES EN TRAVERSE DE ZONE AGGLOMEREES</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
-        <is>
-[...166 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  Assurer et améliorer les fonctions que remplit une Route Départementale en traverse de zone agglomérée.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pour la circulation générale : bon écoulement du trafic de transit (qualité et sécurité)
  &lt;/li&gt;
  &lt;li&gt;
   au niveau de l&amp;#039;agglomération : circulation intra-urbaine, stationnement, sécurité des piétons, qualité de l&amp;#039;espace urbain pour les habitants, etc....
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ces aménagements font l&amp;#039;objet d&amp;#039;opérations concertées et coordonnées entre le Département et les Communes, ou les EPCI, afin de traiter dans le même temps tous les aspects de l&amp;#039;aménagement de la traverse.
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
  &lt;br /&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Les communes et les EPCI si la  compétence voirie ou la compétence aménagements cyclables leur a été déléguée.
 &lt;/p&gt;
@@ -3955,225 +3787,393 @@
  Établissement du programme de traverses et inscription budgétaire : la programmation de l&amp;#039;année N est établie en septembre de l&amp;#039;année N-1 au vu des projets validés en juin de l&amp;#039;année N-1 selon les disponibilités financières du programme aménagement des traverses du Département. Ainsi, pour que son inscription puisse être étudiée lors de la programmation, un projet aura dû être examiné et validé par le CETOR et la CAV au plus tard au mois de juin de l&amp;#039;année N-1.
 &lt;/p&gt;
 &lt;p&gt;
  Décision de la Commission permanente.
 &lt;/p&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Au vu des factures et/ou décomptes acquittés.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Délibération du 21 janvier 2013 dénommée Schéma d&amp;#039;Orientation des Déplacements Routiers (SODeR)
 &lt;/p&gt;
 &lt;p&gt;
  Mise à jour de la  Fiche d&amp;#039;Orientation C3 (Délibération 15 février 2016).
 &lt;/p&gt;
 &lt;p&gt;
  Délibération du 31 mai 2021 sur le Aides aux territoires drômois pour les pistes cyclables
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Travaux d&amp;#039;investissement sur routes départementales situées en zones agglomérées.
 &lt;/p&gt;
 &lt;h3&gt;
  Exclusions
 &lt;/h3&gt;
 &lt;p&gt;
  Toute autre opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/amenagement-des-routes-departementales-en-traverse-de-zone-agglomerees/</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Direction des Déplacements – Service Administratif et Financier – Pôle Conventions &amp;amp; Subventions Voirie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Mireille MALLEVAL
   &lt;/strong&gt;
   – Tél :
   &lt;strong&gt;
    04 75 75 92 21 –
   &lt;/strong&gt;
   Mail : mmalleval&amp;#64;ladrome.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/822f-amenagement-des-routes-departementales-en-tra/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>119644</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Construire ou rénover des trottoirs le long des routes départementales</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I24" s="1" t="inlineStr">
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création de bordures caniveaux ainsi que la construction ou la modification du réseau d&amp;#039;assainissement pluvial afférentes y compris les bordures visant à réduire la largeur de la chaussée.
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de bordures et des caniveaux dégradés et/ou déformés ainsi que le rétablissement du réseau d&amp;#039;assainissement pluvial afférent (si &amp;gt; 15 000€ par tronçons homogènes).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les travaux doivent se situés le long des routes départementales.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide concerne uniquement les communes auboises ou groupement de communes aubois de moins de 10 000 habitants.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>Communes de l'Aube de moins de 10.000 habitants</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus, contactez :
  &lt;a href="mailto:drat&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   drat&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>drat@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7424-construire-ou-renover-des-trottoirs-le-long-d/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>120323</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Faire des aménagements routiers sur routes départementales en agglomération</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Aménagements routiers sur routes départementales en agglomération</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;p&gt;
+ Présentation des règles de la voirie départementale, des procédures de validation et de financement, prescriptions pour le programme de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Indication des caractéristiques de la voirie départementale, prescriptions techniques applicables aux travaux de voirie sur RD, rédaction de la convention de transfert de Maîtrise d&amp;#039;Ouvrage pour les travaux de chaussée réalisés par la Commune, rédaction de l&amp;#039;accord de voirie, validation du projet technique pour les travaux de voirie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Prestations définies selon la loi MOP :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude préliminaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la passation du contrat de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visa des plans d&amp;#039;exécution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Direction de l&amp;#039;exécution des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ordonnancement, pilotage et coordination des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance aux opérations de réception des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets d&amp;#039;aménagement de routes départementales en agglomération dans le cadre d&amp;#039;opérations d&amp;#039;urbanisme, de modification ou d&amp;#039;aménagements routiers divers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Critères d&amp;#039;éligibilité des communes :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) : pas de critère d&amp;#039;éligibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la maîtrise d&amp;#039;oeuvre : population inférieure à 2000 habitants, potentiel fiscal inférieur à 700 k€ HT, montant de travaux inférieur à 150 k€ HT et projet sans enjeu paysager ou architectural majeur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/amenagements-routiers-sur-routes-departementales-en-agglomeration/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Département de la Drôme – Service études et travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secrétariat 04 75 75 92 27 •
+  &lt;a href="mailto:gyounsi&amp;#64;ladrome.fr"&gt;
+   gyounsi&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.ladrome.fr/"&gt;
+   www.ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y24" s="1" t="inlineStr">
         <is>
-          <t>drat@aube.fr</t>
+          <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z24" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/7424-construire-ou-renover-des-trottoirs-le-long-d/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9552-amenagements-routiers-sur-routes-departementa/</t>
         </is>
       </c>
       <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:27" customHeight="0">
       <c r="A25" s="1">
         <v>74573</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Aider les travaux urgents de réparation de voirie suite à intempérie</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Hautes-Pyrénées</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
@@ -19707,89 +19707,384 @@
   &lt;/a&gt;
   &lt;br /&gt;
   02 28 20 61 71
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
       <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c729-demonstrateur-de-recherche-academique/</t>
         </is>
       </c>
       <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:27" customHeight="0">
       <c r="A117" s="1">
+        <v>94970</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Aider les projets collaboratifs de recherche, de développement et d'innovation</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux projets collaboratifs de recherche et de développement et d'innovation</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région a comme objectif, en matière d&amp;#039;innovation, de favoriser l&amp;#039;augmentation de la part de PIB consacré dans le Grand Est à la recherche et au développement (R&amp;amp;D), pour tendre vers le seuil de 3% fixé par l&amp;#039;Union européenne dans la Stratégie « Europe 2020 ». Dans ce cadre, la Région Grand Est met en place un dispositif dont l&amp;#039;objectif est :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de stimuler les collaborations et le transfert de technologies entre les acteurs académiques et les entreprises, en soutenant les projets collaboratifs de R&amp;amp;D et d&amp;#039;innovation – RDI, réunissant a minima une entreprise et une start-up ou un acteur académique du territoire Grand Est : laboratoire académique dépendant d&amp;#039;une université, d&amp;#039;un établissement à caractère scientifique et technique – EPST-, centre de ressources technologiques – CRT-, centre régional d&amp;#039;innovation et de transfert de technologie – CRITT- ou toute structure de ressourcement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de valoriser le potentiel académique de la région Grand Est,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de rendre la région Grand Est attractive par l&amp;#039;excellence de sa recherche.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;p&gt;
+ Les petites et moyennes entreprises – PME - et les entreprises de taille intermédiaire – ETI — de moins de 2000 personnes, quels que soit leur secteur d&amp;#039;activité, les CRITT, les CRT, les laboratoires issus des Universités ou des EPST, toute structure de recherche et ressourcement ainsi que les start-up en région Grand Est.
+L&amp;#039;entreprise ne doit pas être une entreprise en difficulté selon la définition de la Commission Européenne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Innovation, créativité et recherche
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P117" s="1" t="inlineStr">
+        <is>
+          <t>29/10/2017</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Nature des projets
+&lt;/h3&gt;
+&lt;p&gt;
+ Tout projet collaboratif de Recherche Développement Innovation, portant sur une innovation de produit, de bien, de service, de procédé, d&amp;#039;organisation, de management de l&amp;#039;innovation, de marketing.
+&lt;/p&gt;
+&lt;h3&gt;
+ Méthode de sélection
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dispositif fait l&amp;#039;objet d&amp;#039;une instruction commune par la Région Grand Est et Bpifrance.
+&lt;/p&gt;
+&lt;h2&gt;
+ Montant de l&amp;#039;aide
+&lt;/h2&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention et d&amp;#039;une avance remboursable.
+Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  250 000 € pour les entreprises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  250 000 € pour les laboratoires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce dispositif peut faire l&amp;#039;objet d&amp;#039;un complément de financement au titre des fonds européens FEDER selon le porteur de projet, la nature et la localisation du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-projets-collaboratifs-de-recherche-et-de-developpement-et-dinnovation/</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:rdi&amp;#64;grandest.fr"&gt;
+  rdi&amp;#64;grandest.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea1e-aide-aux-projets-collaboratifs-de-recherche-e/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>103381</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir  la restauration et  l’aménagement du patrimoine labellisé d’intérêt régional</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la restauration et à l’aménagement du patrimoine labellisé d’intérêt régional</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J118" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à 500 000 euros</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>La Région contribue à préserver et favoriser l&amp;#039;ouverture des édifices ou ensembles labellisés d&amp;#039;intérêt régional. Cette démarche renforce l&amp;#039;attractivité touristique de l&amp;#039;Île-de-France, et met l&amp;#039;accent sur un patrimoine remarquable souvent méconnu.
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Restauration du bâtiment (clos et couvert),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mesures d&amp;#039;urgence,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements intérieurs et extérieurs.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Les demandes d&amp;#039;aide devront être déposées sur
+&lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+ mesdemarches.iledefrance.fr
+&lt;/a&gt;
+, la plateforme des aides régionales.</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dépenses éligibles correspondent  au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre, à l&amp;#039;exclusion des postes de dépenses suivants : acquisitions foncières, études préalables, assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;autorisation de permis de construire et l&amp;#039;avant-projet définitif (APD) sont indispensables.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet de restauration sera lié à l&amp;#039;intérêt architectural du bâtiment. Il aura été visé par un architecte du patrimoine et/ou du CAUE.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/soutien-la-restauration-et-lamenagement-du-patrimoine-labellise-dinteret-regional</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>Chargée de mission pour les départements 75, 91, 92, 95
+&lt;br /&gt;
+Cécile Chenot
+&lt;br /&gt;
+Tél. 01 53 85 78 57
+&lt;br /&gt;
+cecile.chenot&amp;#64;iledefrance.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Chargée de mission pour les départements 77, 78, 93, 94
+&lt;br /&gt;
+Véronique Cagnon
+&lt;br /&gt;
+Tél. 01 53 85 57 42
+&lt;br /&gt;
+veronique.cagnon&amp;#64;iledefrance.fr
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4eea-soutien-a-la-restauration-et-a-lamenagement-d/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>133544</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Subventionner les aménagements liés à la sécurité routière</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Répartition du produit des amendes de police</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vienne</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J117" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
         <is>
           <t>500 € / abribus - limité à 3/an ou 800 € abribus+éclairage - limité à 3/an</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette aide vise à subventionner les collectivités dans le cadre d&amp;#039;aménagement à la sécurité routière (arrêté de la Préfecture) dans le respect des normes en vigueur et notamment des règles d&amp;#039;accessibilité (Code la Route, conseils des guides du CERTU, Règlement Départemental de voirie).
 &lt;/p&gt;
 &lt;p&gt;
  Et pour tous travaux sur le domaine public routier départemental : dépôt d&amp;#039;une demande d&amp;#039;autorisation de voirie auprès de la subdivision concernée.
 &lt;/p&gt;
 &lt;p&gt;
  Subvention des équipements de première catégorie :  Aménagement d&amp;#039;abribus dans la limite de 3/an (500 € ou 800 € si abribus avec éclairage).
 &lt;/p&gt;
 &lt;p&gt;
  Subvention des équipements de deuxième catégorie :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etude et mise en œuvre de plans de circulation
   &lt;/li&gt;
   &lt;li&gt;
    Création de parcs de stationnement
   &lt;/li&gt;
   &lt;li&gt;
    Aménagements de carrefours
   &lt;/li&gt;
   &lt;li&gt;
    Différenciation du trafic
@@ -19806,429 +20101,134 @@
  &lt;/ul&gt;
  &lt;p&gt;
   Équipements de première catégorie :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Subvention forfaitaire de 500€ par abribus dans la limite de 3 abribus par an
    &lt;/li&gt;
    &lt;li&gt;
     Subvention forfaitaire de 800€ par abribus dans la limite de 3 abribus par an si un éclairage de sécurité est installé en même temps
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;p&gt;
   Équipements de deuxième catégorie :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Montant minimum de la subvention : 1.000€
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Sécurité</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les communes, les Communautés de communes, les syndicats de moins de 10 000 habitants : avoir conservé la compétence correspondant aux travaux pour lesquels la subvention est demandée.
 &lt;/p&gt;
 &lt;p&gt;
  Tout dossier réputé non complet un mois après l&amp;#039;envoi d&amp;#039;un courrier à la collectivité concernée réclamant les pièces manquantes sera classé sans suite et renvoyé à la collectivité.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles : Installation et signalisation du chantier, terrassement, stabilisé, enduits, bordures de trottoirs et de caniveaux, trottoirs, mobilier urbain pour les zones 30, éventuellement quelques plantation, installation de signaux lumineux, signalisation horizontale, éclairage de sécurité, radar pédagogique si l&amp;#039;aménagement le justifie, études de travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Exclusions : Travaux de voirie d&amp;#039;entretien courant, nouvel axe routier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Vienne</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://www.lavienne86.fr/les-aides/guide-des-aides/repartition-du-produit-des-amendes-de-police-16702</t>
         </is>
       </c>
-      <c r="W117" s="1" t="inlineStr">
+      <c r="W119" s="1" t="inlineStr">
         <is>
           <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Vienne
  &lt;br /&gt;
  DGAAT2D - Direction des Routes
  &lt;br /&gt;
  Téléport 1 - Immeuble AROBASE 3
  &lt;br /&gt;
  Avenue du Futuroscope
  &lt;br /&gt;
  86960 CHASSENEUIL DU POITOU
  &lt;br /&gt;
  Ligne directe : 05 49 62 91 12
  &lt;br /&gt;
  Accueil : 05 49 62 91 33
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:samartin&amp;#64;departement86.fr" target="_self"&gt;
   samartin&amp;#64;departement86.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>datc@departement86.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05b9-subventionner-les-amenagements-lies-a-la-secu/</t>
-        </is>
-[...293 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/4eea-soutien-a-la-restauration-et-a-lamenagement-d/</t>
         </is>
       </c>
       <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:27" customHeight="0">
       <c r="A120" s="1">
         <v>104534</v>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création cinématographique, audiovisuelle et numérique en Pays de la Loire.</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Fonds d&amp;apos;aide à la création cinématographique, audiovisuelle et numérique</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
@@ -21094,243 +21094,84 @@
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
       <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1921-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
         </is>
       </c>
       <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:27" customHeight="0">
       <c r="A124" s="1">
-        <v>132576</v>
+        <v>10079</v>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les projets de plantation de haies et éléments de végétation arbustive et / arborée</t>
-[...4 lines deleted...]
-          <t>Haies et éléments de végétation arbustive et / arborée</t>
+          <t>Construire des maisons et des centres de santé pluri-professionnels</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Haute-Marne</t>
+          <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G124" s="1" t="inlineStr">
-        <is>
-[...152 lines deleted...]
-      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I124" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 30</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;offre de santé et l&amp;#039;accès à des soins de proximité constituent un enjeu majeur d&amp;#039;aménagement du territoire et d&amp;#039;égalité pour la santé. Dans un contexte de crise aigüe et persistante de la démographie médicale, marquée par la baisse du nombre de médecins généralistes en activité, les inégalités territoriales de répartition et les besoins croissants de soins médicaux et paramédicaux au regard notamment du vieillissement de la population, le soutien de la Région aux projets de création et d&amp;#039;extension de maisons de santé et de centres de santé pluri-professionnels, dans le respect des principes d&amp;#039;éco-conditionnalité des aides, vise à :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favoriser le regroupement de praticiens médicaux et paramédicaux dans des structures facilitant l&amp;#039;exercice pluri-professionnel de la médecine ambulatoire (soins de 1er recours), la continuité et la coordination des soins pour une meilleure prise en charge de la santé des patients, et la pérennisation de l&amp;#039;offre médicale de proximité,
   &lt;/li&gt;
   &lt;li&gt;
    maintenir et développer un égal accès aux soins de proximité dans les territoires déficitaires ou menacés de désertification médicale de la région dans l&amp;#039;objectif d&amp;#039;un aménagement équilibré du territoire et de solidarité avec les populations, avec une attention particulière dans les zones de montagne qui connaissent en plus des contraintes géographiques, météorologiques et des flux saisonniers.
   &lt;/li&gt;
   &lt;li&gt;
    permettre d&amp;#039;accroître l&amp;#039;offre de santé sur les territoires par le biais d&amp;#039;extension des structures existantes.
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Montant :
    &lt;/strong&gt;
    Il s&amp;#039;agit d&amp;#039;une subvention d&amp;#039;investissement.
@@ -21384,196 +21225,196 @@
    Accueil et encadrement par un (des) maître(s) de stage des étudiants en médecine et des stagiaires des professions paramédicales et/ou accueil des étudiants en santé dans le cadre du service sanitaire et/ou participation à des actions de prévention,
   &lt;/li&gt;
   &lt;li&gt;
    Les extensions devront obligatoirement permettre d&amp;#039;accroître l&amp;#039;offre de santé de la structure d&amp;#039;au moins un professionnel de santé (médical ou paramédical), -le projet immobilier devra respecter les normes et référentiels en vigueur pour l&amp;#039;accueil du public en particulier pour l&amp;#039;accessibilité aux personnes en situation de handicap,
   &lt;/li&gt;
   &lt;li&gt;
    Attribution d&amp;#039;un fonds de concours par l&amp;#039;Intercommunalité pour les projets (création et extension) de maisons de santé ou de centres de santé pluri-professionnels dont le maître d&amp;#039;ouvrage est une Commune.
 - Participation financière de l&amp;#039;Intercommunalité ou de la Commune pour les projets (création et extension) de centres de santé pluri-professionnels portés par un maître d&amp;#039;ouvrage autre qu&amp;#039;une collectivité locale.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Articulation avec les fonds européens :
  &lt;/strong&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Projets situés dans des quartiers et sites prioritaires de la politique de la ville et/ou retenus dans le cadre d&amp;#039;une Approche Territoriale Intégrée éligibles au FEDER : examen au titre des critères d&amp;#039;attribution FEDER en priorité.
   &lt;/li&gt;
   &lt;li&gt;
    Projets situés dans les zones de revitalisation rurale éligibles au FEADER et/ou au LEADER : l&amp;#039;aide régionale peut venir en complément de la subvention FEADER ou LEADER sous réserve qu&amp;#039;ils remplissent les conditions d&amp;#039;éligibilité ci-dessus.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Santé
 Equipement public</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont exclues : les Métropoles et les communes de leur territoire sauf si le projet est inscrit dans le contrat Région-Métropole.
 &lt;/p&gt;
 &lt;p&gt;
  De plus pour les centres de santé : établissements et organismes de santé à but non lucratif (établissements de santé et mutuelles).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Travaux de construction neuve, acquisition et réhabilitation de bâtiments destinés à accueillir les professionnels médicaux et paramédicaux dont hébergement, honoraires de maîtrise d&amp;#039;œuvre.
   &lt;/li&gt;
   &lt;li&gt;
    Mobiliers et matériels médicaux des centres de santé.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Voiries et réseaux divers, abords dont parking.
   &lt;/li&gt;
   &lt;li&gt;
    Mobiliers et matériels médicaux des maisons de santé.
   &lt;/li&gt;
   &lt;li&gt;
    Dépenses de fonctionnement.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/soutien-maisons-de-sante</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nom / prénom : Julie LAURE / Elodie MANIFACIER / Chantal HUMEAU
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : prenom.nom&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 67 22 63 54 / 04 67 22 93 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1bda-soutien-aux-projets-de-maisons-et-centres-de-/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>103265</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'amélioration de la desserte des zones logistiques</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Soutien à l'amélioration de la desserte des zones logistiques</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I126" s="1" t="inlineStr">
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région accompagne les gestionnaires de voirie/zone qui améliorent, par des aménagements, le stationnement ou les dessertes logistiques près de routes d&amp;#039;intérêt régional.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    construction ou modernisation d&amp;#039;infrastructures d&amp;#039;accès à des zones accueillant des activités logistiques,
   &lt;/li&gt;
   &lt;li&gt;
    création ou sécurisation de places de stationnement destinées aux poids lourds à proximité immédiate du réseau routier d&amp;#039;intérêt régional ou d&amp;#039;une zone accueillant des activités logistiques,
   &lt;/li&gt;
   &lt;li&gt;
    installation d&amp;#039;équipements de voirie permettant le développement des systèmes de transport intelligents et coopératifs pour améliorer la connaissance des flux logistiques existants et anticiper l&amp;#039;utilisation de véhicules autonomes et connectés pour le transport de marchandises.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
@@ -21581,256 +21422,415 @@
 &lt;p&gt;
  Jusqu&amp;#039;à 50 % des dépenses éligibles, plafonnées selon les cas à :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    800 000 euros (ou 1 million d&amp;#039;euros si la zone desservie comporte une station GNV) pour les infrastructures d&amp;#039;accès aux zones logistiques,
   &lt;/li&gt;
   &lt;li&gt;
    8 000 euros par place de stationnement poids lourd,
   &lt;/li&gt;
   &lt;li&gt;
    500 000 euros pour les équipements C-ITS.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projet intéressés peuvent prendre contact avec les services de la Région pour établir un dossier de demande de subventions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Voirie et réseaux
 Commerces et services
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gestionnaires de voirie ou de zone.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    localisation proche du réseau routier d&amp;#039;intérêt régional,
   &lt;/li&gt;
   &lt;li&gt;
    intégration dans le territoire (baisser les nuisances, répondre à un besoin du tissu économique local, éviter le mitage),
   &lt;/li&gt;
   &lt;li&gt;
    intégration au réseau logistique régional (valoriser les infrastructures/équipements existants, faciliter la continuité des itinéraires, renforcer la performance du réseau régional, favoriser la mutualisation/massification des flux),
   &lt;/li&gt;
   &lt;li&gt;
    potentiel de création d&amp;#039;emplois et de renforcement des entreprises bénéficiaires.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les infrastructures financées seront à disposition sur une base ouverte, transparente et non discriminatoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T126" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-lamelioration-de-la-desserte-des-zones-logistiques</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d951-soutien-a-lamelioration-de-la-desserte-des-zo/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>162739</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Développer des infrastructures cyclables de façon massive pour qu’une plus grande part des trajets du quotidien s’effectuent à vélo</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Le Sud à vélo : Aménagements pour desserte d’équipements</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif est de développer des infrastructures cyclables de façon massive pour qu’une plus grande part des trajets du quotidien s’effectuent à vélo. Le dispositif présenté consiste pour la Région à apporter un soutien financier aux porteurs de projets qui développent des aménagements cyclables autour d’établissements et de pôles qu’elle considère prioritaires et pour lesquels l’accessibilité à vélo doit être encouragée et facilitée. Il s’agit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;des gares (ferroviaires et routières du réseau Zou !) ;&lt;/li&gt; 	&lt;li&gt;des établissements d’enseignement et de formation régionaux ;&lt;/li&gt; 	&lt;li&gt;des équipements et pôles dits structurants pour un territoire (définis dans les Contrats opérationnels de Mobilité.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les départements ;&lt;/li&gt; 	&lt;li&gt;les communes et leurs groupements ;&lt;/li&gt; 	&lt;li&gt;les syndicats d’aménagement ou intercommunaux et autres organismes publics (société publique locale d’aménagement, établissement public).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Critère 1 :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;appartenir à un itinéraire de schéma vélo ou Plan de Mobilité ou Plan de mobilité simplifié ou document équivalent figurant des itinéraires cyclables . Un rabattement entre un itinéraire vélo et l’équipement à desservir constitue également un projet éligible.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Critère 2 :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;des équipements à desservir, identifiés dans le cadre des Contrats opérationnels de mobilité – COM - (les gares et les établissements scolaires sous compétence régionale sont éligibles sans obligatoirement figurer au COM).&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Eligibilité aux critères 1 et 2 et respect des recommandations techniques (CEREMA, Code de la Route, ISSR ...).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P127" s="1" t="inlineStr">
+      <c r="P126" s="1" t="inlineStr">
         <is>
           <t>03/06/2024</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Critère 1 :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;appartenir à un itinéraire de schéma vélo ou Plan de Mobilité ou Plan de mobilité simplifié ou document équivalent figurant des itinéraires cyclables . Un rabattement entre un itinéraire vélo et l’équipement à desservir constitue également un projet éligible.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Critère 2 :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;des équipements à desservir, identifiés dans le cadre des Contrats opérationnels de mobilité – COM - (les gares et les établissements scolaires sous compétence régionale sont éligibles sans obligatoirement figurer au COM).&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Eligibilité aux critères 1 et 2 et respect des recommandations techniques (CEREMA, Code de la Route, ISSR ...).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/amenagements-cyclables-le-sud-a-velo</t>
+        </is>
+      </c>
+      <c r="W126" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Allo Région Sud&lt;/strong&gt;&lt;br /&gt; Tel : &lt;a href="tel:0491575757"&gt;04 91 57 57 57&lt;/a&gt;&lt;br /&gt; Mail : &lt;a href="mailto:contact&amp;#64;alloregionsud.fr"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenagements-cyclables-le-sud-a-velo/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>132576</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de plantation de haies et éléments de végétation arbustive et / arborée</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Haies et éléments de végétation arbustive et / arborée</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J127" s="1" t="inlineStr">
+        <is>
+          <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Barrière au ruissellement des eaux, stabilisation des sols, protection des routes dans les zones à congères, élément de trame verte paysagère, contribution agronomique, ... l&amp;#039;apport positif des haies à la qualité de nos plaines agricoles sont multiples. Le Département soutient financièrement les acteurs ruraux qui programment la plantation de haies sur leurs territoires.&lt;/p&gt;
+&lt;p&gt;
+ Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U127" s="1" t="inlineStr">
         <is>
-          <t>Provence-Alpes-Côte d'Azur</t>
+          <t>Haute-Marne</t>
         </is>
       </c>
       <c r="V127" s="1" t="inlineStr">
         <is>
-          <t>https://www.maregionsud.fr/vos-aides/detail/amenagements-cyclables-le-sud-a-velo</t>
+          <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_06_fiche-action_haies.pdf</t>
         </is>
       </c>
       <c r="W127" s="1" t="inlineStr">
         <is>
-          <t>https://subventionsenligne.maregionsud.fr/</t>
+          <t>https://haute-marne.fr/wp-content/uploads/2025/04/CD52_250319_formulaire-aide-programme-paysager.pdf</t>
         </is>
       </c>
       <c r="X127" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Allo Région Sud&lt;/strong&gt;&lt;br /&gt; Tel : &lt;a href="tel:0491575757"&gt;04 91 57 57 57&lt;/a&gt;&lt;br /&gt; Mail : &lt;a href="mailto:contact&amp;#64;alloregionsud.fr"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de la Haute-Marne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03.25.32.85.71
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
+  service.agriculture&amp;#64;haute-marne.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Guide des aides :
+ &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
+  http://www.haute-marne.fr/guidedesaides/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute correspondance doit être adressée à :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue du Commandant Hugueny
+&lt;/p&gt;
+&lt;p&gt;
+ CS 62127
+&lt;/p&gt;
+&lt;p&gt;
+ 52905 CHAUMONT Cedex 9
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y127" s="1" t="inlineStr">
         <is>
-          <t>webpresse@maregionsud.fr</t>
+          <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
       <c r="Z127" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/amenagements-cyclables-le-sud-a-velo/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adbc-soutenir-les-projets-dimplantation-de-bandes-/</t>
         </is>
       </c>
       <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:27" customHeight="0">
       <c r="A128" s="1">
         <v>162879</v>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Soutenir les PME et ETI industrielles dans leur modernisation et leur transition écologique</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Accompagnement Compétitivité et Décarbonation de l'industrie</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
@@ -22075,461 +22075,312 @@
       </c>
       <c r="X129" s="1" t="inlineStr">
         <is>
           <t>biodiversite&amp;#64;iledefrance.fr
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ae1c-ilots-de-fraicheur/</t>
         </is>
       </c>
       <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:27" customHeight="0">
       <c r="A130" s="1">
-        <v>80681</v>
+        <v>162758</v>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Soutenir le développement d'une offre touristique de qualité</t>
+          <t>Soutenir l'offre de formation musiques, danse, théâtre, art du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'offre de formation musiques, danse, théâtre, art du mouvement, arts visuels</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Hautes-Pyrénées</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
-        <is>
-[...152 lines deleted...]
-      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Consciente de la complexité et de la précarité inhérente au secteur d’activité de la Culture, les enjeux de développement de la qualification, de création et de consolidation des emplois et de l&amp;#039;insertion des jeunes professionnels sont au cœur de l’approche intégrée « formation-économie-emploi » développée par l’action régionale.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; En effet, depuis une vingtaine d’années, le monde du spectacle et de la culture s’est profondément transformé sous l’effet conjugué d’évolutions artistiques, technologiques, sociales, économiques et structurelles qui ont eu des conséquences majeures sur l’emploi.&lt;br /&gt; La Région poursuit et consolide son projet de soutenir sur le territoire des outils de formation et d’accompagnement des parcours professionnels pouvant répondre de façon globale à la demande des acteurs du secteur culturel.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; La volonté de la Région vise à préparer les jeunes professionnels et les adultes à l’évolution des métiers, ainsi qu’à répondre par la professionnalisation aux enjeux de renouvellement des qualifications et d’évolution des métiers du secteur culturel.&lt;/p&gt;
  &lt;p&gt;La région dispose, dans le domaine des arts visuels et d’arts vivants de plusieurs établissements d’enseignement supérieur et/ou professionnel inscrits dans un cadre d’intervention très spécifique.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;En effet ces organismes de formation se distinguent par :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les caractéristiques de leur champ d&amp;#039;intervention non concurrentiel &lt;/li&gt; 	&lt;li&gt; les compétences professionnelles spécifiques mises en œuvre pour la professionnalisation des personnes de ces secteurs d&amp;#039;activités &lt;/li&gt; 	&lt;li&gt; la reconnaissance de leur caractère structurant dans le développement de la formation professionnelle tout au long de la vie&lt;/li&gt; 	&lt;li&gt; la mobilisation de financements croisés relevant du champ de la culture et de celui de la formation professionnelle continue&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;L’aide régionale participe au financement de ces établissements qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet pédagogique et culturel détaillé garantissant une offre de qualité dans l’enseignement supérieur et professionnel spécialisé&lt;/li&gt; 	&lt;li&gt; la construction des cursus d&amp;#039;étude délivrant des diplômes et des certifications en lien avec l&amp;#039;Université permettant la délivrance conjointe de titres de qualification professionnelle et d&amp;#039;un titre universitaire inscrit dans le schéma LMD&lt;/li&gt; 	&lt;li&gt; un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt; une démarche éco-responsable&lt;/li&gt; 	&lt;li&gt;des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Le dépôt doit se faire selon le règlement financier en vigueur :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;exploitation, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux...&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P131" s="1" t="inlineStr">
+      <c r="P130" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’aide régionale participe au financement de ces établissements qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet pédagogique et culturel détaillé garantissant une offre de qualité dans l’enseignement supérieur et professionnel spécialisé&lt;/li&gt; 	&lt;li&gt; la construction des cursus d&amp;#039;étude délivrant des diplômes et des certifications en lien avec l&amp;#039;Université permettant la délivrance conjointe de titres de qualification professionnelle et d&amp;#039;un titre universitaire inscrit dans le schéma LMD&lt;/li&gt; 	&lt;li&gt; un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt; une démarche éco-responsable&lt;/li&gt; 	&lt;li&gt;des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-loffre-de-formation-musiques-danse-theatre-art-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-loffre-de-formation-musiques-danse-theatre-art-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>162297</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…)</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Biodiversité et territoires - Stratégies</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les territoires organisés et gérés par des collectivités (Communes, EPCI, Syndicats mixtes…) sont un des maillons essentiels pour déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…), prenant en compte la biodiversité et les services écosystémiques.&lt;br /&gt; Il s’agit pour la Région d’accompagner et de soutenir les dynamiques des territoires pour développer leur résilience face au changement climatique et à l’effondrement de la biodiversité pour une transition réussie, par l’élaboration stratégies territoriales biodiversité.&lt;/p&gt; &lt;p&gt;Collectivités locales et leurs Groupements (Communes, EPCI, Syndicats mixtes).&lt;/p&gt; &lt;p&gt;Elaboration de stratégies territoriales pour la biodiversité, avec un objectif d’adaptation du territoire au changement climatique, ainsi que leurs programmes d’actions, prenant impérativement en compte les services écosystémiques et les solutions d’adaptation fondées sur la nature.&lt;br /&gt; Les actions suivantes pourront être soutenues :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Prestations de maîtrise d’œuvre ou d’accompagnement par un bureau d’étude ou équivalent,&lt;/li&gt; 	&lt;li&gt;Implication des parties prenantes : élus, acteurs privés et publics du territoires, citoyens,&lt;/li&gt; 	&lt;li&gt;Identification et hiérarchisation des enjeux de biodiversité du territoire, dont notamment :&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Évaluation de services écosystémiques et de la dépendance du territoire à ces services,&lt;br /&gt; Impacts directs et indirects des actions de la collectivité sur la biodiversité et les services écosystémiques,&lt;br /&gt; &lt;br /&gt; Cartographie et hiérarchisation des enjeux ;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Formalisation de la stratégie biodiversité et élaboration de son plan d’action,&lt;/li&gt; 	&lt;li&gt;Élaboration du système de suivi de la stratégie biodiversité, dont notamment :&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Définition et surveillance des indicateurs, analyse des résultats des indicateurs,&lt;br /&gt; Procédure de mise à jour de la stratégie biodiversité,&lt;br /&gt; Audit de la stratégie et de sa mise en œuvre par la collectivité.&lt;br /&gt; &lt;br /&gt; Les démarches telles que « territoire engagé pour la nature », stratégies locales biodiversité, liste verte UICN, voire de certification pour faire suite à la mise en œuvre de normes volontaires relatives à une démarche biodiversité pourront être soutenues dans ce cadre.&lt;/p&gt; &lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Citoyenneté
 Biodiversité</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P132" s="1" t="inlineStr">
+      <c r="P131" s="1" t="inlineStr">
         <is>
           <t>13/07/2023</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/biodiversite-et-territoires-strategies</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/biodiversite-et-territoires-strategies/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>117506</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Programme Nature 2050</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>CDC Biodiversité</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J133" s="1" t="inlineStr">
+      <c r="J132" s="1" t="inlineStr">
         <is>
           <t>Pas de limites minimum ou maximum</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
  à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
  résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
  ;
  &lt;/li&gt;
  &lt;li&gt;
   atténuer les changements climatiques en renforçant les
  capacités de stockage ou de captage de CO2 ;
  &lt;/li&gt;
  &lt;li&gt;
   et adapter les territoires à ces changements, notamment en limitant leurs
  effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
  inondation, sécheresse, incendie, submersion marine...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -22541,160 +22392,309 @@
  &lt;/li&gt;
  &lt;li&gt;
   Transitions agricole et forestière
  &lt;/li&gt;
  &lt;li&gt;
   Continuités écologiques
  &lt;/li&gt;
  &lt;li&gt;
   Biodiversité en ville
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
  &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
   Les Réalisations Nature 2050
  &lt;/a&gt;
 &lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de projets soutenus par Nature 2050 :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
  &lt;li&gt;
   Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
   &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
    lien
     Ouvre une nouvelle fenêtre
 &lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
   &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
    lien
     Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;ensemble des projets Nature 2050 sont accessibles
  en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Friche
 Risques naturels
 Biodiversité
 Paysage
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le porteur de projet doit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Recourir aux solutions fondées sur la nature ;
  &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
  &lt;li&gt;
   Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
  &lt;/li&gt;
  &lt;li&gt;
   Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
    Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
   &lt;br /&gt;
  &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
  &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
   Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W132" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>80681</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'une offre touristique de qualité</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J133" s="1" t="inlineStr">
+        <is>
+          <t>Taux maxi d'aides publiques : 70% (50% pour les opérations génératrices de recettes)</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appels à projets bisannuels publiés sur le site internet du Département à destination des Pôles touristiques des Hautes-Pyrénées : Lourdes, Gavarnie, Cauterets-Pont d&amp;#039;Espagne, Luz-Pays Toy, Argelès Gazost-Val d&amp;#039;Azun, Tourmalet-Pic du Midi, Vallée de Saint Lary-Néouvielle, Vallée du Louron-Peyragudes, Tarbes-Vallée de l&amp;#039;Adour, Coteaux-Nestes-Baronnies-Barousse.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs : accompagner les projets qui répondent à la feuille de route définie pour le pôle touristique concerné dans le carnet de route du tourisme des Hautes-Pyrénées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;investissement concourant au développement d&amp;#039;une offre touristique de qualité adaptée aux attentes des clients et des marchés pour renforcer l&amp;#039;attractivité et la compétitivité des Hautes-Pyrénées création et développement d&amp;#039;équipements de loisirs
+&lt;/p&gt;
+&lt;p&gt;
+ amélioration des services offerts sur les sites de visite
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets sont sélectionnés par les Comités des Pôles touristiques avant d&amp;#039;être présentés au financement du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services du Département et de Hautes-Pyrénées Tourisme Environnement doivent être associés avant le dépôt du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles doivent être situés sur le territoire de communes ayant instauré une taxe de séjour.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses ne doivent pas avoir été engagées préalablement à l&amp;#039;accusé de réception de dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière du Département ne peut être supérieure à celle du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les crédits relevant de l&amp;#039;appel à projets sont exclusifs des autres aides du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses d&amp;#039;entretien courant et de maintenance, ainsi que les opérations réalisées en leasing sont exclues.
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage s&amp;#039;engage à maintenir l&amp;#039;activité touristique de l&amp;#039;établissement ou l&amp;#039;infrastructure financée sur une durée de 7 ans à compter de la date de réception des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux en régie éligibles. Matériaux éligibles à hauteur de 25% maxi du montant HT des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="S133" s="1" t="inlineStr">
         <is>
-          <t>Mise en œuvre / réalisation</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U133" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Hautes-Pyrénées</t>
         </is>
       </c>
       <c r="V133" s="1" t="inlineStr">
         <is>
-          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
-[...4 lines deleted...]
-          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+          <t>https://www.hautespyrenees.fr/les-grands-projets/les-carnets-de-route-du-tourisme/</t>
         </is>
       </c>
       <c r="X133" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction du Développement Local/Service Tourisme et transition énergétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Delphine PAMBRUN : 05 62 56 77 82 - delphine.pambrun&amp;#64;ha-py.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Marie-Pierre BRANCHARD : 05 62 56 78 25 - marie-pierre.branchard&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y133" s="1" t="inlineStr">
         <is>
-          <t>nature2050@cdc-biodiversite.fr</t>
+          <t>stephanie.divoux@ha-py.fr</t>
         </is>
       </c>
       <c r="Z133" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5426-soutenir-les-poles-touristiques-de-shautes-py/</t>
         </is>
       </c>
       <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>