--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA38"/>
+  <dimension ref="A1:AA37"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -472,84 +472,202 @@
           <t>&lt;p&gt;Le porteur de projet échange avec l&amp;#039;équipe de la direction de l&amp;#039;Economie Sociale et Solidaire et Innovation Sociale de la Région (les contacts par département sont indiqués, page 20 du document &amp;#34;AMI tiers-lieux Région Nouvelle-Aquitaine&amp;#34; à télécharger ci-dessous) afin de faire connaître son projet, d&amp;#039;identifier les axes d&amp;#039;amélioration potentielle pour finaliser son dossier de candidature.
 Les projets sont instruits en toute confidentialité.
 Les porteurs de projets peuvent par ailleurs, s&amp;#039;ils le souhaitent, solliciter le réseau des tiers-lieux porté par la Coopérative Tiers-lieux, pour bénéficier de ses conseils et recommandations, afin d&amp;#039;enrichir le projet, par le mail : contact&amp;#64;tierslieux.net
 Il faut noter que dans les documents à télécharger, vous trouverez 2 dossiers de candidatures : un pour les projets de création et un pour les projets de développement.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-creation-et-au-developpement-des-tiers-lieux/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>155128</v>
+        <v>111624</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Créer, étendre ou rénover des tiers-lieux publics ou des espaces de travail dans un équipement public</t>
+          <t>Développer les tiers-lieux en milieu rural</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Tiers-lieux, espaces de télétravail (politique territoriale 22-28)</t>
+          <t>Partenariats avec les territoires : Ruralité</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>70% maximum des dépenses HT, plafonné à 25.000€</t>
+        </is>
+      </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la réalisation d&amp;#039;études de faisabilité préalable au développement de tiers-lieux en milieu rural.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-PART-006 (CP du 16/01/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Tiers-lieux</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes (118) et Intercommunalités (6) en périmètre de la ruralité en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d33d-developper-les-tiers-lieux-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>155128</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Créer, étendre ou rénover des tiers-lieux publics ou des espaces de travail dans un équipement public</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Tiers-lieux, espaces de télétravail (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Nature des projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Création, rénovation, extension de tiers-lieux publics ou d&amp;#039;espaces de travail dans un équipement public.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les tiers-lieux doivent permettre à chacun et collectivement de se saisir de son pouvoir d&amp;#039;agir et de répondre aux grands enjeux de la transition qui s&amp;#039;imposent aujourd&amp;#039;hui. Ce sont des projets structurants de territoires, qui (re)dynamisent un quartier, un village. Ces espaces sont conçus pour créer les conditions les plus favorables à l&amp;#039;éclosion des idées et à la coopération locale. Ils permettent ainsi à des travailleurs indépendants, des salariés d&amp;#039;entreprises, de collectivités, d&amp;#039;associations, des habitants jeunes ou moins jeunes du territoire de se rencontrer et de faire ensemble à l&amp;#039;occasion d&amp;#039;activités, animations se déroulant sur le site.
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;aménagement d&amp;#039;un espace de télétravail au sein d&amp;#039;un équipement public : Le télétravail est le fait de travailler à distance en ayant à sa disposition tous les outils modernes liées à la communication. Ainsi, un simple espace plutôt organisé sous forme d&amp;#039;espace de coworking (quelques tables, un coin détente) ou de bureaux individuels loués à la journée ou demi-journée peut répondre aux besoins des télétravailleurs sous condition de connexions internet et de téléphonie satisfaisantes. Il a pour objectif premier d&amp;#039;éviter aux salariés des déplacements pendulaires.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Investissement :
@@ -601,62 +719,62 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Fiche de poste
  &lt;/li&gt;
  &lt;li&gt;
   CV du candidat retenu
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Etude :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cahier des charges de l&amp;#039;étude
  &lt;/li&gt;
  &lt;li&gt;
   Proposition du cabinet retenu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Tiers-lieux
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Les tiers-lieux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une étude d&amp;#039;opportunité et de définition du projet est nécessaire pour faire émerger le besoin du territoire et la communauté d&amp;#039;acteurs prête à s&amp;#039;engager dans la vie et l&amp;#039;animation du site.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ce besoin défini permettra d&amp;#039;identifier les espaces à créer dans le tiers-lieu : salles d&amp;#039;animation et de réunions, bureaux permanents, bureaux de rendez-vous, espace de coworking, espace d&amp;#039;exposition, lieux de convivialité, ateliers partagés, salles d&amp;#039;expressions artistiques... Il précisera également les services envisagés : restauration, domiciliation des structures, etc.
 &lt;/p&gt;
 &lt;p&gt;
  De plus, des premières réponses seront apportées sur la gouvernance et le modèle économique envisagés.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Présence d&amp;#039;un animateur-coordinateur ou d&amp;#039;une communauté s&amp;#039;engageant sur un programme d&amp;#039;animations. Si l&amp;#039;embauche d&amp;#039;un animateur est envisagée, l&amp;#039;étude de définition du projet devra apporter les modalités de financement du poste
@@ -769,7492 +887,1387 @@
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Fonctionnement
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre des tiers-lieux, il est possible de financer la création d&amp;#039;un poste d&amp;#039;animateur-coordinateur du tiers-lieu ou l&amp;#039;augmentation d&amp;#039;un temps de travail d&amp;#039;un poste déjà existant, sur une durée maximale de trois ans.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/tiers-lieux-espaces-de-teletravail-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W4" s="1" t="inlineStr">
+      <c r="W5" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="mailto:https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/832f-tiers-lieux-espaces-de-teletravail-politique-/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>101570</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir un tiers-lieu de formation numérique "Village Afpa"</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale pour la Formation Professionnelle des Adultes (AFPA)</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez développer sur votre territoire un espace de formation numérique à destination de vos habitants et entreprises.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;AFPA propose de travailler avec les collectivités à la création et l&amp;#039;animation d&amp;#039;un tiers-lieu d&amp;#039;insertion professionnelle et de formation numérique à distance (création d&amp;#039;espaces de CoLearning (Offre Territoire digital de l&amp;#039;Afpa) et d&amp;#039;espaces de coworking (Programme « Village Afpa »)).  Ces espaces permettent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à des équipements numériques pour suivre une formation ou bénéficier d&amp;#039;un accompagnement à distance;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La présence d&amp;#039;un facilitateur numérique de formation pour encadrer les apprentissages et les parcours, recruté localement par la structure d&amp;#039;exploitation de l&amp;#039;espace et formé par l&amp;#039;Afpa pour mener à bien cette mission (titre professionnel de « Responsable d&amp;#039;espace de médiation numérique » du ministère du travail);
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plateforme de e-Learning Métis regroupant plus de 250 parcours de formation et des dispositifs d&amp;#039;accompagnement vers l&amp;#039;emploi (Prépa compétences en ligne) et s&amp;#039;enrichissant en permanence de parcours proposés par ses partenaires;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation à distance des formations et prestations d&amp;#039;accompagnement par un réseau de formateurs (Afpa et partenaires) répartis sur l&amp;#039;ensemble du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accueil sur place pour informer sur les dispositifs d&amp;#039;insertion professionnelle (La promo 16.18 pour les décrocheurs scolaires, Prépa compétences pour les demandeurs d&amp;#039;emploi, Hope pour les réfugiés, Déclic pour l&amp;#039;action pour les 16-25 ans...) et pour conseiller sur les parcours de formation professionnelle et d&amp;#039;&amp;#039;apprentissage permettant d&amp;#039;évoluer professionnellement ou de retrouver un emploi.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Chris Trouvat :
+ &lt;a href="mailto:chris.trouvat&amp;#64;afpa.fr" rel="noopener" target="_blank"&gt;
+  chris.trouvat&amp;#64;afpa.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d278-accueillir-un-tiers-lieu-de-formation-numeriq/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>94237</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Créer des tiers-lieux d’innovation sociale pour contribuer au développement économique des territoires</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez participer au développement économique local et mettre en place un tiers-lieu d&amp;#039;innovation sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires peut apporter, sous certaines conditions dont notamment le soutien de la collectivité territoriale, un appui à l&amp;#039;émergence du projet et à la structuration de sa gouvernance, une aide aux études de programmation ou de montage juridique et financier, une part des fonds propres de la structure d&amp;#039;exploitation ou de la structure portant les murs, sous forme d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=tierslieux_innov_sociale_psat</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b33b-developper-les-tiers-lieux-dinnovation-social/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>10205</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Construire des espaces associatifs et/ou mutualisés (de types Maisons France Service ou Tiers lieux)</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J5" s="1" t="inlineStr">
+      <c r="J8" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d'intervention de 25% des dépenses éligibles. Plafond de subvention : 100.000 €.</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans un souci de vitalité et de développement du lien social dans les territoires, notamment les territoires ruraux, la Région soutiendra la construction d&amp;#039;espaces associatifs sur la base de critères qualitatifs (dimensionnement et diversité des usages) mais également le développement de nouveaux espaces de type « espaces mutualisés » tels que les Maisons de Services aux Publics ou encore les bâtiments associatifs incluant les tiers-lieux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Tiers-lieux
 Equipement public</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les dossiers dont la subvention serait inférieure à 1000 € ne seront pas recevables (dépenses éligibles &amp;lt; 4000 €).
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les opérations de :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    construction d&amp;#039;espaces associatifs sur la base de critères qualitatifs de dimensionnement et d&amp;#039;usages. Seront exclues les salles utilisées majoritairement pour les activités scolaires et périscolaires, ainsi que les salles des mariages ou du conseil municipal. Une attention particulière sera portée sur le dimensionnement de la salle par rapport au nombre d&amp;#039;habitants du territoire et sur les usages prévisionnels.
   &lt;/li&gt;
   &lt;li&gt;
    construction ou extension d&amp;#039;équipements de services mutualisés de type Maison des Services au Public, bâtiments associatifs incluant les tiers-lieux,
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les acquisitions immobilières et achat d&amp;#039;équipements ne sont pas éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles et la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
 &lt;/p&gt;
 &lt;p&gt;
  Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aménagement des abords de l&amp;#039;équipement public ne sera pas retenu au titre de ce dispositif (exemple : parking).
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ces critères seront assouplis pour les communes faiblement peuplées situées dans un territoire lui-même peu dense.
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Equipements-publics-Creation-d-espaces-associatifs-et-ou</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Adresser tous les courriers à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
 &lt;/p&gt;
 &lt;p&gt;
  A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les départements : 11-12-30-34-48-66
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
   &lt;/li&gt;
   &lt;li&gt;
    Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les départements : 9-31-32-46-65-81-82
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
   &lt;/li&gt;
   &lt;li&gt;
    Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/450c-equipements-publics-creation-despaces-associa/</t>
-        </is>
-[...391 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels/</t>
         </is>
       </c>
       <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:27" customHeight="0">
       <c r="A9" s="1">
-        <v>155125</v>
+        <v>161669</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Créer, rénover ou étendre de lieux d'accueils de proximité de type France services, M@nche services, centres sociaux ou espaces de vie sociale</t>
+          <t>Développer les usages innovants du numérique</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Lieux d’accueil de proximité :  France Services, Manche Services, centre social, espace de vie social, (politique territoriale 22-28)</t>
+          <t>Développer les usages  innovants du numérique</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
-        <is>
-[...5647 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
+      <c r="I9" s="1" t="inlineStr">
         <is>
           <t> Min : 50</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour favoriser leur duplicabilité et/ou leur extension par :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La mise en place ou le développement de projets expérimentaux, pilotes et/ou innovants&lt;/p&gt;&lt;p&gt;• Le soutien de poste d’animateur dédié au développement des usages et projets numériques répondant aux spécificités territoriales&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour favoriser l&amp;#039;innovation collective, le partage d’information et la transmission de &lt;/strong&gt;&lt;strong&gt;compétences grâce à la création des tiers-lieux numériques. &lt;/strong&gt;La Région finance les tiers-lieux d’idéation-expérimentation et de fabrication et médiation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour accompagner le développement des Micro-Folies. &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour la Région, la transformation numérique passe par le développement d’usages innovants dans de nombreux domaines : tourisme / patrimoine, éducation, e-santé, agriculture … La collectivité accompagne les expérimentations de nouveaux usages du numérique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Tourisme
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q31" s="1" t="inlineStr">
+      <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>02/01/2027</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les projets seront sélectionnés selon
 plusieurs critères techniques : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;- &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’aspect
 innovant (expérimentation ou action novatrice territoriale) ou pilote
 (déploiement d’une expérimentation) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
 portée territoriale du projet (les projets de portée intercommunale et au-delà
 seront privilégiés) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
 proposition de contenus et de services numériques mis en œuvre ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’intégration
 de dispositif d’animation favorisant une bonne appropriation de l’action par le
 public cible ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;leur
 réplicabilité et interopérabilité ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;la
 participation aux réseaux (Ex : Association des tiers-lieux, Micro-Folies) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux de la donnée (ouverture,
 valorisation, protection, sécurisation…) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux du numérique
 responsable sur la base des 4 piliers du numérique responsable : numérique
 sobre, numérique au service du bien commun, numérique éthique et l’inclusion
 numérique …)&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.bourgognefranchecomte.fr/</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Délégation à la Transformation Numérique  - contacts : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;France Guillemin 06 74 97 43 20 - &lt;a target="_self"&gt;france.guillemin&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;       &lt;/p&gt;&lt;p&gt;Anne-Claire Sanz 06 59 42 51 65  &lt;a href="mailto:anneclaire.sanz&amp;#64;bourgognefranchecomte.fr"&gt;anneclaire.sanz&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>france.guillemin@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-usages-innovants-du-numerique/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...101 lines deleted...]
-      <c r="A33" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>77364</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Financer les projets autour de l’économie inclusive</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’économie inclusive</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
 structure d’insertion par l’activité économique ou adaptée aux personnes en
 situation de handicap, une entreprise engagée dans l’inclusion numérique
 relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
 circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
 sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
 bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
 long terme via des dispositifs adaptés ? La Banque des Territoires vous
 accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
 de l’économie inclusive : insertion par l’activité économique, inclusion
 numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
 social. Le financement peut se faire sous forme d’investissement direct en
 fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
 la Banque des Territoires soutient également l’opérationnalisation de
 programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
 numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Economie sociale et solidaire
 Attractivité économique
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
   Contactez-nous à travers notre formulaire de contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C34" s="1" t="inlineStr">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration de stratégies de transformation numérique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisition (dans la limite de 10% de l&amp;#039;assiette éligible), de construction et réhabilitation de bâtiments et études liées pour les tiers lieux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de construction et déploiement de réseaux et études liées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées au développement ou déploiement de nouvelles briques ou de nouveaux services numériques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;achats d&amp;#039;équipements numériques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 30 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>162708</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le bien vivre et favoriser le faire ensemble sur le territoire</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G34" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond de 50 000€</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le programme européen de
+subvention LEADER 2023-2027, le GAL souhaite agir pour une meilleure qualité de
+vie et davantage de lien social sur son territoire. &lt;/span&gt;&lt;span&gt;Le
+GAL pourra ainsi permettre la création ou le développement de tiers lieux tels
+que des espaces de travail partagés et collaboratifs ou des jardins partagés,
+faciliter l’accès à la culture par le soutien à de l’équipement culturel ou
+l’organisation d’évènements en lien avec le patrimoine local. Au regard de la
+dépendance à la voiture individuelle, &lt;/span&gt;&lt;span&gt;iI&lt;/span&gt;&lt;span&gt;
+pourra financer des projets permettant une mobilité plus durable et partagée.
+Finalement, le bien manger sera favorisé à travers le soutien à de l’animation
+locale ou la mise en place de restauration collective transformant des produis
+frais et locaux.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Exemples de projets : Aménagement
+d’un atelier collectif d’artisans (Fablab) ; Equipement pour un espace de
+coworking à vocation économique ; jardins partagés ; véhicule en partage ;
+évènement culturel ; Ateliers pédagogiques ; Equipement d’une cuisine collective…&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Tiers-lieux
+Economie sociale et solidaire
+Accessibilité
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+association, un collectif, une TPE/PME ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Evènement&lt;/span&gt;&lt;span&gt; : uniquement la 1ère édition et avec mesures
+écoresponsables&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Bât. ATOME - 2 rue Michelet 30100 Alès&lt;/p&gt;&lt;p&gt;04 66 25 32 88&lt;/p&gt;&lt;p&gt;06 86 94 62 87&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-le-bien-vivre-et-favoriser-le-faire-ensemble-sur-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>163689</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Financement participatif : Coup de Boost Région</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Financement participatif : Coup de Boost Région</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine, en collaboration avec la plateforme de financement participatif J&amp;#039;adopte un projet, met en place le dispositif d&amp;#039;abondement participatif pour soutenir les projets d&amp;#039;économie sociale et solidaire (ESS) répondant aux ambitions de la stratégie Néo Terra.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;L’objet principal du dispositif est de donner aux habitants, aux collectivités et EPCI, ainsi qu’aux acteurs privés, la possibilité d’agir ensemble pour le développement de l’Économie Sociale et Solidaire sur le territoire Nouvelle Aquitaine.  Le dispositif entend mobiliser ces différents acteurs pour que chacun participe, à sa mesure, au développement des projets de leur territoire.&lt;/p&gt;&lt;p&gt;En résumé, l’abondement participatif s’appuie sur 2 objectifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;mobiliser l’épargne citoyenne pour les structures de l’Économie Sociale et Solidaire et offrir aux porteur·se·s de projets de nouvelles sources de financement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;compléter l’offre de financement locale en dons et subventions, en s’inscrivant dans une dynamique collective, pour co-construire les projets avec les différents partenaires.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Au cours d&amp;#039;une campagne de financement participatif, les dons des citoyens sont multipliés par le soutien financier de la Région Nouvelle-Aquitaine. L&amp;#039;effet multiplicateur pourra aller de 2 à 6 en fonction de la somme mobilisée par projet et du nombre de partenaires associés en co-abondement.&lt;/p&gt;&lt;p&gt;Engagement de la Région Nouvelle-Aquitaine pour des montants allant de 2500€ à 10 000€ selon la typologie de votre projet :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Projet classique de l’ESS : 2 500€, soit 1 euro citoyen / 1 euro Région  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Projet phare NEOTERRA   : 10 000 €, soit 1 euro citoyen / 3 euros Région &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Projet de Tiers-lieux*  : 5 000 €, soit 1 euro citoyen / 1 euro Région&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le versement de l&amp;#039;abondement est soumis à l&amp;#039;atteinte de l&amp;#039;objectif à 100% sur la campagne de financement participatif suivant le principe du « tout ou rien » et uniquement pour des dépenses d’investissement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
+Economie sociale et solidaire
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Seuls les porteurs de projets, dont les statuts relèvent de l’Economie Sociale et Solidaire tels que définis par la loi n° 2014-856 du 31 juillet 2014, sont éligibles à l’abondement régional, prioritairement: &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les associations régies par la loi de 1901,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les coopératives,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les entreprises solidaires avec l&amp;#039;agrément ESUS (entreprise solidaire d&amp;#039;utilité sociale),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises adaptées et ESAT,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Afin de garantir aux citoyens la viabilité et le sérieux des projets présentés, les porteurs-ses de projet devront s’inscrire dans un parcours d’accompagnement auprès des acteurs de l’accompagnement et du financement de l’Economie Sociale et Solidaire (CRESS, URSCOP, Coopérative des Tiers Lieux, France Active Nouvelle Aquitaine, INAE, incubateurs ESS, etc...); la capacité des projets à mobiliser une communauté de citoyens sera analysée.&lt;/p&gt;&lt;p&gt;Le dispositif s’adresse aux projets portés exclusivement par des structures de l&amp;#039;ESS dont le siège social est en Nouvelle-Aquitaine. Ils devront s’inscrire dans les orientations de la politique régionale ESS  et être en lien avec la feuille de route Néo-Terra et le nouveau SRDEII. &lt;/p&gt;&lt;p&gt;Sont concernés les projets souhaitant être soutenus dans une phase d’amorçage, de création, de développement ou de mise en place d’un nouveau projet et relevant des thématiques suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Innovation sociale ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Tiers-lieux ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ambition Néo-Terra ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Alimentation durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mobilité durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Zéro déchet ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Engagement citoyen pour la transition écologique ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Habitat et construction durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Liste non exhaustive&lt;/p&gt;&lt;p&gt;Pour rappel, les dépenses présentées des projets ne doivent pas bénéficier d&amp;#039;un financement en cours par la Région. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/financement-participatif-coup-de-boost-region</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Les porteurs de projet candidatent via le formulaire en ligne de l&amp;#039;appel à projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financement-participatif-coup-de-boost-region/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>164951</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer une politique économique locale basée sur les spécificités du territoire</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets n°2.2</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
-[...714 lines deleted...]
-      <c r="I38" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;La stratégie du GAL spécifique à cet appel à projets - « Renforcer une politique économique locale basée sur les spécificités du territoire »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La stratégie de la fiche action n°2 du programme LEADER du GAL Castelroussin-Valençay vise à :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;• Accompagner les filières du territoire et soutenir l’émergence et la structuration de nouvelles activités.&lt;/p&gt;&lt;p&gt;• Promouvoir le tourisme durable et les patrimoines culturels et naturels à destination des clientèles touristiques.&lt;/p&gt;&lt;p&gt;• Accompagner la création, le renforcement des compétences à travers la formation, l’installation des actifs et la réinsertion ou réorientation professionnelle.&lt;/p&gt;&lt;p&gt;• Développer les tiers-lieux (économiques, culturels et sociaux) permettant la rencontre et la synergie entre acteurs et ainsi contribuer au développement économique et l’activation des ressources locales et la coopération.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Lors de l’élaboration du dossier de candidature LEADER, la liste d’opérations suivantes avaient été retenues :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe de l’accompagnement aux filières du territoire et du soutien à l’émergence et la structuration de nouvelles filières :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions dans l’innovation et la structuration à la professionnalisation économique des filières du territoire (aide à la logistique, revitalisation des marchés locaux...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Promouvoir le tourisme durable et les patrimoines culturels, cultuels et naturels à destination des clientèles &lt;/strong&gt;&lt;strong&gt;touristiques :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives de mutualisation et de mise en réseau du tourisme et du patrimoine.&lt;/p&gt;&lt;p&gt;• Actions visant à améliorer la qualité de l’accueil touristique et la mise en œuvre de projets touristiques durables (itinéraires vélos, circuits et parcours nature).&lt;/p&gt;&lt;p&gt;• Actions visant à soutenir le développement d’une ingénierie touristique et écologique (communication sur les atouts du territoire, mettre en place des actions de communication autour du savoir-faire et produits du terroir, animateur environnement...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagner la création, le renforcement des compétences à travers la formation, l’installation des actifs et la réinsertion ou réorientation professionnelle :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Soutien aux actions de mise en réseau des actifs agricoles pour soutenir la professionnalisation et la pérennité des emplois agricoles (speed dating, échanges internationaux, formations...).&lt;/p&gt;&lt;p&gt;• Initiatives d’accompagnement de l’installation des artisans, commerces et PME.&lt;/p&gt;&lt;p&gt;• Actions dans l’innovation sur la mobilité des actifs et des compétences locales diverses (Loi Egalim...).&lt;/p&gt;&lt;p&gt;• Actions visant à l’accueil des nouveaux habitants et actifs et référents « nouveaux arrivants ».&lt;/p&gt;&lt;p&gt;• Actions de mutualisation des besoins en RH.&lt;/p&gt;&lt;p&gt;• Actions dans le domaine des transferts de savoir entre Châteauroux et le territoire du GAL (dispositif «Rejoindre » destinés aux nouveaux salariés).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer les « lieux multiusages » (économiques, culturels, sociaux) permettant la rencontre et la synergie entre acteurs et ainsi contribuer au développement économique et l’activation des ressources locales et la coopération :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions innovantes sur l’accompagnement et la mise en réseau de lieux existant ou en projet (réalisation de cafés associatifs, de ressourceries) ou tout autre lieu visant des espaces de sociabilité, de lutte contre l’isolement et à la création de partage de ressources, compétences et de savoirs.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Formation professionnelle
 Tiers-lieux
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P38" s="1" t="inlineStr">
+      <c r="P14" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q38" s="1" t="inlineStr">
+      <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Associations loi 1901, agréées, étrangères.&lt;/p&gt;&lt;p&gt;• Collectivités territoriales (communes, EPCI...).&lt;/p&gt;&lt;p&gt;• Établissements publics, dont les chambres consulaires.&lt;/p&gt;&lt;p&gt;• Micro entreprises, TPE, PME, groupements d’entreprises (qui restent des PME).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Syndicats professionnels ou interprofessionnels (salariés et patronaux).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;• Offices de tourisme.&lt;/p&gt;&lt;p&gt;• Sociétés agricoles, exploitants agricoles et groupements d’agriculteurs (études uniquement).&lt;/p&gt;&lt;p&gt;• Organismes de formation avec numéro d’agrément.&lt;/p&gt;&lt;p&gt;• Organismes d’enseignement.&lt;/p&gt;&lt;p&gt;• Fondations.&lt;/p&gt;&lt;p&gt;• Établissements privés à but non lucratif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres conditions d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D’ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d’aide publique. Au moment du paiement, le montant d’aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;/p&gt;&lt;p&gt;• Plafond maximum de dépenses publiques pour les projets d’investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;• Plafond maximum d’attribution d’une aide Leader sur le territoire du GAL Castelroussin-Valençay : 80 000 €&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt; les dépenses éligibles sont déterminées lors de l’instruction. Le seuil est donc vérifié à cette étape et non lors du dépôt de dossier. Le seuil est vérifié à nouveau lors de la demande de paiement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense. Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, l&amp;#039;investissement doit être réalisé sur le périmètre du GAL Castelroussin-Valençay (hors projet de coopération).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À noter :&lt;/strong&gt; possibilité de mise en place d&amp;#039;actions hors périmètre du GAL à condition que les bénéfices resurgissent sur le territoire de celui-ci.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;DÉPENSES ÉLIGIBLES SUR FACTURE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  •    Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;
  &lt;br /&gt;
  •    Prestation de services et frais d&amp;#039;honoraires en accompagnement 
 comptable, juridique, et technique nécessaire à la réalisation de 
 l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;
  &lt;br /&gt;
  •    Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;
  &lt;br /&gt;
  •    Frais de conception et d&amp;#039;aménagement de stands ;
  &lt;br /&gt;
  •    Frais de communication (encart publicitaire, frais d&amp;#039;impression, 
 affranchissement pour envoi en nombre, conception de supports de 
 communication), de promotion, d&amp;#039;information (guide, film, site 
 internet...) ;
  &lt;br /&gt;
  •    Acquisition de matériel/outillage industriel, mobilier, 
 fournitures (hors acquisition d&amp;#039;occasion et hors investissement 
 agricole) ;
  &lt;br /&gt;
  •    Investissement immatériel (logiciels et brevets) ;
  &lt;br /&gt;
  •    Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;
  &lt;br /&gt;
@@ -8262,91 +2275,4076 @@
  &lt;br /&gt;
  •    Location de biens meubles ou immeubles ;
  &lt;br /&gt;
  •    Véhicule en lien direct avec le projet (maximum 1 par opération) 
 et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention
  et dans le périmètre éligible au programme LEADER.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  DÉPENSES ÉLIGIBLES DE PERSONNEL :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  •    Frais de personnels nécessaires à la réalisation de l&amp;#039;opération et
  comportant un lien démontré avec celle-ci (salaires, charges liées et 
 traitements accessoires, un justificatif de temps de travail sera 
 demandé) ;
  &lt;br /&gt;
  •    Coûts indirects selon un taux forfaitaire de 15 % des frais de 
 personnels directs éligibles (option de coûts simplifiés (OCS) 
 conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux 
 plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 
 2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;
  &lt;br /&gt;
  •    Notes de frais des personnels ou bénévoles.
 &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>GAL Castelroussin-Valençay</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.payscastelroussin.fr/actions/leader.html</t>
         </is>
       </c>
-      <c r="W38" s="1" t="inlineStr">
+      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://nosaidesenligneregion.centre-valdeloire.fr/</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Thibault MOURIER&lt;/p&gt;&lt;p&gt;Gestionnaire / Animateur&lt;/p&gt;&lt;p&gt;Tél : 02.34.68.04.70&lt;/p&gt;&lt;p&gt;Courriel : leader&amp;#64;payscastelroussin.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>leader@payscastelroussin.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-une-politique-economique-locale-basee-sur-les-specificites-du-territoire/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>161816</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la Jeunesse en Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Loudéac Communauté Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Min : 8000 Max : 75000</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet innovant en lien avec la jeunesse sur le territoire de Loudéac Communauté ! Avez-vous pensé au programme LEADER ? Il s&amp;#039;agit d&amp;#039;un programme européen qui permet de financer des projets au caractère innovant dans les territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche action 1 : Informer, éduquer et accompagner une jeunesse actrice de la transition&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Accompagner la jeunesse, lui donner les moyens de comprendre et de mieux connaître le territoire à travers des actions de sensibilisation à la citoyenneté, afin de s&amp;#039;y impliquer. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 2 : Grandir et vivre sur le territoire de la crèche à l&amp;#039;indépendance &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Accompagner le parcours résidentiel de nos jeunes, de la petite enfance au jeune travailleur, en proposant une offre attractive, innovante et alternative &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 3 : Contribuer à l&amp;#039;épanouissement de notre jeunesse à travers le sport et la culture&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Diffuser l&amp;#039;art et la culture auprès des jeunes, encourager la pratique sportive des jeunes. Favoriser l&amp;#039;émergence d&amp;#039;initiatives, d&amp;#039;événementiels. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 4 : Une Jeunesse connectée à son territoire &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Proposer des lieux qui puissent permettre à la jeunesse de tisser du lien entre eux mais aussi avec le territoire et ses habitants, à travers notamment le volet du numérique, afin de renforcer leur sentiment d&amp;#039;appartenance au territoire, tout en veillant à assurer leur mobilité. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 5 : Coopération &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au niveau de la coopération nationale et/ou transnationale : le GAL Loudéac Communauté souhaiterait mettre en place des actions de coopération autour de la jeunesse &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au niveau de la coopération interterritoriale : le GAL Loudéac Communauté souhaiterait renforcer les liens de coopération entre les GAL Bretons autour des thématiques suivantes (tiers-lieux, mobilité, culture, alimentation). &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Action de sensibilisation sur la biodiversité&lt;/p&gt;&lt;p&gt;- Forum de découverte des métiers, destiné à la jeunesse du territoire&lt;/p&gt;&lt;p&gt;- Soutien à la mise en place d&amp;#039;un poste dédié à la citoyenneté des jeunes &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Création/réhabilitation d&amp;#039;une crèche ou résidence habitat jeune&lt;/p&gt;&lt;p&gt;- Études liées aux parcours résidentiels des jeunes&lt;/p&gt;&lt;p&gt;- Développement d&amp;#039;une plateforme accueil/logement à destination de la jeunesse et de la petite enfance &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Soutien à la mise en place d&amp;#039;un événementiel sportif innovant et marqueur du territoire&lt;/p&gt;&lt;p&gt;- Accompagnement d&amp;#039;une résidence d&amp;#039;artiste&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un équipement culturel&lt;/p&gt;&lt;p&gt;- Création d&amp;#039;un tiers-lieu numérique&lt;/p&gt;&lt;p&gt;- Offre de service adapté : TAD pour les jeunes&lt;/p&gt;&lt;p&gt;- Mise en place d&amp;#039;un atelier d&amp;#039;initiation aux nouvelles technologies pour les seniors, animés par des jeunes&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Jeunesse
+Citoyenneté
+Tiers-lieux
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Le projet doit se situer sur l&amp;#039;une des 40 communes rurales éligibles du territoire de Loudéac Communauté.&lt;/p&gt;&lt;p&gt;- Le projet doit correspondre à la stratégie du GAL&lt;/p&gt;&lt;p&gt;- Cofinancement public national obligatoire pour les porteurs de projets de statut privé&lt;/p&gt;&lt;p&gt;- Taux maximum d&amp;#039;aide public (TMAP) : 100% &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Seuil Plancher : 8 000€ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Seuil plafond : 75 000€&lt;/p&gt;&lt;p&gt;- Taux de financement LEADER : 80% Max &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>CC Loudéac Communauté - Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bretagnecentre.bzh/vivre/europe/programme-leader</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chargée de mission LEADER : Mathilde PEREZ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;leader&amp;#64;loudeac-communaute.bzh&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;02 96 66 14 42  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>leader@loudeac-communaute.bzh</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-jeunesse-en-bretagne-centre-programme-leader/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>77080</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux programmes Petites Villes de Demain</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un accompagnement financier pour les collectivités locales, les Sociétés d&amp;#039;Economie Mixte (SEM) et les Entreprises Publiques Locales (EPL) afin de soutenir les projets Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cet accompagnement peut prendre la forme :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;un cofinancement d&amp;#039;études préalables pour évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un cofinancement d&amp;#039;études de structuration du montage juridique et financier;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une prise de participation en fonds propres et quasi-fonds propres dans les sociétés de projet et SEM aménageurs ou opératrices.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets éligibles peuvent concerner :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La rénovation de l&amp;#039;espace public, des hébergements et équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de projets durables : transports propres, énergies renouvelables, rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création de foncières locales spécialisées pour le commerce
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;infrastructures numériques et de services innovants
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place de tiers lieux, d&amp;#039;immobilier d&amp;#039;activités ou le soutien du commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de programmes alimentaires territoriaux et des circuits courts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le traitement des friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maintien d&amp;#039;une offre médicale de proximité et de structures d&amp;#039;accueil des personnes âgées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Friche
+Personnes âgées
+Commerces et services
+Economie locale et circuits courts
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-petites-villes-de-demain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_pvd_osat</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire" rel="noopener" target="_blank"&gt;
+   &lt;strong&gt;
+    Contactez-nous à travers notre formulaire de contact
+   &lt;/strong&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b33-soutenir-les-projets-petites-villes-de-demain/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>100077</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Animer les entreprises de votre territoire</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez faire vivre votre centre-ville, revitaliser l&amp;#039;économie de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez développer le management de votre centre-ville, notamment pour la mise en place de plateformes locales de e-commerce et/ou de logiques de circuits courts.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mettre en réseau les entreprises et les commerces présents sur votre territoire, encourager les logiques de filière ou de chaînes de valeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez relayer vos événements auprès des entreprises de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez développer les liens entre les entreprises et les autres acteurs du territoire (collectivités, centres de formation, laboratoires de recherche, technologiques, tiers lieux...).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI vous propose de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bénéficier de l&amp;#039;expertise de votre conseiller CCI en animation des entreprises et des commerces du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualiser le coût financier du recours à cette expertise d&amp;#039;animation avec d&amp;#039;autres collectivités de votre territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;animation des entreprises du territoire peut prendre les formes suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de visites d&amp;#039;entreprises par un conseiller CCI ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;ateliers sur des thématiques intéressant les chefs d&amp;#039;entreprise, qui peuvent se tenir dans votre collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Constitution de clubs d&amp;#039;entreprises, avec des intervenants externes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et animation de clusters, faisant le lien entre les entreprises et l&amp;#039;écosystème de la recherche et de l&amp;#039;innovation... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structuration et animation de filières.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il peut être attendu une prise en charge financière des acteurs locaux concernés (préfet, collectivités territoriales).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Attractivité économique
+Animation et mise en réseau
+Industrie</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Certaines CCI proposent des plateformes d&amp;#039;animation et de professionnalisation des managers du commerce et de centre-ville :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réseau MANACOM (Nouvelle-Aquitaine) :
+  &lt;a href="https://www.bordeauxgironde.cci.fr/MANACOM-le-reseau-des-managers-du-commerce" rel="noopener" target="_blank"&gt;
+   https://www.bordeauxgironde.cci.fr/MANACOM-le-reseau-des-managers-du-commerce
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réseau MG2T – Management de Centre-Ville (Auvergne-Rhône-Alpes) :
+  &lt;a href="https://www.auvergne-rhone-alpes.cci.fr/services/management/territoire" rel="noopener" target="_blank"&gt;
+   https://www.auvergne-rhone-alpes.cci.fr/services/management/territoire
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc1b-animer-les-entreprises-de-votre-territoire/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>49781</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Financer l’immobilier d’entreprise et d’aménagement au sein des territoires</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’entreprise</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet d’immobilier d’entreprise et d’aménagement en tant que
+collectivité locale, artisan, TPE, créateur d’entreprise, travailleur
+indépendant, start-up ou encore investisseur ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Vous êtes à la recherche
+d’un financement pour développer l’attractivité commerciale d’un territoire,
+l’offre immobilière tertiaire de bureaux, le commerce de proximité, l’économie
+de centre-ville ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La Banque des Territoires &lt;/span&gt;&lt;span&gt;peut&lt;span&gt;
+investir dans les projets d’aménagement et d’immobilier d’activité au meilleur
+prix, en facilitant l’acceptabilité des projets et en soutenant l’innovation.&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’offre
+d’investissement concerne les projets portant sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’aménagement, le foncier et le redéveloppement
+immobilier ;&lt;/li&gt;&lt;li&gt;l’immobilier industriel ;&lt;/li&gt;&lt;li&gt;l’immobilier tertiaire ; &lt;/li&gt;&lt;li&gt;l’immobilier et l’exploitation de
+tiers-lieux ; &lt;/li&gt;&lt;li&gt;l’immobilier de logistique urbaine ; &lt;/li&gt;&lt;li&gt;les autres aménagements et
+immobiliers.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La Banque
+des Territoires intervient au cas par cas ou via des foncières (privées ou
+SEM), dans des opérations immobilières de construction ou de réhabilitation des
+bâtiments avec des objectifs de forte valeur ajoutée et une qualité
+environnementale exemplaire.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Artisanat
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=amenagement_immo_etp_psat</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/immobilier-d-entreprise-et-l-amenagement/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>23773</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Ouvrir les portes de votre mairie aux télétravailleurs avec RuraConnect</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires Ruraux de France - AMRF</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Travailler à la campagne est une chance, saisissez-la !
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  « Imaginez un monde dans lequel chaque professionnel, où qu&amp;#039;il soit en France, puisse trouver et réserver en 3 clics, un bureau ou une salle de réunion communale pour travailler dans de bonnes conditions. »
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Association des maires ruraux de France (AMRF) a créé RuraConnect pour ça !
+ C&amp;#039;est une plateforme de réservation de tiers-lieux dans les communes rurales (mais pas que !) qui vise à faciliter le travail à distance de nombreux actifs et à réduire le temps des trajets domicile/travail.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt;&amp;gt; MAIRIES : VALORISEZ VOTRE IMMOBILIER COMMUNAL &amp;lt;&amp;lt;&amp;lt;
+&lt;/p&gt;
+&lt;p&gt;
+ Engagez-vous
+ en
+ faveur
+ d&amp;#039;une ruralité tournée vers l&amp;#039;avenir en rejoignant la communauté des précurseurs !
+ Vous avez un espace de travail dans votre mairie
+ qui pourrait être loué ? N&amp;#039;attendez plus, r
+ endez-vous sur www.ruraconnect.fr
+ c&amp;#039;est très simple :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Inscrivez sans frais et sans engagement votre commune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prenez au moins deux belles photos de l&amp;#039;espace de travail ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créez facilement votre annonce en ligne en 3 minutes.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt;&amp;gt; EN SAVOIR PLUS &amp;lt;&amp;lt;&amp;lt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour participer au webinaire (durée 30 minutes) et découvrir la plateforme, envoyez un mail aux contacts indiqués ci-dessous. Plusieurs sessions ont lieu chaque mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amrf.fr/wp-content/uploads/sites/46/2020/01/Guide-présentation-RuraConnect-BD.pdf</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://ruraconnect.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  E-mail : ruraconnect&amp;#64;amrf.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 04 37 43 39 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : PANIER Thibault
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : t.panier(at)base10.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 06 23 41 67 07
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>sophie.cretinon@amrf.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd20-ouvrez-les-portes-de-votre-mairie-aux-teletra/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>72011</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Identifier et développer des activités économiques à impact social avec la Fabrique à initiatives</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Avise</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La
+  &lt;a href="https://fabriqueainitiatives.org/"&gt;
+   Fabrique à initiatives
+  &lt;/a&gt;
+  est un dispositif d&amp;#039;ingénierie territoriale
+ &lt;/strong&gt;
+ créé en 2010 par l&amp;#039;
+ &lt;a href="https://www.avise.org/"&gt;
+  Avise
+ &lt;/a&gt;
+ - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
+ &lt;strong&gt;
+  accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Porté localement par des structures de l&amp;#039;accompagnement et présent dans 22 territoires,
+ &lt;strong&gt;
+  le dispositif permet, en partant d&amp;#039;un besoin social / environnemental, d&amp;#039;une idée de projet ou d&amp;#039;un lieu, de faciliter la création d&amp;#039;activités d&amp;#039;utilité sociale
+ &lt;/strong&gt;
+ en apportant
+ &lt;strong&gt;
+  son expertise  en matière d&amp;#039;animation territoriale, de modélisation économique et d&amp;#039;innovation sociale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Fabrique à initiatives accompagne également la phase de recherche de financements pour concrétiser le projet. L&amp;#039;Avise mobilise notamment le dispositif dans le cadre de son partenariat sur le programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;a href="https://fabriqueainitiatives.org/les-projets/"&gt;
+  Comprendre le dispositif en 25 projets
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif a 3 clés d&amp;#039;entrée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un besoin
+  &lt;/strong&gt;
+  : développer des réponses en partant d&amp;#039;un besoin ou d&amp;#039;un enjeu clé du territoire.
+  &lt;em&gt;
+   Exemples : revitaliser le centre-bourg, développer les circuits courts, identifier des supports d&amp;#039;insertion professionnelle, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une idée
+  &lt;/strong&gt;
+  : valider la pertinence d&amp;#039;une idée d&amp;#039;activité d&amp;#039;utilité sociale et la concrétiser.
+  &lt;em&gt;
+   E
+  &lt;/em&gt;
+  &lt;em&gt;
+   xemples : tiers-lieu culturel, filière locale de compostage, crèche associative, épicerie coopérative, réseau de ressourceries, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un lieu
+  &lt;/strong&gt;
+  : créer une dynamique locale d&amp;#039;innovation sociale ou transformer un lieu disponible en projet à fort impact.
+  &lt;em&gt;
+   Exemples : revaloriser une friche, créer des activités en bas d&amp;#039;immeubles, identifier des activités innovants en QPV, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il intervient à travers le processus adaptable suivant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Détecter les besoins et les opportunités
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   et qualifier des projets à impact
+  &lt;/strong&gt;
+  , à travers des ateliers d&amp;#039;intelligence collective et une démarche de prospective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Concevoir des activités innovantes
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   durables
+  &lt;/strong&gt;
+  à travers l&amp;#039;étude d&amp;#039;opportunité et la mobilisation collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transmettre le projet
+  &lt;/strong&gt;
+  à un entrepreneur qualifié ou une entreprise de l&amp;#039;ESS existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagner le porteur de projet jusqu&amp;#039;à la création
+  &lt;/strong&gt;
+  de l&amp;#039;activité, en partenariat avec les réseaux et acteurs spécialisés existants
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples de projets réalisés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Espace de couture mutualisé en QPV
+  &lt;/strong&gt;
+  , dans le cadre du contrat de ville avec Toulouse métropole, la Ville de Toulouse et la Région Occitanie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plateforme de circuits-courts
+  &lt;/strong&gt;
+  avec la Métropole du Havre
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Commerce de proximité local et solidaire
+  &lt;/strong&gt;
+  avec la commue du Juch
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réseau de conciergeries de quartier
+  &lt;/strong&gt;
+  , avec Strasbourg Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion
+  &lt;/strong&gt;
+  pour personnes en situation de handicap, avec la commune de Pontarlier
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Jardin familial et pédagogique
+  &lt;/strong&gt;
+  , avec la CC du Pays Ajaccien
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Filière locale de compostage
+  &lt;/strong&gt;
+  , en partenariat avec Nantes Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu culturel et restaurant en circuit-court
+  &lt;/strong&gt;
+  , en partenariat avec la Ville de Bègles
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conciergerie itinérante rurale
+  &lt;/strong&gt;
+  , sur le Pays des Hauts du Val de Saône
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu numérique et intergénérationnel
+  &lt;/strong&gt;
+  , avec la commune de Moncontour
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion en QPV
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu café associatif / repair café
+  &lt;/strong&gt;
+  etc. avec la commune d&amp;#039;Annonay
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conserverie à partir d&amp;#039;invendus alimentaires
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ne pas avoir identifié de porteurs de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres conditions d&amp;#039;intervention selon les structures porteuses (cf.
+  &lt;a href="https://fabriqueainitiatives.org/contact/" target="_self"&gt;
+   carte du réseau
+  &lt;/a&gt;
+  ). Le dispositif est partenaire du programme Petites villes de demain de l&amp;#039;ANCT.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/contact/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://fabriqueainitiatives.org/contact/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>contact@avise.org</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6dba-identifier-et-developper-des-activites-econom/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>49783</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la rénovation énergétique du patrimoine public</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux programmes Action Cœur de Ville</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions d&amp;#039;accompagnement er de financement des projets de rénovation énergétique du patrimoine public, et ce, dans le cadre du programme national Action Cœur de Ville. Vous pouvez y prétendre si vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou l&amp;#039;offre de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les solutions de transport propre et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et assurer la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements et équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers lieux, d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter des friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil dédiées aux personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études préalables visant à déterminer l&amp;#039;opportunité et le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études de structuration du montage juridique, économique et financier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser une prise de participation en fonds propres et quasi fonds propres dans les sociétés de projet et les Sociétés d&amp;#039;Économie Mixte agissant en qualité d&amp;#039;aménageurs ou d&amp;#039;opératrices ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un accompagnement en ingénierie sur les projets identifiés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Commerces et services
+Innovation, créativité et recherche
+Equipement public
+Réhabilitation
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-action-coeur-de-ville?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_acv_osat</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c235-etre-soutenu-dans-vos-projets-cur-de-ville-pr/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>163086</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action 4 - Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La stratégie accompagnera les initiatives sociales, écologiques, solidaires et citoyennes pour porter des projets expérimentaux d’innovation sociale et écologique. Le territoire du GAL Sud Gironde aspire à des projets favorisant la coopération, la mutualisation et la solidarité entre acteurs, prenant en compte les enjeux du développement durable. Le territoire du Sud Gironde aidera les initiatives qui permettent de sensibiliser la population à ces enjeux et qui favorisent des changements de pratiques individuelles ou collectives. Cette fiche action est dédiée aux projets intégrants une innovation et une expérimentation sociale, écologique et / ou environnementale dans un projet de développement rural.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Opérations d’animations et conception d’outils de communications ; Tiers-lieux et lieux d’échanges et de partage ; Epicerie sociale et solidaire ; Café associatif, espaces de vie sociale ; Actions autour du lien intergénérationnel&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>leader@polesudgironde.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde-1/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>37071</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets innovants des IUT</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>L'aide est a minima de 25 000 € et de maximum 200 000 € par projet d'une durée maximum de 2 ans.</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2017, la Région Occitanie accompagne les IUT d&amp;#039;Occitanie dans leurs innovations pédagogiques, en s&amp;#039;appuyant notamment sur les technologies du numérique afin de renforcer la réussite des étudiants et leur insertion professionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise également à améliorer la visibilité, l&amp;#039;attractivité et la cohérence des formations de la voie technologique, à favoriser le transfert de compétences et les partenariats avec les entreprises et enfin à renforcer l&amp;#039;ancrage des IUT sur les villes universitaires d&amp;#039;équilibre (hors unités urbaines de Toulouse ou Montpellier) et de contribuer ainsi à leur rayonnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de dépôt des demandes de financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subventions doivent être adressées
+ &lt;strong&gt;
+  avant le 30 juin
+ &lt;/strong&gt;
+ (cachet de la poste faisant foi) auprès de :
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+ &lt;strong&gt;
+  Direction de la Recherche, du transfert technologique et  de l&amp;#039;Enseignement Supérieur
+  Service Accompagnement des Étudiants et Diffusion Scientifique
+ &lt;/strong&gt;
+ Hôtel de Région
+ 22 boulevard du Maréchal Juin
+ 31406 TOULOUSE CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Important : Adresser également une copie de la demande de financement et ses annexes par courriel à l&amp;#039;attention des référentes techniques et administratives.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit être porté par un IUT de la région Occitanie et son Université de rattachement et recueillir l&amp;#039;avis préalable du Conseil d&amp;#039;Administration de l&amp;#039;Université de rattachement, du Conseil d&amp;#039;Administration de l&amp;#039;IUT et avis consultatif de l&amp;#039;ARIUT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Équipements numériques permettant de réaliser la création de supports pédagogiques innovants (MOOC, SPOC, serious game) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement d&amp;#039;espaces dédiés au développement de pédagogies innovantes et favorisant l&amp;#039;utilisation les ressources numériques des IUT (co-working, learnings centers, amphithéâtres interactifs ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Équipement de tiers lieux (Fablab...), écosystèmes de création, activité favorisant la mixité des publics (entreprises, chercheurs, enseignants, étudiants...) et l&amp;#039;utilisation de technologies innovantes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Personnel assurant la coordination du projet subventionné, dans la limite d&amp;#039;un ETP par implantation, plafonné à un salaire chargé de 50 000 euros par an.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Priorité donnée aux projets développés dans des villes universitaires d&amp;#039;équilibre, afin de renforcer l&amp;#039;attractivité pour les bacheliers de la voie technologique et leur permettre de poursuivre des études supérieures en IUT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Intégration cohérente du projet dans le cadre de la stratégie pédagogique de la tutelle de rattachement et au sein de l&amp;#039;IUT (ce critère sera particulièrement important pour les villes universitaires d&amp;#039;équilibre) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien de la profession ou du secteur socio-économique en relation avec le projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Accompagnement-des-projets-innovants-des-IUT</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Recherche, du Transfert technologique et de l&amp;#039;Enseignement Supérieur (DRTES)
+&lt;/p&gt;
+&lt;p&gt;
+ Service Accompagnement des Étudiants et Diffusion Scientifique
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : Hélène FRANCHINI Tél : 05 61 39 66 17 Mail : helene.franchini&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : Maribel MARCHETTI Tél : 04 67 22 80 98 Mail : maribel.marchetti&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi administratif et financier : Sylvie DUPRAT Tél : 05 61 39 67 41 Mail : sylvie.duprat&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a585-accompagnement-des-projets-innovants-des-iut/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>129719</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets contribuant au développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets seront limités au nombre de 3 maximum par commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.saint-lo-agglo.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Saint-Lô Agglo
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement et d&amp;#039;appui aux communes
+&lt;/p&gt;
+&lt;p&gt;
+ appuicommunes&amp;#64;saint-lo-agglo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 14 16 01 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>soukaina.alouah@saint-lo-agglo.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0236-financer-des-projets-contribuant-au-developpe/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>165316</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Développer un Fablab – aide au repérage des matériels, accompagnement des usages</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé : Atelier Canopé 21 Dijon
+Réseau Canopé : Atelier Canopé 71 Macon
+Réseau Canopé : Atelier Canopé 58 Nevers
+Réseau Canopé : Atelier Canopé 70 Vesoul
+Réseau Canopé : Atelier Canopé 89 Auxerre
+Réseau Canopé : Atelier Canopé 90 Belfort
+Réseau Canopé : Atelier Canopé 25 Besançon
+Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
+Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;installation d’un Fablab permet de stimuler le
+développement de la culture scientifique et technologique au sein d’un groupe
+ou d’une structure. Ce dispositif vise à encourager les publics à créer par
+eux-mêmes et à apprendre en faisant ensemble et plus largement à développer des
+compétences utiles pour le monde d’aujourd’hui (compétences dites du 21e siècle
+ou “soft skills”).​​&lt;/p&gt;&lt;p&gt;Réseau Canopé vous propose : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;des accompagnements payants pour vous aider dans la création de votre Fablab et réfléchir à son utilisation ;&lt;/li&gt;&lt;li&gt;des formations pour aider les équipes du Fablab à prendre en mains le matériel, à identifier des activités éducatives et de découverte du matériel proposé au public et à proposer rapidement des projets fédérateurs autour de ce laboratoire de fabrication.  &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide à la mise en place d&amp;#039;un fablab dans un tiers lieu consacré à l&amp;#039;accompagnement de la transition numérique ou à l&amp;#039;accompagnement des publics en demande.&lt;/li&gt;&lt;li&gt;Accompagnement d&amp;#039;un Fablab dans la mise en place d&amp;#039;activités éducatives dédiées à un public scolaire ou périscolaire.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Technologies numériques et numérisation
+Tiers-lieux
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier
+ Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>christel.renaud@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-un-fablab-aide-au-reperage-des-materiels-accompagnement-des-usages/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>162482</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J27" s="1" t="inlineStr">
+        <is>
+          <t>1 € de cofinancement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
+(GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
+département de la Manche. Les communautés de communes Coutances mer et bocage
+et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
+prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
+Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
+européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
+Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
+Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
+de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les bénéficiaires
+peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
+sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les actions
+doivent être innovantes et répondre à la stratégie du territoire : “ Agir
+ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;4 axes de
+développement ont été retenu pour l’élaboration des fiches actions, auxquelles
+les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
+à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
+la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
+d’améliorer l’offre de services médicaux, par exemple en attirant des
+professionnels de santé médicale ou paramédicale en leur proposant des
+conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
+maintenant la vitalité des communes, en lien avec les commerces et services
+(marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
+cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;span&gt;Les actions facilitant l’accès aux services et
+activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Santé</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q27" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
+sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
+actions permettant d’améliorer les offres de services et d’activités sur le
+territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
+notamment de mieux accompagner la population vieillissante, avec des offres au
+plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
+administratifs. De plus, cela améliorera l’attractivité du territoire, et
+contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
+nouvelles technologies de l’information et de la communication, le maintien et
+le développement des structures de santé, les services relatifs à l’accueil de
+la petite enfance et des nouveaux habitants, les services d’insertion,
+formation et emploi, les services pour développer des nouvelles formes de
+travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
+les services administratifs, les services améliorant la vie des personnes âgées
+et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Véhiculer une
+image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accueillir des
+familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Contribuer au
+développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Conserver et
+développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Rendre accessible
+les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Développer
+l’accès et la formation au numérique&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
+animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
+là pour vous aider à finaliser votre projet, vous orienter sur les aides
+disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
+communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
+Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
+COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
+GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
+JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>100081</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’implantation d’entrepreneurs sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez favoriser le développement économique et l&amp;#039;emploi sur votre territoire, en permettant aux entreprises de se développer et de recruter les compétences dont elles ont besoin et en offrant aux jeunes et aux actifs davantage d&amp;#039;opportunités locales de formation.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez renforcer votre politique d&amp;#039;attractivité globale (accueil, marketing territorial).
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez garantir aux entreprises l&amp;#039;accès à un « bouquet de services » nécessaire à leur développement.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Votre CCI peut être à vos côtés pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;une politique d&amp;#039;accueil de nouvelles entreprises et de salariés sur le territoire : aide à la recherche d&amp;#039;un logement, à l&amp;#039;emploi du conjoint, intégration des nouveaux habitants aux réseaux locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement du marketing territorial et la valorisation des entreprises locales, des filières stratégiques et innovantes, des métiers d&amp;#039;exception et des savoirs faire, pour en faire des ambassadeurs de votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;organisation de permanences d&amp;#039;accueil et d&amp;#039;information des créateurs et des chefs d&amp;#039;entreprises, y compris dans les locaux de la collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création et la gestion de lieux d&amp;#039;accueil et d&amp;#039;hébergement des entreprises, tels que les pépinières, les incubateurs, les hôtels d&amp;#039;entreprises, les tiers-lieux, les espaces de co-working ou les Maisons de l&amp;#039;Entreprise. Avec l&amp;#039;essor du télétravail, ils deviennent des lieux de rencontres essentiels pour les entreprises et leurs salariés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création de sessions de formations spécifiques adaptées aux besoins du territoire. Les lieux d&amp;#039;hébergement des entreprises pourraient également accueillir des individus en formation et suivant des enseignements à distance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création et la gestion d&amp;#039;établissements de formation (centres de formation des apprentis, établissements d&amp;#039;enseignement supérieur, centres de formation initiale et continue...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La gestion d&amp;#039;équipements structurants pour le territoire : infrastructures de transport, centres de congrès, zones d&amp;#039;activités, etc. Nb : le réseau des CCI gère 500 établissements de formation (écoles supérieures, CFA, centres de formation professionnelle) et près de 600 équipements structurants, dont 53 aéroports, 14 aérodromes, 121 ports, 37 équipements d&amp;#039;événementiel, 259 équipements d&amp;#039;immobilier et d&amp;#039;hébergement d&amp;#039;entreprises et 62 zones d&amp;#039;activité économique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Foncier
+Voirie et réseaux
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Accessibilité
+Emploi
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État, une entreprise privée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/reseau-cci/nos-missions-et-nos-actions-generales-pour-les-entreprises-et-les-territoires</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a438-favoriser-limplantation-dentrepreneurs-sur-vo/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>77376</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le tissu économique en Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J29" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le paysage économique du Pays Comminges Pyrénées connaît depuis plusieurs décennies des évolutions profondes. Les chocs économiques successifs, la tertiairisation de l’économie, la métropolisation, le développement des grands axes de communication, etc. ont entraîné l’économie commingeoise vers de nouvelles tendances, notamment la fragilisation de son tissu industriel traditionnel, une agriculture en recul ainsi que la diversification de son économie dans les domaines du commerce, du tourisme et des services à la personne.&lt;/p&gt;&lt;p&gt;Pour autant, le territoire doit aussi compter sur de forts potentiels à développer. Le Pays doit conforter le rôle structurant de l’agriculture, du tourisme et des services dans l’attractivité économique tout en soutenant le développement de filières d’avenir innovantes. Plus globalement, il doit renforcer son attractivité, faciliter l’installation de nouvelles entreprises et artisans et veiller à la revitalisation des centres-bourgs.&lt;/p&gt;&lt;p&gt;Les enjeux : Revitaliser les coeurs de villes et de villages ; conforter l’emploi local ; soutenir l’innovation, l’économie circulaire et l’économie sociale et solidaire.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TYPE ET DESCRIPTION DES OPERATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.1 Maintenir et développer le tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.1.1 Maintenir et développer les commerces de proximité, les activités artisanales et les savoirs faire locaux&lt;/li&gt;&lt;li&gt;2.1.2 Soutenir la (re)qualification des zones d’activités économiques du territoire&lt;/li&gt;&lt;li&gt;2.1.3 Résorber les friches commerciales, industrielles ou tertiaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.2 Soutenir les projets stratégiques, innovants et expérimentaux concourant à l’attractivité du territoire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.2.1 Accompagner la création et le développement d’activités économiques innovantes&lt;/li&gt;&lt;li&gt;2.2.2 Développer les filières d&amp;#039;avenir&lt;/li&gt;&lt;li&gt;2.2.3 Elaborer ou réviser une stratégie de planification de développement et d’aménagement territorial.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.3 Développer des dynamiques relevant de l’économie sociale et solidaire (ESS)&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.3.1 Accompagner les acteurs de l’ESS dans leur développement&lt;/li&gt;&lt;li&gt;2.3.2 Développer de nouvelles méthodes de travail, accompagner vers l’emploi et la création/reprise d’entreprises&lt;/li&gt;&lt;li&gt;2.3.3 Contribuer à la lutte contre les exclusions et les inégalités, à la préservation et au renforcement du lien social.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’une épicerie associative, création d’une boulangerie, études sur les vacances commerciales, reconversion de friches industrielles, boutiques éphémères, etc. ;&lt;/p&gt;&lt;p&gt;- Création d’un FABLAB, installation d’unités de production d’hydrogène, etc. ;&lt;/p&gt;&lt;p&gt;- Création et mise en réseau de tiers lieux, développement du réemploi et des ressourceries, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;br /&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI et particuliers.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Pour les projets de (re)qualification de zones d’activités et nouvelles zones d’activités, le porteur de projet devra présenter une stratégie d’aménagement durable (pré-verdissement et/ou végétalisation, mobilité douce et/ou collective, aménagement des espaces communs…)&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Les nouvelles zones d’activités devront être compatibles avec le SCoT du PETR Pays Comminges Pyrénées. Le porteur de projet devra présenter l’avis positif de la commission Scot Du PETR Comminges Pyrénées.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/570e-renforcer-linnovation-et-dynamiser-lattractiv/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>163085</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets qui favorisent le partage des richesses culturelles et la vie locale</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l’offre culturelle locale (dont le patrimoine), les services aux habitants pour favoriser le bien vivre ensemble dans les villages. Il vise également à trouver des solutions de mobilité durables qui permettent aux habitants d’accéder aux opportunités proches de chez eux. Enfin, il vise à renforcer le lien social, à favoriser la mixité, l’entraide et la solidarité.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Sauvegarder et transmettre les patrimoines matériels et immatériels&lt;/p&gt;&lt;p&gt;- Créer une offre culturelle locale favorisant les échanges&lt;/p&gt;&lt;p&gt;- Renforcer le lien social et les actions en faveur de la jeunesse&lt;/p&gt;&lt;p&gt;- Développer les services aux habitants&lt;/p&gt;&lt;p&gt;- Favoriser les mobilités alternatives au service du lien social ou de la vie locale&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le
+projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné
+par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union
+Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre
+cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds
+propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Restauration de patrimoine permettant de créer du lien social, recueil de récits et valorisation, etc.&lt;/p&gt;&lt;p&gt;‐ Création artistique sur le territoire, etc.&lt;/p&gt;&lt;p&gt;‐ Activités intergénérationnelles, tiers-lieu culturel, etc.&lt;/p&gt;&lt;p&gt;‐ Bibliothèque itinérante, activités inter-villages, etc.&lt;/p&gt;&lt;p&gt;‐ Rosalies, installations de racks à vélo et bornes de réparation, autopartage, navette mutualisée, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Architecture
+Paysage
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q30" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet
+se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité
+temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de
+la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte,
+notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de
+promotion et communication, formation, animation, prestation de service,
+équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou
+exemplaire &lt;/strong&gt;pour le territoire ET le projet f&lt;strong&gt;avoriser les interactions et crée du
+lien social.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement
+appeler en contrepartie un cofinancement auprès d’une structure publique (Etat,
+Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;PETR Garrigues et Costières de Nîmes&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;1 rue du Colisée - &lt;/span&gt;&lt;span&gt;30900 NÎMES&lt;/span&gt;&lt;br /&gt;06 30 07 33 52  | 04 &lt;span&gt;66 02 54 12&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-un-programme-europeen-au-service-des-ruralites/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>159892</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Capter et retenir des compétences et des pépites</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le tissu économique du territoire Adour Chalosse Tursan Marsan est axé sur l&amp;#039;économie présentielle et sur la redistribution sociale. Certes, l&amp;#039;économie productive (agriculture, agroalimentaire, industries) reste pourvoyeuse d&amp;#039;emplois mais ces secteurs rencontrent des problèmes communs : manque d&amp;#039;attractivité et difficulté de recrutement. D&amp;#039;autre part, rappelons que plus de 30% de la population a plus de 60 ans et que l&amp;#039;on observe peu d&amp;#039;installations de jeunes ou de cadres supérieurs.
+ &lt;br /&gt;
+ Cette fiche-action a donc pour ambition de soutenir des actions permettant de rendre plus attractif et durable l&amp;#039;environnement économique du territoire, en ciblant les objectifs suivants :
+ &lt;br /&gt;
+ -    Maintenir l&amp;#039;attractivité en termes d&amp;#039;emplois et de services pour la population active qui est liée notamment à la présence d&amp;#039;un chef-lieu de département et d&amp;#039;un tissu de centre-bourgs ;
+ &lt;br /&gt;
+ -    Participer à répondre à l&amp;#039;évolution des besoins des entreprises notamment en termes de formations ;
+ &lt;br /&gt;
+ -    Soutenir des initiatives économiques ayant une utilité sociale ;
+ &lt;br /&gt;
+ -    Soutenir des initiatives permettant la transition vers une économie plus respectueuse de l&amp;#039;environnement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant de renforcer l&amp;#039;attractivité économique du territoire
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération entre acteurs du territoire à des fins de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développement d&amp;#039;équipements et de services adaptés à la population active
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations concourant à l&amp;#039;amélioration de l&amp;#039;accueil des étudiants et des travailleurs temporaires par la création ou la réhabilitation d&amp;#039;hébergements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création, réhabilitation de bâtiments accueillant des tiers-lieux, investissements pour de l&amp;#039;aménagement, de l&amp;#039;équipement, permettant notamment le développement du télétravail
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Implication des acteurs économiques dans la transition écologique
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant la promotion, la sensibilisation ou la mise en place d&amp;#039;une démarche de type RSE (Responsabilité Sociale, Sociétale et Environnementale) auprès des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des compétences et des pépites présentes sur le territoire
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création, réhabilitation, équipements de bâtiments permettant le développement territorial de l&amp;#039;accès à la formation continue et à l&amp;#039;apprentissage tout au long de la vie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à l&amp;#039;ingénierie de mise en place de GPEC (Gestion Prévisionnelle des Emplois et des Compétences)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant d&amp;#039;améliorer des lieux pour accueillir des événements professionnels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à un développement économique vertueux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Action globale et collective permettant l&amp;#039;identification de sites dégradés ou déqualifiés en vue de leur reconversion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant de soutenir le développement de l&amp;#039;économie sociale et solidaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou la réhabilitation de lieux « hybrides », investissement pour de l&amp;#039;aménagement et de l&amp;#039;équipement favorisant la mutualisation entre acteurs et l&amp;#039;inclusion sociale de tous les publics, notamment la jeunesse
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie sociale et solidaire
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q31" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd25-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>165104</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants : Coup de pouce rural</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Coup de pouce rural</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale « coup de pouce » pouvant aller : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;jusqu’à 10 000 € si vous êtes une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;jusqu’à 12 000 € si vous êtes une commune entre 501 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une commune de moins de 500 habitants&lt;/li&gt;
+&lt;li&gt;Une commune entre 500 et 1500 habitants&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre investissement concerne&lt;/strong&gt; &lt;strong&gt;en particulier des travaux de : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;réparation ou de consolidation de certaines &lt;strong&gt;parties de bâtiments publics&lt;/strong&gt;, parapublics, ou encore d’aménagements dans les &lt;strong&gt;cimetières &lt;/strong&gt;;&lt;/li&gt;
+&lt;li&gt;réparation ou de consolidation d’éléments de &lt;strong&gt;patrimoine ordinaire&lt;/strong&gt; de type toitures, fissures de murs, cloches d’églises, sols d’églises, ferronneries, lavoirs etc., et travaux de restauration ;&lt;/li&gt;
+&lt;li&gt;démolition simple pour &lt;strong&gt;désencombrement&lt;/strong&gt;, embellissement, sécurisation d’un lieu ;&lt;/li&gt;
+&lt;li&gt;aménagement des &lt;strong&gt;abords&lt;/strong&gt; de bâtiments publics ou parapublics (écoles, associations, Maison de santé, Maison des seniors, Maison de projet, petit tiers-lieu), d’églises et de cimetière (embellissement, cheminements perméables, pose de toilettes publiques et sanitaires des petites mairies, nettoyage et démoussage et travaux de mise en valeur de monuments aux morts,etc.) ;&lt;/li&gt;
+&lt;li&gt;compléments ponctuels d’aménagements, d’équipements et aménagement de &lt;strong&gt;petit mobilier d’espaces publics/d’espaces de vie existants pour faciliter la vie des habitants &lt;/strong&gt;;&lt;/li&gt;
+&lt;li&gt;interventions spécifiques à la problématique des villages-rue dégradés en vue de &lt;strong&gt;l’embellissement de la rue principale &lt;/strong&gt;et de ses abords : aménagements de fleurissements non ou peu énergivores en eau, mesures de confort des piétons et d’amélioration des points de vue sur les différents atouts du village depuis la rue principale &lt;em&gt;;&lt;/em&gt;&lt;/li&gt;
+&lt;li&gt;ou encore liés à des &lt;strong&gt;projets d’aménagement des habitants&lt;/strong&gt; identifiés dans le cadre d’un budget participatif ou d’une démarche de concertation, en lien avec un projet communal pour des projets utiles au confort de vie et à l’embellissement.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et son &lt;strong&gt;maximum est de 10 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 20 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour une commune entre 500 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 30 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et son&lt;strong&gt; maximum est de 12 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 40 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne à partir du 1er décembre 2024 avec votre délibération et votre devis travaux&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2024</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/coup-de-pouce-rural/</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0299/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/coup-de-pouce-rural/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>89215</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>ADEFPAT</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des avancées concrètes dans la réalisation du projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La favorisation de l&amp;#039;ancrage territorial et professionnel
+   du projet dans son environnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des projets :
+  Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tiers lieux
+&lt;/p&gt;
+&lt;p&gt;
+ Projet alimentaire de territoire
+&lt;/p&gt;
+&lt;p&gt;
+ stratégie de developpement touristique
+&lt;/p&gt;
+&lt;p&gt;
+ équipement de loisir, touristique,
+&lt;/p&gt;
+&lt;p&gt;
+ atelier de découpe transformation
+&lt;/p&gt;
+&lt;p&gt;
+ mobilisation des acteurs : bourg centre, services aux publics,...
+&lt;/p&gt;
+&lt;p&gt;
+ boutique école
+&lt;/p&gt;
+&lt;p&gt;
+ petits commerces
+&lt;/p&gt;
+&lt;p&gt;
+ installation d&amp;#039;artisans
+&lt;/p&gt;
+&lt;p&gt;
+ Politiques et actions d&amp;#039;accueil de nouvelle population
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Bâtiments et construction
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adefpat.fr</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adefpat.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 63 36 20 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.dupre@adefpat.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>24806</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics (ERP)</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles avec un plafond de subvention de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;em&gt;
+   Ce dispositif en faveur de la rénovation des bâtiments publics pour une meilleure performance énergétique s&amp;#039;inscrit dans le cadre de la nouvelle génération de Politique Contractuelle Territoriale Occitanie 2022-2028 qui a vocation à décliner le Pacte Vert Occitanie dans chacun de nos territoires et inviter nos partenaires territoriaux à s&amp;#039;engager dans une démarche de progrès, en faveur du changement de modèle de développement, pour réussir ensemble le rééquilibrage territorial et favoriser l&amp;#039;adaptation et la résilience aux impacts du changement climatique.
+  &lt;/em&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans un souci de réduction de l&amp;#039;empreinte environnementale et de développement de la sobriété énergétique, la Région
+ &lt;/span&gt;
+ &lt;span&gt;
+  Occitanie souhaite accélérer la rénovation du patrimoine bâti public local.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Pour cela, un financement sera apporté aux projets de rénovation des Equipements Recevant du Public (ERP) poursuivant un objectif d&amp;#039;amélioration de la performance énergétique et de sortie de la dépendance aux énergies fossiles.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Au travers de ce dispositif, la Région souhaite accompagner les collectivités locales vers une meilleure gestion énergétique de leur patrimoine bâti dans le cadre de la stratégie « Région à Energie Positive » et dans l&amp;#039;optique d&amp;#039;une optimisation de leurs budgets de fonctionnement.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais liés au DPE et/ou aux études thermiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les fournitures et pose d&amp;#039;équipements/produits et ouvrages améliorant la performance énergétique :
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation thermique des murs, des toitures, des parois vitrées et des portes donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amélioration thermique des vitrages et menuiseries existantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire, performants et/ou utilisant une source d&amp;#039;énergie renouvelable (hors système éligible par ailleurs à une autre aide de la Région, par exemple chaufferie bois, géothermie, solaire... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  organes de pilotages des installations (GTC, régulation...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise d&amp;#039;œuvre au prorata des dépenses concernées, plafonnée à 10%.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les Equipements recevant du Public appartenant aux communes ou EPCI sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans le cadre général, la collectivité doit justifier, après travaux du ou des bâtiments :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit un gain énergétique d&amp;#039;au moins 30% sur la consommation énergétique et l&amp;#039;atteinte de la classe énergétique C minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit l&amp;#039;atteinte de la classe énergétique B
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes de &amp;#43; de 10 000 habitants, situées en Métropole ou Communauté d&amp;#039;Agglomération ou Urbaine, l&amp;#039;atteinte de la classe énergétique B minimum est attendue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit disposer d&amp;#039;un document cadre de gestion du volet énergétique de son patrimoine immobilier, par exemple : schéma directeur de rénovation énergétique, schéma directeur immobilier, bilan énergétique global du patrimoine communal ou de l&amp;#039;EPCI, ... ou tout autre document assimilable permettant de mettre en lumière la priorisation du ou des bâtiments faisant l&amp;#039;objet de la demande de subvention pour améliorer le bilan énergétique global de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus de ce dispositif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les bâtiments générateurs de recettes commerciales (par exemple : bar, restaurant, camping communal, gîte ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements faisant l&amp;#039;objet de dispositifs régionaux spécifiques (par exemple : bâtiment culturel, sportif, touristique, tiers lieux ...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région est plafonnée au montant cumulé des participations du bloc local (commune, EPCI, groupement de communes...). Par ailleurs, il est demandé un autofinancement du maître d&amp;#039;ouvrage au moins à hauteur de 20% du coût éligible du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ A titre dérogatoire, ce dispositif est cumulable avec le dispositif en faveur de la mise en accessibilité des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région n&amp;#039;interviendra pas plusieurs fois, au titre de la rénovation énergétique, sur un même ERP et ce sur une période de 6 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsqu&amp;#039;un porteur de projet a déjà bénéficié d&amp;#039;une aide de la Région, aucune nouvelle demande de sa part sur le même dispositif d&amp;#039;intervention ne sera recevable si le précédent projet aidé n&amp;#039;a pas fait l&amp;#039;objet soit d&amp;#039;un début de réalisation attesté par le dépôt d&amp;#039;une demande d&amp;#039;acompte recevable à hauteur au moins de 20% des dépenses éligibles envisageables, soit d&amp;#039;une demande d&amp;#039;annulation de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Renovation-energetique-des-batiments-publics-ERP-pour-une-meilleure-performance#:~:text=Le%20dispositif%20prend%20la%20forme,%C3%A0%2050%20000%E2%82%AC%20HT.</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renseignements : Secrétariat de Direction
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Montpellier : Tél : 04 67 22 97 02
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toulouse : Tél : 05 61 33 50 20
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresser tous les courriers à : Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée - A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 11-12-30-34-48-66
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   201 avenue de la Pompignane
+  &lt;/li&gt;
+  &lt;li&gt;
+   34064 Montpellier Cedex 2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 9-12-31-32-46-65-81-82
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   22, bd Maréchal Juin
+  &lt;/li&gt;
+  &lt;li&gt;
+   31406 Toulouse Cedex 9
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3608-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>162453</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Développer de nouvelles formes d'habitat et de services aux publics en milieu urbain</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Développer de nouvelles formes d'habitat et de services aux publics en milieu urbain</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>GAL La Rochelle-Ré-Aunis</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La difficulté d’accès au logement, notamment en ce qui concerne les jeunes, est une problématique majeure du territoire. Les étudiants, saisonniers ou encore apprentis peinent à trouver un logement à un prix abordable. Il s’agit alors de développer des approches innovantes favorisant l’accès des jeunes au parc locatif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une attention particulière sera apportée pour les projets au bénéfice de publics spécifiques (jeunes, saisonniers, apprentis…).&lt;/p&gt;&lt;p&gt;De plus, cette fiche action vise à apporter une réponse aux besoins du territoire en matière de services aux publics en consolidant les liens entre services aux publics et usagers en milieu urbain (communes de La Rochelle, Périgny, Lagord, Aytré, Puilboreau).&lt;/p&gt;&lt;p&gt;L’objectif général de cette fiche action est d’expérimenter et de développer des solutions innovantes pour répondre aux besoins du territoire en termes d’accès aux logements par les jeunes et de services innovants aux publics.&lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Expérimenter de nouvelles formes d’habitat pour les jeunes ;&lt;/li&gt;&lt;li&gt;Identifier des solutions de logement pour les jeunes du territoire ;&lt;/li&gt;&lt;li&gt;Innover pour développer l’offre de logements à destination des jeunes ;&lt;/li&gt;&lt;li&gt;Améliorer l’accès des usagers aux services aux publics ;&lt;/li&gt;&lt;li&gt;Expérimenter de nouveaux services aux publics.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Effets attendus :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement nouvelles solutions répondant aux besoins des jeunes pour accéder au parc locatif ;&lt;/li&gt;&lt;li&gt;Une offre de services aux publics rendue plus développée et plus cohérente pour les usagers.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les types d&amp;#039;action financées sont : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Innovations et expérimentation autour de l&amp;#039;habitat et de l&amp;#039;accès au logement: habitat intergénérationnel, habitat participatif, création d&amp;#039;une maison de l&amp;#039;habitat, guichet unique de l&amp;#039;habitat...&lt;/li&gt;&lt;li&gt;Investissements pour accueillir l&amp;#039;émergence de nouveaux services, mutualiser les services dans un objectif d&amp;#039;amélioration de la relation à l&amp;#039;usager: création de tiers-lieux, pôles santés...&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Accès aux services
+Commerces et services
+Tiers-lieux</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit être installé en milieu urbain du territoire (au sein des communes de La Rochelle, Aytré, Périgny, Puilboreau, Lagord). Les SCI et les particuliers ne sont pas éligibles. Les projets majoritairement culturels ne sont pas éligibles. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Montants: &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plancher: double plancher de 25 000€ de dépenses éligibles et 15 000€ d&amp;#039;aide FEDER demandées.&lt;/li&gt;&lt;li&gt;Plafond: 75 000€ maximum d&amp;#039;aide FEDER. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>GAL La Rochelle-Ré-Aunis</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-larochelle.fr/les-cooperations/le-volet-territorial-des-fonds-europeens-2021-2027?article=le-groupe-d-action-locale-gal-la-rochelle-re-aunis</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour plus d&amp;#039;information, merci de contacter l&amp;#039;animatrice du Groupe d&amp;#039;Action Locale La Rochelle-Ré-Aunis : &lt;/p&gt;&lt;p&gt;Léa GAUTRONNEAU&lt;br /&gt;&lt;a target="_self"&gt;lea.gautronneau&amp;#64;agglo-larochelle.fr&lt;/a&gt;&lt;br /&gt;05.46.33.75.88 ; 06.25.16.81.57&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>lea.gautronneau@agglo-larochelle.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-de-nouvelles-formes-dhabitat-et-de-services-aux-publics-en-milieu-urbain/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>162428</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Développer de nouvelles formes d'habitat et de services aux publics en milieu rural</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Développer de nouvelles formes d'habitat et de services aux publics en milieu rural</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>GAL La Rochelle-Ré-Aunis</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J36" s="1" t="inlineStr">
+        <is>
+          <t>80% des dépenses éligibles, conditionné à l'existence d'un cofinancement public obligatoire de 20%</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La difficulté d’accès au logement, notamment en ce qui concerne les jeunes, est une problématique majeure du territoire. Les étudiants, saisonniers ou encore apprentis peinent à trouver un logement à un prix abordable. Il s’agit alors de développer des approches innovantes favorisant l’accès des jeunes au parc locatif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une attention particulière sera apportée pour les projets au bénéfice de publics spécifiques (jeunes, saisonniers, apprentis…).&lt;/p&gt;&lt;p&gt;De plus, cette fiche action vise à apporter une réponse aux besoins du territoire en matière de services aux publics en consolidant les liens entre services aux publics et usagers en milieu rural.&lt;/p&gt;&lt;p&gt;L’objectif général de cette fiche action est d’expérimenter et de développer des solutions innovantes pour répondre aux besoins du territoire en termes d’accès aux logements &lt;span&gt;par les jeunes et de services innovants aux publics.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;- Expérimenter de nouvelles formes d’habitat pour les jeunes ;&lt;/p&gt;&lt;p&gt;- Identifier des solutions de logement pour les jeunes du territoire ;&lt;/p&gt;&lt;p&gt;- Innover pour développer l’offre de logements à destination des jeunes ;&lt;/p&gt;&lt;p&gt;- Améliorer l’accès des usagers aux services aux publics ;&lt;/p&gt;&lt;p&gt;- Expérimenter de nouveaux services aux publics.&lt;/p&gt;&lt;p&gt;Effets attendus :&lt;/p&gt;&lt;p&gt;- Développement nouvelles solutions répondant aux besoins des jeunes pour accéder au parc locatif ;&lt;/p&gt;&lt;p&gt;- Une offre de services aux publics rendue plus développée et plus cohérente pour les usagers.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les types d&amp;#039;action financées sont : &lt;/p&gt;&lt;p&gt;- Innovations et expérimentation autour de l&amp;#039;habitat et de l&amp;#039;accès au logement: habitat intergénérationnel, habitat participatif, création d&amp;#039;une maison de l&amp;#039;habitat, guichet unique de l&amp;#039;habitat...&lt;/p&gt;&lt;p&gt;- Investissements pour accueillir l&amp;#039;émergence de nouveaux services, mutualiser les services dans un objectif d&amp;#039;amélioration de la relation à l&amp;#039;usager: création de tiers-lieux, pôles santés...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Accès aux services
+Tiers-lieux
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit être installé en milieu rural du territoire (en dehors des communes de La Rochelle, Aytré, Périgny, Puilboreau, Lagord). Les SCI et les particuliers ne sont pas éligibles. Les projets majoritairement culturels ne sont pas éligibles. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Montants: &lt;/p&gt;&lt;p&gt;- Plancher: double plancher de 8 000€ de dépenses éligibles et 5000€ d&amp;#039;aide LEADER demandées.&lt;br /&gt;- Plafond: 65 000€ maximum d&amp;#039;aide LEADER. &lt;/p&gt;&lt;p&gt;Cofinancement: pour obtenir 80% de financement LEADER sur les dépenses éligibles, le porteur de projet doit justifier d&amp;#039;un cofinancement public à hauteur de 20%. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>GAL La Rochelle-Ré-Aunis</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-larochelle.fr/les-cooperations/le-volet-territorial-des-fonds-europeens-2021-2027?article=le-groupe-d-action-locale-gal-la-rochelle-re-aunis</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour plus d&amp;#039;information, merci de contacter l&amp;#039;animatrice du Groupe d&amp;#039;Action Locale La Rochelle-Ré-Aunis : &lt;/p&gt;&lt;p&gt;Léa GAUTRONNEAU &lt;br /&gt;lea.gautronneau&amp;#64;agglo-larochelle.fr &lt;br /&gt;05.46.33.75.88 ; 06.25.16.81.57&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>lea.gautronneau@agglo-larochelle.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-de-nouvelles-formes-dhabitat-et-de-services-aux-publics-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>163040</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’artisanat local et les commerces de proximité du Pays d'Auge tout en encourageant les circuits courts et les modes de consommation responsables</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I37" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bien qu’étant un territoire très attractif, le Pays d’Auge souffre de disparités en matière de dynamisme économique et d’accès pour tous à des services marchands de proximité. Certaines zones rurales sont en effet confrontées à des problématiques de vacances commerciales, de sous-développement du tissu artisanal et de disparition des commerces de proximité, faute de repreneurs. Participant à 6 des 59 objectifs du SRADDET, cette fiche-action rend indispensable le maintien et le renforcement des commerces de proximité et l’artisanat local afin d’assurer un développement équilibré du territoire, facteur de bien-être des habitants, d’emplois et d’attractivité touristique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Permettre à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural &lt;/li&gt;&lt;li&gt;Soutenir les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Encourager les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Soutenir les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, modernisation et développement de &lt;strong&gt;commerces de proximités et d’activités artisanales dans les centre-bourgs &lt;/strong&gt;(communes de moins de 10 000 habitants / pour les créations une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Opérations visant à réhabiliter des &lt;strong&gt;friches industrielles et économiques&lt;/strong&gt; (études)&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination/coopération entre les acteurs locaux&lt;/strong&gt; et à valoriser les démarches collectives &lt;/li&gt;&lt;li&gt;Soutien à l&amp;#039;élaboration de &lt;strong&gt;plans d&amp;#039;action locaux pour le développement économique&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Expérimentations de &lt;strong&gt;nouvelles formes de commerces innovantes&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien au développement de &lt;strong&gt;lieux participatifs&lt;/strong&gt; (commerces autogérés, cafés associatifs, tiers-lieux)&lt;/li&gt;&lt;li&gt;Aides à la création ou au développement des &lt;strong&gt;petites entreprises dans le champ de l’économie sociale et solidaire (ESS) et de l’économie circulaire&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Actions visant à soutenir les diversifications/reprises/transmissions du &lt;strong&gt;« dernier commerce de proximité du village » &lt;/strong&gt;(collectivités uniquement, une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Création, expérimentation, développement et valorisation de projets en faveur de la &lt;strong&gt;commercialisation des produits en circuits courts&lt;/strong&gt;, de la &lt;strong&gt;relocalisation de la production alimentaire&lt;/strong&gt; et de la consommation responsable, notamment dans le domaine de la restauration collective et aide à la structuration de filières locales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Accès aux services
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité
+Attractivité économique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet permet à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le projet soutient les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Le projet encourage les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Le projet soutient les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Achat de terrain bâti et non bâti, &lt;span&gt;Construction et extensions ;  &lt;/span&gt;&lt;span&gt;Travaux de rénovation énergétique sans audit énergétique préalable ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques-1/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>