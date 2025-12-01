--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA102"/>
+  <dimension ref="A1:AA240"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,22961 +228,44639 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>150674</v>
+        <v>162756</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Enrichir les collections des musées de France (FRAM)</t>
+          <t>Soutenir les lieux : musique, théâtre, arts du mouvement, arts visuels</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Aide à l’enrichissement des collections des musées de France (FRAM)</t>
+          <t>Soutien aux lieux : musique, théâtre, arts du mouvement, arts visuels</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
-[...4 lines deleted...]
-          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...5696 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible et de qualité toute l’année, complémentaires aux festivals et manifestations&lt;/li&gt; 	&lt;li&gt;Favoriser la présence d’artistes sur le territoire et accompagner les artistes, notamment régionaux, dans leur parcours et soutenir l’emploi des professionnels&lt;/li&gt; 	&lt;li&gt; Accueillir les artistes et les œuvres majeures de l’art d’aujourd’hui dans le domaine des arts visuels&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et à l’attractivité économique et touristique du territoire&lt;/li&gt; 	&lt;li&gt;Favoriser la rencontre de l’offre culturelle avec les publics les plus diversifiés, par des actions de diffusion, de médiation, de participation et de recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; Encourager la coopération professionnelle et territoriale dans une dynamique de filière et de mutualisations&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;&lt;span&gt;Sont éligibles à une aide régionale :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;&lt;span&gt; &lt;/span&gt;les lieux et structures de production et/ou de diffusion dirigés par des artistes ou des professionnels du monde culturel,&lt;/li&gt; 	&lt;li&gt;ayant un établissement ou une succursale situés en région Provence-Alpes-Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote,&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée,&lt;/li&gt; 	&lt;li&gt;le droit de la propriété intellectuelle et du travail,&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Et présentant un dossier complet :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; - Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;br /&gt; - Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les spectacles de cabaret ou pratiquant uniquement de l’achat de spectacles&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P31" s="1" t="inlineStr">
+      <c r="P2" s="0" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>1075</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets d'arts visuels structurants</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Friche
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants des arts visuels, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;autres partenaires publics pour leur fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certaines manifestations structurantes et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter un projet artistique global de qualité comprenant un volet diffusion et médiation, et pouvant s&amp;#039;accompagner d&amp;#039;autres actions – ex : production, résidences, formation – sur une durée minimum d&amp;#039;une année,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer d&amp;#039;un lieu mobilisable ou de moyens dédiés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir la valorisation ou l&amp;#039;accompagnement d&amp;#039;artistes ou collectifs d&amp;#039;artistes installés dans le Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;appui d&amp;#039;une autre collectivité territoriale ou de l&amp;#039;Etat est un atout.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bebc-aides-aux-lieux-et-projets-structurants-arts-/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>30745</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux structurants dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie souhaite conforter le maillage de son territoire au travers d&amp;#039;un ensemble d&amp;#039;établissements culturels « de référence » à l&amp;#039;échelle régionale, mais également nationale et internationale pour certains d&amp;#039;entre eux.  Ces lieux structurants oeuvrent activement tout au long de l&amp;#039;année en faveur de la diffusion, de la création, de l&amp;#039;action en direction des publics et du développement territorial. Ils intègrent la diversité des esthétiques des arts de la scène. Ils jouent un rôle spécifique au sein d&amp;#039;une filière du spectacle vivant ou d&amp;#039;un territoire. Ils peuvent bénéficier ou pas d&amp;#039;un label ou d&amp;#039;un conventionnement d&amp;#039;Etat. Dans le cadre d&amp;#039;une convention d&amp;#039;objectifs, ils répondent à un cahier des charges impliquant  une programmation professionnelle exigeante, un soutien à la création  et aux compagnies régionales, un programme d&amp;#039;action culturelle en direction des publics, une inscription dans les réseaux professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  personnes morales de droit privé (associations, sociétés) titulaires d&amp;#039;une licence d&amp;#039;entrepreneur du spectacle en cours de validité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  personnes morales de droit public : collectivités territoriales (dont communes et communautés de communes) et établissements publics domiciliés en région titulaires d&amp;#039;une licence d&amp;#039;entrepreneur de spectacles en cours de validité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Sélection
+&lt;/h3&gt;
+&lt;p&gt;
+ Est notamment appréciée la capacité des lieux à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès de tous les publics à une offre artistique et culturelle de qualité
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une recherche de complémentarité et de coopération vis-à-vis du réseau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en œuvre des démarches d&amp;#039;action culturelle actives, riches et inventives
+ &lt;/li&gt;
+ &lt;li&gt;
+  agir pour la promotion des disciplines insuffisamment représentées de la création contemporaine (danse contemporaine, musique contemporaine, théâtre d&amp;#039;objets-marionnettes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accueillir au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation en veillant à l&amp;#039;équilibre des esthétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la circulation des créations régionales soutenues dans les lieux structurants de la région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la création régionale en partageant les outils et les moyens (co-production, production déléguée...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la présence artistique en leur sein et sur leur territoire (résidences, compagnies associées...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer au repérage et à l&amp;#039;émergence des talents.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide annuelle apportée est évaluée au regard de l&amp;#039;implication du lieu structurant dans les différentes missions évoquées ci-dessus et en fonction des critères de sélection détaillés plus haut.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ces structures doivent présenter une stabilité structurelle quant à l&amp;#039;exercice de leurs missions de service aux publics :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme de la gestion et permanence de l&amp;#039;équipe administrative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   indépendance des choix artistiques de la direction ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation d&amp;#039;une programmation ambitieuse et de qualité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   spectacles professionnels de rayonnement a minima régional, choix traduisant une ligne artistique définie, complémentarités et synergie avec l&amp;#039;environnement local et départemental) ; locaux et moyens techniques mobilisables (plateau en ordre de marche) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   implication dans l&amp;#039;accompagnement des artistes par des coproductions, le cas échéant des productions déléguées, et des résidences pluridisciplinaires de longue durée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   ancrage local et rayonnement régional confirmés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mobilisation d&amp;#039;autres financements publics ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   part du budget consacré aux dépenses artistiques d&amp;#039;au moins 30 %.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+ toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention : charges de fonctionnement de la structure, rémunération du personnel de la structure, charges artistiques (achats de spectacles, coproductions, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur, actions culturelles (location de matériel technique, salaires de personnels intermittents).
+&lt;/p&gt;
+&lt;p&gt;
+ Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+ la valorisation du bénévolat, des mises à disposition et les aides en nature, les dotations aux amortissements et aux provisions, les intérêts des emprunts et les agios.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-lieux-structurants</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e635-arts-de-la-scene-aide-aux-lieux-structurants/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
-Economie sociale et solidaire</t>
-[...7 lines deleted...]
-      <c r="P32" s="1" t="inlineStr">
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q32" s="1" t="inlineStr">
+      <c r="Q5" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>120315</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer la faisabilité d’un projet de création ou de développement d’une activité commerciale</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer la faisabilité d’un projet de création ou de développement d’une activité commerciale</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de Commerce et d'Industrie (CCI) de la Drôme</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La création ou le développement de projets commerciaux de type commerce, café, hôtel, camping, multiservices, alimentation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange avec la collectivité pour :
+  &lt;br /&gt;
+  – affiner les attentes de la collectivité par rapport au projet et visite terrain le cas échéant
+  &lt;br /&gt;
+  – identifier les principales contraintes du projet
+  &lt;br /&gt;
+  – préciser les modalités d&amp;#039;intervention possibles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Élaboration d&amp;#039;une offre d&amp;#039;intervention dont l&amp;#039;objectif est de fournir à la collectivité les informations pragmatiques quant à la faisabilité du projet pour une prise de décision objective.
+&lt;/p&gt;
+&lt;strong&gt;
+ Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+&lt;/strong&gt;
+&lt;p&gt;
+ Après validation de la proposition d&amp;#039;intervention par la collectivité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de l&amp;#039;étude de faisabilité dans les conditions définies dans l&amp;#039;offre d&amp;#039;intervention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des résultats de l&amp;#039;étude à la collectivité locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remise d&amp;#039;un rapport écrit
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/mesurer-la-faisabilite-projet-de-creation-ou-de-developpement-activite-commerciale/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Chambre de Commerce et d&amp;#039;Industrie de la Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projet TPE Commerce Tourisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 75 70 34
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:commerce-tourisme&amp;#64;drome.cci.fr"&gt;
+    commerce-tourisme&amp;#64;drome.cci.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site :
+   &lt;a href="http://www.drome.cci.fr/"&gt;
+    www.cci.drome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e037-mesurer-la-faisabilite-dun-projet-de-creation/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>119908</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les produits alimentaires locaux auprès de l’ensemble des acteurs de votre territoire</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Association
-[...9 lines deleted...]
-      <c r="K33" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="T33" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez promouvoir l&amp;#039;artisanat alimentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser les territoires à travers les produits alimentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir des filières, productions et savoir-faire locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une offre alimentaire et touristique durable en lien avec les enjeux actuels environnementaux, sanitaires et socio-économiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les « Cités du goût et des saveurs » (CG&amp;amp;S), outil des Chambres de Métiers et de l&amp;#039;Artisanat pour l&amp;#039;accompagnement des acteurs de l&amp;#039;alimentaire et des territoires proposent les services suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elaborer une stratégie alimentaire et un plan d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer des filières alimentaires locales et circuits de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer le rôle des acteurs locaux dans la distribution d&amp;#039;une alimentation saine et de qualité, y compris dans la restauration collective ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des animations sur le territoire autour de l&amp;#039;alimentation locale et de qualité, la réduction du gaspillage alimentaire, la découverte des savoir-faire et produits artisanaux, etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les professionnels de l&amp;#039;alimentation dans la lutte contre le gaspillage alimentaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;offre touristique autour des savoir-faire et produits locaux (ateliers culinaires, découvertes de savoir-faire, visites d&amp;#039;entreprises, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former et accompagner les professionnels des métiers de bouche afin d&amp;#039;assurer leur montée en compétence pour répondre aux enjeux de l&amp;#039;alimentation d&amp;#039;aujourd&amp;#039;hui et de demain.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au travers des actions menées par les CG&amp;amp;S, les thématiques en lien avec l&amp;#039;environnement, l&amp;#039;agriculture, le développement local, la culture, le patrimoine et le tourisme pourront être abordées, si le diagnostic identifie le besoin et si elles sont priorisées dans le plan d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Accès aux services
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
-[...291 lines deleted...]
-  &lt;/span&gt;
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- rubrique Investissement culturel - Aide à la construction, rénovation et aménagement des lieux culturels (spectacle vivant)
  &lt;br /&gt;
- &lt;br /&gt;
-[...86 lines deleted...]
- &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6819-valoriser-les-produits-alimentaires-locaux-au/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G36" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>119891</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude sur-mesure de l'activité économique</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...7 lines deleted...]
-      <c r="K36" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
-[...7 lines deleted...]
- La loi du 23 février 2005 relative au développement des territoires ruraux ouvre aux collectivités territoriales la possibilité d&amp;#039;attribuer des aides destinées à favoriser l&amp;#039;installation ou le maintien de professionnels de santé. Par ce dispositif, la Région Grand Est décide de promouvoir l&amp;#039;exercice en zones déficitaires sur le plan de la démographie médicale, en incitant les internes en médecine à effectuer leurs stages sur ces territoires :
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous devez réaliser un état des lieux de l&amp;#039;économie et de certains secteurs d&amp;#039;activité de votre territoire ? Vous souhaitez optimiser l&amp;#039;attractivité de celui-ci, affiner votre connaissance d&amp;#039;une filière, évaluer le potentiel d&amp;#039;un évènement, l&amp;#039;impact d&amp;#039;un équipement ?
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI vous fournit les analyses et données utiles pour sécuriser vos décisions en matière de développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle vous propose ainsi un service sur mesure en fonction de votre stratégie locale de développement économique :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  En soutenant la création de lieux d&amp;#039;hébergement pour les interne
-[...9 lines deleted...]
-  &lt;/a&gt;
+  &lt;strong&gt;
+   PORTRAIT DE VOTRE TERRITOIRE OU D&amp;#039;UNE FILIÈRE :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;analyse quantitative et qualitative de données est produite à partir :
+  &lt;br /&gt;
+  - des données collectées sur les sources les plus pertinentes à votre besoin (sources CCI, organismes publics INSEE, URSSAF, partenaires, ...) ;
+  &lt;br /&gt;
+  - de recherches documentaires (presse, web, rapports d&amp;#039;experts, études antérieures et documents d&amp;#039;urbanisme) ;
+  &lt;br /&gt;
+  - d&amp;#039;un repérage de projets qui entrent dans le périmètre de l&amp;#039;analyse.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Elle vous permet d&amp;#039;identifier les forces et faiblesses de votre projet, les opportunités et menaces. Elle vous permet de hiérarchiser les enjeux et de préciser vos principaux leviers d&amp;#039;action.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;analyse peut être complétée de services complémentaires :
+  &lt;br /&gt;
+  - identification des acteurs clés et géolocalisation des entreprises ;
+  &lt;br /&gt;
+  - enquête terrain, entretiens experts ou enquêtes auprès d&amp;#039;entreprises selon les besoins et conditions définis dans le cahier des charges ;
+  &lt;br /&gt;
+  - réunion(s) collective(s) d&amp;#039;entreprises et d&amp;#039;élus locaux.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Au final, vous obtenez les préconisations sur :
+  &lt;br /&gt;
+  - l‘évaluation des axes potentiels de développement ;
+  &lt;br /&gt;
+  - l&amp;#039;établissement de la stratégie commerciale, touristique, industrielle, foncière, ... ;
+  &lt;br /&gt;
+  - l&amp;#039;élaboration de votre plan d&amp;#039;actions ;
+  &lt;br /&gt;
+  - la rédaction des contenus et des conclusions sur vos supports destinés à promouvoir votre démarche.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...16 lines deleted...]
-&lt;/p&gt;
+&lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Offrir des conditions d&amp;#039;accueil agréables et pratiques aux stagiaires,
-[...2 lines deleted...]
-  Favoriser les relations entre futurs professionnels sur un territoire et construire un réseau entre acteurs de soins.
+  &lt;strong&gt;
+   ÉTUDE D&amp;#039;IMPACT ÉCONOMIQUE DE VOTRE ÉQUIPEMENT OU ÉVÉNEMENT :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Ce service s&amp;#039;adresse particulièrement aux organisateurs de manifestations, gestionnaires d&amp;#039;équipements, associations ou encore groupes d&amp;#039;acteurs publics pour analyser les retombées économiques d&amp;#039;un équipement ou événement.
+  &lt;br /&gt;
+  Il repose sur une méthodologie d&amp;#039;enquête avec la restitution d&amp;#039;un bilan.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Par ailleurs, la Région souhaite que les projets auxquels elle sera en mesure d&amp;#039;apporter son soutien respectent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Un entretien préalable avec votre conseiller CCI pour préciser vos besoins et définir le périmètre d&amp;#039;étude.
+  &lt;br /&gt;
+  Prestation sur devis.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+International
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/etude-sur-mesure-de-lactivite-economique</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/28e1-realiser-une-etude-sur-mesure-de-lactivite-ec/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>119887</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude d'implantation commerciale</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;attractivité de votre territoire passe par un développement coordonné et équilibré entre votre centre-ville et vos zones commerciales périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Mener une politique de développement commercial durable s&amp;#039;appuie sur des données fiables et objectives, et mobilise des outils et méthodes d&amp;#039;aide à la décision efficaces et adaptés à votre projet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI peut vous accompagner tout au long de votre projet d&amp;#039;implantation commerciale :
+ &lt;br /&gt;
+ - Vous disposez d&amp;#039;une vision stratégique du commerce sur votre territoire mais votre projet reste à clarifier ?
+ &lt;br /&gt;
+ - Vous disposez d&amp;#039;un local commercial, mais devez préciser son affectation ?
+ &lt;br /&gt;
+ - Vous souhaitez passer du projet à sa réalisation ?
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI vous propose :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une étude du potentiel commercial :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  la réglementation en vigueur concernant l&amp;#039;accessibilité aux personnes handicapées dans les Etablissements Recevant du Public (ERP),
-[...2 lines deleted...]
-  la prise en compte de la Réglementation Thermique de 2012 (RT2012), dont l&amp;#039;objectif est de limiter les consommations énergétiques des bâtiments neufs.
+  Identification des lieux de consommation sur votre territoire et analyse de l&amp;#039;environnement concurrentiel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observation des clientèles potentielles et des pratiques de consommation / Analyse du fonctionnement du marché local. Une enquête réalisée auprès des ménages peut venir compléter cette analyse pour préciser les besoins, les attentes, et les habitudes de consommation sur la zone de chalandise ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chiffrage des marchés potentiels et des marchés résiduels.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...7 lines deleted...]
-  www.climaxion.fr.
+ &lt;em&gt;
+  Une analyse de faisabilité peut vous être proposée en complément pour affiner les conditions de rentabilité et de viabilité de votre projet d&amp;#039;implantation commerciale.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une aide et un conseil pour la mise en œuvre du projet
+ &lt;/strong&gt;
+ &lt;em&gt;
+  :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement à la sélection et au recrutement des candidats qui réaliseront le projet de développement du commerce, depuis la rédaction et la diffusion de l&amp;#039;offre jusqu&amp;#039;à l&amp;#039;analyse des candidatures
+  &lt;em&gt;
+   ;
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un suivi post-création peut être proposé au porteur de projet pour viabiliser le commerce
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Adressez-vous à votre CCI pour définir avec votre expert CCI le périmètre de votre étude d&amp;#039;implantation commerciale et obtenir un devis.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/etude-dimplantation-commerciale</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
  &lt;/a&gt;
-&lt;/p&gt;
-[...108 lines deleted...]
- &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb15-realiser-une-etude-dimplantation-commerciale/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>119850</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Effectuer le diagnostic, l'accompagnement, le financement des entrepreneurs, commerçants, restaurateurs s’installant dans des locaux vacants (dont locaux communaux)</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...8 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="O37" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Initiative France est le 1er réseau associatif de financement et d&amp;#039;accompagnement des créateurs, repreneurs et développeurs d&amp;#039;entreprise. Les 206 associations du réseau accueillent les entrepreneurs, évaluent leur projet, le financent par un prêt d&amp;#039;honneur à taux 0 sans intérêt ni garantie demandée et accompagnent les entrepreneurs gratuitement en leur faisant bénéficier d&amp;#039;un soutien par d&amp;#039;autres chefs d&amp;#039;entreprises et en leur permettant d&amp;#039;accéder à un réseau économique local.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans un objectif commun de redynamisation économique et sociale des territoires,
+ &lt;strong&gt;
+  les associations accompagnent les collectivités pour identifier, financer et accompagner les porteurs de projet susceptibles de s&amp;#039;installer dans des locaux vides
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation au plan d&amp;#039;action de revitalisation des centres-villes et centres-bourgs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche et identification de commerçants, artisans ou de restaurateurs pouvant s&amp;#039;installer dans des locaux vacants grâce à l&amp;#039;expertise du comité d&amp;#039;agrément : Composés d&amp;#039;experts bénévoles et de chefs d&amp;#039;entreprise locaux, le comité d&amp;#039;agrément décide de l&amp;#039;attribution d&amp;#039;un prêt d&amp;#039;honneur et de l&amp;#039;accompagnement des porteurs de projets, au moment du démarrage opérationnel de leur activité et pendant plusieurs années.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de Boutiques à l&amp;#039;Essai avec la Fédération Nationale des Boutiques à l&amp;#039;Essai  ou Pop-up store
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appels à projets permettant d&amp;#039;identifier des commerçants/artisans pour répondre aux enjeux de structuration et dynamisation de zones commerciales en centres-villes ou centres-bourgs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi renforcé des entrepreneurs et parrainage éventuel les premières années de la vie de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.cc-vallee-herault.fr/entreprendre/vie-economique/actualites-354/appel-a-projet-vous-avez-une-idee-une-envie-d-entreprise-3397.html?cHash&amp;#61;36793e3fcf0d0d459df4f0a3602188c4" rel="noopener" target="_blank"&gt;
+   Appel à projet en vue d&amp;#039;une occupation de locaux vacants par des commerçants sur la commune de Gignac (Petite Ville de Demain)
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.initiative-seineyvelines.com/operation-ma-boutique-a-lessai.html" rel="noopener" target="_blank"&gt;
+   Opération Ma boutique à l&amp;#039;essai à Bonnières-sur-Seine
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P37" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...29 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Voir la cartographie des associations du réseau Initiative France sur
+  &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;effectuer" rel="noopener" target="_blank"&gt;
+   https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;effectuer
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0466-effectuer-le-diagnostic-laccompagnement-le-fi/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>119849</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'installation des créateurs, repreneurs, développeurs d'entreprise sur votre territoire par un fonds de prêt d'honneur et un accompagnement gratuit et qualifié</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Prêt d'honneur</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Initiative France est le 1er réseau associatif de financement et d&amp;#039;accompagnement des créateurs, repreneurs et développeurs d&amp;#039;entreprise. Les 206 associations du réseau accueillent les entrepreneurs, évaluent leur projet, le financent par un
+ &lt;strong&gt;
+  prêt d&amp;#039;honneur à taux 0 sans intérêt ni garantie demandée
+ &lt;/strong&gt;
+ et accompagnent les entrepreneurs en leur faisant bénéficier d&amp;#039;un soutien par d&amp;#039;autres chefs d&amp;#039;entreprises et en leur permettant d&amp;#039;accéder à un réseau économique local.
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce à son ancrage local et à ses valeurs de solidarité, le réseau Initiative France s&amp;#039;est toujours inscrit dans une forte dynamique de soutien au développement économique de l&amp;#039;ensemble des territoires. Les associations Initiative France contribuent efficacement à la création d&amp;#039;emplois, en favorisant et développant l&amp;#039;entrepreneuriat. Par leur participation active au développement et au renouvellement du tissu économique local via la création et la reprise d&amp;#039;entreprises, les associations aident les collectivités à rendre leur territoire plus attractif d&amp;#039;un point de vue économique et social.
+&lt;/p&gt;
+&lt;p&gt;
+ En abondant un fonds de prêt d&amp;#039;honneur, les collectivités donnent aux entrepreneurs des moyens solides de s&amp;#039;installer et de se développer sur leurs territoires et renforcent leurs chances de pérennité : 9 entreprises sur 10 soutenues par le réseau Initiative France passent avec succès le cap fatidique des 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, en participant au budget d&amp;#039;accompagnement des associations Initiative France, les collectivités contribuent à la création d&amp;#039;une offre de service adaptée et évolutive répondant aux besoins spécifiques de chaque territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Voir la cartographie des associations du réseau Initiative France sur
+  &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;faciliter" rel="noopener" target="_blank"&gt;
+   https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;faciliter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc4a-faciliter-linstallation-des-createurs-reprene/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>45613</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le développement commercial et l’attractivité économique des cœurs de ville</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires aide les collectivités à la mise en place de foncières dédiées à la revitalisation des cœurs de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vous accompagne dans les opérations de restructuration immobilière des commerces et dans la création de locaux d&amp;#039;activités. Elle se caractérise par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  des prises de participations en fonds propres et quasi-fonds propres
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement en fonds propres et quasi-fonds propres de SEM et filiales de SEM intégrant une activité de foncière de redynamisation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Crea_foncieres_locale_ps</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b76-developper-des-foncieres-locales-repondant-a-/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>49782</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le développement économique du centre-ville en développant le commerce local</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités dans leur volonté d&amp;#039;évolution et de redynamisation de leur centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre projet concerne la création de commerces de proximité et / ou la création d&amp;#039;une société de portage d&amp;#039;immeuble intégrant des commerces, la Banque des Territoires vous propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un accompagnement en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  du conseil à la structuration de sociétés de portage d&amp;#039;immeubles
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les sociétés immobilières ad hoc qui donnent à bail les murs de magasin aux exploitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les Sociétés d&amp;#039;Economie Mixte opératrices d&amp;#039;un projet « commerces ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=dev_eco_centreville_psat</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bca7-promouvoir-le-developpement-economique-du-cen/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>72302</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements numériques des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de Relance, la Région Hauts-de-France renforce son soutien aux Artisans-Commerçants dans leur reprise d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif financier vise à accompagner les artisans/commerçants et les entreprises de l&amp;#039;Economie Sociale et Solidaire (ESS) dans leur transition numérique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses doivent faire l&amp;#039;objet de facturation au nom de l&amp;#039;entreprise bénéficiaire, elles peuvent être de l&amp;#039;acquisition, de la prestation ou de l&amp;#039;abonnement, incluant les frais de conseil amont ou d&amp;#039;installation et de formation aval. Sont éligibles les équipements :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  en capacité de vente en ligne (site nouveau ou évolution de site existant),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en système de gestion de la relation client (GRC ou CRM en anglais),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en système de gestion intégrée (PGI ou ERP en anglais),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en progiciels « métiers » (spécifique à un type d&amp;#039;entreprise, à ses fonctions de gestion, ressources humaines, aide à la décision...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  et l&amp;#039;organisation de l&amp;#039;entreprise autour de ses données (collecte, structuration, hébergement, exploitation...), voire l&amp;#039;équipement en logiciel d&amp;#039;intelligence artificielle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en outils favorisant la transversalité et le travail collaboratif (présentiel ou distanciel ; visioconférence, espace de travail et de créativité partagé, travail en mode projet...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en application mobile multicanale pour le client ou les collaborateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matériel numérique ou connecté (caisse, brodeuse, machine de production, appareil robotisé...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en impression additive (impression 3D ; imprimante ou scanner),
+ permettant (pour le client ; pour les collaborateurs) l&amp;#039;usage de la réalité augmentée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matériel informatique rendu nécessaires dans le cadre d&amp;#039;équipement tels qu&amp;#039;évoqués ci-dessus (tablette, smartphone, terminal mobile...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en outils de webmarketing (mesure de l&amp;#039;activité publicitaire, collecte et gestion de données, optimisation de la relation client...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en migration complète ou partielle vers l&amp;#039;informatique en nuage (Cloud).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne pourront être éligibles que les dépenses réalisées a posteriori de la date de création de demande d&amp;#039;aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les artisans/commerçants doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être inscrits au RCS et/ou au RM ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un effectif &amp;lt; 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un projet de transformation numérique (ce projet doit être certifié par un tiers de confiance : CCI, CMA, Hauts-de-France Innovation Développement, OPCO, EPCI, tout cabinet conseil spécialisé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des entreprises existantes, en création ou en reprise, situées sur le territoire des Hauts-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réaliser moins de 2 M€ de chiffre d&amp;#039;affaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses obligations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas répondre à la définition d&amp;#039;entreprise en difficulté.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Entreprise de l&amp;#039;Economie Sociale et Solidaire doivent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être des sociétés de capitaux (SARL, SA, SAS, ...) ayant obtenu l&amp;#039;agrément ESUS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des sociétés coopératives de production (SCOP),
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des associations employeuses ayant une activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des structures de l&amp;#039;insertion par l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des groupements d&amp;#039;employeurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des groupements d&amp;#039;employeurs d&amp;#039;insertion qualification,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des entreprises existantes, en création ou en reprise, situées sur le territoire des Hauts-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un CA &amp;lt; 2 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un effectif &amp;lt; 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses obligations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas répondre à la définition d&amp;#039;entreprise en difficulté,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un projet de transformation numérique (ce projet doit être certifié par un tiers de confiance : CRESS, IRIAE, URSCOP,, structures d&amp;#039;accompagnement partenaires de la Région, Hauts-de-France Innovation Développement, OPCO, EPCI, tout cabinet conseil spécialisé).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne peuvent pas bénéficier de ce soutien :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions libérales réglementées et non réglementées ou assimilées (pharmacies,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le commerce de gros,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les structures agréées ACI (Ateliers Chantiers d&amp;#039;Insertion),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les entreprises de l&amp;#039;ESS et toute entreprise ayant le numérique pour cœur d&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/extranet/dispositif-consulter.sub?sigle=INAC</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f84f-soutenir-les-investissements-numeriques-des-a/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>72304</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mobilité des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>40% des investissements éligibles HT avec un minimum de 3 000 € et un maximum de 100 000 € (soit une</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif financier vise à accompagner les TPE de l&amp;#039;artisanat-commerce, s&amp;#039;engageant dans une démarche de service de proximité à la population et souhaitant investir dans un camion tournées pour apporter un service dans la commune et/ou au domicile du particulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant - marchés/stationnement sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou le renouvellement d&amp;#039;un véhicule constituant le point de vente ambulant (achat d&amp;#039;un véhicule neuf) justifiant à minima de 3 000 € d&amp;#039;aménagements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et/ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant - Tournées sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou le renouvellement d&amp;#039;un véhicule de tournée (achat d&amp;#039;un véhicule neuf) et ses aménagements éventuels (sans minimum requis),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant – Marchés &amp;#43; tournées sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou au renouvellement d&amp;#039;un véhicule de tournée (achat d&amp;#039;un véhicule neuf) et ses aménagements éventuels (sans minimum requis),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans les 3 cas, la liste des dépenses éligibles est :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  achat d&amp;#039;un véhicule neuf, aménagé ou non,
+ &lt;/li&gt;
+ &lt;li&gt;
+  carrosserie en panneaux sandwich,
+ &lt;/li&gt;
+ &lt;li&gt;
+  meuble de travail,
+ &lt;/li&gt;
+ &lt;li&gt;
+  étalage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  comptoirs réfrigérés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupe frigo,
+ &lt;/li&gt;
+ &lt;li&gt;
+  appareils de cuisson ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements spécifiques à l&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aménagements doivent être réalisés par une entreprise tierce et être justifiés par la présentation de factures acquittées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant - marchés/stationnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une carte de commerçant ambulant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET ayant participé à minima à 8 marchés au cours du dernier mois. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à participer à minima à 8 marchés par mois, au plus tard dans les 6 mois suivant sa demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  OU pour les foodtrucks et camions de restauration rapide, justifier à minima de 6 stationnements au cours du dernier mois dans une ou plusieurs communes rurales de moins de 5 000 habitants. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à minima de 6 stationnements par mois, dans une ou plusieurs communes rurales de moins de 5 000 habitants au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant -Tournées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  justifiant à minima d&amp;#039;une tournée correspondant à 4 jours par semaine dans une ou plusieurs communes rurales (&amp;lt; 5 000 habitants),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à réaliser à minima une tournée correspondant à 4 jours par semaine au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant – Marchés &amp;#43; tournées souhaitant investir dans un véhicule pour effectuer des marchés et des tournées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une carte de commerçant ambulant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET ayant participé à minima à 4 marchés au cours du dernier mois. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à participer à minima à 4 marchés par mois, au plus tard dans les six mois suivant sa demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET justifiant à minima d&amp;#039;une tournée correspondant à 2 jours par semaine dans une ou plusieurs communes rurales (&amp;lt; 5 000 habitants). En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à réaliser à minima une tournée correspondant à 2 jours par semaine au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les entreprises doivent être à jour de leurs obligations fiscales et sociales et ne doivent pas répondre à la définition d&amp;#039;entreprise en difficulté.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne peuvent pas bénéficier du dispositif :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions libérales réglementées ou assimilées (avocats, notaires, sages-femmes, infirmiers, pharmacies...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les commerce de gros,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les professionnels effectuant des opérations de démarchage réglementées par des textes particuliers (agents commerciaux, VRP,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités de transports de personnes (taxi, ambulances, VTC...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les entreprises du secteur BTP.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/extranet/dispositif-consulter.sub?sigle=MOBI</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/139a-soutenir-la-mobilite-des-artisanscommercants/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>73019</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Se numériser et développer rapidement une activité en ligne - clique-mon-commerce</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance
+Ministère de l'Économie, des Finances et de la Souveraineté industrielle et numérique</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développé par le Gouvernement, clique-mon-commerce.gouv.fr s&amp;#039;adresse aux commerçants, artisans, professionnels de l&amp;#039;hôtellerie et de la restauration qui souhaitent se numériser et développer rapidement une activité en ligne.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette plateforme propose des solutions numériques à destination des petites entreprises, labellisées par le Gouvernement, pour créer un site web, mettre en place une solution de logistique/livraison ou de paiement à distance, rejoindre une place de marché en ligne mettant en avant les commerces de proximité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Consommation et production
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.clique-mon-commerce.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Connectez-vous sur clique-mon-commerce et découvrez le service !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bb3d-se-numeriser-et-developper-rapidement-une-act/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>80363</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Libérer l’initiative économique dans les territoires</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Association pour le Droit à l'Initiative Economique (ADIE)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Particulier</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la création ou le développement d&amp;#039;entreprises sur votre territoire en communiquant sur les aides accessibles aux créateurs d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter l&amp;#039;accès à l&amp;#039;emploi, grâce à la mobilité (achat, réparation de véhicule) des usagers de votre territoires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ADIE propose partout en France métropolitaine et Outre-mer (au moyen de ses 158 antennes et 292 permanences), pour les personnes n&amp;#039;ayant pas accès au crédit bancaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un  financement  sous  la  forme  d&amp;#039;un  microcrédit  professionnel  remboursable  (en  moyenne  d&amp;#039;un montant de 4700€) pouvant aller jusqu&amp;#039;à 10 000 euros (15 000 euros en Outre-mer) pour financer la création  ou  le  développement  de  son  entreprise,  quel  que  soit  le  secteur  d&amp;#039;activité  (artisanat, commerces  de  proximité,  restauration,  service  à  la  personne,  agriculture,  culture,  BTP,  etc)  et  son statut juridique;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un financement sous la forme d&amp;#039;un microcrédit personnel remboursable pouvant aller jusqu&amp;#039;à 5000 euros pour financer un besoin de mobilité (permis, achat ou réparation de véhicule);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un  accompagnement  personnalisé  grâce  à  des  services  de formations  gratuites,  de  conseils  et  de coaching  personnalisé  avant,  pendant  et  après  la  création  d&amp;#039;entreprise  (notamment  sur  le  volet administratif, financier, commercial et juridique);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plaidoyer en faveur de l&amp;#039;évolution de la législation sur l&amp;#039;entrepreneuriat, la protection des micro-entrepreneurs et l&amp;#039;inclusion bancaire des plus fragiles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez quelques exemples de personnes accompagnées :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.adie.org/a-la-une/" rel="noopener" target="_blank"&gt;
+  https://www.adie.org/a-la-une/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adie.org</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Adie couvre toutes les régions de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus contacter :
+  partenariat&amp;#64;adie.org
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouverez ici la liste des antennes de l&amp;#039;Adie :
+ &lt;a href="https://www.adie.org/nos-agences/"&gt;
+  https://www.adie.org/nos-agences/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c827-liberer-linitiative-economique-dans-les-terri/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>89215</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>ADEFPAT</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
 Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H38" s="1" t="inlineStr">
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des avancées concrètes dans la réalisation du projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La favorisation de l&amp;#039;ancrage territorial et professionnel
+   du projet dans son environnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des projets :
+  Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tiers lieux
+&lt;/p&gt;
+&lt;p&gt;
+ Projet alimentaire de territoire
+&lt;/p&gt;
+&lt;p&gt;
+ stratégie de developpement touristique
+&lt;/p&gt;
+&lt;p&gt;
+ équipement de loisir, touristique,
+&lt;/p&gt;
+&lt;p&gt;
+ atelier de découpe transformation
+&lt;/p&gt;
+&lt;p&gt;
+ mobilisation des acteurs : bourg centre, services aux publics,...
+&lt;/p&gt;
+&lt;p&gt;
+ boutique école
+&lt;/p&gt;
+&lt;p&gt;
+ petits commerces
+&lt;/p&gt;
+&lt;p&gt;
+ installation d&amp;#039;artisans
+&lt;/p&gt;
+&lt;p&gt;
+ Politiques et actions d&amp;#039;accueil de nouvelle population
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Bâtiments et construction
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adefpat.fr</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adefpat.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 63 36 20 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.dupre@adefpat.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>94892</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la trésorerie de très petites entreprises de commerce de proximité devant s’acquitter d’un loyer au titre de leur local commercial - Résistance Loyers Grand Est</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
-[...2 lines deleted...]
- Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide consiste en un soutien à la trésorerie de très petites entreprises de commerce de proximité, faisant l&amp;#039;objet d&amp;#039;une fermeture administrative, et devant s&amp;#039;acquitter d&amp;#039;un loyer au titre de leur local commercial.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Grand Est propose un accompagnement sous forme d&amp;#039;aide directe à l&amp;#039;immobilier et assis sur une base mensuelle, en soutien aux très petites entreprises devant s&amp;#039;acquitter d&amp;#039;un loyer et se trouvant encore en situation de fermeture les mois de mars, avril, mai, ou/et juin 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Besoins éligibles à financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif a vocation à financer ou cofinancer le besoin de court terme en trésorerie du bénéficiaire lié au loyer de leur local commercial, calculé sur une base mensuelle pour chacun des mois de mars, avril, mai, et juin.
+Une aide de la Région ne pourra être étudiée que si le montant obtenu auprès du fonds national de solidarité n&amp;#039;est pas suffisant pour couvrir les frais et charges (dont loyers) sur le mois de fermeture concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
-[...8 lines deleted...]
-  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+  Nature de l&amp;#039;aide : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond mensuel : d&amp;#039;un montant équivalent à jusqu&amp;#039;à 100 % du loyer mensuel HT (incluant les charges locatives) acquitté par le demandeur auprès de son bailleur au titre de son local commercial, et dans la limite de 1 000 € par mois et par entreprise bénéficiaire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le besoin global présenté sur cette base doit être a minima égal à 300 € pour solliciter le présent dispositif.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Nature et montant de l&amp;#039;aide
-[...3 lines deleted...]
- Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+  Modalités de versement
+ &lt;/strong&gt;
+ : sur la base de derniers justificatifs relatifs au loyer*, certifié acquitté par le bailleur.
+La présente mesure est un dispositif d&amp;#039;intervention mis en œuvre en réaction à la crise liée au COVID-19. Les entreprises en difficultés avant la crise du COVID-19 peuvent se voir refuser leur demande si la continuité ou la reprise de l&amp;#039;activité de l&amp;#039;entreprise ne peut être envisagée de façon réaliste à l&amp;#039;issue du déconfinement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les loyers des mois d&amp;#039;avril, mai, et juin, l&amp;#039;ouverture du télé service de demande d&amp;#039;aide interviendra après celui du fonds national de solidarité (pour lequel une demande mensuelle et préalable est nécessaire.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises / activités marchandes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Dépôt des dossiers :
-[...2 lines deleted...]
-   &lt;/a&gt;
+   constituées sous statut de micro/auto entrepreneur, d&amp;#039;entreprise individuelle, de société (y compris sociétés coopératives) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   immatriculées en région Grand Est et locataires d&amp;#039;un local commercial situé sur le territoire régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   indépendantes dans la mesure où elles n&amp;#039;ont pas de lien capitalistique direct avec une ou d&amp;#039;autre(s) société(s), sauf si l&amp;#039;effectif total cumulé des différentes structures concernées ne dépasse pas 5 ETP salariés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   ayant directement fait l&amp;#039;objet d&amp;#039;une mesure de fermeture administrative à raison de leur activité, sur le mois de mars 2021 ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposant d&amp;#039;un numéro SIRET au moment du dépôt de la demande.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus du bénéfice de ce dispositif :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les entreprises dont l&amp;#039;effectif salarié est supérieur à 5 ETP (tout type de contrat prévu au code du travail) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises qui n&amp;#039;ont pas effectué de demande de soutien au titre du fonds national de solidarité pour la période du mois de mars 2021
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises dont le bailleur a consenti une annulation de loyer exigible au titre de leur local commercial pour les mois de mars 2021
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises dont le local commercial est propriété d&amp;#039;une collectivité locale ou d&amp;#039;un EPCI et d&amp;#039;un établissement public.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
-[...52 lines deleted...]
- &lt;/strong&gt;
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/resistance-loyers-grand-est/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://resistance.grandest.fr/aides</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour vous aider à créer votre compte et faire votre demande en ligne, téléchargez le
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  Guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse de messagerie du service en charge du dispositif :
+ &lt;a href="mailto:beestentreprendre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  beestentreprendre&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c09-resistance-loyers-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>98862</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Créer, maintenir ou développer un service de proximité</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif de cette aide est d&amp;#039;assurer la création, le maintien ou le développement d&amp;#039;un service nécessaire à la
+ satisfaction de la population en milieu rural, lorsque l&amp;#039;initiative privée est défaillante
+ ou insuffisante.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités concernées sont les services suivants : commerce de bouche,
+ épicerie, multiservices, bar-café, station-service, restaurants et distributeurs
+ bancaires lorsque l&amp;#039;essentiel de leurs prestations s&amp;#039;adresse à la population locale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer dans une commune de moins de 3.500 habitants.
  &lt;br /&gt;
-&lt;p&gt;
- Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  construction et aménagement de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements extérieurs hors plantations et éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  matériel immobilier par destination (four, chambre froide...) nécessaire à
+   l&amp;#039;exercice normal du métier
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobilier, matériel informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  achat de consommables
+ &lt;/li&gt;
+ &lt;li&gt;
+  prix du terrain non bâti et frais de notaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  achat du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection des dossiers :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation d&amp;#039;un plan d&amp;#039;action et d&amp;#039;un budget prévisionnel sur 3 ans permettant
+   d&amp;#039;évaluer la viabilité de l&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Absence d&amp;#039;initiative privée au sein de la même commune sur le même type
+   d&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démarches engagées pour la location-gérance du futur service ou possibilité de
+   l&amp;#039;assurer par un agent public identifié
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche des cofinancements Région et/ou Etat et/ou Europe (FEADER ou
+   FEDER notamment)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/services-de-proximite</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Aménagement Durable / Direction Appui aux Collectivités Territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Maryvonne Bedos, Secrétaire de direction
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:maryvonne.bedos&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  maryvonne.bedos&amp;#64;aude.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.64.82
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
-[...54 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dea4-creer-maintenir-ou-developper-un-service-de-p/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G39" s="1" t="inlineStr">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>103472</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Aménager et équiper des cafés musicaux et culturels</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Investissement culturel - Aide à l’aménagement et à l'équipement des cafés musicaux et culturels</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
-[...2 lines deleted...]
-      <c r="H39" s="1" t="inlineStr">
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
-[...15 lines deleted...]
- Le classement des financements départementaux s&amp;#039;établit selon la reconnaissance ou non par l&amp;#039;Etat et la Région, les jauges de chaque salle et par la mise en place d&amp;#039;une programmation professionnelle régulière soit plus d&amp;#039;1 spectacle professionnel par mois acheté par le lieu lui-même (pas de simple mise à disposition d&amp;#039;espace).
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif de soutien s&amp;#039;adresse aux cafés situés en Île-de-France, proposant une programmation musicale et culturelle, qui souhaitent faire des travaux d&amp;#039;aménagement ou des acquisitions d&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les établissements situés en grande couronne ou dans des zones rurales ou périurbaines, ou dans des villes de moins de 20 000 habitants, seront prioritairement soutenus.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux et montant de l&amp;#039;aide : L&amp;#039;aide prend la forme d&amp;#039;une subvention en investissement. La région peut intervenir jusqu&amp;#039;à 70% de votre budget d&amp;#039;investissement, dans la limite de 50 000€ de dépenses éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif permet de soutenir les projets d&amp;#039;aménagements, de travaux ou d&amp;#039;équipements pour des cafés musicaux et culturels dont le classement ERP correspond à la qualification N ou L, de catégories IV et V (jauges inférieures à 300 places), relevant notamment de la convention collective des HCR (Hôtels, Cafés et Restaurants), et justifiant d&amp;#039;une programmation artistique et culturelle (concerts, spectacles...) réalisée dans des conditions professionnelles, dans le respect des règlementations en vigueur, notamment sur les plans sociaux (emploi des artistes via le GUSO ou en lien avec le GIP cafés culture) et de la sécurité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires : Ce dispositif de soutien s&amp;#039;adresse à toutes personnes morales de droit public ou privé, ayant leur siège social et leur activité en Ile-de-France et justifiant d&amp;#039;au moins un an d&amp;#039;existence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires concernés devront justifier d&amp;#039;une aide à l&amp;#039;emploi du GIP Cafés cultures dont la Région Ile-de-France est membre
+ , ou bien du respect des règlementations en vigueur notamment en ce qui concerne les conditions de rémunération des artistes.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projet est permanent. Nous vous remercions de nous contacter par mail avant de déposer votre demande. Les dossiers seront instruits uniquement de manière dématérialisée.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande devra obligatoirement comporter :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Scène nationale
-[...14 lines deleted...]
-  Scènes à résonnance départementale – lieu qui n&amp;#039;est pas financé par l&amp;#039;Etat / la Région mais reconnu d&amp;#039;intérêt départemental (zone rurale ou quartier sensible) proposant une programmation d&amp;#039;au moins 1 spectacle professionnel par mois soumis à billetterie proposée par un référent professionnel
+  Un courrier officiel de demande de subvention daté et motivé, adressé à la Présidente du Conseil Régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une description de votre programmation culturelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le descriptif détaillé des travaux (plans et surfaces) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le budget prévisionnel de l&amp;#039;opération (dépenses détaillées lot par lot / recettes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;autorisation d&amp;#039;effectuer les travaux, dans le cas où le maître d&amp;#039;ouvrage n&amp;#039;est pas le propriétaire du bâtiment ou du terrain, et la copie du bail s&amp;#039;il y a lieu ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;attestation de non commencement des travaux avant le vote de la subvention ou la demande motivée de démarrage anticipée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;attestation concernant l&amp;#039;assujettissement à la TVA* ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bilans et comptes de résultat du dernier exercice ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La charte régionale des valeurs de la république et de la laïcité signée, uniquement pour les structures privées* ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La lettre d&amp;#039;engagement concernant l&amp;#039;accueil de stagiaires dans le cadre de la mesure « 100 000 stages pour les jeunes franciliens »* ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le RIB de la structure ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...195 lines deleted...]
- Nota : bien qu&amp;#039;inscrits sur ce dispositif, ces éléments ne concernent pas les scènes Musiques Actuelles ni la Maison Maria Casarès
+ Des modèles pour les documents suivis d&amp;#039;un astérisque sont téléchargeables sur le site de la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
-[...92 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T39" s="1" t="inlineStr">
-[...49 lines deleted...]
-  Consulter l&amp;#039; éco-charte
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-lamenagement-et-lequipement-des-cafes-musicaux-et-culturels</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christine Vacher :
+ &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+  christine.vacher&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les demandes doivent être faites sur la plateforme dédiée de la Région :
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b457-investissement-culturel-aide-a-lamenagement-e/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G40" s="1" t="inlineStr">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>104542</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Revitaliser votre centre-bourg : améliorer l'offre de logement et l'accès aux services et aux activités marchandes.</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Fonds régional de reconquête des centres-villes des villes moyennes et des centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
-[...2 lines deleted...]
-      <c r="H40" s="1" t="inlineStr">
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K40" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de subvention par projet : 20 000 € étude 200 000€ investissement</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
-[...8 lines deleted...]
- Aide aux équipements mobiliers : dépense éligible de 5 000 € HT maximum.
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conforter leur rôle de centralité des villes moyennes, renforcer le maillage du territoire et leur permettre de faire face à des enjeux démographiques, économiques ou sociaux à venir.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est destinée à soutenir les communes ayant un rôle de centralité souhaitant revitaliser leur centre-bourg dans le but d&amp;#039;y améliorer l&amp;#039;offre de logement et l&amp;#039;accès aux services et aux activités marchandes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent les études stratégiques de revitalisation de centres bourgs ainsi que les investissements concernant des opérations de reconquête de centres bourgs;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exigences énergétiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations de rénovation de bâtiments : gain de 40% minimum d&amp;#039;énergie primaires par rapport à la situation avant travaux et atteinte de la classe C minimum pour les bâtiments à usage de logements;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations de constructions de bâtiments : atteinte du niveau passif minimum;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration de 4 critères de développement durable pour les opérations de construction et pour les opérations de réhabilitation parmi les dix critères listés dans le règlement d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>13/11/2020</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Liste des communes éligibles :
+ &lt;a href="https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs" rel="noopener" target="_blank"&gt;
+  https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt se fera par voie postale à :
+ &lt;br /&gt;
+ Mme la Présidente de la Région des Pays de la Loire
+ &lt;br /&gt;
+ Hôtel de Région
+ &lt;br /&gt;
+ 1, rue de la Loire
+ &lt;br /&gt;
+ 44 966 NANTES CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier devra comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coordonnées du maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coordonnées du gestionnaire de l&amp;#039;équipement concerné
+ &lt;/li&gt;
+ &lt;li&gt;
+  La présentation détaillée du projet (intitulé, descriptif, objectifs, etc.) de type avant-projet sommaire (APS)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les engagements du niveau de performance énergétique envisagé et critères de développement durable retenus ou étude thermique préalable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le budget prévisionnel de l&amp;#039;opération et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les loyers ou redevances qui seront exigés des occupants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les décisions de financement Etat (ou délégataire), les agréments règlementaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le calendrier prévisionnel des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération du porteur de projet approuvant le programme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des territoires et de la ruralité
+ &lt;br /&gt;
+ Service Relations aux collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Loire-Atlantique
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Tanguy RIOU
+ &lt;br /&gt;
+ Tél. 02 28 20 62 86
+ &lt;br /&gt;
+ tanguy.riou&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maine-et-Loire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Christelle Touchais-Pinon
+ &lt;br /&gt;
+ Tél. 02 41 68 70 78
+ &lt;br /&gt;
+ Christelle.TOUCHAIS-PINON&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mayenne
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dominique Chanteau-Nogues
+ &lt;br /&gt;
+ Tél. 02 43 67 22 80
+ &lt;br /&gt;
+ Dominique.CHANTEAU-NOGUES&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sarthe
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dominique Chanteau-Nogues
+ &lt;br /&gt;
+ Tél. 02 43 67 22 80
+ &lt;br /&gt;
+ dominique.chanteau-nogues&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vendée
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Tanguy RIOU
+ &lt;br /&gt;
+ Tél. 02 28 20 62 86
+ &lt;br /&gt;
+ tanguy.riou&amp;#64;paysdelaloire.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
-[...2 lines deleted...]
-Equipement public
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c9e-fonds-regional-de-reconquete-des-centres-vill/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>111625</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Revitaliser les commerces du territoire</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Ruralité</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>50% ou 70% maximum des dépenses HT selon la catégorie</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la revitalisation commerciale du territoire, pour des études et prestations d&amp;#039;ingénierie, et des dépenses d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes et prestations d&amp;#039;ingénierie : 70% maximum des dépenses HT, plafonné à 15.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Autres dépenses d&amp;#039;investissement : 50% maximum des dépenses HT, plafonné à 150.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-PART-005 (CP du 16/01/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes (118) et Intercommunalités (6) en périmètre de la ruralité en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68bd-revitaliser-les-commerces-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>128230</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la redynamisation du commerce et de l'artisanat dans les territoires fragiles</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de restructuration des locaux d’activité</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>appliqué au déficit des opérations de restructuration immobilière</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce fonds vise à faciliter la réalisation de projets immobiliers 
+structurants, menés par des opérateurs qualifiés ou des collectivités 
+locales en contribuant au financement des déficits pour permettre 
+la réalisation de ces opérations dans les territoires identifiés pour 
+leur fragilité. En effet, les projets de restructuration du tissu 
+commercial, artisanal et de service sont des opérations lourdes et 
+complexes qui renchérissent les coûts et génèrent des déficits 
+justifiant souvent la mobilisation d’une subvention d’équilibre.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/projets&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une localisation dans une zone géographique à redynamiser en priorité, le cas échéant adossé à un cadre partenarial clair et structuré (ORT)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une inscription dans une stratégie globale d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une demande émanant d&amp;#039;un établissement commercial ou public, quel que soit son statut...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet socio économiquement viable, mais dont la rentabilité est insuffisante en l&amp;#039;absence de subvention d&amp;#039;équilibre pour permettre l&amp;#039;implication d&amp;#039;opérateurs privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet conforme aux objectifs de lutte contre l&amp;#039;artificialisation des sols et de performance énergétique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/le-fonds-de-restructuration-des-locaux-d-activite</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://fondscommerce.anct.gouv.fr/account-management/anct-demandeurs/ux/#/login?redirectTo=https:%2F%2Ffondscommerce.anct.gouv.fr%2Faides%2F%23%2Fanct%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-anct-portail-depot-demande-aides&amp;footer=https:%2F%2Ffondscommer</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande de renseignements concernant les conditions et modalités doit être adressée à l&amp;#039;adresse :
+ fondscommerces&amp;#64;anct.gouv.fr&lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>christelle.breem@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5273-accelerer-la-redynamisation-du-commerce-et-de/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>128231</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le commerce rural</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>France Ruralités</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;En réponse au constat de perte
+d’attractivité commerciale de certains territoires principalement ruraux
+(d’après l’Insee, en 2021, plus de 21 000 communes ne disposaient d’aucun
+commerce, soit 62 % contre 25 %, en 1980), le Gouvernement a créé en mars 2023
+un dispositif national d’accompagnement à l’installation en milieu rural doté,
+à ce jour, de 16,5M€.&lt;/p&gt;
+&lt;p&gt;Ce fonds, financé par le Ministère de
+l’Économie, des Finances et de la Souveraineté industrielle et numérique, est géré par l&amp;#039;Agence Nationale de la Cohésion des Territoires en partenariat avec la Direction Générale des Entreprises. &lt;/p&gt;&lt;p&gt;Il s’adresse à des porteurs
+de projets publics (collectivités), parapublics ou privés (SCIC, exploitants)
+et apporte un soutien indispensable à l’installation en ruralité de commerces
+sédentaires multi-services et itinérants permettant de desservir plusieurs
+communes rurales, avec des aides à l’investissement pouvant aller jusqu’à 80
+000 € par projet. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets privés devront obligatoirement disposer de l&amp;#039;appui de la collectivité territoriale d&amp;#039;implantation du commerce et démontrer leur capacité à mener à bien leur projet d&amp;#039;implantation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/le-fonds-de-soutien-au-commerce-rural</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://fondscommerce.anct.gouv.fr/account-management/anct-demandeurs/ux/#/login?redirectTo=https:%2F%2Ffondscommerce.anct.gouv.fr%2Faides%2F%23%2Fanct%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-anct-portail-depot-demande-aides&amp;footer=https:%2F%2Ffondscommer</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande de renseignements concernant les conditions et modalités doit être adressée à l&amp;#039;adresse : fondscommerces&amp;#64;anct.gouv.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>christelle.breem@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/42bf-soutenir-le-commerce-rural/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>128234</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser son commerce</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>MODCOM</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Ouest Aveyron Communauté</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>En fonction de la localisation géographique de l'entreprise</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectif
+&lt;/p&gt;
+&lt;p&gt;
+ • Faciliter l&amp;#039;implantation et l&amp;#039;ancrage des activités commerciales et artisanales dans les centres-villes et villages du territoire, en
+&lt;/p&gt;
+&lt;p&gt;
+ accompagnant les entreprises dans leurs efforts de développement et de modernisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 55 boutiques dans tout le territoire dont: traiteur Bach, restaurants Gaia, l&amp;#039;Estaminet et le Glacier, D-Cycles, Corentin Coiffure, garage LV Auto, Agence Tops Immo, Institut Bulle de Bien-ëtre, etc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les entreprises éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles toutes les formes d&amp;#039;entreprises exerçant une activité de vente et / ou de transformation. Une liste de code APE annexée au règlement d&amp;#039;intervention détaille les secteurs éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les opérations d&amp;#039;un montant minimal de dépenses éligibles de 4000 € HT liées uniquement à un investissement immobilier (hors matériels et équipements).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>CC Ouest Aveyron Communauté</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ouestaveyron.fr/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouest Aveyron Développement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>mylene.norotte@ouestaveyron.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/57df-aide-a-la-modernisation-des-commerces/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>140794</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement économique, à l’attractivité et à l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de commerce et d'industrie (CCI) des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : réalisation de diagnostics de l&amp;#039;appareil commercial, et de diagnostics économiques (études, plan d&amp;#039;actions, recueil en concertation avec les acteurs locaux...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : animation de territoire (mise en réseau d&amp;#039;entreprises, développement de l&amp;#039;attractivité du territoire et des liens entre tous les acteurs économiques du territoire...) et animation d&amp;#039;associations de commerçants, et d&amp;#039;entreprises de ZA, appui à la dynamisation des centres-villes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : réalisation d&amp;#039;études commerciales et de marchés, développement des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;un diagnostic commercial : élaborer un état des lieux fiable et précis sur le tissu commercial, formuler des préconisations de développement et proposer des enrichissements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;étude d&amp;#039;implantation commerciale : faciliter les prises de décisions en matière d&amp;#039;aménagement, d&amp;#039;implantation et de dynamisme commercial à partir d&amp;#039;une approche marché personnalisée, et informer sur les accompagnements complémentaires proposés par la CCI (accompagnement du porteur de projet dans le montage du dossier...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un hôtel d&amp;#039;entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les collectivités, la CCI intervient en tant que prestataire, via la signature de contrats de prestation rémunérés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>http://www.digne.cci.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 60 bd Gassendi 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 80 80 (Digne-les-Bains)
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 72 31 52 (Manosque)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:accueil&amp;#64;digne.cci.fr" target="_self"&gt;
+  accueil&amp;#64;digne.cci.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/97a1-contribuer-au-developpement-economique-a-latt/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>144501</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir le tissu économique de proximité dans les zones rurales</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 250 000 € HT</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide financière aux opérations d&amp;#039;investissement en faveur des entreprises de services marchands nécessaires aux besoins de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Application d&amp;#039;un Coefficient de Solidarité Départemental pour les opérations d&amp;#039;investissement dont la maîtrise d&amp;#039;ouvrage est assurée par une commune, un Établissement Public de Coopération Intercommunal à fiscalité propre ou un Groupement de Communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est issue du règlement du Fonds de Développement et d&amp;#039;Aménagement Local (FDAL).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le financement du projet ne doit pas dépasser 80% d&amp;#039;aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra comporter : un courrier sollicitant la subvention du Conseil Départemental, une note explicative présentant un plan de financement, un dossier technique.Les pièces suivantes devront également impérativement êtres fournies :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une étude démontrant la viabilité économique du projet et l&amp;#039;absence de distorsion de concurrence ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une attestation par le maître d&amp;#039;ouvrage de la défaillance ou de l&amp;#039;absence d&amp;#039;initiative privée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6040-maintenir-le-tissu-economique-de-proximite-da/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>148160</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Aider au développement des commerces de proximité avec point de vente</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Aide au développement des commerces de proximité avec point de vente</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes Ambert Livradois Forez</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif d&amp;#039;aide financière est destiné à aider les petites entreprises du commerce ou de l&amp;#039;artisanat de proximité à s&amp;#039;installer ou se développer dans un point de vente accessible au public, dans un objectif de revitalisation commerciale des centres-villes et bourgs-centres.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À QUI S&amp;#039;ADRESSE LE DISPOSITIF ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les commerces de proximité avec un point de vente. Un point de vente ou magasin, est un établissement de vente au détail, avec un espace dédié dans le local d&amp;#039;accueil classé en Etablissement Recevant du Public. Il doit pouvoir accueillir la clientèle de l&amp;#039;entreprise et disposer d&amp;#039;une vitrine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le commerce de proximité se compose de commerces de quotidienneté, dans lesquels le consommateur se rend fréquemment, voire quotidiennement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces alimentaires spécialisés (boulangeries-pâtisseries, boucheries charcuteries, poissonneries...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les alimentations générales, les supérettes, les commerces sur éventaires et marchés, les traiteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cafés, bars, tabacs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces de détail (livres, journaux, papeterie, habillement, chaussures, bricolage, maroquinerie, parfumerie, opticien, bijouterie/horlogerie, meubles, articles de sport/loisir, fleuriste) ;
+ &lt;/li&gt;&lt;li&gt;Les garages ; &lt;/li&gt;
+ &lt;li&gt;
+  Les laveries, blanchisseries, teintureries de détail, couturiers, cordonniers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les distributeurs de carburant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les soins de beauté : instituts de beauté, salons de coiffure/barbiers, ongleries ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les activités récréatives et de loisir (salles de sport: remise en forme, ateliers de travaux créatifs, carrousels, escape-game, activités pour enfants, ..) avec au cas par cas une dérogation au critère de plafond de la surface commerciale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La restauration traditionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les pharmacies; &lt;/li&gt;&lt;li&gt;Les nouveaux modes de distribution de produits agricoles locaux (casiers et distributeurs);&lt;/li&gt;&lt;li&gt;Les entreprises labellisées Point relais La Poste, en zone rurale (moins de 2 000 habitants) et dans les quartiers politique de la ville, et qui font l&amp;#039;objet d&amp;#039;un conventionnement avec le Groupe La Poste, au titre de sa mission d&amp;#039;aménagement du territoire. &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;&lt;li&gt;Les entreprises de métiers d&amp;#039;art avec point de vente ;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Sont exclus :&lt;/p&gt;&lt;p&gt;- Les professions libérales (secteurs juridiques, santé, technique, cadre de vie, etc.), banques, assurances et courtiers, experts-comptables, agences immobilières, professions paramédicales (orthopédistes, prothésistes…), taxis/transports de personnes et marchandises/ambulanciers,&lt;/p&gt;&lt;p&gt;- Les activités non-sédentaires/ambulantes bénéficiant du dispositif de subvention à l’investissement spécifique de la Région,&lt;/p&gt;&lt;p&gt;- La restauration rapide,&lt;/p&gt;&lt;p&gt;- Les services à la personne, micro-crèches,&lt;/p&gt;
+&lt;p&gt;L’artisanat de production sans point de vente et les artisans du BTP (y compris avec un point de vente/showroom),&lt;/p&gt;&lt;p&gt;- Les établissements auxiliaires, tels que les entrepôts ou les bureaux d&amp;#039;entreprises commerciales, sans chiffre d&amp;#039;affaires propre,&lt;/p&gt;&lt;p&gt;- Les activités de pleine nature,&lt;/p&gt;&lt;p&gt;- L’hébergement marchand (hôtels, campings, etc.),&lt;/p&gt;&lt;p&gt;- Les maisons de santé.&lt;/p&gt;&lt;p&gt;Les projets pour lesquels une réponse existe dans une politique régionale sectorielle sont prioritairement orientés vers cette politique et il ne pourra pas y avoir de cumul de financement sur une même assiette d’investissements. A ce titre, il ne sera pas possible d’intervenir en complément de l’aide régionale spécifique au maintien des pharmacies même sur des assiettes différentes.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les projets innovants ou très différenciants par rapport à l’offre traditionnelle/présente seront examinés au cas par cas.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MONTANT DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet aux entreprises remplissant les critères de bénéficier d&amp;#039;un taux d&amp;#039;aide de 30 % grâce au cofinancement entre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La région Auvergne-Rhône Alpes , qui prend en charge 20 % des dépenses éligibles (25 % pour les entreprises labellisées Point Relais La Poste) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Communauté de communes Ambert Livradois Forez, qui prend en charge 10 % des dépenses éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles doit être compris entre 10 000 et 50 000 € HT.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une terrasse et d&amp;#039;un salon de thé à La Forie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un camion pour faire les marchés à Brousse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reprise d&amp;#039;un bar à Saint-Clément-de-Valorgue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un magasin de vélo à Ambert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reprise d&amp;#039;un bar restaurant à Saint-Amant-Roche-Savine
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les entreprises répondant aux conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les petites entreprises de moins de 10 salariés dont le CA n&amp;#039;excède pas 1 M€ et avec une surface du point de vente inférieure à 700 m2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En phase de création, de reprise ou de développement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indépendantes ou franchisées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrites au Registre du Commerce et des Sociétés (RCS) ou au Répertoire des Métiers, ou relevant de la liste des entreprises de métiers d&amp;#039;art reconnues par l&amp;#039;arrêté du 24 décembre 2015 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  À jour de leurs cotisations sociales et fiscales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;établissement aidé est situé sur le territoire Auvergne-Rhône-Alpes.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Territoires éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’établissement concerné par l’investissement sera situé sur le territoire Auvergne-Rhône-Alpes.&lt;/p&gt;&lt;p&gt;Les secteurs géographiques éligibles sont :&lt;/p&gt;&lt;p&gt;- Type de communes : communes de moins de 100 000 habitants et Quartiers Politique de la Ville dans les communes de plus de 100 000 habitants.&lt;/p&gt;&lt;p&gt;- Sur le territoire des communes éligibles : prioritairement les centres-villes, bourgs-centres.&lt;/p&gt;&lt;p&gt;Sont exclues :&lt;/p&gt;&lt;p&gt;- Les galeries commerciales dans le cadre ou accolées à une grande et moyenne surface (GMS) sauf dans les quartiers politique de la ville,&lt;/p&gt;&lt;p&gt;- Les zones industrielles, commerciales et artisanales de périphérie.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  PRÉSENTATION DES OPÉRATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit concerner des investissements de rénovation des locaux, d&amp;#039;équipements destinés à assurer la sécurité du local, d&amp;#039;investissements matériels neufs ou d&amp;#039;occasion (sous les réserves d&amp;#039;un acte authentifiant la vente, qu&amp;#039;ils soient sous garantie du vendeur et que le vendeur atteste par écrit que le matériel n&amp;#039;a jamais été subventionné.)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Sont éligibles les investissements liés à l’installation ou la rénovation du point de vente, neufs ou d’occasion (sous réserve qu’ils soient acquis auprès de professionnels, sous garantie du vendeur et que le vendeur atteste par écrit que le matériel n’a jamais été subventionné) :&lt;/p&gt;&lt;p&gt;- Les investissements d’optimisation énergétique : isolation, éclairage, chauffage, acquisition de matériels et équipements en remplacement de matériels très consommateurs d’énergie, acquisition de matériels utilisant les énergies renouvelables (à l’exclusion de l’éolien) visant l’autoconsommation, bornes de chargement de voitures électriques, etc. ;&lt;/p&gt;&lt;p&gt;- Les investissements destinés à assurer la sécurité du local (caméras, rideaux métalliques, systèmes d’alarmes, etc.) ;&lt;/p&gt;&lt;p&gt;- Les investissements liés au numérique (équipements informatiques/numériques et sites marchands) ;&lt;/p&gt;&lt;p&gt;- Les investissements liés à la prise en compte du handicap (ex : rampe d’accès y compris gros-oeuvre) ;&lt;/p&gt;&lt;p&gt;- Les autres investissements :&lt;/p&gt;&lt;p&gt;- Les investissements de rénovation : vitrines, mise en accessibilité du local, façades, enseignes, décoration, aménagement intérieur, etc. ;&lt;/p&gt;&lt;p&gt;L’aménagement de terrasses et pergolas pour les entreprises relevant prioritairement des secteurs de la restauration, des cafés, des bars-tabacs ;&lt;/p&gt;&lt;p&gt;- Les investissements permettant l’organisation de points de retrait de produits (drive…) ;&lt;/p&gt;&lt;p&gt;- Les investissements matériels : matériels professionnels spécifiques, mobilier, , véhicules utilitaires de livraison et de tournée pour les commerçants sédentaires, etc.&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES NON ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Ne sont pas éligibles les dépenses suivantes :&lt;/p&gt;&lt;p&gt;- L’acquisition de fonds de commerce, de locaux, de terrains ;&lt;/p&gt;&lt;p&gt;- En cas de reprise d’entreprise, le rachat du mobilier, du matériel professionnel et de l’enseigne. Seuls sont éligibles les nouveaux investissements ;&lt;/p&gt;&lt;p&gt;- Les dépenses financées par un crédit-bail ou sous forme de leasing (ou location avec option d’achat, ou location longue durée) ;&lt;/p&gt;&lt;p&gt;- Les véhicules utilitaires non liés à un point de vente (dépanneuse, véhicule de transport utilisé pour les achats, etc.) ;&lt;/p&gt;&lt;p&gt;- Les coûts de main d’oeuvre relatifs aux travaux réalisés par l’entreprise pour elle-même ;&lt;/p&gt;&lt;p&gt;- Les investissements immobiliers (gros-oeuvre, parking, extension de bâtiments, etc.) ;&lt;/p&gt;&lt;p&gt;- L’acquisition de bungalows, Algeco, containers, yourtes, afin d’en faire le point de vente ;&lt;/p&gt;&lt;p&gt;- Le matériel d’exposition (showroom) ou la constitution du stock ;&lt;/p&gt;&lt;p&gt;- Les supports et les prestations intellectuelles de communication consommables (plaquettes, flyers, cartes de visite, etc.) ;&lt;/p&gt;&lt;p&gt;- Les frais de maîtrise d’oeuvre, de déménagement, de stockage durant les travaux, les frais d’étude ;&lt;/p&gt;&lt;p&gt;- L’achat de consommables et petit matériel (nappes, couverts, vêtements professionnels, bigoudis, serviettes, brosses, vélos pour un loueur de vélos, etc.) ;&lt;/p&gt;&lt;p&gt;- Les aménagements/équipements de locaux attenants au domicile sans entrée indépendante pour la clientèle.&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>CC Ambert Livradois Forez</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ambertlivradoisforez.fr/un-territoire-pour-entreprendre/aides-et-accompagnement/porteurs-de-projets/</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.auvergnerhonealpes.fr/account-management/crauraprod-demandeurs/ux/#/login?redirectTo=https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fconnecte%2FF_ECO_TPE_FINV%2Fdepot%2Fsimple&amp;jwtKey=jwt-crauraprod-portail-depot-demande-</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande est à déposer depuis
+ &lt;a href="https://aides.auvergnerhonealpes.fr/account-management/crauraprod-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fconnecte%2FF_ECO_TPE_FINV%2Fdepot%2Fsimple&amp;amp;jwtKey&amp;#61;jwt-crauraprod-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fmentions-legales,Mentions%20l%C3%A9gales,_self;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fcontact-page,Contacter%20l&amp;#039;assistance%20technique,_self" target="_self"&gt;
+  le portail des aides de la Région
+ &lt;/a&gt;
+ (aide.tpecommerceartisanat&amp;#64;auvergnerhonealpes.fr)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations :
+&lt;/p&gt;
+&lt;p&gt;
+ Communauté de communes Ambert Livradois Forez
+&lt;/p&gt;
+&lt;p&gt;
+ Chloé SÈVE - chargée de mission attractivité territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;☎&lt;/span&gt;
+ : 07.86.54.20.24 - 04.73.72.71.40
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#64; : chloe.seve&amp;#64;ambertlivradoisforez.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>chloe.seve@ambertlivradoisforez.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/52cb-aide-au-developpement-des-commerces-de-proxim/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>155120</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre l'immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère)</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Dernier commerce de sa spécialité – boutique éphémère (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère).
+&lt;/p&gt;
+&lt;p&gt;
+ Une boutique éphémère, comme son nom l&amp;#039;indique, est un concept de point de vente temporaire qui &amp;#34;apparaît&amp;#34; pendant une courte période, de quelques heures à plusieurs mois, puis disparaît. L&amp;#039;entreprise devra signer un bail d&amp;#039;occupation précaire ou une convention d&amp;#039;occupation précaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 % ; déduction faite des loyers représentant de façon forfaitaire 20% du montant HT des travaux. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le dernier commerce :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   avis de la compagnie consulaire concernée (intérêt de l&amp;#039;opération, viabilité économique du projet, concurrence...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   identité du futur exploitant
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la boutique éphémère :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet communal d&amp;#039;animation-occupation de la boutique
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les deux types de projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   projet de bail ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les rénovations, document de diagnostic énergétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   pièces justifiant la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le service instructeur se réserve le droit de demander toute pièce complémentaire qu&amp;#039;il jugerait utile pour la bonne compréhension et l&amp;#039;analyse du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Commerces et services
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
-[...2 lines deleted...]
- Lieux d&amp;#039;accueil des PIJ BIJ.
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessaire d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les derniers commerces, la commune devra avoir identifié un futur exploitant
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les boutiques éphémères, la commune devra présenter le projet d&amp;#039;occupation-animation du lieu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), mise en place d&amp;#039;une offre de livraison à domicile, horaires d&amp;#039;ouverture élargis, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : étude d marché, études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés régie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non-collectif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/dernier-commerce-de-sa-specialite-boutique-ephemere-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.97.41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1245-dernier-commerce-de-sa-specialite-boutique-ep/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>156155</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le commerce rural de proximité</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>COMMERCE RURAL DE PROXIMITÉ</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financer des opérations d&amp;#039;investissement en faveur des entreprises de services marchands (multiservices, alimentation générale, commerces de bouche...) nécessaires aux besoins de la population en milieu rural dont la maîtrise d&amp;#039;ouvrage est assurée par des communes ou des établissements publics de coopération intercommunale à fiscalité propre (EPCI), conformément à l&amp;#039;article L 1111-10 du Code général des collectivités territoriales (CGCT).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Alimentation
+Commerces et services
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes figurant sur la liste des communes rurales fixée par l&amp;#039;arrêté préfectoral en vigueur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de communes sous réserve que le projet concerné se situe dans un périmètre communal éligible
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement réalisées par une commune ou un EPCI visant à créer, recréer ou maintenir une activité commerciale de proximité : acquisition de locaux, construction, démolition, extension, réhabilitation, aménagements...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements de base nécessaires à l&amp;#039;activité de l&amp;#039;entreprise exploitante mis à disposition par la collectivité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de mise en accessibilité à condition que leur coût soit inférieur à 50 % du coût total HT du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études et honoraires directement liés à l&amp;#039;opération (diagnostics, architectes, assistance à maîtrise d&amp;#039;ouvrage...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide inclut également l&amp;#039;accompagnement du maître d&amp;#039;ouvrage sous la forme d&amp;#039;une étude d&amp;#039;opportunité et de faisabilité économique réalisée dans le cadre d&amp;#039;un conventionnement entre le Département et le réseau consulaire des chambres de commerce et d&amp;#039;industrie (CCI), lequel pourra le cas échéant également contribuer à la recherche du futur professionnel occupant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 10.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 200.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/commerce-rural-de-proximite/</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
  Email :
- &lt;a href="mailto:education&amp;#64;landes.fr" target="_self"&gt;
-  education&amp;#64;landes.fr
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/54bc-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E41" s="1" t="inlineStr">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>162466</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Mener une opération collective de modernisation de l’artisanat, du commerce et des services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Opération collective de modernisation de l’artisanat, du commerce et des services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NATURE DES PROJETS ÉLIGIBLES&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles tout artisan et commerçant sédentaire inscrit au Registre national des entreprises (RNE), en société ou en nom propre ou en association (sous condition) et œuvrant dans les secteurs de l’artisanat, la petite industrie, le commerce et l’économie sociale et solidaire.&lt;/p&gt;&lt;p&gt;A contrario, les commerces non sédentaires ou éphémères, les professions libérales ne sont pas éligibles au dispositif.&lt;/p&gt;&lt;p&gt;La liste précise des destinataires éligibles sera définie dans le cadre de chaque règlement d’attribution.Toutes Opérations Collectives de Modernisation de l’Artisanat, du Commerce et des Services (OCMACS) permettant d’agir sur la dynamique de l’artisanat et du commerce de proximité dans le cadre d’un programme local d’intervention destiné à aider les entreprises à réaliser des investissements de modernisation de leurs activités.&lt;/p&gt;&lt;p&gt;L’aide départementale est versée au bénéficiaire pour alimenter un fonds d’intervention destiné au soutien des entreprises souhaitant réaliser des investissements de modernisation de leurs établissements. Ces programmes d’intervention ont une durée minimale de 3 ans pouvant être éventuellement prolongés dans le cadre de la revoyure des contrats de territoire Manche avec une durée maximale totale de 4 ans.&lt;/p&gt;&lt;p&gt;Le programme d’intervention devra intégrer le dispositif régional relatif à l’aide aux commerces des territoires.&lt;/p&gt;&lt;p&gt;Dans ce cadre, l’intervention du Département est envisageable selon les modalités suivantes :&lt;/p&gt;&lt;p&gt;- le bénéficiaire met en place une OCM intégrant également les commerces hors centre commerçant et/ou ne comprenant pas de devanture commerciale : l’aide départementale serait doublée par rapport à la participation de l’EPCI (« 2 pour 1 ») et serait plafonnée à 200 000 €, sous condition que la part de l’EPCI soit obligatoirement fléchée sur des bénéficiaires non éligibles au dispositif régional, à savoir sur les commerces hors centre commerçant et/ou ne comprenant pas de devanture commerciale.&lt;/p&gt;&lt;p&gt;Le Département veillera à ce que le taux d’intervention retenu soit le même pour l’ensemble des entreprises éligibles au titre de l’OCM (pas de différentiation de taux entre les entreprises éligibles au dispositif régional et celles éligibles au dispositif départemental).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITÉS FINANCIÈRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Participation du Conseil départemental en fonction du programme d’intervention retenu conformément à la présente fiche.&lt;/p&gt;&lt;p&gt;L’aide départementale n’est pas cumulable avec d’autres dispositifs départementaux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIÈCES À FOURNIR&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Note d’opportunité permettant une évaluation du potentiel de dossiers sur le territoire concerné.&lt;/li&gt;&lt;li&gt;Projet de règlement d’attribution des aides pour avis préalable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le service instructeur se réserve le droit de demander toute pièce complémentaire qu’il jugerait utile pour la bonne compréhension et l’analyse du projet ainsi que pour sa bonne articulation avec les autres dispositifs départementaux à destination des entreprises.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Accessibilité
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BÉNÉFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;EPCI à fiscalité propre&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les destinataires finaux devront respecter la réglementation en vigueur qui leur est applicable, notamment en matière environnementale et de performance énergétique des bâtiments ainsi qu’en matière d’accessibilité des établissements recevant du public.&lt;/p&gt;&lt;p&gt;Les destinataires finaux devront s’engager dans une démarche vertueuse en matière environnementale et de gestion des énergies (sobriété énergétique, matériaux de qualité, maitrise des fluides) conformément aux critères définis par la Région.&lt;/p&gt;&lt;p&gt;Deux aides maximum pourront être mobilisées par destinataire final sur la durée du programme d’intervention. Les aides ne pourront pas être fléchées sur les mêmes dépenses.&lt;/p&gt;&lt;p&gt;Les règlements d’attribution sont établis par le bénéficiaire de l’aide départementale (EPCI ou PETR).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La modernisation des locaux d’activité et le renouvellement d’équipements professionnels dans un but de soutien ou de développement des activités, d’amélioration de la performance énergétique et d’élargissement de l’usage numérique,&lt;/li&gt;&lt;li&gt;Les opérations liées au développement du numérique ayant pour but d’accélérer, faciliter et/ou développer leur activité,&lt;/li&gt;&lt;li&gt;La rénovation des vitrines et enseignes,&lt;/li&gt;&lt;li&gt;La sécurisation et l’accessibilité à tous les publics,&lt;/li&gt;&lt;li&gt;L’aménagement des véhicules de tournée (hors coût d’acquisition).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Sont exclus des dépenses éligibles :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais d’acquisition de locaux, de construction et d’extension de locaux ;&lt;/li&gt;&lt;li&gt;Les achats de fonds de commerce reprise de bail ou de pas-de-porte ;&lt;/li&gt;&lt;li&gt;Les travaux relatifs aux logements des exploitants ;&lt;/li&gt;&lt;li&gt;Les dépenses courantes ou de simple renouvellement de matériel ;&lt;/li&gt;&lt;li&gt;Les dépenses directement liées à la demande d’un franchiseur ;&lt;/li&gt;&lt;li&gt;Les travaux réalisés en auto-construction (matériaux et main d’œuvre) ;&lt;/li&gt;&lt;li&gt;Les travaux de parkings et de distributeurs automatiques ;&lt;/li&gt;&lt;li&gt;Les investissements financés par crédit-bail ou SCI&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/operation-collective-de-modernisation-de-lartisanat-du-commerce-et-des-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de contact : &lt;a target="_self"&gt;https://www.manche.fr/contacter-le-departement/  02.33.05.97.41&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/operation-collective-de-modernisation-de-lartisanat-du-commerce-et-des-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>163028</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier l'offre de services des pôles de proximité pour accroître leur vitalité</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Diversifier l'offre de services des pôles de proximité pour accroître leur vitalité</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Accompagner l’émergence de nouvelles de service accessibles et adaptées aux usagers du territoire&lt;/h2&gt;&lt;h4&gt;OBJECTIF STRATEGIQUE : Innover pour redynamiser les pôles de proximité à travers de nouveaux services&lt;/h4&gt;&lt;h4&gt;Soutien au premier/dernier commerce, aux lieux polyvalents, aux lieux collectifs d’innovation, aux espaces partagés&lt;/h4&gt;&lt;p&gt;En complémentarité avec les dispositifs existants, il va s’agir de favoriser l’émergence de projets innovants par la mobilisation des réseaux, par un travail de soutien à des porteurs de projets, par l’appui à une ingénierie amont capable de garantir l’opportunité, la faisabilité, la viabilité et l’innovation des projets. Dans un objectif de sobriété, il est indispensable de travailler sur les mutualisations et les intensifications des usages. Par ailleurs, l’espace public doit, lui aussi, être pensé comme un lieu d’échanges et de services : les expérimentations visant à mieux concilier les usages, à favoriser l’adaptation aux différentes générations, à des conceptions plus innovantes et résilientes seront ainsi promues et soutenues.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des évolutions sociétales, des besoins spécifiques en particulier auprès de la jeunesse&lt;/h4&gt;&lt;p&gt;En collaboration avec les associations et avec les acteurs qui interviennent auprès de la jeunesse, le GAL pourra favoriser et soutenir des démarches d’animation visant la co-construction d’actions et de projet avec les jeunes sur des sujets du quotidien importants pour eux : mobilité, prévention-santé, pratiques culturelles et sportives libres, emploi et formation, engagement citoyen (en lien avec l’objectif 3.3.). L’innovation doit permettre d’aller plus vers les jeunes notamment celles et ceux les plus éloignés des services. La valorisation des talents locaux, des témoignages sur des engagements de jeunes et sur des expériences originales sont également des pistes à travailler. Enfin une attention particulière sera à porter à la culture de l’égalité des genres auprès des jeunes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Soutien aux nouveaux modes d’entreprendre et à l’ingénierie de projet &lt;/h4&gt;&lt;p&gt;Les porteurs de projets, les créateurs et les personnes en souhait de reconversion professionnels sont nombreux et ils souhaitent, de plus en plus, inscrire leur démarche dans la prise en compte des grandes transitions écologiques, numériques et sociales. Les nouveaux modes d’entreprendre (par des structures nouvelles ou traditionnelles, en individuel ou en collectif) se développent : nouveaux modes managériaux et contractuels, force des démarches de RSE, entreprise citoyenne, nouvelle organisation du travail, recours aux nouvelles technologies (DATA, IA…) … Mais les porteurs de projets ont besoin d’être informés, orientés, accompagnés et formés à ces nouveaux modes entrepreneuriaux.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Promotion des nouvelles formes d’habitat (coliving, béguinages, temporaires...)&lt;/h4&gt;&lt;p&gt;Le GAL pourra soutenir la recherche des potentiels et la faisabilité de nouvelles formes d’habitat sur le territoire. Des solutions innovantes et adaptées devront être recherchées pour les communes rurales pour lesquelles il est souvent plus difficile de trouver des modèles économiques viables du fait de la petite taille des opérations.&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Soutenir l’implication citoyenne&lt;/h3&gt;&lt;h4&gt;Accompagnement aux réflexions sur la maîtrise d’usage et les mutualisations d’usages&lt;/h4&gt;&lt;p&gt;Des démarches d’implication citoyenne de participation existent sur le territoire tant au niveau de la communauté d’agglomération que des communes (conseil consultatif, conseil de développement durable, conseil citoyen, plate-forme de démocratie participative, chantiers participatifs…). Mais au-delà des instances de gouvernance il semble nécessaire d’avancer plus loin dans l’engagement et l’implication citoyenne en donnant une place importante à la maitrise d’usage dans l’action publique. Aux côtes de la maitrise d’ouvrage et de la maitrise d’œuvre la maitrise d’usage doit trouver toute sa place pour faire gagner les projets en pertinence et en efficacité. Les projets Leader portés par le GAL devront chercher, autant que possible, à ce que les points de vue des usagers/bénéficiaires soient pris en compte. De façon innovante, les services et leurs liens avec l’espace public doivent permettre des approches et des conceptions s’appuyant sur le design des politiques publiques. D’une façon générale, il est essentiel de soutenir l’intelligence collective pour être un territoire apprenant et innovant, en mobilisant les forces vives et le capital humain/social du territoire. Enfin, c’est aussi la possibilité, par exemple, de s’appuyer sur les usagers/citoyens pour faire émerger et porter des projets par la mise en place d’un fonds d’initiatives citoyennes à l’échelle du GAL.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;h4&gt;Développement des projets participatifs ponctuels et les démarches d’intelligence collective&lt;/h4&gt;&lt;p&gt;Avec une finalité proche de celle de la prise en compte de la maîtrise d’usage il serait intéressant de soutenir des projets participatifs ponctuels, simples et sobres touchant à la vie quotidienne et/ou à son environnement de proximité et notamment auprès des jeunes. L’apprentissage de la citoyenneté passe par l’éducation et la sensibilisation aux démarches projets et à tenir de postures d’acteurs. En lien avec les écoles, les collèges, lycées et autres établissements de formation mais aussi avec les associations, des appels à projets de projets participatifs pourraient être lancés sur des thématiques bien évidement cohérente avec le projet de territoire et avec les axes de la stratégie locale de développement.&lt;/p&gt;&lt;h4&gt;Soutien au dynamisme associatif (dont le bénévolat)&lt;/h4&gt;&lt;p&gt;Le tissu associatif sur le territoire est très conséquent et dynamique et offre une très grande diversité d’offres qui contribuent à la richesse du développement local, aux liens sociaux et aux capacités d’épanouissements personnels et collectifs. Toutefois, comme partout, les associations sont confrontées à des difficultés : raréfaction des ressources financières, encadrement réglementaire complexe, un bénévolat confronté à de nombreux freins (le temps, les horaires, le coût, la mobilité, l’information, la confiance en soi, le manque d’ouverture de certaines associations…). Pour maintenir cette offre portée par les associations il est impératif de les soutenir.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Commerces et services
+Tiers-lieux
+Revitalisation
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q33" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Ne pas avoir commencé (aucun contrats ou devis signés)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=C'est%20un%20programme%20d%C3%A9di%C3%A9,'%C3%A9chelle%20nationale%20et%20europ%C3%A9enne).</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>flavien.andre@seine-eure.com</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-loffre-de-services-des-poles-de-proximite-pour-accroitre-leur-vitalite/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>116954</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Aide au commerce et à l'artisanat avec point de vente</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Aide au commerce et à l'artisanat avec point de vente Agglo Pays d'Issoire</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agglo Pays d'Issoire</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide aux activités commerciales et artisanales avec point de vente (création, reprise et développement) sur les communes d&amp;#039;Agglo Pays d&amp;#039;Issoire pour la revitalisation des centres-villes et centres-bourgs
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;aide :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux de subvention de 10% du montant H.T des dépenses éligibles de l&amp;#039;Agglo Pays d&amp;#039;Issoire en cofinancement de l&amp;#039;aide Régionale d&amp;#039;un taux de 20 % du montant HT des dépenses éligibles, soit un taux d&amp;#039;aide cumulé de 30%.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles de 10 000 € HT et plafond de dépenses de 50 000 € HT.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de rénovation intérieure d&amp;#039;une boutique de prêt-à-porter
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de vitrine / enseigne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une terrasse extérieure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un système de vidéo-surveillance / rideau métallique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement des luminaires et du système de chauffage pour des économies d&amp;#039;énergies
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les investissements éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ • Investissements matériels professionnels
+ &lt;br /&gt;
+ • Travaux de rénovation/d&amp;#039;aménagement intérieurs et extérieurs
+ &lt;br /&gt;
+ • Travaux d&amp;#039;accessibilité et investissements de sécurisation du local
+ &lt;br /&gt;
+ • Investissements d&amp;#039;économie d&amp;#039;énergie
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Où? :
+ &lt;/strong&gt;
+ Les 88 communes du territoire d&amp;#039;Agglo Pays d&amp;#039;Issoire, en centres-villes et centres bourgs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ? :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises de 0 à 49 salariés
+ &lt;/li&gt;
+ &lt;li&gt;
+  En phase de création, de reprise ou de développement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec un chiffre d&amp;#039;affaire inférieur à 1 million d&amp;#039;€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec un point de vente accessible au public dont la surface est inférieure à 700 m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises immatriculées au RCS et/ou Registre des Métiers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>CA Agglo Pays d'Issoire</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agglo Pays d&amp;#039;Issoire
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la dynamique économique et de l&amp;#039;emploi
+&lt;/p&gt;
+&lt;p&gt;
+ Marlène GOUYON
+&lt;/p&gt;
+&lt;p&gt;
+ marlene.gouyon&amp;#64;capissoire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 55 94 56
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>marlene.gouyon@capissoire.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a045-aide-au-commerce-et-a-lartisanat-avec-point-d/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>120779</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le maintien et à la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au maintien et à la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du
+plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux
+omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en
+cabinet de groupe.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
+ &lt;/p&gt;
+ &lt;h4&gt;
+  Nature de l&amp;#039;aide et montant
+ &lt;/h4&gt;
+ &lt;p&gt;
+  La Région peut participer :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50 % maximum de la dépense dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     au financement d&amp;#039;acquisition d&amp;#039;équipements destinés à sécuriser les locaux professionnels (portes blindées, clés de sûreté, etc...) à hauteur de 70% maximum de la dépense dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;p&gt;
+  Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30 000 € au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Acquisition d&amp;#039;équipements (mobiliers et informatiques)
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Sécurisation des cabinets médicaux
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires éligibles : Professionnels de
+santé libéraux exerçant seuls ou en cabinet de groupe :
+&lt;/p&gt;
+&lt;p&gt;
+ - omnipraticiens ou
+spécialistes de premier recours,
+&lt;/p&gt;
+&lt;p&gt;
+ -
+masseurs-kinésithérapeutes,
+&lt;/p&gt;
+&lt;p&gt;
+ - infirmiers,
+&lt;/p&gt;
+&lt;p&gt;
+ - sages-femmes.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Magdouda Bendjebla -
+magdouda.bendjebla&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.74.62
+&lt;/p&gt;
+&lt;p&gt;
+ Aurélie Deltombe -
+aurelie.deltombe&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.69.5273.42
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique
+Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.75.77
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7428-soutien-au-maintien-et-a-la-securisation-des-/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>95055</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de télésanté/télémédecine</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La télémédecine est définie dans la loi portant réforme de l&amp;#039;Hôpital et relative aux Patients, à la Santé et aux Territoires (loi dite « HPST ») du 21 juillet 2009 et fait référence à 5 types d&amp;#039;actes médicaux :
+- la téléconsultation,
+- la télé-expertise,
+- la télésurveillance médicale,
+- la téléassistance médicale,
+- la réponse médicale apportée à distance dans le cadre de la régulation médicale (SAMU).
+La télésanté fait référence au développement du numérique en réponse aux métiers de la santé : coordination de professionnels de santé autour de la prise en charge et du suivi d&amp;#039;un patient, archivage, transmission de dossiers ou d&amp;#039;informations médicales...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles au présent dispositif les dépenses d&amp;#039;investissement dans le cadre du développement du projet.
+Le taux d&amp;#039;aide régionale maximal est de 50 %.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les groupements de Coopération Sanitaire (GCS),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les établissements publics de santé ou médico-sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les réseaux de professionnels, réseaux de santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets à vocation régionale de télésanté ou de télémédecine répondant aux définitions précédemment explicitées. Le Conseil Régional souhaite agir prioritairement sur des projets de télésanté et de télémédecine :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   au service du parcours de santé du patient : informatisation et haut-débit au service du numérique en santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   au service de la santé et de la sécurité du patient ; par exemple, partage et archivage des dossiers d&amp;#039;imagerie médicale, déploiement et usage de la télémédecine, identito-vigilance régionale....
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les projets démontreront :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   un besoin avéré sur un territoire de dimension régionale ; des éléments de diagnostic devront être renseignés dans le dossier de demande de subvention,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un travail développé et réfléchi en concertation avec l&amp;#039;Agence Régionale de Santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une mutualisation des acteurs au service d&amp;#039;une prise en charge globale des patients,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un déploiement au cœur d&amp;#039;un projet de santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une plus-value ou une complémentarité avec d&amp;#039;autres projets ou dispositifs existants sur le même territoire ou la même thématique de santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La sélection des projets se fera en étroite concertation avec l&amp;#039;Agence Régionale de Santé (ARS). Toute demande d&amp;#039;aide régionale doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;identification du porteur de projet, la localisation du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une description complète du projet, y compris ses dates de début et de fin et les publics ciblés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le plan de financement prévisionnel du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le montant de l&amp;#039;aide régionale sollicitée et les postes de dépenses sur lesquels elle porte.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-projets-de-telesantetelemedecine/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ TOUTE DEMANDE DOIT FAIRE L&amp;#039;OBJET D&amp;#039;UNE LETTRE D&amp;#039;INTENTION
+&lt;/p&gt;
+&lt;p&gt;
+ Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;
+&lt;p&gt;
+ Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne pourra être accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le nom du porteur de projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la localisation du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le budget afférent au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Des pièces complémentaires pourront être demandées dans la cadre de l&amp;#039;instruction du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de
+  démarrage de l&amp;#039;opération.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc02-soutien-aux-projets-de-telesantetelemedecine/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>95056</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets qui visent à mutualiser les compétences et/ou les pratiques des professionnels de santé et de la prévention au sein des territoires</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I37" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ De tels projets doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la qualité et la prise en charge globale des patients, le décloisonnement des différents acteurs de santé, et l&amp;#039;équité d&amp;#039;accès aux soins sur les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  apporter une valeur ajoutée ou une innovation par rapport à des actions ou dispositifs existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une logique transversale des acteurs de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager l&amp;#039;exercice et l&amp;#039;équipement partagés d&amp;#039;un ensemble de partenaires sur un même territoire, y compris lien MSP-Hôpital,
+ &lt;/li&gt;
+ &lt;li&gt;
+  raisonner en termes de santé plutôt que de soins, d&amp;#039;où l&amp;#039;importance de la prévention, y compris au sein du secteur hospitalier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ouvrir et de susciter des réflexions et les pistes de travail en commun (modes d&amp;#039;organisation, de fonctionnement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  laisser la place à l&amp;#039;expérimentation, à l&amp;#039;innovation et à l&amp;#039;outil sur mesure, les solutions pouvant être très différentes d&amp;#039;un territoire à un autre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon la nature des projets, les dépenses peuvent être de fonctionnement ou d&amp;#039;investissement.
+S&amp;#039;agissant du fonctionnement, l&amp;#039;aide du Conseil Régional reste ponctuelle et constitue une aide au démarrage.
+Le taux d&amp;#039;aide régionale maximal est de 50 %.
+Le plancher de l&amp;#039;aide régionale est fixé à 2000 € par projet, et le plafond à 50 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités ou groupements de communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les regroupements de professionnels de santé, qui peuvent être libéraux ou salariés, médicaux ou paramédicaux : association, Société Interprofessionnelle de Soins Ambulatoire dans le cadre d&amp;#039;un exercice en Maison ou en Pôle de Santé Pluriprofessionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les centres de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations œuvrant en faveur de la prévention ou de l&amp;#039;accès à la santé, dont les réseaux de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements ou des services publics de santé ou médico-sociaux de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets répondant aux objectifs définis précédemment et liés aux autres dispositifs de la politique régionale de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Peuvent être soutenus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonctionnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le soutien à des démarches territoriales de santé, dans le cadre de Contrats Locaux de Santé ou d&amp;#039;autres démarches de santé territoriales non contractuelles. Il peut s&amp;#039;agir d&amp;#039;impulser une démarche de diagnostic local, d&amp;#039;accompagner le soutien au montage de projet en aidant par exemple la coordination, ou encore de soutenir une démarche d&amp;#039;évaluation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le soutien aux fédérations régionales des Maisons de Santé Pluriprofessionnelles et plus particulièrement soutien à la coordination et à la mise en réseau des différents acteurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En investissement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutien aux équipements de santé sur les territoires : il peut s&amp;#039;agir de matériel médical ou non médical, répondant à un besoin avéré, mutualisé et au cœur d&amp;#039;un projet de santé. Ce matériel pourra être mobile le cas échéant. Une aide pourra également être accordée pour l&amp;#039;acquisition de matériel permettant d&amp;#039;optimiser le partage d&amp;#039;informations de santé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide pourra également concerner le bâtiment, dans le cadre de la création « d&amp;#039;espaces de santé de proximité » au sein des quartiers prioritaires de la Politique de la Ville. Ces espaces ont pour vocation d&amp;#039;animer des actions collectives d&amp;#039;éducation pour la santé et de prévention, d&amp;#039;éducation thérapeutique du patient et de tenir des permanences individuelles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-dynamiques-territoriales-de-sante/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement et de l&amp;#039;Aménagement - Service Santé.
+&lt;/p&gt;
+&lt;p&gt;
+ Rapprochez-vous de votre Hôtel de Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7405-soutien-aux-dynamiques-territoriales-de-sante/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>95058</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions de promotion, de prévention et d'éducation à la santé</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux actions de promotion, de prévention et d'éducation à la santé</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 1000€ (500€ pour les établissements scolaires)</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
-[...2 lines deleted...]
-&lt;p&gt;&lt;strong&gt;et pouvant être complétée par des fonds européens (FEADER) &lt;/strong&gt;&lt;/p&gt;
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au sein de la Région Grand Est, l&amp;#039;espérance de vie à la naissance en 2012 s&amp;#039;établit à 80,8 ans. Ce niveau est inférieur d&amp;#039;un an à ce que l&amp;#039;on observe pour l&amp;#039;ensemble de la France métropoliotaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Malgré l&amp;#039;amélioration continue des conditions de santé ces dernières décennies, les inégalités de santé perdurent. Elles sont liées aux déterminants de santé des populations, qu&amp;#039;ils soient sociaux, environnement ou comportementaux. Certaines populations sont plus particulièrement vulnérables, dont les jeunes et les personnes éloignées des dispositifs de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ Les jeunes connaissent aujourd&amp;#039;hui des situations complexes et ambivalentes, dues à une précarisation grandissante et à la difficulté de trouver leur place dans notre société. Il est nécessaire de créer des leviers pour co-construire des politiques de santé plus efficaces à destination des jeunes pour favoriser leur insertion citoyenne, sociale et professionnelle sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention toute particulière doit être portée aux populations des territoires isolés pour lesquelles l&amp;#039;accès aux dispositifs de santé est parfois complexe. La politique régionale de santé visera à agir prioritairement par la prévention et l&amp;#039;éducation à la santé en tenant compte des spécificités des territoires et des populations. Les actions proposées au titre de ce soutien porteront sur l&amp;#039;ensemble des déterminants de la santé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Santé
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2017</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  De l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une manière générale tout organisme ou structure intervenant pour la promotion de la santé des habitants de la région, notamment auprès des publics cibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La population de la région et plus particulièrement les publics ciblés par les actions du Conseil Régional à savoir les lycéens, les apprentis, les élèves des centres de formation, les jeunes en insertion professionnelle et sociale, et les publics éloignés des dispositifs de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible à une aide régionale, le projet doit :
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;&lt;strong&gt;Une &lt;/strong&gt;&lt;strong&gt;avance de trésorerie sur la part Région de 30 % &lt;/strong&gt;&lt;strong&gt;dès le démarrage de votre projet &lt;/strong&gt;&lt;/li&gt;
-[...47 lines deleted...]
-      <c r="S41" s="1" t="inlineStr">
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une démarche de promotion de la santé, c&amp;#039;est-à-dire dans un processus qui confère aux populations les moyens d&amp;#039;améliorer leur propre santé (Charte d&amp;#039;OTTAWA),
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser une démarche participative auprès de la population ciblée par l&amp;#039;action ; à minima, la population devra être sollicitée lors de l&amp;#039;évaluation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondre à un diagnostic partagé, avec l&amp;#039;ensemble des acteurs, du contexte et des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la mise en réseau des différents acteurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer des actions de prévention primaire; des actions de dépistage peuvent également être proposées, si elles s&amp;#039;inscrivent dans un contexte général en faveur de la santé autour du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans les orientations du Projet Régional de Santé (PRS) élaboré par l&amp;#039;Agence Régionale de Santé (ARS)
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un plan de financement équilibré avec des cofinancements ; le Conseil régional, lorsqu&amp;#039;il n&amp;#039;est pas maître d&amp;#039;ouvrage, ne peut pas subventionner à 100% une opération et n&amp;#039;intervient qu&amp;#039;en compléments d&amp;#039;autres financeurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une démarche territoriale de santé, type Contrat Local de Santé (CLS),
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer des actions autour d&amp;#039;une ou de plusieurs des thématiques considérées comme prioritaires: lutte contre les conduites addictives, promotion de l&amp;#039;activité physique, nutrition, promotion de la santé mentale, sexualité (IST/SIDA/contraception), santé environnementale, accès aux droits et à la santé.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-actions-de-promotion-de-prevention-deducation-a-sante/</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0181/depot/simple</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région Grand Est. La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le nom du porteur de projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la localisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget afférent au projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c77-soutien-aux-actions-de-promotion-de-preventio/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>101387</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Financer la santé numérique et les services liés au prendre soin</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+entreprise privée (opérateur, investisseur, exploitant ou société de services
+portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
+entreprise à mission ou corporate venture) et vous développez un projet de
+services relatifs à la santé et au prendre soin ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des Territoires vous permet de
+bénéficier d’un financement adapté à votre projet, de profiter de l’expertise
+d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
+propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
+service lié à la e-santé et au médico-social, comme la transition numérique des
+établissements de santé, l’usage du numérique pour la prévention, les
+technologies innovantes au service des soignants, ou encore un service à impact
+social lié au prendre soin dans la santé, le vieillissement, le handicap, la
+petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
+« tiers de confiance », la Banque des Territoires propose de financer
+les projets portant une logique d’intérêt général sous la forme d’apports en
+capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
+d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
+aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
+la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
+données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
+de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
+sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
+des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
+&lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
+l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
+transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
+et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Santé
+Technologies numériques et numérisation
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>103246</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’expérimentation en e-santé</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’expérimentation en e-santé</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Résolument tournée vers l&amp;#039;avenir et mobilisée pour lutter contre les fractures territoriales, la Région soutient les solutions innovantes pour contribuer à la permanence des soins sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets en investissement : acquisition de matériels légers de télémédecine inscrits dans une démarche de valorisation de la ressource médicale locale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région participe au financement d&amp;#039;équipements de type télécabines de santé, mallettes ou chariots de télémédecine et soutient les solutions technologiques ou informatiques innovantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional s&amp;#039;élève à 50 % du coût de l&amp;#039;équipement à hauteur de 15 000 euros pour les équipements mobiles et 50 000 euros pour les équipements non mobiles (équipements lourds type télécabine, système d&amp;#039;information...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+ Contacter le service action sociale, santé et famille pour vérifier l&amp;#039;éligibilité du projet avant de renseigner et transmettre un dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A noter :
+ &lt;/strong&gt;
+ Les dépenses éligibles se composent de dépenses en investissement. Le bénéficiaire doit démontrer la nécessité de l&amp;#039;équipement pour lequel il demande un soutien tant par le besoin concernant l&amp;#039;accès aux soins que par la pertinence de l&amp;#039;outil proposé (éloignement des structures de soins, population fragilisée, jeunes actifs mobiles...)
+ &lt;br /&gt;
+ Ne peuvent être soutenus que les projets ayant reçu l&amp;#039;aval des autorités de santé sur les nouvelles technologies utilisées.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+ Sont éligibles les professionnels de santé regroupés en un collectif (associations, fondations, GCS, GCSM, GIP, GIE, SCI, SCP, SISA, SEL...) et les collectivités territoriales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/Byq2ccW9E</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Magdouda Bendjebla :
+ &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  magdouda.bendjebla&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pierre Faivre :
+ &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  pierre.faivre&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/428b-soutien-a-lexperimentation-en-e-sante/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>103324</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Santé numérique et innovation</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Innovation en santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intelligence artificielle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Télémédecine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléconsultation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléexpertise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des professionnels de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la prise en charge des patients.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention en fonctionnement :
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention régionale est fixée à 50% de la dépense subventionnable (total des dépenses éligibles). Le montant de subvention est fixé au plafond de 50.000€ par an et par opérateur pour un même projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;un dispositif régional pouvant être sollicité durant toute l&amp;#039;année en fonction de la disponibilité des crédits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2019</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations relevant de la loi de 1901 et les fondations reconnues d&amp;#039;utilité publique, existantes depuis au moins 1 an.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets innovants et emblématiques :
+  &lt;/strong&gt;
+  les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets de recherche :
+  &lt;/strong&gt;
+  les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U41" s="1" t="inlineStr">
         <is>
-          <t>Grand Est</t>
+          <t>Île-de-France</t>
         </is>
       </c>
       <c r="V41" s="1" t="inlineStr">
         <is>
-          <t>https://www.grandest.fr/vos-aides-regionales/deploiement-lieux-vie-collectifs-seniors/</t>
-[...4 lines deleted...]
-          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0304/depot/simple</t>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/sante-numerique-et-innovation</t>
         </is>
       </c>
       <c r="X41" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;direction.sante&amp;#64;grandest.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Service santé :
+ &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ et
+ &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  pierre.faivre&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01.53.85.53.85
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y41" s="1" t="inlineStr">
         <is>
-          <t>olivier.claudel@grandest.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z41" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-deploiement-de-lieux-de-vie-collectifs-des-seniors-dans-les-territoires-ruraux-du-grand-est/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dfa-sante-numerique-et-innovation/</t>
         </is>
       </c>
       <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:27" customHeight="0">
       <c r="A42" s="1">
-        <v>162757</v>
+        <v>103414</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+          <t>Soutenir les professionnels de santé dans l'exercice de leur activité</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>Soutien aux festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+          <t>Soutien aux professionnels de santé dans l'exercice de leur activité</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 50 000 euros par an</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région encourage la coordination des professionnels de santé afin de réduire les fractures territoriales, en soutenant les actions leur permettant d&amp;#039;engager des actions de formation et d&amp;#039;amélioration des conditions d&amp;#039;exercice et de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région porte notamment sur les projets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions valorisant les nouvelles formes d&amp;#039;exercice et permettant une
+  &lt;br /&gt;
+  meilleure coordination sur le territoire entre les différents acteurs de la santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutter contre les risques psychosociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interventions visant à préserver une qualité de vie professionnelle en adéquation avec les responsabilités relatives à l&amp;#039;exercice de leurs missions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions incitant les professionnels de santé à exercer durablement leur activité en Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de formation et de sensibilisation à destination des professionnels de santé sur les thématiques de santé prioritaires pour la Région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à donner plus de temps médical aux professionnels de santé, en particulier en les dégageant de certaines contraintes administratives,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à soutenir l&amp;#039;offre de soins.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Les dossiers sont à déposer sur la plateforme régionale
+&lt;a rel="noopener" target="_blank"&gt;
+ mesdermarches.iledefrance.fr
+&lt;/a&gt;
+(dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »).
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/soutien-aux-professionnels-de-sante-dans-lexercice-de-leur-activite</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aurélie DELTOMBE : aurelie.deltombe&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 73 42
+&lt;/p&gt;
+&lt;p&gt;
+ Service santé :
+ &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Tél. : 01 53 85 53 85
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont à déposer sur la plateforme régionale
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdermarches.iledefrance.fr
+ &lt;/a&gt;
+ (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/467c-soutien-aux-professionnels-de-sante-dans-lexe/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>126587</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir au maintien et à la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au maintien et à la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du
+plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux
+omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en
+cabinet de groupe.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Professionnels de
+santé libéraux exerçant seuls ou en cabinet de groupe :
+&lt;/p&gt;
+&lt;p&gt;
+ - omnipraticiens ou
+spécialistes de premier recours,
+&lt;/p&gt;
+&lt;p&gt;
+ -
+masseurs-kinésithérapeutes,
+&lt;/p&gt;
+&lt;p&gt;
+ - infirmiers,
+&lt;/p&gt;
+&lt;p&gt;
+ - sages-femmes.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région peut participer :
+&lt;/p&gt;
+&lt;p&gt;
+ - au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50 % maximum de la dépense
+ dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ - au financement d&amp;#039;acquisition d&amp;#039;équipements destinés à sécuriser les locaux professionnels (portes blindées, clés de sûreté, etc...) à hauteur de 70% maximum de la dépense
+ dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30 000 € au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Acquisition
+d&amp;#039;équipements (mobiliers et informatiques)
+&lt;/p&gt;
+&lt;p&gt;
+ Sécurisation
+des cabinets médicaux
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes sont instruites par nos services et en cas d&amp;#039;arbitrage favorable, les dossiers sont présentés au vote des élus régionaux lors de la commission régionale de janvier ou de juillet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Magdouda Bendjebla -
+magdouda.bendjebla&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.74.62
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique
+Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.75.77
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6342-soutien-au-maintien-et-a-la-securisation-des-/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>149099</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de E santé visant à développer l’offre de soins ou de prévention sur votre territoire</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets de E santé des professionnels de santé</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de E santé visant à développer l&amp;#039;offre de soins ou de prévention sur votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;une aide régionale comprise entre 10 000 € et 75 000 € en fonction du projet, avec un taux d&amp;#039;intervention plafonné à 50% des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une avance de trésorerie de 50 % dès le démarrage de votre projet à réception des pièces mentionnées dans la convention ou la notification.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2023</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-projets-de-e-sante-pour-les-patients-et-les-professionnels-de-sante/</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0178/depot/simple</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant de déposer votre dossier en ligne, contactez Sandrine POITTEVIN,
+&lt;/p&gt;
+&lt;p&gt;
+ chargée de mission E santé – Tél : 03 26 70 66 61 – sandrine.poittevin&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant le dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est. Il vous est demandé de déposer votre demande en ligne au plus tard 3 mois avant le début de votre projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c184-soutien-aux-projets-de-e-sante-pour-les-patie/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>155105</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des espaces de téléconsultation</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Espaces de téléconsultation (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier visant à aménager des espaces de téléconsultation permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins sur les territoires. La charte partenariale régionale d&amp;#039;accès aux soins (2021-2025) prévoit la possibilité d&amp;#039;impulser et/ou soutenir dans chaque territoire toutes les initiatives de qualité en faveur de l&amp;#039;amélioration de l&amp;#039;accès aux soins, comme la télémédecine. Ces initiatives devront :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être basées sur un projet de santé partagé par l&amp;#039;ensemble des acteurs de territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   obtenir la validation du comité opérationnel départemental (COD) - instance décisionnelle de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, les projets de santé ayant obtenu un avis favorable de la part du COD pourront être éligibles à un financement (hors politique territoriale) pour couvrir une partie des frais d&amp;#039;investissement non immobilier, notamment l&amp;#039;acquisition d&amp;#039;équipements liés à la réalisation des actes de télémédecine.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet de santé validé en COD
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les rénovations, document de diagnostic énergétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pièces justifiant la bonification si sollicitation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 – Le projet devra impliquer les collectivités locales et les professionnels de santé afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répond aux priorités de la charte d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 – Les porteurs du projet devront rédiger un projet de santé présenté et validé dans le cadre des instances de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet immobilier devra être présenté dans le cadre des instances de la charte régionale partenariale régionale d&amp;#039;accès aux soins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-de-teleconsultation-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0ae-espaces-de-teleconsultation-politique-territo/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>1082</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les expositions labellisées « exposition d'intérêt national »</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>L'aide est plafonnée à 50.000 €.</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de renforcer l&amp;#039;attractivité culturelle et touristique du Grand Est au travers de son patrimoine (Musées labellisés : « Musée de France »).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Expositions temporaires labellisées « exposition d&amp;#039;intérêt national » par le ministère de la Culture et de la Communication.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Musée ayant reçu l&amp;#039;appellation « Musée de France » du ministère de la Culture et de la Communication ; Labellisation « exposition d&amp;#039;intérêt national » par le ministère de la Culture et de la Communication : avis de la commission et convention entre le ministère de la Culture et de la Communication et l&amp;#039;autorité de tutelle du musée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Qualité scientifique et/ou artistique du projet, aspect novateur du propos ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise en oeuvre du projet par un personnel qualifié ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Qualité et originalité de la médiation culturelle qui doit porter une attention particulière aux publics spécifiques de la région et aux publics éloignés de l&amp;#039;offre culturelle ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Cohérence avec le projet scientifique et culturel du musée ainsi qu&amp;#039;avec ses collections permanentes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le travail en réseau avec d&amp;#039;autres musées ou institutions culturelles ou patrimoniales du Grand Est, s&amp;#039;il n&amp;#039;est pas discriminant, est grandement apprécié.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est limitée à une exposition par an et par musée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Sont éligibles :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Coût de scénographie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Frais de transport, de restauration et d&amp;#039;assurance des oeuvres exposées ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Edition du catalogue de l&amp;#039;exposition ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Coût des personnels spécifiques à l&amp;#039;exposition (médiation, intervention d&amp;#039;artiste, surveillance...)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Ne sont pas éligibles :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les dépenses de communication ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses de fonctionnement ordinaire du musée pour la durée de l&amp;#039;exposition (personnels...)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-expositions-labellisees-exposition-dinteret-national/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Direction de la Culture, du Patrimoine et de la Mémoire
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6673-soutien-aux-expositions-labellisees-expositio/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>105313</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les expositions et manifestations consacrées aux arts plastiques</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Culture - arts plastiques - expositions et manifestations consacrés aux arts plastiques</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations et organismes de droit privé&lt;/li&gt;
+ &lt;li&gt;
+  Artiste plasticien professionnel ayant une activité depuis plus de 3 ans (étude du dossier au cas par cas)
+ &lt;/li&gt;&lt;li&gt;Autres organismes de droit privé&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Faciliter l’accès à la découverte des arts plastiques sur l’ensemble du territoire par la mise en place d’une manifestation consacrée aux arts plastiques et graphiques avec la mise en place d’une ou plusieurs expositions d’artistes professionnels rémunérés ou dédommagés par des droits d’auteurs et de présentation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention du Département pour un projet : 30 % sur la rémunération/droits de présentation publique &amp;#43; matériaux/matériels (devis).
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de subvention : 4.000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher d&amp;#039;intervention : 1 000 €
+&lt;/p&gt;
+&lt;p&gt;Au cas par cas, le Département, au regard de l’exposition et des œuvres présentées, se réserve la possibilité de flécher au-delà de ce financement accordé pour le projet un montant lié à de la mise à disposition d’œuvres ou module(s) d’exposition. Ces œuvres ou modules pourront ensuite être proposé(e)s dans un ou plusieurs lieux choisis par le Département.&lt;/p&gt;&lt;p&gt;Par ailleurs, les collèges pourront bénéficier d’une prise en charge de leur transport lorsqu’ils se déplaceront sur une exposition proposée par Chabram², IMIS ou Les Modillons. Ce volet sera étudié au cas par cas en concertation avec les lieux d’exposition et le Département. Pour les collèges retenus, le Département remboursera 100 % des dépenses engagées par l’établissement sur présentation de la facture acquittée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets portés par des communes sans accompagnement avéré de l’EPCI du secteur de la manifestation&lt;/li&gt;&lt;li&gt;Centre sociaux&lt;/li&gt;&lt;li&gt;Projets basés sur un rapport de diffusion de contenus captés n’impliquant pas d’écriture multimédia et numérique spécifique (projection vidéo sur plateau faisant office de décor…)&lt;/li&gt;&lt;li&gt;Ateliers de pratique en amateur&lt;/li&gt;&lt;li&gt;Projet para ou péri-scolaire&lt;/li&gt;&lt;li&gt;Projets accompagnés au titre de l’image par le Département de la Charente (pas de cumul d’aides)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;Présence d’artistes professionnels rémunérés ou dédommagés par des droits de présentation publique en amont et lors de la manifestation&lt;/li&gt;&lt;li&gt;Concernant les artistes en individuel, les partenariats publics et/ou privés seront exigés&lt;/li&gt;&lt;li&gt;L’action doit avoir une résonance sur le territoire charentais et auprès du public charentais &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nota : est entendue comme artiste professionnel une personne déclarée soit à la Maison des artistes, ou à la Chambre des métiers, ou à l’Agessa, ou en tant qu’artiste libre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;que le ou les artiste(s) professionnel(s) exposé(s) ou présent(s) lors de la manifestation soi(en)t rémunéré(s) dans le respect de la réglementation et la législation sociale en vigueur ou dédommagé(s) par l’application du droit de présentation publique dans le cas où les œuvres seraient simplement présentées&lt;/li&gt;&lt;li&gt;que des actions de sensibilisation (ateliers, médiation entre artistes et publics ; actions auprès des scolaires ou du jeune public…) soient menées en amont ou lors de la manifestation&lt;/li&gt;&lt;li&gt;que la manifestation/l’exposition distingue clairement, si elle mêle œuvres d’artistes professionnels et créations amateurs, les artistes autorisés à commercialiser leurs créations et ceux qui ne peuvent y prétendre&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nota : en effet, seuls les artistes professionnels et les artistes amateurs s’acquittant de leurs cotisations sociales sur la base des bénéfices non commerciaux sont autorisés à commercialiser leur création :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;que la manifestation/l’exposition se déroule dans un lieu de qualité (lumières, espace, équipement, scénographie) ou de passage (collèges, centres médico-sociaux…)&lt;/li&gt;&lt;li&gt;la réalisation d’un outil de communication (affiche, visuel, catalogue, programme) sur lequel l’engagement du Département sera visible&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ou les devis des artistes
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : Un premier acompte de 50 % maximum sera effectué à la notification de décision ou dès signature de la convention, au prorata des dépenses artistiques et techniques réellement engagées.&lt;/p&gt;&lt;p&gt;Le solde sera versé au prorata des dépenses artistiques et techniques définitivement engagées, après réalisation de la manifestation, sous réserve de transmission des factures acquittées et de la complétude du dossier, du budget réalisé définitif (ou provisoire, le cas échéant) et du bilan de fréquentation.&lt;/p&gt;&lt;p&gt;Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/Arts_Plastiques_Photographie.pdf</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 3 mois avant le début du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 74 51
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039;éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a61-soutenir-les-expositions-et-manifestations-co/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>162363</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la politique d'acquisition des musées ayant l’appellation Musées de France</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Régional d'Acquisition pour les Musées</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;Créés en 1982 à l’initiative du ministère de la Culture, dans le cadre de la politique globale de décentralisation, les Fonds régionaux d’acquisition pour les musées (FRAM) sont financés par l’État (Direction régionale des affaires culturelles) et le Conseil régional. &lt;/span&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;&lt;span&gt;Ce dispositif a pour objectif de soutenir la politique d&amp;#039;acquisition des musées ayant l’appellation Musées de France afin &lt;/span&gt;&lt;span&gt;d’accompagner ces établissements dans leur perspective de développement, &lt;/span&gt;&lt;span&gt;d&amp;#039;enrichissement et de diversification de leurs collections.&lt;/span&gt;&lt;/span&gt;&lt;/p&gt; &lt;p&gt;Les musées ayant l&amp;#039;appellation Musées de France – Publics ou privés&lt;/p&gt;
+&lt;div id="gtx-trans"&gt;&lt;div&gt; &lt;/div&gt;&lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Les musées éligibles sont ceux justifiant de l’appellation Musées de France et disposant d’un responsable scientifique issu du corps des attachés ou des conservateurs du patrimoine.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Les projets d’acquisition doivent avoir reçu au préalable un avis favorable de la commission scientifique régionale compétente en matière d’acquisition.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Dépenses subventionnables :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Dans le cas d&amp;#039;une œuvre vendue par un professionnel du commerce de l&amp;#039;art ou par un particulier, le montant subventionnable est strictement limité au prix d&amp;#039;achat de l’œuvre estimé à partir du devis du vendeur.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Dans le cas d&amp;#039;une œuvre vendue aux enchères publiques, le prix d&amp;#039;achat est déterminé sur la base de l&amp;#039;estimation du commissaire-priseur et le montant subventionnable comprend, outre le prix de l&amp;#039;œuvre, le montant des frais de vente.&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;L’examen des dossiers est assuré par un comité régional d’acquisition, dit Comité FRAM, composé d’élus régionaux, de représentants de l&amp;#039;État, de conservateurs de musées et de personnalités compétentes. Le comité décide par vote du taux et du montant de la subvention ainsi que de la répartition des dossiers entre la DRAC et la Région.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P48" s="1" t="inlineStr">
+        <is>
+          <t>10/10/2023</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les musées éligibles sont ceux justifiant de l’appellation Musées de France et disposant d’un responsable scientifique issu du corps des attachés ou des conservateurs du patrimoine.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Les projets d’acquisition doivent avoir reçu au préalable un avis favorable de la commission scientifique régionale compétente en matière d’acquisition.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Dépenses subventionnables :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Dans le cas d&amp;#039;une œuvre vendue par un professionnel du commerce de l&amp;#039;art ou par un particulier, le montant subventionnable est strictement limité au prix d&amp;#039;achat de l’œuvre estimé à partir du devis du vendeur.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Dans le cas d&amp;#039;une œuvre vendue aux enchères publiques, le prix d&amp;#039;achat est déterminé sur la base de l&amp;#039;estimation du commissaire-priseur et le montant subventionnable comprend, outre le prix de l&amp;#039;œuvre, le montant des frais de vente.&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Les dossiers doivent être déposés simultanément sur la plateforme dématérialisée de la Région Sud, en cliquant sur  &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;Je fais ma demande&lt;/a&gt; &lt;/p&gt;
+&lt;p&gt;et auprès de la &lt;a href="https://www.culture.gouv.fr/Regions/Drac-Provence-Alpes-Cote-d-Azur"&gt;DRAC Provence-Alpes-Côte d&amp;#039;Azur&lt;/a&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/fonds-regional-dacquisition-pour-les-musees</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_FRAM/depot/simple</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chargée de mission : Gaëlle Cuesta - &lt;a href="mailto:gcuesta&amp;#64;maregionsud.fr" title="mailto:gcuesta&amp;#64;maregionsud.fr"&gt;gcuesta&amp;#64;maregionsud.fr&lt;/a&gt; - 04 88 73 60 48/&lt;/p&gt;
+&lt;p&gt;Gestionnaire : Michèle Bennarrouche - &lt;a href="mailto:mbennarrouche&amp;#64;maregionsud.fr" title="mailto:mbennarrouche&amp;#64;maregionsud.fr"&gt;mbennarrouche&amp;#64;maregionsud.fr&lt;/a&gt; - 04 88 73 66 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-regional-dacquisition-pour-les-musees/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>72306</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'amélioration de l'accueil du public des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>40% des investissements éligibles HT avec un minimum de 5 000 € et un maximum de 30 000 € (soit une </t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif financier vise à favoriser la création, le maintien, la modernisation, la transmission de TPE de proximité, sédentaires, disposant d&amp;#039;un point de vente fixe appartenant au secteur du commerce, de l&amp;#039;artisanat ou des services, qui apportent un service à la population locale et dont la clientèle est principalement composée de consommateurs finaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles liées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à l&amp;#039;accessibilité (travaux et aménagement permettant une conformité avec la loi &amp;#34;handicap&amp;#34;,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux conditions d&amp;#039;accès et d&amp;#039;accueil : respect de la largeur des portes, vitrophanie sur portes vitrées, rampes d&amp;#039;accès, ressaut,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la circulation intérieure : mains courantes, systèmes podotactiles, contremarches,
+ &lt;/li&gt;
+ &lt;li&gt;
+  au sanitaire accès clients : largeur de porte, barres d&amp;#039;appui, signalisations, lavabo, poignées de tirage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux cabines d&amp;#039;essayage : respect des dimensions, équipements fixes ou mobiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux caisses de paiements : respect des dimensions, et qualité d&amp;#039;éclairage renforcée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la sécurisation du local commercial (installation alarme,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux portes blindées, vitres anti-effraction, systèmes d&amp;#039;alarme, rideaux métalliques, barreaux, vidéo-surveillance et serrures,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux travaux d&amp;#039;aménagement extérieur et intérieur, lié à l&amp;#039;espace de vente directe aux clients,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la miroiterie et à la menuiserie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux travaux de 2nd œuvre (mur, sols, plafonds, isolation thermique et acoustique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  à l&amp;#039;éclairage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la climatisation (hors chauffage).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide finance des aménagements valorisant l&amp;#039;environnement commercial local et les espaces d&amp;#039;accueil de la clientèle pour les commerçants-artisans existants ou en création ou en reprise, situés sur le territoire des Hauts-de-France :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;un point de vente fixe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant un CA &amp;lt; 2 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant un effectif &amp;lt; 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  inscrites au RCS, et au RM pour les artisans-commerçants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une surface de vente n&amp;#039;excédant pas 400 m2.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise doit être à jour de ses obligations fiscales et sociales et ne doit pas répondre à la définition d&amp;#039;entreprise en difficulté.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la création de commerces, l&amp;#039;avis consultatif des chambres consulaires est demandé afin d&amp;#039;évaluer la pertinence du projet au regard des enjeux de concurrence et d&amp;#039;aménagement économique du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas concernées par ce dispositif financier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions réglementées ou assimilées (professions libérales, pharmacies,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le commerce de gros.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/login-tiers.sub?cid=8973</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5cfe-soutenir-lamelioration-de-laccueil-du-public-/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>122827</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Développer la dynamique culturelle sur le territoire (LEADER /Fiche action 2)</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Développer la dynamique culturelle sur le territoire</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les objectifs sont multiples et visent à
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;attractivité et le rayonnement du territoire notamment après des jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la mise en synergie des acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer les pratiques culturelles et artistiques (apprentissage et diffusion)
+ &lt;/li&gt;
+ &lt;li&gt;
+  assurer un maillage territorial satisfaisant en matière d&amp;#039;équipements et d&amp;#039;actions culturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser le développement d&amp;#039;actions collectives
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;animation et le rayonnement du territoire grâce au développement de l&amp;#039;offre culturelle
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études, diagnostics pour la création ou le développement de l&amp;#039;offre culturelle sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation territoriale permettant la création d&amp;#039;une offre culturelle innovante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de véhicules permettant le développement de la culture nomade
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la valorisation et de la promotion culturelle (agents et élus) sur les thématiques du développement de la dynamique culturelle dans un sens large
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau et mutualisation/coordination des sites, du matériel et des acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et développement d&amp;#039;actions collectives de promotion et de diffusion culturelle (agenda culturel, supports de communication)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opération de communication et de promotion de l&amp;#039;offre culturelle : animations, création de supports, outils de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou développement d&amp;#039;évènements disposant d&amp;#039;un rayonnement supra-communautaire (événement culturel, évènement sportif, événement de pleine nature) : concernant le soutien à des événements existants, ils devront apporter une réelle plus-value par rapport aux éditions précédentes (nouveaux partenaires culturels, rayonnement plus important) pour être éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Emergence, modernisation et développement de lieux pluri-acteurs et/ou pluri-disciplines dédiés exclusivement à la pratique culturelle et artistique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba01-innover-et-federer-pour-renforcer-les-service/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>120275</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Développer une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Développement d’une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture de la Drôme</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Actions favorisant l&amp;#039;accès aux produits alimentaires locaux issus de l&amp;#039;agriculture : accompagnement à la création de marchés de producteurs ou à la redynamisation de marchés existants (marchés permanents ou ponctuels liés à un événement), accompagnement à la création d&amp;#039;un nouveau point de vente de produits locaux (étude de marché, animation du groupe de producteurs...), appui à la création de projet alimentaire territorial, promotion de la plate-forme Agrilocal (en partenariat avec le
+ &lt;a href="https://collectivites.ladrome.fr/service/approvisionnement-en-produits-locaux-avec-la-plateforme-agrilocal/"&gt;
+  Département
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Écoute, précision et retranscription des besoins de la collectivité territoriale (enjeux, objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des besoins du territoire au regard de ses spécificités et des caractéristiques des territoires limitrophes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition d&amp;#039;un plan d&amp;#039;actions adapté à la demande de la collectivité et aux spécificités du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diffusion des premières préconisations générales et points de vigilance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en relation avec des personnes ressources
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Discussion et validation du plan d&amp;#039;actions avec la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre du plan d&amp;#039;actions (spécifique à chaque collectivité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;une instance de concertation entre la Chambre d&amp;#039;Agriculture et la collectivité (comité de pilotage, de suivi...)
+  &lt;br /&gt;
+  Exemple pour la création d&amp;#039;un marché de producteurs :
+  &lt;br /&gt;
+  – étude de marché
+  &lt;br /&gt;
+  – recrutement de producteurs locaux
+  &lt;br /&gt;
+  – suivi du marché (enquête de satisfaction auprès des consommateurs et des producteurs)
+  &lt;br /&gt;
+  – suggestion d&amp;#039;animations
+  &lt;br /&gt;
+  – réalisation de bilans réguliers
+  &lt;br /&gt;
+  – médiation des relations producteurs / agents communaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;span&gt;
+   Exemple pour l&amp;#039;élaboration d&amp;#039;un projet alimentaire :
+  &lt;/span&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   diagnostic alimentaire du territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   concertation avec les acteurs du système alimentaire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   définition d&amp;#039;un plan d&amp;#039;actions
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   évaluation du projet
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/developpement-dune-alimentation-de-proximite/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Chambre d&amp;#039;Agriculture de la Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Alimentation et Tourisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 26 99 43
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:nina.croizet&amp;#64;drome.chambagri.fr" rel="noopener" target="_blank"&gt;
+    nina.croizet&amp;#64;drome.chambagri.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="http://rhone-alpes.synagri.com/portail/accueil26"&gt;
+    www.synagri.com/drome
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6651-developpement-dune-alimentation-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>120316</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité commerciale d’un centre bourg, d’un centre ville</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité commerciale d’un centre bourg, d’un centre ville</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de Commerce et d'Industrie (CCI) de la Drôme</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une stratégie de renforcement de l&amp;#039;attractivité des centres bourgs et villes et élaboration d&amp;#039;un plan d&amp;#039;actions opérationnel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous, échanges avec la collectivité pour :
+  &lt;br /&gt;
+  – préciser la problématique de centre bourg qui se pose aux élus
+  &lt;br /&gt;
+  – prendre en compte l&amp;#039;ensemble des paramètres locaux
+  &lt;br /&gt;
+  – poser les bases d&amp;#039;une réponse à la problématique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elaboration d&amp;#039;une offre d&amp;#039;intervention qui réponde aux attendus définis lors du rendez-vous initial.
+&lt;/p&gt;
+&lt;strong&gt;
+ Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+&lt;/strong&gt;
+&lt;p&gt;
+ Après validation de la proposition d&amp;#039;intervention de la CCI par la collectivité et selon les cas :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réunion de lancement de l&amp;#039;intervention avec les acteurs concernés (commerçants...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation du diagnostic des facteurs d&amp;#039;attractivité du centre bourg,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rendu intermédiaire des premiers éléments du diagnostic,
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration du plan d&amp;#039;actions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présentation à la collectivité et remise d&amp;#039;un rapport,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présentation collective des résultats aux acteurs concernés (commerçants, office de tourisme...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/renforcer-attractivite-commerciale-centre-bourg-un-centre-ville/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Chambre de Commerce et d&amp;#039;Industrie de la Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projet TPE Commerce Tourisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 75 70 34
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:commerce-tourisme&amp;#64;drome.cci.fr"&gt;
+    commerce-tourisme&amp;#64;drome.cci.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site :
+   &lt;a href="http://www.drome.cci.fr/"&gt;
+    www.cci.drome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e451-renforcer-lattractivite-commerciale-dun-centr/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>119914</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Faire confiance au savoir-faire artisanal et impliquer les artisans dans vos projets</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les artisans sont des professionnels disposant d&amp;#039;une qualification et qui exerce une activité de production, de transformation, de réparation ou de prestation de services. Les chambres des métiers et de l&amp;#039;artisanat sont à leur côté pour leur apporter un appui et une expertise pour le développement de leur activité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous souhaitez mobiliser le savoir-faire des artisans dans vos projets, impliquer les forces-vives de vos territoires, les CMA vous proposent l&amp;#039;accompagnement de conseillers spécialisés :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Identifier vos besoins et les possibles interventions des artisans
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Par exemple, pour un projet de rénovation énergétique des bâtiments publics, faites appel à des artisans du bâtiment spécialisés ;
+ &lt;br /&gt;
+ Un projet alimentaire territorial peut développer l&amp;#039;approvisionnement des cantines scolaires en produit artisanaux de qualité et de proximité ;
+ &lt;br /&gt;
+ • Informer les artisans sur les projets locaux
+ &lt;br /&gt;
+ Parce que la première barrière pour que les artisans participent aux projets des collectivités c&amp;#039;est l&amp;#039;information. Faire prendre conscience aux artisans qu&amp;#039;ils peuvent contribuer aux projets locaux ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Accompagner les collectivités techniquement et juridiquement pour permettre aux artisans et PME de répondre aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les acteurs publics sur les services des artisans ;
+ &lt;br /&gt;
+ - Former les équipes des collectivités territoriales sur les freins d&amp;#039;accès des artisans et PME aux marchés publics ;
+ &lt;br /&gt;
+ - Accompagner techniquement les services pour ne pas bloquer les candidatures des artisans ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  • Accompagner les artisans dans leur réponse technique aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les artisans sur leur possibilité d&amp;#039;offrir leurs services au secteur public ;
+ &lt;br /&gt;
+ - Les former sur les principes de la commande publique ;
+ &lt;br /&gt;
+ - Leur apporter une aide technique sur la forme de la réponse à la commande publique ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  •Accompagner la collectivité dans son projet d&amp;#039;attractivité économique et de revitalisation de zones commerciales
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ - Identifier les artisans
+ &lt;br /&gt;
+ - Accompagner les démarches administratives liées à l&amp;#039;installation/reprise
+ &lt;br /&gt;
+ - Accompagner le projet financier (vérification de la solidité financière du projet/business plan)
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/03db-copie-14h44-faire-confiance-au-savoir-faire-a/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>119911</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’installation d’activités artisanales sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat vous propose l&amp;#039;expertise de ses conseillers en immobilier et implantation d&amp;#039;entreprises, sur l&amp;#039;aménagement et les documents d&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet et des besoins de votre territoire et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA, le conseiller CMA identifie avec vous les enjeux et besoins locaux et élabore un plan d&amp;#039;action pour la mise en œuvre de solutions adaptées. Le cas échéant :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Identifier les potentiels activités pouvant s&amp;#039;installer en fonction :
+ &lt;br /&gt;
+ - Des activités déjà présentes sur le territoire ;
+ &lt;br /&gt;
+ - De la concurrence entre grandes-moyennes surfaces et commerces de proximité ;
+ &lt;br /&gt;
+ - De l&amp;#039;équilibre entre activités économiques du centre et de la périphérie ;
+ &lt;br /&gt;
+ - Du sourcing des artisans intéressés pour une installation ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •S&amp;#039;informer sur les offres d&amp;#039;installations :
+ &lt;br /&gt;
+ - Identifier les locaux vacants ;
+ &lt;br /&gt;
+ - Etudier les projets d&amp;#039;aménagement et documents d&amp;#039;urbanisme ;
+ &lt;br /&gt;
+ - Anticiper les futures cession-reprise d&amp;#039;activités ;
+ &lt;br /&gt;
+ - Collaborer avec la foncière du territoire ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;installation de l&amp;#039;artisan et l&amp;#039;adaptation/l&amp;#039;aménagement des locaux ;
+ &lt;br /&gt;
+ - Identifier des artisans (par le biais de concours ou critères prédéfinis pas la collectivité ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;artisan sur son projet financier (vérification de la solidité financière du projet/business plan) ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Contribuer aux réflexions sur la logistique urbaine
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e5eb-copie-14h34-accompagner-linstallation-dactivi/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>119907</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l’expertise d’un conseiller en développement  de l’économie de proximité implanté localement</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans la conception et la mise en œuvre de votre stratégie de développement et de promotion de l&amp;#039;artisanat de votre territoire. Vous souhaitez connaître les modalités de financement de cet accompagnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat, s&amp;#039;appuyant sur ses points de contact de proximité en Hexagone et dans les Outre-mer, met à votre disposition l&amp;#039;expertise de conseillers sur le développement, le soutien et la promotion de l&amp;#039;artisanat et de l&amp;#039;économie de proximité de votre territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet, et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA et ses produits phares, le conseiller CMA identifie avec vous les enjeux et besoins d&amp;#039;ingénierie pour la définition d&amp;#039;un plan d&amp;#039;action et la mise en œuvre de solutions adaptées.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller peut réaliser des études, des diagnostics et des observations prospectives. Il s&amp;#039;appuie sur le catalogue des produits inédits PVD et sur l&amp;#039;offre de services de la CMA pour vous proposer un plan d&amp;#039;action global répondant aux enjeux et problématiques soulevés par le diagnostic territorial. Les CMA pourront constituer le cas échéant des groupes de projet rassemblant leurs experts sur les thématiques de l&amp;#039;implantation et de la préservation des services de proximité, de la transmission-reprise, de l&amp;#039;aménagement et du parcours résidentiel des entreprises, de l&amp;#039;entrepreneuriat et de l&amp;#039;emploi, du développement des compétences des jeunes et demandeurs d&amp;#039;emploi, de l&amp;#039;accompagnement des entreprises dans les transitions écologique et numérique, du tourisme de savoir-faire et de la valorisation de l&amp;#039;excellence artisanale (dont les métiers d&amp;#039;art), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire (Agences de l&amp;#039;Etat, Préfectures, collectivités territoriales, Banque des Territoires, etc.).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;un portait de l&amp;#039;artisanat du territoire : diagnostic sur le potentiel de développement économique et d&amp;#039;aménagement d&amp;#039;un territoire (nombre de chefs d&amp;#039;entreprise, salariés, apprentis, entreprises artisanales, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation de diagnostic flash
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration d&amp;#039;un plan d&amp;#039;action adapté pour répondre aux besoins du territoire et mettre en place les actions adaptées aux acteurs économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à l&amp;#039;implantation d&amp;#039;artisans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;br /&gt;
+ • Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9104-beneficier-de-lexpertise-dun-conseiller-en-de/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>119747</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Relocaliser l'alimentation et valoriser les produits locaux</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous aidons à développer l&amp;#039;approvisionnement local et à animer des dynamiques territoriales avec les acteurs des filières alimentaires locales. Nous proposons des solutions adaptées pour renforcer ces filières, favoriser les liens entre producteurs et consommateurs, soutenir l&amp;#039;économie territoriale et promouvoir une alimentation durable, tout en répondant aux enjeux de souveraineté alimentaire et de transition écologique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a1be-accompagner-lemergence-de-circuits-courts-et-/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>119728</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Faire de la gare un lieu de services pour la revitalisation du territoire</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>SNCF Gares et Connexions</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Favoriser l&amp;#039;implantation de services et d&amp;#039;activités en gare, afin de contribuer à la revitalisation des territoires et à l&amp;#039;attractivité du mode ferroviaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Présentation Générale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare vise à réinventer les gares en y facilitant l&amp;#039;implantation d&amp;#039;activités et de services à destination des voyageurs et des riverains. Le programme cherche ainsi à soutenir le développement économique local et à maintenir des gares animées sur tout le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Un site internet et des référents régionaux dédiés pour faciliter l&amp;#039;implantation de services dans les espaces disponibles en gare
+&lt;/p&gt;
+&lt;p&gt;
+ SNCF Gares &amp;amp; Connexions met à disposition des acteurs locaux :
+&lt;/p&gt;
+&lt;p&gt;
+ Des espaces disponibles, signalés sur un site internet dédié sous forme d&amp;#039;appels à projets. La liste des gares potentiellement éligibles est indiquée en annexe. Remarques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La liste est composée des gares situées dans des communes éligibles également à Petites Villes de Demain et qui disposent d&amp;#039;un bâtiment voyageurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les appels à projet sont organisés par lots de gares, sériés dans le temps et priorisés selon :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  La réalité des espaces disponibles valorisables,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les enjeux territoriaux – la politique de service des gares étant aussi discutées avec les Régions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant des programmes d&amp;#039;investissements annuels ou pluriannuels mobilisables.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Des référents régionaux, disponibles pour écouter vos besoins et vous orienter sur les gares ouvertes au dispositif. Contacts listés en annexe.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les gares et espaces concernés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif concerne potentiellement toutes les petites et moyennes gares (à l&amp;#039;exclusion des grandes gares nationales et régionales), qui ont des espaces disponibles et qui sont toujours concernées par une desserte ferroviaire (ou de bus conventionnés).
+&lt;/p&gt;
+&lt;p&gt;
+ Il concerne tous les espaces disponibles dans ces gares, parvis, en rez-de-chaussée, en étage, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les activités et services recherchés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois dimensions clés sont recherchées en priorité : la dimension servicielle, l&amp;#039;ancrage local et la pérennité du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare réaffirme en effet la raison d&amp;#039;être des gares et recherche à travers les appels à projets l&amp;#039;implantation d&amp;#039;activités autour de 5 univers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les mobilités : accès facilité aux gares (abris vélos, navettes, ...), location de vélos, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces du quotidien : cafés / restaurants, épiceries, presse, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services à la personne : accès aux services publics, espaces de coworking, conciergerie, , maison médicale, crèche, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La logistique : points de retrait de colis, espace de stockage pour accompagner la logistique du dernier km, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La promotion du territoire et de la culture : offices de tourisme, bibliothèques, espaces d&amp;#039;expositions, ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le processus
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1.Une collectivité, une association ou une entreprise a une idée d&amp;#039;implantation et se renseigne sur les locaux disponibles auprès des équipes SNCF G&amp;amp;C
+&lt;/p&gt;
+&lt;p&gt;
+ 1.	Ou une collectivité, une association ou une entreprise repère un appel à projet sur un espace disponible en gare et manifeste son intérêt via le site internet Place de la Gare
+ &lt;a href="https://placedelagare.sncf/" rel="noopener" target="_blank"&gt;
+  https://placedelagare.sncf/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Les candidats déposent un dossier sur la plateforme en réponse à une consultation ouverte
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Un jury analyse les projets candidats et attribue le lot (jury composé de SNCF G&amp;amp;C, des collectivités et des autres financeurs potentiellement mobilisés)
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Mise en place de l&amp;#039;activité : SNCF Gares &amp;amp; Connexions réalise et finance tout ou partie des travaux propriétaires (si besoin de remise aux normes) ; le futur occupant réalise les travaux d&amp;#039;aménagement. Une convention d&amp;#039;occupation temporaire (COT) est signée entre SNCF G&amp;amp;C et l&amp;#039;occupant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  En priorité, projets d&amp;#039;implantation de services et commerces en gare (à destination des voyageurs et des riverains). Les annonces précisent à chaque fois le type de projets éligibles. Pour certains espaces (notamment en étage), les projets peuvent aussi concerner des implantations de bureaux ou de logements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Viabilité économique du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutes les gares situées dans des communes bénéficiaires de Petites Villes de Demain, possédant des espaces disponibles valorisables et disposant d&amp;#039;une desserte ferroviaire (ou de bus conventionnés). Liste des gares concernées à la fois par les dispositifs Petites Villes de demain et Place de la gare.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Auvergne-Rhône-Alpes, Camille Chavigny,
+  &lt;a href="mailto:camille.chavigny&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   camille.chavigny&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourgogne-Franche-Comté, Camille Chavigny,
+  &lt;a href="mailto:camille.chavigny&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   camille.chavigny&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bretagne, Enora Le Jeune,
+  &lt;a href="mailto:enora.le-jeune&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   enora.le-jeune&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centre-Val de Loire, Enora Le Jeune,
+  &lt;a href="mailto:enora.le-jeune&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   enora.le-jeune&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays de la Loire, Enora Le Jeune,
+  &lt;a href="mailto:enora.le-jeune&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   enora.le-jeune&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grand Est, Johann Lang,
+  &lt;a href="mailto:Eric.lavy&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   Eric.lavy&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou
+  &lt;a href="mailto:johann.lang&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   johann.lang&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Occitanie , Anne Gasnier-Laruelle,
+  &lt;a href="mailto:anne.gasnier-laruelle&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   anne.gasnier-laruelle&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur, Anne Gasnier-Laruelle,
+  &lt;a href="mailto:anne.gasnier-laruelle&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   anne.gasnier-laruelle&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hauts-de-France, Pauline Spinnewyn,
+  &lt;a href="mailto:pauline.spinnewyn&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   pauline.spinnewyn&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Normandie, Pauline Spinnewyn,
+  &lt;a href="mailto:pauline.spinnewyn&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   pauline.spinnewyn&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ile-de-France, Antoine Martin,
+  &lt;a href="mailto:antoine.martin2&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   antoine.martin2&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouvelle Aquitaine, Pierre Longeaux,
+  &lt;a href="mailto:pierre.longeaux&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   pierre.longeaux&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>ebarbereau@retail-connexions-sncf.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d9ad-faire-de-la-gare-un-lieu-de-services-pour-la-/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>44441</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le tourisme, le commerce de proximité et l'artisanat : L'OCCAL</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région, la Banque des Territoires, 12 Départements et 145 intercommunalités font pack pour soutenir le tourisme, le commerce de proximité et l&amp;#039;artisanat.
+&lt;/p&gt;
+&lt;p&gt;
+ Le secteur du tourisme est l&amp;#039;un des secteurs les plus touchés avec la crise du Covid-19. Le tourisme est un secteur qui pèse en Occitanie avec 15.9 milliards de consommation touristique, 10.3 % du PIB et près de 100 000 emplois. Il en est de même pour le commerce et l&amp;#039;artisanat de proximité essentiel pour la vitalité et l&amp;#039;attractivité des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la période de confinement qui a fortement impacté les activités économiques, il convient de favoriser le redémarrage du tourisme, du commerce et artisanat de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif L&amp;#039;occal a pour objectif d&amp;#039;aider les entreprises à redémarrer leur activité et leur permettre de s&amp;#039;adapter rapidement aux exigences très fortes qui vont s&amp;#039;imposer  en termes de propreté et d&amp;#039;application des mesures sanitaires
+Lecture
+L&amp;#039;OCCAL, la relance du tourisme, commerce &amp;amp; artisanat
+par
+Région Occitanie
+https://youtu.be/qu7kY5eXGFA?rel&amp;#61;0
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, la Région, en partenariat la Banque des territoires, les Départements et les EPCI d&amp;#039;Occitanie créée le fonds « L&amp;#039;OCCAL » qui propose des aides au travers de 2 volets à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 - Volet Trésorerie :
+ &lt;/strong&gt;
+ favoriser le redémarrage de l&amp;#039;activité des entreprises par des aides à la trésorerie (loyers, ressources humaines spécifiques, besoins en fonds de roulement...) par des avances remboursables.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 - Volet Investissement :
+ &lt;/strong&gt;
+ accompagner les investissements pour la mise en œuvre des mesures sanitaires par des subventions permettant d&amp;#039;anticiper les demandes de réassurance des clientèles par des aménagements  appropriés : équipements pour l&amp;#039;adaptation de l&amp;#039;accueil et des zones de paiement, pour permettre la distanciation physique entre les salariés et les clients, aménagement de plans de circulation sécurisés dans les établissements, adaptation des espaces collectifs et vestiaires, sanitaires dédiés au personnel, matériels de désinfection...
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Volet 1 : Redémarrage de l&amp;#039;activité des entreprises par des aides à la trésorerie
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide 50 % maximum :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Pour les commerces, l&amp;#039;artisanat, et les structures touristiques de 0 à 3 ETP permanents : aide plafonnée à
+    &lt;strong&gt;
+     10 K€
+    &lt;/strong&gt;
+    .
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les commerces, l&amp;#039;artisanat, les porteurs publics et parapublics d&amp;#039;équipements touristiques et les entreprises touristiques de 4 ETP et plus permanents : aide plafonnée à
+    &lt;strong&gt;
+     25 K€
+    &lt;/strong&gt;
+    .
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plancher de l&amp;#039;aide :
+  &lt;strong&gt;
+   2 000 €
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Volet 2 : Accompagner les investissements pour la mise en œuvre de mesures sanitaires
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide
+  &lt;strong&gt;
+   70 % maximum
+  &lt;/strong&gt;
+  (non cumulable avec le Pass Rebond) :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Pour les commerces et artisans de proximité : aide plafonnée à
+    &lt;strong&gt;
+     2 K€
+    &lt;/strong&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les structures touristiques : aide plafonnée à
+    &lt;strong&gt;
+     20 K€
+    &lt;/strong&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plancher de l&amp;#039;aide : aide proportionnelle minimale de 250 €. Les taxis pourront faire l&amp;#039;objet d&amp;#039;une aide forfaitaire de 150€ par véhicule pour les aménagements de séparation en Plexiglass, support de gel hydro alcoolique...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pourront être prises en compte les dépenses engagées à compter du 14 mars 2020
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour le Tourisme :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Personnes physiques et morales, Micro entreprises [ 1 ] , TPE, PME touristiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations touristiques et du tourisme social et solidaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes et EPCI propriétaires et/ou gestionnaires d&amp;#039;équipements touristiques et culturels d&amp;#039;intérêt local qui assurent plus de 50% de leurs recettes annuelles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour le Commerce et l&amp;#039;artisanat de proximité :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Personnes physiques et morales Micro entreprises [ 2 ] et TPE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;em&gt;
+    &lt;strong&gt;
+     Volet 1 : Redémarrage de l&amp;#039;activité des entreprises par des aides à la trésorerie :
+    &lt;/strong&gt;
+   &lt;/em&gt;
+   Structures et associations de moins de 3 ans et structures de plus de 3 ans dont les soutiens privés et publics à la trésorerie s&amp;#039;avèrent insuffisantes / Priorité aux entreprises n&amp;#039;ayant pas bénéficié d&amp;#039;aides directes en trésorerie par ailleurs (PGE, prêt rebond,...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    &lt;em&gt;
+     Volet 2 : Accompagner les investissements pour la mise en œuvre de mesures sanitaires :
+    &lt;/em&gt;
+   &lt;/strong&gt;
+   Prioritairement les entreprises et autres acteurs mentionnés ci-dessus ayant fait l&amp;#039;objet de l&amp;#039;arrêté de fermeture du 14 mars 2020 ou ayant subi de fortes baisses d&amp;#039;activités
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/loccal</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/account-management/croccitanie-demandeurs/ux/#/login?redirectTo=https%3A%2F%2Fmesaidesenligne.laregion.fr%2Faides%2F%23%2Fcroccitanie%2Fconnecte%2FF_DTT_L_OCCAL_2%2</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par mail : loccal&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises : Tél. 0800 31 31 01
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les associations touristiques du tourisme sociale et solidaire : Tél. 3010
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communes et EPCI gestionnaires d&amp;#039;équipements touristiques et culturels d&amp;#039;intérêt local : Tél. 3010
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4d5-loccal-soutenir-le-tourisme-le-commerce-de-pr/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>72010</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour créer ou développer son activité - Fonds pour l'économie des quartiers d'Est Ensemble</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Est Ensemble - Grand Paris</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>La subvention est de 10 000 € minimum et peut couvrir jusqu'à 80 % des dépenses d'investissement lié</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le fonds pour l&amp;#039;économie des quartiers est dédié à l&amp;#039;investissement dans des projets économiques s&amp;#039;implantant ou se développant dans les quartiers prioritaires du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Est Ensemble a lancé le fonds pour l&amp;#039;économie des quartiers, qui se trouve à la croisée de deux constats. D&amp;#039;une part, les porteurs de projet ont souvent des difficultés à s&amp;#039;installer correctement, avec un coût de départ élevé et donc fragilisant pour investir dans l&amp;#039;achat de matériel adéquat ou dans l&amp;#039;aménagement d&amp;#039;un local.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;autre part, les activités économiques sont souvent peu développées dans les quartiers « politique de la ville ».
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds propose ainsi de financer une partie de leur installation dans un des 19 QPV ou à proximité immédiate, avec une subvention minimale de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À qui s&amp;#039;adresse-t-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds s&amp;#039;adresse aux porteurs de projets – entrepreneurs, créateurs d&amp;#039;activité, associations – qui cherchent des financements pour s&amp;#039;installer ou développer leur activité, c&amp;#039;est-à-dire faire des travaux ou acheter le matériel nécessaire (un véhicule, une machine, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ En conséquence, seuls les projets déjà constitués sont concernés. Le fonds intervient au moment de l&amp;#039;installation d&amp;#039;une activité (ou son développement) et pas avant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entrepreneur est donc éligible s&amp;#039;il a déjà fait tout le chemin de la création d&amp;#039;activité, y compris avoir trouvé un lieu où s&amp;#039;établir. Ce lieu doit se trouver dans l&amp;#039;un des QPV d&amp;#039;Est Ensemble ou à proximité immédiate (voir sur
+ &lt;a href="https://sig.ville.gouv.fr/"&gt;
+  https://sig.ville.gouv.fr/
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Que finance-t-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds pour l&amp;#039;économie des quartiers finance les travaux d&amp;#039;aménagement d&amp;#039;un local et/ou l&amp;#039;achat de matériel nécessaire à l&amp;#039;activité. La subvention est de 10 000 € minimum et peut couvrir jusqu&amp;#039;à 80 % des dépenses d&amp;#039;investissement liées à l&amp;#039;installation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment le débloquer ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit remplir un dossier de candidature qui passe devant une commission composée de représentants d&amp;#039;Est Ensemble et de ses partenaires institutionnels ou privés actifs dans le développement et le financement d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Outre les critères de maturité du projet et d&amp;#039;implantation géographique, la commission va apprécier la candidature selon la solidité de son modèle économique, son ancrage local et sa dimension collective, son éventuel nombre d&amp;#039;emplois induits et la valeur ajoutée apportée au quartier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil de Territoire d&amp;#039;Est Ensemble votera ensuite les subventions à débloquer selon les projets repérés par la commission.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crèche, pâtisserie, épicerie coopérative...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Est Ensemble (EPT)</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.est-ensemble.fr/fonds-eco-quartiers</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://framaforms.org/fonds-de-soutien-au-developpement-economique-des-quartiers-politique-de-la-ville-est-ensemble-0</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ dev-eco-quartiers&amp;#64;est-ensemble.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>thomas.annonier@est-ensemble.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/918d-investir-pour-creer-ou-developper-son-activit/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>72011</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Identifier et développer des activités économiques à impact social avec la Fabrique à initiatives</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Avise</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La
+  &lt;a href="https://fabriqueainitiatives.org/"&gt;
+   Fabrique à initiatives
+  &lt;/a&gt;
+  est un dispositif d&amp;#039;ingénierie territoriale
+ &lt;/strong&gt;
+ créé en 2010 par l&amp;#039;
+ &lt;a href="https://www.avise.org/"&gt;
+  Avise
+ &lt;/a&gt;
+ - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
+ &lt;strong&gt;
+  accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Porté localement par des structures de l&amp;#039;accompagnement et présent dans 22 territoires,
+ &lt;strong&gt;
+  le dispositif permet, en partant d&amp;#039;un besoin social / environnemental, d&amp;#039;une idée de projet ou d&amp;#039;un lieu, de faciliter la création d&amp;#039;activités d&amp;#039;utilité sociale
+ &lt;/strong&gt;
+ en apportant
+ &lt;strong&gt;
+  son expertise  en matière d&amp;#039;animation territoriale, de modélisation économique et d&amp;#039;innovation sociale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Fabrique à initiatives accompagne également la phase de recherche de financements pour concrétiser le projet. L&amp;#039;Avise mobilise notamment le dispositif dans le cadre de son partenariat sur le programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;a href="https://fabriqueainitiatives.org/les-projets/"&gt;
+  Comprendre le dispositif en 25 projets
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif a 3 clés d&amp;#039;entrée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un besoin
+  &lt;/strong&gt;
+  : développer des réponses en partant d&amp;#039;un besoin ou d&amp;#039;un enjeu clé du territoire.
+  &lt;em&gt;
+   Exemples : revitaliser le centre-bourg, développer les circuits courts, identifier des supports d&amp;#039;insertion professionnelle, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une idée
+  &lt;/strong&gt;
+  : valider la pertinence d&amp;#039;une idée d&amp;#039;activité d&amp;#039;utilité sociale et la concrétiser.
+  &lt;em&gt;
+   E
+  &lt;/em&gt;
+  &lt;em&gt;
+   xemples : tiers-lieu culturel, filière locale de compostage, crèche associative, épicerie coopérative, réseau de ressourceries, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un lieu
+  &lt;/strong&gt;
+  : créer une dynamique locale d&amp;#039;innovation sociale ou transformer un lieu disponible en projet à fort impact.
+  &lt;em&gt;
+   Exemples : revaloriser une friche, créer des activités en bas d&amp;#039;immeubles, identifier des activités innovants en QPV, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il intervient à travers le processus adaptable suivant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Détecter les besoins et les opportunités
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   et qualifier des projets à impact
+  &lt;/strong&gt;
+  , à travers des ateliers d&amp;#039;intelligence collective et une démarche de prospective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Concevoir des activités innovantes
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   durables
+  &lt;/strong&gt;
+  à travers l&amp;#039;étude d&amp;#039;opportunité et la mobilisation collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transmettre le projet
+  &lt;/strong&gt;
+  à un entrepreneur qualifié ou une entreprise de l&amp;#039;ESS existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagner le porteur de projet jusqu&amp;#039;à la création
+  &lt;/strong&gt;
+  de l&amp;#039;activité, en partenariat avec les réseaux et acteurs spécialisés existants
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples de projets réalisés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Espace de couture mutualisé en QPV
+  &lt;/strong&gt;
+  , dans le cadre du contrat de ville avec Toulouse métropole, la Ville de Toulouse et la Région Occitanie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plateforme de circuits-courts
+  &lt;/strong&gt;
+  avec la Métropole du Havre
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Commerce de proximité local et solidaire
+  &lt;/strong&gt;
+  avec la commue du Juch
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réseau de conciergeries de quartier
+  &lt;/strong&gt;
+  , avec Strasbourg Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion
+  &lt;/strong&gt;
+  pour personnes en situation de handicap, avec la commune de Pontarlier
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Jardin familial et pédagogique
+  &lt;/strong&gt;
+  , avec la CC du Pays Ajaccien
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Filière locale de compostage
+  &lt;/strong&gt;
+  , en partenariat avec Nantes Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu culturel et restaurant en circuit-court
+  &lt;/strong&gt;
+  , en partenariat avec la Ville de Bègles
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conciergerie itinérante rurale
+  &lt;/strong&gt;
+  , sur le Pays des Hauts du Val de Saône
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu numérique et intergénérationnel
+  &lt;/strong&gt;
+  , avec la commune de Moncontour
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion en QPV
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu café associatif / repair café
+  &lt;/strong&gt;
+  etc. avec la commune d&amp;#039;Annonay
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conserverie à partir d&amp;#039;invendus alimentaires
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ne pas avoir identifié de porteurs de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres conditions d&amp;#039;intervention selon les structures porteuses (cf.
+  &lt;a href="https://fabriqueainitiatives.org/contact/" target="_self"&gt;
+   carte du réseau
+  &lt;/a&gt;
+  ). Le dispositif est partenaire du programme Petites villes de demain de l&amp;#039;ANCT.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/contact/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://fabriqueainitiatives.org/contact/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>contact@avise.org</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6dba-identifier-et-developper-des-activites-econom/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>73018</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Numériser les petites entreprises</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Économie, des Finances et de la Souveraineté industrielle et numérique</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Agence de services et de paiement (ASP)</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin d&amp;#039;accélérer les actions de modernisation prévues par France Relance, la DGE (Direction générale des entreprises) confie à l&amp;#039;ASP la mesure qui permettra à tous les commerçants, artisans, professionnels de l&amp;#039;hôtellerie et de la restauration, fermés pour freiner la circulation du virus, de s&amp;#039;équiper en solutions de vente à distance et développer une activité en ligne.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de 500 euros annoncée dans le plan de soutien du commerce en ligne permettra de rembourser partiellement certains coûts liés au lancement d&amp;#039;une activité en ligne, tels que :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la création d&amp;#039;un site internet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;adhésion à une plateforme en ligne,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition d&amp;#039;un logiciel ou la rémunération d&amp;#039;une prestation d&amp;#039;accompagnement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La liste des dépenses éligibles sera prochainement précisée.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prendra la forme d&amp;#039;un versement direct sur le compte du bénéficiaire, sur présentation de factures auprès de l&amp;#039;Agence de services et de paiement (ASP).
+&lt;/p&gt;
+&lt;p&gt;
+ Un budget de 60 millions est affecté à cette aide exceptionnelle. Elle devrait ainsi permettre d&amp;#039;aider 120 000 entreprises.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Consommation et production
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entités éligibles sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les commerces qui ont été obligés de fermer par décision administrative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les professionnels du secteur de l&amp;#039;hôtellerie et de la restauration.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le téléservice permettant aux entreprises concernées de déposer leurs demandes ouvrira au cours du mois de janvier 2021.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez
+ &lt;a href="https://www.asp-public.fr/mediatheque/implantations-regionales-de-lasp"&gt;
+  votre référent ASP
+ &lt;/a&gt;
+ en région.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d617-numeriser-les-petites-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>74891</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide « Installations de méthanisation (injection, cogénération, chaleur) »
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ Toutes entreprises dont le secteur agricole, agroalimentaire et les associations...
+ &lt;br /&gt;
+ Sauf projet bénéficiant du crédit d&amp;#039;impôt ainsi que les collectivités qui disposent d&amp;#039;un dispositif spécifique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Financement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Vous avez réalisé une étude préalable, et vous cherchez à financer votre installation.
+ &lt;br /&gt;
+ L&amp;#039;aide apportée sous forme de forfait de subvention par unité de capacité de production annuelle (€/MWh).
+ &lt;br /&gt;
+ • 95 €/MWh PCI pour la cogénération, avec une aide plafonnée à 200 000 €,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • 40 €/MWh PCS pour l&amp;#039;injection, avec une aide plafonnée à 600 000 €.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  En complément des pièces à déposer et à compléter ci-dessous, assurez-vous de joindre également les pièces suivantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude de faisabilité ou pré-diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis du constructeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Situation géographique de l&amp;#039;exploitation et zone d&amp;#039;épandage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Récépissé de demande ICPE ou permis de construire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma de concept de l&amp;#039;unité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bilan gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  RIB
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets soutenus :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Unités de méthanisation avec cogénération (&amp;lt; 500 kWe) ou injection de biométhane :
+ &lt;/li&gt;
+ &lt;li&gt;
+  production de biogaz,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation énergétique du biogaz : production de chaleur seule, cogénération d&amp;#039;électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public ou utilisation en carburant bioGNV,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stations d&amp;#039;épuration urbaines (STEU) :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation énergétique du biogaz comprenant l&amp;#039;épuration en biométhane et l&amp;#039;injection dans le réseau public.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région(s) ou pays concerné(s)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Auvergne-Rhône-Alpes,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourgogne-Franche-Comté,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Corse,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guyane,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hauts-de-France,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Réunion,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouvelle-Aquitaine,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Occitanie,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-methanisation-injection-cogeneration-chaleur</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter l&amp;#039;ADEME via leur formulaire en ligne
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/24b3-methaniser-installations-de-methanisation-inj/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>92589</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les quartiers d’activités économiques, les espaces économiques, les friches et créer de l’immobilier collectif</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la création ou l&amp;#039;extension des quartiers d&amp;#039;activités économiques, la requalification d&amp;#039;espace économique, la réhabilitation de friches et la création d&amp;#039;immobilier collectif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ETUDES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à visée opérationnelle liée au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ TRAVAUX :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Création et extension d&amp;#039;espace d&amp;#039;activité d&amp;#039;intérêt :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Local (inférieur à 10 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intercommunal (de 10 à 30 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départemental (supérieur à 30 hectares)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Friches délaissées :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Requalification d&amp;#039;espace économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;immobilier collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Revitalisation
+Bâtiments et construction
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables jusqu&amp;#039;à 80 % du montant HT des études (50 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations (selon taille de l&amp;#039;opération) : jusqu&amp;#039;à 25 % du déficit HT de l&amp;#039;opération (800 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide (travaux) : variable selon les opérations de 15 à 25 %, dépendant de la présence d&amp;#039;une zone de revitalisation rurale et d&amp;#039;un quartier prioritaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Postes de dépenses pris en compte (calcul du déficit d&amp;#039;opération) : travaux de construction et de réhabilitation (immobilier) ; mobilités alternatives, énergies renouvelables, Très Haut Débit, les entrées de sites, les clôtures et la signalétique, le mobilier urbain, le tri sélectif, les installations photovoltaïques, les travaux paysagers et tout équipement visant un des trois axes du développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions administratives : maîtrise foncière du terrain à aménager par le maître d&amp;#039;ouvrage et intégration du projet dans les documents d&amp;#039;urbanisme (SCOT et PLU) ; autorisations administratives préalables obtenues et travaux non débutés ; projet compatible avec le label régional Parc&amp;#43; au plus tard en phase APS ; avis favorable des évaluations avant et après projet ; accord formel du Conseil départemental par convention adoptée par l&amp;#039;assemblée départementale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4085-amenager-les-quartiers-dactivites-economiques/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>92940</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Apporter une aide directe aux entreprises</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France
+Communauté de communes des lisières de l'Oise</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J64" s="1" t="inlineStr">
+        <is>
+          <t>l'aide publique est fixée à 15% des dépenses éligibles HT avec un plafond de 4500 €</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La CCLO participe au financement des dispositifs adoptés par le Conseil Régional des Hauts-de-France pour contribuer au développement des TPE et à la création d&amp;#039;entreprise. Elle propose :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une aide fixée à 15% avec un plafond de 4500 € /aide pour l&amp;#039;investissement productifs neufs ( outils de production, matériel et équipements professionnels). Le programme d&amp;#039;investissement de l&amp;#039;entreprise doit être au minimum de 2 500 € HT et inférieur à 30 000 € HT
+  &lt;/li&gt;
+  &lt;li&gt;
+   une aide à la création à l&amp;#039;emploi d&amp;#039;un montant de 1000 € temps plein au minimum CDD sur 12 mois ( hors contrat de qualification et de professionnalisation) jusqu&amp;#039;à un plafond de 10 emplois créés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financement de machines pour une microentreprise production articles zéro déchet en tissu
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ financement d&amp;#039;un four pour une boulangerie
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ financement de postes en boulangerie/garage/laboratoire
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   TPE dont l&amp;#039;effectif est inférieur à 10 salariés et dont le chiffre d&amp;#039;affaires est inférieur à 1 000 000 €
+  &lt;/li&gt;
+  &lt;li&gt;
+   siège social et l&amp;#039;activité exercés sur le territoire de la CCLO
+  &lt;/li&gt;
+  &lt;li&gt;
+   à jour de ses obligations sociales et fiscales
+  &lt;/li&gt;
+  &lt;li&gt;
+   inscrites au RCS et/ou RM
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifiant d&amp;#039;au moins une année d&amp;#039;activité ( 1 exercice fiscal d&amp;#039;au moins 12 mois clôturé)
+  &lt;/li&gt;
+  &lt;li&gt;
+   sont exclus : les professions libérales, les activités non sédentaires , les établissements secondaires
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>CC des Lisières de l'Oise</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nadège DE SMEDT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ nadege.desmedt&amp;#64;ccloise.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03.44.42.72.25
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>nadege.desmedt@ccloise.com</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ced5-aides-directes-aux-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>93900</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable - Prime Chaleur d'Avenir</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire
+Ademe — Direction régionale — Auvergne-Rhône-Alpes
+ALEC 42 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide forfaitaire, les taux indiqués sont purement indicatifs</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Chaleur Renouvelable, tout un programme...
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le soutien de l&amp;#039;Agence de l&amp;#039;environnement et de la maîtrise de l&amp;#039;Energie (ADEME) et en coopération étroite avec les EPCI, le SIEL- Territoire d&amp;#039;énergie Loire lance le programme « Prime Chaleur d&amp;#039;Avenir ».
+&lt;/p&gt;
+&lt;p&gt;
+ « Prime Chaleur d&amp;#039;Avenir » permet de rendre éligibles les petits projets qui de par leur taille n&amp;#039;atteignaient pas seuls les seuils du Fonds Chaleur afin qu&amp;#039;ils puissent bénéficier de financements. Outre les subventions, « Prime Chaleur d&amp;#039;Avenir » permet d&amp;#039;apporter aux acteurs ligériens désireux de substituer leur mode de production de chaleur un accompagnement technique.
+&lt;/p&gt;
+&lt;p&gt;
+ Porté par le SIEL-Territoire d&amp;#039;énergie Loire pour les acteurs publics et EDEL 42 pour les porteurs de projets privés (agriculteurs, entreprises, bailleurs sociaux, artisans...), il permet de disposer sur le périmètre concerné* d&amp;#039;une enveloppe d&amp;#039;aide de 7 millions d&amp;#039;euros allouée par l&amp;#039;ADEME sur trois ans et déléguée au SIEL-Territoire d&amp;#039;énergie Loire pour favoriser la conversion des systèmes de production de chaleur vers des énergies thermiques renouvelables (bois-énergie, solaire thermique et géothermie).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>01/05/2024</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>30/04/2028</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères du Fonds Chaleur de l&amp;#039;ADEME applicables
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/nos-activites/energies-renouvelables/primechaleurdavenir/</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour tout contact adresser un mail à
+&lt;/p&gt;
+&lt;p&gt;
+ primechaleurdavenir&amp;#64;siel42.fr
+&lt;/p&gt;
+&lt;p&gt;
+ ou à
+ wilfrid.gerossier&amp;#64;saint-etienne-metropole.fr sur le territoire TEPOS SEM/Pilat
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5027-prime-chaleur-davenir/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>94237</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Créer des tiers-lieux d’innovation sociale pour contribuer au développement économique des territoires</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez participer au développement économique local et mettre en place un tiers-lieu d&amp;#039;innovation sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires peut apporter, sous certaines conditions dont notamment le soutien de la collectivité territoriale, un appui à l&amp;#039;émergence du projet et à la structuration de sa gouvernance, une aide aux études de programmation ou de montage juridique et financier, une part des fonds propres de la structure d&amp;#039;exploitation ou de la structure portant les murs, sous forme d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=tierslieux_innov_sociale_psat</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b33b-developper-les-tiers-lieux-dinnovation-social/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>94693</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Financer une étude de faisabilité de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Financement d&amp;#039;une étude de faisabilité de récupération de chaleur fatale », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ avant d&amp;#039;investir dans une installation de récupération de chaleur fatale, l&amp;#039;ADEME vous accompagne en finançant votre étude de faisabilité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Actions éligibles :
+ &lt;/strong&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Profitez d&amp;#039;un accompagnement professionnel pour prendre des décisions ou suivre les travaux de votre projet d&amp;#039;installation de production de chaleur renouvelable ou de récupération.
+Si vous pensez avoir de la chaleur perdue mais ne savez pas comment la valoriser, l&amp;#039;ADEME ou ses relais de terrain peuvent vous conseiller.
+&lt;/p&gt;
+&lt;p&gt;
+ Selon les régions, l&amp;#039;ADEME s&amp;#039;appuie sur certains relais pour promouvoir les énergies renouvelables et de récupération. À ce titre, des conseils, des notes d&amp;#039;opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  L&amp;#039;étude de faisabilité vous permettra de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   vérifier la faisabilité technique et économique du projet de récupération de chaleur fatale,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   proposer des solutions techniques adaptées au contexte et aux possibilités qu&amp;#039;offre le site,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   proposer des solutions pour le financement de l&amp;#039;opération et le montage administratif et juridique.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+ si l&amp;#039;étude de faisabilité vous conforte dans l&amp;#039;investissement à faire, passez à la suite. L&amp;#039;ADEME avec le Fonds Chaleur, vous accompagne à travers des
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-recuperation-chaleur" rel="noopener" target="_blank"&gt;
+  aides à l&amp;#039;investissement sur une installation de récupération de chaleur fatale.
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dune-etude-faisabilite-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d8f-financer-une-etude-de-faisabilite-de-recupera/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>94694</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Financer les installations de récupération de chaleur</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Financement d&amp;#039;installations de récupération de chaleur », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+Réalisez une installation de récupération de chaleur avec l&amp;#039;aide de l&amp;#039;ADEME à travers le Fonds Chaleur.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissement public,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les bonnes raisons pour passer le cap de la récupération de chaleur :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   avoir de la visibilité sur les coûts de la chaleur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   accéder à une haute performance environnementale en substituant cette ressource à d&amp;#039;autres sources de chaleur non renouvelables,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier de technologies éprouvées à haut rendement énergétique,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mener à bien un projet avec un temps de retour souvent inférieur aux projets d&amp;#039;énergies renouvelables,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   profiter d&amp;#039;une ressource de proximité disponible dans une logique d&amp;#039;économie circulaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   agir avec le soutien du Fonds Chaleur.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement : l&amp;#039;aide Fonds Chaleur aux installations de récupération de chaleur dépend de conditions techniques, en particulier de la quantité de chaleur récupérée, des performances énergétiques et environnementales des installations et du Temps de Retour Brut (TRB) du projet.
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2020, les aides ADEME peuvent être articulées avec dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE). Les modalités sont précisées dans les conditions d&amp;#039;éligibilité et de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Au-delà des aides à l&amp;#039;investissement, l&amp;#039;ADEME vous accompagne et vous conseille sur toutes les phases de votre projet, des études (d&amp;#039;opportunité ou de faisabilité) aux aides à l&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne sont pas éligibles à cette aide : les installations de faible puissance (&amp;lt; 6 GWh/an) n&amp;#039;incluant pas de machines thermodynamiques ou de solaire thermique et pouvant être aidées par une fiche CEE standard.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/2021-02/conditions-eligibilite-financement-recuperation-chaleur-fatale-2021.pdf" rel="noopener" target="_blank"&gt;
+  Téléchargez les conditions d&amp;#039;éligibilité et de financement pour la récupération de chaleur fatale.
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-recuperation-chaleur</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;78" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e5f-financer-linstallations-de-recuperation-de-ch/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>94705</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études relatives à la mise en œuvre ou à la définition des réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Études de réseaux de chaleur et de froid », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Réaliser ou étendre un réseau de chaleur et/ou de froid liant des moyens de production de chaleur à des bâtiments et alimentés par des énergies renouvelables ou de récupération, l&amp;#039;ADEME vous accompagne.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Bénéficiez d&amp;#039;un financement pour vos études relatives à la mise en œuvre ou à la définition des réseaux de chaleur ou de froid
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;p&gt;
+   Selon les régions, l&amp;#039;ADEME s&amp;#039;appuie sur certains relais pour promouvoir les énergies renouvelables. A ce titre, des conseils, des notes d&amp;#039;opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l&amp;#039;investissement dans un réseau de chaleur ou de froid sont conditionnées à la production d&amp;#039;une étude de faisabilité pour une création de réseau ou d&amp;#039;un schéma directeur des réseaux pour une extension.
+  &lt;/p&gt;
+ &lt;p&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant d&amp;#039;investir, l&amp;#039;ADEME préconise le recours à des prestataires bureaux d&amp;#039;études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/aide-etudes-reseaux-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;48353" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9657-aider-aaux-etudes-de-reseaux-de-chaleur-et-de/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>94896</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la digitalisation des commerces</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modèles économiques des commerces sont depuis plusieurs années fragilisés du fait principalement de l&amp;#039;évolution des modes de consommation (mobilité des consommateurs, digitalisation de l&amp;#039;acte d&amp;#039;achat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces évolutions se sont accélérées avec la crise sanitaire et
+ &lt;strong&gt;
+  imposent aujourd&amp;#039;hui à tout commerce de repenser sa stratégie de digitalisation et d&amp;#039;accélérer sa mise en œuvre
+ &lt;/strong&gt;
+ .
+Il est ainsi proposé de mettre l&amp;#039;accent sur la digitalisation des entreprises et notamment des commerces dans le cadre d&amp;#039;un programme sur mesure &amp;#34;
+ &lt;strong&gt;
+  Grand Est Transformation Digitale
+ &lt;/strong&gt;
+ &amp;#34;.
+Le dispositif propose un parcours de digitalisation articulé autour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI / communes / Union de Commerçants ...), dans la définition et la mise en œuvre de plans d&amp;#039;actions collectifs en faveur des commerces avec 2 volets d&amp;#039;accompagnement :
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     Volet 1
+    &lt;/strong&gt;
+    : un accompagnement des EPCI / Communes en ingénierie par la CCI Grand Est ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     Volet 2
+    &lt;/strong&gt;
+    : un accompagnement opérationnel aux projets coopératifs/collectifs de plateformes d&amp;#039;achat, marketplace, plateforme de réservation...qui font suite à l&amp;#039;accompagnement de la CCI Grand Est ;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours individuel : concerne l&amp;#039;accompagnement individuel à la digitalisation des entreprises et qui fait l&amp;#039;objet d&amp;#039;un règlement dédié ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mode de réception des demandes et des dossiers : au fil de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ Territoires éligibles
+&lt;/h2&gt;
+&lt;p&gt;
+ Les territoires ciblés de manière prioritaire correspondent aux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  18 EPCI situées au croisement des démarches POCE, Territoire d&amp;#039;Industrie et Coeur de Ville et aux Communes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centralités Rurales (Présence d&amp;#039;au moins 15 équipements de type intermédiaire - définition INSEE),
+Population de moins de 8 000 habitants pour l&amp;#039;année 2013,
+Appartenance à un bassin de vie de moins de 100 000 habitants) : communes ou EPCI composés majoritairement de centralités rurales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres collectivités pour des problématiques liées aux hyper-centre sous réserve d&amp;#039;une validation préalable par la Région.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;h3&gt;
+ Volet 1
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement en ingénierie par la CCI Grand Est
+Sont éligibles les EPCI/Communes de l&amp;#039;EPCI n&amp;#039;ayant pas transféré la compétence à l&amp;#039;EPCI des territoires précisés ci-dessus.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Volet 2
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement aux projets coopératifs/collectifs de plateforme d&amp;#039;achat, marketplace...
+Sont éligibles les EPCI/Communes de l&amp;#039;EPCI n&amp;#039;ayant pas transféré la compétence à l&amp;#039;EPCI des territoires précisés ci-dessus mais également d&amp;#039;autres types de porteurs (associations, GIP, Département, Syndicat mixte, établissements publics...) – le projet concerné aura fait l&amp;#039;objet d&amp;#039;un accompagnement de la CCI Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h2&gt;
+&lt;h3&gt;
+ Aide au conseil (Volet 1)
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : Subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : Fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux : 80% de l&amp;#039;effort consenti par l&amp;#039;EPCI ou la Commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;aide : 50 000 € par EPCI ou Commune
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Aide à l&amp;#039;investissement (Volet2)
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : Subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : Investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux : 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;aide : 20 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Volet 1
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement en ingénierie sera réalisé par la CCI Grand Est qui définira en lien avec l&amp;#039;EPCI ou la commune le besoin d&amp;#039;accompagnement. Celui-ci sera donc adapté aux territoires et personnalisé selon le tissu commercial du territoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 2
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;acquisition de solutions digitales permettant la mise en œuvre de marketplace, plateforme d&amp;#039;achat, plateforme commerciale, plateforme de réservation... et figurant dans la liste ci-dessous : Dépenses d&amp;#039;investissements éligible Type de dépenses Logiciels/Sites Web marchands / Applications mobiles / Outils de travail collaboratifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de licences et logiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de développement, de paramétrage et de conception
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissement liés au développement d&amp;#039;un service (site internet / intranet / application)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les abonnements, contrats et autres services ne sont pas éligibles
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-collectif/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande fait l&amp;#039;objet d&amp;#039;un dossier de candidature qui sera adressé à
+ &lt;a href="mailto:transfodigitale.parcourscollectif&amp;#64;grandest.fr"&gt;
+  transfodigitale.parcourscollectif&amp;#64;grandest.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/580f-grand-est-transformation-digitale-parcours-co/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>94933</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les librairies indépendantes</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la librairie indépendante</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide &amp;#34;Aide à la librairie indépendante&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides s&amp;#039;adressent aux points de vente de livres indépendants qui répondent aux critères suivants et ayant au moins un an d&amp;#039;existence (hors cas de création d&amp;#039;une nouvelle librairie) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  TPE, PME faisant l&amp;#039;objet d&amp;#039;une inscription au registre du commerce et des sociétés en Grand Est, ayant pour activité la vente de livres, ou association domiciliée dans le Grand Est dont la création a fait l&amp;#039;objet d&amp;#039;une parution au Journal officiel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposant la vente des titres détenus en stock dans un local accessible à tout public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisant au moins 40 % de leur chiffre d&amp;#039;affaires annuel avec la vente de livres neufs au détail ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;au moins 1 000 titres référencés pour les librairies spécialisées, 1 500 titres réfé-rencés pour les librairies généralistes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  50% du capital minimum est détenu par une ou plusieurs personnes physiques, impliquées dans le fonctionnement de la librairie ou par une société dont le capital est détenu en majorité par une ou plusieurs personnes physiques, le responsable du magasin disposant alors d&amp;#039;une autonomie totale dans la gestion de l&amp;#039;assortiment.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Procédure d&amp;#039;instruction
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Composition du dossier
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une lettre argumentée adressée conjointement au Président de la Région Grand Est, au Prési dent du CNL et à la Directrice Régionale des Affaires Culturelles du Grand Est précisant le mon- tant de l&amp;#039;aide sollicitée et démontrant son effet incitatif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le formulaire type dûment rempli de la demande de subvention « aide à la librairie indépendante » disponible en téléchargement sur les sites de la Région Grand Est et de la DRAC Grand Est accompagné des pièces administratives et comptables relatives au projet demandé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour l&amp;#039;ensemble des projets éligibles, les aides cumulées des financeurs publics associés dans le présent règlement s&amp;#039;élèvent à 70 % maximum du coût hors taxes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est plafonnée à 22 000 € et à 60% du budget global du projet pour les aides à l&amp;#039;investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   et à 12 000 € et à 60% du budget global du projet pour les aides au fonctionnement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est modulable selon le budget, la qualité et la pertinence du projet déposé.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent être transmis uniquement de manière dématérialisée pour le
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    31 mars 2021
+   &lt;/strong&gt;
+   (première session)
+  &lt;/li&gt;
+  &lt;li&gt;
+   et le
+   &lt;strong&gt;
+    30 juin 2021
+   &lt;/strong&gt;
+   (seconde session)
+  &lt;/li&gt;
+  &lt;li&gt;
+   et
+   &lt;strong&gt;
+    31 octobre 2021
+   &lt;/strong&gt;
+   (troisième session) conjointement aux deux adresses suivantes :
+   &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+   et
+   &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr"&gt;
+    demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+   &lt;/a&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   aide à la création ou à la reprise-transmission (en articulation des dispositifs existants : Région Grand Est, Centre national du Livre, IFCIC, ADELC, FISAC, etc.) Ces aides peuvent permettre de financer les frais d&amp;#039;établissement, tout type de travaux, acquisition de mobiliers, matériels et d&amp;#039;outils liés à l&amp;#039;activité de vente de livres neufs dans le local commercial et/ou la constitution ou le rachat de stock de livres neufs. Elles auront prioritairement vocation à aider à la création de librairies dans des territoires où le commerce de livres est absent ou rare. La demande de subvention ne peut porter sur des acquisitions immobilières ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à l&amp;#039;aménagement des locaux (agencement, agrandissement, rénovation, modernisation, déménagement dans des locaux plus spacieux et attractifs, etc.) et à l&amp;#039;équipement matériel et mobilier. Une attention particulière sera portée aux projets concourant au développement durable. Ne sont pas éligibles les prestations et/ou fournitures afférentes à une activité complémentaire (café- librairie, etc.) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à l&amp;#039;équipement informatique et logiciel et à la formation de l&amp;#039;outil logiciel (informatisation ou ré- informatisation), aide au développement numérique : création, pérennisation ou refonte d&amp;#039;un site internet, hors contrat d&amp;#039;abonnement, investissements liés à des outils numériques de promotion des librairies indépendantes et de proximité ou présence sur des plateformes de vente en ligne existantes. Seuls les logiciels dédiés aux différents services proposés par les libraires sont éligibles ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à la valorisation et au développement d&amp;#039;un fonds général ou de fonds thématiques particuliers ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à la création de l&amp;#039;emploi qualifié en cdi, soutien dégressif sur 2 ans pendant la durée de validité de la convention, jusqu&amp;#039;à 40 % du salaire brut en année 1 puis jusqu&amp;#039;à 30% de salaire brut en année 2 (après mobilisation prioritaire des dispositifs de droit commun). Une attention particulière sera portée aux projets de transformation d&amp;#039;un contrat en alternance en cdi ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à l&amp;#039;adhésion aux outils de gestion ou services interprofessionnels permettant d&amp;#039;améliorer les pratiques commerciales, prises en charge totale ou partielle des cotisations de nouveaux adhérents (1ère année uniquement) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à l&amp;#039;animation culturelle, à la promotion et à la communication : développement d&amp;#039;une politique d&amp;#039;animation autour du livre, programmation de rencontres avec des auteurs sur le lieu de ventes ou hors les murs, mise en place d&amp;#039;événements exceptionnels, développement d&amp;#039;outils de communication.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>15/03/2019</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les dossiers seront analysés par le comité de sélection en fonction des critères suivants :
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les qualités et la pertinence techniques du projet proposé
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les compétences professionnelles et la formation du personnel
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le niveau d&amp;#039;adéquation du projet proposé au regard des conditions d&amp;#039;éligibilité
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la faisabilité financière du projet et les capacités d&amp;#039;autofinancement de la librairie
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;enveloppe budgétaire disponible.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-a-la-librairie-independante/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;h3&gt;
+  &lt;strong&gt;
+   &lt;a href="mailto:sophie.abellan&amp;#64;grandest.fr"&gt;
+    Sophie ABELLAN
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/h3&gt;
+ &lt;h3&gt;
+  Chargée de mission livre
+ &lt;/h3&gt;
+ &lt;h3&gt;
+  Région Grand Est
+ &lt;/h3&gt;
+ &lt;h3&gt;
+  Tél. 03 26 70 74 64
+ &lt;/h3&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;strong&gt;
+    Les dossiers doivent être transmis uniquement de manière dématérialisée pour le
+   &lt;/strong&gt;
+  &lt;/p&gt;
+  &lt;p&gt;
+   &lt;/p&gt;&lt;ul&gt;
+    &lt;li&gt;
+     31 mars 2021 (première session)
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     et le 30 juin 2021 (seconde session)
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     et 31 octobre 2021 (troisième session) conjointement aux deux adresses suivantes :
+     &lt;a href="mailto:livre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+      livre&amp;#64;grandest.fr
+     &lt;/a&gt;
+     et
+     &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+      demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+     &lt;/a&gt;
+     &lt;br /&gt;
+    &lt;/li&gt;
+   &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8cd7-aide-a-la-librairie-independante/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>95066</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Développer la géothermie de surface</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la géothermie de surface</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE),
+  &lt;/li&gt;
+  &lt;li&gt;
+   réduire le recours aux énergies fossiles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   réduire les émissions de gaz à effet de serre,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer la production d&amp;#039;énergie renouvelable,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer la filière géothermie dans la région Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est
+déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement
+similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production
+effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;assiette éligible : 50 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque :
+ &lt;/strong&gt;
+ intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;strong&gt;
+  Pour les investissements – géothermie de moins de 70 MWh EnR/an sur nappe et champ de
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  sondes et géothermie de moins de 120 MWh EnR/an sur eaux usées
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi :
+- Pour les collectivités : 40%, 45% ou 50% selon le potentiel financier et l&amp;#039;effort
+fiscal de la commune par rapport à celle de la strate
+- Pour les autres bénéficiaires : 50% (45% pour grande entreprise)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque :
+ &lt;/strong&gt;
+ intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-geothermie-surface"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P72" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires d
+  e l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets participatifs et citoyens.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ De l&amp;#039;action
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les acteurs de la filière, les utilisateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Géothermie sur nappe jusqu&amp;#039;à 500 MWh EnR/an,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Géothermie sur champ de sondes jusqu&amp;#039;à 500 MWh EnR/an,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Géothermie sur eaux usées jusqu&amp;#039;à 1200 MWh EnR/an.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les MWh EnR correspondent aux MWh réellement extraits du sol, de la nappe ou des eaux usées, utiles pour les besoins exclusifs de chauffage et d&amp;#039;eau chaude sanitaire des bâtiments ; les MWh EnR sont comptabilisés à l&amp;#039;entrée de la pompe à chaleur (PAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les études :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;étude de faisabilité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le test de réponse thermique pour la géothermie sur champ de sondes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   les essais de pompage pour les forages sur nappe
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les investissements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les forages et leur équipement (sondes cimentées, crépines, collecteur...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les équipements de pompage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les liaisons vers le local de la PAC ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;hydraulique primaire en chaufferie, y compris le comptage thermique, et le réseau de chaleur jusqu&amp;#039;aux sous-stations incluses ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel nouveau local chaufferie ou l&amp;#039;adaptation du local existant ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel système de télégestion ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la main d&amp;#039;oeuvre et la maîtrise d‘oeuvre.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-geothermie-de-surface-2/</t>
+        </is>
+      </c>
+      <c r="W72" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatez sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-geothermie-surface" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-geothermie-surface
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9aca-soutien-a-la-geothermie-de-surface/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>98767</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement économique et l'emploi</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2010, le Pays vit une profonde transformation de son tissu économique. Il s&amp;#039;appuyait sur une production
+ agricole reconnue par les industriels, des unités de sous-traitance automobiles et agroalimentaires diversifiées et
+ un secteur tertiaire principalement tourné vers la santé et la vie publique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;expérience de revitalisation économique menée dans le cadre du dispositif Fonds National d&amp;#039;Aménagement et
+ de Développement du Territoire (FNADT) vient de s&amp;#039;achever sur un bilan très positif de 500 emplois créés. La
+ démarche de Veille prospective agricole et agroalimentaire va générer de nouvelles dynamiques des filières. Les
+ artisans et les commerçants de proximité souhaitent travailler en réseau, apporter des services nouveaux et
+ ouvrir des complémentarités face au développement des agglomérations.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prospection, accueil et transmission d&amp;#039;unités économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consolidation des richesses du territoire (hommes et savoir-faire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau des acteurs, circulation de l&amp;#039;information, constitution de filières ou cluster
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamisation des filières économiques, dont le commerce et l&amp;#039;artisanat de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de stratégies concertées, de sites et d&amp;#039;événements touristiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de forum de l&amp;#039;emploi, de réunion d&amp;#039;information sur les besoins en manœuvre locale...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de rencontre par filières économiques, de speed dating...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition de conseil en gestion de projets entreprenariaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentations d&amp;#039;actions collectives dans le domaine de l&amp;#039;artisanat et du commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de développement de la stratégie touristique du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Emploi
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts directs en lien avec l&amp;#039;opération, dont :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition ou location de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de déplacement, d&amp;#039;hébergement et de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;études, de conseils, de formation...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement européen intervient toujours en contrepartie de financements publics nationaux différents de l&amp;#039;Europe. Pour un porteur de projet privé, cela implique qu&amp;#039;il devra solliciter un autre co-financeur public.
+&lt;/p&gt;
+&lt;h4&gt;
+ Au niveau administratif :
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approuvant le projet et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicitant une subvention européenne dans le cadre de LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  autorisant l&amp;#039;exécutif à signer tout document y afférent
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE PLOERMEL</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjolaine PONDARD, Chargée de mission contractualisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
+  m.pondard&amp;#64;pays-ploermel.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 06 69 71 55 38 - 02 30 19 01 82
+&lt;/p&gt;
+&lt;p&gt;
+ PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
+  https://www.pays-ploermel.fr/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>m.pondard@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a57e-favoriser-le-developpement-economique-et-lemp/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>100733</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Proposer à des porteurs de projets des locaux vacants dans les gares</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Place de la Gare</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>SNCF Gares et Connexions</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participez à la dynamique économique de nos territoires en proposant des projets innovants et utiles au sein des petites et moyennes gares françaises.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur l&amp;#039;ensemble du réseau, près d&amp;#039;un millier de gares disposent aujourd&amp;#039;hui de locaux vacants dans des contextes extrêmement variés : communes rurales, villes moyennes, zones périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare, porté avec les Autorités Organisatrices et les collectivités territoriales, en tant qu&amp;#039;outil de l&amp;#039;équilibre financier des gares et de désenclavement des territoires, a pour ambition de dynamiser ce réseau de gares et d&amp;#039;en faire un point d&amp;#039;ancrage des commerces et des services publics locaux, au plus proche de tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez un projet, nous avons les m2 et des équipes pour vous accompagner !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Manifestez-vous sur
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;a href="https://www.1001gares.fr/" rel="noopener" target="_blank"&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Commerces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison médicale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Logement saisonnier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magasins de producteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Circuit court
+ &lt;/li&gt;
+ &lt;li&gt;
+  Office de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Crèche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bibliothèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Musée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélostation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et tout autre projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Tourisme
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez un projet sur la plateforme
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre candidature sera analysée par un jury SNCF.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+   Ouvre une nou
+  &lt;/a&gt;
+  &lt;span&gt;
+   qui sera soumis à la validation du jury
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://placedelagare.sncf/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>ebarbereau@retail-connexions-sncf.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4255-proposer-a-des-porteurs-de-projets-des-locaux/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>102299</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création d'épiceries solidaires</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Appel à candidatures pour la création épiceries solidaires - Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de
+ &lt;strong&gt;
+  France Relance
+ &lt;/strong&gt;
+ , et avec le soutien de ses partenaires, le réseau des épiceries solidaires ANDES soutient massivement la création de nouvelles épiceries solidaires et  lutte contre la précarité alimentaire tout en favorisant l&amp;#039;accès aux produits frais et de qualité, pour les populations isolées ou modestes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La crise sanitaire que nous traversons, devenue une crise économique et sociale, affecte durablement les ménages déjà fragiles, et de nouvelles catégories de population peu habituées à l&amp;#039;aide alimentaire (étudiants, travailleurs indépendants, familles monoparentales, familles modestes touchées par le chômage partiel...).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les épiceries solidaires sont une réponse pertinente à ces nouveaux besoins, en permettant à la fois un accès digne et non stigmatisant à une alimentation de qualité, un accompagnement personnalisé et une aide pour surmonter les difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les épiceries solidaires sont des structures d&amp;#039;aide alimentaire et d&amp;#039;accompagnement social, proposant à leurs bénéficiaires d&amp;#039;effectuer leurs courses comme dans un commerce classique, pour un coût entre 10% et 30% de la valeur marchande des produits. Les bénéficiaires, orientés par des travailleurs sociaux, accèdent à l&amp;#039;épicerie pour une durée limitée et ont également accès à un accompagnement social pour les aider à sortir des difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de France Relance, et avec le soutien de ses partenaires, ANDES vous accompagne dans votre projet. Les frais d&amp;#039;accompagnement sont pris en charge et une subvention est proposée pour les premiers investissements matériels. L&amp;#039;objectif : développer 300 nouvelles épiceries solidaires dans toute la France.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs de projet sélectionnés pourront bénéficier :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;un accompagnement à la création par les équipes ANDES ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   du financement d&amp;#039;une partie des investissements nécessaires à l&amp;#039;ouverture de l&amp;#039;épicerie : de 2 000€ à 15 000€ selon les projets
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Alimentation
+Economie sociale et solidaire
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Organismes public ou privé et porteurs de projet souhaitant voir s&amp;#039;implanter une épicerie solidaire sur son territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/creer-une-epicerie-solidaire/</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/appel-candidatures-creation-epiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Audrey LATRA :
+ &lt;a href="mailto:audrey.latra&amp;#64;andes-france.com" rel="noopener" target="_blank"&gt;
+  audrey.latra&amp;#64;andes-france.com
+ &lt;/a&gt;
+ - 07 87 35 58 75
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>caroline.bechade@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19a-soutenie-la-creation-depiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>103276</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Constituer ou renforcer le fonds d'une librairie indépendante dans une situation de création, reprise, déménagement ou rénovation</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la librairie indépendante</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide régionale vise à accompagner les librairies indépendante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale vise à accompagner les librairies indépendantes pour la constitution ou le renforcement du fonds et dans le cadre de création, reprise, déménagement ou rénovation de la librairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale spécifique est calculée sur une base subventionnable HT à laquelle s&amp;#039;applique un taux modulable maximum de 50% de la dépense éligible, dans la limite d&amp;#039;un plafond fixé à 50 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez contacter Laurence Vintéjoux pour demander le dossier de demande de subvention :
+ &lt;a href="mailto:laurence.vintejoux&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  laurence.vintejoux&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide régionale est à adresser par mail à cette même adresse, accompagné des pièces listées dans le dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Critères d&amp;#039;attribution de l&amp;#039;aide : avoir la majorité du capital détenu par des personnes physiques impliquées dans le fonctionnement de l&amp;#039;entreprise / être une librairie de littérature générale ou spécialisée, magasin ouvert au public dont l&amp;#039;activité principale est la vente de livres neufs, diversifier les catégories d&amp;#039;ouvrages de fonds et favoriser la promotion de tous les ouvrages dans leur diversité / nature de la librairie : qualification du libraire, implantation, spécificité, histoire, etc / dans le cadre de la constitution ou de renforcement du fonds : stratégie de constitution, de gestion et caractère culturel du fonds / dans le cadre de leur création, reprise, déménagement ou rénovation : stratégie du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides régionales visent à accompagner les projets des librairies indépendantes:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   dans le cadre de la constitution ou de renforcement du fonds : la constitution d&amp;#039;un fonds général lié à un projet de création de librairie ; le rachat d&amp;#039;un stock ou le développement d&amp;#039;un fonds pour une reprise ; le projet de renforcement d&amp;#039;un fonds général lié au développement de la librairie ; la création d&amp;#039;un fonds thématique particulier.
+  &lt;/li&gt;
+  &lt;li&gt;
+   dans le cadre de leur création, reprise, déménagement ou rénovation, notamment : la réalisation de travaux ; l&amp;#039;achat de mobilier ; l&amp;#039;achat de matériel (enseigne, signalétique, éclairage, etc.); les travaux de mise en sécurité. Sont éligibles les dépenses de fonctionnement ou d&amp;#039;investissement exclusivement imputables à l&amp;#039;action concernée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dates limites de dépôt des dossiers : avant le 15 décembre, le 15 mars ou le 30 juin. Le projet ne doit pas avoir débuté à date de sa présentation en commission, qui intervient environ 4 mois après la date-limite de dépôt. Les dépenses ne doivent pas être engagées avant la date de la commission.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Librairies indépendantes franciliennes, personnes morales de droit privé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-librairie-independante</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture - Service Livre
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence VINTEJOUX, Chargée de mission livre
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:laurence.vintejoux&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  laurence.vintejoux&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 53 85 67 53
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d07a-aide-a-la-librairie-independante/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>103329</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le financement de la reprise de PME par crédit bancaire</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement transmission</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Bpifrance</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Avec ce dispositif, la Région, en partenariat avec Bpifrance , facilite le financement de la reprise par crédit bancaire en diminuant la charge de remboursement de la dette d&amp;#039;acquisition sur les deux premières années qui suivent la transmission.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le contrat de développement transmission vise à faciliter le financement de la reprise de PME par crédit bancaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le Dispositif  accessible dans le cadre de l&amp;#039;une des opérations suivantes de  reprises de PME :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   soit au titre d&amp;#039;une première transmission par une société holding constituée par des personnes physiques pour la reprise,
+  &lt;/li&gt;
+  &lt;li&gt;
+   soit par une ou des entreprises existantes dans le cadre d&amp;#039;une opération de croissance externe
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses financées peuvent relever de l&amp;#039;achat majoritaire de parts ou d&amp;#039;actions, de fonds de commerce, frais d&amp;#039;acquisition, remboursement de comptes courants, renforcement du fonds de roulement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prêt sans garantie ni caution personnelle, d&amp;#039;un montant de 40 000 à 650 000 euros,
+&lt;/p&gt;
+&lt;p&gt;
+ Durée de 7 ans maximum avec un allègement du remboursement les 2 premières années,
+&lt;/p&gt;
+&lt;p&gt;
+ Il accompagne systématiquement un prêt bancaire d&amp;#039;une durée minimum de 5 ans qui peut bénéficier d&amp;#039;une garantie Bpifrance,
+&lt;/p&gt;
+&lt;p&gt;
+ Il représente au maximum 40 % de l&amp;#039;ensemble des prêts mis en place.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande de prêt il convient de s&amp;#039;adresser à Bpifrance
+ &lt;a href="https://www.bpifrance.fr/contactez-nous" rel="noopener" target="_blank"&gt;
+  en cliquant ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Consommation et production
+Emploi
+Attractivité économique
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les TPE/PME indépendantes, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat devra posséder au moins un établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Acquéreur et cible doivent être une PME : entreprise de moins de 250 salariés déclarant soit un chiffre d&amp;#039;affaires annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-de-developpement-transmission</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre antenne régionale Bpifrance :
+ &lt;a href="https://www.bpifrance.fr/contactez-nous" rel="noopener" target="_blank"&gt;
+  https://www.bpifrance.fr/contactez-nous
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04e1-contrat-de-developpement-transmission/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>103491</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer  la présence et les ventes sur Internet des artisans et commerçants franciliens avec une aide pouvant aller jusqu'à 1.500€</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Chèque numérique pour un commerce connecté</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>La Région soutient, avec une aide pouvant aller jusqu&amp;#039;à 1.500€, la transition numérique des artisans et commerçants franciliens. Objectifs : améliorer leur présence et leurs ventes sur Internet.
+&lt;br /&gt;
+&lt;p&gt;
+ Le Chèque numérique volet 1 vise à maintenir et développer l&amp;#039;activité des artisans et commerçants de proximité grâce au digital.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer leur gestion digitale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Générer du flux dans leur boutique grâce au marketing digital,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Booster leurs ventes grâce au e-commerce.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il peut financer :
+&lt;/p&gt;
+&lt;p&gt;
+ 1-
+ &lt;strong&gt;
+  SOIT des dépenses de fonctionnement
+ &lt;/strong&gt;
+ (charges) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abonnement solutions digitales de gestion (logiciel de caisse...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publicité digitale, solutions de fidélisation, achat de mots-clés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Référencement, nom de domaine, hébergement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Abonnement logiciel de création de site en SaaS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Abonnement ou commissions sur ventes liés à solution digitale (marketplace, clickandcollect...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services de livraison,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Location/abonnement box pro wifi, location d&amp;#039;écrans de diffusion,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2.
+ &lt;strong&gt;
+  SOIT des dépenses d&amp;#039;investissement
+ &lt;/strong&gt;
+ (actif) pour le développement/acquisition de site, l&amp;#039;achat de licences ou d&amp;#039;écrans de diffusion.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 1. Pour évaluer votre situation numérique, vous pouvez réaliser en 5 min votre autodiagnostic en ligne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.laboutic.fr/diagnostic.php?diagnostic&amp;#61;" rel="noopener" target="_blank"&gt;
+   Dédié aux commerçants
+  &lt;/a&gt;
+  (CCI),
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://autodiagnostic-numerique.crma-idf.com/" rel="noopener" target="_blank"&gt;
+   Dédié aux artisans
+  &lt;/a&gt;
+  (CRMA).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous pouvez aussi consulter
+ &lt;a href="https://smartidf.services/fr/solutions-covid19" rel="noopener" target="_blank"&gt;
+  la plateforme de solutions Covid
+ &lt;/a&gt;
+ pour les artisans et commerçants et
+ &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2019/11/Cheque_numerique_guide.pdf" rel="noopener" target="_blank"&gt;
+  le guide téléchargeable
+ &lt;/a&gt;
+ pour vous aider à choisir les solutions
+ &lt;br /&gt;
+ adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Réunissez les pièces nécessaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un extrait Kbis ou D1 de moins de 3 mois,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les pièces justificatives des dépenses prévisionnelles (devis, grille tarifaire,...)
+  &lt;strong&gt;
+   OU
+  &lt;/strong&gt;
+  les factures acquittées (à compter du 12/03/2020) et le formulaire téléchargeable en ligne.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Déposez votre demande d&amp;#039;aide sur
+ &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Le versement sera directement effectué en cas de transmission de factures. Pour les demandes avec devis, transmettez votre demande de versement avec les factures acquittées (dans un délai maximal d&amp;#039;un an).
+ &lt;strong&gt;
+  Les factures indiquent un n° de chèque, un règlement CB, un virement ou la mention « payé ».
+ &lt;/strong&gt;
+ Le versement prend la forme d&amp;#039;un paiement unique ou d&amp;#039;un paiement en 2 fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en compte
+ &lt;strong&gt;
+  en HT
+ &lt;/strong&gt;
+ portent sur une période maximale de 12 mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une subvention pouvant aller jusqu&amp;#039;à 1.500€.
+&lt;/p&gt;
+&lt;strong&gt;
+ Montant HT des dépenses éligibles
+&lt;/strong&gt;
+&lt;strong&gt;
+ Montant du chèque
+&lt;/strong&gt;
+À partir de 300€
+150€
+À partir de 600€
+300€
+À partir de 900€
+450€
+À partir de 1.200€
+600€
+À partir de 1.500€
+750€
+À partir de 1.800€
+900€
+À partir de 2.100€
+1.050€
+À partir de 2.400€
+1.200€
+À partir de 2.700€
+1.350€
+À partir de 3.000€
+1.500€
+&lt;p&gt;
+ La subvention est calculée sur les montants Hors Taxes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses de matériel de type ordinateur ou caisse connectée ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>14/11/2019</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour toute information sur l&amp;#039;aide :
+   &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr"&gt;
+    aides.economiques&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour toute question sur votre dossier :
+   &lt;a href="mailto:chequenumerique&amp;#64;cci-paris-idf.fr"&gt;
+    chequenumerique&amp;#64;cci-paris-idf.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dd50-cheque-numerique-pour-un-commerce-connecte/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>103528</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’installation de locaux commerciaux permettant d’accueillir en alternance des activités variées au cœur des communes rurales</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux commerces ruraux : boutique d'un jour</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région soutient l&amp;#039;installation de locaux commerciaux permettant d&amp;#039;accueillir en alternance des activités variées au cœur des communes rurales.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif peut financer l&amp;#039;acquisition d&amp;#039;un local commercial adapté, mais également les études et travaux d&amp;#039;aménagement de l&amp;#039;espace, afin d&amp;#039;y permettre plusieurs activités économiques en alternance tout au long de la semaine, avec toutes les fonctionnalités nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne mesdemarches.iledefrance.fr.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services, l&amp;#039;attribution et le montant définitif des aides sont votés en Commission permanente.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un dispositif complémentaire existe pour améliorer l&amp;#039;environnement des commerces de proximité, et/ou à sauver le dernier commerce des centres villes et centres bourgs.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Agriculture et agroalimentaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 20 000 habitants, hors Métropole du Grand Paris,
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à compétence commerce, dont le siège est situé hors unité urbaine de Paris.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+60% des dépenses éligibles (subvention maximale : 150 000€ pour les communes et 200 000€ pour les EPCI), avec un seuil minimum d&amp;#039;intervention de 50 000€ HT.
+&lt;br /&gt;
+&lt;br /&gt;
+Une commune ou un EPCI peut être signataire de plusieurs conventions portant sur des projets différents.</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/HkMOlVCb5</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  commerces-ruraux&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad01-soutien-aux-commerces-ruraux-boutique-dun-jou/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>128235</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un soutien dans la création d'une boutique - Boutique Tremplin</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>BT</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Ouest Aveyron Communauté</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectif : sécuriser le démarrage de l&amp;#039;activité des jeunes entreprises du secteur commercial et artisanal, en les soutenant dans la création de leur boutique grâce à un loyer modéré.
+&lt;/p&gt;
+&lt;p&gt;
+ Les créateurs d&amp;#039;entreprise qui le souhaitent peuvent être accompagnés dans la recherche d&amp;#039;un local commercial grâce à la base de données de Ouest Aveyron Développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les créateurs soutenus bénéficient d&amp;#039;un accompagnement à la gestion de l&amp;#039;entreprise, de campagnes de communication et de formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Boutique Tremplin est une solution d&amp;#039;hébergement intégrée dans le parcours &amp;#34;Jeune Créateur&amp;#34;: voir critères de ce dispositif d&amp;#039;accompagnement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Boutique MIRABILU à Villefranche
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour les commerçants et artisans souhaitant s&amp;#039;installer dans un local commercial de la Bastide de Villefranche de Rouergue, un rabais de loyer est proposé dans le cadre de convention d&amp;#039;occupation précaire de 12 mois, sous conditions d&amp;#039;intégration au sein des parcours d&amp;#039;accompagnement de Ouest Aveyron Développement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Villefranche, Villeneuve, Najac, La Fouillade</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ouestaveyron.fr/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouest Aveyron Développement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>mylene.norotte@ouestaveyron.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f69c-boutique-tremplin/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>128967</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le montage d’un projet de développement local dédié aux services et aux activités de proximité</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identifier les problématiques, les enjeux et objectifs en
+matière de développement économique territorial et de
+maintien des services commerciaux ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficier d&amp;#039;une aide à la qualification et à la
+construction du projet de développement économique
+du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagné sur les projets d&amp;#039;attractivité et de
+cohésion territoriale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+économique et/ou le conseiller en développement
+territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la formalisation du projet
+et son suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en relation avec les organismes ressources
+en matière de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une rencontre avec les partenaires
+identifiés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Compte-rendu avec préconisations visant à préciser les
+objectifs du projet et les conditions de sa réalisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18eb-etre-accompagne-dans-le-montage-dun-projet-de/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>129721</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets contribuant à renforcer l'attractivité de la commune et de son territoire</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Renforcer l'attractivité de la commune et de son territoire</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création ou rénovation d&amp;#039;équipements structurants, réaménagement de centre-bourg, projets d&amp;#039;animations et de manifestations culturelles du territoire (hors fonctionnement), projets en faveur des enseignements artistiques, création d&amp;#039;équipements d&amp;#039;accès aux soins, achat et rénovation du dernier commerce de la commune, mobilisation des outils fonciers en faveur du renouvellement urbain, logements d&amp;#039;urgence (non pris en compte dans les actions du PLH)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Arts plastiques et photographie
+Espace public
+Friche
+Accès aux services
+Santé
+Commerces et services
+Revitalisation
+Equipement public
+Réhabilitation
+Accessibilité
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets seront limités au nombre de 3 maximum par commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.saint-lo-agglo.fr/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Saint-Lô Agglo
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement et d&amp;#039;appui aux communes
+&lt;/p&gt;
+&lt;p&gt;
+ appuicommunes&amp;#64;saint-lo-agglo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 14 16 01 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>soukaina.alouah@saint-lo-agglo.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ab56-financer-des-projets-contribuant-au-developpe/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>143286</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un schéma directeur Réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Recherche</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le concept de schéma directeur s&amp;#039;inscrit dans une démarche d&amp;#039;anticipation dont l&amp;#039;objectif est d&amp;#039;aider chaque maître d&amp;#039;ouvrage d&amp;#039;un réseau existant à réaliser un exercice de projection sur le devenir de son réseau à l&amp;#039;horizon 2020, en lien avec les abonnés et de lui fournir différents scénarios qui lui permettront de décider d&amp;#039;une programmation de travaux à entreprendre durant cette période.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema peut vous accompagner dans votre démarche Schéma Directeur sur le volet Réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce aux outils et aux données du groupe Réseaux de chaleur, le Cerema vous accompagne au stade amont de la réflexion sur le schéma directeur afin d&amp;#039;orienter les premiers choix (schéma multi-énergie, schéma multi-réseaux de chaleur, recherches des opportunités locales et régionales de développement, amorce des contacts avec les acteurs locaux et régionaux des réseaux de chaleur etc). L&amp;#039;équipe « Réseaux de chaleur » du Cerema définit le cahier des charges de l&amp;#039;étude et le choix des prestataires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema apporte son expertise tout au long des étapes clés de la réalisation d&amp;#039;un schéma directeur, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  constituer un comité de pilotage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dresser un diagnostic technico-économique du réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réaliser un exercice de projection à l&amp;#039;horizon 2020 sur le potentiel d&amp;#039;évolution du        réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaborer différents scénarios d&amp;#039;évolution,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer un plan d&amp;#039;actions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour en savoir plus, consultez le site Réseaux de chaleur du Cerema :
+  &lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur" target="_self"&gt;
+   https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur
+  &lt;/a&gt;
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/realiser-schema-directeur-reseau-chaleur</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a85b-realiser-un-schema-directeur-reseau-de-chaleu/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>144507</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études des centralités landaises pour la revitalisation, dynamisation et restructuration des centres-villes et centres-bourgs</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Financement des études de type</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J85" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 50.000€</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une commune inscrite comme centralités à l&amp;#039;échelle départementale, engagée dans une démarche de revitalisation, dynamisation ou de restructuration de son centre-bourg ou centre- ville devra préalablement réaliser une étude de définition d&amp;#039;un projet d&amp;#039;aménagement d&amp;#039;ensemble du type &amp;#34;Plan de référence&amp;#34; ou document de programmation similaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette étude se compose d&amp;#039;un diagnostic de la situation décrivant les symptômes de la dévitalisation, les besoins de restructuration ou de dynamisation proposant une stratégie élaborée en concertation avec l&amp;#039;EPCI et un programme d&amp;#039;actions pluriannuel reposant sur 4 thématiques qu&amp;#039;il convient de traiter dans le programme opérationnel : l&amp;#039;habitat et le logement, le commerce et les services, le cadre de vie et l&amp;#039;environnement, et les espaces publics en lien avec les mobilités, la transition énergétique et écologique ainsi que les équipements à destination de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services du Département devront être associés à la démarche à travers la mise en place d&amp;#039;un comité de pilotage ad hoc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Attractivité économique
+Mobilité pour tous
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Commune inscrite comme centralité à l&amp;#039;échelle départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50f7-accompagner-les-etudes-des-centralites-landai/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>149106</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des commerces en centralités rurales (ACCOR)</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des commerces en ruralité pour la revitalisation des bourgs (ACCOR)</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;aménagement, de modernisation et de réhabilitation des espaces consacrés à l&amp;#039;accueil du public, des travaux de devanture commerciale ou d&amp;#039;achat d&amp;#039;équipements/mobiliers et de véhicule atelier ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Bénéficiez d&amp;#039;une aide cofinancée par la Région et la Communauté de Communes ou la commune entre 1 000 € et 12 500 € – Voir les conditions particulières auprès de votre communauté de communes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P86" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre projet se situe sur un territoire bénéficiant d&amp;#039;une convention ACCOR en cours de validité.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une personne physique ou morale de droit privé, justifiant d&amp;#039;une inscription au registre du commerce et des sociétés ou au répertoire des métiers et remplissant les critères suivants :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être à jour de ses obligations fiscales et sociales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir un effectif inférieur à 10 salariés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Exploiter un local commercial disposant d&amp;#039;une vitrine en rez-de-chaussée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Disposer d&amp;#039;un chiffre d&amp;#039;affaires inférieur à 1 million d&amp;#039;euros réalisé à plus de 50 % par la vente de biens ou de services aux particuliers.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aménagement, la modernisation et la réhabilitation des espaces consacrés à l&amp;#039;accueil du public et attenants non productifs, travaux de devanture commerciale ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements et mobiliers liés uniquement à l&amp;#039;activité commerciale d&amp;#039;un coût unitaire supérieur à 500 € HT (matériel d&amp;#039;occasion sous certaines conditions).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les véhicules ateliers de tournées dont l&amp;#039;aménagement spécifique est supérieur à 3 000 € HT.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les travaux réalisés par l&amp;#039;entreprise elle-même sont exclus et l&amp;#039;investissement ne doit pas avoir été engagé ou réalisé préalablement à la demande.
+ &lt;/span&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagnement-commerces-ruralite-accor/</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0169/depot/simple</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre commune ou votre Communauté de Communes avant tout dépôt de demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4a6a-accompagnement-des-commerces-en-centralites-r/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>149777</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’acquisition de propriétés bâties ou non bâties</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>ACQUISITION DE PROPRIÉTÉS BÂTIES OU NON BÂTIES</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à l&amp;#039;acquisition de propriétés bâties ou non bâties liées à des projets d&amp;#039;aménagement ayant pour vocation immédiate à rester propriété de la commune ou du groupement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un local pour la rénovation en Maison d&amp;#039;Assistantes Maternelles (MAM)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;une grange en vue de sa transformation en logements sociaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition de terrains pour la préservation de l&amp;#039;environnement et la création d&amp;#039;espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un bâtiment pour la réalisation d&amp;#039;une salle communale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;une propriété pour l&amp;#039;extension des ateliers municipaux et de la maison des associations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;un local pour la création d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un immeuble pour l&amp;#039;ouverture d&amp;#039;un café-restaurant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un bâtiment pour y installer une crèche de 20 places
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;un garage pour le stockage du matériel communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un local pour y créer un commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;une maison pour la création de services techniques municipaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de la dernière boulangerie du village
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;une propriété pour la création d&amp;#039;un bistrot de pays
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisitions foncières et immobilières liées au maintien ou à l&amp;#039;implantation en milieu rural d&amp;#039;activités économiques, artisanales ou commerciales (commerce de proximité ou multiservices, maisons de services...) ou acquisition destinée à la création de Maisons d&amp;#039;Assistantes Maternelles (MAM)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+     &lt;/p&gt;
+     &lt;p&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable sur la base de l&amp;#039;estimation du service des Domaines et plafonnée à 300 000 € HT
+      &lt;br /&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Frais notariaux et divers inhérents à l&amp;#039;acquisition (animation foncière, arpentage) pris en compte
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisitions foncières et immobilières liées à un programme déterminé de travaux portant notamment sur la réalisation de logements sociaux*, préservation de l&amp;#039;environnement, réalisation d&amp;#039;équipements publics à brève échéance...
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable sur la base de l&amp;#039;estimation du service des Domaines et plafonnée à 300 000 € HT
+      &lt;br /&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Frais notariaux et divers inhérents à l&amp;#039;acquisition (animation foncière, arpentage) pris en compte
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+*Constituent des logements sociaux : des logements construits et/ou gérés par une société HLM de statut public ou privé (offices publics de l&amp;#039;habitat, entreprises sociales de l&amp;#039;habitat) destinés à des personnes à ressources modestes et sous plafonds de ressources.
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ - réserve foncière pure.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38af-aider-a-lacquisition-de-proprietes-baties-ou-/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>154981</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les dynamiques durables de l'économie rurale</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°1</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de créer un contexte territorial favorable à l&amp;#039;innovation, aux dynamiques économiques durables et aux approches coopératives et collaboratives en offrant les conditions matérielles et immatérielles et en accompagnant les initiatives locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner les mutations de nos systèmes agricoles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer les circuits courts de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les projets collectifs de valorisation des produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Innover/Expérimenter de nouvelles formes de pratiques dans les milieux agricoles face au changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contribuer à la création d&amp;#039;emploi et à l&amp;#039;innovation dans les entreprises :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maintenir et consolider le tissu d&amp;#039;entreprises et de commerces de proximité ainsi que l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser et soutenir les coopérations entre acteurs et l&amp;#039;économie collaborative en réponse aux enjeux de transition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une économie qui valorise les ressources du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valoriser le potentiel touristique et encourager les dynamiques durables innovantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre touristique durable et accessible à tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir le territoire et rechercher une complémentarité entre les acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la montée en compétences des professionnels du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Acquisition de matériel et d&amp;#039;équipements, animation et valorisation de collectifs, espaces test agricoles, tiers lieu nourricier, sensibilisation/évènementiels pour accompagner les mutations de nos systèmes agricoles.
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites économiques ; étude/ animation/développement d&amp;#039;une filière bois ; dispositif innovant de coopération et de mutualisation de moyens (PTCE, TZCLD, ...) ;...
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites touristiques ; hébergements durables atypiques, insolites et solidaires ; actions de promotion et de valorisation des offres et attraits touristiques du territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1473-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>155555</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour ouvrir une épicerie participative</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Ouverture et accompagnement de nouvelles épiceries associatives et participatives</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Monépi</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de Monépi
+ &lt;span&gt;
+  &lt;strong&gt;
+   accompagne depuis 2017 les Épis de la création à la gestion au quotidien,
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ développe et adapte la plateforme monepi.fr en fonction des retours et demandes, et forme à son utilisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Description de l&amp;#039;aide :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution et mobilisation des habitants pour constituer l&amp;#039;association :
+ &lt;/strong&gt;
+ Aide à la diffusion de l&amp;#039;idée, à la mobilisation et à l&amp;#039;organisation de présentations publiques pour parler du projet et convaincre la population.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Création d&amp;#039;une association :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ Appui dans les démarches administratives comme la rédaction et le dépôt des statuts de l&amp;#039;association grâce au partage d&amp;#039;outils clés en main (modèles de statuts, modèle de règlement intérieur, exemples de banques/assurances,
+ &lt;a href="https://www.monepi.fr/wp-content/uploads/2023/11/Guide-pratique-pour-la-creation-depiceries-participatives-081123.pdf" target="_self"&gt;
+  guide explicatif
+ &lt;/a&gt;
+ , ...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour trouver le local
+ &lt;/strong&gt;
+ : Mise à disposition de convention pour le prêt d&amp;#039;un local, phase durant laquelle l&amp;#039;épicerie peut exister grâce à un modèle de précommande avec une distribution hebdomadaire de produits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Paramétrage de la plateforme et mise à disposition du catalogue de fournisseurs (5 000 producteurs et 100 000 produits disponibles à ce jour) :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un wiki pour la prise en main de la plateforme, aide pour constituer l&amp;#039;offre de l&amp;#039;épicerie en ajoutant de nouveaux producteurs et produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouverture des adhésions et premières commandes :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un pack communication contenant des éléments de communication (logo, flyer, vidéo, ...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Ensuite, ce sera à vous de faire du local un lieu convivial et accueillant :
+ &lt;/span&gt;
+ &lt;span&gt;
+  aménagement et remplissage des rayons de l&amp;#039;épicerie de manière participative.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La plateforme de gestion en ligne mise gratuitement à disposition présente de nombreuses fonctionnalités pensées pour faciliter la gestion de l&amp;#039;épicerie : boutique en ligne, gestion du planning, des commandes et des adhésions, mutualisation des produits et des producteurs , comptabilité et bien d&amp;#039;autres (gestion d&amp;#039;un bar coopératif, gestion d&amp;#039;un potager participatif, organisation de services entre adhérents...). Nous assurons un service de conseils et d&amp;#039;assistance personnalisée 7j/7 par téléphone et/ou mail, même après l&amp;#039;ouverture !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Spécificités de l&amp;#039;Épi :
+ &lt;/em&gt;
+ &lt;span&gt;
+  L&amp;#039;association et les adhérents donnent de leur temps (2 heures par mois), accèdent à une alimentation choisie, locale, de qualité à des prix réduits (sans marge ni intermédiaire), et peuvent tisser des liens entre eux. La collectivité fournit ainsi le local et redynamise son village. Les agriculteurs locaux apportent leurs produits et ont accès à un circuit de distribution de proximité leur garantissant une juste rémunération puisqu&amp;#039;ils peuvent choisir leur prix.
+ &lt;/span&gt;
+ En plus de la plateforme informatique soutenant la gestion du circuit et limitant l&amp;#039;épuisement associatif, l&amp;#039;association pourra pourra bénéficier de l&amp;#039;entraide et la solidarité du réseau des Épis, valeurs fortes inscrites dans notre charte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Résultats :
+ &lt;/em&gt;
+ Diminution des distances parcourues par les produits et les citoyens  ; accès à des produits locaux de qualité à prix réduits (prix de gros, sans marge) ; vie apportée dans le quartier ou le village, par les liens sociaux tissés dans un espace d&amp;#039;approvisionnement et de convivialité ; flexibilité du modèle permettant une liberté dans les choix faits par l&amp;#039;association locale ; pouvoir d&amp;#039;action et réappropriation de l&amp;#039;alimentation par les citoyens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  185 Épis ont vu le jour et ont été accompagnés depuis 2017
+ &lt;/strong&gt;
+ (dont plus de la moitié dans des communes de moins de 3 500 habitants)
+ &lt;span&gt;
+  ,
+  &lt;strong&gt;
+   ce qui représente plus de 12 000 familles.
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Quelques exemples concrets en vidéo :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;BdwrvR_Ay8U" target="_self"&gt;
+   L&amp;#039;Épi castelfortain
+  &lt;/a&gt;
+  , premier Épi ouvert en 2016 dans notre village : Châteaufort (Yvelines), dépourvu de commerce de proximité depuis 30 ans ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;gWaG4qQygYw" target="_self"&gt;
+   La Coop Singulière (Hérault)
+  &lt;/a&gt;
+  ouverte en 2018 ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;3LNvtbxz1Yo" target="_self"&gt;
+  L&amp;#039;Épi d&amp;#039;Arbonne-la-Forêt (Seine-et-Marne)
+ &lt;/a&gt;
+ ouvert en 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nous accompagnons tout citoyen motivé, association déjà créée (ou en cours de création), ou collectivité intéressée
+ &lt;/strong&gt;
+ sans distinction ni restriction.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Épi c&amp;#039;est un modèle de circuit court solidaire, participatif et associatif fonctionnant sans salarié ni marge, sans investissement ni risque financier. Il se veut
+ &lt;strong&gt;
+  reproductible partout, par qui le souhaite
+ &lt;/strong&gt;
+ ; il ne nécessite que de la motivation et de l&amp;#039;investissement humain, quel que soit le nombre d&amp;#039;habitants au départ du projet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous avons à cœur de développer un projet qui répond aux attentes et aux besoins spécifiques du territoire, c&amp;#039;est la raison pour laquelle nous proposons un accompagnement 100% personnalisé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.monepi.fr/</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://monepi.fr/administrateur/inscription-nouveau-site.php</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez un projet d&amp;#039;alimentation alternatif en circuit court sur votre commune (épicerie participative, supermarché coopératif, groupement d&amp;#039;achats locaux, écolieu...) ? Vous voulez plus d&amp;#039;informations ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quel que soit votre projet ou son stade d&amp;#039;avancement, planifions un appel ou une visio pour en discuter davantage !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.monepi.fr/?page_id&amp;#61;1327" target="_self"&gt;
+  Vous pouvez directement planifier un appel de 15 minutes ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a target="_self"&gt;
+  contact&amp;#64;monepi.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 06 50 60 78 48&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>solene.renaudie@outlook.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a138-etre-accompagne-pour-ouvrir-une-epicerie-part/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>157558</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir les commerces et services de proximité samariens</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Maintien des commerces et services de proximité</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 30</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin d&amp;#039;accroître l&amp;#039;attractivité des communes rurales, il s&amp;#039;avère indispensable de faciliter l&amp;#039;accès des habitants aux commerces et services de proximité. La crise sanitaire a révélé les besoins accrus dans certains territoires et a fait émerger des projets d&amp;#039;investissement émanant de communes rurales pour satisfaire les besoins de la population tels que l&amp;#039;implantation de distributeurs automatiques de produits locaux (distributeur de pain, de produits agricoles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;intervention départementale au titre de ce dispositif porte sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;ouverture de « points multiservices*» dans le cadre de commerces ou de locaux artisanaux existants ou à créer ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre d&amp;#039;activités artisanales ou de services et études de débouchés préalables à leur création ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement visant au maintien ou à la création des commerces et dont la proximité contribue à maintenir la population en milieu rural ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement dans des casiers connectés ou un distributeur automatique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * Est considéré comme «multiservices» la dernière épicerie ou le dernier commerce alimentaire proposant une offre élargie aux produits alimentaires et de première nécessité.- les investissements immobiliers et travaux d&amp;#039;aménagement et de mise en conformité en matière d&amp;#039;hygiène et de sécurité d&amp;#039;un local à vocation commerciale ou artisanale.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Elle se décline selon les modalités suivantes
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la participation minimum du maître d&amp;#039;ouvrage est de 20% du coût total HT du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   montant minimum de 5.000€ HT,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le taux d&amp;#039;aide est de 30% de l&amp;#039;assiette éligible plafonnée à 50.000€ par projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles au financement départemental portent sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition d&amp;#039;équipements et matériels professionnels qui sont par leur nature comptablement immobilisables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les études préalables réalisées par le maître d&amp;#039;ouvrage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux liés à viabilisation du terrain d&amp;#039;implantation d&amp;#039;un distributeur automatique ou de casiers connectés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition et travaux d&amp;#039;aménagement du local d&amp;#039;installation d&amp;#039;un distributeur automatique ou de casiers connectés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition d&amp;#039;un ou plusieurs distributeurs automatiques et/ou de casiers connectés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    pour les projets de commerces et services de proximité :
+   &lt;/strong&gt;
+   les communes de moins de 2.500 habitants au dernier recensement ainsi que les groupements de communes pour un investissement dans une commune de moins de 2.500 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    pour les projets de distributeurs automatiques/casiers connectés :
+   &lt;/strong&gt;
+   toutes les communes de la Somme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/maintien-des-commerces-et-services-de-proximite/</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5bcc-maintenir-les-commerces-et-services-de-proxim/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>160858</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, accompagner et valoriser le développement des secteurs économiques du territoire favorisant l’ancrage d’activités de proximité</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 1</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>de 10 000 à 50 000 euros</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relocaliser et aider à la transmission d&amp;#039;activités dans les territoires urbains et ruraux dans une logique de circuits courts et de dynamisation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moderniser les outils de production et de transformation dans les secteurs à forte valeur ajoutée locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poursuivre la valorisation de la filière forêt – bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La valeur ajoutée de LEADER se situera dans des interventions dont le besoin n&amp;#039;est pas comblé sur le territoire, notamment pour répondre aux enjeux de transmission d&amp;#039;entreprises, d&amp;#039;installation d&amp;#039;activités dans les centralités, ou encore d&amp;#039;adaptation d&amp;#039;outils de production pour une activité dédiée au public du territoire ; et en renforcement des initiatives existantes pour mettre en avant les atouts et opportunités existants au niveau local (bois local, activités à forte valeur ajoutée locale, circuits courts...). Le &amp;#43; LEADER sur l&amp;#039;économie : la proximité, l&amp;#039;ancrage local.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le maintien et le développement de secteurs d&amp;#039;activités structurants dans une approche de développement local et de transition écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des activités permettant le renforcement de l&amp;#039;attractivité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;emplois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, en agriculture (via une articulation nécessaire avec les orientations du Plan Alimentaire Territorial porté par le PETR du Pays d&amp;#039;Epinal Cœur des Vosges),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, au maintien de services et activités à proximité des populations
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+  :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - artisanat, au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;p&gt;
+ - commerces dont la surface est inférieure ou égale à 400 m2 délivrant un service de proximité au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes portant sur la création et/ou le développement d&amp;#039;équipements et/ou permettant la mise en œuvre d&amp;#039;un projet à une échelle intercommunale
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  Les études doivent être en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et/ou développement de projet de transformation des produits agricoles et forestiers, la vente, la logistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux investissements favorisant l&amp;#039;utilisation de bois de qualité via recours au bois local
+  &lt;strong&gt;
+   3
+  &lt;/strong&gt;
+  , permettant une promotion et une valorisation de la filière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis
+ &lt;/li&gt;
+ &lt;li&gt;
+  qui provient de forêts locales (Vosges, Haute-Saône/Haute-Marne/Alsace/Lorraine/Franche-Comté)
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/427c-preserver-accompagnemer-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>160867</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 4</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>161672</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Etudier le potentiel de développement des réseaux de chaleur et de froid sur mon territoire</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>EnRezo</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour tous les territoires et les collectivités de France, le projet &amp;#34;&lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/enrezo" target="_self"&gt;EnRezo&lt;/a&gt;&amp;#34; du Cerema permet de faciliter la réalisation des études d’opportunité, des schémas directeurs (en identifiant des zones d’extension possibles) et permet d’engager plus rapidement des études de faisabilité sur les secteurs identifiés par les acteurs locaux. En seconde approche, des analyses thématiques peuvent également venir étayer le sujet du potentiel de verdissement des réseaux de chaleur à partir de différentes filières (solaire thermique, chaleur fatale…).&lt;br /&gt;Ces possibilités techniques, amenant à une décision politique plus rapide, participent à l’objectif de massification des réseaux de chaleur et de froid et de décarbonation de la chaleur en France.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La plateforme EnRezo du Cerema est accessible à toutes et à tous.&lt;/p&gt;&lt;p&gt;Pour les collectivités adhérentes du Cerema, un accompagnement à son utilisation peut vous être proposé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://reseaux-chaleur.cerema.fr/espace-documentaire/enrezo</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question ou demande d&amp;#039;accompagnement : &lt;a href="https://reseaux-chaleur.cerema.fr/contact" target="_self"&gt;https://reseaux-chaleur.cerema.fr/contact&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>luc.petitpain@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-le-potentiel-de-developpement-des-reseaux-de-chaleur-et-de-froid-sur-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>162273</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide pour accélérer votre croissance, rebondir pour rester compétitif ou faciliter votre implantation en région</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Sud Développement</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vous êtes une PME, une ETI ou un grand groupe et souhaitez vous moderniser, innover ou développer des projets d’investissement dans une logique d’accélération en termes de développement économique, de créations, de maintien d’emplois ou de préservation de savoir-faire pour l’écosystème régional ? &lt;/strong&gt;Avec Sud Développement, la Région Sud vous aide à accélérer votre croissance, rebondir pour rester compétitif ou faciliter votre implantation en région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les Petites et Moyennes Entreprises (PME), les Entreprises de Taille Intermédiaire (ETI) et les grands groupes.&lt;/li&gt; 	&lt;li&gt;Les entreprises industrielles ayant intégré et finalisé leur accompagnement dans le cadre du &lt;a&gt;Parcours Sud Industrie 4.0 Carbone&lt;/a&gt;.&lt;/li&gt; 	&lt;li&gt;Les entreprises justifiant d’une activité significative en termes d’effectifs et de chiffres d’affaires pour le bassin d’emploi.&lt;/li&gt; 	&lt;li&gt;Les entreprises porteuses d&amp;#039;un projet à fort potentiel de création d&amp;#039;emplois et d&amp;#039;investissement pour le territoire.&lt;/li&gt; 	&lt;li&gt;Les entreprises justifiant d’un fort impact social et économique sur leur bassin d’emploi ou pour la filière.&lt;/li&gt; 	&lt;li&gt;Les entreprises préservant un savoir-faire (artisanal ou industriel) emblématique pour la région (patrimoine vivant, savoir artisanal, etc.) ou relevant des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" target="_blank" title="filières stratégiques régionales"&gt;filières stratégiques régionales&lt;/a&gt; &lt;/li&gt; 	&lt;li&gt;De plus de 3 ans ou présentant au moins 2 bilans&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur ou les entreprises s&amp;#039;y installant&lt;/li&gt; 	&lt;li&gt;A jour de leurs cotisations sociales et fiscales, sous réserve des reports de charges sollicités en période de crise&lt;/li&gt; 	&lt;li&gt;En règle vis-à-vis des obligations relevant du &lt;a href="https://code.travail.gouv.fr/)" target="_blank" title=" Code du Travail "&gt;Code du Travail&lt;/a&gt;&lt;/li&gt; 	&lt;li&gt;Ne se trouvant pas en difficulté au sens de la réglementation de l’Union Européenne (procédure de redressement ou en liquidation judiciaire) à l&amp;#039;exception des entreprises dont le Tribunal de commerce a validé un plan de continuation.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Projets soutenus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les investissements productifs et un nombre de créations ou de maintien d&amp;#039;emplois important pour le territoire&lt;/li&gt; 	&lt;li&gt;Concourant au développement des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" title="8 filières d&amp;#039;avenir"&gt;8 filières d’avenir&lt;/a&gt; de la Région et/ou du &lt;a&gt;Plan Climat&lt;/a&gt; .&lt;/li&gt; 	&lt;li&gt;Dans une logique d&amp;#039;accélération et de forte croissance &lt;/li&gt; 	&lt;li&gt;Et/ou de développement de nouveaux marchés/technologies à forte valeur ajoutée &lt;/li&gt; 	&lt;li&gt;Et/ou qui n&amp;#039;existent pas&lt;/li&gt; 	&lt;li&gt;Et/ou de transformation du processus de production&lt;/li&gt; 	&lt;li&gt;Et/ou de transition forte sur le plan numérique, technologique, énergétique ou écologique.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P94" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Projets soutenus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les investissements productifs et un nombre de créations ou de maintien d&amp;#039;emplois important pour le territoire&lt;/li&gt; 	&lt;li&gt;Concourant au développement des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" title="8 filières d&amp;#039;avenir"&gt;8 filières d’avenir&lt;/a&gt; de la Région et/ou du &lt;a&gt;Plan Climat&lt;/a&gt; .&lt;/li&gt; 	&lt;li&gt;Dans une logique d&amp;#039;accélération et de forte croissance &lt;/li&gt; 	&lt;li&gt;Et/ou de développement de nouveaux marchés/technologies à forte valeur ajoutée &lt;/li&gt; 	&lt;li&gt;Et/ou qui n&amp;#039;existent pas&lt;/li&gt; 	&lt;li&gt;Et/ou de transformation du processus de production&lt;/li&gt; 	&lt;li&gt;Et/ou de transition forte sur le plan numérique, technologique, énergétique ou écologique.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; Les dossiers de demande doivent être transmis de manière dématérialisée sur la plateforme régionale Subventions en ligne avant le démarrage des acquisitions liées au projet.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;/p&gt;
+&lt;p&gt;Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée. &lt;/p&gt;
+&lt;p&gt;Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sud-developpement</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://sudconnect.maregionsud.fr/auth/realms/citoyen/protocol/openid-connect/auth?client_id=subventions-portail&amp;redirect_uri=https%3A%2F%2Fsubventionsenligne.maregionsud.fr%2F&amp;response_type=code&amp;scope=openid&amp;code_challenge=LS3msIJ-lsZlHg1XNJDceSfTnRb-L0Z</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;br /&gt; &lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sud-developpement/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>162274</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseil et de financement pour créer, reprendre, transmettre ou développer votre entreprise</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Mon projet d'entreprise</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Vous souhaitez créer, reprendre, transmettre ou développer votre entreprise et avez besoin d’être accompagné ? Avec Mon projet d’entreprise, la Région Sud prend en charge le conseil et le financement dont vous avez besoin, près de chez vous, gratuitement ou à un coût réduit.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Mon projet d’entreprise s’adresse à tous les porteurs de projet et entreprises du territoire :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit leur statut :&lt;/strong&gt; demandeur d’emploi, salarié, étudiant, retraité, chef d’entreprise, etc.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit leur projet :&lt;/strong&gt; projet individuel, projet à potentiel de création d’emplois et/ou d’innovation, projets engagés dans l’&lt;strong&gt;&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire"&gt;&lt;strong&gt;économie sociale et solidaire&lt;/strong&gt;&lt;/a&gt;&lt;/strong&gt;, etc.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit le secteur d’activité :&lt;/strong&gt; artisanat, commerce, industrie, services, etc.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P95" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rapprochez-vous du réseau d&amp;#039;accompagnement et de financement régional en accédant aux rubriques &lt;strong&gt;&lt;a href="https://entreprises.maregionsud.fr/creation-reprise" target="_blank" title="https://entreprises.maregionsud.fr/creation-reprise"&gt;CREATION-REPRISE&lt;/a&gt;&lt;/strong&gt; ou &lt;strong&gt;&lt;a href="https://entreprises.maregionsud.fr/developpement-rebond" target="_blank" title="https://entreprises.maregionsud.fr/developpement-rebond"&gt;DEVELOPPEMENT-REBOND&lt;/a&gt;&lt;/strong&gt; du Portail Entreprises de la Région Sud ! &lt;/p&gt;
+&lt;p&gt;Selon votre situation, un conseiller vous accompagnera dans vos démarches en abordant en profondeur les composantes indispensables à connaitre avant de lancer votre activité ou rendre votre entreprise plus compétitive.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-dentreprise</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;br /&gt; Permanence téléphonique du &lt;strong&gt;lundi&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;au &lt;strong&gt;vendredi&lt;/strong&gt;&lt;br /&gt; de &lt;strong&gt;8h30 à 12h30&lt;/strong&gt; et de &lt;strong&gt;13h30 à 17h30&lt;/strong&gt; au &lt;br /&gt; &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-dentreprise-le-parcours-daccompagnement-et-de-financement-des-entreprises-regionales/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>162282</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser votre centre-ville ou centre-bourg et faciliter le démarrage de nouvelles activités commerciales dans des conditions sécurisantes pour les entrepreneurs</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Mon projet de boutique</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez redynamiser votre centre-ville ou centre-bourg et faciliter le démarrage de nouvelles activités commerciales dans des conditions sécurisantes pour les entrepreneurs ? Avec Mon projet de boutique, la Région Sud en partenariat avec Bpifrance et Initiative Sud prend en charge jusqu&amp;#039;à 50% du coût d’implantation d’une boutique sur votre territoire et accompagne les porteurs de projets à concrétiser la création de leur entreprise du montage de leur projet jusqu’au financement.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les communes&lt;/li&gt; 	&lt;li&gt;Les syndicats de communes&lt;/li&gt; 	&lt;li&gt;Les communautés de communes&lt;/li&gt; 	&lt;li&gt;Les communautés urbaines&lt;/li&gt; 	&lt;li&gt;Les communautés d&amp;#039;agglomération&lt;/li&gt; 	&lt;li&gt;Les Métropoles&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P96" s="1" t="inlineStr">
+        <is>
+          <t>15/01/2024</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En complémentarité d&amp;#039;&lt;a href="https://agence-cohesion-territoires.gouv.fr/action-coeur-de-ville-42" target="_blank"&gt;Action cœur de ville&lt;/a&gt;, &lt;a href="https://agence-cohesion-territoires.gouv.fr/petites-villes-de-demain-45"&gt;Petite ville de demain&lt;/a&gt; et des politiques d’aménagement favorisant le commerce de centre-ville ou de réhabilitation de cellules commerciales, Initiative Sud vous accompagne à favoriser l&amp;#039;implantation de nouveaux commerces au sein de locaux vacants situé sur votre territoire.&lt;br /&gt; &lt;br /&gt; Les porteurs de projets ayant candidaté sur la base d’un dossier constitué avec l’appui d’un conseiller d&amp;#039;Initiative Sud font l’objet d’un examen par un Comité technique de pré-sélection constitué des parties prenantes de l&amp;#039;Appel à projets (Initiative Sud, commune, EPCI, etc.).&lt;br /&gt; &lt;br /&gt; A l’issue, les candidats présélectionnés sont conviés à un comité de sélection qui délibérera du projet retenu.&lt;br /&gt; &lt;br /&gt; &lt;a href="https://sud.monprojetdeboutique.com/" target="_blank"&gt;Consulter les appels à projets en cours&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html"&gt;Trouver la plateforme Initiative au plus proche de chez vous&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-de-boutique</t>
+        </is>
+      </c>
+      <c r="W96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au 0 805 805 145 (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-de-boutique/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>162399</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études de faisabilité pour des projets de géothermie et thalassothermie</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des projets de géothermie/thalassothermie</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les études des projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Géothermie, et énergie de l’eau de mer (valorisée directement ou par l&amp;#039;intermédiaire de pompes à chaleur) Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent), l’étude de faisabilité doit impérativement être conforme aux cahiers des charges de l’ADEME : « Etude de faisabilité mise en place de pompe(s) à chaleur géothermique(s) sur aquifère superficiel ou sur champ de sondes » ou « Réalisation d’un test de réponse thermique de terrain (TRT) » ou « Etude de faisabilité mise en place de pompe(s) à chaleur sur eaux usées ».&lt;/p&gt; &lt;p&gt;Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés.&lt;br /&gt; Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité&lt;br /&gt; des territoires (SRADDET). Il permet notamment la mise en œuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat. Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur.&lt;br /&gt; Il existe aussi des aides pour les travaux d’installation de projets géothermiques ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent), l’étude de faisabilité doit impérativement être conforme aux cahiers des charges de l’ADEME : « Etude de faisabilité mise en place de pompe(s) à chaleur géothermique(s) sur aquifère superficiel ou sur champ de sondes » ou « Réalisation d’un test de réponse thermique de terrain (TRT) » ou « Etude de faisabilité mise en place de pompe(s) à chaleur sur eaux usées ».&lt;/p&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-projets-de-geothermie/thalassothermie</t>
+        </is>
+      </c>
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr &lt;/a&gt;;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-projets-de-geothermie-thalassothermie/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>162400</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de géothermie/thalassothermie</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de géothermie/thalassothermie</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de travaux production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Géothermie, et énergie de l’eau de mer (valorisée directement ou par l&amp;#039;intermédiaire de pompes à chaleur) Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux sont éligibles.&lt;/p&gt; &lt;p&gt;- COP &amp;gt; 4 (pour les PACs géothermiques)&lt;br /&gt; - Respect des normes de forage et de la réglementation sous-sol&lt;br /&gt; - Respect des exigences réglementaires de performance thermique du bâtiment ;&lt;br /&gt; - Installation d’un comptage énergétique permettant de vérifier le bon fonctionnement de l’installation.&lt;/p&gt; &lt;p&gt;Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés.&lt;br /&gt; Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en œuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat. Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur. Il existe aussi des aides pour les travaux d’installation de projets de solaire thermique, de récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P98" s="1" t="inlineStr">
+        <is>
+          <t>28/03/2023</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- COP &amp;gt; 4 (pour les PACs géothermiques)&lt;br /&gt; - Respect des normes de forage et de la réglementation sous-sol&lt;br /&gt; - Respect des exigences réglementaires de performance thermique du bâtiment ;&lt;br /&gt; - Installation d’un comptage énergétique permettant de vérifier le bon fonctionnement de l’installation.&lt;/p&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/travaux-de-geothermie-thalassothermie</t>
+        </is>
+      </c>
+      <c r="W98" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos :&lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt; cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/travaux-de-geothermie-thalassothermie/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>162404</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études de faisabilité pour des projets de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des projets de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Création et extension des réseaux de chaleur et de froid associés à ces modes de production renouvelable et de récupération, y compris les boucles d’eau tempérée géothermiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;br /&gt; &lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent), l’étude de faisabilité doit impérativement être conforme au cahier des charges de l’ADEME : « Etude de faisabilité récupération de chaleur fatale pour valorisation interne et/ou externe ».&lt;/p&gt; &lt;p&gt;Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés.&lt;br /&gt; Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en oeuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat.&lt;br /&gt; Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur. Il existe aussi des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, réseaux de chaleur et de froid, géothermie...rés&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent), l’étude de faisabilité doit impérativement être conforme au cahier des charges de l’ADEME : « Etude de faisabilité récupération de chaleur fatale pour valorisation interne et/ou externe ».&lt;/p&gt; &lt;p&gt;Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-projets-de-recuperation-de-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-projets-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>162405</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Chaleur de récupération (chaleur &amp;#34;fatale&amp;#34; issue notamment des eaux usées ou des process industriels)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;br /&gt; &lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Respect des exigences réglementaires de performance thermique du bâtiment ;&lt;/li&gt; 	&lt;li&gt;Installation d’un comptage énergétique permettant de vérifier le bon fonctionnement de l’installation.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés.&lt;br /&gt; Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en oeuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat.&lt;br /&gt; Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur.&lt;br /&gt; Il existe aussi des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, réseaux de chaleur et de froid, géothermie...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P100" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Respect des exigences réglementaires de performance thermique du bâtiment ;&lt;/li&gt; 	&lt;li&gt;Installation d’un comptage énergétique permettant de vérifier le bon fonctionnement de l’installation.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/travaux-de-recuperation-de-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/travaux-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>162406</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études de faisabilité pour des réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Création et extension des réseaux de chaleur et de froid associés à ces modes de production renouvelable et de récupération, y compris les boucles d’eau tempérée géothermiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;br /&gt; &lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/p&gt; &lt;p&gt;Les réseaux de chaleur permettent d’alimenter en chaleur et/ou en froid un quartier ou un ensemble de quartiers à partir d’un ou plusieurs moyens de production de chaleur centralisés. Ils sont un outil de massification du développement des énergies renouvelables thermiques et une opportunité pour les collectivités, qui peuvent, soit implanter de nouveaux réseaux, soit faire évoluer les réseaux existants, en profitant d’opérations de densification, d’extension ou d’interconnexion, pour accroître la part d’énergies renouvelables et de récupération. La Région Provence-Alpes-Côte d&amp;#039;Azur soutient le développement des réseaux de chaleur alimentés par au moins 70 % d’énergies renouvelables et de récupération. Ce développement doit s’inscrire dans une politique plus globale d’aménagement durable et d’économie d’énergie des bâtiments raccordés. Les travaux de création des réseaux de chaleur et de froid constituent en effet une excellente opportunité pour repenser et améliorer globalement la rénovation d&amp;#039;un quartier dans son ensemble.&lt;br /&gt; &lt;br /&gt; Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés. Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en oeuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat.&lt;br /&gt; &lt;br /&gt; Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur.&lt;br /&gt; Il existe aussi des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, récupération de chaleur fatale, géothermie...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/p&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-reseaux-de-chaleur-et-de-froid</t>
+        </is>
+      </c>
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr &lt;/a&gt;;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : c&lt;a href="mailto:ramos&amp;#64;maregionsud.fr"&gt;ramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-reseaux-de-chaleur-et-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>162407</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Création et extension des réseaux de chaleur et de froid associés à ces modes de production renouvelable et de récupération, y compris les boucles d’eau tempérée géothermiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;br /&gt; &lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;p&gt;Pour les réseaux primaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide est strictement conditionnée au fait que le réseau soit alimenté globalement, extension comprise, au minimum par 70 % d&amp;#039;énergies renouvelables et de récupération ;&lt;/li&gt; 	&lt;li&gt;pour les réseaux de chaleur primaires et leur extension, une densité thermique minimum de 1 MWh par mètre linéaire est exigée ainsi qu’un minimum linéaire de 200 mètres pour une extension ;&lt;/li&gt; 	&lt;li&gt;les coûts d’investissement éligibles sont les coûts concernant la maîtrise d’œuvre, le réseau primaire et les sous-stations ;&lt;/li&gt; 	&lt;li&gt;le maître d’ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Pour les réseaux secondaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide est strictement conditionnée au fait que le réseau soit alimenté globalement, extension comprise, au minimum par 70 % d&amp;#039;énergies renouvelables et de récupération&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : &lt;/p&gt;&lt;p&gt;Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés.&lt;br /&gt; Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en oeuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat.&lt;br /&gt; &lt;br /&gt; Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur.&lt;br /&gt; Il existe aussi des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, récupération de chaleur fatale, géothermie...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour les réseaux primaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide est strictement conditionnée au fait que le réseau soit alimenté globalement, extension comprise, au minimum par 70 % d&amp;#039;énergies renouvelables et de récupération ;&lt;/li&gt; 	&lt;li&gt;pour les réseaux de chaleur primaires et leur extension, une densité thermique minimum de 1 MWh par mètre linéaire est exigée ainsi qu’un minimum linéaire de 200 mètres pour une extension ;&lt;/li&gt; 	&lt;li&gt;les coûts d’investissement éligibles sont les coûts concernant la maîtrise d’œuvre, le réseau primaire et les sous-stations ;&lt;/li&gt; 	&lt;li&gt;le maître d’ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Pour les réseaux secondaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide est strictement conditionnée au fait que le réseau soit alimenté globalement, extension comprise, au minimum par 70 % d&amp;#039;énergies renouvelables et de récupération&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/travaux-de-reseaux-de-chaleur-et-de-froid</t>
+        </is>
+      </c>
+      <c r="W102" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/travaux-de-reseaux-de-chaleur-et-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>162818</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Aider les projets EnR thermiques sur le territoire nivernais</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de Chaleur Renouvelable Territorial SIEEEN - Fonds Chaleur ADEME</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Syndicat Intercommunal d’Energies, d'Equipement et d'Environnement de la Nièvre (SIEEEN) - Opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Max : 65</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Le CCRt consiste à développer un partenariat avec l’ADEME et son agence régionale de BFC, pour le soutien au développement des projets EnR thermiques sur le territoire : &lt;br /&gt;- Aides à la décision (80%) : études de faisabilité, missions d’avant-projet de maîtrise d’œuvre, AMO, schéma directeur réseaux de chaleur ;&lt;br /&gt;- Investissements : réalisation de chaufferies et réseaux, installations de géothermie, solaire thermique, etc.&lt;br /&gt;- Animation du contrat par le SIEEEN : aide dans le cadre d’une gestion déléguée, par le biais d’une convention de mandat. &lt;br /&gt; Ce contrat de développement territorial se matérialise par un accord cadre de partenariat entre l’ADEME et le porteur du CCRt. Il fixe les engagements de chacun et notamment le rôle de l’opérateur territorial : animation, objectifs de production total en MWh/an, nombre de projets EnR thermique à conventionner dont un certain nombre hors biomasse. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Economie locale et circuits courts
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif des contrats de chaleur renouvelable est un déploiement conséquent des filières EnR&amp;amp;R thermiques sur l’ensemble du territoire. Les projets sont accompagnés dans leur ensemble, dans un objectif de performance et de qualité globale, de la phase de conception / dimensionnement jusqu’au suivi de la performance des installations, en passant par la phase de réalisation / travaux.&lt;/p&gt;&lt;p&gt;Par installations EnR&amp;amp;R thermiques, on entend des opérations de biomasse énergie, solaire thermique, géothermie de surface et des opérations de récupération de chaleur fatale. Les réseaux de chaleur éventuellement associés à des unités de production d’énergie renouvelable et de récupération (création, extension, densification) sont également éligibles au dispositif. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieeen.fr/actualites/developpement-des-enr-thermiques-dans-la-nievre-ccrt-le-contrat-de-partenariat-sieeen-ademe</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sylvain BARDOT, chargé de contrat de développement ENR&lt;br /&gt;&lt;br /&gt;SIEEEN - Régie SIEEEN Chaleur&lt;br /&gt;&lt;br /&gt;&lt;a target="_self"&gt;sylvain.bardot&amp;#64;sieeen.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;Tel : 03 86 59 76 90 poste 286 / Portable : 06 45 98 84 37 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>sylvain.bardot@sieeen.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-les-projets-enr-thermiques-sur-le-territoire-nivernais/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>163293</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de production de chaleur renouvelable et de récupération éligibles au Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable Territorial de la Somme</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Territoire d&amp;#039;Énergie Somme s’engage à l’atteinte d’un objectif de production d’EnR&amp;amp;R, à minima 17 GWh et un nombre d’installations associées à faire émerger sur le territoire sur une durée de 3 ans. Dans ce cadre, Territoire d&amp;#039;Énergie Somme met en place des actions d’animation pour accélérer l’émergence des projets et apporte un accompagnement technique et financier. Territoire d&amp;#039;Énergie Somme, relais de l’ADEME, accompagne de manière personnalisée tout type d’acteur public et privé (hors particuliers) portant toute taille de projet de production de chaleur renouvelable et de récupération éligibles au Fonds Chaleur.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P104" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2024</t>
+        </is>
+      </c>
+      <c r="Q104" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/actualites/detail-dune-actualite/boostons-la-chaleur-renouvelable-dans-la-somme</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a target="_self"&gt;ccrt&amp;#64;fde-somme.fr&lt;/a&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable-territorial-de-la-somme-ccrt80/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>164051</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.&lt;/li&gt;&lt;li&gt;Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour &lt;strong&gt;promouvoir les énergies renouvelables&lt;/strong&gt;. À ce titre, des conseils, des notes d’opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l’investissement dans un réseau de chaleur ou de froid sont conditionnées à la &lt;strong&gt;production d’une étude de faisabilité&lt;/strong&gt; pour une création de réseau ou d’un schéma directeur des réseaux pour une extension.&lt;/p&gt;&lt;p&gt;L’aide aux études et schémas directeurs est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études avec la ou les qualifications pertinentes pour les productions EnR, complété de la certification « OPQIBI 1319 Études du transport de chaleur et de froid » pour la partie « réseau » du projet), ou pouvant justifier de conditions équivalentes.&lt;/p&gt;&lt;p&gt;Avant d’investir, l’ADEME préconise le recours à des prestataires bureaux d’études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P105" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q105" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-etou-enrr</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-et-ou-enr-r-1/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>164788</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre raccordement à un Réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Coup de Pouce Chauffage</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>SOBREN</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la transition énergétique, le Gouvernement encourage activement le développement de modes de chauffage alimentés par des énergies renouvelables (réseaux de chaleur, pompes à chaleur, biomasse). Grâce au dispositif des Certificats d’Économies d’Énergie (CEE) et au Coup de Pouce Chauffage, vos travaux liés au chauffage de vos &lt;strong&gt;bâtiments tertiaires et résidentiels collectifs&lt;/strong&gt; font l’objet d’un soutien financier renforcé pour les projets engagés avant fin 2025 et achevés avant le 31 décembre 2026.&lt;/p&gt;&lt;p&gt;L&amp;#039;équipe SOBREN vous accompagne à chaque étape du financement de votre projet de raccordement à un réseau de chaleur :&lt;/p&gt;&lt;p&gt;✅ Analyse d’éligibilité : vérification des critères d’éligibilité des travaux et de leur conformité aux exigences du dispositif.&lt;/p&gt;&lt;p&gt;✅ Estimation des aides : calcul du montant de la prime CEE associée à votre projet.&lt;/p&gt;&lt;p&gt;✅ Sécurisation des aides : garantie que le soutien financier est bien pris en compte avant de débuter les travaux.&lt;/p&gt;&lt;p&gt;✅ Montage et suivi administratif de votre dossier.&lt;/p&gt;&lt;p&gt;✅ Valorisation du projet : suivi jusqu’à l’obtention et le versement de la prime après validation des CEE.&lt;/p&gt;&lt;p&gt;Grâce à notre expertise, nous vous aidons à optimiser le financement de votre raccordement aux réseaux de chaleur et à concrétiser votre projet en toute sérénité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P106" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+      <c r="Q106" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Bâtiment Tertiaire ou Résidentiel collectif existant depuis plus de deux ans. &lt;/li&gt;&lt;li&gt;Remplacement d&amp;#039;une énergie de chauffage à énergie fossile par une raccordement à un réseau de chaleur alimenté à plus de 50% par de l&amp;#039;énergie renouvelable.&lt;/li&gt;&lt;li&gt;Engagement des travaux &lt;strong&gt;avant le 31 décembre 2025&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Fin des travaux avant le 31 décembre 2026.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://sobren.fr/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez SOBREN : contact&amp;#64;sobren.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>e.pouch@sobren.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-votre-raccordement-a-un-reseau-de-chaleur-1/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>165439</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre Raccordement à un Réseau de Chaleur</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Coup de Pouce Chauffage</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>OFEE</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;OFEE en tant que que signataire de la charte Coup de Pouce Chauffage Tertiaire et Résidentiel Collectif, accompagne ses partenaires dans leurs projets de raccordement au réseau de chauffage urbain. &lt;/p&gt;&lt;p&gt;Le Ministère de la Transition Energétique encourage fortement la décarbonnation des modes de chauffage sur le territoire national, via le dispositif des Certificats d&amp;#039;Economie d&amp;#039;Energie (CEE). Le remplacement de vos équipements à énergie fossile au profit d&amp;#039;energie renouvelable (PAC, Biomasse, Réseau de Chaleur) est actuellement porté par le dispositif Coup de Pouce qui bonifie le financement des travaux sur le sujet. Le dispositif est valable pour les projets engagés avant la fin d&amp;#039;année 2025 et terminés avant le 31 décembre 2026. &lt;/p&gt;&lt;p&gt;La réalisation des travaux de raccordement s&amp;#039;effectue de manière générale hors période de chauffe. Afin de profiter du dispositif, il est donc nécessaire d&amp;#039;engager les projets dès maintenant afin de finaliser les chantiers durant l&amp;#039;année 2026.&lt;/p&gt;&lt;p&gt;Nos experts en efficacité énergétique analysent les dossiers de raccordement des structures qui nous sollicitent afin de :&lt;/p&gt;&lt;p&gt;1 - Valider l&amp;#039;éligiblité des travaux envisagés &lt;/p&gt;&lt;p&gt;2 - Identifier le montant de la prime CEE associée&lt;/p&gt;&lt;p&gt;2 - Marquer l&amp;#039;incitation indispensable avant l&amp;#039;engagement des travaux&lt;/p&gt;&lt;p&gt;3 - Assurer le montage administratif des dossiers&lt;/p&gt;&lt;p&gt;4 - Déposer les projets au PNCEE &lt;/p&gt;&lt;p&gt;5 - Valoriser les dossiers avec le paiement de la prime après délivrance des CEE &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Exemple 1 - Raccordement d&amp;#039;un bâtiment résidentiel de 54 logements&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Energie de chauffage initiale : chaudière gaz collective &lt;/li&gt;&lt;li&gt;Raccordement à un réseau de chaleur alimenté à plus de 50% par de l&amp;#039;energie renouvelable (Biomasse) &lt;/li&gt;&lt;li&gt;Dépose de la chaudière existante&lt;/li&gt;&lt;li&gt;Montant de la prime versée : 85 200€ &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Exemple 2 - &lt;/strong&gt;&lt;strong&gt;Raccordement d&amp;#039;un bâtiment tertiaire de 350m2 &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Energie de chauffage initiale : chaudière fuel&lt;/li&gt;&lt;li&gt;Raccordement à un réseau de chaleur alimenté à plus de 50% par de l&amp;#039;energie renouvelable (Pompe à Chaleur) &lt;/li&gt;&lt;li&gt;Dépose de la chaudière existante&lt;/li&gt;&lt;li&gt;Montant de la prime versée : 78 100€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Consommation et production
+Equipement public
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Bâtiment Résidentiel ou Tertiaire existant depuis plus de deux ans. &lt;/li&gt;&lt;li&gt;Remplacement (suppression) d&amp;#039;une énergie de chauffage à énergie fossile par une raccordement à un réseau de chaleur alimenté à plus de 50% par de l&amp;#039;energie renouvelable.&lt;/li&gt;&lt;li&gt;Engagement des travaux avant le 31 décembre 2025&lt;/li&gt;&lt;li&gt;Fin des travaux avant le 31 décembre 2026&lt;/li&gt;&lt;li&gt;Signature du document d&amp;#039;incitation en amont de la signature du document d&amp;#039;engagement des travaux&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://coupdepouce-confortenergie.fr/prime-coup-de-pouce-raccordement-a-un-reseau-de-chaleur-enrr-tertiaire/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nicolas Scala&lt;/p&gt;&lt;p&gt;Responsable Raccordement Chauffage Urbain&lt;/p&gt;&lt;p&gt;nscala&amp;#64;ofee.green&lt;/p&gt;&lt;p&gt;06 99 01 95 17&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>pdeniau@ofee.green</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-votre-raccordement-a-un-reseau-de-chaleur-2/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>117422</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition des enjeux d'aménagement et de développement local</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités dans  leurs réflexions amont d&amp;#039;aménagement et d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Suite au diagnostic territorial (réalisable dans le cadre d&amp;#039;ID77), le Département met à disposition de la collectivité ses connaissances et ses compétences techniques, afin qu&amp;#039;elle bénéficie d&amp;#039;un accompagnement amont permettant de l&amp;#039;aider à identifier les grands enjeux et les outils à mobiliser, dans l&amp;#039;optique d&amp;#039;un aménagement durable de son territoire.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Cet accompagnement peut être mené en amont de tout projet d&amp;#039;aménagement du territoire, de type :
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ - Aménagement d&amp;#039;un centre bourg,
+&lt;/p&gt;
+&lt;p&gt;
+ - Intégration des mobilités dans les espaces publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - Choix d&amp;#039;un lieu pour un équipement
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet d&amp;#039;aménagement pourra être poursuivi pour sa mise en œuvre dans le cadre d&amp;#039;ID77
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalité
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Premier contact avec la collectivité pour préciser la commande,
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;une réunion avec la collectivité, les services départementaux et organismes concernés, afin d&amp;#039;identifier les enjeux et problématiques,
+&lt;/p&gt;
+&lt;p&gt;
+ - Production par le Département d&amp;#039;un document synthétisant ces enjeux et proposant des outils à mobiliser.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Milieux humides
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f9b-accompagner-les-collectivites-dans-la-definit/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>117149</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des friches industrielles et commerciales</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages financiers, urbanistiques et calendaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic de site.
+ Le cas échéant, production d&amp;#039;un bilan financier d&amp;#039;aménagement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Participation en réunion de travail
+  &lt;/li&gt;
+  &lt;li&gt;
+   Production de supports (ppt, notes)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e37-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>117378</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des anciennes zones d'activité</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages et de sécuriser ses investissements
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic global de zones d&amp;#039;activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation en réunion de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  (le cas échéant), production d&amp;#039;une note de synthèse
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b8e3-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>19894</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Diffuser l'art contemporain en organisant des expositions, des résidences, des événements et des festivals</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte tenu de la richesse de l&amp;#039;art contemporain en région, mais aussi des fragilités identifiées dans ce secteur, la Région Occitanie a souhaité en faire un axe fort de sa politique régionale Culture et Patrimoine.
+ Aussi, la Région impulse, facilite et accompagne des initiatives dont la vocation est de porter l&amp;#039;art contemporain au plus près de chacun avec une ambition qualitative et une volonté de rayonnement régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement d&amp;#039;artistes professionnels vivant et travaillant sur le territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional, national ou international.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide est défini en fonction de la dimension du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant d&amp;#039;un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt de la demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt de la demande doit être antérieur à la réalisation du projet.
+ Il doit être fait avant l&amp;#039;échéance fixée pour ce dispositif et pour l&amp;#039;exercice concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande doit impérativement être déposée au moyen du dossier type de demande de subvention (plus envoi par email) intégrant l&amp;#039;ensemble des pièces à fournir et accompagné d&amp;#039;un RIB et d&amp;#039;un courrier de demande de soutien adressé à la Présidente de la Région Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides et dispositions spécifiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   A/ Aide aux expositions, résidences et événements de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ concerné est celui de l&amp;#039;art contemporain et de l&amp;#039;architecture contemporaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des structures conventionnées et bénéficiant éventuellement d&amp;#039;un label d&amp;#039;État (centre d&amp;#039;art, FRAC, ...) pour l&amp;#039;ensemble de leur programme d&amp;#039;activité, c&amp;#039;est-à-dire pour leur programmation artistique et culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   des structures non conventionnées, pour le soutien à une manifestation, un projet spécifique, ou un volet de leur activité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de nouvelles organisations basées sur les principes de coopération et de mutualisation comme les tiers-lieux, les espaces de co-working et de fabrique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les actions soutenues sont des actions de diffusion de l&amp;#039;art contemporain (expositions, performances...) de rayonnement régional ou national, voire international, et qui intègrent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une dimension de soutien à la création (production, résidences)
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions en direction des publics (médiation, sensibilisation, éducation artistique)
+  &lt;/li&gt;
+  &lt;li&gt;
+   des partenariats artistiques et des actions territoriales associés
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   proposer sur le territoire une programmation artistique et culturelle de rayonnement au moins régional présentant des artistes professionnels (assujettis ou affiliés à la Maison des Artistes ou à l&amp;#039;Agessa ou diplômés d&amp;#039;un établissement supérieur d&amp;#039;enseignement artistique/architecture) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une programmation basée sur des invitations faites à des artistes extérieurs à la structure porteuse du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   affirmer un engagement auprès d&amp;#039;artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmer des actions culturelles en direction des publics, en lien avec la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   inscrire leur activité dans une complémentarité et des synergies avec l&amp;#039;environnement local et départemental (partenariats, ancrage affirmé) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de locaux et/ou moyens techniques mobilisables permettant des conditions professionnelles de monstration et de conservation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les salons et foires d&amp;#039;art contemporain sur le territoire sauf s&amp;#039;ils s&amp;#039;intègrent dans une démarche de projet de réseau professionnel de rayonnement a minima régional et de portage associatif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Seront appréciés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la cohérence, l&amp;#039;indépendance, le caractère singulier de la ligne artistique et l&amp;#039;ambition de la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication dans l&amp;#039;accompagnement des artistes par des (co)productions ou des résidences par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;attention portée à l&amp;#039;émergence de nouveaux talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre de partenariats riches et diversifiés tant au niveau artistique dans les réseaux professionnels spécialisés (coproduction, coédition...) qu&amp;#039;au niveau culturel avec la société civile (les entreprises, les milieux associatifs et scolaires). Aussi bien à une échelle de proximité que régionale et au-delà ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le caractère actif et inventif des actions culturelles ou éducatives ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme de la gestion de l&amp;#039;activité et de la communication ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la part du budget consacrée à la rémunération des artistes (honoraires) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   B/ Aide aux festivals de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide concerne les festivals :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   de rayonnement régional, national, voire international ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui œuvrent pour la promotion de la création et de la diversité de l&amp;#039;offre culturelle ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui permettent la diffusion et l&amp;#039;accès aux œuvres auprès d&amp;#039;un large public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui participent à l&amp;#039;économie du territoire et à son attractivité en terme touristique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   démontrer la viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir une durée minimale du festival de 2 jours.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les festivals off ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront appréciés les points suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1) La qualité de la programmation qui sera évaluée selon les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en œuvre une ligne artistique cohérente faisant intervenir des artistes et des photographes professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à la diversité artistique, à la singularité et à l&amp;#039;innovation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;émergence des talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée aux artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmation au minimum de 5 expositions monographiques ou collectives ou événements réparties sur au moins deux jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à une part significative du budget consacrée aux dépenses artistiques, et en particulier à la rémunération des artistes, à la production d&amp;#039;œuvres.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 2) Diffusion (politique des publics)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accessibilité et actions auprès des publics (médiation notamment, tarifs attractifs...) visant à l&amp;#039;élargissement des publics, notamment des publics empêchés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3) Attractivité économique et tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   échanges avec le secteur touristique et ses principaux opérateurs ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   retombées économiques de la manifestation pour son territoire d&amp;#039;implantation et pour la région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 4) Développement territorial
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   complémentarité et synergie avec l&amp;#039;environnement local et départemental (partenariats avec d&amp;#039;autres opérateurs culturels du territoire de proximité) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamique de réseau et lien de coopération avec d&amp;#039;autres partenaires régionaux et nationaux voire internationaux, d&amp;#039;autres territoires (Régions, Euro-région,...), d&amp;#039;autres festivals, dans la perspective d&amp;#039;optimiser la circulation des œuvres et des artistes (inscription dans les réseaux d&amp;#039;art contemporain) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement et dynamisation du territoire. Mise en œuvre d&amp;#039;actions de décentralisation avec une attention portée aux territoires ruraux et péri-urbains ainsi qu&amp;#039;à la dynamique sociale (mobilisation de la population locale...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 5) Développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   promotion du développement durable par la mise en place de dispositifs spécifiques pendant la durée du festival (transports peu polluants, gestion des déchets et de la ressource...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ Sont éligibles : Toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention (dépenses artistiques et pédagogiques, frais de personnel, de communication, de transport, ...) quelle que soit la date à laquelle la dépense est réalisée, à la condition qu&amp;#039;elles soient en lien direct et justifié avec le programme subventionné.
+&lt;p&gt;
+ Sont exclus de l&amp;#039;assiette subventionnable et donc de la dépense éligible :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la valorisation du bénévolat et des mises à disposition en nature ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dotations aux amortissements et aux provisions ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les intérêts des emprunts et les agios ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les impôts et taxes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Art-contemporain-Dispositif-d-aide-a-la-diffusion-Expositions</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11, 30, 34, 48 et 66 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Montpellier 201 avenue de Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : laurianne.hidalgo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Toulouse 22 boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : clement.montel&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0479-art-contemporain-aide-a-la-diffusion-expositi/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>135556</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et enrichir les patrimoines détenus dans les musées (schéma départemental des musées)</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Shéma départemental des musées</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J112" s="1" t="inlineStr">
+        <is>
+          <t>Aide allant de 20% à 10% suivant la maîtrise d ouvrage</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Préserver et enrichir les patrimoines détenus dans les musées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir :  &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Description du projet&lt;/li&gt;&lt;li&gt;Délibération (pour EPCI / communes)&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété ( CERFA / Spécifique)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention EN FONCTIONNEMENT : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt; &lt;/p&gt;&lt;p&gt;Pour
+le formulaire spécifique de
+demande de subvention : se rapprocher du gestionnaire&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Acquisition d&amp;#039;œuvre d&amp;#039;art : exemple le reliquaire de Chamalières entré au musée Crozatier
+&lt;/p&gt;
+&lt;p&gt;
+ Création, réaménagement, extension (Investissement)
+&lt;/p&gt;
+&lt;p&gt;Exposition, colloque, publication, communication, collection (Fonctionnement)&lt;/p&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Musée</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être inscrit dans le schéma muséal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet émargeant à la liste des projets accompagnés dans le cadre du schéma.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les dépenses d&amp;#039;investissement (bâtiments, collections) : 10 à 20% et pour les dépenses de fonctionnement (médiation) : 10 à 20% maximum&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine : culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;/p&gt;&lt;p&gt;Gestionnaire : Angélique LAFABRIE RAMONA : &lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;angelique.lafabrie&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 40 85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dcac-preserver-et-enrichir-les-patrimoines-detenus/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>153932</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les écoles de musique, danse, théâtre, art du cirque et arts visuels</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Écoles de musique, danse, théâtre, art du cirque et arts visuels</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide est à la fois:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une aide au fonctionnement, égalitaire, prenant en compte à la fois le nombre d&amp;#039;élèves (tous les élèves, enfants et adultes confondus, suivant un cursus ou des ateliers en musique, danse, théâtre, arts du cirque et/ou arts visuels), la masse salariale, l&amp;#039;accessibilité des tarifs et le niveau de formation des enseignants. Cette aide est par ailleurs modulée en fonction de la richesse des territoires (cf. politique contractuelle du département) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une aide au(x) projet(s) mis en place au cours de l&amp;#039;année scolaire, inscrits dans l&amp;#039;une des 5 thématiques prédéfinies et répondant aux critères de recevabilité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une aide à l&amp;#039;investissement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Le Conseil départemental apporte un soutien aux projets répondant à l&amp;#039;une des 5 thématiques suivantes :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    La diversification des disciplines et des esthétiques;
+   &lt;/li&gt;
+   &lt;li&gt;
+    La diversification des parcours et des approches pédagogiques;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Le travail avec le milieu scolaire et l&amp;#039;action culturelle sur le territoire;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Le travail avec des artistes (ou des équipes artistiques) professionnels extérieurs, en lien avec les lieux de diffusion et/ou d&amp;#039;autres structures du territoire;
+   &lt;/li&gt;
+   &lt;li&gt;
+    La résidence d&amp;#039;artiste(s) dans les établissements d&amp;#039;enseignement artistique
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Comment bénéficier de l&amp;#039;aide ?
+   &lt;/strong&gt;
+  &lt;/p&gt;
+ &lt;p&gt;
+  Le soutien du Conseil départemental est conditionné au respect des critères du Schéma départemental de l&amp;#039;enseignement, des pratiques et de l&amp;#039;éducation artistiques :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Présence d&amp;#039;un directeur ou d&amp;#039;un professeur coordinateur clairement identifié et rémunéré;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Existence d&amp;#039;un projet d&amp;#039;établissement pluriannuel vivant et concerté, évalué à échéance régulière ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Enseignement au minimum de 5 disciplines cohérentes entre elles et permettant les pratiques d&amp;#039;ensemble ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Enseignants formés (niveau DE souhaité, DEM requis ou en cours de formation) ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Soutien affiché des collectivités locales, assurant le bon fonctionnement de l&amp;#039;école ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Minimum de 50 enfants
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaque école peut déposer chaque année 3 projets maximum (6 pour les territoires fusionnant leurs établissements à l&amp;#039;occasion de regroupements intercommunaux), qu&amp;#039;il s&amp;#039;agisse de projets d&amp;#039;école ou de projets de réseau (rassemblant plusieurs écoles), inscrits dans l&amp;#039;une et/ou l&amp;#039;autre des 5 thématiques prédéfinies et répondant aux critères de recevabilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/ecoles-de-musique-danse-theatre-art-du-cirque-et-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 96 47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/547c-ecoles-de-musique-danse-theatre-art-du-cirque/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>162757</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible, diversifiée et de qualité,&lt;/li&gt; 	&lt;li&gt; Favoriser la programmation d’artistes professionnels régionaux, nationaux, internationaux&lt;/li&gt; 	&lt;li&gt;Soutenir l’emploi et participer à l’émergence d’artistes et au développement des carrières,&lt;/li&gt; 	&lt;li&gt; Développer des événements artistiques, festivals et expositions dans le domaine des arts visuels,&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et au développement économique et touristique des territoires,&lt;/li&gt; 	&lt;li&gt; Favoriser la rencontre avec un public large et diversifié, en période estivale et aussi toute l’année,&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt;Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (collectivités, Etat, Europe...)&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Et présentant un dossier complet :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt; Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations portés par les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les grands orchestres, opéras, ballets et centres chorégraphiques nationaux&lt;/li&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P42" s="1" t="inlineStr">
+      <c r="P114" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...330 lines deleted...]
-      <c r="G44" s="1" t="inlineStr">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>162760</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Souenir l'investissement pour musiques, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'investissement pour musiques, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Entreprise publique locale (Sem, Spl, SemOp)
+Région
+Collectivité d’outre-mer à statut particulier
 Association
-Entreprise privée
-[...133 lines deleted...]
-      <c r="O44" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif doit soutenir nos partenaires culturels professionnels sur l’ensemble du territoire, offrir aux publics et aux artistes des conditions techniques et d’accueil optimales et permettre une transition vers des investissements durables et éco-responsables.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Les structures:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;bénéficiant d’un soutien régional au fonctionnement ou d’une convention particulière avec la Région, ayant un établissement ou une succursale,&lt;/li&gt; 	&lt;li&gt;situés en Région Provence-Alpes-Côte d’Azur et ayant au moins une année d’existence à la date du vote.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les bâtiments privés, obligation est faite de détenir un bail non précaire d’une durée au moins égale à la durée d’amortissement des travaux.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les studios d’enregistrement&lt;/li&gt; 	&lt;li&gt;les structures d’enseignement artistique (hors Pôles d’enseignement supérieur)&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures non financées en fonctionnement par la Culture&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable (voir annexes pour la prise en compte des critères et pièces spécifiques).&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le demandeur ne pourra présenter une nouvelle aide à l’investissement qu&amp;#039;après présentation des justificatifs définitifs de réalisation du projet pour lequel il a déjà été aidé.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux, de l&amp;#039;acquisition....&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
-[...97 lines deleted...]
-      <c r="S44" s="1" t="inlineStr">
+      <c r="P115" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable (voir annexes pour la prise en compte des critères et pièces spécifiques).&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le demandeur ne pourra présenter une nouvelle aide à l’investissement qu&amp;#039;après présentation des justificatifs définitifs de réalisation du projet pour lequel il a déjà été aidé.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-linvestissement-pour-musiques-theatre-arts-du-mouvement-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-linvestissement-pour-musiques-theatre-arts-du-mouvement-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...396 lines deleted...]
-      <c r="G47" s="1" t="inlineStr">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>163833</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie locale</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I116" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J116" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat est un territoire où l’agriculture et les entreprises artisanales participent encore majoritairement aux fondements de l’économie locale. Pour maintenir et développer l’activité, les acteurs veulent travailler sur la valorisation des savoir-faire et des produits auprès de la population et des visiteurs.&lt;br /&gt;Pour cela, les opérations liées à cette fiche permettront le développement des circuits de proximité et la commercialisation de produits de terroir et artisanaux ainsi que la construction d’une identité territoriale cohérente et complète.&lt;br /&gt;Par ailleurs, les résultats du diagnostic territorial montrent que les évolutions des habitudes d’achat nuisent aux commerces de proximité. On constate également une baisse de fréquentation des marchés et l’essoufflement des Unions Commerciales qui animaient les centre villes. Le tissu artisanal et commercial reste fragile (reprises et créations en perte de vitesse).&lt;br /&gt;Dans ce contexte, le Pays Vitryat désire redynamiser l’artisanat et le commerce&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Valoriser le patrimoine alimentaire/ développer une identité alimentaire&lt;br /&gt;- Mettre en valeur les productions locales et promouvoir les marchés locaux&lt;br /&gt;- Remobiliser les réseaux de commerçants&lt;br /&gt;- Structurer et renforcer l’offre commerciale existante&lt;br /&gt;- Faciliter l’accès à l’emploi et à la formation&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- Augmentation du nombre de producteurs locaux et/ ou artisans impliqués dans une démarche de valorisation au titre de la présente fiche action&lt;br /&gt;- Ouverture de nouveaux commerces&lt;br /&gt;- Augmentation du nombre de création d’entreprises&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER offre une précieuse plus-value en soutenant efficacement l&amp;#039;économie locale à travers diverses actions, notamment en favorisant la structuration de filières courtes par la mise en réseau des acteurs. Cette approche facilite la collaboration entre les différents acteurs impliqués dans les filières, tels que les producteurs, les transformateurs et les distributeurs, créant ainsi une chaîne d&amp;#039;approvisionnement plus efficace et responsable.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par la promotion des filières courtes, le programme LEADER contribue à réduire l&amp;#039;empreinte écologique en diminuant les distances parcourues par les produits, ce qui permet une gestion plus durable des ressources et une réduction des émissions de carbone. De plus, cette approche renforce la résilience des économies locales en limitant leur dépendance vis-à-vis des marchés internationaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En mettant en réseau les artisans et les commerçants, LEADER stimule la coopération et l&amp;#039;échange d&amp;#039;expertise entre ces professionnels locaux. Cette mise en relation favorise l&amp;#039;émergence de synergies, encourageant ainsi l&amp;#039;innovation et la création de nouvelles opportunités commerciales.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le soutien de LEADER aux initiatives locales renforce la visibilité des produits et services artisanaux, favorisant ainsi la préservation des savoir-faire traditionnels et la transmission des métiers ancestraux. Cela permet également de préserver le patrimoine culturel tout en dynamisant le tissu économique local.&lt;/p&gt;&lt;p&gt;En consolidant les réseaux d&amp;#039;acteurs locaux, le programme LEADER contribue à créer des emplois durables et à renforcer la cohésion sociale dans le Pays Vitryat. La mutualisation des ressources et des compétences offre des opportunités de croissance économique plus équitables et inclusives.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La valorisation des savoir-faire, du patrimoine alimentaire, des filières courtes et la redynamisation de l’artisanat et du commerce du Pays Vitryat : &lt;/p&gt;&lt;p&gt;- Actions d’information, d’animation, de communication, de sensibilisation et/ou de développement d’évènementiels&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisation&lt;br /&gt;- Toute étude sur l’offre et les besoins des consommateurs, des usagers et des entreprises&lt;br /&gt;- Création et développement de points de vente fixes ou itinérants (dont acquisition et aménagement de véhicules professionnels) destinés à maintenir ou compléter l&amp;#039;offre de commerces du territoire&lt;br /&gt;- Soutien au développement d’une offre d’approvisionnement de la restauration collective&lt;br /&gt;- Investissements permettant la production et la transformation de produits alimentaires hors agriculteur et groupement d’agriculteur&lt;br /&gt;- Soutien à la création, à la réhabilitation et à l’aménagement de potagers et vergers collectifs&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P116" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q116" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W116" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-3/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>163834</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projet de coopération</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTRIBUTIONS AUX OBJECTIFS DE LA STRATEGIE :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La coopération constitue l’un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d’innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d’autres territoires, nationaux ou européens, et à favoriser les recherches d’expériences, de pratiques, de savoir-faire.&lt;br /&gt;La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s’enrichir de l’expérience de partenaires, acquérir de nouvelles compétences, favoriser l’échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.&lt;br /&gt;Les effets attendus sont d’apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l’ouverture vers l’extérieur.&lt;br /&gt;La coopération peut prendre les formes suivantes :&lt;br /&gt;- La coopération « interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;br /&gt;- La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu’avec des territoires de pays tiers (hors UE)&lt;strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en oeuvre d’actions de coopération doit constituer un levier pour répondre à l’ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d’action.&lt;/p&gt;&lt;p&gt;Seront soutenues :&lt;/p&gt;&lt;p&gt;- La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d’actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d’un partenariat, organisation de réunions…&lt;/p&gt;&lt;p&gt;- La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire&lt;/p&gt;&lt;p&gt;Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en oeuvre conjointement par les partenaires, assorties d’objectifs de résultats clairement définis pour les partenaires et les territoires concernés.&lt;/p&gt;&lt;p&gt;Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :&lt;/p&gt;&lt;p&gt;Services et équipements de proximité, sport, culture, loisirs, santé, patrimoine, tourisme, mobilité, circuits de proximité, transition énergétique et économie locale.&lt;/p&gt;&lt;p&gt;La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s’ouvrir à d’autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Transition énergétique
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Biodiversité
+International
+Attractivité économique
+Artisanat
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P117" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q117" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;Un accord de partenariat (ou projet d’accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-locale/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>20428</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Financer des festivals d'arts de la scène</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Occitanie est une région particulièrement riche en festivals. Les festivals sont d&amp;#039;importants diffuseurs de la culture. Ils participent à la circulation des artistes et permettent à un large public de découvrir des œuvres de qualité. Ils renforcent la cohésion territoriale et sociale par la mobilisation d&amp;#039;un important bénévolat, par la conduite d&amp;#039;actions hors période festivalière (programmation à l&amp;#039;année, actions  de médiation : stages, rencontres, échanges). Ils contribuent ainsi à la démocratisation culturelle et à l&amp;#039;aménagement du territoire, en palliant parfois le manque d&amp;#039;infrastructure, notamment en milieu rural.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, les festivals œuvrent pour la valorisation du patrimoine régional et pour le développement du tourisme. Leur rôle est conséquent en matière économique directe et indirecte (hôtels, restaurants, campings...). Ils jouent un rôle croissant dans le champ du développement durable. La Région soutient de nombreux festivals et promeut leur action via son site Web.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un soutien à l&amp;#039;économie des festivals et au tourisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une aide pour développer des actions en faveur du développement durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant est déterminé en fonction des critères énoncés ci-dessus et de l&amp;#039;économie globale du projet. Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides s&amp;#039;adressent aux festivals ayant au minimum un an d&amp;#039;existence.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets, pour bénéficier de l&amp;#039;aide de la Région, doivent répondre aux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Implantation et activité en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Durée minimale : 2 jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Situation régulière au regard des obligations réglementaires en matière de spectacle vivant (obligations fiscales et sociales, licence d&amp;#039;entrepreneur de spectacles...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Budget réalisé de la dernière édition du festival : 25 000 € minimum.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses artistiques, techniques et administratives, à l&amp;#039;exception de la valorisation du bénévolat, des mises à disposition en nature, des dotations aux amortissements, des provisions, des intérêts des emprunts et des agios. Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-Festivals</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2eb1-arts-de-la-scene-aide-aux-festivals/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K48" s="1" t="inlineStr">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>120300</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Créer ou rénover un musée</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Création ou rénovation d’un musée</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="O48" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de construction, d&amp;#039;extension, de rénovation d&amp;#039;un musée, d&amp;#039;aménagement muséographique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le cadre juridique , le contexte réglementaire (Département, Région Auvergne-Rhône-Alpes), la procédure administrative et financière, les partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil sur la méthodologie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Visite sur site
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la définition des besoins (objectifs, priorités, opportunités, contraintes)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conseil à l&amp;#039;élaboration du projet (programme muséographique, projet scientifique et culturel...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Préconisations techniques et scientifiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   Participation aux réunions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Diagnostic des collections et du lieu
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement à la rédaction du projet scientifique et culturel et à la création d&amp;#039;un conseil scientifique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Appui à la définition des conditions de conservation, de restauration, d&amp;#039;exposition
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide au montage du projet (financement, calendrier, suivi et évaluation)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Contribution à la rédaction du cahier des charges, au recrutement des prestataires
+  &lt;/li&gt;
+  &lt;li&gt;
+   Supervision des opérations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...30 lines deleted...]
-      <c r="AA48" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/creation-ou-renovation-musee/</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme – Conservation du patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 79 27 17
+&lt;/p&gt;
+&lt;p&gt;
+ Emails :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:nyounsi&amp;#64;ladrome.fr"&gt;
+    nyounsi&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:mduchamp&amp;#64;ladrome.fr"&gt;
+    mduchamp&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e6f2-creation-ou-renovation-dun-musee/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...241 lines deleted...]
-      <c r="G50" s="1" t="inlineStr">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>44629</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Créer ou rénover  un musée</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K50" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
-[...195 lines deleted...]
- &lt;/strong&gt;
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Accompagnement et conseil en conservation préventive des collections.
+&lt;/p&gt;
+&lt;p&gt;
+ - Conseils et aides à la définition des besoins, accompagnement à l&amp;#039;élaboration d&amp;#039;un projet scientifique et culturel.
+&lt;/p&gt;
+&lt;p&gt;
+ - Accompagnement à la création d&amp;#039;outils de médiation
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 70 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rédaction d&amp;#039;un projet scientifique et culturel - Chantier de rénovation
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la rédaction du projet scientifique et culturel projet scientifique et culturel (PSC) du Centre d&amp;#039;interprétation des mégalithes
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la restructuration, réalisation d&amp;#039;un espace multifonction, redéploiement de la collection d&amp;#039;imprimerie
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un espace de vie culturel autour d&amp;#039;une Micro-Folie
+&lt;/p&gt;
+&lt;p&gt;
+ Rénovation de l&amp;#039;église et exposition de 30 œuvres
+&lt;/p&gt;
+&lt;p&gt;
+ Structuration du musée Charles Portal
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la muséographie sur une salle dédiée à la mémoire des juifs assignés à résidence
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
-Sports et loisirs
-[...9 lines deleted...]
-      <c r="O50" s="1" t="inlineStr">
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
-[...8 lines deleted...]
- Toutes les conditions d&amp;#039;éligibilité sont explicitées pages 6 à 10 du guide des aides aux communes (onglet descriptif complet).
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
-[...33 lines deleted...]
- Téléphone : 04 13 31 39 48
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7749-creer-ou-renover-un-musee/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>44630</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les collections d'un musée</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Accompagnement et conseil en conservation préventive des collections.
+&lt;/p&gt;
+&lt;p&gt;
+ - Accompagnement à l&amp;#039;inventaire des collections, logiciel SKIN MUSEUM
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 71 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la rédaction d&amp;#039;un projet scientifique et culturel (PSC)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-[...24 lines deleted...]
-  &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>http://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx</t>
+        </is>
+      </c>
+      <c r="W121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/95d4-gerer-des-collections/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>95004</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les émergences Arts Visuels</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux émergences Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite valoriser la diversité des esthétiques des arts visuels du territoire régional, encourager la création, la diffusion et la rencontre entre les publics et les artistes émergents.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;artiste émergent ou la structure d&amp;#039;accompagnement. L&amp;#039;artiste émergent doit relever du champ des arts visuels et exercer une activité régulière dans la région Grand Est.
+La structure d&amp;#039;accompagnement est une structure culturelle de droit public ou privé ; la collectivité territoriale doit être implantée sur le territoire national.
+&lt;/p&gt;
+&lt;h3&gt;
+ Calendrier
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôts des demandes : 31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P122" s="1" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;artiste émergent doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;une formation supérieure dans le champ artistique ou d&amp;#039;une première expérience artistique significative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement à ses côtés d&amp;#039;un professionnel qui l&amp;#039;accompagnera dans son parcours, présentera ses travaux à des professionnels et pourra mettre à sa disposition des espaces de travail.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La structure d&amp;#039;accompagnement doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être un équipement professionnel, inséré dans les réseaux professionnels régionaux ou nationaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rédiger un diagnostic artistique, technique et promotionnel détaillé de l&amp;#039;artiste émergent,
+ &lt;/li&gt;
+ &lt;li&gt;
+  définir conjointement avec l&amp;#039;artiste émergent un programme d&amp;#039;accompagnement personnalisé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;engager à conclure une convention avec l&amp;#039;artiste émergent.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appel-a-projets-soutien-aux-emergences-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatures à envoyer à :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+  culture-subvention&amp;#64;grandest.fr
  &lt;/a&gt;
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Demandes de paiement :
+ &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+  versements-creation&amp;#64;grandest.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dad0-soutien-aux-emergences-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>103396</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Accroître la collection des musées</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’acquisition exceptionnelle pour les collections des musées</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région soutient la politique d&amp;#039;acquisition des musées de France dont les collections sont constitutives du patrimoine francilien. Par cette action, elle renforce l&amp;#039;attractivité touristique et culturelle de l&amp;#039;Île-de-France.
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant et taux
+&lt;/h4&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention régional est de 50% maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 80.000€.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à 
+l&amp;#039;exclusion des musées nationaux.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement doit être labellisé « Musée de France ».
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement les acquisitions exceptionnelles d&amp;#039;œuvres, objets ou 
+collections.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce projet d&amp;#039;acquisition doit s&amp;#039;inscrire dans le cadre du projet scientifique et culturel 
+du musée et être cohérent avec la collection existante du musée.
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-dacquisition-exceptionnelle-pour-les-collections-des-musees</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bb46-fonds-dacquisition-exceptionnelle-pour-les-co/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>150672</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement des musées de France</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Dispositifs d’aide pour le développement des musées de France</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F124" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du développement et du rayonnement des musées de France, les directions régionales des affaires culturelles (DRAC) peuvent soutenir et favoriser les projets qui concourent à leur mise aux normes réglementaires, à leur valorisation scientifique, au développement de leurs publics et qui contribuent à ancrer leur rôle dans la structuration culturelle et sociale du territoire . Ainsi des actions peuvent être soutenues par des crédits d&amp;#039;intervention, qu&amp;#039;elles participent de la diffusion - expositions, publications, journées d&amp;#039;étude, conservation-restauration, recherche, enrichissement des collections, récolement décennal - ou qu&amp;#039;elles concernent des opérations de numérisation, d&amp;#039;éditorialisation et de mise en réseau des collections des musées de France - équipementnumérique, logiciels spécialisés d&amp;#039;inventaire, numérisation, saisie -.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;aide au fonctionnement des musées de France ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les services déconcentrés du ministère de la Culture apportent leur soutien aux musées qui répondent ou s&amp;#039;engagent à répondre aux obligations liées à l&amp;#039;appellation musée de France (code du patrimoine) : les activités scientifiques doivent être réalisées sous la responsabilité de personnels qualifiés, le musée doit comporter un service des publics, les collections sont inscrites sur un inventaire normalisé, l&amp;#039;établissement doit procéder au récolement de ses collections au moins une fois tous les dix ans, les acquisitions et les restaurations, pour être subventionnées doivent être soumises à l&amp;#039;avis préalable d&amp;#039;une commission scientifique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au titre du fonctionnement, les projets suivants peuvent être soutenus en fonction de priorités définies par les DRAC sur le territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide au récolement et aux chantiers des collections hors travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conservation préventive comprenant l&amp;#039;acquisition d&amp;#039;équipements et de matériels ainsi que les études de conservation préventive ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration d&amp;#039;œuvres après obtention préalable d&amp;#039;un avis favorable de la Commission scientifique régionale des collections des musées de France, formation conservation-restauration (si pas de FRAR) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création de service des publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informatisation et numérisation des collections muséographiques comprenant l&amp;#039;acquisition de logiciels de gestion documentaire des collections (en savoir plus sur le
+  &lt;a href="https://www.culture.gouv.fr/Thematiques/Innovation-numerique/Soutien-a-la-numerisation-a-la-diffusion-et-a-la-valorisation-des-contenus-culturels/Accompagnement-a-la-numerisation/Programme-national-de-numerisation-et-de-valorisation-des-contenus-culturels"&gt;
+   Programme national de numérisation et de valorisation des contenus culturels
+  &lt;/a&gt;
+  ) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation culturelle (activités pédagogiques et culturelles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils d&amp;#039;aide à la visite ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de faisabilité, de programmation, audit de gestion d&amp;#039;un équipement, études des publics, etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publication ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exposition.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définie par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la nature du projet et les dépenses nécessaires à sa réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ Le compte rendu financier et qualitatif doit parvenir à la DRAC au plus tard 6 mois après la clôture de l&amp;#039;année de versement de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations auxquelles adhèrent ces musées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une aide est conditionnée par plusieurs critères :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  tout musée bénéficiant de l&amp;#039;appellation musée de France dont les collections n&amp;#039;appartiennent pas à l&amp;#039;État ou à ses établissements publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans le cadre de demande d&amp;#039;aide à la restauration (si pas de comité FRAR dans votre région) obtention préalable d&amp;#039;un avis favorable de la Commission scientifique régionale des collections des musées de France ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit être inscrit dans le projet scientifique et culturel (PSC) du musée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/dispositifs-d-aide-pour-le-developpement-des-musees-de-france</t>
+        </is>
+      </c>
+      <c r="W124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur le dispositif d&amp;#039;aide pour le développement des musées de France, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3428-dispositifs-daide-pour-le-developpement-des-m/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>144492</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Musées, le Patrimoine et l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Réglement des aides départementales aux Musées, au Patrimoine, et à l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Reconnaissant le patrimoine comme facteur d&amp;#039;identité et d&amp;#039;attractivité des territoires, de développement personnel du citoyen, le Département des Landes soutient et promeut une action culturelle et patrimoniale globale s&amp;#039;appuyant sur un réseau de partenaires structurants, qui vise la qualité, l&amp;#039;accessibilité pour tous les publics, l&amp;#039;implication des territoires et des populations, et l&amp;#039;équité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du règlement d&amp;#039;aide à la restauration du patrimoine protégé des communes et de leur groupement, le présent règlement d&amp;#039;aides aux musées, au patrimoine et à l&amp;#039;archéologie des Landes a pour objectifs de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   conforter les musées de France comme des acteurs-équipements structurants de cette dynamique par leurs missions permanentes réglementaires inscrites dans un projet scientifique et culturel pluriannuel (telles que définies à l&amp;#039;article L441-2 du Code du Patrimoine, et conformément à la loi du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine).
+  &lt;/li&gt;
+  &lt;li&gt;
+   renforcer les actions en réseau, afin de mieux valoriser les Landes comme destination muséale et patrimoniale.
+  &lt;/li&gt;
+  &lt;li&gt;
+   soutenir des actions d&amp;#039;études, recherches et inventaires qui favorisent des projets territoriaux, en matière de culture, tourisme et patrimoine, ou y participent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   valoriser le patrimoine landais auprès du plus grand nombre par des expositions et manifestations présentant un caractère départemental et un intérêt scientifique et culturel avérés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser le &amp;#34;&amp;#34;parcours d&amp;#039;éducation artistique et culturelle&amp;#34;&amp;#34; de l&amp;#039;élève, instauré par la loi du 8 juillet 2013 d&amp;#039;orientation et de programmation pour la refondation de l&amp;#039;école de la République et formalisé dans la loi du 7 juillet 2016 relative à la liberté de création, à l&amp;#039;architecture et au patrimoine ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   encourager le partage, la mutualisation d&amp;#039;expériences, la formation des acteurs du territoire, l&amp;#039;implication citoyenne.&amp;#34;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide départementale sera octroyée à partir des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la spécificité des territoires concernés (rural, urbain, éloigné ou proche d&amp;#039;une offre culturelle et patrimoniale) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les caractéristiques des projets (intérêt départemental, cohérence de la programmation, qualité des contenus scientifiques et culturels, respect des cadres réglementaires et déontologiques, intérêt éducatif, originalité, accessibilité, pertinence des actions proposées et leur adéquation avec les publics visés) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la contribution au renforcement du réseau ou au projet territorial ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la concertation avec la conservation départementale et la cohérence des projets avec les missions et prérogatives des services de l&amp;#039;Etat (DRAC Nouvelle-Aquitaine) et de la Région Nouvelle-Aquitaine.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide départementale tiendra compte d&amp;#039;une éventuelle contribution en nature du Département. En outre, ne seront pas retenues dans le cadre du présent règlement les actions déjà financés par ailleurs par la politique culturelle et patrimoniale du Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=90</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ee-soutenir-les-musees-le-patrimoine-et-larcheol/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>162758</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'offre de formation musiques, danse, théâtre, art du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'offre de formation musiques, danse, théâtre, art du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Consciente de la complexité et de la précarité inhérente au secteur d’activité de la Culture, les enjeux de développement de la qualification, de création et de consolidation des emplois et de l&amp;#039;insertion des jeunes professionnels sont au cœur de l’approche intégrée « formation-économie-emploi » développée par l’action régionale.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; En effet, depuis une vingtaine d’années, le monde du spectacle et de la culture s’est profondément transformé sous l’effet conjugué d’évolutions artistiques, technologiques, sociales, économiques et structurelles qui ont eu des conséquences majeures sur l’emploi.&lt;br /&gt; La Région poursuit et consolide son projet de soutenir sur le territoire des outils de formation et d’accompagnement des parcours professionnels pouvant répondre de façon globale à la demande des acteurs du secteur culturel.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; La volonté de la Région vise à préparer les jeunes professionnels et les adultes à l’évolution des métiers, ainsi qu’à répondre par la professionnalisation aux enjeux de renouvellement des qualifications et d’évolution des métiers du secteur culturel.&lt;/p&gt;
+ &lt;p&gt;La région dispose, dans le domaine des arts visuels et d’arts vivants de plusieurs établissements d’enseignement supérieur et/ou professionnel inscrits dans un cadre d’intervention très spécifique.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;En effet ces organismes de formation se distinguent par :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les caractéristiques de leur champ d&amp;#039;intervention non concurrentiel &lt;/li&gt; 	&lt;li&gt; les compétences professionnelles spécifiques mises en œuvre pour la professionnalisation des personnes de ces secteurs d&amp;#039;activités &lt;/li&gt; 	&lt;li&gt; la reconnaissance de leur caractère structurant dans le développement de la formation professionnelle tout au long de la vie&lt;/li&gt; 	&lt;li&gt; la mobilisation de financements croisés relevant du champ de la culture et de celui de la formation professionnelle continue&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;L’aide régionale participe au financement de ces établissements qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;un projet pédagogique et culturel détaillé garantissant une offre de qualité dans l’enseignement supérieur et professionnel spécialisé&lt;/li&gt; 	&lt;li&gt; la construction des cursus d&amp;#039;étude délivrant des diplômes et des certifications en lien avec l&amp;#039;Université permettant la délivrance conjointe de titres de qualification professionnelle et d&amp;#039;un titre universitaire inscrit dans le schéma LMD&lt;/li&gt; 	&lt;li&gt; un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt; une démarche éco-responsable&lt;/li&gt; 	&lt;li&gt;des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Le dépôt doit se faire selon le règlement financier en vigueur :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;exploitation, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux...&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’aide régionale participe au financement de ces établissements qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;un projet pédagogique et culturel détaillé garantissant une offre de qualité dans l’enseignement supérieur et professionnel spécialisé&lt;/li&gt; 	&lt;li&gt; la construction des cursus d&amp;#039;étude délivrant des diplômes et des certifications en lien avec l&amp;#039;Université permettant la délivrance conjointe de titres de qualification professionnelle et d&amp;#039;un titre universitaire inscrit dans le schéma LMD&lt;/li&gt; 	&lt;li&gt; un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt; une démarche éco-responsable&lt;/li&gt; 	&lt;li&gt;des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-loffre-de-formation-musiques-danse-theatre-art-du-mouvement-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-loffre-de-formation-musiques-danse-theatre-art-du-mouvement-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>95036</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la présence des galeries d’art sur des foires et salons d’art contemporain en France ou à l’étranger</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la présence des galeries d’art sur des foires et salons d’art contemporain en France ou à l’étranger</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif s&amp;#039;inscrit dans une démarche de promotion et de valorisation des artistes et des galeries du territoire. La Région entend ainsi accompagner les entreprises privées du secteur culturel dans leur développement économique au plan national et international et leur visibilité sur le marché de l&amp;#039;art contemporain. Elle intervient sur la base d&amp;#039;un projet de développement et de promotion de la structure et des artistes, favorisant le contact avec d&amp;#039;autres galeries, des collectionneurs et d&amp;#039;autres professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Subvention plafonnée à 8 000€
+  &lt;/li&gt;
+  &lt;li&gt;
+   taux max 50%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Remarque
+: Le montant de l&amp;#039;aide s&amp;#039;élève à 50% du coût HT de la location du stand ainsi que des frais et aménagements supplémentaires, dans la limite de 30m2 loués.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépôt des dossiers :
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P127" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les galeries d&amp;#039;art privées développant une activité régulière et offrant une programmation de qualité, dont le siège social est en région Grand Est. Le projet peut être porté par un regroupement de structures.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une candidature retenue dans une foire ou un salon d&amp;#039;art contemporain professionnel et de renommée en France ou à l&amp;#039;étranger,
+  &lt;/li&gt;
+  &lt;li&gt;
+   y présenter des œuvres d&amp;#039;au moins un artiste professionnel implanté en région Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Foires ou salons en France, à choisir dans la liste établie ci-dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Art-O-Rama à Marseille,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Drawing Now à Paris,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Art Paris,
+  &lt;/li&gt;
+  &lt;li&gt;
+   DDessin à Paris,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Docks art fair à Lyon,
+  &lt;/li&gt;
+  &lt;li&gt;
+   YIA à Paris,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Foto fever à Paris,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Paris internationale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Foires à l&amp;#039;étranger selon le projet de la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ Un maximum de deux demandes par année civile et par structure est recevable au titre de ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses liées à la location du stand, ainsi qu&amp;#039;aux aménagements supplémentaires et frais pratiqués par la foire ou le salon.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-presence-galeries-dart-foires-salons-dart-contemporain-france-a-letranger/</t>
+        </is>
+      </c>
+      <c r="W127" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0121/depot/simple</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact :
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7326-soutien-a-la-presence-des-galeries-dart-sur-d/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>1038</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'aménagement des musées ou acquérir des équipements muséographiques</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En Grand Est, on compte 131 musées labellisés « musée de France ». Structures essentielles dans la diffusion des œuvres d&amp;#039;art, de l&amp;#039;histoire et des traditions en région, les musées contribuent à des missions scientifiques, culturelles, pédagogiques et touristiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Après adoption de leur projet scientifique et culturel, certains d&amp;#039;entre eux veulent engager des travaux de modernisation et de conservation, de mise en réserves, à partir de programmes de rénovation ou de constructions neuves.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide d&amp;#039;accompagner les porteurs de projets défendant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;excellence en matière de muséographie, incluant des outils pédagogiques utilisant les technologies du numérique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualité de la conservation, pouvant inclure un programme de construction de réserves,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une intégration dans les enjeux de développement local, ex : économie, tourisme, emplois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ambition de rayonnement de leur collection en région, en France et en Europe.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les projets de construction ou de rénovation de musées labellisés « musée de France »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets de réserves aux normes contemporaines de conservation en lien avec des projets de construction ou de rénovation de musée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets muséographiques et scénographiques en lien avec un projet de construction ou de rénovation de musée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans une réflexion par rapport à l&amp;#039;offre muséale et patrimoniale du Grand Est et dans un projet de développement territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet doit obtenir l&amp;#039;agrément préalable des services compétents de l&amp;#039;État, y compris en cas de construction ou de rénovation de réserves,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit s&amp;#039;appuyer sur un projet scientifique et culturel validé par le service des Musées de France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un projet portant sur les réserves n&amp;#039;est pris en considération que s&amp;#039;il s&amp;#039;inscrit dans un projet muséographique plus important.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les investissements liés au développement des espaces d&amp;#039;expositions temporaires sont privilégiés afin de favoriser l&amp;#039;attractivité du musée.
+&lt;/p&gt;
+&lt;p&gt;
+ En vue de privilégier les projets à caractère réellement structurant, le montant minimum de l&amp;#039;investissement envisagé doit être de 150 000 € H.T.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à celle du début des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lamenagement-musees-a-lacquisition-dequipements-museographiques/</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Siège du Conseil Régional - Strasbourg :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. &amp;#43;33 (0)3 88 15 68 67
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hôtel de Région - Metz :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. &amp;#43;33 (0)3 87 33 60 00
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hôtel de Région - Châlons-en-Champagne :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. &amp;#43;33 (0)3 26 70 31 31
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d094-soutien-a-lamenagement-des-musees-ou-a-lacqui/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>1041</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Compléter les collections des musées régionaux</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I129" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J129" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 500 €</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds régional pour les acquisitions des musées (FRAM)
+&lt;/p&gt;
+&lt;p&gt;
+ Il vise à compléter les collections des musées régionaux dans le sens de la spécificité de chaque établissement. Le FRAM est un fonds cogéré par l&amp;#039;Etat et la Région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux maxi
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 % du prix de l&amp;#039;oeuvre, commission comprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  60 % du prix de l&amp;#039;oeuvre, commission comprise, en cas d&amp;#039;acquisition exceptionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 % du prix de l&amp;#039;oeuvre, commission comprise, en fonction des capacités financières de la collectivité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers devront être déposés avant le 31 juillet de chaque année pour permettre un examen par le Comité FRAM au cours du deuxième semestre et un passage en Commission Permanente avant la fin de l&amp;#039;année civile.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à la date d&amp;#039;achat de l&amp;#039;oeuvre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Musée</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Acquisition d&amp;#039;oeuvres ou objets majeurs et significatifs qui, par leur prix, dépassent les possibilités budgétaires normales des bénéficiaires de l&amp;#039;aide.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avis positif de la Commission scientifique interrégionale des collections des Musées de France compétente ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Montant de l&amp;#039;acquisition justifié ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acquisition faite dans l&amp;#039;intérêt du Musée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acquisition inscrite dans un projet scientifique et culturel d&amp;#039;établissement et bénéficiant du soutien de l&amp;#039;Etat ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avis favorable du Comité Régional du FRAM, instance technique composée d&amp;#039;élus régionaux, de représentants de l&amp;#039;Etat et de personnes qualifiées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Dépenses liées à l&amp;#039;acquisition, sur présentation des factures acquittées
+</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/fonds-regional-acquisitions-musees-fram/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture, du Patrimoine et de la Mémoire
+&lt;/p&gt;
+&lt;p&gt;
+ Uniquement pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea17-fonds-regional-pour-les-acquisitions-des-muse/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>143339</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des auscultations sur ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les auscultations permettent de mieux connaître l&amp;#039;état de santé d&amp;#039;un ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ Basées sur un ensemble d&amp;#039;examens et de mesures spécifiques, les auscultations et les instrumentations ont pour enjeu de fournir des données fiables afin d&amp;#039;identifier et caractériser les désordres, de contribuer à l&amp;#039;élaboration du diagnostic, puis bâtir des solutions de réparation, de traitement ou de surveillance efficaces.
+&lt;/p&gt;
+&lt;p&gt;
+ Fort du développement de ses propres outils et méthodes, le Cerema s&amp;#039;adapte à votre situation particulière et à toute configuration d&amp;#039;ouvrages de génie civil. Il peut intervenir en tant que conseil ou réaliser les prestations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un gestionnaire de patrimoine d&amp;#039;ouvrages de génie civil (en infrastructures de transports, industrie, assainissement, bâtiment) public ou privé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un bureau d&amp;#039;études en charge de diagnostics de structures
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une entreprise qui réalise une auscultation dans le cadre d&amp;#039;un chantier
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vos besoins :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment fixer les objectifs du diagnostic et élaborer le programme d&amp;#039;auscultation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels outils et méthodes choisir au regard des caractéristiques de l&amp;#039;ouvrage et des pathologies suspectées ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment faire en sorte que le diagnostic repose sur des données fiables ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment mettre en œuvre une auscultation en environnement complexe ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse du dossier de l&amp;#039;ouvrage et de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  Examen du rapport d&amp;#039;inspection détaillée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des désordres critiques au regard du fonctionnement de l&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Synthèse des auscultations déjà réalisées (historique et conclusions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confirmation ou recalibrage du besoin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration du programme d&amp;#039;interventions, adapté à l&amp;#039;auscultation à réaliser
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des spécificités de l&amp;#039;ouvrage, de son environnement et de son exploitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix des méthodes, matériels et conditions de mise en œuvre les plus pertinents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise au point du mode opératoire (dont fréquence d&amp;#039;échantillonnage des mesures) en tenant compte des incidences des auscultations sur l&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de la périodicité des interventions sur place
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissement du planning associé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre opérationnelle : réalisation des essais et mesures
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déploiement du matériel d&amp;#039;auscultation approprié, collecte et traitement des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prélèvement d&amp;#039;échantillons de matériaux et analyse en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pose et maintenance de l&amp;#039;instrumentation : capteurs, moyens d&amp;#039;acquisition et de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Synthèse : bilan des résultats, interprétation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaissance exhaustive des typologies d&amp;#039;ouvrages de génie civil en milieu terrestre, hydraulique, fluvial et maritime
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité à diagnostiquer des ouvrages complexes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise reconnue de nos équipes hautement qualifiées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Cerema est pilote et référent pour l&amp;#039;élaboration de méthodologies et des règles de l&amp;#039;art en matière d&amp;#039;auscultations, de mesures, d&amp;#039;évaluation structurale et de diagnostics applicables à de nombreuses structures de génie civil, innovantes ou en service
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;outils, de méthodes d&amp;#039;auscultation dont certaines exclusives en France (auscultation magnétique des câbles, gammagraphie) et de matériels
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ils nous font confiance :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  SNCF réseau : Diagnostic des désordres et évaluation structurale du pont de Fives, surplombant le faisceau de voies ferrées à l&amp;#039;entrée de la gare Lille Flandres.
+ &lt;/li&gt;
+ &lt;li&gt;
+  APRR / AREA : En partenariat avec la Société des Autoroutes-Paris-Rhin-Rhône (APRR). Expérimentation d&amp;#039;une nouvelle méthode d&amp;#039;auscultation magnétique des câbles de précontrainte extérieure, éléments en acier indispensables à la stabilité des structures retenues par leur mise en tension.
+ &lt;/li&gt;
+ &lt;li&gt;
+  SANEF : Réalisation de diagnostics de murs en Terre Armée pour évaluer l&amp;#039;état de conservation des armatures noyées dans le remblai.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/realiser-auscultations-ouvrages-art</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/41ee-realiser-des-auscultations-sur-ouvrages-dart/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>165469</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux structures d'Arts plastiques et visuels</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux structures d'Arts plastiques et visuels</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagée en faveur des arts plastiques et visuels, la Région Nouvelle-Aquitaine renforce son soutien aux structures dédiées à la création et à la diffusion de l’art contemporain, conformément aux engagements du Contrat de filière signé avec l’État et le réseau Astre.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Cette aide a pour objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;de contribuer au maintien et au développement des structures permanentes dont l&amp;#039;activité principale est le soutien à la création, la diffusion et la médiation dans le domaine de l&amp;#039;art contemporain ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;de contribuer à une répartition harmonieuse des structures sur l&amp;#039;ensemble du territoire régional ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;de favoriser le dynamisme de la scène artistique régionale ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;de favoriser la rencontre de chacun avec des œuvres d&amp;#039;art contemporain et/ou la participation de chacun à des démarches artistiques et culturelles relevant du champ de la création contemporaine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;aide de la Région est déterminée au regard de l&amp;#039;équilibre généraldu budget de fonctionnement de la structure.</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q131" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2025</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Les organismes bénéficiaires doivent être sous forme administrative et juridique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;d&amp;#039;associations ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;de sociétés coopératives ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;de collectivités publiques ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;d&amp;#039;établissements publics&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Conditions minimales d&amp;#039;éligibilité :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;les activités de la structure doivent se déployer sur l&amp;#039;ensemble de l&amp;#039;année ou, a minima, sur une période continue de six mois par an ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la structure doit disposer d&amp;#039;un salarié au moins ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la structure doit bénéficier d&amp;#039;une direction artistique autonome, portée et assumée par un (ou des) professionnel(s) du secteur des arts et/ou de la culture ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la structure respecte les règles de rémunération des artistes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La Région apprécie l&amp;#039;équilibre général du projet au regard notamment du nombre et de la qualité des temps de résidences, et/ou de production d’œuvres, des expositions, des actions de médiation, déjà réalisés et en projet, ainsi que du nombre et de la qualité des coopérations nouées avec d&amp;#039;autres structures, tant à l’échelle régionale que territoriale.&lt;/p&gt;&lt;p&gt;La Région porte par ailleurs une attention particulière :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;à la place faite, dans l&amp;#039;ensemble des activités de la structure, au travail d’artistes installés en Nouvelle-Aquitaine ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;à la place faite, dans les actions d&amp;#039;éducation artistique et culturelle, aux classes de lycéens et d&amp;#039;apprentis ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;à la prise en compte du référentiel des droits culturels des personnes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-aux-structures-darts-plastiques-et-visuels</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Vous devez remplir le dossier de demande à télécharger ci-dessous et y joindre :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;une lettre adressée au Président du Conseil Régional précisant la nature et le montant de l’aide sollicitée auprès de la Région ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un bilan d’activités de l’année antérieure ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un bilan financier de l’année antérieure ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un RIB aux nom et adresse exacts de la structure demandeuse.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Adresser votre demande :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;soit par voie postale : M. Alain Rousset, Président de Région, 14 rue François de Sourdis 33077 Bordeaux Cedex ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;soit par voie numérique : depot.dossier.apv&amp;#64;nouvelle-aquitaine.fr &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-structures-d-apos-arts-plastiques-et-visuels/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>129698</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette page présente les spécificités des aides au projet en théâtre, arts de la rue et arts du cirque.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les aides déconcentrées au spectacle vivant (ADSV), et notamment sur les critères d&amp;#039;éligibilité, les modalités d&amp;#039;évaluation des dossiers et les modalités d&amp;#039;attribution de la subvention communs à toutes les esthétiques, rendez-vous ici :
+&lt;/p&gt;
+&lt;a href="https://www.culture.gouv.fr/fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-ADSV" rel="noopener noreferrer" target="_blank"&gt;
+ Présentation générale des ADSV
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;h3&gt;
+ L&amp;#039;aide déconcentrée au spectacle vivant en théâtre, arts de la rue et arts du cirque
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet en théâtre, arts de la rue et arts du cirque est une aide ponctuelle, qui contribue à la production d&amp;#039;une création, d&amp;#039;une recréation ou d&amp;#039;une reprise et concoure prioritairement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  au repérage et à l&amp;#039;accompagnement des démarches artistiques susceptibles de renouveler les répertoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  au soutien à l&amp;#039;innovation et à la créativité des écritures dramatiques, de cirque et dans l&amp;#039;espace public
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la reprise d&amp;#039;un spectacle au répertoire de la compagnie, précédemment aidé ou non et faisant suite à une interruption prolongée de l&amp;#039;exploitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les compagnies avec lieu
+ &lt;/strong&gt;
+ : les conventions d&amp;#039;objectifs porteront sur l&amp;#039;activité artistique de la compagnie uniquement.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;hypothèse d&amp;#039;un soutien spécifique au titre du lieu, celui-ci doit faire l&amp;#039;objet d&amp;#039;une convention distincte, le cas échéant avec les collectivités du territoire d&amp;#039;implantation.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le champ théâtral, des arts de la rue et du cirque concerne
+ &lt;strong&gt;
+  toute la diversité artistique
+ &lt;/strong&gt;
+ : théâtre dramatique, écritures de plateau, arts de la rue, arts du cirque, marionnettes, théâtre d&amp;#039;objet, théâtre gestuel, arts du récit, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tous les lieux de représentation
+ &lt;/strong&gt;
+ (salles de spectacles ou autres espaces non dédiés, espace public, chapiteau, domicile, etc.) et
+ &lt;strong&gt;
+  tous les publics
+ &lt;/strong&gt;
+ (adultes, familles, adolescents, enfants, etc.) sont concernés.
+&lt;/p&gt;
+&lt;h4&gt;
+ Première demande
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucune condition d&amp;#039;éligibilité en terme de nombre de créations, représentations et partenaires préalables n&amp;#039;existe pour les premières demandes.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renouvellement
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour les
+ &lt;strong&gt;
+  projets de création ou de recréation
+ &lt;/strong&gt;
+ , les équipes doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter au moins 1 (re) création
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir diffusé au moins 8 représentations dans les 20 mois (5 pour l&amp;#039;outre-mer)
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant (apport en numéraire)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les représentations prévues devront faire l&amp;#039;objet de contrats de cession ou de co-réalisations avec un minimum garanti permettant de couvrir le coût du plateau. Une exploitation dans au moins 2 lieux différents est attendue.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les
+ &lt;strong&gt;
+  projets de reprise
+ &lt;/strong&gt;
+ , l&amp;#039;aide peut être attribuée pour des créations antérieures, dont l&amp;#039;exploitation a connu une interruption prolongée (au moins 12 mois après la dernière représentation). L&amp;#039;équipe devra justifier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 1 création
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 8 représentations dans les 20 mois (5 pour l&amp;#039;outre-mer ou pour toute première demande), dans au moins 2 lieux différents et dont la visibilité est susceptible de relancer une nouvelle phase de tournée
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;équipe devra également préciser les éventuels ajustements artistiques (scénographie, reprises de rôle, etc.) et devra présenter un plan de travail indiquant les temps de répétition nécessaires, les coûts nouveaux et le calendrier de tournée.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet ne peut pas être cumulée avec le conventionnement, sauf dans le cas d&amp;#039;une production déléguée portée par une équipe conventionnée pour un autre artiste.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides à la création dans les domaines des arts de la rue et des arts du cirque, aide au compagnonnage, aide à la recherche, etc.).
+&lt;/p&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ La subvention versée au titre de l&amp;#039;aide au projet en musique est de
+ &lt;strong&gt;
+  10 000 € minimum par projet
+ &lt;/strong&gt;
+ . Ce minimum peut être ajusté à l&amp;#039;économie du projet, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention :
+ &lt;strong&gt;
+  l&amp;#039;aide au projet ne peut être cumulée avec le conventionnement que dans le cas d&amp;#039;une production déléguée portée par une équipe conventionnée pour un autre artiste.
+ &lt;/strong&gt;
+ Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides à la création dans les domaines des arts de la rue et des arts du cirque, aide au compagnonnage, aide à la recherche, etc.).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Afin d&amp;#039;ajuster au mieux l&amp;#039;accompagnement du ministère de la Culture, l&amp;#039;examen des demandes de conventionnement devra permettre de déterminer la durée de conventionnement la plus appropriée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas d&amp;#039;un
+ &lt;strong&gt;
+  renouvellement
+ &lt;/strong&gt;
+ , il conviendra de s&amp;#039;assurer de la réalisation du projet artistique et culturel prévu dans le cadre de la précédente convention et de prendre en compte son évolution.
+&lt;/p&gt;
+&lt;h4&gt;
+ Première demande
+&lt;/h4&gt;
+&lt;p&gt;
+ Une attention particulière sera portée à l&amp;#039;accompagnement professionnel (résidence, compagnonnage, coproduction, etc.) dont bénéficie le projet et aux perspectives avérées de diffusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Au moins 5 dates feront l&amp;#039;objet d&amp;#039;un contrat de cession ou de co-réalisation.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renouvellement
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une nouvelle aide au projet doit prendra en compte l&amp;#039;évolution de son parcours et de sa démarche de création. Les perspectives avérées de diffusion constitueront un critère prioritaire dans l&amp;#039;attribution de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les dossiers de conventionnement en théâtre, arts de la rue et arts du cirque pour 2023 seront à déposer entre juin 2022 et décembre 2022 selon les régions.
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier exact de la DRAC/DAC qui vous concerne.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Avant tout dépôt, il est nécessaire de prendre contact avec votre DRAC/DAC de référence pour vérifier la recevabilité de votre demande
+  &lt;/strong&gt;
+  et vous orienter en fonction de l&amp;#039;évaluation du projet (aide au projet) ou du projet global de l&amp;#039;artiste/équipe (conventionnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le
+  &lt;a rel="noopener" target="_blank"&gt;
+   formulaire de déclaration des engagements pris en matière de lutte contre les violences et le harcèlement sexistes et sexuels (VHSS)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne et déposer un dossier pour le conventionnement en musique, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; ci-dessous.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;h2&gt;
+ L&amp;#039;aide au projet théâtre, arts de la rue et arts du cirque en région
+&lt;/h2&gt;
+&lt;h5&gt;
+ Vous trouverez ci-dessous les modalités de dépôt et les contacts en fonction du lieu de réalisation de votre projet. Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier mis en place par la DRAC ou DAC qui vous concerne.
+&lt;/h5&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juin 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Flavie LEJEMTEL, Conseillère Théâtre, arts de la rue et arts de la marionnette (pour les départements : 03-15-42-43-63),
+  &lt;a href="mailto:flavie.lejemtel&amp;#64;culture.gouv.fr"&gt;
+   flavie.lejemtel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Edith FROBERT, Assistante-gestionnaire, Théâtre, arts de la rue et les arts de la marionnette (pour les départements : 03-15-42-43-63),
+  &lt;a href="mailto:edith.frobert&amp;#64;culture.gouv.fr"&gt;
+   edith.frobert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jérémie VILLAUME, Conseiller Théâtre, arts de la rue et arts de la marionnette (pour les départements : 01, 07, 26, 38, 69, 73, 74),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Yoann DEVUN, Conseiller Danse et Arts du cirque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stéphanie LAFFORGUE, Assistante-gestionnaire, stephanie.lafforgue&amp;#64;culture.gouv.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 24 juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 13 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Bourgogne-Franche-Comté, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fabien SPILLMANN, Conseiller Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:fabien.spillmann&amp;#64;culture.gouv.fr"&gt;
+   fabien.spillmann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fabienne MARCOT, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse ( départements 25-39-70-90),
+  &lt;a href="mailto:fabienne.marcot&amp;#64;culture.gouv.fr"&gt;
+   fabienne.marcot&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 81 65 72 78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sophie RENARD, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse (départements 21-58-71-89),
+  &lt;a href="mailto:sophie.renard&amp;#64;culture.gouv.fr"&gt;
+   sophie.renard&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 80 68 50 38
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 15 novembre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Bretagne, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jean-Christophe BAUDET, Conseiller Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:jean-christophe.baudet&amp;#64;culture.gouv.fr"&gt;
+   jean-christophe.baudet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Axelle VILLIN, Assistante-gestionnaire Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:axelle.villin&amp;#64;culture.gouv.fr"&gt;
+   axelle.villin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 octobre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Centre-Val de Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Perrine PIERSON, Conseillère Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:perrine.pierson&amp;#64;culture.gouv.fr"&gt;
+   perrine.pierson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Céline CHEVRIEUX, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:celine.chevrieux&amp;#64;culture.gouv.fr"&gt;
+   celine.chevrieux&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand-Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+  &lt;br /&gt;
+  Date limite de dépôt des dossiers : 30 septembre 2023, 23h59 (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Grand-Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Catherine HOFFMANN-ZIMMERMANN, Conseillère, Théâtre, cirque, marionnette, arts de la rue (départements 67, 68),
+  &lt;a href="mailto:catherine.zimmermann&amp;#64;culture.gouv.fr"&gt;
+   catherine.zimmermann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 88 15 56 96
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valérie BUCHERT, Assistante-gestionnaire, ensemble du SV (départements 67, 68),
+  &lt;a href="mailto:valerie.buchert&amp;#64;culture.gouv.fr"&gt;
+   valerie.buchert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 88 15 57 35
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amanda MOUELLIC, Conseillère Théâtre, cirque, marionnette, arts de la rue (départements 08, 10, 51, 52),
+  &lt;a href="mailto:amanda.mouellic&amp;#64;culture.gouv.fr"&gt;
+   amanda.mouellic&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 26 70 36 98
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marie-Claude NICOLAS, Assistante-gestionnaire, ensemble du SV (départements 08, 10, 51, 52),
+  &lt;a href="mailto:marie-claude.nicolas&amp;#64;culture.gouv.fr"&gt;
+   marie-claude.nicolas&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria PARJOIE, Assistante-gestionnaire, ensemble du SV (départements 08, 10, 51, 52),
+  &lt;a href="mailto:maria.parjoie&amp;#64;culture.gouv.fr"&gt;
+   maria.parjoie&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 26 70 36 65
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jean-Michel SOLOCH, Conseiller Théâtre, cirque, marionnette, arts de la rue (départements 54, 55, 88 et 57),
+  &lt;a href="mailto:jean-michel.soloch&amp;#64;culture.gouv.fr"&gt;
+   jean-michel.soloch&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 87 56 41 52
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christine RICCI, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue (départements 54, 55, 88 et 57),
+  &lt;a href="mailto:christine.ricci&amp;#64;culture.gouv.fr"&gt;
+   christine.ricci&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 87 56 41 62
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 01 septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 15 novembre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque dans les Hauts-de-France, vous êtes invités à vous adresser à la DRAC.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 15 juillet 2023
+  &lt;br /&gt;
+  Date limite de dépôt des dossiers : 20 octobre 2023, 23h59 (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Ile-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maud COADER, Chargée de suivi administratif des compagnies Théâtre,
+  &lt;a href="mailto:maud.coader&amp;#64;culture.gouv.fr"&gt;
+   maud.coader&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Franck DARRAS, Conseiller Théâtre,
+  &lt;a href="mailto:franck.darras&amp;#64;culture.gouv.fr"&gt;
+   franck.darras&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jean-Pierre DUFRANC, Conseiller Théâtre, jean-
+  &lt;a href="mailto:pierre.dufranc&amp;#64;culture.gouv.fr"&gt;
+   pierre.dufranc&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Céline FABRE, Conseillère Théâtre,
+  &lt;a href="mailto:c%C3%A9line.fabre&amp;#64;culture.gouv.fr"&gt;
+   céline.fabre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali FRADIN, Assistante-Gestionnaire, Théâtre,
+  &lt;a href="mailto:magali.fradin&amp;#64;culture.gouv.fr"&gt;
+   magali.fradin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Didier ROULIN, Assistant-Gestionnaire, Théâtre,
+  &lt;a href="mailto:didier.roulin&amp;#64;culture.gouv.fr"&gt;
+   didier.roulin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Date limite de dépôt des dossiers : 15 octobre 2023, 23h59 (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Normandie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Julien DELOT, Conseiller Théâtre et arts associés / site de Rouen,
+  &lt;a href="mailto:julien.delot&amp;#64;culture.gouv.fr"&gt;
+   julien.delot&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Joël COLLEVILLE, Assistant-Gestionnaire, Théâtre et arts associés / site de Rouen,
+  &lt;a href="mailto:joel.colleville&amp;#64;culture.gouv.fr"&gt;
+   joel.colleville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Véronique FRICOTEAUX, Conseillère Théâtre et&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>10.000 € minimum
+&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Suivant région</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv#:~:text=Le%20dispositif%20des%20aides%20déconcentrées,375%20ensembles%20musicaux</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>Délégation générale de la création artistique (DGCA)
+demarches-sv-dgca&amp;#64;culture.gouv.fr
+01 40 15 80 00</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b8b-aides-deconcentrees-au-spectacle-vivant-adsv-/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>103256</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Faire des travaux de réhabilitation, de mise aux normes de sécurité et d'accessibilité ou d'extension de centres de formation sanitaire</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'urgence pour les écoles et instituts de formation sanitaire</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Association</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région participe au financement de travaux de réhabilitation ou d&amp;#039;extension de centres de formation lorsque ces investissements ont un caractère d&amp;#039;urgence et concernent des travaux de mises aux normes de sécurité et d&amp;#039;accessibilité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra porter sur les aménagements et les rénovations d&amp;#039;urgence de bâtiments permettant aux organismes de répondre à leurs obligations en matière de normes de sécurité et de mise en accessibilité imposées aux établissements recevant du public conformément à la réglementation en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ La notion d&amp;#039;urgence sera prise en compte pour identifier les travaux qui, faute de réalisation, pourraient mettre en péril la sécurité des personnes ou qui pourraient remettre en cause l&amp;#039;avis favorable de la commission de sécurité pour la poursuite de l&amp;#039;activité de formation. Elle sera déterminée par la survenance d&amp;#039;incidents récurrents sur une installation ou suite à un dommage ou sinistre survenu sur les bâtiments ou les équipements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P133" s="1" t="inlineStr">
+        <is>
+          <t>15/04/2019</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Départements, Etablissements publics (autre que les EPCI), Lycées et collèges publics et privés, Autres personnes publiques (Europe, GIP...)
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les centres de formation ayant signé une convention d&amp;#039;objectifs et de moyens en cours d&amp;#039;exécution avec la Région peuvent demander cette aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/fonds-durgence-pour-les-ecoles-et-instituts-de-formation-sanitaire</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>Direction des formations sanitaires et sociales - Chargés de mission relations avec les organismes
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/848a-fonds-durgence-pour-les-ecoles-et-instituts-d/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>128966</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;une aide à la décision pour les travaux
+d&amp;#039;accessibilité des établissements recevant du public
+(ERP)
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de l&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement préalable intégrant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la visite diagnostic des bâtiments et ERP à expertiser
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propositions de travaux simples pour les rendre
+accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  les préconisations de travaux plus complexes à
+réaliser pour les rendre accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la rédaction du cahier des charges pour
+la consultation d&amp;#039;un bureau d&amp;#039;étude spécialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  sensibilisation et information des acteurs concernés,
+les élus et les personnels des services techniques
+des collectivités locales sur les mises aux normes des
+différents types d&amp;#039;établissements
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Remise d&amp;#039;un rapport d&amp;#039;étude de faisabilité, guide sur
+l&amp;#039;accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration du cahier des charges de consultation d&amp;#039;un
+bureau d&amp;#039;études spécialisé
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents techniques relatifs au projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0387-rendre-accessibles-les-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>142703</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des réseaux de télécommunication et des systèmes de vidéoprotections</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez développer vos systèmes d&amp;#039;information relatifs aux réseaux routiers et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour mettre en place de réseaux de télécommunications, et de systèmes de vidéoprotections en veillant à leur sécurisation notamment informatique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;architecture, de sécurisation ou d&amp;#039;évolution de réseaux haut-débit plus particulièrement à destination des gestionnaires de réseaux de transports
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique aux maîtres d&amp;#039;ouvrage pour le déploiement et la configuration de réseaux, serveurs, d&amp;#039;outils de pilotage, de connexions d&amp;#039;équipements, de systèmes numériques de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audits et expertises de sécurisation de réseaux et systèmes d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche et Développement dans le domaine des équipements réseaux, de la sécurisation des systèmes d&amp;#039;information, de la vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualification et tests d&amp;#039;équipement réseaux, informatiques et vidéos.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables et d&amp;#039;avant-projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique du service assurant la maîtrise d&amp;#039;ouvrage des installations réseaux (élaboration du cahier des charges, analyse technique des offres, suivi de l&amp;#039;exécution technique de la prestation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audits ou expertises techniques des systèmes d&amp;#039;information et réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation sur les réseaux, la sécurité informatique et la vidéoprotection.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Connaissance de la mobilité
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/mettre-place-reseaux-telecommunication-systemes-video</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b9d-mettre-en-place-des-reseaux-de-telecommunicat/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>143387</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les déplacements piétons et maintenir l'accessibilité : chantiers urbains et piétons (Formation)</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
 Entreprise privée
-Particulier</t>
-[...20 lines deleted...]
-      <c r="K51" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="S51" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette formation vous permettra de sécuriser les déplacements piétons aux abords de vos chantiers et de maintenir la continuité des itinéraires accessibles. Après des apports théoriques sur les enjeux de la mise en accessibilité des chantiers, le cadre réglementaire et les bonnes pratiques, des études de cas concrets et une sensibilisation sur le terrain seront proposées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les cheminements piétons au sein des quartiers en chantier peuvent être difficilement praticables par tous. La mise en place des chantiers urbains est caractérisée à la fois par un espace public où cohabitent de nombreux usagers et de multiples usages, mais aussi par l&amp;#039;intervention d&amp;#039;une multitude d&amp;#039;acteurs. L&amp;#039;articulation entre ces différents intervenants (maîtrise d&amp;#039;œuvre voirie, maîtrise d&amp;#039;œuvre bâti, entreprises et concessionnaires de réseaux) nécessite une surveillance en continu et une formation à cette problématique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte des piétons, lors de chantiers en milieu urbain, doit répondre à deux objectifs essentiels : garantir leur sécurité et leur confort, vis-à-vis des dangers liés aux travaux et à la circulation ; assurer la continuité de la chaîne du déplacement et maintenir son accessibilité.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir la sécurité et le confort des déplacements des piétons pendant les chantiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les besoins et les difficultés des personnes à mobilité réduite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la réglementation accessibilité et identifier les bonnes pratiques en fonction du chantier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir sécuriser et signaler les chantiers, maintenir la continuité des itinéraires, informer les usagers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Programme
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Matinée : apports théoriques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Déplacements piétons et sécurité aux abords des chantiers : introduction et enjeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cas pratique d&amp;#039;une personne en situation de handicap : quels impacts de la gestion du chantier sur ses déplacements ?
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cadre réglementaire et bonnes pratiques :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la continuité des itinéraires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signaler, matérialiser, éclairer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir les accès riverains, commerces et transports collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pause déjeuner
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Après-midi : mise en pratique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Boîte à outils pour maintenir l&amp;#039;accessibilité en phase chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas concrets et échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation sur le terrain : « vivre » l&amp;#039;expérience de handicap aux abords des chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des acquis et bilan de la formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;œuvre, conducteurs de travaux des entreprises de BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bureaux d&amp;#039;étude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucun pré-requis obligatoire.
+ &lt;br /&gt;
+ Une expérience en matière de pilotage de projets d&amp;#039;aménagement ou d&amp;#039;organisation de chantiers est un plus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports de connaissances théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges sur des cas concrets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mises en situation sur le terrain
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;évaluation
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h3&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;h3&gt;
+ Délais d&amp;#039;accès
+&lt;/h3&gt;
+&lt;p&gt;
+ Délais d&amp;#039;accès à la formation : en moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-chantiers-urbains-pietons-securiser-deplacements-0</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8936-securiser-les-deplacements-pietons-et-mainten/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E52" s="1" t="inlineStr">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>152467</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’équipement en vidéoprotection</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>VIDEOPROTECTION DES ESPACES PUBLICS</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I137" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 52</t>
+        </is>
+      </c>
+      <c r="J137" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié (+10%)</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à l&amp;#039;équipement en vidéoprotection pour la sécurisation des espaces et bâtiments publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un système de vidéoprotection pour les zones de loisirs de la commune : 6 caméras
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du dispositif de vidéoprotection pour couvrir les rues principales et les abords de l&amp;#039;école : 10 caméras
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement de matériel de vidéoprotection obsolète (plus de 5 ans) : 12 caméras
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation des bâtiments publics : installation de caméras à la mairie, à la salle des fêtes et à la poste : 7 caméras
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Etudes diagnostic et techniques préalables à l&amp;#039;installation
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense éligible plafonnée à
+      &lt;br /&gt;
+      50 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Projets de création, d&amp;#039;extension ou de renouvellement des systèmes de vidéoprotection : caméras &amp;#43; matériel lié : support, unité de stockage, serveurs d&amp;#039;images, ordinateurs, logiciels liés, terminaux de sécurité mobiles..., y compris frais d&amp;#039;installation liés et panneaux d&amp;#039;information sur la présence d&amp;#039;un système de vidéoprotection
+     &lt;/p&gt;
+     &lt;p&gt;
+      Renouvellement de matériel de plus de 5 ans
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Cumul possible avec le FIPD dans la limite légale des plafonds de cumul d&amp;#039;aides publiques
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DEPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts relevant du fonctionnement (formation et coût de maintenance de l&amp;#039;équipement...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ceb5-aider-a-la-creation-des-maisons-de-sante-plur/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>161850</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et développer des outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels - Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F52" s="1" t="inlineStr">
+      <c r="F138" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G52" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K52" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds d’accessibilité des œuvres permet l’acquisition et le développement d’outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels. En application de la convention internationale des droits des personnes handicapées signée à New York le 30 mars 2007*, pour favoriser la participation des personnes handicapées à la vie culturelle, le ministère de la Culture soutient l’engagement des structures culturelles dans leur politique d’accessibilité à l’offre culturelle.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que le Fonds d&amp;#039;accessibilité des œuvres ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Depuis 2018, le Fonds accessibilité permet de contribuer à l’effort de développement d’actions et de dispositifs permettant de &lt;strong&gt;lever les freins à la participation à la vie culturelle&lt;/strong&gt;, pour les personnes en situation de handicap, les personnes âgées et à l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico sociaux.&lt;/p&gt;&lt;p&gt;Les crédits accordés dans ce cadre porteront sur l’acquisition et le&lt;strong&gt; développement d’outils d’accessibilité&lt;/strong&gt; et devront permettre &lt;strong&gt;d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette année, une attention particulière sera portée aux projets menés par des structures culturelles qui ne sont pas encore engagées dans une dynamique de mise en accessibilité et qui souhaitent obtenir un soutien dans le cadre du Fonds d&amp;#039;accessibilité pour initier cette démarche. &lt;strong&gt;Par ailleurs, le développement et l’acquisition d’outils mutualisés entre plusieurs opérateurs culturels pourra être encouragé.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* &lt;em&gt;Notamm&lt;/em&gt;​​​​​​​&lt;em&gt;ent ses articles 1er, 2 et 30 ; décret n° 2010-356 du 1er avril 2010 portant publication de la convention relative aux droits des personnes handicapées (ensemble un protocole facultatif), signée à New York le 30 mars 2007 - JORF n°0079 du 3 avri&lt;/em&gt;&lt;em&gt;l 2010.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de&lt;/strong&gt;&lt;strong&gt; la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette démarche vise à démocratiser l&amp;#039;accès à la culture, en abordant directement les défis liés à l&amp;#039;accessibilité pour les personnes en situation de handicap. Elle permet d’encourager les structures culturelles non engagées dans des initiatives d&amp;#039;accessibilité à initier cette démarche, et promouvoir le développement d&amp;#039;outils partagés entre plusieurs opérateurs culturels pour améliorer l&amp;#039;accessibilité de manière collaborative.&lt;/p&gt;&lt;p&gt;Le dispositif finance non seulement l&amp;#039;équipement spécialisé, mais aussi les initiatives de formation et les technologies favorisant l&amp;#039;inclusion.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le Fonds d’accessibilité des œuvres en région : procédure&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour en savoir plus sur les contacts et le calendrier mis en place dans votre région, merci de vous reporter aux onglets ci-dessous.&lt;/p&gt;
+    &lt;section&gt;
+        &lt;p&gt;
+            &lt;/p&gt;&lt;p id="head_accordion_345"&gt;
+                &lt;/p&gt;&lt;h4&gt;&lt;strong&gt;&lt;em&gt;→ Ile-de-France (dépôt jusqu&amp;#039;au 10 avril 2024)
+                                            &lt;/em&gt;&lt;/strong&gt;&lt;/h4&gt;
+            &lt;p id="collapse_accordion_345"&gt;
+                &lt;/p&gt;&lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seules les demandes ayant fait l’objet d’une discussion préalable avec un conseiller de la Drac seront examinées.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le montant des subventions accordés est entre 5000 et 20 000 euros. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention sera versée au demandeur durant la période du printemps à l&amp;#039;été 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;inscription dans une démarche d’accessibilité de la structure ;&lt;/li&gt;&lt;li&gt;la pertinence des outils choisis ; &lt;/li&gt;&lt;li&gt;le budget prévisionnel. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 10 avril 2024, 23h59 (heure de Paris)&lt;/strong&gt;. Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Une question ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Ile-de-France vous êtes invités à vous adresser à : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aurélie Lesous, &lt;a href="mailto:aurelie.lesous&amp;#64;culture.gouv.fr%C2%A0"&gt;aurelie.lesous&amp;#64;culture.gouv.fr &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;strong&gt;&lt;span&gt;&lt;em&gt;→ Occitanie (dépôt jusqu&amp;#039;au 30 avril 2024)&lt;/em&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/h4&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;
+            &lt;/p&gt;&lt;p id="collapse_accordion_346"&gt;
+                &lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de la subvention &lt;/span&gt;&lt;/p&gt;
+            &lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant des subventions accordées ne pourra pas être inférieur à 3.000 euros. Le plafond du taux d&amp;#039;intervention de la DRAC est fixé à 80 % du coût total du projet. Les structures ayant déposé un projet seront informées, par la DRAC, de la suite donnée à leur demande de financement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’attribution de la subvention&lt;/span&gt;&lt;/p&gt;
+        &lt;p&gt;&lt;span&gt;La subvention sera versée en une seule fois après la tenue de la commission. La subvention sera versée trois mois après la tenue de la commission.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’évaluation des dossiers&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’équilibre géographique des porteurs de projets ;&lt;/li&gt;&lt;li&gt;de la représentativité des différentes disciplines et domaines artistiques et culturels ;&lt;/li&gt;&lt;li&gt;du renouvellement des bénéficiaires ;&lt;/li&gt;&lt;li&gt;du taux d&amp;#039;intervention de la structure.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Calendrier&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 30 avril 2024, 23h59 (heure de Paris).&lt;/strong&gt; Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Une question ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Occitanie vous êtes invités à vous adresser à : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vivien Chabrol, 05 67 73 20 88 ; &lt;a href="mailto:vivien.chabrol&amp;#64;culture.gouv.fr"&gt;vivien.chabrol&amp;#64;culture.gouv.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/pol-culturelles_fonds-accessibilite-occitanie" target="_blank" rel="noopener noreferrer"&gt;
+        Accéder au formulaire - Occitanie
+        &lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;                
+    &lt;/section&gt;
+    &lt;section&gt;
+        &lt;h4&gt;&lt;span&gt;&lt;span&gt;&lt;strong&gt;&lt;em&gt;→ Autres régions&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;&lt;span&gt;Pour plus d&amp;#039;informations sur le Fonds d&amp;#039;accessibilité des œuvres dans votre région, nous vous invitons à contacter la Direction régionale des affaires culturelles (DRAC/DAC) de votre région &lt;/span&gt;&lt;a href="https://www.culture.gouv.fr/Regions" target="_blank"&gt;ici&lt;/a&gt;&lt;span&gt;.  &lt;/span&gt;&lt;/p&gt;
+    &lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Entreprises publiques locales &lt;/li&gt;&lt;li&gt;EPCI à fiscalité propre &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La nature des projets éligibles est large : outre l’acquisition de matériel spécifique, le Fonds permet également de soutenir des formations et le développement d’outils de communication adaptés mais aussi la mise en œuvre d’audiodescription ou de traduction. Pour tour les projets, les crédits accordés devront permettre d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap, les personnes âgées et l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico-sociaux. &lt;/p&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;A titre d’exemple, les actions suivantes sont éligibles : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Boucles magnétiques, dispositifs de sur-titrage ;&lt;/li&gt;&lt;li&gt;Maquettes tactiles ; &lt;/li&gt;&lt;li&gt;Livrets en braille ; &lt;/li&gt;&lt;li&gt;Documents FALC visant à permettre l’accessibilité des œuvres ;&lt;/li&gt;&lt;li&gt;Outils et dispositifs d’accompagnement à la rencontre avec œuvres pour les personnes ayant des troubles autistique ou un handicap mental ; &lt;/li&gt;&lt;li&gt;Signalétique accessible ; &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation à la prise en main et à l’utilisation de ces outils…&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/section&gt;&lt;section&gt;Ne sont pas éligibles :&lt;/section&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Les projets d’action culturelle ou d’éducation artistique et culturelle ;&lt;/li&gt;&lt;li&gt;les interventions sur le cadre bâti ;&lt;/li&gt;&lt;li&gt;les projets de formation n’incluant pas la prise en main et l’utilisation de ces outils.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/fonds-d-accessibilite-des-oeuvres</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service déconcentré du ministère de la Culture territorialement compétent (DRAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-daccessibilite-des-oeuvres/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>121764</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
-[...41 lines deleted...]
-  la carte interactive dédiée
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est plafonnée à 1 000 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Soutien à la numérisation des collections :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le taux d&amp;#039;intervention est de 30 % maximum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses éligibles correspondent au coût d&amp;#039;acquisition du logiciel et des prestations de numérisation et d&amp;#039;indexation, hors coût du contrat de garantie et de maintenance.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est plafonnée à 30 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  .Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ &lt;span&gt;
+  , la plateforme des aides régionales.
+ &lt;/span&gt;
+</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-construction-la-restauration-lamenagement-des-musees-et-la-numerisation-des-collections</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
-[...581 lines deleted...]
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c054-aide-a-la-construction-la-restauration-lamena/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G53" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>30561</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet culturel : "Le Lauragais dans les arts"</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays Lauragais</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
 Etablissement public dont services de l'Etat
-Association
-[...24 lines deleted...]
- Les projets soutenus par la Région doivent permettre :
+Association</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J140" s="1" t="inlineStr">
+        <is>
+          <t>Plafonnée à 2000€</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le « Lauragais dans les arts » est un programme éducatif et culturel qui vise à mettre en pratique sur le territoire du PETR du Pays Lauragais les trois grands principes ou « piliers » de l&amp;#039;Education Artistique et Culturelle : 1°pratique avec un professionnel, 2°rencontre avec les œuvres et les artistes, 3°fréquentation des lieux culturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Le « Lauragais dans les arts » vise à favoriser la connaissance, la compréhension et 
+ l&amp;#039;appropriation du patrimoine culturel du Lauragais par ses habitants, notamment les enfants et les 
+jeunes, à travers une lecture artistique originale de cet héritage commun
+ : transformer la vision que les publics ont du patrimoine grâce à une proposition artistique 
+immersive et participative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;action doit :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  un maillage du territoire régional ;
-[...11 lines deleted...]
-  la réalisation de projets à rayonnement régional et/ou national.
+  être portée par un établissement du périmètre du PETR du Pays Lauragais,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir lieu sur le territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  se dérouler au bénéfice de publics résidant de préférence sur le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h2&gt;
-[...1 lines deleted...]
-&lt;/h2&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les établissements bénéficiaires
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  personnes morales de droit privé (associations, sociétés) titulaires d&amp;#039;une licence d&amp;#039;entrepreneur du spectacle en cours de validité ;
-[...2 lines deleted...]
-  personnes morales de droit public : collectivités territoriales (dont communes et communautés de communes) et établissements publics domiciliés en région titulaires d&amp;#039;une licence d&amp;#039;entrepreneur de spectacles en cours de validité.
+  Etablissements culturels structurants : musées et centres d&amp;#039;interprétation, 
+médiathèques et bibliothèques, écoles de musique et écoles des arts, salles de spectacle et de cinéma...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements scolaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement de l&amp;#039;animation et de l&amp;#039;éducation populaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements de la sphère sociale et médico-sociale
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h3&gt;
-[...3 lines deleted...]
- Est notamment appréciée la capacité des lieux à :
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations soutenues 
+:
+ &lt;/strong&gt;
+ Les projets aidés doivent s&amp;#039;inscrire dans les domaines des arts visuels, des arts
+ vivants, des savoirs-faire et métiers d&amp;#039;art locaux. Ils doivent porter sur au moins un élément constitutif du 
+patrimoine culturel du Lauragais, à des fins de valorisation et de diffusion auprès des 
+habitants, particulier des jeunes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contenu du projet 
+:
+ &lt;/strong&gt;
+ Le projet donne lieu à une mise en valeur et à une meilleure compréhension 
+du patrimoine, culturel du Lauragais en se basant sur les trois piliers de l&amp;#039;Education Artistique et Culturelle 
+(1°pratique avec un professionnel, 2°rencontre avec les œuvres et les artistes, 3°fréquentation des 
+lieux culturels).
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet repose sur un partenariat avec un/des artistes ou compagnies artistiques exerçant 
+dans les domaines des arts vivants ou des arts visuels, ou 
+ un/des artisans d&amp;#039;art ou entreprises 
+artisanales détenteurs d&amp;#039;un savoir-faire représentatif du patrimoine culturel du Lauragais.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après l&amp;#039;édition 2018 qui a vu la concrétisation de 13 projets portés par des établissements scolaires ou des équipements culturels, l&amp;#039;Appel à Projet va permettre d&amp;#039;accompagner 16 projets d&amp;#039;ici la fin de l&amp;#039;année 2019 !
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Voici la liste de nos partenaires porteurs de projets pour cette année :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le Réseau Lecture Publique de la Communauté de Communes Castelnaudary Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;Ecole de Musique Intercommunale Castelnaudary Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Syndicat Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Lycées agricole Pierre-Paul Riquet de Castelnaudary (3 projets)
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;Ecole Jean Côme Noguès de Soupex
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Lycée des métiers du bois et de l&amp;#039;ameublement de Revel
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Réservoir, Espace découverte du canal du Midi (3 projets)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Réseau Lecture Publique de la Communauté de Communes Piège Lauragais Malepère
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Service Jeunesse de la Communauté de Communes Piège Lauragais Malepère
+  &lt;/li&gt;
+  &lt;li&gt;
+   La Médiathèque d&amp;#039;Avignonet-Lauragais
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Collège Nicolas de Condorcet de Nailloux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Service Enfance-Jeunesse de la Communauté de Communes des Terres du Lauragais
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit être en cohérence avec les objectifs et orientations d
+e la CGEAC du Pays Lauragais et s&amp;#039;appuyer sur au moins l&amp;#039;un d&amp;#039;entre eux
+:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Développer et soutenir la présence d&amp;#039;artistes sur le territoire grâce à la découverte et à la pratique sur le temps scolaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutenir et structurer les pratiques amateurs en dehors du temps scolaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Favoriser les actions visant un accès et une plus grande
+ implication de tous les publics
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit satisfaire des critères de qualité artistique, culturelle et éducative
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  favoriser l&amp;#039;accès de tous les publics à une offre artistique et culturelle de qualité
-[...23 lines deleted...]
-  contribuer au repérage et à l&amp;#039;émergence des talents.
+  Compétences reconnues de la structure et professionnalisme des intervenant (agrément Education Nationale si sur le temps scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité de médiation, approche pluridisciplinaire et transversale en termes de 
+champs culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation par les services de l&amp;#039;Education Nationale si sur le temps scolaire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Montant :
-[...6 lines deleted...]
- Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+  Le projet doit être élaboré et mis en œuvre en partenariat avec au moins un 
+établissement du territoire:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etablissements culturels structurants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Equipement ou  service éducatif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement de la sphère sociale et médico
+-sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit être construit pour 
+au moins un type de public (par ordre de priorité) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  publics cibles : enfants et jeunes de 3 à 18 ans en temps scolaire et hors temps
+ scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  publics spécifiques et éloignés : Zone Revitalisation Rurale, culture/justice, 
+culture/santé, culture/handicap, éducation prioritaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  public familial, notamment dans u
+ne relation parent/enfant
+ &lt;/li&gt;
+ &lt;li&gt;
+  les habitants du territoire, en privilégiant la mixité sociale et intergénérationnelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet fait l&amp;#039;objet d&amp;#039;une restitution.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet intègre une démarche de développement durable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet porte une attention particulière à la promotion de l&amp;#039;égalité fille
+-garçons / femmes-hommes et à la prévention et la lutte contre toutes formes de discriminations.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
-[...78 lines deleted...]
- la valorisation du bénévolat, des mises à disposition et les aides en nature, les dotations aux amortissements et aux provisions, les intérêts des emprunts et les agios.
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays Lauragais</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>http://www.payslauragais.com/le-pays-en-action/projet-artistique-pedagogique</t>
+        </is>
+      </c>
+      <c r="W140" s="1" t="inlineStr">
+        <is>
+          <t>http://www.payslauragais.com/sites/scot-lauragais/files/fichiers/aap_lauragais_dans_les_arts_2020_cahier_des_charges.pdf</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ PETR du Pays Lauragais
+&lt;/p&gt;
+&lt;p&gt;
+ 04 68 60 56 54
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission Culture : William Dupré
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : culture.payslauragais&amp;#64;orange.fr
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T53" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>sylvie.forestier@payslauragais.com</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbd5-projet-culturel-le-lauragais-dans-les-arts/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G54" s="1" t="inlineStr">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>30638</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la programmation artistique de la saison (arts de la scène)</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H54" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La circulation des artistes et des œuvres est à la fois un outil de développement privilégié pour les équipes artistiques et un enjeu majeur pour l&amp;#039;aménagement culturel du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
-[...8 lines deleted...]
-  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un développement des publics par le biais d&amp;#039;actions de médiation et de sensibilisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour des projets artistiques des équipes en région et des territoires de proximité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Nature et montant de l&amp;#039;aide :
-[...3 lines deleted...]
- Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structures de diffusion assurant une programmation professionnelle annuelle, généraliste ou spécialisée, jouant un rôle significatif dans l&amp;#039;aménagement du territoire régional. Ces structures s&amp;#039;engagent en particulier dans l&amp;#039;accueil des équipes régionales et la diffusion des œuvres dans un cadre cohérent et réglementé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale tend notamment à favoriser la prise de compétence culturelle des communautés de communes. Elle encourage ainsi le développement culturel au travers de programmes d&amp;#039;actions de qualité intégrant la diffusion de spectacles professionnels et la sensibilisation des publics.
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
-Spectacle vivant</t>
-[...2 lines deleted...]
-      <c r="O54" s="1" t="inlineStr">
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
-[...26 lines deleted...]
- Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de saisons soutenus par la Région doivent faire apparaître :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une programmation professionnelle de qualité constituée d&amp;#039;un minimum de 12 dates, portée par un opérateur structuré juridiquement mobilisant des moyens et compétences adaptés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité d&amp;#039;offrir aux artistes des conditions d&amp;#039;accueil professionnelles : plateau en ordre de marche, moyens techniques et humains nécessaires au bon déroulement de la représentation, communication de la programmation à destination du public et des réseaux professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la présence d&amp;#039;au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions culturelles en direction des publics, en lien avec la programmation
+  &lt;/li&gt;
+  &lt;li&gt;
+   une programmation de spectacles en contrats de cession ou, le cas échéant, avec une prise en charge directe des salaires des artistes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la détention par le demandeur de la licence d&amp;#039;entrepreneur de spectacles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ dépenses artistiques : achats de spectacles, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur ;
+&lt;/p&gt;
+&lt;p&gt;
+ dépenses techniques : location de matériel technique, salaires de personnels intermittents.
+&lt;/p&gt;
+&lt;p&gt;
+ Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode de calcul du temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+ la valorisation du bénévolat et des mises à disposition en nature, les dotations aux amortissements et aux provisions, les impôts et taxes, les intérêts des emprunts et les agios.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérateurs devront garantir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;intérêt de la programmation : prise de risque artistique, programmation réservant une place aux propositions destines au jeune public, aux esthétiques dont la diffusion est la plus fragile, telles que la danse contemporaine, la musique contemporaine, les arts de la marionnette, par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un travail en complémentarité avec les acteurs culturels du territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le cas échéant, des projets de saisons réalisés sur plusieurs sites de diffusion pourront faire l&amp;#039;objet d&amp;#039;une demande de subvention à la Région, sous réserve du respect des critères d&amp;#039;éligibilité listés ci-dessus, si le projet est pensé de manière collégiale et présente une cohérence territoriale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Peuvent également être retenus les projets de saison mettant en avant des logiques de coopération et de partenariat entre acteurs culturels régionaux, notamment dans le cadre de réseaux régionaux de soutien à la création et à la diffusion.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T54" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
-[...20 lines deleted...]
- Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-saison</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z54" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5251-arts-de-la-scene-aide-a-la-saison/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>31445</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la diffusion de proximité dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="I142" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J142" s="1" t="inlineStr">
+        <is>
+          <t>on montant ne peut être inférieur à 500€ (plancher) et supérieur à 2.000€ (plafond). Le montant annu</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  soutenir les lieux permanents professionnels et les projets annuels structurants des arts visuels, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
-[...5 lines deleted...]
-  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+  un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
+  Calendrier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers éligibles seront présentés en Commission Culture et Patrimoine selon le calendrier suivant : 2 commissions au 1er semestre et 2 commissions au 2nd semestre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ces spectacles peuvent faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 3 années civiles suivant l&amp;#039;année de leur création, dans la limite de 12 représentations maximum ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est sollicitée pour une représentation par spectacle programmé, hors séances scolaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un même programmateur peut mobiliser le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   De la même façon, un même lieu peut accueillir une programmation mobilisant le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Dépenses artistiques liées à la programmation du spectacle faisant l&amp;#039;objet de la demande : cession ou rémunération directe (frais d&amp;#039;approche non pris en compte).
+</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="W142" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Arts de la Scène
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : artsdelascene&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc72-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>58698</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Arts de la Scène - Aide à la diffusion de proximité</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="F143" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Éligibilité du diffuseur
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le prix de vente pour chaque spectacle faisant l&amp;#039;objet de la demande ne peut être inférieur à 1 000 € HT (hors frais annexes).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, manifestations diverses) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est sollicitée pour une seule représentation par spectacle programmé, hors séances scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dispositif peut être mobilisé un maximum de 5 fois par année civile par le même programmateur et par un même lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Éligibilité des spectacles programmés
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un spectacle peut faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 4 années civiles suivant l&amp;#039;année de sa création, dans la limite de 12 représentations maximum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le spectacle doit être proposé par une équipe artistique repérée dans les réseaux de diffusion régionaux, attestant d&amp;#039;un répertoire, d&amp;#039;une diffusion antérieure, d&amp;#039;une activité exercée exclusivement à titre professionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de contrat de cession, l&amp;#039;équipe artistique doit être portée par une structure juridique de production (licence d&amp;#039;entrepreneur notamment), domiciliée en région Occitanie, dont les conditions réglementaires d&amp;#039;embauche et de rémunération des artistes et techniciens sont respectées (présence d&amp;#039;un personnel administratif notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont concernés les spectacles de création, mobilisant des formes et écritures artistiques contemporaines dans le domaine des arts de la scène, de la rue ou de la piste.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres propositions, notamment les productions relevant d&amp;#039;autres disciplines artistiques, du répertoire traditionnel, de l&amp;#039;animation ou de l&amp;#039;action pédagogique ne sont pas visées par les dispositifs régionaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière est accordée aux équipes artistiques ayant bénéficié d&amp;#039;un soutien de la Région au cours des 3 exercices précédant la demande (aide à la création notamment).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Arts de la Scène
+&lt;/p&gt;
+&lt;p&gt;
+ artsdelascene&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0df-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>94794</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une surveillance des ouvrages d'art communaux</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les ouvrages d&amp;#039;art communaux, l&amp;#039;ATD16 s&amp;#039;est emparée du sujet en lien très étroit avec le Conseil départemental de la Charente et en complémentarité avec l&amp;#039;offre proposée par le CEREMA dans le cadre du plan de relance. L&amp;#039;objectif est simple : mettre sur pied un duo complémentaire au service des communes de Charente. Le Département pour le haut niveau d&amp;#039;ingénierie disponible en la matière et l&amp;#039;ATD16 comme expert de proximité et outil de démultiplication.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Recensement initial et exhaustif des ouvrages communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Classification des ouvrages,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saisie de l&amp;#039;ouvrage dans le Système d&amp;#039;information géographique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délimitation juridique des responsabilités de l&amp;#039;entretien,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration et suivi de la stratégie et des cycles d&amp;#039;entretien,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès à la centrale d&amp;#039;achat ouvrages d&amp;#039;art (refacturation au coût d&amp;#039;achat),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès à l&amp;#039;AMO ouvrages d&amp;#039;art (avec compensation financière).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation
+Architecture</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale de Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, option Diagnostic ouvrages d&amp;#039;art
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  ATD16 -
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ronan Mévellec - Directeur
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa89-copie-15h16-beneficier-dune-assistance-a-mait/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>95034</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et manifestations d’envergure - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certaines manifestations structurantes et à fort rayonnement régional un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements est recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures culturelles de droit public ou privé à but non lucratif ayant leur siège en région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être manifestation relevant du champ des arts visuels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un projet artistique et culturel de qualité affirmant une ligne artistique identifiée et mettant en oeuvre des actions spécifiques pour développer et sensibiliser les publics,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être manifestation dont une 1ère édition a déjà eu lieu au cours des deux dernières années,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel à une majorité d&amp;#039;artistes professionnels – ayant un N° Siret, une inscription à la Maison des artistes, à l&amp;#039;Agessa, ou ayant le statut d&amp;#039;indépendant et intégrer des artistes en activité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir une rémunération des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une envergure a minima régionale par la fréquentation des publics, l&amp;#039;inscription dans les réseaux, le rayonnement et la visibilité médiatique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;appui d&amp;#039;au moins une collectivité territoriale ou de l&amp;#039;Etat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-manifestations-denvergure/</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0017/depot/simple</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ffac-soutien-aux-festivals-et-manifestations-denve/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>95128</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Intervenir en faveur des arts plastiques et visuels</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J146" s="1" t="inlineStr">
+        <is>
+          <t>Le montant d'aide varie selon le dispositif</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département de l&amp;#039;Aude met en place plusieurs dispositifs dans le domaine des arts plastiques et visuels:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions en direction des arts plastiques et visuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création en arts plastiques et visuels dans le cadre du 1% artistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la diffusion d&amp;#039;œuvres plastiques et visuelles dans les bâtiments départementaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;action du Département, dans le dispositif n°1, vise à soutenir la diffusion des arts plastiques et visuels auprès du tout public avec une ambition qualitative, à favoriser l&amp;#039;équilibre de l&amp;#039;offre culturelle sur le territoire et à accompagner les professionnels du secteur.
+ Le Département apporte son concours à des projets de diffusion d&amp;#039;œuvres et d&amp;#039;accompagnement à la création artistique comprenant la réalisation d&amp;#039;actions de médiation, de sensibilisation et d&amp;#039;éveil à l&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif n°2 concerne les réalisations artistiques suivantes : dessin, peinture, sculpture, gravure, lithographie, œuvres graphiques et typographiques, œuvres photographiques, œuvres utilisant la lumière, installation, œuvres appartenant à la catégorie des arts appliqués, œuvres utilisant le numérique.
+ Il comprend également les interventions spécialement prévues pour le lieu d&amp;#039;installation de l&amp;#039;ouvrage telles que la conception d&amp;#039;un aménagement d&amp;#039;espaces paysagers ou la création d&amp;#039;un mobilier original.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le dispositif n°3, le Département apporte son concours à des projets d&amp;#039;exposition d&amp;#039;œuvres plastiques et visuelles comportant la réalisation d&amp;#039;animations culturelles (rencontre d&amp;#039;artiste, visites commentées, ateliers d&amp;#039;initiation etc.).
+ Ce concours prend la forme de la mise à disposition temporaire des bâtiments départementaux et de moyens techniques, logistiques et humains.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;expositions temporaires, festivals
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation des lieux permanents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de résidences d&amp;#039;artistes visant la mise à disposition de moyens de production (atelier de travail, hébergement) et la rencontre avec le public
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;em&gt;
+  Dispositif n°1 :
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+ les activités des musées portant sur la conservation et la gestion des collections permanentes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...8 lines deleted...]
- Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certaines manifestations structurantes et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes et Etablissements publics à l&amp;#039;exclusion des communautés d&amp;#039;agglomération et des villes de plus de 30 000 hab.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures culturelles associatives ayant pour objet principal la promotion et la diffusion des arts plastiques et visuels (centre d&amp;#039;art contemporain, artothèque, collectif d&amp;#039;artistes et d&amp;#039;artisans d&amp;#039;art)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Galeries d&amp;#039;art du secteur privé marchand (SA, SARL) à condition que soit assurée une mission d&amp;#039;accompagnement des artistes, de diffusion et de médiation culturelle clairement identifiée et distincte de l&amp;#039;activité de vente
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ Organisations de mécénat culturel, Fond régional d&amp;#039;art contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rémunération et défraiements des artistes, prestations et honoraires (commissaire d&amp;#039;exposition, médiateur, critique d&amp;#039;art, régisseur etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de transport et d&amp;#039;assurance des œuvres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;impression du matériel de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de petit matériel et de fournitures consommables nécessaires au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fonctionnement général de la structure (fluides, location de locaux, etc.), frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Edition de catalogues d&amp;#039;exposition, de monographies d&amp;#039;artiste
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;œuvres, opérations de conservation et de gestion des collections
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Dispositif n°2 :
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+ Les œuvres artistiques non pérennes de type performances
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Artistes auteurs d&amp;#039;œuvres plastiques et visuelles assujettis à la Maison des Artistes ou l&amp;#039;Agessa
+ &lt;/li&gt;
+ &lt;li&gt;
+  Designers et paysagistes DPLG immatriculés au Registre du commerce et des sociétés ou au Répertoire des métiers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Pour le lauréat, sont éligibles les dépenses nécessaires à l&amp;#039;exécution de la commande (honoraires, achat de matières premières et fournitures, rémunération du personnel auxiliaire).
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;em&gt;
+  Dispositif n°3 :
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+ Les espaces dédiés au travail de création et l&amp;#039;hébergement de l&amp;#039;artiste.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Artistes auteurs d&amp;#039;œuvres plastiques et visuelles affiliés à la Maison des Artistes ou l&amp;#039;Agessa.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition gracieuse de locaux au sein des bâtiments départementaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en charge de l&amp;#039;assurance relative à la responsabilité civile et à la protection des œuvres
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide à la conception de la scénographie et des activités pédagogiques par le personnel départemental (Conservation départementale des musées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;appui au montage et démontage de la structure par le personnel départemental (technicien des arts du spectacle)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en charge des frais de réception (vernissage) et de communication (affiches)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Défraiement des repas sous réserve de la présence effective de l&amp;#039;artiste sur le lieu
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Le dispositif n&amp;#039;est pas qualifiable en résidence d&amp;#039;artiste et ne prend pas en charge, de ce fait la rémunération, les coûts de déplacement et d&amp;#039;hébergement des artistes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/arts-plastiques</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil Général de l&amp;#039;Aude - Service culture
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétaire - Audrey De Bentzmann
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04.68.11.64.95
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:audrey.debentzmann&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  audrey.debentzmann&amp;#64;aude.fr
+ &lt;/a&gt;
+ /
+ &lt;a href="mailto:culture&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+  culture&amp;#64;cg11.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/42dc-intervenir-en-faveur-des-arts-plastiques-et-v/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>103253</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ouverture permanente
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
-Tourisme</t>
-[...2 lines deleted...]
-      <c r="O55" s="1" t="inlineStr">
+Musée
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 1 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à la numérisation des collections :
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention est de 30 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût d&amp;#039;acquisition du logiciel et des prestations de numérisation et d&amp;#039;indexation, hors coût du contrat de garantie et de maintenance.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 30 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   présenter un projet artistique global de qualité comprenant un volet diffusion et médiation, et pouvant s&amp;#039;accompagner d&amp;#039;autres actions – ex : production, résidences, formation – sur une durée minimum d&amp;#039;une année,
-[...8 lines deleted...]
-   prévoir la valorisation ou l&amp;#039;accompagnement d&amp;#039;artistes ou collectifs d&amp;#039;artistes installés dans le Grand Est.
+   les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation.
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...360 lines deleted...]
- Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;span&gt;
+  Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;/span&gt;
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
- , la plateforme des aides régionales.
-[...7 lines deleted...]
-      <c r="S57" s="1" t="inlineStr">
+ &lt;span&gt;
+  , la plateforme des aides régionales.
+ &lt;/span&gt;
+</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
-[...27 lines deleted...]
- | Audrey Bosché
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/HyI4AOCmi</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
  &lt;span&gt;
-  |
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
  &lt;/span&gt;
- &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
-  audrey.bosche&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3878-aide-a-la-construction-la-restauration-lamena/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H58" s="1" t="inlineStr">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>112060</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement des musées de pays et les manifestations touristiques</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux musées de pays, et aux manifestations touristiques</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Doubs</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
-[...7 lines deleted...]
- L&amp;#039;aide au projet de pôle de coopération territoriale n&amp;#039;est cumulable ni avec l&amp;#039;aide aux festivals et manifestations à rayonnement régional, ni avec l&amp;#039;aide à la résidence territoriale, ni avec l&amp;#039;aide au projet mutualisé pour les territoires ruraux et périurbains, ni avec l&amp;#039;aide à l&amp;#039;accompagnement de projet artistique dans le domaine du spectacle vivant.
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SOUTIEN AUX MUSEES RURAUX
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;Dans le cadre de sa politique en faveur du développement et à l’aménagement touristique du territoire, le Département apporte un soutien financier aux initiatives locales en termes d’animation des territoires.&lt;/p&gt;&lt;p&gt;Cet appui répond à la volonté exprimée dans le projet C&amp;#64;P 25 de développer une offre de produits et de services qui soit en phase avec les besoins des clientèles et qui contribue à l’attractivité du Doubs.&lt;/p&gt;&lt;p&gt;Dans ce cadre, le Département a élaboré un dispositif permettant de soutenir le programme d’actions annuel des « musées ruraux » du Doubs qui, au regard notamment de leur potentiel en termes d’accueil et par la mise en valeur de traditions et savoir-faire populaires qu’ils proposent, constituent un vecteur d’attractivité touristique du territoire.&lt;/p&gt;&lt;p&gt;
+ Date limite de dépôt des dossiers : 31 mars de l&amp;#039;année N
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  SOUTIEN AUX MANIFESTATIONS TOURISTIQUES DE PROXIMITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;Dans le cadre du projet C&amp;#64;P 25 et plus particulièrement de sa politique d’aménagement touristique et d’animation des territoires, le Département a pour objectif de soutenir financièrement, conjointement avec le bloc communal (communes et groupements), les manifestations locales contribuant à l’attractivité touristique du Doubs et qui ont démontré leur pertinence pour le territoire.&lt;/p&gt;&lt;p&gt;Ces manifestations, qui participent à la promotion des savoir-faire locaux (artisanat, métiers d’art, …) et à la valorisation des filières et produits identitaires du Doubs (gastronomie, productions locales,…) constituent, de ce fait, des vecteurs d’attractivité touristique pour les habitants du Doubs et les clientèles accueillies, et permettent également de diversifier l’offre touristique en termes d’animation des territoires.&lt;/p&gt;&lt;p&gt;
+ Date limite de dépôt des dossiers : 31 mars de l&amp;#039;année N
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O58" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Musée
+Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P58" s="1" t="inlineStr">
-[...44 lines deleted...]
- Le projet doit reposer sur :
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Doubs</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://mademat.doubs.fr/catalogue/soutien-aux-musees/</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://mademat.doubs.fr/</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ ☏ : 03.81.25.82.70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>aide.mademat@doubs.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a10-soutenir-le-developpement-des-musees-de-pays-/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>143392</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la gestion de votre patrimoine d’ouvrages d’art</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Votre besoin
+&lt;/h4&gt;
+&lt;p&gt;
+ La bonne gestion de votre patrimoine permet de répondre aux enjeux de libre circulation et de sécurité des usagers, tout en maîtrisant les dépenses publiques.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Gestionnaire de patrimoine d&amp;#039;ouvrages d&amp;#039;art, le Cerema vous accompagne pour identifier votre patrimoine, définir et mettre en oeuvre une politique de surveillance et d&amp;#039;entretien efficace.
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Des partenaires avec d&amp;#039;autres structures culturelles, dans une logique de coopération et de mutualisation de moyens,
-[...3 lines deleted...]
-  &lt;br /&gt;
+  Comment définir votre politique de surveillance et d&amp;#039;entretien en fonction de vos moyens ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelle organisation pour suivre votre patrimoine d&amp;#039;ouvrages d&amp;#039;art ? Avec quels outils ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment identifier les risques spécifiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment gérer et réparer les ouvrages pathologiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment adapter votre patrimoine à de nouveaux usages ?
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le projet doit aussi :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ La réponse du Cerema
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Assistance à Maîtrise d&amp;#039;Ouvrage en matière de stratégie patrimoniale
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Concerner plusieurs équipes artistiques professionnelles ou projets artistiques professionnels,
-[...5 lines deleted...]
-  Inclure des rémunérations artistiques.
+  Evaluation globale du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des ouvrages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;outils et méthodes.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...203 lines deleted...]
- Conditions d&amp;#039;éligibilité :
+&lt;strong&gt;
+ Construction d&amp;#039;une politique de surveillance et d&amp;#039;entretien
 &lt;/strong&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  étude concluant à la faisabilité financière du projet et à l&amp;#039;utilité de l&amp;#039;équipement au regard des besoins identifiés,
-[...17 lines deleted...]
-  accessibilité de l&amp;#039;équipement pour l&amp;#039;accueil de personnes handicapées.
+  Analyse des risques à partir de méthodologies éprouvées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation des moyens à consacrer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit de vos politiques de gestion d&amp;#039;ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...3 lines deleted...]
-&lt;/p&gt;
+&lt;strong&gt;
+ Appui opérationnel au gestionnaire sur les ouvrages critiques
+&lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  espaces proposant des services complémentaires au public (ressources emploi et formation professionnelle, auto-formation, expositions, auditoriums permettant une programmation culturelle...),
-[...11 lines deleted...]
-  inscription du projet dans une logique intercommunale.
+  Planification et suivi des opérations de diagnostic et d&amp;#039;évaluation structurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de scénarios de réparation prenant en compte les impératifs d&amp;#039;exploitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation d&amp;#039;une opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des situations d&amp;#039;urgence.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...3 lines deleted...]
-&lt;/p&gt;
+&lt;strong&gt;
+ Diffusion des connaissances et formation
+&lt;/strong&gt;
+&lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  travaux incluant le 1er équipement,
-[...2 lines deleted...]
-  honoraires d&amp;#039;architectes.
+  Editions de guides méthodologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montage et pilotage de plans de formations ou journées techniques au regard de vos besoins, animation des sessions.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;</t>
-[...21 lines deleted...]
-Service Aménagement culturel du territoire
+&lt;h3&gt;
+ Nos grands projets
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  Le Programme National Ponts
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Un dispositif France Relance, piloté par le Cerema
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Objectif : accompagner les territoires dans l&amp;#039;entretien et la modernisation de leurs infrastructures via 2 axes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Recenser et évaluer les ouvrages communaux
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Plus de 11 500 petites communes bénéficiaires, 40 000 ouvrages concernés.
+&lt;/span&gt;
 &lt;br /&gt;
-05 55 45 54 44 / 05 55 45 18 56</t>
-[...12 lines deleted...]
-      <c r="AA59" s="1" t="inlineStr">
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Soutenir la transformation numérique de la gestion de patrimoine
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+En complément des méthodes classiques d&amp;#039;inspections visuelles, les dernières innovations en matière d&amp;#039;instrumentation, télécommunication, traitement de données et intelligence artificielle offrent un potentiel important pour assurer la surveillance de ces ouvrages. Le gouvernement a lancé un appel à projets « Ponts connectés » visant à offrir aux collectivités des moyens pratiques, performants et peu onéreux. 17 projets sont lauréats.
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;h3&gt;
+ Ils nous font confiance
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conseil département de Loire-Atlantique
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Analyse des risques de la gestion du Pont de Saint-Nazaire, pour le compte du Conseil Départemental de Loire-Atlantique (44)
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Nice Côte d&amp;#039;Azur
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Évaluation de la tenue au séisme des ouvrages d&amp;#039;art essentiels à la gestion de crise pour la métropole Nice Côte d&amp;#039;Azur
+&lt;/span&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/optimiser-gestion-votre-patrimoine-ouvrages-art</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c63-optimiser-la-gestion-de-votre-patrimoine-douv/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-[...1595 lines deleted...]
-      <c r="G67" s="1" t="inlineStr">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>150674</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Enrichir les collections des musées de France (FRAM)</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’enrichissement des collections des musées de France (FRAM)</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="K67" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
-[...359 lines deleted...]
- Ces subventions permettent de soutenir la littérature en région.
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enrichissement des collections d&amp;#039;un musée permet de contribuer à la diffusion de l&amp;#039;art, à sa connaissance par le grand public et au plaisir des visiteurs. Cet enrichissement peut se faire grâce aux dons et au mécénat ou grâce à l&amp;#039;achat d&amp;#039;œuvres. Le ministère de la Culture soutient les propriétaires et gestionnaires qui aident leurs musées à conserver et protéger leurs collections, par le biais des Fonds régionaux d&amp;#039;acquisition pour les musées (FRAM).
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;h3&gt;
- Qu&amp;#039;est-ce que l&amp;#039;aide aux auteurs ?
+ Qu&amp;#039;est-ce que le Fonds régional d&amp;#039;acquisition pour les musées (FRAM) ?
 &lt;/h3&gt;
 &lt;p&gt;
- Les projets de créations et de résidences littéraires et de médiation sont soutenus dans la mesure où ils permettent de dynamiser la création littéraire en région Grand Est, de faire émerger et connaître des talents, de contribuer à la qualité et la diversité de la création littéraire.
-[...21 lines deleted...]
- &lt;/strong&gt;
+ Créés en 1982 à l&amp;#039;initiative du ministère de la Culture, dans le cadre de la politique globale de décentralisation, les Fonds régionaux d&amp;#039;acquisition pour les musées (FRAM) sont financés par l&amp;#039;État (Direction régionale des affaires culturelles) et le Conseil régional. Ils sont à destination des musées détenant l&amp;#039;appellation Musée de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet d&amp;#039;aider une collectivité territoriale, une association ou un établissement public à acquérir de nouveaux objets, œuvres ou collections particulièrement représentatifs sur le plan régional et dont le coût ne permettrait pas l&amp;#039;achat sans aide extérieure.
 &lt;/p&gt;
 &lt;h3&gt;
- Bourses d&amp;#039;aide à la création littéraire
+ Objectifs de la démarche
 &lt;/h3&gt;
-&lt;p&gt;
-[...80 lines deleted...]
-Télécharger
+&lt;h4&gt;
+ Accompagner les mutations des Musées de France
+&lt;/h4&gt;
+&lt;p&gt;
+ Un musée est en perpétuelle évolution. Enrichir, compléter et renouveler les collections publiques constitue une des missions fondamentales des musées de France. Le dispositif permet d&amp;#039;accompagner ces établissements dans leur perspective de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet d&amp;#039;aider une collectivité territoriale, une association ou un établissement public à acquérir de nouveaux objets, œuvres ou collections particulièrement représentatifs sur le plan régional et dont le coût ne permettrait pas l&amp;#039;achat sans aide extérieure.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renforcer l&amp;#039;attractivité touristique et culturelle
+&lt;/h4&gt;
+&lt;p&gt;
+ Le FRAM permet de soutenir les collectivités et les associations dans l&amp;#039;enrichissement et la diversification des collections des musées et dans leurs projets d&amp;#039;acquisitions d&amp;#039;œuvres majeures, remarquables ou significatives. L&amp;#039;acquisition de nouveaux biens culturels favorise notamment l&amp;#039;organisation d&amp;#039;expositions temporaires au sein de la structure ou en collaboration avec d&amp;#039;autres musées de France. Ces acquisitions renforcent l&amp;#039;attractivité de l&amp;#039;établissement et du territoire.
+&lt;/p&gt;
 &lt;h2&gt;
  Suis-je concerné(e) par cette démarche ?
 &lt;/h2&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Qui peut déposer un dossier ?
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
-  Entreprises privées
-[...2 lines deleted...]
-  Entreprises publiques locales
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
  &lt;/li&gt;
  &lt;li&gt;
   EPCI à fiscalité propre
  &lt;/li&gt;
  &lt;li&gt;
-  Établissements publics / services de l&amp;#039;État
-[...2 lines deleted...]
-  Particuliers
+  Régions
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Bourses d&amp;#039;aide à la création littéraire
+  Critères d&amp;#039;éligibilité du demandeur
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;h4&gt;
-[...41 lines deleted...]
- Ne sont pas éligibles : les guides pratiques, cartes, ; scolaires ; parascolaire et outils pédagogiques ; universitaire ; technique et professionnel, y compris juridique ; art contemporain ; livres de jeux ; jeux de rôle ; entretiens de type journalistique ; catalogues, répertoires, bibliographies, chronologies non raisonnées, almanachs, annuaires, brochures et dépliants divers ; dictionnaires et encyclopédies courants sans dimension critique : recueils de sources et documents non commentés ; livrets d&amp;#039;opéra et partitions de musique ; publication à caractère apologétique ou confessionnel ; ouvrage ésotérique.
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Résidences de médiation littéraire
+  Critères de non-éligibilité du demandeur
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;h4&gt;
-[...15 lines deleted...]
- Une structure porteuse située en région Grand Est, publique ou privée, implantée sur le territoire régional et souhaitant travailler sur un projet lié au livre :
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une aide est conditionnée par plusieurs critères :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  les lieux de référence de la filière du livre, maisons d&amp;#039;édition, librairies, bibliothèques/médiathèques, maisons d&amp;#039;écrivains, musées littéraires ;
-[...60 lines deleted...]
-  Les actions relevant de l&amp;#039;activité régulière d&amp;#039;une structure.
+  S&amp;#039;agissant de l&amp;#039;entrée d&amp;#039;un objet dans une collection &amp;#34;Musée de France&amp;#34;, le projet d&amp;#039;acquisition doit avoir reçu au préalable un avis favorable de la Commission scientifique régionale pour les acquisitions (en formation plénièrer ou délégation permanente) dans les 12 mois précédant la date du comité FRAM. La commission apprécie l&amp;#039;authenticité, la qualité artistique, l&amp;#039;état de conservation de l&amp;#039;œuvre, la pertinence de l&amp;#039;achat ainsi que la démarche culturelle et patrimoniale de l&amp;#039;établissement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition revêt une importance majeure pour le musée et l&amp;#039;enrichissement du patrimoine local et régional.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier du projet d&amp;#039;acquisition présenté en Commission scientifique régionale doit mentionner qu&amp;#039;une subvention au titre du FRAM est sollicitée, sous réserve d&amp;#039;un avis favorable à l&amp;#039;acquisition.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Résidences de création littéraire
+  Critères de non-éligibilité du projet
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;h4&gt;
-[...1 lines deleted...]
-&lt;/h4&gt;
+&lt;p&gt;
+ Ne sont donc pas éligibles :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les structures porteuses, publiques ou privées, implantées sur le territoire régional et travaillant dans le secteur du livre : bibliothèque de collectivité territoriale, structure organisatrice d&amp;#039;un festival du livre ou de littérature, maison d&amp;#039;édition, librairie indépendante, association spécialisée dans le livre ou la lecture (hors centres de ressources), collectivité territoriale.
-[...4 lines deleted...]
-  Les artistes individuels ou réunis en collectif (écrivain, traducteur, essayiste, scénariste, illustrateur et dessinateur de bande dessinée) résidant ou non en France et proposant un projet d&amp;#039;écriture ou d&amp;#039;illustration à développer avec une structure du livre du Grand Est. Les artistes auront publié au moins une fois (papier ou numérique) à compte d&amp;#039;éditeur durant les cinq dernières années.
+  Les dossiers n&amp;#039;ayant pas reçu d&amp;#039;avis favorable en Commission scientifique régionale d&amp;#039;acquisition (format plénier ou délégation permanente).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dossiers présentés en commission plus de douze mois avant la date du comité FRAM.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...18 lines deleted...]
- La résidence comporte un volet de création égal ou supérieur à 70 % du temps total de la résidence et un volet d&amp;#039;actions culturelles (y compris les actions auprès des jeunes notamment en temps scolaire) représentant au maximum 30 % du temps de la résidence.
+&lt;h2&gt;
+ &lt;a&gt;
+  Nature des dépenses éligibles
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ C&amp;#039;est le coût d&amp;#039;acquisition en euros TTC ou HT d&amp;#039;une œuvre ou d&amp;#039;un lot d&amp;#039;œuvres qui est éligible touchant à toutes les techniques (peinture, gravure, dessin, sculpture, photographies, etc.), tous les domaines (beaux-arts, archéologie, mode, design, histoire, histoire naturelle, ethnographie, etc.) et toutes périodes (de la préhistoire à l&amp;#039;art contemporain).
 &lt;/p&gt;
 &lt;h2&gt;
  Procédure
 &lt;/h2&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Bourses d&amp;#039;aide à la création littéraire
+  Montant de la subvention
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;h4&gt;
-[...24 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ Le co-financement Etat/région intervient sous la forme d&amp;#039;une subvention attribuée aux institutions propriétaires ou gestionnaires des musées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est calculé selon un pourcentage variable. Il est versé par le Conseil régional et/ou la DRAC/DAC au vu des justificatifs d&amp;#039;achats des œuvres.
+&lt;/p&gt;
+&lt;p&gt;
+ Il ne peut excéder 80% du coût d&amp;#039;acquisition.
+&lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Résidences de médiation littéraire
+  Modalités d&amp;#039;attribution de la subvention
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;h4&gt;
-[...31 lines deleted...]
- Une attention particulière sera apportée aux projets prévoyant une itinérance sur un territoire donné.
+&lt;p&gt;
+ Après la tenue du comité FRAM, si le dossier reçoit un avis favorable, la subvention est adressée à l&amp;#039;acquéreur.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Résidences de création littéraire
+  Modalités d&amp;#039;évaluation des dossiers
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;h4&gt;
-[...47 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ Le comité FRAM, co-présidé par des représentants de l&amp;#039;État et du Conseil régional, est composé de conservateurs, d&amp;#039;attachés de conservation du patrimoine et de personnalités qualifiées. Sont examinés la pertinence d&amp;#039;une aide à l&amp;#039;acquisition et le montant de subventionnement, l&amp;#039;aspect scientifique ayant été validé en commission scientifique régionale d&amp;#039;acquisition.
+&lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Calendrier
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;h5&gt;
-[...1 lines deleted...]
-&lt;/h5&gt;
+&lt;p&gt;
+ Le comité FRAM se réunit une fois par an.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Rendez-vous sur le site du service déconcentré du ministère de la Culture dont vous dépendez pour connaître le calendrier de chaque région.
+&lt;/p&gt;
+&lt;h2&gt;
+ Une question ?
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur les FRAM, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...24 lines deleted...]
-  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+  &lt;a href="mailto:musees.centre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   musees.centre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Comment &lt;/a&gt;&lt;/h2&gt;</t>
-[...8 lines deleted...]
-      <c r="O68" s="1" t="inlineStr">
+  Grand-Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alsace : Sandra PASCALIS,
+  &lt;a href="mailto:sandra.pascalis&amp;#64;culture.gouv.fr"&gt;
+   sandra.pascalis&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Claire HIRSTEL,
+  &lt;a&gt;
+   claire.hirstel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Champagne-Ardenne : Patrick LE CHANU,
+  &lt;a&gt;
+   patrick.lechanu&amp;#64;culture;gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Claire MOLET,
+  &lt;a&gt;
+   claire.molet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lorraine : Suzanne ROBIN,
+  &lt;a&gt;
+   suzanne.robin&amp;#64;culture;gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Vanessa PEVERINI,
+  &lt;a href="mailto:vanessa.peverini&amp;#64;culture.gouv.fr"&gt;
+   vanessa.peverini&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Départements Charente, Charente-Maritime, Vienne, Deux-Sèvres : Caroline
+  &lt;a href="mailto:PAPIN,caroline.papin&amp;#64;culture.gouv.fr,%2005%2049%2036%2030%2020)%20/%20son%20assistante%20:%20Marie%20BROSSARD,%20marie.brossard&amp;#64;culture.gouv.fr,%2005%2049%2036%2030%2069"&gt;
+   P
+  &lt;/a&gt;
+  APIN,
+  &lt;a href="mailto:caroline.papin&amp;#64;culture.gouv.fr"&gt;
+   caroline.papin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 20 / son assistante : Marie BROSSARD,
+  &lt;a href="mailto:marie.brossard&amp;#64;culture.gouv.fr"&gt;
+   marie.brossard&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,  05 49 36 30 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements Gironde, Landes, Lot-et-Garonne, Pyrénées Atlantiques : Matthieu DUSSAUGE,
+  &lt;a href="mailto:matthieu.dussauge&amp;#64;culture.gouv.fr"&gt;
+   matthieu.dussauge&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 02 81 / son assistante : Brigitte MOREAU,
+  &lt;a href="mailto:brigitte2.moreau&amp;#64;culture.gouv.fr"&gt;
+   brigitte2.moreau&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 02 10
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements Corrèze, Creuse, Dordogne, Haute-Vienne : Nicolas BEL,
+  &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
+   nicolas.bel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 55 45 66 75 / son assistante : Marie-Pierre LEMERY,
+  &lt;a href="mailto:marie-pierre.lemery&amp;#64;culture.gouv.fr"&gt;
+   marie-pierre.lemery&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 55 45 66 74
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
-[...2 lines deleted...]
-périmètre de l&amp;#039;aide: [&amp;#039;Grand Est&amp;#039;]
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>Selon région
 &lt;br /&gt;
-date de clôture de l&amp;#039;aide : Selon session</t>
-[...2 lines deleted...]
-      <c r="S68" s="1" t="inlineStr">
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Selon région</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
-[...9 lines deleted...]
-demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-enrichissement-des-collections-des-musees-de-france-fram</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c81-aide-a-lenrichissement-des-collections-des-mu/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>162733</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Limiter son exposition aux risques de cyberattaques</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Mon bouclier cyber essentiel</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous êtes une entreprise avec des besoins standards en matière de cybersécurité et vous souhaitez limiter votre exposition aux risques de cyberattaques ? Avec Mon bouclier cyber essentiel, accédez à un premier niveau de conseil et de sensibilisation tout en bénéficiant de 3 solutions mises à votre disposition pour vous fournir un premier niveau de protection de vos systèmes d&amp;#039;information.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les petites et moyennes entreprises (PME) de moins de 250 salariés au sens de la réglementation européenne ;&lt;/li&gt; 	&lt;li&gt;de plus d&amp;#039;un an d&amp;#039;existence et comptant au moins 2 actifs au dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;dont le siège social ou l’établissement se situe en Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;à jour de leurs cotisations sociales et fiscales ;&lt;/li&gt; 	&lt;li&gt;ne se trouvant en difficulté au sens de la réglementation de l’Union Européenne (procédure de redressement, plan de sauvegarde ou en liquidation judiciaire) à l&amp;#039;exception des entreprises dont le Tribunal de commerce a validé un plan de continuation ;&lt;/li&gt; 	&lt;li&gt;eligibles au &lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis"&gt;régime de minimis&lt;/a&gt; (Cumul d’aides publiques inférieur à 300 000 euros sur les 3 dernières années).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les entreprises relevant du régime de la micro-entreprise ;&lt;/li&gt; 	&lt;li&gt;les établissement publics ;&lt;/li&gt; 	&lt;li&gt;le secteur agricole.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P151" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide régionale n&amp;#039;est pas encore accessible. Si vous souhaitez être informé de son lancement, nous vous invitons à compléter le formulaire de contact ci-dessous.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ezHpsVWGI0muuowIc52KQLuJ6A7OLKRDqDL_05ZS7s5UOFA3QUlMRkU2NVFTNEY4TEZXQ0VLQlNYTC4u" target="_blank"&gt;Accédez au formulaire&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mon-bouclier-cyber-essentiel</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;a href="tel:0805805145"&gt;0 805 805 145&lt;/a&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-bouclier-cyber-essentiel/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>162753</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les artistes : musique, théâtre, arts du mouvement</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux artistes : musique, théâtre, arts du mouvement</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; favoriser la permanence d’artistes professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt;encourager leur rayonnement en région et à l’échelle nationale et internationale&lt;/li&gt; 	&lt;li&gt; soutenir l’emploi des artistes professionnels&lt;/li&gt; 	&lt;li&gt; soutenir la création et la production dans la pluralité des esthétiques musicales&lt;/li&gt; 	&lt;li&gt;encourager la rencontre avec les publics les plus diversifiés et les acteurs des territoires&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les équipes artistiques professionnelles ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt; Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;Ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;En conformité avec la réglementation liée avec l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt; Subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Dans le cadre d’une action spécifique de résidence pourront être éligibles des projets portés par des associations autour d’une équipe artistique professionnelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les compagnies&lt;/li&gt; 	&lt;li&gt;Groupes et ensembles de pratiques amateurs (orchestres, harmonies, chorales, etc.)&lt;/li&gt; 	&lt;li&gt;Les autres structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;Les communes et intercommunalités et leurs établissements publics&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les dépenses relatives à la réalisation de ces travaux, en dehors des frais d’études préalables.&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Sont exclus :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les aires de jeux (toboggans, balançoires…) ;&lt;/li&gt; 	&lt;li&gt;les petits équipements des cours de récréation des établissements scolaires ;&lt;/li&gt; 	&lt;li&gt;les aires de pique-nique ;&lt;/li&gt; 	&lt;li&gt; les aires de stationnement ;&lt;/li&gt; 	&lt;li&gt; les aménagements paysagers ;&lt;/li&gt; 	&lt;li&gt; l’aménagement et restauration de locaux d’accueil et de convivialité ;&lt;/li&gt; 	&lt;li&gt; les clubs house ;&lt;/li&gt; 	&lt;li&gt; les locaux administratifs ;&lt;/li&gt; 	&lt;li&gt; les vestiaires, sanitaires et douches ;&lt;/li&gt; 	&lt;li&gt; les locaux techniques de stockage de matériel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Au-delà des exclusions mentionnées dans les conditions générales, sont également retirées les dépenses non liées à l’équipement sportif proprement dit, ainsi que les frais d’études, annexes et vrd.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P152" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les dépenses relatives à la réalisation de ces travaux, en dehors des frais d’études préalables.&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Sont exclus :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les aires de jeux (toboggans, balançoires…) ;&lt;/li&gt; 	&lt;li&gt;les petits équipements des cours de récréation des établissements scolaires ;&lt;/li&gt; 	&lt;li&gt;les aires de pique-nique ;&lt;/li&gt; 	&lt;li&gt; les aires de stationnement ;&lt;/li&gt; 	&lt;li&gt; les aménagements paysagers ;&lt;/li&gt; 	&lt;li&gt; l’aménagement et restauration de locaux d’accueil et de convivialité ;&lt;/li&gt; 	&lt;li&gt; les clubs house ;&lt;/li&gt; 	&lt;li&gt; les locaux administratifs ;&lt;/li&gt; 	&lt;li&gt; les vestiaires, sanitaires et douches ;&lt;/li&gt; 	&lt;li&gt; les locaux techniques de stockage de matériel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Au-delà des exclusions mentionnées dans les conditions générales, sont également retirées les dépenses non liées à l’équipement sportif proprement dit, ainsi que les frais d’études, annexes et vrd.&lt;/p&gt; &lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-artistes-musique-theatre-arts-du-mouvement</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-artistes-musique-theatre-arts-du-mouvement/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>163591</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les Villes et Pays d'Art et d'Histoire</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Villes et Pays d’Art et d’Histoire</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les Villes et Pays d&amp;#039;Art et d&amp;#039;Histoire dans la valorisation et l&amp;#039;animation du patrimoine, au plus près des citoyens, grâce à leurs programmes annuels d&amp;#039;actions de sensibilisation, de médiation et d&amp;#039;éducation au patrimoine et à l&amp;#039;architecture.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine reconnaît que le patrimoine culturel est un facteur essentiel de développement de ses territoires et qu’il reste, pour certains d’entre eux, la principale ressource disponible.&lt;/p&gt;&lt;p&gt;Dans une région caractérisée par sa grande superficie, la valorisation du patrimoine permet donc de promouvoir l’idée d’un aménagement raisonné de tous ses territoires. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Date limite de dépôt du dossier : 1er avril de chaque année&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Coût du personnel gérant le label VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prestations extérieures (techniques, intellectuelles, cachets artistiques)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication sur les actions VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Location/achat de matériel pour réaliser les actions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Expositions, outils de médiation du patrimoine, valises pédagogiques, outils numériques d&amp;#039;aide à la visite.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Modalités de calcul de la subvention régionale &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Maximum de 20% du coût des dépenses éligibles avec une aide plafonnée à 15 000 € / an.&lt;/p&gt;&lt;p&gt;Une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (Cf. carte EPCI en annexe).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les gestionnaires du label (collectivités territoriales ou associations) des :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Villes d&amp;#039;art et d&amp;#039;histoire de moins de 50 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pays d&amp;#039;art et d&amp;#039;histoire de moins de 150 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programme d&amp;#039;actions équilibrées sur les publics touristiques, habitants et jeunes publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Convention de labellisation VPAH avec le Ministère de la Culture&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Équipe de valorisation du patrimoine professionnelle.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les dossiers éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les VPAH situés en territoires ruraux&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les VPAH mettant en œuvre des actions innovantes et importantes en direction du public jeune et scolaire, notamment dans le cadre de Parcours d&amp;#039;Éducation Artistique et Culturelle en partenariat avec l&amp;#039;Éducation Nationale, ou intégrant d’autres approches patrimoniales comme le patrimoine culturel immatériel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La valorisation des données de l&amp;#039;Inventaire Général du patrimoine culturel in situ&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions en faveur des publics en situation précaire et des publics en situation de handicap (accessibilité des contenus culturels, partenariats avec des structures gérant ces publics…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/villes-et-pays-dart-et-dhistoire</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes les demandes devront faire l&amp;#039;objet d&amp;#039;une prise de contact via l&amp;#039;e-mail de contact ci-dessous, merci de préciser votre département.&lt;/p&gt;&lt;p&gt;Les demandes pendront en compte la programmation des projets &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programmation annuelle avec une date limite de dépôt des dossiers le 1er avril de chaque année.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets éligibles seront programmés en fonction de l&amp;#039;enveloppe budgétaire annuelle dévolue à ce dispositif.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre saisine motivant la demande&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Budget prévisionnel (en € HT) et décision (délibération de la collectivité, acte du conseil d’administration ou autre acte décisionnel)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Programme prévisionnel d&amp;#039;actions détaillé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fiche d&amp;#039;identité Siren&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Patrimoine et Inventaire - Unité Politiques Publiques et Budget&lt;/p&gt;&lt;p&gt;Direction de la Culture et du Patrimoine&lt;/p&gt;&lt;p&gt;15, rue de l’Ancienne Comédie&lt;/p&gt;&lt;p&gt;86021 Poitiers CS 70575&lt;/p&gt;&lt;p&gt;05 49 36 30 05&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/villes-et-pays-dart-et-dhistoire/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>163614</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Fond régional d’acquisition des musées (FRAM)</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Fond régional d’acquisition des musées (FRAM)</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Parallèlement au soutien régional accordé à la réhabilitation des Musées de France, la Région et la Direction Régionale des Affaires Culturelles (DRAC) ont mis en place un partenariat, avec pour ambition de développer les collections des musées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il s’agit de développer les fonds patrimoniaux des musées de la Nouvelle-Aquitaine, en particulier pour les musées situés dans les communes de moins de 30 000 habitants, et d’assurer l’entrée régulière dans les collections publiques d’œuvres ou d’objets en cohérence avec le Projet Scientifique et Culturel.&lt;/p&gt;&lt;p&gt;L’enrichissement et le renouvellement de ces collections publiques sont considérés comme un critère d’attractivité pour l’établissement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Aide apportée par l’État (DRAC) et/ou la Région dans la limite de 50 % maximum de la valeur d’acquisition de l’œuvre et des frais afférents.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Communes (musées municipaux) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements (musées gérés par une conservation départementale) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour les communes de plus de 30 000 habitants et les Départements, application de seuils d’acquisition (cf. dépenses éligibles).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Musées labellisés « Musées de France », reconnus et contrôlés à ce titre par la Direction des Musées de France.&lt;/p&gt;&lt;p&gt;Acquisition d’œuvres ou d’objets d’intérêt régional dont le coût dépasse les possibilités budgétaires des collectivités.&lt;/p&gt;&lt;p&gt;Gestion exclusivement professionnelle : personnel qualifié dans la conservation du patrimoine.&lt;/p&gt;&lt;p&gt;Cohérence de l&amp;#039;acquisition avec le Projet Scientifique et Culturel du musée.&lt;/p&gt;&lt;p&gt;Avis favorable de la commission scientifique du FRAM.&lt;/p&gt;&lt;p&gt;L’aide de la Région doit être spécifiquement mentionnée sur les cartels de présentation des œuvres exposées.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coût d’acquisition TTC d’une œuvre ou d’un lot d’œuvres, peinture, art plastique contemporain, sculpture, objet d’art, dessin, estampes, objet ethnographique et collection d’histoire naturelle, archéologie, photographie.&lt;/p&gt;&lt;p&gt;Pour les villes supérieures à 30 000 habitants et les Départements, application de seuils du coût d’acquisition TTC d’une œuvre ou d’un lot d’œuvres par établissement et par an, à savoir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Peinture : 12 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Arts plastiques contemporains : 10 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sculpture : 8 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Objets d’art : 8 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dessin, estampe : 7 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Objets ethnographiques et collections d’histoire naturelle : 7 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Archéologie : 6 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Photographie : 6 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cas particulier : d’autres catégories d’œuvre pourront être traitées spécifiquement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/fond-regional-dacquisition-des-musees-fram</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre de saisine préalable à l&amp;#039;intention d&amp;#039;achat motivant la demande&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Délibération du futur bénéficiaire avec budget prévisionnel de l&amp;#039;acquisition de l’œuvre (en € HT)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Notice descriptive de l’œuvre avec photo&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour toute prise de contact via le formulaire de contact ci-dessous, merci de préciser dans l&amp;#039;objet, votre département&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Patrimoine et Inventaire – Unité Politiques Publiques et Budget&lt;/p&gt;&lt;p&gt;Direction de la Culture et du Patrimoine&lt;/p&gt;&lt;p&gt;14, Rue François de Sourdis&lt;/p&gt;&lt;p&gt;33077 Bordeaux cedex&lt;/p&gt;&lt;p&gt;05 57 57 74 12&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fond-regional-dacquisition-des-musees-fram/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>165421</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Fonds régional d’acquisition des musées (FRAM)</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Fonds régional d’acquisition des musées (FRAM)</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine et la Direction Régionale des Affaires Culturelles (DRAC) ont mis en place un partenariat pour enrichir les collections des musées, dans le cadre de la loi « musées de France » du 4 janvier 2002. Il s’agit de développer les fonds patrimoniaux des musées de la Nouvelle-Aquitaine, en particulier pour les établissements situés dans les communes de moins de 50 000 habitants, et d’assurer l’entrée régulière dans les collections publiques d’œuvres ou d’objets en cohérence avec leur Projet Scientifique et Culturel (PSC).&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Enrichissement des collections publiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;date limite de dépôt des dossiers : 30 juin de l&amp;#039;année en cours ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;étude des dossiers : juillet de l&amp;#039;année en cours ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise de décision : fin de l&amp;#039;année en cours.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Dépenses éligibles : &lt;/p&gt;&lt;p&gt;Coût d’acquisition TTC d’une œuvre ou d’un lot d’œuvres, peinture, art plastique contemporain, sculpture, objet d’art, dessin, estampes, objet ethnographique et collection d’histoire naturelle, archéologie, photographie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Modalités de calcul de la subvention régionale :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Aide apportée par l’Etat (DRAC) et/ou la Région dans la limite de 50 % maximum de la valeur d’acquisition de l’œuvre et des frais afférents TTC. Les subventions seront calculées en fonction de l&amp;#039;enveloppe budgétaire annuelle dévolue à ce dispositif.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;communes (musées municipaux) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;départements (musées gérés par une conservation départementale) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;associations.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d&amp;#039;éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;musées labellisés « Musées de France » ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;acquisition d’œuvres ou d’objets d’intérêt régional en cohérence avec le PSC du musée ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;gestion exclusivement professionnelle : personnel qualifié dans la conservation du Patrimoine ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;avis favorable de la commission scientifique annuelle du FRAM.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide de la Région doit être spécifiquement indiquée sur les cartels de présentation des œuvres exposées, avec la mention suivante : « Acquis avec l’aide de l’Etat et de la Région Nouvelle Aquitaine dans le cadre du Fonds Régional d’Acquisition des Musées FRAM ».&lt;/p&gt;&lt;p&gt;Critère de priorisation :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Musées propriétés des communes de moins de 50 000 habitants.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/fonds-regional-dacquisition-des-musees-fram</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;courrier de demande de subvention, daté et signé, adressé à Monsieur le Président du Conseil Régional ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;délibération par laquelle la structure engage l’acquisition des œuvres ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;budget prévisionnel détaillé de l’acquisition tant en dépenses qu’en recettes ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;relevé d’identité bancaire ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;fiche d’identité SIRENE de la structure ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;justificatifs de participation des autres financeurs le cas échéant ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;notice descriptive des œuvres avec photographies.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Conformément à la délibération n°2023.487.SP relative aux éco socio conditionnalités adoptée en assemblée plénière du 27 mars 2023, la Région Nouvelle-Aquitaine demande à chaque bénéficiaire d’une subvention de signer la « Charte d’engagements du bénéficiaire d’une aide régionale envers la Région Nouvelle-Aquitaine CULTURE PATRIMOINE », et d’adhérer à ses principes (cf. délibération 2024.267.SP du 11 mars 2024).&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-regional-dacquisition-des-musees-fram/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>162524</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Développer un territoire inclusif et cohésif</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I156" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P156" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q156" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T156" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>90795</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la conservation et de valoriser les collections publiques des musées</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide permet d&amp;#039;améliorer la conservation  et de valoriser les collections publiques des musées de Nouvelle-Aquitaine.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer la conservation des collections publiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser ces collections publiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Calendrier: c
+ ompte-tenu de la programmation pluriannuelle budgétaire des équipements culturels, les dossiers de demande de subvention doivent être déposés le plus en amont possible.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  communes, groupements de communes,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  départements,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  associations.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une bonification de 5% sera appliquée dans le cas d&amp;#039;une maîtrise d&amp;#039;ouvrage intercommunale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ taux d&amp;#039;intervention maximum de 25% modulé en fonction des critères déterminés pour le classement des communes et/ou communautés de communes et tenant compte des critères de choix,
+&lt;/p&gt;
+&lt;p&gt;
+ subvention plafonnée à 250 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale sera calculée sur le budget global HT de l&amp;#039;opération (toutes tranches confondues).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection: c
+ &lt;/strong&gt;
+ onditions nécessaires à remplir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  musées labellisés Musées de France, reconnus à ce titre par la Direction des Musées de France,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion par un personnel qualifié (conservateur du Patrimoine),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  missions du gestionnaire en matière de recherche et de conservation liées à la collection,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  respect des critères d&amp;#039;éco-conditionnalité mis en œuvre par la Région,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accessibilité de l&amp;#039;équipement pour l&amp;#039;accueil de personnes handicapées.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de choix :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  espace pédagogique intégré au musée et animé par une équipe pérenne,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  prise en compte des publics prioritaires pour la Région (15 – 25 ans notamment),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  politique régulière d&amp;#039;acquisition dans le cadre du FRAM (Fonds Régional d&amp;#039;Acquisition des Musées),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  signalétique en langue(s) régionale(s).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux incluant le 1er équipement,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  honoraires d&amp;#039;architectes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/renovation-extension-et-amenagement-des-musees</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de création d&amp;#039;un nouveau musée, le dossier sera traité hors règlement d&amp;#039;intervention.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dossier est à remplir avec la plus grande attention et doit être adressé en un exemplaire, accompagné d&amp;#039;une lettre de demande motivée, et des pièces techniques à :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine - Service Aménagement culturel du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ 27, boulevard de la Corderie
+&lt;/p&gt;
+&lt;p&gt;
+ 87031 Limoges
+&lt;/p&gt;
+&lt;p&gt;
+ 05 55 45 54 44 / 05 55 45 18 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc91-renovation-extension-et-amenagement-des-musee/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>95033</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux outils de promotion - Arts visuels et Spectacles Vivants</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Arts visuels
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  artiste professionnel du champ des arts visuels exerçant une activité régulière dans la région Grand Est,
+ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  association, porteur juridique du projet du collectif d¡¦artistes installée dans la région Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Spectacle vivant
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  équipe artistique professionnelle de spectacle vivant du Grand Est ou bureau de production accompagnant les équipes artistiques dans leurs projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   taux max 50%
+  &lt;/li&gt;
+  &lt;li&gt;
+   plafond 7 500€
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne sont pas éligibles les structures bénéficiant d&amp;#039;un label national ainsi que les structures conventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une activité artistique régulière et reconnue depuis plus de deux ans,
+  &lt;/li&gt;
+  &lt;li&gt;
+   témoigner d&amp;#039;une actualité justifiant la demande,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un plan de valorisation de l&amp;#039;outil de promotion et son intérêt dans le parcours artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : avoir déjà bénéficié d&amp;#039;une aide de la Région au titre de la politique culturelle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les arts visuels : les publications sur support papier ou numérique des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : les supports de promotion audio et audiovisuels réalisés dans des conditions professionnelles et ne faisant pas l&amp;#039;objet d&amp;#039;une commercialisation, ainsi que les support papier,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles les documents de communication : flyers, affiches, tracts.
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts de conception et de fabrication de l&amp;#039;outil. Ne sont pas éligibles les dépenses de valorisation, d&amp;#039;ajustements comptables et d&amp;#039;investissement, les frais bancaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-outils-de-promotion/</t>
+        </is>
+      </c>
+      <c r="W158" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0015/depot/simple</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80b5-aide-aux-outils-de-promotion-arts-visuels-et-/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>103383</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets des musées œuvrant à la valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux projets des musées œuvrant à la valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région accompagne les musées de France, dont les projets favorisent la découverte des collections constitutives du patrimoine francilien. Très ancrés dans les territoires franciliens, ces musées contribuent à un accès à la culture pour tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Ouverture permanente
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement doit être labellisé « Musée de France ».
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40% maximum des dépenses éligibles liées au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 30.000€.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de valorisation (expos physiques ou virtuelles, journées d&amp;#039;étude, site internet, publications, documentaires...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de médiation  (cartes et itinéraires papier ou numériques, livrets de visite, outils numériques, multimédia, parcours d&amp;#039;interprétation...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs pédagogiques (mallettes pédagogiques, Moocs, supports de visite à destination des jeunes...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Événements rayonnant à l&amp;#039;échelle de l&amp;#039;Île-de-France.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Une attention particulière sera portée à la qualité des contenus, à l&amp;#039;originalité et la pertinence des outils ou actions proposés, et à leur adéquation avec les publics ciblés.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-aux-projets-des-musees-oeuvrant-la-valorisation-du-patrimoine</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;br /&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/77f9-aide-aux-projets-des-musees-uvrant-a-la-valor/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>142834</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une Inspection Auscultation Subaquatique des ouvrages d’art</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La surveillance, l&amp;#039;évaluation, la programmation des actions de maintenance des parties immergées des ouvrages d&amp;#039;art sont tout aussi importantes et nécessaires que celles des parties « aériennes ». Une surveillance régulière et l&amp;#039;entretien qui en découle sont le meilleur moyen d&amp;#039;augmenter la durée de vie d&amp;#039;un ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Deux équipes de professionnels expérimentés et qualifiés classe II
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Deux unités comprenant des scaphandriers-inspecteurs d&amp;#039;ouvrage d&amp;#039;art interviennent sur l&amp;#039;ensemble du territoire métropolitain et ultramarin. Elles sont situées à Sourdun (77) et Aix-en-Provence (13).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Spécialisées dans les domaines de l&amp;#039;expertise subaquatique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Leur domaine d&amp;#039;intervention concerne tous les types de structures (ponts, murs, ouvrages portuaires, écluses, barrages) et de matériaux (maçonneries, béton, béton armé, béton précontraint, métal). Il comprend également les reconnaissances élémentaires des milieux marins (suivi environnemental avant et après travaux) et les reconnaissances géotechniques subaquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les méthodes d&amp;#039;évaluation mises en œuvre par ces unités répondent aux textes de référence en vigueur pour les ouvrages du réseau routier national que sont l&amp;#039;instruction technique pour la surveillance et l&amp;#039;entretien des ouvrages d&amp;#039;art (ITSEOA) de 2010 et son guide technique « fascicule 10 : fondations en site aquatique ».
+&lt;/p&gt;
+&lt;p&gt;
+ Leur appartenance à un établissement public du Ministère de l&amp;#039;écologie permet à ces unités à la fois de rendre compte en toute impartialité, et de pouvoir s&amp;#039;appuyer sur des spécialistes et des moyens de l&amp;#039;ensemble du réseau technique lorsque nécessaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/inspection-auscultation-subaquatique-ouvrages-art</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5515-realiser-une-inspection-auscultation-subaquat/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>143271</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Construire votre politique de surveillance et d'entretien d'ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion optimale de vos ouvrages répond aux enjeux environnementaux, économiques, juridiques et de sécurité des usagers. Gestionnaires, le Cerema vous accompagne pour évaluer votre patrimoine et définir les orientations de la politique de surveillance et d&amp;#039;entretien de vos ouvrages.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Quelles sont les principales caractéristiques de votre patrimoine d&amp;#039;ouvrages d&amp;#039;art ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels moyens allouer pour une gestion optimale ? Avec quels outils ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment vous prémunir des risques liés à la sécurité des usagers ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment garantir la continuité de service ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour construire votre politique de surveillance et d&amp;#039;entretien d&amp;#039;ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La conception des méthodes de surveillance et de gestion actuellement déployées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une connaissance fine et exhaustive des typologies d&amp;#039;ouvrages de génie civil en milieu terrestre, hydraulique, fluvial et maritime
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des collaborations réussies auprès de maîtres d&amp;#039;ouvrage tels que communes, grandes métropoles ou établissements publics, opérateurs de réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des équipes hautement qualifiées (directeurs de projets et ingénieurs expérimentés en matière d&amp;#039;ouvrages d&amp;#039;art, d&amp;#039;Assistance à Maîtrise d&amp;#039;Ouvrage et d&amp;#039;élaboration de documentations méthodologiques).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Evaluation de votre patrimoine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recenser les ouvrages (réalisation ou assistance à l&amp;#039;externalisation de prestations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Constituer une base de données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Effectuer un classement initial de l&amp;#039;état des ouvrages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identifier les ouvrages posant des problèmes de sécurité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Déploiement d&amp;#039;une méthode de gestion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous accompagner dans le choix des outils
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter méthode et outils à votre patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous assister dans la mise en place opérationnelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Définition de votre politique de surveillance et d&amp;#039;entretien
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyser et ajuster les moyens mobilisables (financiers et humains)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir les principes organisationnels et le process décisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ajuster le périmètre des interventions d&amp;#039;entretien courant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser la surveillance : planifier les inspections d&amp;#039;ouvrages, les visites spécialisées.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Grand Port Maritime de Dunkerque : Déploiement de la méthode VSC (Visites Simplifiées Comparées) sur le Grand Port Maritime de Dunkerque (GPMD)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des risques appliquée au patrimoine Ouvrages d&amp;#039;Art du Département de Meurthe-et-Moselle (54)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/construire-votre-politique-surveillance-entretien-ouvrages</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbbb-construire-votre-politique-de-surveillance-et/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>143276</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Programmer et suivre une opération de réparation d’ouvrage d’art</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un ouvrage d&amp;#039;art est unique par sa typologie, son exploitation et son environnement. Une approche globale de l&amp;#039;opération de réparation est donc requise afin de répondre à l&amp;#039;ensemble des impératifs techniques et aux objectifs spécifiques du gestionnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maître d&amp;#039;ouvrage, le Cerema vous accompagne à chaque étape clé, du diagnostic au choix de la solution.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment définir le périmètre d&amp;#039;une opération de réparation ou de transformation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles expertises complémentaires planifier ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment élaborer un programme de réparation ? Selon quel scénario ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment bien choisir son maître d&amp;#039;oeuvre ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour programmer et suivre une opération de réparation d&amp;#039;ouvrage d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des compétences pluridisciplinaires en génie civil, y compris en géotechnique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise reconnue en matière d&amp;#039;analyse d&amp;#039;ouvrages pathologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  La capacité de réaliser des interventions de haut niveau sur tous types d&amp;#039;ouvrages (inspections, instrumentation, haute surveillance, essais de laboratoire, évaluations structurales théoriques)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema, garant de la cohérence d&amp;#039;ensemble, assiste le maître d&amp;#039;ouvrage pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Réaliser le diagnostic et le pronostic de l&amp;#039;état de l&amp;#039;ouvrage pathologique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recueil des données existantes, analyse, définition des mesures d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation des études et diagnostics préalables, en adéquation avec les bénéfices attendus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix des analyses structurales et adaptation des règles de calcul selon l&amp;#039;historique de l&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répartition des tâches entre intervenants avec consultation de tiers (le cas échéant)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle qualité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Elaborer le programme d&amp;#039;intervention sur l&amp;#039;ouvrage (réparation, transformation, adaptation des usages)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de scénarios à approfondir avec le gestionnaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix du scénario à mettre en oeuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Réaliser l&amp;#039;opération
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cadrage des études d&amp;#039;avant-projet et de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de la mission du maître d&amp;#039;oeuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DIR Centre-Est
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Production d&amp;#039;un projet de réparation innovante du viaduc de la Ricamarie et assistance technique en phase travaux pour la DIR Centre-Est
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Département du Haut-Rhin
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Réparation des Viaducs Indépendants à Poutres Précontraintes (VIPP) du patrimoine Ouvrages d&amp;#039;Art du département du Haut-Rhin (68)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Département de l&amp;#039;Hérault
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Elaboration de réparations pour le département de l&amp;#039;Hérault
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Bâtiments et construction
+Réhabilitation
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/programmer-suivre-operation-reparation-ouvrage-art</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6173-programmer-et-suivre-une-operation-de-reparat/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>143370</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Accéder aux ouvrages d'arts complexes : la passerelle EPSILON</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La passerelle à câble Epsilon du Cerema est l&amp;#039;unique moyen d&amp;#039;accès aux ouvrages d&amp;#039;art de dimension exceptionnelle ou stratégique. Venez découvrir l&amp;#039;outil unique que le Cerema met à votre disposition pour accéder au contact des ouvrages d&amp;#039;art, comme le préconise l&amp;#039;instruction technique pour la surveillance et l&amp;#039;entretien des ouvrages d&amp;#039;arts (ITSEOA).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le Cerema à vos côtés pour vos missions de surveillance, d&amp;#039;investigation, d&amp;#039;inspection détaillée et de réalisation d&amp;#039;entretien courant ou spécialisé.
+ &lt;br /&gt;
+ Un produit adapté pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accéder à un pont en arc et son intrados
+ &lt;/li&gt;
+ &lt;li&gt;
+  atteindre les parements d&amp;#039;un ouvrage présentant des appuis de grande hauteur
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas neutraliser la chaussée
+ &lt;/li&gt;
+ &lt;li&gt;
+  intervenir sur des ouvrages d&amp;#039;art étroits voire limités en tonnage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Les solutions offertes par notre passerelle
+  &lt;br /&gt;
+  &amp;gt; Accès physique aux zones inaccessibles par des moyens d&amp;#039;accès conventionnels :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plateforme légère d&amp;#039;une longueur modulable (panier de 1 m ou passerelle de 6 à 18 m) permettant d&amp;#039;emmener deux passagers et leur matériel, en plus du chef de manœuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utilisation transversale (pile, intrados de voûte ou de plan incliné) comme longitudinale (mur de tympan, encorbellement, mur de soutènement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La passerelle peut être équipée de flotteurs et est accompagnée d&amp;#039;un bateau pour les interventions au-dessus de l&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Possibilité de suspendre la passerelle Epsilon jusqu&amp;#039;à 150 m en dessous du tablier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les franchissements de grande largeur avec caillebotis : passage du câble entre deux tabliers parallèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite des ouvrages à faible capacité portante : deux chariots thermiques, mobiles et légers à bras télescopiques hydrauliques articulés (6 tonnes par chariot de 1,3 m de large).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;utilisation
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &amp;gt; Mise à disposition de la passerelle pour :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une utilisation par vos spécialistes en ouvrage d&amp;#039;art pour l&amp;#039;inspection détaillée, l&amp;#039;entretien courant ou spécialisé et l&amp;#039;investigation (carottage, instrumentation, gammagraphie...),ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ia réalisation d&amp;#039;une prestation par une équipe qualifiée du Cerema, formée au déplacement sur corde pour les manipulations plus atypiques et de sécurité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Mise à disposition dans toute la France métropolitaine
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Matériel entièrement démontable et acheminé sur les ouvrages dans un ensemble routier tracteur semi-remorque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation sur site en moins de 2 heures par notre équipe
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention sans interrompre la circulation - Encombrement de la chaussée réduit : utilisation du trottoir ou de la piste cyclable, grâce à une faible largeur des chariots
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - DIR Centre-Est : Le pont de Givors inspecté périodiquement
+ &lt;br /&gt;
+ - BOAS : Inspection détaillée périodique du pont de Serrières, un pont voûte de grande dimension, sur l&amp;#039;Ain
+ &lt;br /&gt;
+ - Conseil Départemental du Finistère : Gestion du Pont de Terenez
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Bâtiments et construction
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/passerelle-epsilon-acces-aux-ouvrages-art-complexes</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a3e-acceder-aux-ouvrages-darts-complexes-la-passe/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>144488</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la commande artistique dans le domaine des arts contemporains</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la commande artistique</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I164" s="1" t="inlineStr">
+        <is>
+          <t> Max : 45</t>
+        </is>
+      </c>
+      <c r="J164" s="1" t="inlineStr">
+        <is>
+          <t>Commandes ⩾ à 6000 €, aide ≤ 45 %, plafond 5000 € (œuvre espace public) 15000 € (œuvre monumentale)</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La commande publique dans le domaine des arts contemporains offre une double opportunité :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   mettre à la disposition des artistes les moyens de réaliser des projets ambitieux nécessitant un soutien de la part des collectivités publiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   contribuer à l&amp;#039;amélioration de la qualité esthétique des espaces publics et à la présence de l&amp;#039;art au plus près de la population.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La réglementation dite du « 1 % artistique » fait obligation, à l&amp;#039;occasion de la construction ou de l&amp;#039;extension de certains bâtiments publics, d&amp;#039;affecter 1 % du montant de l&amp;#039;investissement à la réalisation d&amp;#039;une ou de plusieurs œuvres d&amp;#039;art contemporain spécialement conçues pour ces lieux (Code général des collectivités territoriales Article L1616-1) ; en dehors de cette procédure, les collectivités peuvent prendre toute initiative qu&amp;#039;elles jugent utile et définir leurs propres procédures.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans les deux cas, le Département entend accompagner les communes et les groupements de communes dans leurs efforts en faveur de la commande artistique.
+&lt;/p&gt;
+&lt;p&gt;
+ Une aide départementale peut être octroyée aux communes ou aux groupements de communes pour l&amp;#039;intégration d&amp;#039;œuvres d&amp;#039;art contemporain à de nouveaux programmes urbains ou environnementaux :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   construction d&amp;#039;un nouveau bâtiment public (dans le cadre du « 1 % artistique »),
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement de l&amp;#039;espace urbain ou naturel (signalétique, traitement d&amp;#039;un site, requalification d&amp;#039;un monument historique ou d&amp;#039;un jardin, mobilier urbain...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement d&amp;#039;un équipement public (espace d&amp;#039;accueil ou d&amp;#039;attente, moyen de transport, parking...).&amp;#34;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Espace public</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;œuvre concernée devra faire l&amp;#039;objet d&amp;#039;une commande publique, dans le respect de la réglementation du code des marchés publics.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention artistique souhaitée ne doit pas se limiter à l&amp;#039;implantation d&amp;#039;une œuvre isolée ; elle doit être considérée dans son contexte environnemental (géographique, architectural, social...) et dans une relation forte au public.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules les commandes d&amp;#039;un coût supérieur ou égal à 6 000 € sont concernées par cette aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T164" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=141</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11a2-aider-a-la-commande-artistique/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>156157</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux sur la voirie communale et la réhabilitation d’ouvrages d’art</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>VOIRIE COMMUNALE ET RÉHABILITATION DES OUVRAGES D’ART</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I165" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J165" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes et EPCI dans leurs travaux de voirie ou pour la réhabilitation d&amp;#039;ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dotés de la compétence en matière de voirie, quelle que soit leur population, pour les travaux qu&amp;#039;ils réalisent dans les communes dont la population est inférieure à 2 000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: La Métropole ainsi que les communes qui la composent ne peuvent bénéficier de ce dispositif d&amp;#039;aide en raison du transfert de compétences
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie communale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;investissement structurant sur le réseau routier communal : restructuration et renforcement de chaussée à l&amp;#039;aide d&amp;#039;enrobé en béton bitumineux, aménagement de carrefour, aménagements de sécurité, ouvrages d&amp;#039;assainissement strictement liés à la chaussée, signalisation de sécurité (verticale et horizontale) de premier investissement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de travaux d&amp;#039;assainissement pluvial conséquent, présentant un enjeu en matière d&amp;#039;inondations caractérisé par des dysfonctionnements hydrauliques avérés, la réalisation d&amp;#039;un schéma de gestion des eaux pluviales sera sollicitée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais liés à la constitution et à la réalisation de l&amp;#039;opération : frais de maîtrise d&amp;#039;œuvre et de coordination de sécurité, études.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études d&amp;#039;investissement préalables concourant à la définition et à la réalisation de ces aménagements, à condition qu&amp;#039;elles soient comprises dans un délai de 3 ans à compter de la date du dépôt de la demande de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réhabilitation des ouvrages d&amp;#039;art :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et travaux de réhabilitation (ponts, murs de soutènement de chaussées) maintien du niveau de service et des impératifs de sécurité routière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais liés à la constitution et à la réalisation de l&amp;#039;opération : frais de maîtrise d&amp;#039;œuvre et de coordination de sécurité, études.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études d&amp;#039;investissement préalables concourant à la définition et à la réalisation de ces aménagements, à condition qu&amp;#039;elles soient comprises dans un délai de 3 ans à compter de la date du dépôt de la demande de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie communale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Simple revêtement de la chaussée (enduit superficiel, rebouchage de nids-de-poule, etc.) et toutes opérations relevant de l&amp;#039;entretien général,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous ouvrages d&amp;#039;assainissement non liés à la voirie (collectes des eaux usées et autres),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les mises à niveau des ouvrages des concessionnaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements annexes (feux tricolores, alarme vitesse, plaques de rue, aires de jeux, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions foncières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les créations de voiries,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cheminements piétons, y compris les trottoirs, et les pistes cyclables,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous aménagements non liés strictement à la voirie (éclairage, enfouissement de réseaux, aménagements paysagers, mobilier urbain, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réhabilitation des ouvrages d&amp;#039;art :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tous travaux non directement liés à l&amp;#039;ouvrage ou ne présentant aucun impératif en matière de sécurité routière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de simple entretien courant des ouvrages, les acquisitions foncières ainsi que les travaux annexes (éclairage...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de voirie ou sur des ouvrages liés à la création ou à la réhabilitation de lotissements ou de zones d&amp;#039;activités ainsi que plus généralement toutes opérations à caractère économique et commercial.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études d&amp;#039;investissement préalables liées à des opérations à caractère économique et commercial tels que les aménagements de lotissement à usage privé et les ZAC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 10.000€ HT pour les communes et EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 200.000€ HT pour les communes (par an et par maître d&amp;#039;ouvrage) - 1.200.000€ HT pour les EPCI (par an et par maître d&amp;#039;ouvrage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: L&amp;#039;aide n&amp;#039;est pas cumulable avec d&amp;#039;autres aides départementales ni avec le fonds d&amp;#039;action locale (FAL).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/voirie-communale-et-rehabilitation-des-ouvrages-dart/</t>
+        </is>
+      </c>
+      <c r="W165" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e001-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>56456</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une minoration foncière dans le cadre de projets "Petites Villes de Demain" ou "Action Cœur de Ville"</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J166" s="1" t="inlineStr">
+        <is>
+          <t>Minoration de 25% du prix de cession HT, cumulable à une ou plusieurs minorations</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ : Les projets de revitalisation de centres villes portent sur des fonciers complexes rendant difficile la réalisation des projets. Afin d&amp;#039;accompagner les projets &amp;#34;Petites Villes de Demain&amp;#34; et  &amp;#34;Actions Cœur de Ville&amp;#34; sur le volet foncier, une prise en charge spécifique du prix de revient peut intervenir, complémentairement à une ou plusieurs minorations foncières (logement aidé, recyclage foncier-travaux préparatoires, valorisation du patrimoine bâti, réhabilitation habitat).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ -    Les opérations éligibles sont celles situées dans un périmètre d&amp;#039;opération de revitalisation de territoire (ORT), liés aux conventions &amp;#34;Petites Villes de Demain&amp;#34; ou &amp;#34;Action Cœur de Ville&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Minoration de 25% du prix de revient HT, complémentairement à une ou plusieurs minorations, dans la limite de 50% du prix de revient HT.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Attribution de la minoration pour des projets entrant dans le cadre du PPI (sauf opération bénéficiant d&amp;#039;un bail emphytéotique EPFLO).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Revitalisation
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P166" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q166" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/560e-recyclage-foncier-et-friches/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>95057</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'investissement des maisons de santé pluri-professionnelles</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J167" s="1" t="inlineStr">
+        <is>
+          <t>L'aide régionale proposée est une subvention plafonnée à 150 000 € par projet</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les MSP sont des structures qui réunissent en un même lieu des médecins généralistes et/ou spécialistes et des professionnels paramédicaux (infirmières, kinésithérapeutes, diététiciennes,...) exerçant en libéral sur un territoire « fragile » en termes de démographie médicale.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature et montant de l&amp;#039;aide
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale proposée est une
+ subvention plafonnée à 150 000 € par projet, portant sur des dépenses d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet de l&amp;#039;envoi préalable à la Région d&amp;#039;une lettre d&amp;#039;intention. La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les communes et les groupements de communes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Le Conseil Régional, par souci de cohérence, a opéré le choix de se baser sur le cahier des charges régional des Maisons de Santé Pluri-Professionnelles (MSP), rédigé et diffusé par l&amp;#039;ARS : les projets déposés au Conseil Régional devront obligatoirement répondre à ce cahier des charges. Les MSP doivent offrir à la population du territoire un lieu de prise en charge de proximité la plus globale possible, en assurant des activités de soins sans hébergement, de Santé Publique (prévention, promotion de la santé, éducation thérapeutique), et médico-sociales. Les professionnels de santé qui exercent au sein de la MSP sont fédérés autour d&amp;#039;un projet de santé commun, répondant aux besoins locaux. Les MSP sont en cela une forme d&amp;#039;exercice rénové autour de la coordination des professionnels. Ainsi, elles ne consistent pas en une juxtaposition de cabinets. Le cahier des charges définit d&amp;#039;une part des critères d&amp;#039;éligibilité de socle minimal des projets de MSP (notamment la présence d&amp;#039;au moins deux médecins généralistes et d&amp;#039;un temps plein de professionnel de santé paramédical, définition d&amp;#039;un projet de santé). Il définit également d&amp;#039;autres critères considérés comme des éléments de plus-value apportés aux projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux d&amp;#039;investissements liés à la construction ou la réhabilitation d&amp;#039;un bâtiment destiné à accueillir les services médicaux ou de soins. Ces travaux concernent le gros œuvre et les différents lots de second d&amp;#039;œuvre, tels que la menuiserie, la plomberie, l&amp;#039;électricité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux d&amp;#039;aménagement intérieur du bâtiment, peintures, sols, serrures,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les équipements médicaux permettant le développement de la télémédecine ou autres spécificités permettant de renforcer les fonctions de la MSP.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Méthode de sélection
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les dossiers déposés dans le cadre du présent dispositif font l&amp;#039;objet d&amp;#039;une concertation avec l&amp;#039;ensemble des partenaires institutionnels et financiers - Préfectures, ARS, Conseils Départementaux, Fédérations des Maisons et Pôles de Santé Pluriprofessionnelles du Grand Est -, au sein d&amp;#039;un comité de sélection régional défini par la circulaire du 27 juillet 2010 relative au lancement du Plan National d&amp;#039;Equipement en Maisons de Santé, et de comités départementaux. Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+  &lt;br /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La demande d&amp;#039;aide contient au moins les informations suivantes :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    L&amp;#039;identification du porteur de projet, la localisation du projet,
+   &lt;/li&gt;
+   &lt;li&gt;
+    un dossier complet répondant au cahier des charges régional (diagnostic local de santé, présentation des professionnels, projet de santé, règlement intérieur de la structure, lettres d&amp;#039;engagement des professionnels de santé, plan de financement de l&amp;#039;opération...)
+   &lt;/li&gt;
+   &lt;li&gt;
+    le montant de l&amp;#039;aide régionale sollicitée.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-maisons-de-sante-pluri-professionnelles/</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement et de l&amp;#039;Aménagement – Service Santé
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre Hôtel de Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f52b-soutien-aux-maisons-de-sante-pluri-profession/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>103488</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création de nouvelles structures d'exercice collectif favorisant l’accès aux soins des Franciliens</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux maisons de santé pluriprofessionnelles (MSP), centres de santé et cabinets de groupe</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique Région Solidaire, la Région soutient la création de nouvelles structures d&amp;#039;exercice collectif (MSP, centres de santé, cabinets de groupe, maisons médicales de garde) favorisant l&amp;#039;accès aux soins des Franciliens.
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature de l&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ Subvention en investissement pour structures d&amp;#039;exercice collectif (maisons de santé pluriprofessionnelle, centres de santé et cabinets de groupe engagés dans une démarche pluridisciplinaire):
+&lt;/p&gt;
+&lt;p&gt;
+ Acquisition foncière, travaux d&amp;#039;installation (et charges afférentes) et acquisition d&amp;#039;équipements (médicaux, mobiliers et informatiques) dans la limite de :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    30 % de la dépense d&amp;#039;acquisition foncière et travaux dans la limite de 250 000 €
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    50 % de la dépense pour équipements dans la limite de 100 000 €
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Modalités financières pour les structures de coordination (réseaux de santé)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Travaux : 30% de la dépense dans la limite de 50 000 €
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Equipements : 50% de la dépense  dans la limite de 50 000 €
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Acquisition de véhicule : 50% de la dépense dans la limite de 10 000 €
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Modalités financières relatives aux structures de soins non programmés (maisons médicales de garde, réseaux d&amp;#039;aide médicale d&amp;#039;urgence) :
+ &lt;/p&gt;
+ &lt;p&gt;
+  La Région peut participer au financement de travaux d&amp;#039;aménagement et d&amp;#039;acquisition d&amp;#039;équipements (médicaux, mobiliers et informatiques) à hauteur de :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     30 % pour les travaux dans la limite de 100 000 €
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     50 % pour les équipements dans la limite de 50 000 €
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     Acquisition d&amp;#039;équipements de télémédecine à hauteur de 70% de la dépense subventionnable dans la limite de 50 000 €
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont finançables les dépenses d&amp;#039;investissements relatives à la création, l&amp;#039;extension, et l&amp;#039;équipement de ces établissements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont bénéficiaires : Toutes les structures de droit public ou de droit privé
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aides-aux-maisons-de-sante-pluriprofessionnelles-msp-centres-de-sante-et-cabinets-de-groupe</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aurélie Deltombe - aurelie.deltombe&amp;#64;iledefrance.fr
+ &lt;br /&gt;
+ Tél. : 01 53 85 73 42
+&lt;/p&gt;
+&lt;p&gt;
+ Magdouda Bendjebla - magdouda.bendjebla&amp;#64;iledefrance.fr
+ &lt;br /&gt;
+ Tél. : 01 53 85 74 62
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
+ &lt;br /&gt;
+ Tél. : 01 53 85 75 77
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/96b6-aides-aux-maisons-de-sante-pluriprofessionnel/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>103500</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir jusqu'à 1.500€ la transition écologique des artisans et commerçants franciliens</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Chèque vert pour la transition écologique</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La Région soutient jusqu&amp;#039;à 1.500€ la transition écologique des artisans et commerçants franciliens : diminution des consommations d&amp;#039;énergie et d&amp;#039;eau, amélioration de la qualité de l&amp;#039;air intérieur, développement de la consigne pour réemploi...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cette aide est cumulable avec le
+  &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
+   Chèque numérique pour un commerce connecté
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  volet 1, en faveur des artisans et commerçants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Découvrez l&amp;#039;ensemble des aides à destination des artisans et commerçants franciliens grâce à
+  &lt;a href="https://www.iledefrance.fr/sites/default/files/medias/2022/01/Les_aides_aux_artisans_commercants.pdf"&gt;
+   notre brochure
+  &lt;/a&gt;
+  téléchargeable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P169" s="1" t="inlineStr">
+        <is>
+          <t>04/10/2021</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerçants de proximité ou artisans*, sédentaires ou non, avec ou sans point de vente, y compris artisan d&amp;#039;art,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;établissement est situé en Île-de-France et a été créé 6 mois avant la date de la demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;entreprise a un effectif inférieur à 20 salariés, y compris les entreprises sans salarié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrits au Registre du Commerce et/ou Registre des Métiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;activité relève d&amp;#039;un code NAF 10 à 33, 43 à 47, 55 et 56, 7410Z, 7420Z, 79, 81, 9003A, 9312 et 9313, 95 et 96,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *L&amp;#039;artisan ou commerçant de proximité vend des produits ou services de manière quotidienne ou fréquente à des particuliers. Les entreprises qui vendent exclusivement sur Internet, de la filière numérique, des activités financières et immobilières, des organismes de formation, de conseil et des bureaux d&amp;#039;études ne sont pas éligibles.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;aide est une subvention pouvant aller jusqu&amp;#039;à 1.500€.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;investissement Hors Taxes listées,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comptabilisées à l&amp;#039;actif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagées à compter du 23 juillet 2021,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portant sur une période de 1 an maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui ont été RÉGLÉES (avec preuve du règlement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée dans les limites du budget alloué au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises multi-établissements peuvent demander une aide pour chaque établissement (une demande par n° de SIRET, soit la création d&amp;#039;un compte avec un mail distinct sur la plateforme). Un établissement ne peut être bénéficiaire qu&amp;#039;une seule fois de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;br /&gt;
+Le Chèque vert à destination des artisans et commerçants franciliens vise à :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la consigne pour réemploi (contenants consignés,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser le tri et la gestion des déchets (bacs de tri, broyeurs, composteurs, outils d&amp;#039;entretien,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les consommations d&amp;#039;énergie et d&amp;#039;eau (isolation de la devanture, radiateur basse température, pompe à chaleur, robinet thermostatique, luminaires, installation frigorifique,  ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur (ventilation, purificateur d&amp;#039;air, matériel de filtration...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les mobilités douces (points de recharge, abri à toit pour vélo, vélo
+  &lt;strong&gt;
+   cargo
+  &lt;/strong&gt;
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont exclusivement
+ &lt;strong&gt;
+  les dépenses d&amp;#039;investissement détaillées dans la notice téléchargeable ci-dessous.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour vous aider, n&amp;#039;hésitez pas également à consulter la fiche « Tableau explicatif des dépenses » ainsi que la FAQ dédiée.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 1. Vous pouvez bénéficier d&amp;#039;un diagnostic gratuit de transition écologique et d&amp;#039;un accompagnement personnalisé auprès de la
+ &lt;a href="https://www.entreprises.cci-paris-idf.fr/web/pme/diagnostic-ecologique" rel="noopener" target="_blank"&gt;
+  CCI Paris Ile-de-France (commerces)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ou de la
+ &lt;a href="https://www.cma-idf.fr/fr/appui-aux-entreprises/vers-une-demarche-de-developpement-durable/diagnostic-transition-ecologique.html" rel="noopener" target="_blank"&gt;
+  CMA Ile-de-France (artisans)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Réunissez les pièces nécessaires, une fois vos dépenses réalisées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un extrait Kbis ou D1 de moins de 3 mois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB au nom de l&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un justificatif comptable attestant de l&amp;#039;activité de l&amp;#039;entreprise*,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les factures acquittées des dépenses réalisées à compter du 23/07/2021 telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le formulaire DVS téléchargeable en ligne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Déposez votre demande d&amp;#039;aide sur
+ &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ à compter du 5 octobre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai de 2 mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/cheque-vert-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide ouverte à compter du 5 octobre 2021.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute information générale sur l&amp;#039;aide :
+ &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aides.economiques&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Pour toute question sur votre dossier :
+ &lt;a href="mailto:chequevert&amp;#64;cci-paris-idf.fr" rel="noopener" target="_blank"&gt;
+  chequevert&amp;#64;cci-paris-idf.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/497a-cheque-vert-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>151713</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Aider les commerçants et artisans à améliorer leurs points de vente</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Aide communale pour l'amélioration des points de vente</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Commune de La Voulte-sur-Rhône</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I170" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide communale pour l&amp;#039;amélioration des points de vente de La Voulte-sur-Rhône permet d&amp;#039;aider les commerçants et artisans à moderniser, améliorer et mettre aux normes leurs boutiques situées sur la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est complémentaires aux aides existantes (Région Auvergne Rhône Alpes - Communauté d&amp;#039;Agglomération Privas Centre Ardèche) : elle permet de financer à hauteur de 40% des travaux dont le montant est compris entre 3 000 et 10 000 euros.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est encadrée par un règlement qui précise le type de commerces et le type de travaux qui peuvent en bénéficier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Rénovation des vitrines (façades, éclairage, enseigne, décoration, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Mise en accessibilité du local (élargissement des portes, création d&amp;#039;une rampe, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Équipements pour assurer la sécurité du local (normes incendie, caméra, rideau métallique, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ • Embellissement et modernisation du local (sols, plafonds, cloisons, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Investissements d&amp;#039;économie d&amp;#039;énergies (isolation, éclairage, chauffage, etc.),
+&lt;/p&gt;
+&lt;p&gt;
+ • Investissements matériels : matériels professionnels spécifiques, équipements informatiques et numériques,
+&lt;/p&gt;
+&lt;p&gt;
+ • L&amp;#039;aménagement des terrasses et l&amp;#039;achat de mobilier extérieur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Commerces et services
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ QUI PEUT BENEFICIER DE L&amp;#039;AIDE POUR L&amp;#039;AMELIORATION DES POINTS DE VENTE ?
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI REMPLISSENT LES CONDITIONS SUIVANTES :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir moins de 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un Chiffre d&amp;#039;Affaires qui n&amp;#039;excède pas 1 M€ HT (Pour les franchises : détenir moins de 25% du capital social de l&amp;#039;entreprise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être en phase de création, de reprise ou de développement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être inscrit au Registre du Commerce et des Sociétés, au Répertoire des Métiers, à l&amp;#039;URSSAF ou en Microentreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être à jour de ses cotisations sociales et fiscales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un point de vente sur la commune de la Voulte-sur-Rhône.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI PROPOSENT UN SERVICE COMMERCIAL DE PROXIMITÉ. PAR EXEMPLE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces alimentaires spécialisés (boulangeries, pâtisseries, traiteurs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces d&amp;#039;alimentations générales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cafés, les bars,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les buralistes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les restaurants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces de détail (habillement, opticien, articles de sport, fleuriste...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les laveries,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les couturiers, Les cordonniers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les soins de beauté (instituts de beauté, salons de coiffure, ongleries...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI ONT UN POINT DE VENTE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entièrement dédié au commerce,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Classé en Etablissement Recevant du Public (ERP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui permet d&amp;#039;accueillir de la clientèle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec une entrée indépendante,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec une vitrine sur rue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;une surface inférieure à 700 m2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ QUELS TYPES DE TRAVAUX OU D&amp;#039;ACHATS PEUT-ON REALISER AVEC CETTE AIDE ?
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT ÊTRE COMPRIS ENTRE 3 000 € ET 10 000€ POUR POUVOIR BÉNÉFICIER DES 40% D&amp;#039;AIDE, SOIT UN MAXIMUM DE 4000€
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT PERMETTRENT D&amp;#039;AMÉLIORER L&amp;#039;ATTRACTIVITÉ DE SON POINT DE VENTE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des vitrines (façades, éclairage, enseigne, décoration, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité du local (élargissement des portes, création d&amp;#039;une rampe, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements pour assurer la sécurité du local (normes incendie, caméra, rideau métallique, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Embellissement et modernisation du local (sols, plafonds, cloisons, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements d&amp;#039;économie d&amp;#039;énergies (isolation, éclairage, chauffage, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements matériels : matériels professionnels spécifiques, équipements informatiques et numériques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aménagement des terrasses et l&amp;#039;achat de mobilier extérieur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT ÊTRE CONFORMES AUX NORMES ERP ET AUX PRESCRIPTIONS DES RÈGLEMENTS D&amp;#039;URBANISME
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>La Voulte-sur-Rhône</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://lavoultesurrhone.fr/fr/</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mairie de La Voulte-sur-Rhône : streiber&amp;#64;lavoulte.fr -  04 75 62 40 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>streiber@lavoulte.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2271-aider-les-commercants-et-artisans-a-ameliorer/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>162296</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Proposer aux maires des communes concernées et aux professionnels de santé une palette de dispositifs, d’aides et d’outils</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Kit déserts médicaux</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour proposer aux maires des communes concernées et aux professionnels de santé une palette de dispositifs, d’aides et d’outils, articulés autour de quatre volets d’intervention complémentaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de l’installation des professionnels de santé et des maisons de santé pluriprofessionnelles régionales;&lt;/li&gt; 	&lt;li&gt;de l’accueil d’étudiants en médecine générale dans les territoires ;&lt;/li&gt; 	&lt;li&gt;du déploiement de la télémédecine ;&lt;/li&gt; 	&lt;li&gt;d’une meilleure accessibilité aux soins d’urgence.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Face à la progression des déserts médicaux, qui n’épargne aujourd’hui aucune région française, l’exécutif régional souhaite donner une ambition nouvelle à sa politique de santé en s’engageant dans une démarche d’aménagement solidaire des territoires en matière d’accès aux soins qui va s’appuyer sur un nouveau cadre d’intervention.&lt;/p&gt; &lt;p&gt;Maires des communes concernées et aux professionnels de santé.&lt;/p&gt; &lt;p&gt;Chacun de ces volets représente un levier de lutte contre la désertification médicale. Leur mobilisation associe l’agence régionale de santé, les professionnels et les établissements de santé, ainsi que les élus des collectivités territoriales et des établissements publics de coopération intercommunale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P171" s="1" t="inlineStr">
+        <is>
+          <t>08/01/2020</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/kit-deserts-medicaux</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/kit-deserts-medicaux/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>163580</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les commerces et services du quotidien présents dans les centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes La Rochefoucauld Porte du Périgord</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I172" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;activité économique des centres-bourgs des communes appartenant au territoire La Rochefoucauld Porte du Périgord ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers destinés au maintien d’un ou plusieurs derniers commerces de proximité de première nécessité non concurrentiels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets de centre-bourg situés : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans les périmètres ORT (Opération de Revitalisation de Territoire) pour les communes de La Rochefoucauld-en-Angoumois et Montbron ;&lt;/li&gt;&lt;li&gt;Selon la cartographie des centres-bourgs pour les autres communes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité des projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accueillir des entreprises artisanales, commerciales ou de service ;&lt;/li&gt;&lt;li&gt;Produire et commercialiser des biens ou des services sur le zonage défini ;&lt;/li&gt;&lt;li&gt;Investissements participant à la transition écologique : consommation énergétique du bâtiment, développement des énergies renouvelables, optimisation de la gestion des déchets, valorisation de l’économie circulaire, préservation de la ressource en eau…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Obligations légales et administratives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les projets de travaux et d’aménagement, fournir l’autorisation de travaux ou le permis de construire ;&lt;/li&gt;&lt;li&gt;Adhérer aux services du Conseiller Énergie Partagée (CEP) de la Communauté de Communes et réaliser un audit énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité temporelle des dépenses :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses présentées doivent respecter la règlementation européenne et nationale des aides d’Etat&lt;/li&gt;&lt;li&gt;Tout commencement d’exécution avant le dépôt de la demande d’aide est susceptible de rendre tout ou partie du projet inéligible ;&lt;/li&gt;&lt;li&gt;Aucun dossier ne peut être déposé après l’achèvement matériel de l’opération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Un seul dossier de demande d’aide peut être déposé par commune tous les deux ans.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>CC La Rochefoucauld porte du Périgord</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.rochefoucauld-perigord.fr/</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service développement économique de la Communauté de Communes&lt;/p&gt;&lt;p&gt;07 62 66 69 46 / &lt;a target="_self"&gt;economie&amp;#64;rochefoucauld-perigord.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>economie@rochefoucauld-perigord.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daide-aux-commerces-et-services-du-quotidien-presents-dans-les-centres-bourgs/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>19926</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de résidences-association dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J173" s="1" t="inlineStr">
+        <is>
+          <t>Ne peut excéder 50 % des dépenses éligibles du budget de la résidence-association dans la limite d'u</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets de résidence-association soutenus par la Région doivent permettre de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en réseau et développer des dynamiques de coopération entre opérateurs de différentes échelles et de différents territoires, favorisant des logiques collectives inédites ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer les conditions de travail des équipes artistiques professionnelles indépendantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégrer les projets de création dans les réseaux professionnels afin d&amp;#039;en garantir la viabilité et la visibilité, grâce à la mutualisation des moyens de coproductions et au renforcement de la diffusion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibiliser les publics de proximité au processus de création, par le biais d&amp;#039;actions culturelles et de la confrontation aux œuvres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un maillage équilibré du territoire régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide concerne un projet associant au moins 2 structures de la région Occitanie autour d&amp;#039;un projet de création de spectacle réalisé par une équipe artistique implantée en région (siège social ou activité principale en Occitanie).
+ La demande est portée par l&amp;#039;une des structures partenaires assumant le rôle de chef de file du projet. Ce rôle consiste à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  définir le cadre de travail en identifiant les besoins de l&amp;#039;équipe artistique et en prenant en compte la spécificité de chaque partenaire associé
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner et assurer la mise en cohérence des différents partenaires en présence
+ &lt;/li&gt;
+ &lt;li&gt;
+  assurer le suivi administratif et la formalisation des engagements contractuels avec les partenaires associés
+ &lt;/li&gt;
+ &lt;li&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Partenaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La structure chef de file doit présenter une stabilité structurelle : permanence de l&amp;#039;équipe administrative, professionnalisme de la gestion, projet artistique et culturel porté par la direction, programmation régulière de spectacles professionnels, locaux et moyens techniques mobilisables (plateau en ordre de marche) ;
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres structures partenaires présenteront des caractéristiques diversifiées : niveau de structuration, type de programmation, réseaux professionnels, implantation géographique, implication dans le développement culturel du territoire, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Résidence ponctuelle et non à caractère permanent (sont notamment exclues les créations portées par des artistes associés, la conduite d&amp;#039;ateliers pérennes ...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ Démarche donnant lieu à une création artistique et non pas à un simple résultat de recherche ou d&amp;#039;expérimentation ;
+&lt;/p&gt;
+&lt;p&gt;
+ Élaboration d&amp;#039;un plan de diffusion prévisionnel de :
+&lt;/p&gt;
+&lt;p&gt;
+ 3 représentations a minima, confirmées ou en négociation, dont 2 en région.
+&lt;/p&gt;
+&lt;p&gt;
+ 2 représentations a minima, confirmées ou en négociation, dont 1 en région pour les disciplines réputées d&amp;#039;accès plus difficile (danse et musique contemporaine...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ Engagement des partenaires :
+&lt;/p&gt;
+&lt;p&gt;
+ coproduction d&amp;#039;un montant global minimum de 5 000 €,
+&lt;/p&gt;
+&lt;p&gt;
+ programmation du spectacle créé (contrats de cession ou rémunération directe des artistes exigés),
+&lt;/p&gt;
+&lt;p&gt;
+ promotion dans leurs réseaux professionnels ;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien d&amp;#039;un seul projet par an pour un même chef de file ;
+&lt;/p&gt;
+&lt;p&gt;
+ Impossibilité de candidater pour 2 résidences association consécutives concernant la même équipe artistique ;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe ne peut être soutenue dans le cadre du dispositif de soutien à la création pour le même spectacle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le budget de la résidence-association doit faire apparaître de façon distincte pour chaque opérateur :
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le montant de la coproduction et / ou rémunération directe (apport en numéraire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant des frais pris en charge dans le cadre de la résidence (repas et hébergement sur la base Syndeac, transports sur la base SNCF) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant des actions culturelles organisées autour du projet de création ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le salaire du régisseur technique, le cas échéant. Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-residences-association</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional Occitanie
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements : 09, 12, 31, 32, 46, 65, 81, 82 Site de Toulouse 22, boulevard du Maréchal Juin 31 406 TOULOUSE Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements : 11, 30, 34, 48, 66 Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine Services Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7159-arts-de-la-scene-aide-aux-residences-associat/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>58576</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'enrichissement et la restauration des collections des musées et fonds patrimoniaux des bibliothèques</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Région Occitanie soutient les &amp;#34;Musées de France&amp;#34; et les bibliothèques des collectivités publiques dotées de fonds patrimoniaux dans la restauration et l&amp;#039;enrichissement de leurs collections
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif vise à favoriser la restauration et l&amp;#039;enrichissement des collections des « Musées de France » et des fonds patrimoniaux des bibliothèques d&amp;#039;Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le FRAM (Fonds Régional d&amp;#039;Acquisition pour les Musées de France),
+  &lt;/li&gt;
+  &lt;li&gt;
+   le FRAR (Fonds Régional d&amp;#039;Aide à la Restauration des collections des musées de France)
+  &lt;/li&gt;
+  &lt;li&gt;
+   et le FRRAB (Fonds Régional de Restauration et d&amp;#039;Acquisition pour les Bibliothèques) sont abondés annuellement par l&amp;#039;État et la Région.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les établissements peuvent solliciter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- au titre des « musées de France », pour les collections labellisées,
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le FRAR pour la restauration des objets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le FRAM pour l&amp;#039;achat d&amp;#039;oeuvres majeures ou remarquables ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2- au titre des bibliothèques, le FRRAB, pour les acquisitions de fonds patrimoniaux tels
+que, ouvrages anciens, incunables, lettres et manuscrits autographes, livres d&amp;#039;artistes, etc. Par ailleurs, le FRRAB peut être sollicité pour la restauration et la conservation des collections patrimoniales, ainsi que leur mise en valeur dans le cadre d&amp;#039;opérations particulièrement marquantes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires du FRAM et du FRAR sont les établissements labellisés par l&amp;#039;État « Musées de France » et ceux du FRRAB sont les bibliothèques des collectivités publiques dotées de fonds patrimoniaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de soutien au titre du FRAM, du FRAR et du FRRAB sont présentées par la personne morale propriétaire de la collection considérée : collectivités locales (ou leurs établissements publics) ou associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de financement est déterminé annuellement en fonction de l&amp;#039;enveloppe budgétaire, de la programmation et dans la limite maximale de 80% du coût de la dépense.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier et procédure
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque dossier fera l&amp;#039;objet d&amp;#039;une instruction par les services de la Région. Le dossier complet est adressé à la Région et en parallèle à l&amp;#039;Etat (DRAC) au plus tard le
+ &lt;strong&gt;
+  31 mai
+ &lt;/strong&gt;
+ , pour un examen en Comité de Gestion au début de l&amp;#039;été et une délibération du Conseil régional à la fin du 3ème trimestre.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au RGFR, la subvention régionale fait l&amp;#039;objet d&amp;#039;un versement unique, lorsqu&amp;#039;elle est inférieure ou égale à 2 000 € ou fractionné au-dessus de 2 000 €, si le porteur de projet le souhaite (un acompte d&amp;#039;un montant maximum de 70 %) et un solde.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Musée
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional est calculé en fonction du montant d&amp;#039;opération HT. Le coût TTC peut être pris en compte, si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA en fonction de l&amp;#039;opération concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les acquisitions des « musées de France » en vente publique, les frais spécifiques peuvent être retenus.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide accordée à un établissement ne peut en principe dépasser le tiers du montant annuel du FRAM, du FRAR ou du FRRAB.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;autofinancement du propriétaire ne peut être inférieur à 20% du montant HT (ou TTC si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces fonds sont destinés à soutenir en priorité les restaurations et acquisitions majeures, inaccessibles pour les établissements d&amp;#039;Occitanie sans le cofinancement de l&amp;#039;État et de la Région. Pour des opérations exceptionnelles dépassant le cadre budgétaire dédié à ces dispositifs, des mesures financières exceptionnelles pourront être étudiées par la Région en cohérence avec les fonds mis en place à cet effet par l&amp;#039;État pour les musées et les bibliothèques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Patrimoine-Soutien-a-l-enrichissement-et-a-la-restauration-des-collections-des</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Calendrier du dépôt des dossiers
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers de demande de financement, simultanément à la DRAC d&amp;#039;Occitanie et à la Région, au plus tard le 30 mai de l&amp;#039;année N pour instruction et décision avant la fin de l&amp;#039;année N.
+&lt;/p&gt;
+&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement, Restauration et Valorisation du patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 11, 30, 34, 48 et 66 :
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier :
+&lt;/p&gt;
+&lt;p&gt;
+ 201, avenue de la Pompignane
+&lt;/p&gt;
+&lt;p&gt;
+ 34 064 MONTPELLIER Cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Monique BENOIT
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 67 22 93 49
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : monique.benoit&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Anne-Françoise VOISIN
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 67 22 98 49
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : anne-francoise.voisin&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse :
+&lt;/p&gt;
+&lt;p&gt;
+ 22, boulevard du Maréchal Juin
+&lt;/p&gt;
+&lt;p&gt;
+ 31 406 TOULOUSE Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Radhia GHAZOUANI
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 05 61 39 62 09
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : radhia.ghazouani&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe MONDY
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 05 61 39 62 15
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : philippe.mondy&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5dca-patrimoine-soutien-a-lenrichissement-et-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>94984</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche et à la création dans le domaine des arts visuels</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la recherche et à la création – Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à projets vise à soutenir la recherche et la création artistique d&amp;#039;aujourd&amp;#039;hui en matière d&amp;#039;arts visuels ou toute forme relevant de ce secteur et mettant l&amp;#039;accent sur la pluridisciplinarité, à promouvoir le rayonnement de la création et de la production artistique en région et au-delà, à accompagner les filières professionnelles au travers du soutien aux projets de création.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P175" s="1" t="inlineStr">
+        <is>
+          <t>08/08/2017</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   artistes professionnels du champ des arts visuels ayant une activité régulière de création et de diffusion d&amp;#039;œuvres originales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   associations, porteurs juridiques du projet de création de l&amp;#039;artiste ou du collectif d&amp;#039;artistes, dont l&amp;#039;activité principale est la création artistique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h2&gt;
+ Projets éligibles
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour être éligible, le bénéficiaire respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être implanté en région Grand Est et y mener son activité de manière effective,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de son statut d&amp;#039;artiste professionnel – numéro Siret, inscription à la Maison des artistes ou à l&amp;#039;Agessa – ou d&amp;#039;indépendant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un projet de recherche ou de création d&amp;#039;œuvres inédites.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-a-recherche-a-creation-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0117/depot/simple</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des demandes
+ &lt;/strong&gt;
+ : 30 septembre de l&amp;#039;année n-1 (Ex: 30 septembre 2020 pour un projet se déroulant en 2021)
+&lt;/p&gt;
+&lt;p&gt;
+ Candidatures à envoyer à :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+  versements-creation&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94c6-aide-a-la-recherche-et-a-la-creation-arts-vis/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>95003</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la diffusion régionale, nationale, internationale - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la diffusion régionale, nationale, internationale - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à projets vise à soutenir la diffusion ponctuelle des créations des artistes régionaux en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion en France et à l&amp;#039;étranger, à promouvoir le rayonnement de la création et de la production artistique en région et au-delà, en partenariat avec les lieux de diffusion ayant une responsabilité essentielle dans ces domaines, à accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers de l&amp;#039;aide aux projets de diffusion.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les artistes ou les collectifs d&amp;#039;artistes professionnel sous forme associative du champ des arts visuels ayant une activité régulière de création et de diffusion d&amp;#039;œuvres originales en région Grand Est.
+&lt;/p&gt;
+&lt;h3&gt;
+ Calendrier
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt des demandes : 31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P176" s="1" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et réglementaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être implanté en région Grand Est et y mener son activité de manière effective,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de son statut d&amp;#039;artiste professionnel – numéro Siret, inscription à la Maison des artistes ou à l&amp;#039;Agessa -, ou d&amp;#039;indépendant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;un projet de diffusion en France ou à l&amp;#039;étranger accueilli par une structure professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement et de l&amp;#039;implication de la structure d&amp;#039;accueil,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépôt d&amp;#039;un seul dossier pour l&amp;#039;année civile et par bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appel-a-projets-aide-a-diffusion-regionale-nationale-internationale-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatures à envoyer à :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Demandes de paiement :
+ &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+  versements-creation&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68b3-aide-a-la-diffusion-regionale-nationale-inter/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>95032</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux et centres de ressources spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux et centres de ressources spectacle vivant et Arts visuels</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les structures professionnelles positionnées en réseaux ou en centres de ressources et qui contribuent, via l&amp;#039;animation de réseaux et des actions d&amp;#039;information, de médiation ou de formation, à l&amp;#039;accompagnement des acteurs culturels et au développement de la culture sur le territoire et en direction de tous les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités d&amp;#039;accès à la culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+Recommandation : le versement du solde de l&amp;#039;aide antérieure est demandé au plus tard à la date du dépôt du nouveau dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P177" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier du rayonnement de leur activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier de son rôle de réseau ou de centre de ressources pour les acteurs culturels et du rayonnement territorial de la structure, être en relation partenariale avec d&amp;#039;autres acteurs de la vie culturelle régionale,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ présenter un projet artistique et culturel global comprenant un ou plusieurs des volets suivants :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   veille sur un sujet déterminé du développement culturel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ingénierie, expertise, conseil aux porteurs de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conception et diffusion d&amp;#039;outils d&amp;#039;appui, d&amp;#039;études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ressources en diffusion ou en matériel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   animation, structuration de réseau,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement, appui, conseil, formation en direction d&amp;#039;artistes professionnels ou en voie de professionnalisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement des pratiques amateurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   actions culturelles en direction de publics spécifiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles adaptées à la nature du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir conventionné avec d&amp;#039;autres partenaires publics – Etat, Villes notamment – constitue un atout,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un budget global de fonctionnement de la structure sur 3 ans si le projet s&amp;#039;inscrit sur une durée de 3 ans dans le cadre d&amp;#039;une convention, sur la base de budgets prévisionnels annuels détaillés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-centres-de-ressources/</t>
+        </is>
+      </c>
+      <c r="W177" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0018/depot/simple</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc33-soutien-aux-reseaux-et-centres-de-ressources-/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>133064</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Cartographier les ouvrages d’art et estimer rapidement les besoins en rénovation</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>PrioRéno Ponts : cartographie gratuite et estimation des besoins en travaux sur vos ponts</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes un élu local, responsable des infrastructures, de la voirie ou des finances, et vous souhaitez connaître rapidement et simplement l&amp;#039;état de vos ponts et ouvrages d&amp;#039;art ? La Banque des Territoires vous propose le dispositif Prioréno Ponts.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif numérique innovant est la première étape d&amp;#039;un accompagnement complet à la rénovation de vos ponts. Il permet de cartographier vos ouvrages d&amp;#039;art (nombre, caractéristiques techniques, sécurité, etc.) et de disposer d&amp;#039;une pré-qualification indicative des études à lancer en priorité. Il est basé sur la solution Infrasim, proposée par la société Oxand, dont l&amp;#039;expertise en la matière est reconnue.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes en capacité de générer un rapport détaillé de vos ouvrages d&amp;#039;art, permettant une vision globale de votre parc ainsi qu&amp;#039;une projection des coûts de maintenance sur le patrimoine. Vous pouvez ensuite bénéficier d&amp;#039;un accompagnement personnalisé de la Banque des Territoires pour élaborer votre programme de rénovation, avec du cofinancement d&amp;#039;études en ingénierie, puis des offres de financement adaptées. Découvrez le service Prioréno Ponts en vidéo à cette adresse : https://youtu.be/uWb_FDRX1Cc
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction
+Architecture</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T178" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux/prioreno-ponts?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=prioreno_ponts_psat</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c360-cartographier-vos-ouvrages-dart-avec-prioreno/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>135555</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la présence de grandes expositions dans les sites emblématiques du Département</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux grandes expositions</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J179" s="1" t="inlineStr">
+        <is>
+          <t>10% du budget de l exposition avec un plafond d aide maximum de 30.000€</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la diffusion de grandes expositions dans les sites emblématiques du département ; mettre en place des actions en direction des publics cibles identifiés par le Département ; permettre aux publics d&amp;#039;accéder sur différents territoires à une offre culturelle diversifiée structurée et adaptée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA)&lt;/li&gt;&lt;li&gt;Délibération (EPCI / Communes)&lt;/li&gt;&lt;li&gt;Description du projet&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ permanente&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention EN FONCTIONNEMENT : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;br /&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exposition Dubuffet à l&amp;#039;hôtel du Doyenné de Brioude ou Japon au musée Crozatier du Puy en Velay en 2025.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 3 types d&amp;#039;expositions distinguées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  grandes expositions à budget minimum de 100 000 euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  expositions intermédiaires à budget compris entre 50 000 et 100 000 euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  expositions découvertes à budget minimum de 20 000 euros.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutes doivent disposer d&amp;#039;un service des publics et/ou éducatif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - &lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;culture.patrimoine&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 43 76&lt;/p&gt;&lt;p&gt;Gestionnaire : Angélique LAFABRIE RAMONA - angelique.lafabrie&lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;&amp;#64;hauteloire.fr&lt;/a&gt;  - 04 71 07 40 85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8edf-aider-aux-grandes-expositions/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>142698</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Évaluer et atténuer la vulnérabilité sismique de votre patrimoine d'ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cadre national d&amp;#039;Actions pour la Prévention du Risque Sismique (CAPRiS) appelle les gestionnaires territoriaux à réduire la vulnérabilité de leur patrimoine, seul levier pour atténuer l&amp;#039;impact du risque sismique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation, suivie d&amp;#039;opérations ciblées de réduction de cette vulnérabilité, améliore la résilience de vos infrastructures vis-à-vis de l&amp;#039;aléa sismique, tout en en maîtrisant le coût.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour prioriser les ouvrages à diagnostiquer, définir et mettre en œuvre des techniques de renforcement adaptées aux enjeux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment évaluer le niveau d&amp;#039;exposition et de vulnérabilité de vos ouvrages vis-à-vis de l&amp;#039;aléa sismique ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels ouvrages diagnostiquer et renforcer en priorité ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quel niveau de performance viser et à quel coût ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions techniques mettre en œuvre et comment les justifier ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études de risque sismique à l&amp;#039;échelle globale de votre patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation préliminaire de la sensibilité des ouvrages par calcul d&amp;#039;indices de vulnérabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quantification des aléas (vibrations, risques gravitaires, liquéfaction du sol, effondrement de bâtiments sur les routes...) et évaluation de la réponse (ou risque d&amp;#039;effondrement) des ouvrages pour différents scénarios sismiques prédéfinis
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cartographie des risques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des ouvrages à diagnostiquer et à renforcer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de scénarios sismiques pour la préparation à la gestion de crises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui opérationnel au gestionnaire sur les ouvrages critiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cadrage et suivi des opérations de diagnostic et d&amp;#039;avant-projets de renforcement sismiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de solutions techniques économiquement raisonnables et adaptées aux enjeux, analyse multicritères
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision, conseil et expertise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibiliser et former vos équipes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation au contexte normatif et réglementaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acculturation aux guides et outils méthodologiques développés par le Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montage et pilotage de plans de formations ou journées techniques sur-mesure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de sessions et clubs d&amp;#039;experts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un pôle de référence sismique dédié, mettant à profit :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise neutre et indépendante reconnue nationalement (dont Commission de Normalisation ParaSismique, Association Française de Génie ParaSismique) et internationalement (dont Commission Européenne de Normalisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des compétences pluridisciplinaires : modélisation et calcul dynamique des structures, géotechnique parasismique, sismologie, caractérisation dynamique des ouvrages et des sols par méthodes instrumentales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une participation active à l&amp;#039;élaboration des normes et règles parasismiques européennes et nationales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un réseau d&amp;#039;expert OA territorialisé assurant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un relais au plus près de votre patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation de la profession (clubs métiers)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Nice Côte d&amp;#039;Azur et Conseil Départemental des Alpes-Maritimes
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Évaluation de la tenue au séisme des ouvrages d&amp;#039;art essentiels à la gestion de crise pour la métropole de Nice et le conseil départemental 06
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ESCOTA et VINCI Autoroutes
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Assistance à Maîtrise d&amp;#039;Ouvrage pour l&amp;#039;évaluation du risque sismique sur un itinéraire prioritaire d&amp;#039;accès des secours à Nice
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conseil Départemental de Loire Atlantique
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Diagnostic de vulnérabilité sismique du Pont de Saint-Nazaire</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Equipement public
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluer-attenuer-vulnerabilite-sismique-votre-patrimoine</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c14d-evaluer-et-attenuer-la-vulnerabilite-sismique/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>142835</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Contrôler et suivre la mise en oeuvre des matériaux des ouvrages d’art</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez assurer la qualité et la pérennité d&amp;#039;un ouvrage d&amp;#039;art lors de sa construction ou de sa réhabilitation et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue pour assurer le contrôle et le suivi de la mise en œuvre des matériaux béton et métalliques sur les ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne sur cette problématique en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance technique au maitre d&amp;#039;œuvre et/ou l&amp;#039;entreprise de réalisation avec participation aux levées de points d&amp;#039;arrêt réglementaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérification des caractéristiques des produits béton mis en œuvre (certification COFRAC) : contrôle des aciers dans le ferraillage, Contrôle de la consistance, de l&amp;#039;air occlus et des résistances à la compression et à la traction des bétons ; vérification de l&amp;#039;intégrité des fondations profondes par auscultation sonique, suivi de la mise en tension des câbles de précontrainte, contrôle de l&amp;#039;état de surface du tablier et de la mise en œuvre du complexe d&amp;#039;étanchéité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle du coulage des bétons ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit des centrales à béton NF BPE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérification des caractéristiques des produits métalliques mis en œuvre : Contrôle des approvisionnements en matière première, contrôle des découpes, contrôle des assemblages (soudures, boulons, rivets), montage à blanc en atelier, préparation de l&amp;#039;état de surface (sablage), application de la protection anticorrosion.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/controle-suivi-materiaux-ouvrages-art</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f79-controler-et-suivre-la-mise-en-oeuvre-des-mat/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>143345</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des certification et audits pour les ouvrages d’arts et infrastructures de transport</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Certification et audits pour les ouvrages d’arts et infrastructures de transport</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation d&amp;#039;audits et essais pour le marquage et la certification NF ou CE de produits et procédés de construction est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pour attester la conformité des produits aux différentes normes et certifications en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans les activités de certification et d&amp;#039;audits pour les ouvrages d&amp;#039;arts et infrastructures de transport en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités de certification de matériaux / produits et d&amp;#039;entreprises pour la marque NF et les autres marques comprennent à la fois :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des audits (audits initiaux et de surveillance) des sites/usines de production et lors de la mise en œuvre des procédés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des prestations d&amp;#039;essais (essais mécaniques et analyses chimiques) en laboratoire sur ces matériaux/produits.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Activité d&amp;#039;audits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marquage CE Enrobés bitumineux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marquage CE Granulats ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marquage CE « Kits de protection contre les chutes de blocs » ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF BPE : Centrale de béton prêt à l&amp;#039;emploi ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF Acier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF AFCAB : Aciéries, Armaturiers et fabricants de DRAAB (audits des fabricants et de la pose des armatures) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF030 et marquage CE : Produits spéciaux destinés aux constructions en béton hydraulique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF058 ASCQUER et marquage CE : Équipements de la Route ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certification ASQPE : Armatures et procédés de précontrainte (mise en œuvre des procédés) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certification ACQPA : Systèmes de peintures anticorrosion et peintures Marine Nationale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Activité d&amp;#039;essais et analyses chimiques (AC) en laboratoire :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur béton pour la marque NF BPE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur aciers, coupleurs et armatures pour la marque NF AFCAB ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les produits spéciaux destinés aux constructions en béton hydraulique pour la marque NF030 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les équipements de la Route pour la marque NF058 ASCQUER ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les adjuvants pour bétons - produits de cure pour la marque NF085 CERIB ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les dispositifs avertisseurs pour la marque NF113 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur peintures anticorrosion pour la marque ACQPA ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les granulats pour le marquage CE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema est certifié ISO 9001 et est accrédité COFRAC pour les essais sur béton, mortiers et adjuvants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/certification-audits-ouvrages-arts-infrastructures-transport</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d982-certification-et-audits-pour-les-ouvrages-dar/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>150675</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Financer la restauration et la conservation préventive des collections des musées de France (FRAR)</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et la conservation préventive des collections des musées de France (FRAR)</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F183" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I183" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etudier l&amp;#039;état des collections et leurs conditions de conservation, œuvrer à la conservation et à la restauration des œuvres de leurs fonds sont des enjeux majeurs pour les musées bénéficiant de l&amp;#039;appellation musée de France. Le ministère de la Culture soutient les propriétaires et gestionnaires qui aident leurs musées à conserver et protéger leurs collections, par le biais des Fonds régionaux d&amp;#039;aide à la restauration (FRAR).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le Fonds régional d&amp;#039;aide à la restauration pour les musées (FRAR) ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créés en 2000 à l&amp;#039;initiative du ministère de la Culture, dans le cadre de la politique globale de décentralisation, les Fonds régionaux d&amp;#039;aide à la restauration pour les musées (FRAR) sont des dispositifs d&amp;#039;accompagnement financés par l&amp;#039;État (Direction régionale des affaires culturelles) et le Conseil régional. Ils sont à destination des musées détenant l&amp;#039;appellation musée de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce fonds a pour vocation d&amp;#039;aider une collectivité territoriale ou une association à financer des opérations de restauration ou de conservation préventive d&amp;#039;œuvres d&amp;#039;art ou d&amp;#039;objets afin de protéger leurs collections, et dont le coût ne permettrait pas la réalisation sans aide extérieure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Préserver les collections des Musées de France
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collections des musées sont en permanence soumises à des contraintes et des agressions (humidité, poussière, choc, chaleur, infestation, etc.) mettant en péril leur intégrité voire pouvant mener à leur destruction. Prévenir ces risques, intervenir sur leurs conséquences constitue une des missions fondamentales des musées de France. Le dispositif permet d&amp;#039;accompagner ces établissements dans leur perspective de conservation et de prévention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Renforcer l&amp;#039;attractivité touristique et culturelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FRAR permet de soutenir les collectivités et les associations dans la préservation des collections des musées et dans leurs projets de restauration d&amp;#039;œuvres majeures, remarquables ou significatives, menacées. L&amp;#039;entretien des collections assure leur préservation pour les générations futures tout en permettant de les rendre accessibles aux publics dans les meilleures conditions possibles de lisibilité. Ces actions permettent également de collaborer avec des spécialistes, restaurateur et préventistes, habilités à intervenir sur les collections musée de France et ainsi développer un tissu économique de haute technicité sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est le coût de restauration HT d&amp;#039;une œuvre ou d&amp;#039;un lot d&amp;#039;œuvres qui est éligible touchant à toutes les techniques (peinture, gravure, dessin, sculpture, photographies, etc.), tous les domaines (beaux-arts, archéologie, mode, design, histoire, histoire naturelle, ethnographie, etc.) et toutes périodes (de la préhistoire à l&amp;#039;art contemporain).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le co-financement Etat/région intervient sous la forme d&amp;#039;une subvention d&amp;#039;investissement attribuée aux institutions propriétaires ou gestionnaires des musées.
+&lt;/p&gt;
+&lt;p&gt;
+ Il ne peut excéder 80% du coût total de l&amp;#039;opération de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après la tenue du comité FRAR, si le dossier reçoit un avis favorable, la subvention est adressée à l&amp;#039;acquéreur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité FRAR, co-présidé par des représentants de l&amp;#039;État et du Conseil régional, est composé de conservateurs, d&amp;#039;attachés de conservation du patrimoine et de personnalités qualifiées. Sont examinés la pertinence d&amp;#039;une aide à la restauration et le montant de subventionnement, l&amp;#039;aspect scientifique ayant été validé en commission scientifique régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité FRAR se réunit une fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rendez-vous sur le site du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez pour connaître le calendrier de chaque région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements
+  &lt;/li&gt;
+  &lt;li&gt;
+   EPCI à fiscalité propre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Régions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une aide est conditionnée par plusieurs critères :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   S&amp;#039;agissant d&amp;#039;opération touchant à la matérialité d&amp;#039;objet de collection &amp;#34;musée de France&amp;#34;, le projet de restauration doit avoir reçu au préalable un avis favorable de la Commission scientifique régionale pour les restaurations (format plénier ou délégation permanente) dans les 12 mois précédant la date du comité FRAR. La commission apprécie la pertinence des objectifs du projet, celle du cahier des charges scientifique et technique établi par le responsable scientifique, la conformité des propositions du restaurateur au cahier des charges, la prise en compte de la conservation préventive dans la politique générale du musée, l&amp;#039;analyse des moyens proposés par le restaurateur ou le prestataire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;intervention revêt une importance majeure pour la sauvegarde de l&amp;#039;objet et la préservation du patrimoine local et régional.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont donc pas éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les dossiers n&amp;#039;ayant pas reçu d&amp;#039;avis favorable en Commission scientifique régionale d&amp;#039;acquisition (format plénier ou délégation permanente).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dossiers n&amp;#039;ayant pas reçu d&amp;#039;avis favorable en Commission scientifique régionale de restauration (format plénier ou délégation permanente).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dossiers présentés en commission plus de douze mois avant la date du comité FRAR.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-la-restauration-et-la-conservation-preventive-des-collections-des-musees-de-france-frar</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les FRAM, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980d-aide-a-la-restauration-et-la-conservation-pre/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="K69" s="1" t="inlineStr">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>162467</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F184" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
-[...17 lines deleted...]
- . Destinées en priorité aux élèves scolarisés en éducation prioritaire ou en quartiers prioritaires politique de la ville (QPV), aux collégiens et lycéens de zone rurale et isolée et aux lycéens professionnels, elles ont pour objectif de lutter contre l&amp;#039;autocensure, de susciter l&amp;#039;ambition scolaire des élèves par un continuum d&amp;#039;accompagnement de la classe de 4e au lycée et jusqu&amp;#039;à l&amp;#039;enseignement supérieur. Cet accompagnement continu et progressif en amont des choix d&amp;#039;orientation est à même de donner à chacun les moyens de sa réussite dans la construction de son parcours, que ce soit vers la poursuite d&amp;#039;études ou l&amp;#039;insertion professionnelle.
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides au fonctionnement ou au projet ont comme objectif de soutenir la diversité des esthétiques, des expressions, des formes et des formats dans le champ des arts visuels, du théâtre, de la marionnette, des arts du cirque et de la rue, de la danse et de musique. Les services déconcentrés ou centraux du ministère de la culture apportent ainsi une aide au fonctionnement à des structures ou une aide à des projets spécifiques de création et de diffusion artistiques. &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;aide au projet ou au fonctionnement, spectacle vivant et arts visuels ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Selon les dispositifs et types d’aides, l’instruction de la demande est réalisée à partir de formulaires différents.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention, chaque dispositif a un calendrier propre, qui peut être différent selon les régions. &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels</t>
+        </is>
+      </c>
+      <c r="W184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_creation-artistique-2024</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question, vous êtes invités à vous adresser aux conseillers arts visuels et spectacle vivant de votre Direction régionale aux affaires culturelles (DRAC). Ils sont les interlocuteurs privilégiés des acteurs culturels et des porteurs de projet en&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>120876</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Programmes de devoir de mémoire avec le Musée de la Grande Guerre du Pays de Meaux</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Programme "Devoir de mémoire sur la 1ère guerre mondiale" Musée de la Grande Guerre du Pays de Meaux</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Programme de sensibilisation à l&amp;#039;histoire de la 1ère guerre mondiale pour les lycéens franciliens avec le Musée de la Grande Guerre du Pays de Meaux
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Lieu où se déroule l&amp;#039;action : Au Musée de la Grande Guerre du pays de Meaux ou dans le lycée
+Attention : Le transport aller-retour des jeunes de la Région Île-de-France au Musée de Meaux reste à la charge des établissements.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Le programme se décompose en deux temps :
+ &lt;/span&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Une cordée repose sur le partenariat entre une « tête de cordée » qui peut être un établissement d&amp;#039;enseignement supérieur (grandes écoles, universités, IUT) ou un lycée avec des CPGE ou des STS et des établissements dits « encordés » (collèges et lycées de la voie générale, technologique ou professionnelle).
+ &lt;ul&gt;
+  &lt;li&gt;
+   ACTION I : accueil des équipes pédagogiques (chefs d&amp;#039;établissement, documentalistes, enseignants) pour une sensibilisation axée sur les outils éducatifs du musée. Ces rencontres permettent de préparer la venue des élèves au musée (ACTION II).
+  &lt;/li&gt;
+  &lt;li&gt;
+   ACTION II : accueil des lycéens franciliens au Musée de Meaux pour aborder l&amp;#039;histoire de la Première Guerre mondiale et la manière dont celle-ci a fait basculer le monde dans la modernité en prenant part aux activités suivantes :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Visite guidée thématique : Durée 2H (entrée du musée valable pour la journée)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Visite guidée thématique et atelier : Durée : 2 X 2H (entrée du musée valable pour la journée)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Visite guidée thématique &amp;#43; Circuit des champs de batailles : Durée : 2 X 2H (entrée du musée valable pour la journée)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Visite guidée à distance : Durée 1h30 (visite depuis la classe via Skype)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...7 lines deleted...]
-&lt;p&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-[...9 lines deleted...]
-&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Education et renforcement des compétences
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P185" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2025</t>
+        </is>
+      </c>
+      <c r="Q185" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Lycées publics ou privés (sous-contrat) franciliens
+ &lt;/span&gt;
+ &lt;span&gt;
+  Gratuité de l&amp;#039;action pour les lycées franciliens 
+Subvention régionale pour les lycéens : 14 345 €
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/programme-devoir-de-memoire-sur-la-1ere-guerre-mondiale-musee-de-la-grande-guerre-du-pays-de-meaux</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Email :
+  &lt;/span&gt;
+  &lt;a href="mailto:reservation.museedelagrandeguerre&amp;#64;meaux.fr"&gt;
+   &lt;span&gt;
+    reservation.museedelagrandeguerre&amp;#64;meaux.fr
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Numéro de téléphone : 01 60 32 10 45
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3d0-programmes-de-devoir-de-memoire-avec-le-musee/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>120281</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet de développement de l'Education aux Arts et à la Culture (EAC)</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Projet de développement de l'Education aux Arts et à la Culture (EAC)</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   OPÉRATIONS CONCERNÉES
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une stratégie de développement de l&amp;#039;Education aux Arts et à la Culture à l&amp;#039;échelle des territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre d&amp;#039;actions d&amp;#039;éducation aux arts et à la culture dans les domaines du spectacle vivant, de la musique, des arts plastiques, du cinéma, de la lecture,...à destination des publics jeunes, des publics spécifiques (personnes âgés, en situation de handicap), habitants de territoires ruraux éloignés de l&amp;#039;offre culturelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le contexte réglementaire et la politique départementale et nationale de l&amp;#039;éducation aux arts et à la culture
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement à la définition d&amp;#039;un projet territorial d&amp;#039;éducation aux arts et à la culture, si nécessaire aide à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;un diagnostic EAC et accompagnement au choix du prestataire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;identification des acteurs culturels en présence sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Orientation vers les partenaires institutionnels potentiels (Etat – Région – Education nationale...) et les dispositifs techniques et financiers mobilisables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à la construction de l&amp;#039;offre d&amp;#039;éducation aux arts et à la culture d&amp;#039;un territoire (Mise en complémentarité et maillage territoriale des acteurs et des projets).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide ponctuelle au montage d&amp;#039;une action spécifique ( définition de l&amp;#039;action à conduire – expertise technique et méthodologie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en matériel scénique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Si nécessaire accompagnement à la rédaction d&amp;#039;une convention avec les partenaires institutionnels.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Education et renforcement des compétences
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/projet-developpement-education-aux-arts-et-culture/</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction culture et patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement culturel
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;ladrome.fr"&gt;
+  culture&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0475 79 26 01
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ced5-projet-de-developpement-de-leducation-aux-art/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>120322</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir et réparer la voirie et les ouvrages d’art sur réseau routier communal</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Entretien et réparation de voirie et d’ouvrages d’art sur réseau routier communal</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur la réglementation, les enjeux, les procédures
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à la programmation des travaux de voirie (recensement des travaux, analyse des contraintes techniques et environnementales, définition des procédures administratives à suivre, priorisation, chiffrage sommaire et échéancier de réalisation des travaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance pour le diagnostic préalable des désordres sur ouvrages d&amp;#039;art (rédaction du dossier de consultation des experts, analyse des offres, gestion des marchés d&amp;#039;expertise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance pour le choix d&amp;#039;un maître d&amp;#039;oeuvre (rédaction du dossier de consultation, analyse des offres, gestion du marché)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la validation des études réalisées par le maître d&amp;#039;oeuvre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Prestations définies selon la loi MOP :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude préliminaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la passation du contrat de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visa des plans d&amp;#039;exécution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Direction de l&amp;#039;exécution des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ordonnancement, pilotage et coordination des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance aux opérations de réception des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans le cadre d&amp;#039;un programme d&amp;#039;entretien régulier ou à la suite de désordres événementiels :
+ &lt;/span&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-[...7 lines deleted...]
- &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   travaux de réfection ou de réparation de chaussée (renouvellement des enduits superficiels, enrobés, coulis...) ou d‘ouvrages d&amp;#039;art, ainsi que les travaux préparatoires éventuellement nécessaires
+  &lt;/li&gt;
+  &lt;li&gt;
+   travaux de remise en état à l&amp;#039;identique de chaussée ou d&amp;#039;ouvrages d&amp;#039;art suite à un sinistre
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;br /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;span&gt;
+   Critères d&amp;#039;éligibilité des communes :
+  &lt;/span&gt;
+  &lt;br /&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage : population inférieure à 5000 habitants
+   &lt;/li&gt;
+   &lt;li&gt;
+    pour la maîtrise d&amp;#039;œuvre : population inférieure à 2000 habitants et montant de travaux inférieur à 150 k€ par an
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/entretien-et-reparation-de-voirie-et-douvrages-dart-sur-reseau-routier-communal/</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Département de la Drôme – Service études et travaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Secrétariat 04 75 75 92 27 •
+   &lt;a href="mailto:gyounsi&amp;#64;ladrome.fr"&gt;
+    gyounsi&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.ladrome.fr/"&gt;
+    www.ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9e35-entretien-et-reparation-de-voirie-et-douvrage/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>142212</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités territoriales qui ont signé la convention Ville ou Pays d'art et d’histoire</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux collectivités territoriales qui ont signé la convention Ville ou Pays d'art et d’histoire</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I188" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &amp;#34;Villes ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; est un label attribué par le ministère de la Culture aux collectivités qui s&amp;#039;engagent dans une politique active de qualité du patrimoine, de l&amp;#039;architecture et du cadre de vie sur l&amp;#039;ensemble de leur territoire. La labellisation ouvre droit à l&amp;#039;attribution d&amp;#039;une subvention lorsque les porteurs de projet en font la demande pour l&amp;#039;aménagement d&amp;#039;un centre de ressources et de partage des informations relatives à l&amp;#039;évolution du territoire, à son histoire et à ses richesses culturelles, patrimoniales et architecturales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 1985, le label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; est attribué à des territoires qui s&amp;#039;engagent à s&amp;#039;appuyer sur leurs ressources culturelles, patrimoniales et architecturales pour aménager leur territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le terme de patrimoine doit être entendu dans son acception la plus large, puisqu&amp;#039;il concerne aussi bien l&amp;#039;ensemble du patrimoine bâti que les patrimoines naturel, industriel, maritime, technique ainsi que la mémoire des habitants.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la Culture accompagne les collectivités tout au long de leur démarche de &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;. Une convention, renégociable tous les dix ans, est signée entre le territoire labellisé et l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle engage la collectivité à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  recruter un animateur de l&amp;#039;architecture et du patrimoine en charge de la mise en œuvre de la convention
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser le patrimoine et promouvoir la création et la qualité architecturale
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer une politique des publics : sensibilisation des habitants et de tous les professionnels à leur environnement architectural et paysager, initiation du public jeune à l&amp;#039;architecture et au patrimoine, accueil du public touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en place un Centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine (CIAP) qui présente de manière didactique l&amp;#039;architecture et le patrimoine de la ville ou du pays. Il constitue un véritable lieu d&amp;#039;accueil des visiteurs, de ressources et de débat pour les habitants et pour les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce label engage les collectivités à mettre en œuvre une
+ &lt;strong&gt;
+  politique active en matière de valorisation du patrimoine et de qualité architecturale
+ &lt;/strong&gt;
+ et présente de nombreux avantages. Il permet ainsi aux territoires labellisés de gagner en visibilité, de rejoindre le réseau national des Villes ou Pays d&amp;#039;art et d&amp;#039;histoire et de bénéficier de l&amp;#039;expertise du ministère de la Culture dans plusieurs domaines, notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la création et la qualité architecturale
+ &lt;/li&gt;
+ &lt;li&gt;
+  la conservation et la restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  les expositions et programmes culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  la médiation écrite, humaine, numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éducation artistique et culturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accueil des publics en situation de handicap
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;édition
+ &lt;/li&gt;
+ &lt;li&gt;
+  la professionnalisation du secteur en ouvrant le droit d&amp;#039;accès aux formations dispensées par les services du ministère de la Culture : une formation &amp;#34;prise de poste&amp;#34; et un séminaire annuel de formation à l&amp;#039;attention des animateurs de l&amp;#039;architecture et du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les collectivités territoriales avec lesquelles l&amp;#039;État a signé une convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; peuvent également bénéficier d&amp;#039;une
+ &lt;strong&gt;
+  aide financière
+ &lt;/strong&gt;
+ pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le salaire d&amp;#039;un animateur de l&amp;#039;architecture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;étude de scénographie du centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine (CIAP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents de communication chartés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les actions pédagogiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous souhaitez en savoir plus sur le label Ville ou Pays d&amp;#039;art et d&amp;#039;histoire ? Rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Aides-demarches/Protections-labels-et-appellations/Label-Ville-et-Pays-d-art-et-d-histoire" rel="noopener" target="_blank"&gt;
+  En savoir plus sur le label
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Montant de la subvention
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;. La subvention représente 50% du montant total de la dépense affectée au projet, dans la mesure du possible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À savoir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  100 000€ maximum pour la scénographie des centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  50% du salaire de l&amp;#039;animateur de l&amp;#039;architecture et du patrimoine dans la limite de 20 000€ pendant 3 ans
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Modalités d&amp;#039;attribution de la subvention
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois sur la base d&amp;#039;une demande annuelle et d&amp;#039;un compte d&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : janvier 2023.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 15 octobre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  PAYS D&amp;#039;ART ET D&amp;#039;HISTOIRE DE MOULINS COMM UNAUTÉ
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le 7 janvier 2021 a été signée la nouvelle convention du label Pays d&amp;#039;art et d&amp;#039;histoire qui regroupe désormais 44 communes. Le territoire du Pays d&amp;#039;art et d&amp;#039;histoire s&amp;#039;étend au périmètre de la communauté d&amp;#039;agglomération de Moulins Communauté, regroupant 65 000 habitants sur un territoire de 1 336 km 2 . Il associe trois types de paysage : le Bocage à l&amp;#039;ouest, la Sologne bourbonnaise à l&amp;#039;est, reliés par le Val d&amp;#039;Allier où coule l&amp;#039;une des dernières rivières sauvages d&amp;#039;Europe. Le projet de Pays d&amp;#039;art et d&amp;#039;histoire s&amp;#039;inscrit pleinement dans la stratégie de la collectivité qui souhaite désenclaver le territoire tout en le rendant plus attractif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TROYES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3 mars 2022 , le label &amp;#34;Ville d&amp;#039;art et d&amp;#039;histoire&amp;#34; a officiellement été renouvelé à la ville de Troyes pour la décennie 2022-2032. 15 Villes et Pays d&amp;#039;art et d&amp;#039;histoire sont labellisés dans le Grand Est sur un total de 206 en France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  REIMS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La nouvelle convention du label &amp;#34;Ville et pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; a été signée le 29 juin 2021, permettant de confirmer la place de Reims parmi les territoires labellisés sur le Grand Est. La Ville de Reims Ouvre une nouvelle fenêtre est labellisée Ville d&amp;#039;art et d&amp;#039;histoire depuis 1987 et compte deux sites classés UNESCO.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O69" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Architecture</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales ayant signé la convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; peuvent faire une demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour garantir l&amp;#039;attribution de la subvention, il est conseillé de prendre contact préalablement avec les services déconcentrés du ministère de la Culture dans votre région afin de vérifier que votre demande est compatible avec les objectifs du label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités n&amp;#039;étant pas labellisées &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; ne sont pas autorisées à faire une demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses de fonctionnement peuvent être subventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses d&amp;#039;investissement concernant la scénographie des centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine peuvent être subventionnées par le ministère de la Culture.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T188" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
-[...11 lines deleted...]
-&lt;/p&gt;
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-aux-collectivites-territoriales-qui-ont-signe-la-convention-ville-ou-pays-d-art-et-d-histoire</t>
+        </is>
+      </c>
+      <c r="W188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DGPA &amp;gt; Bureau de la qualité architecturale et du paysage
+aide-architecture&amp;#64;culture.gouv.fr ; 01 40 15 84 08
+182 rue Saint-Honoré, 75033 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur le soutien aux collectivités territoriales qui ont signé la convention Ville ou Pays d&amp;#039;art et d&amp;#039;histoire, vous êtes invités à vous adresser au service déconcentré du ministère de la Culture dans votre région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Aix-Marseille	Valérie	GUIDARINI	valerie.guidarini&amp;#64;ac-aix-marseille.fr
-[...125 lines deleted...]
-      <c r="AA69" s="1" t="inlineStr">
+  Départements 01, 07, 26, 38, 42, 69, métropole de Lyon, 73, 74 :
+  &lt;a href="mailto:gilles.soubigou&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   gilles.soubigou&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements 03, 15, 43, 63 :
+  &lt;a href="mailto:claire.raflin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   claire.raflin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clermont-Ferrand :
+  &lt;a href="mailto:dorothee.lanno&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   dorothee.lanno&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dijon :
+  &lt;a href="mailto:gael.tournemolle&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   gael.tournemolle&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 80 68 50 78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Besançon :
+  &lt;a href="mailto:stephane.aubertin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   stephane.aubertin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 81 65 72 40
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:xavier.de-saint-chamas&amp;#64;culture.gouv.fr"&gt;
+   xavier.de-saint-chamas&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:sylvie.marchant&amp;#64;culture.gouv.fr"&gt;
+   sylvie.marchant&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:eleonore.bozzi&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   eleonore.bozzi&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:irene.jornet&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   irene.jornet&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 88 15 57 03
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lille :
+  &lt;a href="mailto:colette.drean&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   colette.drean&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 28 36 61 45 ; 06 85 99 80 00
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amiens :
+  &lt;a href="mailto:sandrine.platerier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sandrine.platerier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 22 97 33 74 ; 06 31 78 75 03
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:agathe.cartier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   agathe.cartier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 28 36 61 88 ; 06 67 54 27 64
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:katya.samardzic&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   katya.samardzic&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:ariane.salmet&amp;#64;culture.gouv.fr"&gt;
+   ariane.salmet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:daniele.moureu&amp;#64;culture.gouv.fr"&gt;
+   daniele.moureu&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bordeaux :
+  &lt;a href="mailto:emmanuelle.maillet&amp;#64;culture.gouv.fr"&gt;
+   emmanuelle.maillet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (coordination régionale du Label)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poitiers :
+  &lt;a href="mailto:marie-claude.aubert&amp;#64;culture.gouv.fr"&gt;
+   marie-claude.aubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (9 départements)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Limoges :
+  &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
+   nicolas.bel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (3 départements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:nathalie.poux&amp;#64;culture.gouv.fr"&gt;
+   nathalie.poux&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:alexandra.maniere&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   alexandra.maniere&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:etienne.bartczak&amp;#64;culture.gouv.fr"&gt;
+   etienne.bartczak&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:sylvaine.leyondre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sylvaine.leyondre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:marienoelle.martial&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   marie-noelle.martial&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 90 41 14 48 ; 06 90 35 38 11
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.olive&amp;#64;culture.gouv.fr"&gt;
+   carine.olive&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.olive&amp;#64;guyane.pref.gouv.fr%20"&gt;
+   carine.olive&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.durand&amp;#64;culture.gouv.fr"&gt;
+   carine.durand&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:uap.martinique&amp;#64;culture.gouv.fr%C2%A0" rel="noopener" target="_blank"&gt;
+   uap.martinique&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:david.briot&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   david.briot&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 96 60 79 64
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;a href="mailto:dac-mayotte&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  dac-mayotte&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7339-soutien-aux-collectivites-territoriales-qui-o/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G70" s="1" t="inlineStr">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>150679</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements mobiliers et immobiliers dans les secteurs du spectacle vivant et des arts visuels</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K70" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
-[...2 lines deleted...]
- Patrimoine Aurhalpin, association régionale pour la sensibilisation et la valorisation de tous les patrimoines en Auvergne-Rhône-Alpes, a pour vocation de fédérer l&amp;#039;ensemble des acteurs du patrimoine : les associations, les professionnels, les sites patrimoniaux, les institutionnels, les collectivités territoriales et les individuels.
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la culture peut attribuer des aides à l&amp;#039;investissement, mobilier ou immobilier, à des structures de production, diffusion, enseignement spécialisé ou enseignement supérieur, des arts visuels et du spectacle vivant.
  &lt;br /&gt;
- Agissant initialement sur la région Rhône-Alpes, elle poursuit son action depuis 2016 sur l&amp;#039;ensemble du territoire de la région Auvergne-Rhône-Alpes.
-[...43 lines deleted...]
- Ils sont dotés financièrement d&amp;#039;un prix de 6000€ et d&amp;#039;une mention de 1000€ pour chaque catégorie, grâce à EDF en Auvergne-Rhône-Alpes, partenaire fondateur, par le Conseil régional Auvergne-Rhône-Alpes et par Groupama Rhône-Alpes Auvergne.
+ Ces aides sont notamment encadrées par le décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont attribuées dans le cadre d&amp;#039;opérations de travaux, et/ou d&amp;#039;investissements mobilier, par exemple pour des études préalables, des travaux sur les bâtiments, l&amp;#039;équipement mobilier dans le cadre de travaux de rénovation, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037106457?init&amp;#61;true&amp;amp;page&amp;#61;1&amp;amp;query&amp;#61;2018-514&amp;#43;du&amp;#43;25&amp;#43;juin&amp;#43;2018&amp;#43;&amp;amp;searchField&amp;#61;ALL&amp;amp;tab_selection&amp;#61;all" rel="noopener" target="_blank"&gt;
+  En savoir plus
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions relatives à des projets d&amp;#039;investissements peuvent être consacrées au financement des différentes phases d&amp;#039;une opération, telles que les études, la recherche et le développement, les acquisitions immobilières, les travaux de construction ou d&amp;#039;aménagement, les grosses réparations et restaurations, l&amp;#039;équipement en matériel à l&amp;#039;exclusion du simple renouvellement.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention peut financer des dépenses connexes qui concourent directement à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses doivent porter, en cas de biens mobiliers, sur des achats faisant l&amp;#039;objet d&amp;#039;immobilisation et d&amp;#039;amortissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est variable en fonction du projet, et calculé sur la base du plan de financement déposé dans le dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le processus d&amp;#039;attribution puis de versement de la subvention fait l&amp;#039;objet d&amp;#039;un encadrement par le décret n° 2018-514 du 25 juin 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ Une demande de subvention d&amp;#039;investissement est déposée, et fait l&amp;#039;objet d&amp;#039;un accusé de réception.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention : L&amp;#039;accusé de réception ne vaut pas attribution de la subvention, mais permet de démarrer le projet.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un délai de deux mois à partir de la date de réception de la demande permet à l&amp;#039;administration de juger de la recevabilité de la demande. L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de 2 mois à compter de réception de la demande de subvention vaut recevabilité de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Un autre délai de 8 mois à partir de l&amp;#039;accusé de réception court pour l&amp;#039;instruction du dossier et l&amp;#039;éventuelle décision d&amp;#039;attribution d&amp;#039;une subvention, qui fait alors l&amp;#039;objet d&amp;#039;un arrêté ou d&amp;#039;une convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de
+ &lt;strong&gt;
+  8 mois à compter de la date d&amp;#039;accusé de réception de la demande de subvention vaut refus d&amp;#039;attribution de subvention.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de décision favorable, des versements intermédiaires peuvent avoir lieu en cours de projet, sur présentation de pièces justifiant la dépense, c&amp;#039;est-à-dire des factures acquittées par le bénéficiaire de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ À la fin des travaux, le bénéficiaire doit ensuite fournir, dans un délai de 12 mois à compter de la date prévisionnelle d&amp;#039;achèvement du projet indiquée dans la convention, l&amp;#039;ensemble des factures acquittées et une attestation d&amp;#039;achèvement des travaux présentant le décompte final des dépenses et la liste des aides publiques perçues.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon région
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O70" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
-[...3 lines deleted...]
- &lt;br /&gt;
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises privées
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises publiques locales
+  &lt;/li&gt;
+  &lt;li&gt;
+   EPCI à fiscalité propre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics / Services de l&amp;#039;État
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organismes de recherche
+  &lt;/li&gt;
+  &lt;li&gt;
+   Régions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides à l&amp;#039;investissement sont destinées aux structures culturelles et d&amp;#039;enseignement déjà soutenues en fonctionnement par le ministère de la culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet ne doit pas avoir débuté au moment du dépôt de la demande. L&amp;#039;exécution peut commencer seulement après la réception par le demandeur de l&amp;#039;accusé de réception du dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets ne doivent pas faire l&amp;#039;objet d&amp;#039;une aide par l&amp;#039;ASTP (association pour le soutien du théâtre privé) ou par le CNM (centre national de la musique).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;acquisition d&amp;#039;œuvres par les FRAC font l&amp;#039;objet d&amp;#039;une démarche spécifique, avec un formulaire spécifique
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;orgues non classés font l&amp;#039;objet d&amp;#039;une démarche spécifique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
-[...12 lines deleted...]
- Patrimoine Aurhalpin : contact&amp;#64;patrimoineaurhalpin.org - 04 72 41 94 47 / 06 31 80 01 03
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-investissement-mobilier-et-immobilier-dans-les-secteurs-du-spectacle-vivant-et-des-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les subventions d&amp;#039;investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels, vous êtes invités à vous adresser à la DRAC/DAC de votre région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf52-aide-a-linvestissement-mobilier-et-immobilier/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>121339</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Fonds national d'aménagement et de développement du territoire</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de région — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I190" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Accès aux services
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Equipement public
+Bâtiments et construction
+Emploi
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les champs d&amp;#039;intervention privilégiés du FNADT sont :
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
+ &lt;br /&gt;
+ développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions présentant un caractère innovant ou expérimental dans le domaine de
+ &lt;br /&gt;
+ l&amp;#039;aménagement et du développement durable.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T190" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
+        </is>
+      </c>
+      <c r="W190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Anne-Laure FERRY : 03 44 06 12 63 /
+ &lt;a href="mailto:anne-laure.ferry&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  anne-laure.ferry&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Clermont :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Véronique FORESTIER : 03 44 06 13 89 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Mme Nadine WASSEN : 03 44 06 13 96 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Compiègne :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Charline KOPMELS : 03 44 06 74 29 /
+ &lt;a href="mailto:charline.kopmels&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  charline.kopmels&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Senlis :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Corinne MERESSE : 03 44 06 85 65 /
+ &lt;a href="mailto:corinne.meresse&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  corinne.meresse&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Boite fonctionnelle :
+ &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>lucille.dechaize@oise.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G71" s="1" t="inlineStr">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>87184</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de nouvelles antennes du Conservatoire national des arts et métiers (CNAM) dans les territoires</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...1 lines deleted...]
-Entreprise publique locale (Sem, Spl, SemOp)
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Les offres de formation sont essentielles pour renforcer l&amp;#039;attractivité d&amp;#039;un territoire et le revitaliser.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose ainsi un accompagnement financier pluridimensionnel, du financement d&amp;#039;ingénierie à l&amp;#039;investissement en fonds propres ou quasi-fonds propres sur le portage immobilier et/ou sur la structure de formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=invest_antennes_cnam_psat</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le
+  &lt;a href="https://regions.cnam.fr/actualites/au-coeur-des-territoires-lancement-de-la-deuxieme-vague-1189569.kjsp"&gt;
+   CNAM
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0bf3-obtenir-de-nouvelles-antennes-du-cnam-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>103513</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’organisation de manifestations d’arts plastiques, numériques et urbains sur son territoire</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Aide  la réalisation de manifestations d'arts plastiques, numériques et urbains</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
 Association
-Entreprise privée
-[...78 lines deleted...]
-      <c r="S71" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région favorise l&amp;#039;organisation de manifestations d&amp;#039;arts plastiques, numériques et urbains sur son territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de contacter la chargée de mission avant de déposer une nouvelle demande d&amp;#039;entrée en convention afin de vérifier l&amp;#039;éligibilité.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez des renseignements concernant le dépôt des demandes sur mesdemarches , avec une liste des questions principales et les pièces à joindre au dossier, dans le document informatif ci-dessus.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   1re session de dépôt :
+  &lt;/span&gt;
+  &lt;span&gt;
+   jusqu&amp;#039;au 22 novembre 2022 - pour un passage en      Commission mars 2023  (manifestations qui se dérouleront entre      février et juillet 2023),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  2e session de dépôt :
+  &lt;span&gt;
+   jusqu&amp;#039;au 20 mars 2023  - pour un passage en      Commission de juillet 2023 (manifestations qui se dérouleront entre      juin et octobre 2023),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   3e session de dépôt :
+  &lt;/span&gt;
+  &lt;span&gt;
+   jusqu&amp;#039;au 11 juillet 2023 - pour un passage en Commission de novembre 2023 (manifestations qui se      dérouleront entre octobre 2023 et février 2024).
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P192" s="1" t="inlineStr">
+        <is>
+          <t>13/10/2025</t>
+        </is>
+      </c>
+      <c r="Q192" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2025</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier des aides à la réalisation de manifestations d&amp;#039;arts plastiques, numériques et urbains les structures de création ou de diffusion publiques ou privées suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les centres d&amp;#039;art,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les « artists run spaces » (lieux alternatifs dirigés par des artistes),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coopératives artistiques de production et de diffusion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les organisateurs de salons et d&amp;#039;événements dédiés à l&amp;#039;émergence artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les écoles d&amp;#039;art,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les centres culturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les fondations œuvrant dans le domaine des arts plastiques et des arts numériques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations culturelles œuvrant dans le champ des arts plastiques, numériques et urbains.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien aux manifestations est
+ plafonné à 30% des dépenses subventionnables
+ du projet,
+ dans la limite de 70.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux peut être bonifié à hauteur de 50% pour les projets situés en zone géographique carencée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est centré sur des
+ &lt;span&gt;
+  manifestations ponctuelles
+ &lt;/span&gt;
+ et non pas sur des saisons complètes de programmation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les manifestations recouvrent des événements se déroulant
+ sur
+ une durée précise
+ ou correspondent
+ à
+ une série de dates spécifiques
+ dans une année.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus doivent avoir pour fondement les arts plastiques, numériques et/ou urbain.
+&lt;/p&gt;
+&lt;p&gt;
+ Il peut s&amp;#039;agir de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Festivals,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Salons,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions temporaires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si vous souhaitez demander un soutien, il convient de vous rendre sur le portail &amp;#34;mes démarches&amp;#34; pour permettre le dépôt et le suivi des demandes en ligne.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez rechercher votre téléservice avec un mot clé ou le libellé &amp;#34;Manifestations d&amp;#039;arts plastiques&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Le lien direct pour accéder à la plateforme est
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  https://mesdemarches.iledefrance.f
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  r
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez des renseignements concernant le dépôt de votre demande sur mesdemarches , avec une liste des questions principales et les pièces à joindre au dossier, dans les documents informatifs ci-dessous.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T71" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-realisation-de-manifestations-darts-plastiques-numeriques-et-urbains</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture
+&lt;/p&gt;
+&lt;p&gt;
+ Service arts visuels, éducation artistique et culturelle jeune création
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Delphine Barberolle, assistante :
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Alpar Ok, chef du Service:
+  &lt;a href="mailto:alpar.ok&amp;#64;iledefrance.fr"&gt;
+   alpar.ok&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/caff-laide-a-la-realisation-de-manifestations-dart/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G72" s="1" t="inlineStr">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>143349</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour définir et lancer un projet dans le domaine de la voirie et des ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
-[...19 lines deleted...]
-      <c r="K72" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
-[...2 lines deleted...]
- Par ce dispositif, la Région Grand Est décide de soutenir les grands projets d&amp;#039;investissements touristiques, afin d&amp;#039;augmenter les flux financiers (appréciés notamment par le nombre de nuitées générées, le nombre de visiteurs payants, etc.) et le nombre d&amp;#039;emplois, liés à la création et au développement d&amp;#039;entreprises relevant des secteurs de l&amp;#039;industrie et des services touristiques et notamment dans les domaines suivants :
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière de voirie et d&amp;#039;ouvrages d&amp;#039;art :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...29 lines deleted...]
-  : soutenir la mise en tourisme des sites de mémoires et tout particulièrement les projets d&amp;#039;équipement d&amp;#039;aide à la visite.
+  pour donner des conseils de 1er niveau
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une expertise ciblée (assistance à maîtrise d&amp;#039;ouvrage partielle)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance à maîtrise d&amp;#039;ouvrage globale afin d&amp;#039;aider la collectivité à répondre à ses prérogatives de maître d&amp;#039;ouvrage
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="O72" s="1" t="inlineStr">
+      <c r="M193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil de 1er niveau (administratifs, réglementaires et techniques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui méthodologique pour l&amp;#039;actualisation du tableau de classement de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic simplifié d&amp;#039;un ouvrage d&amp;#039;art et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition d&amp;#039;un programme de surveillance et d&amp;#039;entretien des ouvrages d&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition d&amp;#039;un programme d&amp;#039;entretien de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition de principes (définition du besoin, faisabilité, scénarios d&amp;#039;aménagement....) ou assistance à maîtrise d&amp;#039;ouvrage (définition du besoin, faisabilité, scénarios d&amp;#039;aménagement, appui à la consultation des prestataires dont maîtrise d’œuvre, suivi des études..) pour l&amp;#039;aménagement d&amp;#039;une traversée d&amp;#039;agglomération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition de principes (définition du besoin, faisabilité, scénarios d&amp;#039;aménagement....) ou assistance à maîtrise d&amp;#039;ouvrage (définition du besoin, faisabilité, scénarios d&amp;#039;aménagement, appui à la consultation des prestataires dont maîtrise d’œuvre, suivi des études..) pour les travaux d&amp;#039;amélioration d&amp;#039;une voie existante ou de construction d&amp;#039;une voie nouvelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise ou assistance à maîtrise d&amp;#039;ouvrage autre projet
+ &lt;/li&gt;&lt;li&gt;Diagnostic de sécurité ou assistance à maîtrise d&amp;#039;ouvrage pour la mise en sécurité des passages à niveau&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
-[...56 lines deleted...]
- 03 87 33 67 21
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.inge43.fr/</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
+  contact&amp;#64;inge43.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 71 07 41 71
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>contact@inge43.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b4c-beneficier-dun-accompagnement-pour-definir-et/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G73" s="1" t="inlineStr">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>144993</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Visiter les ouvrages d'art et accompagner les Maître d'Ouvrage dans la gestion et l'entretien de leur patrimoine</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
-[...8 lines deleted...]
-      <c r="K73" s="1" t="inlineStr">
+Département</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
-[...85 lines deleted...]
-&lt;p&gt;
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les ouvrages d&amp;#039;art communaux, l&amp;#039;ATD 88 a développé depuis 2021 une cellule ouvrages d&amp;#039;art en complémentarité avec l&amp;#039;offre proposée par le CEREMA dans le cadre du plan de relance. L&amp;#039;objectif est simple : mettre sur pied un duo complémentaire au service des communes des Vosges. Le CEREMA pour le haut niveau d&amp;#039;ingénierie disponible en la matière et l&amp;#039;ATD 88 comme expert de proximité et outil de démultiplication.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O73" s="1" t="inlineStr">
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Visite périodique des ouvrages d&amp;#039;art : surveillance avec restitution d&amp;#039;un rapport de visite&lt;/p&gt;&lt;p&gt;Etude de faisabilité et maitrise d&amp;#039;œuvre en vue de réaliser des travaux d&amp;#039;entretien (étanchéité, mise aux normes de gardes corps...) hors travaux structurels&lt;/p&gt;&lt;p&gt;Assistance à maîtrise d&amp;#039;ouvrage pour la reconstruction globale ou partielle d&amp;#039;un ouvrage&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
-[...31 lines deleted...]
-&lt;p&gt;
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
-[...79 lines deleted...]
-&lt;p&gt;
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05d5-visiter-les-ouvrages-dart-et-accompagner-les-/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-[...1049 lines deleted...]
-      <c r="G78" s="1" t="inlineStr">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>150680</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études et travaux sur les bâtiments des Musées de France (hors monuments historiques)</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux sur les bâtiments des musées de France (hors monuments historiques)</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I78" s="1" t="inlineStr">
-[...1199 lines deleted...]
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
-[...2199 lines deleted...]
- Le dispositif d&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux, qui n&amp;#039;existe que dans certaines régions françaises, vise à accompagner les bibliothèques territoriales dans leurs projets d&amp;#039;acquisition et/ou de restauration de manuscrits, livres imprimés anciens ou livres d&amp;#039;artistes, estampes ou photographies à travers des fonds régionaux financés à parité entre l&amp;#039;État (services déconcentrés du ministère de la Culture c&amp;#039;est-à-dire les DRAC) et les régions.
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DRAC/DAC/DCJS/MAC, en lien avec le service des musées de France du ministère de la Culture, peut apporter son aide scientifique, technique et financière aux projets dont les dépenses concernent les travaux de construction et d&amp;#039;aménagement des équipements constitutifs du musée tels que : la construction de bâtiments neufs, dont les réserves, l&amp;#039;extension ou le réaménagement de bâtiments anciens, dont les réserves, la mise aux normes des bâtiments (accessibilité/sécurité/sûreté), la restauration des collections / chantier des collections si cumul avec une subvention pour rénovation architecturale et muséographique.
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;h3&gt;
- Qu&amp;#039;est-ce qu&amp;#039;un document patrimonial ?
+ Que sont les études et travaux sur les bâtiments des &amp;#34;Musées de France&amp;#34; ?
 &lt;/h3&gt;
 &lt;p&gt;
- On rassemble sous l&amp;#039;appellation de patrimoine écrit les collections de manuscrits et archives, de livres imprimés antérieurs avant 1830 et autres collections spécialisées (cartes et plans, estampes, photographies, monnaies et médailles etc.) conservées par les bibliothèques territoriales françaises et mises à disposition du public.
-[...2 lines deleted...]
- Sont dits &amp;#34;patrimoniaux&amp;#34; les documents rares, précieux, anciens ou contemporains, appartenant à l&amp;#039;État ou à une collectivité territoriale, quels que soient leur nature, leur provenance, ou leur support et faisant l&amp;#039;objet d&amp;#039;une décision de conservation pérenne.
+ Le soutien et le contrôle scientifique et technique de l&amp;#039;État s&amp;#039;exercent dès le début du projet, tout particulièrement durant l&amp;#039;élaboration du projet scientifique et culturel (rendu obligatoire pour tous les musées de France par la loi relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine (LCAP) du 7 juillet 2016), l&amp;#039;étude de programmation et les phases d&amp;#039;avant-projet sommaire (APS) et d&amp;#039;avant-projet définitif (APD). Ils associent le(la) conseiller(e) pour les musées de la DRAC/DAC/DCJS/MAC, le Service des musées de France (conservateur référent au bureau des réseaux territoriaux, architecte-conseil et ingénieur-conseil du Bureau de l&amp;#039;expertise architecturale, muséographique et technique), auxquels peuvent être associés les experts du Centre de recherche et de restauration des musées de France (C2RMF) ou les conseillers de la Mission de la sécurité, de la sûreté et de l&amp;#039;audit (MISSA) de la Direction générale des patrimoines du ministère de la Culture.
 &lt;/p&gt;
 &lt;h3&gt;
- Objectifs de la démarche
+ À quel stade du projet sera déterminé le montant de son financement ?
 &lt;/h3&gt;
 &lt;p&gt;
- L&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux a pour objectif d&amp;#039;aider les bibliothèques territoriales à enrichir et à faire restaurer les documents patrimoniaux de leurs collections qui le nécessitent.
+ Le coût d&amp;#039;un projet d&amp;#039;investissement de musée bénéficiant de l&amp;#039;appellation « Musée de France » est déterminé lors de la phase des études en deux temps :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Lors de l&amp;#039;étude de programmation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette phase est essentielle pour la conception d&amp;#039;un musée en permettant notamment aux maîtres d&amp;#039;ouvrage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;exprimer leurs objectifs et leurs contraintes et d&amp;#039;être éclairés sur les différents scénarios envisageables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de définir le cahier des charges architecturales et techniques, base de la consultation de maîtrise d&amp;#039;œuvre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;estimer l&amp;#039;enveloppe prévisionnelle financière de l&amp;#039;opération avec une approche de préférence en coût global qui permet, notamment, la prise en compte des coûts d&amp;#039;investissement du projet de construction ainsi que ceux liés à son exploitation (charges liées aux consommations énergétiques, aux consommations d&amp;#039;eau...), à la maintenance, au remplacement des équipements ou des matériaux, aux impacts environnementaux, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme, au vu de ces éléments, devra, dans la mesure du possible, évaluer les moyens en personnel nécessaires au fonctionnement de l&amp;#039;établissement.
+&lt;/p&gt;
+&lt;p&gt;
+ La détermination de cette enveloppe prévisionnelle permettra au maître d&amp;#039;ouvrage de consulter ses partenaires financiers pressentis sur le projet afin d&amp;#039;inscrire les contributions demandées dans le plan prévisionnel de financement. Il est possible, dans certains cas, d&amp;#039;accompagner financièrement le maître d&amp;#039;ouvrage pour l&amp;#039;étude de programmation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Lors de l&amp;#039;avant-projet définitif (APD)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;APD fixe les options techniques et financières de l&amp;#039;opération, et notamment son périmètre et son coût global.
+&lt;/p&gt;
+&lt;p&gt;
+ À ce stade, le maître d&amp;#039;ouvrage dépose une demande de subvention auprès de la DRAC pour la phase travaux (hors taxe), dont le montant est définitif, forfaitaire et non révisable.
 &lt;/p&gt;
 &lt;h2&gt;
  Suis-je concerné(e) par cette démarche ?
 &lt;/h2&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Qui peut déposer un dossier ?
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
   EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Critères d&amp;#039;éligibilité du demandeur
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- Le demandeur doit être une collectivité territoriale agissant pour le compte de sa bibliothèque.
-[...10 lines deleted...]
- Les documents acquis ou restaurés doivent être conservés par la bibliothèque.
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Critères d&amp;#039;éligibilité du projet
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;p&gt;
-[...12 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appellation musée de France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet scientifique et culturel (PSC) validé par le ministère de la Culture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement économique et culturel des territoires :
+  &lt;ul&gt;
+   &lt;li&gt;
+    projet présentant un intérêt régional, inter-régional, national, européen
+   &lt;/li&gt;
+   &lt;li&gt;
+    convention de développement culturel, accord-cadre, le cas échéant
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualité architecturale et muséographique du projet :
+  &lt;ul&gt;
+   &lt;li&gt;
+    architecture de qualité avec notamment des innovations technologiques en relation avec la transition écologique
+   &lt;/li&gt;
+   &lt;li&gt;
+    mise aux normes (accessibilité/sécurité/sûreté)
+   &lt;/li&gt;
+   &lt;li&gt;
+    conditions de conservation des collections
+   &lt;/li&gt;
+   &lt;li&gt;
+    présentation au public
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Nature des dépenses éligibles
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- Les dépenses éligibles sont :
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  le prix d&amp;#039;acquisition auprès d&amp;#039;un libraire ou d&amp;#039;adjudication en vente aux enchères publiques hors frais
-[...5 lines deleted...]
-  les coûts engagés dans le cadre d&amp;#039;une opération de valorisation exceptionnelle, hors taxes
+  Phase d&amp;#039;études préliminaires :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Diagnostics
+   &lt;/li&gt;
+   &lt;li&gt;
+    Étude de programmation architecturale et muséographique
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appel à la concurrence pour le recrutement de la maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de maîtrise d&amp;#039;œuvre architecturales et muséographiques :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Avant-projet sommaire (APS)
+   &lt;/li&gt;
+   &lt;li&gt;
+    Avant-projet définitif (APD)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses indirectes liées à la réalisation du projet :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Restaurations des collections et chantier des collections :
+   &lt;/li&gt;
+   &lt;li&gt;
+    Travaux de construction ou de rénovation du/des bâtiments (hors restauration MH)
+   &lt;/li&gt;
+   &lt;li&gt;
+    Aménagements et mobiliers muséographiques ; outils de médiations dont les multimédias
+   &lt;/li&gt;
+   &lt;li&gt;
+    Travaux de soclage des collections, chantiers des collections
+   &lt;/li&gt;
+   &lt;li&gt;
+    Honoraires de maîtrise d&amp;#039;œuvre
+   &lt;/li&gt;
+   &lt;li&gt;
+    Honoraires missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses relatives à la maîtrise du foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements paysagers connexes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fouilles archéologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voiries
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parkings
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de Communication
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  Procédure
 &lt;/h2&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Montant de la subvention
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- Le montant de la subvention allouée varie suivant les projets et les régions.
+ Le ministère de la Culture peut accorder une subvention d&amp;#039;environ 15% du montant HT des dépenses subventionnables, correspondant au cumul des dépenses propres au projet architectural et muséographique (de la programmation à la réception des travaux). Le montant définitif de la subvention ne peut avoir pour effet de porter le montant total des aides publiques au-delà du montant de la dépense subventionnable.
+ &lt;br /&gt;
+ Le taux de subvention du ministère de la Culture est fixé après étude de la situation financière des collectivités locales concernées mais également au regard de l&amp;#039;intérêt et de la qualité du projet, du projet scientifique et culturel, des conditions de conservation, de la présentation au public, etc.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Modalités d&amp;#039;attribution de la subvention
+  Calendrier
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- La subvention est versée en une seule fois.
-[...10 lines deleted...]
- Les projets d&amp;#039;acquisition sont évalués par la commission régionale du FRRAB, le plus souvent sur présentation physique du document acheté.
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ Le compte rendu financier et qualitatif doit parvenir à la DRAC au plus tard 6 mois après la clôture de l&amp;#039;année de versement de la subvention.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Comment déposer un dossier ?
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
  &lt;/li&gt;
  &lt;li&gt;
   Connectez-vous ou créez un compte, puis laissez-vous guider.
  &lt;/li&gt;
 &lt;/ol&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
 &lt;h2&gt;
- Exemples de projets soutenus précédemment
+ Une question ?
 &lt;/h2&gt;
 &lt;p&gt;
- A venir.
-[...3 lines deleted...]
-&lt;/h2&gt;
+ Pour toute question sur les études et travaux sur les bâtiments des Musées de France, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+&lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Auvergne-Rhône-Alpes (dépôt terminé)
+  Centre-Val de Loire
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;h3&gt;
-[...19 lines deleted...]
-&lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...2 lines deleted...]
-  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+  &lt;a href="mailto:musees.centre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   musees.centre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h3&gt;
-[...4 lines deleted...]
-&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand-Est
+ &lt;/a&gt;
+&lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  à la DRAC, Jocelyne Despinasse :
-[...1 lines deleted...]
-   jocelyne.despinasse&amp;#64;culture.gouv.fr
+  Alsace : Sandra PASCALIS,
+  &lt;a href="mailto:sandra.pascalis&amp;#64;culture.gouv.fr"&gt;
+   sandra.pascalis&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Claire HIRSTEL,
+  &lt;a&gt;
+   claire.hirstel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Champagne-Ardenne : Patrick LE CHANU,
+  &lt;a&gt;
+   patrick.lechanu&amp;#64;culture;gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Claire MOLET,
+  &lt;a&gt;
+   claire.molet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lorraine : Suzanne ROBIN,
+  &lt;a&gt;
+   suzanne.robin&amp;#64;culture;gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Vanessa PEVERINI,
+  &lt;a href="mailto:vanessa.peverini&amp;#64;culture.gouv.fr"&gt;
+   vanessa.peverini&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Départements Charente, Charente-Maritime, Vienne, Deux-Sèvres : Caroline
+  &lt;a href="mailto:PAPIN,caroline.papin&amp;#64;culture.gouv.fr,%2005%2049%2036%2030%2020)%20/%20son%20assistante%20:%20Marie%20BROSSARD,%20marie.brossard&amp;#64;culture.gouv.fr,%2005%2049%2036%2030%2069"&gt;
+   P
+  &lt;/a&gt;
+  APIN,
+  &lt;a href="mailto:caroline.papin&amp;#64;culture.gouv.fr"&gt;
+   caroline.papin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 20 / son assistante : Marie BROSSARD,
+  &lt;a href="mailto:marie.brossard&amp;#64;culture.gouv.fr"&gt;
+   marie.brossard&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,  05 49 36 30 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements Gironde, Landes, Lot-et-Garonne, Pyrénées Atlantiques : Matthieu DUSSAUGE,
+  &lt;a href="mailto:matthieu.dussauge&amp;#64;culture.gouv.fr"&gt;
+   matthieu.dussauge&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 02 81 / son assistante : Brigitte MOREAU,
+  &lt;a href="mailto:brigitte2.moreau&amp;#64;culture.gouv.fr"&gt;
+   brigitte2.moreau&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 02 10
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements Corrèze, Creuse, Dordogne, Haute-Vienne : Nicolas BEL,
+  &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
+   nicolas.bel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 55 45 66 75 / son assistante : Marie-Pierre LEMERY,
+  &lt;a href="mailto:marie-pierre.lemery&amp;#64;culture.gouv.fr"&gt;
+   marie-pierre.lemery&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 55 45 66 74
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/aide-investissement" rel="noopener" target="_blank"&gt;
+ Accéder au formulaire - Demande de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/compte-rendu-subvention" rel="noopener" target="_blank"&gt;
+ Accéder au formulaire - Compte-rendu de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>Environ 15% du montant HT des dépenses subventionnables
+&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Selon région</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-des-musees-de-france-hors-monuments-historiques</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e47-etudes-et-travaux-sur-les-batiments-des-musee/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>20322</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Développer des chaufferies biomasse et des réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J196" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu'à 50% de l'assiette éligible</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets de chaufferies automatiques biomasse énergie. La création d&amp;#039;un réseau de chaleur et de froid est possible dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-chaufferies-biomasse-et-39481</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 31, 32, 46, 65, 81 et 82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 12, 30, 34 et 48
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11 et 66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f4d-aide-regionale-au-developpement-des-chaufferi/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>70343</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Financer la valorisation de la chaleur de récupération</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I197" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie agit en faveur des énergies renouvelables grâce au soutien de projets de valorisation de la chaleur de récupération.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets de valorisation de la chaleur de récupération ou chaleur fatale. La création d&amp;#039;un réseau de chaleur est possible dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable et de récupération&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: Jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elles concernent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de faisabilité pour des projets de valorisation de chaleur fatale ou de récupération et réseau associé. Elles porteront sur la faisabilité technico-économique du projet et/ou son montage juridique ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les missions d&amp;#039;expertises et d&amp;#039;assistances techniques de projets de valorisation de la chaleur de récupération.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+ les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : le(s) bureau(x) d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : les coûts éligibles sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention de la Région
+ &lt;/strong&gt;
+ : l&amp;#039;aide régionale pourra s&amp;#039;élever jusqu&amp;#039;à 50% du coût de la prestation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets de valorisation de la chaleur de récupération ou chaleur fatale pour une utilisation sur équipements, sur site ou en extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ La récupération de chaleur fatale doit s&amp;#039;inscrire dans une démarche d&amp;#039;efficacité énergétique cohérente :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Réduire en amont le besoin de chaleur utile et la consommation de combustibles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser en interne la chaleur fatale récupérée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser en externe, si le site est à proximité d&amp;#039;un réseau de chaleur ou d&amp;#039;un utilisateur potentiel
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité pour les UIOM
+ &lt;/strong&gt;
+ : La récupération de chaleur sur les Unités d&amp;#039;Incinération des Ordures Ménagères (UIOM) existantes est éligible dans la mesure :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;un système de récupération de chaleur fatale basse température, notamment au niveau des fumées ou des aérocondenseurs ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  où cette valorisation permet à l&amp;#039;unité d&amp;#039;atteindre le niveau de performance énergétique suffisant pour être qualifié d&amp;#039;unité d&amp;#039;incinération avec valorisation énergétique (UVE), conformément à l&amp;#039;arrêté ministériel du 20 septembre 2002 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un système de récupération de chaleur résiduelle dans les UIOM qui disposent déjà de cogénération, à condition de démontrer une amélioration la performance énergétique de l&amp;#039;installation après opération
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Par ailleurs, tout projet portant sur un UIOM doit s&amp;#039;inscrire dans une démarche de valorisation de cette chaleur notamment dans une logique d&amp;#039;écologie industrielle territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles:
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les systèmes de captage de chaleur sur un procédé unitaire pour une valorisation vers un autre
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  procédé unitaire, y compris le chauffage des ateliers ou des bureaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  les systèmes de remontée du niveau thermique (PAC, Pompe multicellulaire verticale CMV3...), notamment pompe à chaleur, compression mécanique de vapeur, uniquement s&amp;#039;ils permettent de valoriser un nouveau gisement d&amp;#039;énergie thermique par rapport à la situation initiale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les systèmes de stockage notamment accumulateurs de vapeur et ballons réservoirs d&amp;#039;eau chaude, s&amp;#039;ils s&amp;#039;intègrent dans le projet global de valorisation de chaleur fatale. Il devra être démontré l&amp;#039;intérêt énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le transport, la distribution et la valorisation de chaleur notamment tuyauteries, canalisation et échangeurs, pour une valorisation en interne ou en externe ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les systèmes de production de froid à partir de chaleur fatale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dispositifs de suivi des performances et notamment de la quantité d&amp;#039;énergie effectivement valorisée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les coûts d&amp;#039;investissement liés à la création d&amp;#039;un réseau de chaleur sont éligibles dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention de la Région
+ &lt;/strong&gt;
+ : Après analyse technico-économique et prise en compte des montants d&amp;#039;aides proposées par les autres financeurs le cas échéant, l&amp;#039;aide régionale pourra s&amp;#039;élever jusqu&amp;#039;à 50% de l&amp;#039;assiette éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Obligation du maitre d&amp;#039;ouvrage
+ &lt;/strong&gt;
+ : Le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier de demande de financement (téléchargeable sur le site internet de la Région)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité technico-économique, incluant un examen de la performance énergétique des bâtiments à chauffer et de leurs équipements, ou des procédés concernés et, le cas échéant, présentant l&amp;#039;intérêt énergétique d&amp;#039;y associer un système de stockage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma du système de valorisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Liste des équipements composant la solution proposée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pressenties pour réaliser les travaux, dont dispositifs de suivi et comptage thermique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les UIOM, étude de valorisation de la chaleur fatale et le cas échéant, étude de faisabilité d&amp;#039;une démarche d&amp;#039;Ecologie Industrielle Territoriale
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Modalites-d-aide-regionale-en-faveur-de-la-valorisation-de-la</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 31, 32, 46, 65, 81 et 82
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 12, 30, 34 et 48
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 09, 11 et 66
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/724c-aide-regionale-en-faveur-de-la-valorisation-d/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>70434</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Développer des chaufferies biomasse et réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I198" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie agit en faveur des énergies renouvelables grâce au soutien des projets de chaufferies automatiques biomasse énergie et réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets de chaufferies automatiques biomasse énergie. La création d&amp;#039;un réseau de chaleur et de froid est possible dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conditions d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;p&gt;
+ Pour connaître toutes les conditions d&amp;#039;éligibilité consultez les documents intitulés &amp;#34;Modalités d&amp;#039;aide régionale au développement des chaufferies biomasse énergie&amp;#34; et &amp;#34;Modalités d&amp;#039;aide régionale en faveur du développement des réseaux de chaleur et de froid&amp;#34; disponibles en téléchargement ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ les études de faisabilité pour des projets de chaufferie bois et réseau associé. Elles porteront sur la faisabilité technico-économique du projet et/ou son montage juridique ;
+&lt;/p&gt;
+&lt;p&gt;
+ les missions d&amp;#039;expertises et d&amp;#039;assistances techniques de projets de chaufferie bois avec ou sans réseau de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : le(s) bureau(x) d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : les coûts éligibles sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention de la Région
+ &lt;/strong&gt;
+ : l&amp;#039;aide régionale pourra s&amp;#039;élever jusqu&amp;#039;à 50% du coût de la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets de chaufferies automatiques utilisant de la biomasse comme combustible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : les coûts d&amp;#039;investissement éligibles sont les coûts concernant la chaudière biomasse et équipements associés, le génie civil de la chaufferie et du silo et la maîtrise d&amp;#039;œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Remarque: Les dépenses liées à l&amp;#039;hydraulique secondaire et aux équipements de diffusion de la chaleur ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts d&amp;#039;investissement liés à la création d&amp;#039;un réseau de chaleur sont éligibles dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention de la Région
+ &lt;/strong&gt;
+ : l&amp;#039;assiette éligible est limitée au surcoût d&amp;#039;investissement supporté par le bénéficiaire par rapport à une solution de référence correspondant à une installation de production d&amp;#039;énergie de même capacité en termes de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Après analyse technico-économique et prise en compte des montants d&amp;#039;aides proposées par les autres financeurs le cas échéant, l&amp;#039;aide régionale pourra s&amp;#039;élever jusqu&amp;#039;à 50% de l&amp;#039;assiette éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Obligation du maitre d&amp;#039;ouvrage
+ &lt;/strong&gt;
+ : le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation aux investissements
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier de demande de financement (téléchargeable sur le site internet de la Région)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité réalisée conformément au cahier des charges de l&amp;#039;ADEME (ou analyse d&amp;#039;opportunité pour les projets de chaufferie de puissance inférieure à 200 kW)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan prévisionnel d&amp;#039;implantation de la chaufferie et du silo Schéma hydraulique de l&amp;#039;installation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fiche descriptive de l&amp;#039;installation bois énergie validée par l&amp;#039;animateur bois énergie départemental (disponible auprès de la mission départementale bois-énergie)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pressenties pour réaliser les travaux (génie civil, génie climatique, électricité, maitrise d&amp;#039;œuvre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-chaufferies-biomasse-et-reseaux-de-chaleur</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 31, 32, 46, 65, 81 et 82
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 12, 30, 34 et 48
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 09, 11 et 66
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8728-aide-regionale-au-developpement-des-chaufferi/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>77080</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux programmes Petites Villes de Demain</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un accompagnement financier pour les collectivités locales, les Sociétés d&amp;#039;Economie Mixte (SEM) et les Entreprises Publiques Locales (EPL) afin de soutenir les projets Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cet accompagnement peut prendre la forme :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;un cofinancement d&amp;#039;études préalables pour évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un cofinancement d&amp;#039;études de structuration du montage juridique et financier;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une prise de participation en fonds propres et quasi-fonds propres dans les sociétés de projet et SEM aménageurs ou opératrices.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets éligibles peuvent concerner :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La rénovation de l&amp;#039;espace public, des hébergements et équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de projets durables : transports propres, énergies renouvelables, rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création de foncières locales spécialisées pour le commerce
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;infrastructures numériques et de services innovants
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place de tiers lieux, d&amp;#039;immobilier d&amp;#039;activités ou le soutien du commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de programmes alimentaires territoriaux et des circuits courts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le traitement des friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maintien d&amp;#039;une offre médicale de proximité et de structures d&amp;#039;accueil des personnes âgées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Friche
+Personnes âgées
+Commerces et services
+Economie locale et circuits courts
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-petites-villes-de-demain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_pvd_osat</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire" rel="noopener" target="_blank"&gt;
+   &lt;strong&gt;
+    Contactez-nous à travers notre formulaire de contact
+   &lt;/strong&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
- &lt;li&gt;
-[...2 lines deleted...]
-   marie-cecile.brunet&amp;#64;auvergnerhonealpes.fr
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b33-soutenir-les-projets-petites-villes-de-demain/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>94690</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'installation de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Installation de production de chaleur biomasse/bois », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME aide financièrement à la réalisation d&amp;#039;nstallations de production de chaleur à partir de biomasse/bois, sur les secteurs des bâtiments publics, de l&amp;#039;habitat collectif, du tertiaire, de l&amp;#039;industrie et de l&amp;#039;agriculture,
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Il existe plusieurs bonnes raisons pour passer le cap du fossile au renouvelable grâce à la biomasse énergie :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   avoir de la visibilité sur les coûts de la chaleur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   accéder à une haute performance environnementale,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier de technologies éprouvées à haut rendement énergétique,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   profiter d&amp;#039;une ressource de proximité disponible (bois énergie, sous-produits agricoles ou industriels...), dans une logique d&amp;#039;économie circulaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   agir avec le soutien du Fonds Chaleur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Les installations de fortes puissances en secteur entreprise (industrie, agriculture, tertiaire) sont accompagnées dans le cadre de l&amp;#039;AAP BCIAT (production &amp;gt; 12 000 MWh/an).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les installations biomasse de faibles puissances sont accompagnées uniquement dans le cadre des contrats de développement EnR (production &amp;lt; 1 200 MWh/an).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Au-delà des aides à l&amp;#039;investissement, l&amp;#039;ADEME vous accompagne sur toutes les phases de votre projet : note d&amp;#039;opportunité, étude de faisabilité, assistance à maîtrise d&amp;#039;ouvrage, conseils.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;aide Fonds Chaleur aux installations de production chaleur biomasse/bois dépend de conditions techniques, en particulier :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;étude du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;approvisionnement biomasse,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la quantité de chaleur produite,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les performances énergétiques et environnementales.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/installation-production-chaleur-biomasse-bois</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus sur ce dispositif, contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;5206" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58bb-aider-a-linstallation-de-production-de-chaleu/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>94692</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Financer une assistance à maîtrise d’ouvrage pour une chaufferie biomasse</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I201" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Financement d&amp;#039;une assistance à maîtrise d&amp;#039;ouvrage pour une chaufferie biomasse », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ l&amp;#039;ADEME avec le Fonds Chaleur vous aide à réaliser votre projet de chaufferie biomasse, en mettant à votre disposition une trame de cahier des charges pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, et en apportant une aide financière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage vous permettront :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;assurer la qualité du projet à travers une vision globale et en coordination avec les différents acteurs du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de mettre en œuvre les différentes étapes du projet et de rédiger les cahiers des charges si nécessaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de s&amp;#039;assurer de la conformité réglementaire et technique de l&amp;#039;installation,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de s&amp;#039;assurer le bon fonctionnement de l&amp;#039;installation et des modalités de maintenance.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Accompagnement
+ &lt;/strong&gt;
+ : l&amp;#039;aide peut aller jusqu&amp;#039;à 70 % pour une petite entreprise ou dans le cadre d&amp;#039;une activité non économique.
+ &lt;br /&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l&amp;#039;ADEME (RGE Etude) ou pouvant justifier de conditions équivalentes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dune-assistance-a-maitrise-douvrage-chaufferie-biomasse</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;48344" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/134f-financer-une-assistance-a-maitrise-douvrage-p/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>94698</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Financer les installations géothermiques de production de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Financement d&amp;#039;installations géothermiques de production de chaleur et de froid », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Réalisation d&amp;#039;installations de production de chaleur et de froid à partir de la géothermie, sur les secteurs des bâtiments publics, de l&amp;#039;habitat collectif, du tertiaire, de l&amp;#039;industrie et de l&amp;#039;agriculture grâce à l&amp;#039;accompagnement financier Fonds Chaleur de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissement public,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement : l&amp;#039;aide est basée sur les MWh EnR en fonction de la technologie mise en place : de 5 à 40 € par MWh EnR.
+ &lt;br /&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Géothermie sur aquifère profond,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Géothermie de surface avec pompes à chaleur sur aquifère superficiel ou sur champs de sondes géothermiques ou sur géostructures énergétiques,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Installations utilisant les mêmes principes que la géothermie mais valorisant par pompe à chaleur l&amp;#039;énergie des eaux usées, de l&amp;#039;eau de mer ou des eaux thermales.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité : u
+ ne étude de faisabilité est préconisée, , d&amp;#039;autant que le versement des aides peut être conditionné à l&amp;#039;atteinte de critères minimum de performance de l&amp;#039;installation (COP de la PAC, production en MWh, ...).
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;autres critères, notamment réglementaires et en lien avec la performance énergétique des bâtiments peuvent également s&amp;#039;imposer au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Au-delà des aides à l&amp;#039;investissement, l&amp;#039;ADEME vous accompagne sur toutes les phases de votre projet : note d&amp;#039;opportunité, assistance à maîtrise d&amp;#039;ouvrage, conseils, étude de faisabilité. Si vous n&amp;#039;avez pas encore réalisé cette étude, vous trouverez le cahier des charges sur le dispositif «
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dune-etude-faisabilite-geothermie" rel="noopener" target="_blank"&gt;
+  Financement d&amp;#039;une étude de faisabilité de géothermie
+ &lt;/a&gt;
+ ».
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération pour laquelle vous sollicitez une aide financière ne doit pas avoir commencé ou ne doit pas avoir donné lieu à des engagements fermes (sous quelque forme que ce soit : marché signé, commande signée, devis accepté...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T202" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-geothermiques-production-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;appel_a_projet&amp;amp;source_entity_id&amp;#61;49185" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/897a-financer-les-installations-geothermiques-de-p/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>103390</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Développer la production de chaleur renouvelable et réseaux</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Production de chaleur renouvelable et réseaux</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I203" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;p&gt;
+ La Région, conjointement avec l&amp;#039;ADEME, copilote un appel à projets pour financer la production de chaleur renouvelable à partir de la géothermie, de la récupération de chaleur fatale et de la combustion de biomasse ainsi que les projets de réseaux.
+&lt;/p&gt;
+&lt;img alt="Faites pousser vos idées pour l&amp;#039;environnement" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/BUDGET_PARTICIPATIF-desktop.jpg" /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaleur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pompe à chaleur géothermale (sur nappe, sur sondes verticales),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Géothermie profonde,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Récupération de chaleur fatale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bois énergie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réseaux :
+ &lt;/strong&gt;
+ extension et création de réseaux de chaleur dont le taux d&amp;#039;ENR&amp;amp;R est supérieur à 65%.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les candidats doivent déposer leur dossier sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ . Le candidat qui présente plus d&amp;#039;un projet doit réaliser autant de dossiers de candidature que de projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout dossier de demande de subvention devra être déposé préalablement au commencement du projet faisant l&amp;#039;objet de la subvention. Les travaux ne doivent pas démarrer avant le vote de la subvention en Commission Permanente sous peine de devoir effectuer une demande de dérogation.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : les dossiers sont à déposer par la collectivité délégante dans le cas d&amp;#039;une Délégation de service public ou par l&amp;#039;entreprise directement dans le cas d&amp;#039;un projet privé. En effet, les entreprises auxquelles se réfère le profil correspondant dans
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , sont celles qui sont Maîtrise d&amp;#039;Ouvrage et non Délégataires.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Installation de géothermie superficielle, doublet de géothermie profonde, installation de récupération d&amp;#039;énergie fatale, extension et création de réseaux de chaleur alimentés en EnR&amp;amp;R :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 30% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 2 M€, sauf pour l&amp;#039;aide aux doublets de géothermie plafonnée à 3 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferie biomasse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si production d&amp;#039;énergie inférieure à 1.200 MWh/an : jusqu&amp;#039;à 50% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 500.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Si production d&amp;#039;énergie supérieure à 1.200 MWh/an : jusqu&amp;#039;à 30% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plateforme biomasse :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 70% du montant TTC (ou HT en cas de récupération de la TVA) toutes aides publiques confondues limitée à 100€/m3 abrité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/production-de-chaleur-renouvelable-et-reseaux</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:aap-chaleur-renouvelable&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ aap-chaleur-renouvelable&amp;#64;iledefrance.fr
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a12b-production-de-chaleur-renouvelable-et-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>138004</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le regroupement et l accessibilité des propriétés pour une meilleure répartition entre les terres agricoles, la forêt, les espaces de nature</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l aménagement foncier agricole et forestier (AFAF)</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J204" s="1" t="inlineStr">
+        <is>
+          <t>Financement 100% des procédures sous maîtrise d&amp;#039;ouvrage départementale.</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ECIR ou ECIF permettent de réaliser à l&amp;#039;intérieur d&amp;#039;un périmètre d&amp;#039;aménagement des échanges et cessions amiables de propriétés afin d&amp;#039;améliorer le regroupement et l&amp;#039;accessibilité des propriétés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes, EPCI, propriétaires fonciers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Délibération de la (des) commune(s)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement foncier agricole et forestier (AFAF), réglementation des boisements RB), échanges et cessions d&amp;#039;immeubles ruraux ou forestiers (ECIR / ECIF), mise en valeur des terres...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Procédures régies par le Code rural et de la pêche maritime (L  124-5 et suivants).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T204" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-Echanges-et-Cessions-d.html</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;Sébastien CUBIZOLLES&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:developpement-durable&amp;#64;hauteloire.fr" target="_self"&gt;sebastien.cubizolles&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 71 07 43 50&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4619-ameliorer-le-regroupement-et-laccessibilite-d/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>140765</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Concevoir et réaliser des installations de production de chaleur renouvelable et de récupération</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J205" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable selon opération Concerne des  projets de taille modeste (&lt; aux seuils du Fonds chaleur ADEME) grâce à un dispositif de mutualisation.</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conception et Assistance à Maîtrise d&amp;#039;ouvrage pour des projets utilisant des énergies renouvelables thermiques (biomasse, réseau de chaleur, solaire thermique, géothermie)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chauffage des bâtiments publics (écoles, mairies, ...), création de réseau de chaleur en service public, ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Différents critères techniques d&amp;#039;éligibilité à respecter
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T205" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  dper&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 83 21
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6f2d-concevoir-et-realiser-des-installations-de-pr/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>144509</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la revitalisation, dynamisation ou restructuration des centres-villes et centres-bourgs landais</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J206" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation allouée au plan d'actions : de 250 à 350.000 euros</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale et engagées dans un politique de revitalisation, dynamisation ou de restructuration de leur centre-bourg ou centre-ville peuvent bénéficier d&amp;#039;un soutien départemental aux conditions et selon les modalités détaillées ci-après.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour solliciter l&amp;#039;aide du Département pour la revitalisation, la dynamisation ou restructuration de son centre-ville ou centre bourg, la commune devra réaliser préalablement une étude globale de son centre-ville ou centre-bourg de type « Plan de référence » qui définira un plan d&amp;#039;action global et pluriannuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Dotation maximum allouée au plan d&amp;#039;actions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville moyenne : 350 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moyens et petits pôles : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pôle de proximité : 250 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La dotation est susceptible d&amp;#039;être augmentée à hauteur de 20 % dans le cas d&amp;#039;une mise en œuvre effective d&amp;#039;un programme de logements sociaux, à loyers modérés ambitieux dans le centre-bourg. Ce programme devra être établi en cohérence avec le schéma départemental de l&amp;#039;Habitat et contribuer au plan « Bien vieillir dans les Landes » en intégrant des logements sociaux et/ ou en favorisant le maintien des personnes âgées à leur domicile.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus devront concerner au minimum 2 thématiques sur les 4 suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  habitat et logement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  commerce et services,
+ &lt;/li&gt;
+ &lt;li&gt;
+  cadre de vie et l&amp;#039;environnement, notamment la transition énergétique et écologique et les espaces publics en lien avec les mobilités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements à destination de la population.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les projets devront être localisés aux centres-bourgs ou centres-villes et justifier d&amp;#039;effets directs de revitalisation, de dynamisation ou de restructuration des centres-bourgs ou centres Villes, et/ou démontrer un effet de centralité par leurs incidences sur les services ou les habitants des communes rurales périphériques.</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T206" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86c0-favoriser-la-revitalisation-dynamisation-ou-r/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>154985</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Développer une attractivité du territoire ciblée, soutenable et créatrice de liens</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I207" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démographie du périmètre du GAL Alsace centrale démontre plusieurs phénomènes : une croissance démographique sur une majeure partie du territoire et une perte d&amp;#039;habitants sur le territoire de la Communauté de communes du Val d&amp;#039;Argent. Ces caractéristiques démographiques posent la question suivantes : « Comment soutenir et adapter les services et les équipements de proximité aux besoins des populations et à la capacité du territoire ?  »
+&lt;/p&gt;
+&lt;p&gt;
+ Parallèlement, certaines parties du territoire sont engagées dans les dispositifs Petites Villes de Demain,  Action cœur de ville et d&amp;#039;ORT (CC Vallée de Villé, CC du Val d&amp;#039;Argent, CC du Ried de Marckolsheim, CC de Sélestat, Villé, Marckolsheim) et s&amp;#039;attachent à des sujets comme le logement et le commerce dans les centres-bourgs. Il a été identifié durant les ateliers participatifs menés dans le cadre de la candidature LEADER, un besoin autour de la poursuite et du renforcement de ces actions pour créer du lien social, du lien entres les acteurs du territoire, promouvoir les initiatives locales, solidaires et dynamiser les centralités et les cœurs de villages.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs le tourisme représente une activité importante pour l&amp;#039;économie de l&amp;#039;Alsace Centrale dont les principaux atouts sont le patrimoine historique, architectural et naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir les actions visant la mise en réseau des commerces et des artisans pour améliorer leur visibilité et/ou trouver des repreneurs
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Soutenir l&amp;#039;émergence et le développement d&amp;#039;initiatives de l&amp;#039;économie circulaire et de l&amp;#039;économie de la fonctionnalité
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutenir la création et le développement de tiers lieux, d&amp;#039;espaces de travail partagés, de fablab, dans le cadre de l&amp;#039;économie sociale et solidaire
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutenir les projets de commerces et de services solidaires, (non lucratif doté d&amp;#039;intérêt général) et/ou relevant de l&amp;#039;économie sociale et solidaire
+&lt;/p&gt;
+&lt;p&gt;
+ 5.	Soutenir les évènements et les festivités vecteurs de lien social et/ou intergénérationnels au sein des communes
+&lt;/p&gt;
+&lt;p&gt;
+ 6.	Action d&amp;#039;animation en faveur de la sauvegarde et du développement de la vie associative du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ 7.	Soutenir des actions de promotion et/ou de mise en réseau des acteurs du tourisme vert ;
+&lt;/p&gt;
+&lt;p&gt;
+ 8.	Accompagner la création d&amp;#039;hébergements touristiques écoresponsables ou l&amp;#039;amélioration des hébergements touristiques existants dans une démarche écoresponsable (équipements, aménagements, démarches de labélisation)
+&lt;/p&gt;
+&lt;p&gt;
+ 9.	Soutenir les projets de mise en valeur et/ou de restauration du patrimoine culturel public ou privé, bâti ou non bâti, inscrit ou non protégé, et pour lesquels  des actions de médiation envers le public doivent être organisées au moins une fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Artisanat
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T207" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb08-developper-une-attractivite-du-territoire-cib/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>157091</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'initiative économique</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°2 : Soutenir l'initiative économique</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I208" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J208" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Soutenir l&amp;#039;initiative économique&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à soutenir l&amp;#039;initiative économique locale. Le GAL souhaite accompagner des projets de nature à encourager la mutation industrielle du territoire vers des activités qui favorisent la transition énergétique et la valorisation des filières locales à potentiel. La capacité du territoire à proposer une alimentation locale et de qualité constitue un objectif fort. Au-delà, le programme veillera à soutenir des projets de création / développement de petites entreprises et activités artisanales.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières émergentes liées à l&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel (exemples : lin, chanvre, haies)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La relocalisation de filières d&amp;#039;activités sur le territoire du GAL
+&lt;/p&gt;
+&lt;p&gt;
+ - La création d&amp;#039;entreprises et d&amp;#039;activités
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des initiatives de l&amp;#039;ESS
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accompagnement de la transformation des activités agricoles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des circuits de proximité
+&lt;/p&gt;
+&lt;p&gt;
+ - Des avancées vers l&amp;#039;autonomie alimentaire
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement d&amp;#039;une offre touristique de proximité, durable et qualitative.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisation ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction et réhabilitation de solutions d&amp;#039;accueil d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ - Appui au développement de nouvelles formes de commercialisation de produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ - Equipements à vocation touristique
+&lt;/p&gt;
+&lt;p&gt;
+ - Outils de communication - Information des consommateurs / des acteurs du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements et de manifestations à vocation éducative
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Maintien et développement des activités de production de biens et services
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux modèles de ventes de produits locaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouvelles solutions d&amp;#039;accueil des entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services/dispositifs d&amp;#039;accompagnement des entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ - Réponse aux besoins locaux en matière d&amp;#039;accueil de jeunes entrepreneurs
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement d&amp;#039;une nouvelle offre touristique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et/ou information des producteurs locaux sur la structuration des circuits courts.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en réseau, animation et information / sensibilisation (but pédagogique, porter à connaissance) des professionnels, des collectivités sur les questions liées à l&amp;#039;alimentation).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre d&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdec-leader-action-n2-soutenir-linitiative-economi/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>158946</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir mes réseaux de chaleur et multiplier les raccordements</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
+France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
+        <is>
+          <t>France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  France Chaleur Urbaine est un service porté par le Ministère de la transition écologique qui vise à accélérer le développement des réseaux de chaleur.
+ &lt;/span&gt;
+ Dans un contexte de tension autour de l&amp;#039;énergie et de crise écologique, France Chaleur Urbaine construit les outils qui aident les acteurs publics et privés à promouvoir davantage et plus facilement la solution réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le tracé de votre réseau est affiché sur la
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/carte" target="_self"&gt;
+   &lt;strong&gt;
+    cartographie
+   &lt;/strong&gt;
+  &lt;/a&gt;
+  nationale des réseaux de chaleur. Vous pouvez également utiliser cette carte pour faire connaître un réseau en construction, ou le périmètre de développement prioritaire de votre réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vos administrés peuvent
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/" target="_self"&gt;
+   &lt;strong&gt;
+    tester leur adresse
+   &lt;/strong&gt;
+  &lt;/a&gt;
+  et
+  &lt;strong&gt;
+   déposer une demande de raccordement
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous et votre délégataire avez accès à un espace en ligne pour suivre les
+  &lt;strong&gt;
+   demandes de raccordement
+  &lt;/strong&gt;
+  sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La cartographie ainsi que le
+  &lt;strong&gt;
+   module de test d&amp;#039;adresse peuvent être
+   &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/collectivites-et-exploitants#iframe-carte" target="_self"&gt;
+    intégrés sur votre site
+   &lt;/a&gt;
+  &lt;/strong&gt;
+  en quelques clics.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Vous souhaitez trouver de nouveaux abonnés, faire connaître un projet de verdissement ou tout simplement valoriser votre réseau ? Nous pouvons également
+ &lt;strong&gt;
+  vous accompagner de manière personnalisée sur des campagnes de communication
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Nous vous accompagnons dans la définition de votre campagne (affichage en ville, réseaux sociaux, ...)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Nous réalisons et mettons à votre disposition gratuitement des visuels qui répondent à vos besoins.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  --&amp;gt; Découvrez dans ce guide tout ce que France Chaleur Urbaine peut faire pour vous :
+ &lt;/span&gt;
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/FCU_guide_collectivites.pdf" target="_self"&gt;
+  le guide collectivité
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/actus/notre-campagne-sur-charleville-mezieres" target="_self"&gt;
+   L&amp;#039;accompagnement de Charleville-Mézières
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A Charleville-Mézières, 13 kilomètres de réseaux sont en construction sur la période 2023-2024. Cette période de travaux est un moment-clé faire connaître le chauffage urbain et convaincre de nouveaux prospects de se raccorder. La collectivité et son délégataire se sont appuyés sur nos outils et services pour communiquer sur ce projet.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour communiquer sur le projet auprès des Carolomacériens,
+  &lt;strong&gt;
+   France Chaleur Urbaine a réalisé des visuels de promotion du réseau pour le journal communal, les bâches travaux et les espaces d&amp;#039;affichage de la collectivité ;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour simplifier les demandes de raccordement,
+  &lt;strong&gt;
+   Charleville-Mézières a intégré dans son site le test d&amp;#039;adresse et la cartographie France Chaleur Urbaine
+  &lt;/strong&gt;
+  . Des intégrations possibles en un copié-collé grâce à nos iframes librement réutilisables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En 2 mois, cette campagne à généré plus d&amp;#039;une cinquantaine de demandes de raccordement, dans la zone d&amp;#039;extension du réseau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le site
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/collectivites-et-exploitants" target="_self"&gt;
+  France Chaleur Urbaine
+ &lt;/a&gt;
+ est accessible sans conditions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://france-chaleur-urbaine.beta.gouv.fr/collectivites-et-exploitants</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Contact pour tout renseignement :
+  &lt;a target="_self"&gt;
+   france-chaleur-urbaine&amp;#64;developpement-durable.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>france.chaleur.urbaine@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d498-faire-connaitre-son-reseau-de-chaleur-et-gere/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>158947</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Étudier le potentiel de création ou d'extension de réseaux de chaleur sur mon territoire</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
+France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ France Chaleur Urbaine est un service porté par le ministère de la transition écologique qui vise à accélérer le développement des réseaux de chaleur. Dans un contexte de tension autour de l&amp;#039;énergie et de crise écologique, France Chaleur Urbaine construit les outils qui aident les acteurs publics et privés à promouvoir davantage et plus facilement la solution réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La plateforme vous aide à identifier les potentiels de développement, d&amp;#039;extension ou de création de nouveaux réseaux.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À partir de
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/carte" target="_self"&gt;
+   notre cartographie
+  &lt;/a&gt;
+  nationale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Découvrez s&amp;#039;il existe des manifestations d&amp;#039;intérêt sur votre territoire (demandes déposées sur France Chaleur Urbaine)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Localisez les bâtiments à chauffage collectif gaz ou fioul, les plus facilement raccordables aux réseaux de chaleur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accédez aux consommations de gaz à l&amp;#039;adresse pour identifier les plus gros consommateurs sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exportez la totalité des informations sur une zone précise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définissez un projet de tracé de réseau, obtenez la densité thermique linéaire associée et exportez le tracé pour l&amp;#039;intégrer dans vos propres outils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; Découvrez dans ce guide tout ce que France Chaleur Urbaine peut faire pour vous :
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/FCU_guide_collectivites.pdf" target="_self"&gt;
+  le guide collectivité
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les sources de données utilisées par France Chaleur Urbaine sont disponibles
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/carto_sources.pdf" target="_self"&gt;
+  ici
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le site
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/" target="_self"&gt;
+  France Chaleur Urbaine
+ &lt;/a&gt;
+ est accessible sans conditions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://france-chaleur-urbaine.beta.gouv.fr/carte</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Contact pour tout renseignement :
+  &lt;a target="_self"&gt;
+   france-chaleur-urbaine&amp;#64;developpement-durable.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>france.chaleur.urbaine@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d01a-etudier-le-potentiel-de-creation-dun-reseau-d/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>161749</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans l’investissement de vos réseaux de chaleur ou de froid, alimentés par des énergies renouvelables et/ou de récupération</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Extension et création de réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif poursuivi par cet accompagnement financier est de&lt;strong&gt; vous aider à mobiliser davantage de chaleur et/ou de froid issus de production d’EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Le montant de votre aide est calculé sur la base d’une analyse économique ou sur la base d’une aide forfaitaire. Cela dépend de la puissance de l’installation sur laquelle votre réseau est, ou sera, connecté.&lt;/p&gt;&lt;p&gt;Quelques critères doivent être respectés pour pouvoir bénéficier de l’aide : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Votre réseau &lt;strong&gt;assure des services publics de distribution de la chaleur&lt;/strong&gt; (la collectivité est autorité organisatrice).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau de chaleur &lt;strong&gt;existe au sens fiscal&lt;/strong&gt;, avec au moins deux clients distincts du maître d’ouvrage.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau technique &lt;strong&gt;distribue uniquement de la chaleur&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets sont obligatoirement raccordés à des unités physiques de production EnR&amp;amp;R&lt;/strong&gt; par biomasse, solaire thermique, géothermie, méthanisation, récupération de chaleur fatale (sur process industriel, UIOM (Unité d&amp;#039;Incinération d&amp;#039;Ordures Ménagères)…) et/ou cogénération.&lt;/p&gt;&lt;p&gt;L’aide aux réseaux de l’ADEME porte &lt;strong&gt;exclusivement sur la fonction « distribution »&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Elle est conditionnée aux caractéristiques techniques de mise en œuvre des réseaux prévus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;production supplémentaire&lt;br /&gt;&lt;/li&gt;&lt;li&gt;part d’EnR&amp;amp;R&lt;br /&gt;&lt;/li&gt;&lt;li&gt;densité énergétique&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Elle est aussi conditionnée aux éventuels autres financements sollicités (par exemple Conseil Régional).&lt;/p&gt;&lt;p&gt;Des aides pour réaliser vos études existent par ailleurs, sur ces mêmes pages AGIR.&lt;/p&gt;&lt;p&gt;Pour les projets de &lt;strong&gt;réseaux de chaleur associés à une demande de financement d&amp;#039;installation de production ou de récupération de chaleur&lt;/strong&gt;, merci de vous référer aux « Pièces à déposer » des pages AGIR dédiées à chaque type de production (&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse énergie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface et aérothermie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde"&gt;Géothermie profonde&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Chaleur Fatale&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Solaire&lt;/a&gt;).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>161754</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez un projet de récupération de chaleur fatale avec l’aide du Fonds Chaleur de l’ADEME</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;L’ADEME subventionne via le Fonds Chaleur les installations de récupération de chaleur fatale en fonction de conditions techniques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Quantité de chaleur récupérée.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Performances énergétiques et environnementales des installations.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Temps de Retour Brut (TRB) du projet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent valoriser une quantité d’énergie thermique supérieure à 1 GWh/an.&lt;/p&gt;&lt;p&gt;Depuis 2020, les aides ADEME s&amp;#039;articulent avec dispositif des Certificats d’Économies d’Énergie (CEE). Les modalités sont précisées &lt;strong&gt;dans les conditions d’éligibilité et de financement.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME vous accompagne et vous conseille sur toutes les phases de votre projet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les études d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les études de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les aides à l’investissement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Passer le cap de la récupération de chaleur vous permettra :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D’avoir de la &lt;strong&gt;visibilité sur les coûts&lt;/strong&gt; de la chaleur.&lt;/li&gt;&lt;li&gt;D’accéder à une &lt;strong&gt;haute performance environnementale&lt;/strong&gt; en substituant cette ressource à d’autres sources de chaleur non renouvelables.&lt;/li&gt;&lt;li&gt;De bénéficier de &lt;strong&gt;technologies éprouvées à haut rendement énergétique&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;De mener à bien un projet avec un &lt;strong&gt;temps de retour souvent inférieur aux projets d’énergies renouvelables&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;De profiter d’une &lt;strong&gt;ressource de proximité&lt;/strong&gt; disponible dans une logique d’économie circulaire.&lt;/li&gt;&lt;li&gt;D’agir avec le soutien du Fonds Chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnRChoix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur      fatale : &lt;strong&gt;étude des sources de chaleur fatale &lt;/strong&gt;disponibles localement et de      leurs &lt;strong&gt;adéquations avec les besoins&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Et, par la suite, &lt;strong&gt;considération des autres ENR&lt;/strong&gt; disponibles localement : &lt;strong&gt;étude du potentiel géothermique et solaire thermique&lt;/strong&gt; et de leur adéquation avec les besoins (seul ou en complément de la biomasse). La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins. La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>161767</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaud et de froid à partir d’une boucle d’eau tempérée « géothermique »</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid à partir de boucle d’eau tempérée géothermique</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une boucle d’eau tempérée repose sur un &lt;strong&gt;réseau de distribution d’eau basse température (10 à 25 °C)&lt;/strong&gt; reliant plusieurs bâtiments que l’on souhaite chauffer voire rafraîchir ensemble. Chacun de ces bâtiments est raccordé à la boucle au travers d’une sous-station, dans laquelle est installée une pompe à chaleur qui assure les besoins de chauffage, d’eau chaude sanitaire et/ou de froid nécessaires aux bâtiments. On parle alors de production « décentralisée ». La boucle d’eau tempérée peut être alimentée par de multiples sources d’énergies renouvelables et de récupération (géothermie, eaux usées, eau de mer, chaleur fatale…).&lt;/p&gt;&lt;p&gt;Il existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable grâce à la boucle d’eau tempérée géothermique (BETG)&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Maîtriser      sa facture énergétique en ayant de la visibilité sur les coûts de la      chaleur et du froid.&lt;/li&gt;&lt;li&gt;Bénéficier      d’une technologie performante sur le plan énergétique et      environnemental.&lt;/li&gt;&lt;li&gt;promouvoir      des ressources énergétiques locales, disponibles 24 heures sur 24 et      indépendantes des conditions climatiques.&lt;/li&gt;&lt;li&gt;Profiter      d’une technologie adaptable aux différentes demandes selon les usages des      bâtiments (chaud et/ou froid).&lt;/li&gt;&lt;li&gt;Exploiter      une technologie qui s’intègre harmonieusement à son environnement et      évolutive par rapport à un programme d’aménagement.&lt;/li&gt;&lt;li&gt;Agir      avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide ADEME aux projets de boucle d’eau tempérée géothermique est calculée sur la base d’une analyse économique&lt;strong&gt;. &lt;/strong&gt;L’ADEME peut accompagner les opérations de boucles d’eau tempérée géothermiques ayant une &lt;strong&gt;production de chaleur renouvelable minimum de 25 MWh/an sur :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;champ de sondes&lt;/li&gt;&lt;li&gt;nappe d’eau souterraine&lt;/li&gt;&lt;li&gt;eaux usées (ou effluents en sortie de      STEP)&lt;/li&gt;&lt;li&gt;eau de mer ou eaux de surface&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’investissement dans une boucle d’eau tempérée géothermique dépend de nombreux paramètres. Une &lt;strong&gt;étude de faisabilité est obligatoire&lt;/strong&gt;, d’autant que le versement de l’aide peut être conditionné à l’atteinte de critères minimum de performance des installations (COP des PAC (Coefficient de performances des pompes à chaleur), production en MWh, taux d’EnR&amp;amp;R de la boucle, etc.). D’autres critères peuvent également s’imposer au projet : réglementaires, performance énergétique des bâtiments raccordés, critères sociaux et de gouvernance de la boucle...&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur et sur le taux d&amp;#039;EnR&amp;amp;R de l&amp;#039;opération) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-a-partir-boucle-deau-temperee</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-a-partir-de-boucle-deau-temperee-geothermique/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>161771</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement des études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude de faisabilité apporte au porteur de projet les éléments techniques, économiques, réglementaires et environnementaux lui permettant de se positionner sur la faisabilité d’une opération de récupération et valorisation de chaleur fatale.&lt;/p&gt;&lt;p&gt;L’étude de faisabilité fait notamment suite à une solution identifiées lors d’un audit énergétique ou une étude d’opportunité et permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de vérifier la faisabilité technique et économique du projet&lt;br /&gt;&lt;/li&gt;&lt;li&gt;de proposer des solutions techniques adaptées au contexte et aux possibilités qu’offre le site&lt;/li&gt;&lt;li&gt;d’étudier les solutions en matière de montage financier et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à réaliser, alors passez à la suite. L’ADEME avec le Fonds Chaleur, vous accompagne à travers des &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;aides à l’investissement sur une installation de récupération de chaleur fatale&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-linstallation-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-linstallation-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>161772</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie géothermique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel biomasse et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la géothermie).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons pour passer le cap du fossile au renouvelable grâce à la géothermie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;maîtriser sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur ;&lt;/li&gt;&lt;li&gt;accéder à l’exemplarité environnementale ;&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique ;&lt;/li&gt;&lt;li&gt;promouvoir des ressources locales, disponibles 24h/24 indépendamment des conditions climatiques ;&lt;/li&gt;&lt;li&gt;exploiter une énergie qui s’intègre harmonieusement à son environnement ;&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner financièrement la réalisation d’opérations de géothermie sur aquifère profond (ou géothermie basse énergie) avec ou sans recours à une (ou des) pompe(s) à chaleur et associées ou non à la création (ou l’extension) d’un réseau de chaleur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production de chaleur à partir de géothermie profonde dépend de conditions techniques, en particulier :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’étude du projet (sur les volets sous-sol et surface) ;&lt;/li&gt;&lt;li&gt;la quantité de chaleur produite ;&lt;/li&gt;&lt;li&gt;les performances énergétiques et environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-a-partir-de-geothermie-profonde/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>161773</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière pour la réalisation de votre installation de production de chaleur et de froid à partir de géothermie de surface ou d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid renouvelable à partir de géothermie de surface et d'aérothermie</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G216" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K216" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et d&amp;#039;efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur, afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de &lt;strong&gt;l’utiliser de façon optimisée&lt;/strong&gt; et &lt;strong&gt;là où elle est l’énergie la plus pertinente&lt;/strong&gt; pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera &lt;strong&gt;particulièrement pertinente pour des besoins hautes température&lt;/strong&gt; (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il   existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable   grâce à la géothermie ou à l’aérothermie&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maîtriser   sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur et   éventuellement sur les coûts du froid.&lt;/li&gt;&lt;li&gt;Accéder   à l’exemplarité environnementale.&lt;/li&gt;&lt;li&gt;Bénéficier de technologies éprouvées à haut   rendement énergétique.&lt;/li&gt;&lt;li&gt;Permettre de produire du chaud, mais aussi du rafraîchissement avec les mêmes équipements.&lt;/li&gt;&lt;li&gt;Promouvoir   des ressources locales, disponibles 24 heures sur 24 indépendamment des conditions   climatiques.&lt;/li&gt;&lt;li&gt;Exploiter   une énergie qui s’intègre harmonieusement à son environnement.&lt;/li&gt;&lt;li&gt;Agir avec le soutien du Fonds Chaleur et de   l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner les opérations suivantes ayant une production de chaleur renouvelable minimum de 25 MWh/an :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Géothermie   de surface avec pompes à chaleur sur aquifère superficiel, sur champ de   sondes géothermiques, sur géostructures énergétiques, sur échangeurs   compacts géothermiques ou sur chaussées thermoactives.&lt;/li&gt;&lt;li&gt;Installations   utilisant les mêmes principes que la géothermie mais valorisant par pompe à   chaleur l’énergie des eaux usées, de l’eau de mer, des eaux de surface ou des   eaux thermales.&lt;/li&gt;&lt;li&gt;Aérothermie &lt;strong&gt;uniquement les pompes à chaleur air/eau&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de géothermie de   surface ou d&amp;#039;aérothermie aidées par l’ADEME peuvent être dédiées à un bâtiment (ou process) ou   peuvent être associées à un réseau de chaleur et/ou de froid. &lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;installations de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable&lt;/strong&gt; (production de chaleur renouvelable &amp;lt;25 MWh/an).&lt;/p&gt;&lt;p&gt;L’aide Fonds Chaleur aux   installations de géothermie de surface ou d’aérothermie dépend de conditions techniques, en   particulier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;étude du projet (incluant le volet captage de   la ressource « EnR »).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;La quantité de chaleur et éventuellement de froid produite.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les performances énergétiques et   environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à   l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre   projet&lt;/strong&gt; : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage,   conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N216" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U216" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V216" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie</t>
+        </is>
+      </c>
+      <c r="X216" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y216" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z216" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-renouvelable-a-partir-de-geothermie-de-surface-et-daerothermie/</t>
+        </is>
+      </c>
+      <c r="AA216" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
+        <v>161774</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le financement d’une étude de faisabilité avant d'investir dans une installation de géothermie de surface ou dans une installation d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité en géothermie de surface et aérothermie</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G217" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K217" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité, en apportant une aide financière et en mettant à votre disposition des trames de cahier des charges selon les technologies utilisées.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide comprend les &lt;strong&gt;études de projets&lt;/strong&gt; liés à la mise en œuvre de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pompes à chaleur sur aquifère superficiel, champs de sondes géothermiques, géostructures énergétiques, eaux usées, eau de mer ou eaux thermales&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pompes à chaleur aérothermiques (PAC air/eau)&lt;/li&gt;&lt;li&gt;de boucle d’eau tempérée « géothermique »&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité vous permettra de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;vérifier la faisabilité technique et économique&lt;/strong&gt; du projet d’implantation d’une installation de géothermie de surface&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte ainsi qu’aux opportunités et aux contraintes qu’offre le site&lt;/li&gt;&lt;li&gt;&lt;strong&gt;comparer la solution « géothermique » aux autres possibilités&lt;/strong&gt; en termes d’investissement et d’exploitation&lt;/li&gt;&lt;li&gt;&lt;strong&gt;rechercher des solutions&lt;/strong&gt; visant à assurer l’exploitation pérenne de la ressource « géothermique »&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions pour le financement de l’opération&lt;/strong&gt; et son montage administratif et juridique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets de pompes à chaleur géothermiques sur aquifère superficiel ou sur champ de sondes ou de pompes à chaleur aérothermiques, l’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page)&lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis. Vous pouvez contacter votre direction régionale ADEME, en amont de l’étude de faisabilité.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le financement d’&lt;strong&gt;installations géothermiques&lt;/strong&gt; de production de chaleur et de froid&lt;/li&gt;&lt;li&gt;le financement d&amp;#039;&lt;strong&gt;installations aérothermiques&lt;/strong&gt; de production de chaleur&lt;/li&gt;&lt;li&gt;le financement d’&lt;strong&gt;installations de boucles d’eau tempérée géothermiques&lt;/strong&gt; de production de chaleur et de froid&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N217" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O217" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S217" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U217" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V217" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-geothermie-surface-aerothermie</t>
+        </is>
+      </c>
+      <c r="X217" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y217" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z217" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-en-geothermie-de-surface-et-aerothermie/</t>
+        </is>
+      </c>
+      <c r="AA217" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
+        <v>161779</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.&lt;/li&gt;&lt;li&gt;Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour &lt;strong&gt;promouvoir les énergies renouvelables&lt;/strong&gt;. À ce titre, des conseils, des notes d’opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l’investissement dans un réseau de chaleur ou de froid sont conditionnées à la &lt;strong&gt;production d’une étude de faisabilité&lt;/strong&gt; pour une création de réseau ou d’un schéma directeur des réseaux pour une extension.&lt;/p&gt;&lt;p&gt;L’aide aux études et schémas directeurs est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études avec la ou les qualifications pertinentes pour les productions EnR, complété de la certification « OPQIBI 1319 Études du transport de chaleur et de froid » pour la partie « réseau » du projet) ou pouvant justifier de conditions équivalentes.&lt;/p&gt;&lt;p&gt;Avant d’investir, l’ADEME préconise le recours à des prestataires bureaux d’études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O218" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S218" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T218" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U218" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-reseaux-chaleur-froid-alimentes-enr-enrr</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y218" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z218" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-et-ou-enr-r/</t>
+        </is>
+      </c>
+      <c r="AA218" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
+        <v>161782</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Réduction du besoin : réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;Mutualisation des besoins : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur fatale : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse). &lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons de passer au renouvelable grâce à la biomasse énergie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;avoir de la visibilité sur les coûts de la chaleur&lt;/li&gt;&lt;li&gt;accéder à une haute performance environnementale&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique&lt;/li&gt;&lt;li&gt;profiter d’une ressource de proximité disponible (bois énergie, sous-produits agricoles ou industriels…), dans une logique d’économie circulaire&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur (aide allant jusqu’à 45 % à 65 % en fonction du statut du porteur de projet)&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production chaleur biomasse/bois dépend de conditions techniques&lt;/strong&gt;, en particulier :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;l’étude du projet&lt;/li&gt;&lt;li&gt;l’approvisionnement      biomasse&lt;/li&gt;&lt;li&gt;la quantité de chaleur      produite&lt;/li&gt;&lt;li&gt;les performances      énergétiques et environnementales&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N219" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O219" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Opérations éligibles :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les installations pour le secteur Collectif / Tertiaire ayant une production minimum de 1 200 MWh/an d&amp;#039;énergie biomasse sortie chaudière.&lt;/li&gt;&lt;li&gt;Les installations en secteur Industrie (et agricole) ayant une production de 1 200 à 12 000 MWh/an biomasse sortie chaudière.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de fortes puissances en secteur industriel et agricole sont accompagnées dans le cadre de l’AAP (Appel à projets) BCIAT (production &amp;gt; 12 000 MWh/an). Les installations biomasse de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable (production &amp;lt; 1 200 MWh/an).&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maitrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur la qualité de l&amp;#039;air et les taux de certifications attendus sur la plaquette forestière et le bois bocager) et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S219" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T219" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U219" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V219" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z219" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-production-de-chaleur-biomasse-bois/</t>
+        </is>
+      </c>
+      <c r="AA219" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
+        <v>163294</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Développer les réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d’Énergie Somme est statutairement compétent en matière de réseaux de chaleur à base d&amp;#039;énergies renouvelables et de récupération et développe des projets dans le Département de la Somme en étroite collaboration avec les collectivités locales, qui lui transfèrent cette compétence production / distribution de chaleur renouvelable &amp;#34;Réseaux de chaleur&amp;#34;. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Territoire d’Énergie Somme informe et conseille sur les filières possibles en réalisant des études d&amp;#039;opportunité intégrant le dimensionnement, l&amp;#039;approvisionnement, et les possibilités de montage juridique du projet afin de juger de l&amp;#039;opportunité d&amp;#039;une solution aux côtés des collectivités. Celles-ci ont alors la possibilité de transférer leur compétence &amp;#34;chaleur renouvelable&amp;#34; à Territoire d’Énergie Somme qui réalise l&amp;#039;investissement et finance intégralement le projet, construit les réseaux et les exploite.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O220" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S220" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T220" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U220" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V220" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/energies-renouvelables</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;agnes.lenne&amp;#64;fde-somme.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y220" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z220" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reseaux-de-chaleur/</t>
+        </is>
+      </c>
+      <c r="AA220" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>20396</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Enrichir et restaurer les collections des musées et fonds patrimoniaux des bibliothèques (FRAM, FRAR et FRRAB)</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J221" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite maximale de 80% du coût de la dépense.</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif vise à favoriser la restauration et l&amp;#039;enrichissement des collections des « Musées de France » et des fonds patrimoniaux des bibliothèques d&amp;#039;Occitanie. Le FRAM (Fonds Régional d&amp;#039;Acquisition pour les Musées de France), le FRAR (Fonds Régional d&amp;#039;Aide à la Restauration des collections des musées de France) et le FRRAB (Fonds Régional de Restauration et d&amp;#039;Acquisition pour les Bibliothèques) sont abondés annuellement par l&amp;#039;Etat et la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les établissements peuvent solliciter :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- au titre des « musées de France », pour les collections labellisées,
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le FRAR pour la restauration des objets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le FRAM pour l&amp;#039;achat d&amp;#039;oeuvres majeures ou remarquables ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2- au titre des bibliothèques, le FRRAB, pour les acquisitions de fonds patrimoniaux tels
+ que, ouvrages anciens, incunables, lettres et manuscrits autographes, livres d&amp;#039;artistes, etc. Par ailleurs, le FRRAB peut être sollicité pour la restauration et la conservation des collections patrimoniales, ainsi que leur mise en valeur dans le cadre d&amp;#039;opérations particulièrement marquantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires du FRAM et du FRAR sont les établissements labellisés par l&amp;#039;Etat « Musées de France » et ceux du FRRAB sont les bibliothèques des collectivités publiques dotées de fonds patrimoniaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de soutien au titre du FRAM, du FRAR et du FRRAB sont présentées par la personne morale propriétaire de la collection considérée : collectivités locales (ou leurs établissements publics) ou associations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional est calculé en fonction du montant d&amp;#039;opération HT. Le coût TTC peut être pris en compte, si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA en fonction de l&amp;#039;opération concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les acquisitions des « musées de France » en vente publique, les frais spécifiques peuvent être retenus.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide accordée à un établissement ne peut en principe dépasser le tiers du montant annuel du FRAM, du FRAR ou du FRRAB.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;autofinancement du propriétaire ne peut être inférieur à 20% du montant HT (ou TTC si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces fonds sont destinés à soutenir en priorité les restaurations et acquisitions majeures, inaccessibles pour les établissements d&amp;#039;Occitanie sans le cofinancement de l&amp;#039;État et de la Région. Pour des opérations exceptionnelles dépassant le cadre budgétaire dédié à ces dispositifs, des mesures financières exceptionnelles pourront être étudiées par la Région en cohérence avec les fonds mis en place à cet effet par l&amp;#039;État pour les musées et les bibliothèques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Soutien-a-l-enrichissement-et-a-la-restauration-des-collections</t>
+        </is>
+      </c>
+      <c r="X221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Occitanie / Pyrénées-Méditerranée Direction de la Culture et du Patrimoine Service Développement, Restauration et Valorisation du patrimoine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11, 30, 34, 48 et 66 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : 201, avenue de la Pompignane 34 064 MONTPELLIER Cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Monique BENOIT : 04 67 22 93 49 Mél : monique.benoit&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Anne-Françoise VOISIN : 04 67 22 98 49 Mél : anne-francoise.voisin&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : 22, boulevard du Maréchal Juin 31 406 TOULOUSE Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Radhia GHAZOUANI : 05 61 39 62 09 Mél : radhia.ghazouani&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe MONDY : 05 61 39 62 15 Mél : philippe.mondy&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4dc9-patrimoine-soutien-a-lenrichissement-et-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>143338</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Assurer l'auscultation et le diagnostic de vos ouvrages d'art en béton armé pour garantir leur durabilité et leur performance</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K222" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous désirez assurer la qualité et la pérennité d&amp;#039;un ouvrage d&amp;#039;art lors de sa construction ou de sa réhabilitation et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour cela, vous cherchez un appui technique et une expertise pointue pour assurer l&amp;#039;auscultation et le diagnostic de vos ouvrages d&amp;#039;art en béton armé et développer une approche performantielle pour la construction ou la réparation de ces derniers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour diagnostiquer et étudier la durabilité et performance du béton armé en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic corrosion avec essais in-situ : profometer 5, GECOR 6, TORRENT,... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dimensionnement des dispositifs de protection des aciers contre la corrosion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais de durabilité des bétons : migration de chlorures, quantification de la porosité, chambres de carbonatation, enceintes climatique (température, brouillard salin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractérisation physico-chimique des bétons ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation de la durabilité des matériaux à moindre impact environnemental ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déploiement de l&amp;#039;approche performantielle auprès des maitres d&amp;#039;ouvrage et des maitres d&amp;#039;œuvre : phase conception, réalisation de point zéro de l&amp;#039;ouvrage, élaboration et suivi d&amp;#039;indicateurs de suivi des bétons.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N222" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Bâtiments et construction
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O222" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S222" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T222" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U222" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/durabilite-performance-du-beton-arme</t>
+        </is>
+      </c>
+      <c r="X222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z222" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82af-durabilite-et-performance-du-beton-arme/</t>
+        </is>
+      </c>
+      <c r="AA222" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
+        <v>163014</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G223" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K223" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N223" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O223" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S223" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U223" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V223" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y223" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z223" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA223" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>10206</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Garantir l'accessibilité des personnes handicapées aux bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G224" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J224" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles. Plafond de subvention : 50.000 €.</t>
+        </is>
+      </c>
+      <c r="K224" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a comme objectif de contribuer aux objectifs fixés par la loi du 11 février 2005 « pour l&amp;#039;égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées » qui précise notamment que « les établissements existants recevant du public doivent être tels que toute personne handicapée puisse y accéder, y circuler et y recevoir les informations qui y sont diffusées, dans les parties ouvertes au public. L&amp;#039;information destinée au public doit être diffusée par des moyens adaptés aux différents handicaps ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Handicap
+Equipement public
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers dont la subvention serait inférieure à 1 000 € ne seront pas recevables (dépenses éligibles &amp;lt; 3 333 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les rampes d&amp;#039;accès, cheminements dédiés aux personnes à mobilité réduite, ascenseurs ou élévateurs, sanitaires, signalétique adaptée...,
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles,
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les places de parking, voirie et toilettes publiques dans le cadre de bâtiments isolés (la mise en accessibilité des toilettes dans le cadre d&amp;#039;un projet global de mise en accessibilité d&amp;#039;un bâtiment est éligible),
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement régional doit permettre la mise en accessibilité globale du ou des bâtiments concernés,
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles et la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables,
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les Équipements recevant du public appartenant aux communes ou EPCI avec ou sans fiscalité propre sont éligibles,
+&lt;/p&gt;
+&lt;p&gt;
+ Seule 1 opération (pouvant regrouper plusieurs bâtiments) pourra être accompagnée par an et par commune,
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif « accessibilité des bâtiments publics » n&amp;#039;est cumulable qu&amp;#039;avec le dispositif de rénovation énergétique des bâtiments publics sur la base de dépenses éligibles distinctes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U224" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V224" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Mise-en-accessibilite-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6163-mise-en-accessibilite-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
+        <v>30712</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel pour garantir l'accessibilité à la pratique sportive aux personnes en situation de handicap</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G225" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H225" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I225" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J225" s="1" t="inlineStr">
+        <is>
+          <t>du coût d'acquisition du matériel.</t>
+        </is>
+      </c>
+      <c r="K225" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le sport est un domaine d&amp;#039;activité humaine qui intéresse beaucoup les citoyens et qui a une capacité énorme à les rassembler, s&amp;#039;adressant à tous indépendamment de l&amp;#039;âge ou du milieu social.
+&lt;/p&gt;
+&lt;p&gt;
+ 43% des 66 millions de français pratiquent une activité physique et/ou sportive avec une certaine régularité. On recense 9 millions de personnes en situation de handicap dont 32,8% qui pratiquent une activité physique – soit 3 millions de personnes. On dénombre, au sein de ces 3 millions de personnes, 179 000 licenciés inscrits dans l&amp;#039;une des 90 fédérations sportives reconnues par l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds d&amp;#039;accessibilité à la pratique sportive pour les personnes en situation de handicap est un moyen pour répondre à ces besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide concerne l&amp;#039;acquisition de matériel sportif nécessaire au développement de la pratique des personnes en situation de handicap. Pour l&amp;#039;année 2020, ce matériel devra avoir été acheté entre le
+ &lt;strong&gt;
+  01/01/2020
+ &lt;/strong&gt;
+ et le
+ &lt;strong&gt;
+  31/12/2020.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les bénéficiaires peuvent être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les comités départementaux ou les clubs affiliés à la Fédération Française de Handisport ou de Sport Adapté
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou les clubs affiliés à une autre fédération, sous réserve d&amp;#039;être référencés dans le handiguide national des sports.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N225" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Handicap
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O225" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Siège social de l&amp;#039;association situé en Occitanie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Comités départementaux handisport, sport adapté ou autres
+  &lt;/li&gt;
+  &lt;li&gt;
+   Clubs affiliés à une fédération spécifique ou clubs affiliés à une autre fédération, sous réserve d&amp;#039;être référencés dans le handiguide national des sports consultable sur www.handiguide.sports.gouv.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T225" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U225" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V225" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Fonds-d-accessibilite-a-la-pratique-sportive-pour-les-personnes</t>
+        </is>
+      </c>
+      <c r="X225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valérie GARCIA : 04 67 22 86 77 / valerie.garcia&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y225" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z225" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9536-fonds-daccessibilite-a-la-pratique-sportive-p/</t>
+        </is>
+      </c>
+      <c r="AA225" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
+        <v>94236</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans un projet santé ou médico-social à impact social positif</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G226" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K226" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne le développement des entreprises portant un projet ayant un impact social positif dans l&amp;#039;un des 5 secteurs suivants.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Santé : projet de maisons de répit ou d&amp;#039;accès aux aides techniques par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vieillissement : projet de renforcement des liens intergénérationnels ou de services d&amp;#039;accompagnement dans la perte d&amp;#039;autonomie par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Handicap : projet de solutions techniques de gestion de la perte d&amp;#039;autonomie ou d&amp;#039;emploi de personnes en situation de handicap par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petite enfance : projet de création de crèches adaptées aux enfants en situation de handicap par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habitat : projet de foncières solidaires ou création de maisons intergénérationnelles par exemple.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien de la Banque des Territoires s&amp;#039;adresse aux entreprises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  En phase de développement, à condition de présenter au moins 3 années de comptes de résultats et des fonds propres positifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En changement d&amp;#039;échelle, en accord avec un plan de développement établi.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour un projet éligible, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposer un accompagnement en ingénierie pour développer le projet avant son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investir en fonds propres et/ou quasi-fonds propres dans la structure ou dans le projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N226" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Handicap
+Santé
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O226" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S226" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T226" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U226" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V226" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_sante_medico_social_psat</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;a href="https://www.culture.gouv.fr/Aides-demarches/Appels-a-projets-partenaires/Fonds-regional-de-restauration-et-d-acquisition-pour-les-bibliotheques"&gt;
-[...45 lines deleted...]
-&lt;/h4&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...18 lines deleted...]
-   michele.prevost&amp;#64;culture.gouv.fr
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
- &lt;li&gt;
-[...2 lines deleted...]
-   sabrina.proust&amp;#64;culture.gouv.fr
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y226" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z226" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdbc-investir-dans-linnovation-sociale-pour-la-san/</t>
+        </is>
+      </c>
+      <c r="AA226" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>142706</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles vos bâtiments, espaces publics et transports</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G227" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K227" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assurer l&amp;#039;accessibilité de la chaîne des déplacements renforce l&amp;#039;attractivité du territoire et répond à une exigence sociale croissante.
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte de la diversité des publics et leurs besoins évolutifs (pour construire des réponses adaptées) constitue un vecteur majeur d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema, fort de son expertise technique et de sa capacité à développer des approches innovantes et intégrées, vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité, qu&amp;#039;ils concernent la voirie et les espaces publics, les bâtiments ou les transports.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment prendre en compte l&amp;#039;ensemble des besoins spécifiques de chaque population (vieillissement, handicaps) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer la continuité de la chaîne du déplacement et traiter les interfaces ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer un cheminement accessible, confortable et sécurisé pour tous ? et permettre à chacun de se repérer et s&amp;#039;orienter ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment garantir l&amp;#039;accès pour tous aux établissements et leur confort d&amp;#039;usage ? Comment assurer l&amp;#039;accessibilité des logements et favoriser le maintien à domicile ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer le niveau d&amp;#039;accessibilité des transports ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maître d&amp;#039;ouvrage public ou privé (dans les domaines voirie, bâtiment ou transport), et plus particulièrement : une collectivité (métropole, ville, commune) en France métropolitaine ou d&amp;#039;Outre-mer, un gestionnaire de patrimoine public ou privé, une région, un département, le Cerema vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour l&amp;#039;élaboration et la mise en œuvre de stratégies d&amp;#039;accessibilité (en amont, programmation de l&amp;#039;accessibilité, à une échelle territoriale ou patrimoniale...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise intégrée sur des projets liés à l&amp;#039;accessibilité (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - bonne connaissance de la réglementation et des besoins des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser d&amp;#039;autres partenaires (acteurs de la &amp;#34;mise en œuvre&amp;#34;, développeurs de solutions)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réseaux, d&amp;#039;ateliers techniques (démarches participatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation / sensibilisation : montage ou support au montage de formations sur-mesure (en présentiel, à distance, ou mixtes)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Expérimentations sur le guidage en traversée piétonne avec la ville de Paris
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Solidéo, société de livraison des ouvrages olympiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement de la solidéo pour la livraison de logements accessibles et adaptés au vieillissement sur l&amp;#039;opération &amp;#34;Cluster Média&amp;#34; des JOP Paris 2024
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lorient Agglomération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mission d&amp;#039;évaluation du niveau d&amp;#039;accessibilité des transports pour le compte de Lorient Agglomération
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N227" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O227" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S227" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U227" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rendre-accessibles-vos-batiments-espaces-publics-transports</t>
+        </is>
+      </c>
+      <c r="X227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y227" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z227" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3fb-rendre-accessibles-vos-batiments-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA227" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
+        <v>155559</v>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en accessibilité des bâtiments publics et des cimetières</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>MISE EN ACCESSIBILITÉ DES BÂTIMENTS ET DES CIMETIÈRES</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G228" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H228" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I228" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J228" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K228" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la mise en accessibilité des bâtiments publics et des cimetières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N228" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O228" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité portant sur les seuls bâtiments publics dédiés à une activité de service public et/ou à un usage public et classés Établissements recevant du public (ERP), à l&amp;#039;exception des édifices cultuels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité des cimetières publics, à l&amp;#039;intérieur ou à leurs abords immédiats.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les diagnostics, travaux de désamiantage ou autres effectués à l&amp;#039;occasion de la mise en accessibilité et accompagnés de travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux et équipements nécessaires à l&amp;#039;accessibilité extérieure et intérieure du bâtiment, hors mobilier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux et les solutions techniques amovibles aux abords immédiats des bâtiments permettant de les rendre accessibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les places de parking signalées PMR, les aménagements et les cheminements directement liés à l&amp;#039;usage ou à l&amp;#039;accès du bâtiment ou du cimetière et aux abords immédiats de ces derniers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La signalétique au sol, verticale, extérieure ou intérieure, ou autre, ainsi que l&amp;#039;éclairage public lié aux places de parkings et aux cheminements concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Lorsque les travaux et dépenses de mise en accessibilité sont communs à un édifice cultuel et à un cimetière, ils sont pris en compte au titre de ce dernier. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ces travaux doivent avoir fait l’objet d’un dépôt au titre de
+l’agenda d’accessibilité programmée (Ad’Ap) ou d’un avis favorable de la
+commission compétente*&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+*la sous-commission départementale d’accessibilité (SCDA) donne un avis
+concernant les dispositions relatives à l&amp;#039;accessibilité aux personnes
+handicapées des établissements et installations recevant du public et les
+dérogations à ces dispositions&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces ou « cases commerciales »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les mobiliers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les abribus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bâtiments abritant La Poste,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les édifices cultuels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Condition d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+ Les travaux doivent être prévus et inscrits dans l&amp;#039;Agenda d&amp;#039;accessibilité programmée (Ad&amp;#039;AP) transmis par la commune ou le groupement de communes à la Préfecture et faire l‘objet d&amp;#039;un avis de récépissé de dépôt à la Préfecture (Le terme de « projet » désigne les travaux prévus dans un Ad&amp;#039;AP pour un bâtiment)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond
+  de dépenses
+  par projet
+  (travaux prévus
+ dans un Ad&amp;#039;AP pour un bâtiment) :
+ &lt;/strong&gt;
+ 50.000€ HT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S228" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T228" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U228" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V228" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-accessibilite-des-batiments-et-des-cimetieres/</t>
+        </is>
+      </c>
+      <c r="W228" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y228" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z228" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b6a-modele/</t>
+        </is>
+      </c>
+      <c r="AA228" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
+        <v>156143</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux travaux de création, extension, réhabilitation, aménagement et équipement des bibliothèques et médiathèques publiques</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>BIBLIOTHÈQUES ET MÉDIATHÈQUES PUBLIQUES</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G229" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H229" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I229" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J229" s="1" t="inlineStr">
+        <is>
+          <t>Ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K229" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider aux travaux de création, extension, réhabilitation, aménagement et équipement des bibliothèques et médiathèques publiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N229" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O229" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de création, d&amp;#039;extension et de réhabilitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études préalables concourant à la définition du projet et garantissant la qualité de la réalisation, sous réserve que l&amp;#039;antériorité du dernier mandatement par le maître d&amp;#039;ouvrage des dépenses d&amp;#039;études ne dépasse pas 3 ans, à compter de la demande d&amp;#039;aide pour travaux. Elles ne sont pas prises en compte si elles ne sont pas suivies des travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;acquisition foncière ou immobilière pour la création et l&amp;#039;extension des bâtiments (si
+   la
+  date de signature de l&amp;#039;acte d&amp;#039;acquisition a eu lieu dans un délai de 3 ans à compter de la date de dépôt de la demande de subvention).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagement immédiats des abords (VRD, voie d&amp;#039;accès, petit parking, aménagements paysagers) qui concernent exclusivement le bâtiment pour lequel une subvention est sollicitée (ils doivent être entrepris concomitamment à la construction ou l&amp;#039;extension du bâtiment).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité à condition que leur coût soit inférieur à 50 % du coût total du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La végétalisation des murs et toitures.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de mobiliers spécialisés :
+  Dans le cadre d&amp;#039;une création, d&amp;#039;une réhabilitation ou d&amp;#039;une extension, ou dans le cadre de la proposition de nouveaux supports.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de documents (tout support confondu à l&amp;#039;exclusion des périodiques) :
+  Dans le cadre d&amp;#039;une création, d&amp;#039;une réhabilitation ou
+   d&amp;#039;une extension.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informatisation :
+   Solutions complètes (matériel et logiciel) prêtes à
+   fonctionner, portail, systèmes antivol.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition
+   de matériels et documents multimédia :
+  Dans le cadre de la mise en place de nouveaux services.&lt;/li&gt;&lt;li&gt;Boites
+de retour : sont bénéficiaires les collectivités publiques dont la
+bibliothèque correspond au niveau A, B ou C (selon la typologie de
+l’Association des Bibliothécaires Départementaux). La boite de retour se
+définit comme un outil permettant d’inciter les usagers à s’inscrire et à
+emprunter, les retours de documents pouvant s’effectuer librement à tout moment
+en dehors des heures d’ouverture de la structure.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Local avec accès indépendant réservé à l&amp;#039;usage de bibliothèque&lt;/li&gt;&lt;li&gt;
+&lt;p&gt;Jusqu’à 1 500 habitants, la surface utile nette minimale de
+l’équipement est fixée à 100 m². Elle est ramenée à 50 m² pour les projets
+de réhabilitations d’équipements existants.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Au-delà de 1 500 habitants, la surface utile nette minimale est fixée à 0,07 m2 par habitant (de la commune ou
+du total des communes concernées par le projet dans le cadre de projets
+intercommunaux), auquel s’ajoute 0,015 m2 par habitant au-delà de 25 000
+habitants,&lt;/p&gt;
+&lt;/li&gt;
+ &lt;li&gt;
+  Affectation d&amp;#039;un crédit minimal annuel d&amp;#039;acquisition de documents calculé en fonction du nombre d&amp;#039;habitants de la ou des communes concernées : 1,50 € par habitant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gratuité du prêt.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Points de vigilance :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Moins de 2 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit au minimum avoir suivi la formation de base dispensée (gratuitement) par la Médiathèque Départementale, voire être titulaire du diplôme d&amp;#039;Auxiliaire de Bibliothèque Français (A.B.F.).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entre 2 000 habitants et 5 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit être recruté au moins à mi-temps au sein de la filière culturelle et titulaire a minima du grade d&amp;#039;adjoint du patrimoine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entre 5 000 habitants et 10 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit être recruté à temps complet au sein de la filière culturelle et titulaire a minima du grade d&amp;#039;assistant de conservation du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus de 10 000 habitants (population ciblée) :  Le responsable de l&amp;#039;équipement doit être recruté à temps complet au sein de la filière culturelle et titulaire a minima du grade de bibliothécaire ou bien de conservateur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Planchers des dépenses subventionnables :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux de création, d’extension et de réhabilitation : 20 000 € HT &lt;/li&gt;&lt;li&gt;Achat de mobiliers spécialisés : 5 000 € HT&lt;/li&gt;&lt;li&gt;Achat de documents : 5 € HT par habitant (population ciblée)&lt;/li&gt;&lt;li&gt;Informatisation : 3 000 € HT&lt;/li&gt;&lt;li&gt;Acquisition de matériels et documents multimédia : 3 000 € HT&lt;/li&gt;&lt;li&gt;Boites de retour : 400 € HT&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;P&lt;/strong&gt;&lt;strong&gt;lafonds des dépenses subventionnables :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux de création, d’extension et de réhabilitation : 700 000 € HT &lt;/li&gt;&lt;li&gt;Achat de mobiliers spécialisés : 100 000 € HT&lt;/li&gt;&lt;li&gt;Achat de documents : 100 000 € HT &lt;/li&gt;&lt;li&gt;Informatisation : 100 000 € HT &lt;/li&gt;&lt;li&gt;Acquisition de matériels et documents multimédia : 30 000 € HT&lt;/li&gt;&lt;li&gt;Boites de retour : 10 000 € HT&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S229" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T229" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U229" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/bibliotheques-et-mediatheques-publiques/</t>
+        </is>
+      </c>
+      <c r="W229" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y229" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z229" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/30a7-modele/</t>
+        </is>
+      </c>
+      <c r="AA229" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>94791</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en oeuvre de leur projet d'urbanisme, d'aménagement, d'assainissement, d'eau, de voirie et d'ouvrage d'art</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de Meurthe et Moselle (ATD 54)</t>
+        </is>
+      </c>
+      <c r="G230" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K230" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Assistance technique, administrative et financière des collectivités pour la définition de leurs besoins, la conception et la mise en oeuvre des projets dans les domaines de l&amp;#039;aménagement, de l&amp;#039;urbanisme, de l&amp;#039;eau, de la voirie et des ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  AMO travaux d&amp;#039;assainissement collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à l&amp;#039;entretien des ouvrages d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de schéma directeur eau potable, suivi de DSP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un programme de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites des ponts et conseils en matière de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO opérations d&amp;#039;urbanisme et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion intégrée des eaux pluviales dans les projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche et à la mobilisation des financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N230" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Equipement public
+Logement et habitat
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O230" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S230" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T230" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U230" s="1" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://www.mmd54.org/</t>
+        </is>
+      </c>
+      <c r="X230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:mmd54&amp;#64;mmd54.org" rel="noopener" target="_blank"&gt;
+  mmd54&amp;#64;mmd54.org
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile CALIN, Directrice de MMD 54 : 03 94 94 56 92
+&lt;/p&gt;
+&lt;p&gt;
+ Murielle COLLIGNON, Assistante administrative : 03 54 50 71 66
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
+        <is>
+          <t>ccalin@mmd54.org</t>
+        </is>
+      </c>
+      <c r="Z230" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abfe-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA230" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>145872</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (FALC)</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (version en français simplifié)</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G231" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K231" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture a mis en place un plan pour lutter contre les violences et harcèlement sexistes et sexuels ou VHSS. Vous travaillez dans le secteur du spectacle vivant et des arts visuels ? Vous demandez ou souhaitez renouveler une aide financière auprès du ministère de la culture ?
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2022, les structures culturelles du
+ &lt;strong&gt;
+  spectacle vivant
+ &lt;/strong&gt;
+ et des
+ &lt;strong&gt;
+  arts visuels
+ &lt;/strong&gt;
+ doivent respecter le plan de lutte contre les VHSS. C&amp;#039;est une condition pour recevoir les aides financières du ministère de la culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le plan de lutte contre les VHSS ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la Culture a mis en place le plan de lutte contre les VHSS (violences et harcèlements sexistes et sexuels). C&amp;#039;est la loi &amp;#34;Schiappa&amp;#34;, votée le 3 août 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ La loi &amp;#34;Schiappa&amp;#34; renforce la lutte contre les violences sexuelles et sexistes. Par exemple contre les violences sexuelles, contre les comportements ou les paroles mal placées à connotations sexuelles, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette loi veut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mieux protéger les victimes de violences sexuelles et sexistes
+ &lt;/li&gt;
+ &lt;li&gt;
+  condamner plus lourdement les auteurs de violences sexuels et sexistes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La loi demande de mettre en place des actions pour lutter contre les VHSS au travail. Le ministère de la culture met en place plusieurs actions.
+&lt;/p&gt;
+&lt;p&gt;
+ Par exemple la mise en place d&amp;#039;une plateforme d&amp;#039;écoute psychologique et juridique pour les victimes ou témoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la culture met en place plusieurs actions. Par exemple la mise en place d&amp;#039;une plateforme d&amp;#039;écoute psychologique et juridique pour les victimes ou témoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus, téléchargez et consultez ce document :
+ &lt;a title="Coordonnées de la cellule d&amp;#039;écoute Audiens.pdf (.PDF - 233 KO) - (nouvelle fenêtre)"&gt;
+  &lt;span&gt;
+   Coordonnées de la cellule d&amp;#039;écoute Audiens.pdf
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2022 les structures culturelles dans les secteurs du spectacle du vivant et de l‘art visuel qui demandent une aide financière doivent remplir un dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dossier doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Décrire les mesures prises pour respecter la loi Schiappa.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montrer comment ma structure va mettre en place les actions du plan de lutte contre les VHSS du ministère de la Culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quels sont les 5 engagements à respecter ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Respecter les obligations légales pour lutter contre les VHSS, inscrites dans le code du travail.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple désigner une personne responsable de la lutte contre les VHSS. On parle de personne référente.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Former les personnes qui encadrent les employés et les personnes référentes pour éviter les VHSS.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple pour connaître les obligations légales
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sensibiliser les employés sur les VHSS.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple afficher les informations sur les VHSS.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagner les témoins ou victimes qui signalent une VHSS.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple les informer de leurs droits et les protéger.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Évaluer les actions mises en place pour lutter contre les VHSS.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple avec un questionnaire anonyme distribué aux employés.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Vous souhaitez en savoir plus sur le plan de lutte contre les VHSS dans votre secteur ? Vous pouvez télécharger et consulter ces documents :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a title="Plan de lutte contre les VHSS dans le Spectacle vivant.pdf (.PDF - 158 KO) - (nouvelle fenêtre)"&gt;
+   &lt;span&gt;
+    Plan de lutte contre les VHSS dans le Spectacle vivant.pdf
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a title="Plan de lutte contre les VHSS dans les Arts visuels.pdf (.PDF - 246 KO) - (nouvelle fenêtre)"&gt;
+   &lt;span&gt;
+    Plan de lutte contre les VHSS dans les Arts visuels.pdf
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Cliquer sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider pour remplir le formulaire.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Si le ministère de la Culture vous accorde une aide financière, le formulaire sera un document officiel. Ce formulaire sera joint aux documents du projet, c&amp;#039;est-à-dire à la convention ou l&amp;#039;arrêté de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci signifie que vous devrez mettre en place les actions pour lutter contre les VHSS décrites dans le formulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous demanderons un bilan détaillé des actions réalisées à la fin du projet ou tous les ans si le projet dure plusieurs années.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N231" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O231" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Êtes-vous concerné par cette démarche ?
+&lt;/p&gt;
+&lt;p&gt;
+ Vous devez déposer un dossier si :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous travaillez dans le secteur des arts visuels et du spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Une association
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une commune
+   &lt;/li&gt;
+   &lt;li&gt;
+    Un département
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une EPCI à fiscalité propre
+   &lt;/li&gt;
+   &lt;li&gt;
+    Un établissement public
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une entreprise privée
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une entreprise publique locale
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une personne physique qui travaille dans une structure culturelle
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une région
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous avez déposé une demande d&amp;#039;aide financière auprès du ministère de la culture pour un projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S231" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U231" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V231" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/lutte-contre-les-vhss-violences-et-harcelement-sexistes-et-sexuels-dans-le-spectacle-vivant-et-les-arts-visuels-version-en-francais-simplifie</t>
+        </is>
+      </c>
+      <c r="W231" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/theatre-spectacle_vhss</t>
+        </is>
+      </c>
+      <c r="X231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La sous-direction des affaires financières et générales (SDAFIG) répond à toutes vos questions sur la lutte contre les VHSS :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale de la création artistique (DGCA)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sous-direction des affaires financières et générales
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:demarchevhss.creation&amp;#64;culture.gouv.fr" target="_self"&gt;
+  demarchevhss.creation&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 40 15 88 32
+&lt;/p&gt;
+&lt;p&gt;
+ 62 Rue Beaubourg, 75003 Paris
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y231" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z231" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1290-lutte-contre-les-vhss-violences-et-harcelemen/</t>
+        </is>
+      </c>
+      <c r="AA231" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>98630</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>Cher Ingénierie des Territoires (CIT)</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les accompagnements proposés pour les collectivités souhaitant définir et mettre en oeuvre leur projet d&amp;#039;aménagement, de voirie, d&amp;#039;ouvrage d&amp;#039;art, de bâtiment, d&amp;#039;eau-assainissement, de restauration sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;étude d&amp;#039;opportunité et de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  le diagnostic de voirie et d&amp;#039;ouvrage d&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la maitrise d&amp;#039;ouvrage pour la réalisation de projet de voirie, aménagement espaces publics  , de bâtiment (bibliothèque, mairie, salle polyvalente, école, cantine, maison de santé,..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la recherche de financement et accompagnement dans le montage de dossier (y compris Fonds européens).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Alimentation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>Cher</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Caroline Edilber, Directrice CIT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 02 48 27 80 27
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:cit&amp;#64;departement18.fr" rel="noopener" target="_blank"&gt;
+   cit&amp;#64;departement18.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>caroline.edilber@departement18.fr</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0ee-accompagner-les-collectivites-dans-la-definit/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K233" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S233" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T233" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
+        <v>159910</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Sauvegarder le patrimoine mobilier (objets mobiliers et œuvres d’art protégées et non protégées au titre des Monuments historiques)</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Aide départementale pour la sauvegarde du patrimoine mobilier (objets mobiliers et œuvres d’art protégées et non protégées au titre des Monuments historiques)</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G234" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K234" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objets mobiliers non protégés Monuments historiques (communes – de 5000 habitants)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Objets mobiliers protégés Monuments historiques (communes – de 5000 habitants)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Objets mobiliers protégés Monument historique (communes &amp;#43; 5 000 habitants, EPCI, communes classée tourisme, établissement public, association reconnue d&amp;#039;utilité publique, propriétaire privé)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N234" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O234" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Protégé MH :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes et travaux (sécurisation, restauration, soclage)
+&lt;/p&gt;
+&lt;p&gt;
+ 30% du coût HT pour les communes et TTC pour les propriétaires privés et associations reconnues d&amp;#039;utilité publique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Non protégé ( communes de moins de 5 000 habitants éligibles au FDTADE) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes
+&lt;/p&gt;
+&lt;p&gt;
+ 30 % montant HT des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux
+&lt;/p&gt;
+&lt;p&gt;
+ 30 % montant HT dans le cadre d&amp;#039;un projet global de restauration de l&amp;#039;édifice
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Conditions spécifiques pour les travaux :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Seuil : 1 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ - Plafond : 50 000 € de travaux éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Valorisation: Signalétique, cartels, éclairage, vitrine :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 50 % du coût HT avec un plafond à 10 000 € de dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour vérifier la protection MH d&amp;#039;un objet mobilier, vous pouvez vous adresser à la Conservation des antiquités et objets d&amp;#039;art (CAOA) ou vous rendre sur le site sur le lien en bas du formulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses non éligibles : entretien courant (par exemple, contrat d&amp;#039;entretien des orgues, dépenses exclusivement liées au culte).
+&lt;/p&gt;
+&lt;p&gt;
+ Critères obligatoires pour la valorisation : aspects qualitatifs et durables, accessibilité des dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; La participation du Département peut s&amp;#039;ajouter aux aides :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De l&amp;#039;Etat : subvention de la DRAC pour les Monuments historiques, subvention de la préfecture pour les édifices non protégés (Dotation d&amp;#039;équipement des territoires ruraux – DETR et dotation de soutien à l&amp;#039;investissement local - DSIL).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certaines intercommunalités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des divers fonds privés (associations, fondations, mécénat). Cf. fiche conseil CD50 mécénat et souscriptions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; La participation de la commune doit représenter au moins 20% du montant total des financements apportés par les personnes publiques. La collectivité territoriale maître d&amp;#039;ouvrage est elle-même incluse dans « les financements apportés par les personnes publiques ». Les fonds apportés par le mécénat (Fondation du patrimoine, dons, souscriptions, collectes des associations, etc.) constituent un financement privé, ils ne sont donc pas comptabilisés parmi les financements publics et ne viennent donc pas abonder l&amp;#039;autofinancement minimal de la commune (on ne tient pas compte des ressources autres que les financements publics pour effecteur le calcul du taux d&amp;#039;autofinancement de la commune).
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions n&amp;#039;ont pas un caractère automatique ; elles relèvent d&amp;#039;une programmation et dépendent des crédits disponibles ainsi que des urgences sanitaires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;accompagnement du projet par le Département implique le respect de sa charte de visibilité pour tout ce qui relève de la communication : relations avec la presse, temps protocolaires et supports de communications.
+&lt;/p&gt;
+&lt;p&gt;
+ Selon l&amp;#039;importance et la durée des travaux, et afin de mobiliser la population autour du projet (appropriation, information, connaissance des dépenses publiques), le Département préconise une communication adaptée et pédagogique auprès des habitants du territoire concerné : nature des travaux, parties prenantes, intérêt patrimonial du bâtiment. Des opérations ponctuelles d&amp;#039;ouverture du chantier au public (scolaires, habitants, mécènes), peuvent aussi être envisagées, dans le respect des règles de sécurité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S234" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T234" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U234" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V234" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-departementale-pour-la-sauvegarde-du-patrimoine-mobilier-objets-mobiliers-et-oeuvres-dart-protegees-et-non-protegees-au-titre-des-monuments-historiques/</t>
+        </is>
+      </c>
+      <c r="W234" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DGA &amp;#34;Appui aux territoires et attractivité&amp;#34; Conseil départemental de la Manche - Direction du patrimoine et des musées  Pôle administratif
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.55.50
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:patrimoine&amp;#64;manche.fr" target="_self"&gt;
+  patrimoine&amp;#64;manche.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y234" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z234" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b41-aide-departementale-pour-la-sauvegarde-du-pat/</t>
+        </is>
+      </c>
+      <c r="AA234" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
+        <v>165433</v>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir l'intégration sociale des personnes exposées au risque de pauvreté ou d'exclusion sociale, y compris les personnes les plus démunies et les enfants</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>Intégration sociale - RESTORE</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>GIP l'Europe à Mayotte</t>
+        </is>
+      </c>
+      <c r="G235" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H235" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I235" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 95</t>
+        </is>
+      </c>
+      <c r="K235" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;CADRE
+D’INTERVENTION DU FSE&amp;#43; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Pour la période 2021-2027, la
+gestion du FSE&amp;#43; est organisée de manière suivante : &lt;/p&gt;&lt;p&gt;Le Préfet de Mayotte, en qualité
+d’autorité de gestion déléguée (AGD), met en œuvre les actions cofinancées par
+le Programme National FSE&amp;#43; dans le respect des règles et normes administratives
+fixées par les autorités européennes et l&amp;#039;autorité de gestion nationale
+représentée par la Délégation générale à l’emploi et à la formation
+professionnelle (DGEFP) du ministère du Travail, de la Santé, des Solidarités
+et des Familles.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;CONTEXTE DE
+L’APPEL À PROJET&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;La priorité 8 « RESTORE » vise à
+répondre aux impacts socio-économiques des catastrophes naturelles liées au
+changement climatique, telles que les inondations, les sécheresses et les
+cyclones. &lt;/p&gt;&lt;p&gt;À la suite de la reconnaissance de
+l’état de catastrophe naturelle sur l’ensemble du territoire mahorais après le
+passage du cyclone Chido, qui a frappé l’île en décembre 2024 et qui a provoqué
+des dégâts humains, matériels et environnementaux considérables, aggravant une
+situation socio-économique déjà fragile, cette priorité est entièrement
+consacrée au soutien de la population.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Cette nouvelle priorité FSE&amp;#43;
+s’inscrit dans le cadre du “Règlement (UE) 2024/3236 du Parlement européen et
+du Conseil du 19 décembre 2024”, modifiant les règlements (UE) 2021/1057 et
+(UE) 2021/1058 pour renforcer le soutien régional d’urgence à la reconstruction
+(RESTORE).&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;L’appel à projets OS L Restore
+constitue une réponse directe aux conséquences socio-économiques de la
+catastrophe naturelle qui a frappé le territoire mahorais en décembre 2024. &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Les actions mises en œuvre visent
+à lutter contre la pauvreté et l’exclusion, en anticipant les besoins émergents
+liés aux répercussions du cyclone Chido.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;CADRE D’INTERVENTION- PROFIL DE
+FINANCEMENT&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;img width="6" height="6" src="data:image/png;base64,R0lGODlhBwAHAHcAMSH&amp;#43;GlNvZnR3YXJlOiBNaWNyb3NvZnQgT2ZmaWNlACH5BAEAAAAALAAAAAAHAAcAhAAAABwcXh4eXB8fXR8fXCAgXS8vZywsZy4uZ0lJfElJekhIekdHenFxmW5uk2pqk2ZmjmZmkW5ulwECAwECAwECAwECAwECAwECAwECAwECAwECAwECAwECAwECAwECAwUfINAARuIAwBEIwYEGRRwAyBAXA8LAMqoSLZSEBhiGAAA7" /&gt; Priorité d&amp;#039;investissement&lt;/p&gt;&lt;p&gt;Réponse aux conséquences socio-économiques des
+catastrophes naturelles (RESTORE)&lt;/p&gt;&lt;p&gt;&lt;img width="6" height="6" src="data:image/png;base64,R0lGODlhBwAHAHcAMSH&amp;#43;GlNvZnR3YXJlOiBNaWNyb3NvZnQgT2ZmaWNlACH5BAEAAAAALAAAAAAHAAcAhAAAABwcXh4eXB8fXR8fXCAgXS8vZywsZy4uZ0lJfElJekhIekdHenFxmW5uk2pqk2ZmjmZmkW5ulwECAwECAwECAwECAwECAwECAwECAwECAwECAwECAwECAwECAwECAwUfINAARuIAwBEIwYEGRRwAyBAXA8LAMqoSLZSEBhiGAAA7" /&gt; Objectif spécifique&lt;/p&gt;&lt;p&gt;8.L
+Promouvoir l’intégration sociale des personnes exposées au risque de pauvreté
+ou d’exclusion sociale, y compris les personnes les plus démunies et les
+enfants.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk201073086"&gt;CONTEXTE
+DE L’OBJECTIF SPECIFIQUE &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk198887169"&gt;&lt;/a&gt; &lt;/p&gt;&lt;p&gt;La mobilisation de cet OS L vise à permettre à
+lutter contre la pauvreté et l’exclusion, en réponse aux impacts du cyclone
+CHIDO. Pour anticiper les besoins émergents liés aux conséquences
+socio-économiques, la liste des initiatives demeure volontairement élargie afin
+d’intégrer des solutions adaptées à l’évolution de la situation.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;En cohérence avec la stratégie nationale de lutte
+contre la pauvreté, cet objectif spécifique au sein de la priorité 8 permettra
+de se concentrer sur l’accompagnement social des plus vulnérables sur le
+territoire mahorais.&lt;/p&gt;&lt;p&gt;&lt;del&gt; &lt;/del&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk201073123"&gt;ACTIONS
+VISÉES&lt;/a&gt;&lt;del&gt;&lt;/del&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;I.    Actions
+visant à lutter contre la pauvreté et favoriser l’insertion sociale des
+individus :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Actions visant à
+mieux connaitre et mieux lutter contre les facteurs d’exclusion :&lt;/p&gt;&lt;p&gt;·       
+Ingénierie, études et innovation sociale en
+matière de lutte contre la pauvreté et l’exclusion (actions collectives, «
+aller vers », développement du pouvoir d’agir des personnes, etc.) ;&lt;/p&gt;&lt;p&gt;·       
+Expérimentation de nouvelles modalités
+d’accompagnement ;&lt;/p&gt;&lt;p&gt;·       
+Formation, professionnalisation et mise en réseau
+des travailleurs du champ social ou médico-social : ces actions visent à
+permettre le déploiement de nouvelles modalités d’accompagnement, l’échange de
+bonnes pratiques et l’évolution des pratiques professionnelles ;&lt;/p&gt;&lt;p&gt;·       
+Coordination des acteurs, animation territoriale
+et ingénierie de projets.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Actions d’accompagnement des personnes à risque
+ou en situation de pauvreté et/ou exclues, accompagnement pluridisciplinaire
+pouvant comprendre la grande précarité, la remobilisation, l’accès aux droits
+et aux services, la médiation sociale etc. &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;II.     Actions
+visant à soutenir le développement des enfants à risque ou en situation
+d’exclusion :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;·       
+Accompagnement des enfants vers l’intégration
+sociale via des activités de type culturel, sportif et/ou de loisirs ;&lt;/p&gt;&lt;p&gt;·       
+Lutte contre l’errance juvénile.&lt;/p&gt;&lt;p&gt;·       
+Éducation et information à la santé ;&lt;/p&gt;&lt;p&gt;·       
+Formation des professionnels de l’enfance et des
+travailleurs du champ social ou médico-social&lt;/p&gt;&lt;p&gt;·       
+Accès à l’éducation pouvant intégrer la
+fourniture de matériels ;&lt;/p&gt;&lt;p&gt;·       
+Développement de la prise en charge des enfants
+de l’aide sociale à l’enfance par des tiers de confiance.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;III.  Actions
+visant à soutenir l’accès et le maintien dans le logement : &lt;/p&gt;&lt;p&gt;                  &lt;/p&gt;&lt;p&gt;·       
+Accompagnement pluridisciplinaire vers et dans le
+logement (hors investissement), y compris pour les ménages logés dans les
+logements temporaires, pour favoriser l’accès à un logement pérenne. &lt;/p&gt;&lt;p&gt;   
+&lt;/p&gt;&lt;p&gt;CATEGORIE
+DE CANDIDATS ELIGIBLES A L’OBJECTIF SPECIFIQUE&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N235" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O235" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P235" s="1" t="inlineStr">
+        <is>
+          <t>15/09/2025</t>
+        </is>
+      </c>
+      <c r="Q235" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2025</t>
+        </is>
+      </c>
+      <c r="R235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères communs de sélection
+des opérations&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Aux termes de l’article 9 du
+règlement (UE) 2021/1060 sur les
+principes horizontaux :&lt;/p&gt;&lt;p&gt;1.   
+Les États membres et la Commission
+veillent au respect des droits fondamentaux et à la conformité avec la Charte
+des droits fondamentaux de l’Union européenne lors de la mise en œuvre des
+Fonds.&lt;/p&gt;&lt;p&gt;2.    Les
+États membres et la Commission veillent à ce que l’égalité entre les hommes et
+les femmes, l’intégration des questions d’égalité entre les hommes et les
+femmes et l’intégration de la dimension de genre soient prises en compte et
+favorisées tout au long de l’élaboration, de la mise en œuvre, du suivi et de
+l’évaluation des programmes ainsi que lors de l’établissement de rapports à
+leur sujet.&lt;/p&gt;&lt;p&gt;3.    Les
+États membres et la Commission prennent les mesures appropriées pour prévenir
+toute discrimination fondée sur le sexe, l’origine raciale ou ethnique, la
+religion ou les convictions, le handicap, l’âge ou l’orientation sexuelle lors
+de l’élaboration, de la mise en œuvre, du suivi et de l’évaluation des
+programmes ainsi que lors de l’établissement de rapports à leur sujet. En
+particulier, l’accessibilité pour les personnes handicapées est prise en compte
+tout au long de l’élaboration et de la mise en œuvre des programmes.&lt;/p&gt;&lt;p&gt;4.    Les
+objectifs des Fonds sont poursuivis conformément à l’objectif consistant à
+promouvoir le développement durable énoncé à l’article 11 du traité sur le
+fonctionnement de l’Union européenne, compte tenu des objectifs de
+développement durable des Nations unies, de l’accord de Paris et du principe
+consistant à « ne pas causer de préjudice important ».&lt;/p&gt;&lt;p&gt;Les objectifs
+des Fonds sont poursuivis dans le plein respect de l’acquis de l’Union dans le
+domaine de l’environnement.&lt;/p&gt;&lt;p&gt;Aux termes de l’article
+63 du règlement (UE) 2021/1060 sur l’éligibilité :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.    L’éligibilité
+d’une dépense est déterminée sur la base des règles nationales, sauf si des
+dispositions spécifiques sont arrêtées dans le présent règlement ou les
+règlements spécifiques aux Fonds ou sur la base de ceux-ci.&lt;/p&gt;&lt;p&gt;2.   
+Une dépense est éligible à une
+contribution des Fonds si elle a été engagée par un bénéficiaire ou le
+partenaire privé d’une opération PPP et versée au cours de l’exécution des
+opérations, entre la date à laquelle le programme a été soumis à la Commission
+ou à compter du 1er janvier 2021, si cette date est antérieure à la première,
+et le 31 décembre 2029.&lt;/p&gt;&lt;p&gt;Pour les coûts remboursés au titre de l’article 53, paragraphe 1,
+points b), c) et f), les actions constituant la base du remboursement sont
+accomplies entre la date de soumission du programme à la Commission ou à
+compter du 1er janvier 2021, si cette date est antérieure à la première, et le
+31 décembre 2029.&lt;/p&gt;&lt;p&gt;3.   
+[…] Pour le FSE&amp;#43;, les dépenses
+liées aux opérations peuvent être attribuées à n’importe laquelle des
+catégories de région du programme, à condition que l’opération contribue à la
+réalisation des objectifs spécifiques du programme.&lt;/p&gt;&lt;p&gt;Pour le FTJ, les dépenses liées aux opérations contribuent à la
+mise en œuvre du plan territorial de transition juste concerné.&lt;/p&gt;&lt;p&gt;4.   
+Tout ou partie d’une opération
+peut être mis en œuvre en dehors d’un État membre, y compris en dehors de
+l’Union, pour autant que l’action contribue à la réalisation des objectifs du
+programme.&lt;/p&gt;&lt;p&gt;5.   
+Pour les subventions prenant les
+formes définies à l’article 53, paragraphe 1, points b), c) et d), les dépenses
+qui sont éligibles à une contribution des Fonds sont égales aux montants
+calculés conformément à l’article 53, paragraphe 3.&lt;/p&gt;&lt;p&gt;6.   
+Une opération n’est pas retenue
+pour bénéficier du soutien des Fonds si elle a été matériellement achevée ou
+totalement mise en œuvre avant que la demande de financement au titre du
+programme ne soit soumise, indépendamment du fait que tous les paiements s’y
+rapportant aient ou non été effectués. Le présent paragraphe ne s’applique pas
+aux dépenses liées à la compensation des surcoûts dans les régions
+ultrapériphériques dans le cadre du FEAMPA au titre de l’article 24 du
+règlement FEAMP ni au soutien octroyé au titre du financement supplémentaire
+pour les régions ultrapériphériques conformément à l’article 110, paragraphe 1,
+point e), du présent règlement.&lt;/p&gt;&lt;p&gt;7.   
+Une dépense qui devient éligible
+du fait d’une modification d’un programme est éligible à compter de la date de
+présentation de la demande correspondante à la Commission.&lt;/p&gt;&lt;p&gt;[…]&lt;/p&gt;&lt;p&gt;8.   
+Lorsqu’un nouveau programme est
+approuvé, les dépenses sont éligibles à compter de la date de présentation de
+la demande correspondante à la Commission.&lt;/p&gt;&lt;p&gt;9.   
+Une opération peut bénéficier du
+soutien d’un ou de plusieurs Fonds ou d’un ou de plusieurs programmes et
+d’autres instruments de l’Union. Dans de tels cas, les dépenses déclarées dans
+une demande de paiement destinée à l’un des Fonds ne sont pas déclarées dans
+les cas suivants :&lt;/p&gt;&lt;p&gt;a.  Soutien
+d’un autre Fonds ou instrument de l’Union ;&lt;/p&gt;&lt;p&gt;b.   Soutien
+du même Fonds au titre d’un autre programme&lt;/p&gt;&lt;p&gt;                        Le
+montant des dépenses à mentionner sur une demande de paiement destinée à un
+Fonds peut être calculé pour chaque Fonds et pour le ou les programmes
+concernés au prorata, conformément au document définissant les conditions du
+soutien.&lt;/p&gt;&lt;p&gt;Aux termes de l’article 73 du règlement
+(UE) 2021/1060 sur la sélection
+des opérations par l’autorité
+de gestion :&lt;/p&gt;&lt;p&gt;1.    Pour
+la sélection des opérations, l’autorité de gestion établit et applique des
+critères et procédures qui sont non discriminatoires et transparents, assurent
+l’accessibilité pour les personnes handicapées, l’égalité entre les femmes et
+les hommes et tiennent compte de la Charte des droits fondamentaux de l’Union
+européenne, du principe de développement durable et de la politique de l’Union
+dans le domaine de l’environnement, conformément à l’ article 11 et à l’article
+191, paragraphe 1, du traité sur le fonctionnement de l’Union européenne.&lt;/p&gt;&lt;p&gt;Les critères et procédures garantissent que les opérations à
+sélectionner sont hiérarchisées afin d’optimiser la contribution des fonds de
+l’Union à la réalisation des objectifs du programme.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;2.   
+Lors de la sélection des
+opérations, l’autorité de gestion :&lt;/p&gt;&lt;p&gt;a.           
+Veille à ce que les opérations sélectionnées soient conformes au
+programme, et concordent notamment avec les stratégies qui sous-tendent le
+programme, et à ce qu’elles contribuent efficacement à la réalisation des
+objectifs spécifiques du programme ;&lt;/p&gt;&lt;p&gt;b.           
+Veille à ce que les opérations sélectionnées qui relèvent du champ
+d’application d’une condition favorisante soient conformes aux stratégies et
+documents de planification correspondants établis en vue du respect de ladite
+condition favorisante ;&lt;/p&gt;&lt;p&gt;c.           
+Veille à ce que les opérations sélectionnées présentent le
+meilleur rapport entre le montant du soutien, les activités menées et la
+réalisation des objectifs ;&lt;/p&gt;&lt;p&gt;[…]&lt;/p&gt;&lt;p&gt;f. vérifie, lorsque les opérations ont commencé avant la
+présentation d’une demande de financement à l’autorité de gestion, que le droit
+applicable a été respecté ;&lt;/p&gt;&lt;p&gt;g. s’assure que les opérations sélectionnées entrent dans le champ
+d’application du Fonds concerné et sont attribuées à un type d’intervention ;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk198896041"&gt;[…]&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Aux termes de l’article 16§4 du règlement FSE&amp;#43; 2021/1057, &lt;/p&gt;&lt;p&gt;Les dépenses de personnel doivent correspondre à la rémunération
+habituellement versée pour la catégorie de fonction concernée. Une demande de
+justification pourra être faite sur la base du salaire antérieur, ou du salaire
+d’autre postes équivalent dans la structure non financée FSE.&lt;/p&gt;&lt;p&gt;Les associations et fondations qui sollicitent une subvention
+publique s&amp;#039;engagent à souscrire un contrat d’engagement républicain
+conformément au décret n°2021-1947 du 31 décembre 2021 pris pour l&amp;#039;application
+de l&amp;#039;article 10-1 de la loi n° 2000-321 du 12 avril 2000 relative aux droits
+des citoyens dans leurs relations avec les administrations. &lt;/p&gt;&lt;p&gt;Par la souscription de ce contrat d’engagement républicain, les
+associations et fondations s’engagent à respecter les principes de liberté,
+d’égalité, de fraternité et de dignité de la personne humaine ainsi que les
+symboles de la République, ne pas mettre en cause la laïcité au sein de la
+République et s’abstenir de toute action portant atteinte à l’ordre&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S235" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T235" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U235" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V235" s="1" t="inlineStr">
+        <is>
+          <t>https://europe-a-mayotte.yt/je-decouvre-leurope-a-mayotte/je-consulte-les-appels-a-projet/#section-2</t>
+        </is>
+      </c>
+      <c r="W235" s="1" t="inlineStr">
+        <is>
+          <t>https://europe-a-mayotte.yt/je-depose-et-consulte-mon-projet/</t>
+        </is>
+      </c>
+      <c r="X235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;o  
+Madame
+DAGNAUD Chantal – Responsable Pôle Animation&lt;/p&gt;&lt;p&gt;Tel : 0639 99 20 57  
+E-mail : &lt;a href="mailto:chantal.dagnaud&amp;#64;europe-a-mayotte.yt"&gt;chantal.dagnaud&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;/p&gt;&lt;p&gt;o  
+Monsieur
+Clément HABIHIRWE – Responsable
+adjoint Pôle Animation &lt;/p&gt;&lt;p&gt;Tél : 0639 616322  E-mail : &lt;a href="mailto:clement.habihirwe&amp;#64;europe-a-mayotte.yt"&gt;clement.habihirwe&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;/p&gt;&lt;p&gt;o  
+Madame Zaina HARIBOU– Chargée de Mission Animation FSE&amp;#43; &lt;/p&gt;&lt;p&gt;Tél : 0639 769801  E-mail : &lt;a href="mailto:zaina.haribou&amp;#64;europe-a-mayotte.yt"&gt;zaina.haribou&amp;#64;europe-a-mayotte.yt&lt;/a&gt; &lt;/p&gt;&lt;p&gt;o  
+Madame Wardat ANGHATAHI – Chargée de Mission Animation FSE&amp;#43; &lt;/p&gt;&lt;p&gt;Tél : 0639 996211  E-mail : &lt;a href="mailto:wardat.angatahi&amp;#64;europe-a-mayotte.yt"&gt;wardat.angatahi&amp;#64;europe-a-mayotte.yt&lt;/a&gt; &lt;u&gt; &lt;/u&gt;&lt;/p&gt;&lt;p&gt;o  
+Monsieur RAKOTO Rasolofosoana, Chargé de mission Animation FSE&amp;#43;, &lt;/p&gt;&lt;p&gt;              Tél:
+0639760497 E-mail: &lt;a href="mailto:rasolofosoana.rakoto&amp;#64;europe-a-mayotte.yt"&gt;rasolofosoana.rakoto&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y235" s="1" t="inlineStr">
+        <is>
+          <t>francois.duhesme@europe-a-mayotte.yt</t>
+        </is>
+      </c>
+      <c r="Z235" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-lintegration-sociale-des-personnes-exposees-au-risque-de-pauvrete-ou-dexclusion-sociale-y-compris-les-personnes-les-plus-demunies-et-les-enfants/</t>
+        </is>
+      </c>
+      <c r="AA235" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>162482</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F236" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G236" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I236" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J236" s="1" t="inlineStr">
+        <is>
+          <t>1 € de cofinancement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K236" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
+(GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
+département de la Manche. Les communautés de communes Coutances mer et bocage
+et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
+prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
+Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
+européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
+Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
+Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
+de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les bénéficiaires
+peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
+sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les actions
+doivent être innovantes et répondre à la stratégie du territoire : “ Agir
+ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;4 axes de
+développement ont été retenu pour l’élaboration des fiches actions, auxquelles
+les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
+à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
+la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
+d’améliorer l’offre de services médicaux, par exemple en attirant des
+professionnels de santé médicale ou paramédicale en leur proposant des
+conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
+maintenant la vitalité des communes, en lien avec les commerces et services
+(marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
+cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;span&gt;Les actions facilitant l’accès aux services et
+activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N236" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Santé</t>
+        </is>
+      </c>
+      <c r="O236" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P236" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q236" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
+sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
+actions permettant d’améliorer les offres de services et d’activités sur le
+territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
+notamment de mieux accompagner la population vieillissante, avec des offres au
+plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
+administratifs. De plus, cela améliorera l’attractivité du territoire, et
+contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
+nouvelles technologies de l’information et de la communication, le maintien et
+le développement des structures de santé, les services relatifs à l’accueil de
+la petite enfance et des nouveaux habitants, les services d’insertion,
+formation et emploi, les services pour développer des nouvelles formes de
+travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
+les services administratifs, les services améliorant la vie des personnes âgées
+et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Véhiculer une
+image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accueillir des
+familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Contribuer au
+développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Conserver et
+développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Rendre accessible
+les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Développer
+l’accès et la formation au numérique&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S236" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T236" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U236" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
+animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
+là pour vous aider à finaliser votre projet, vous orienter sur les aides
+disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
+communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
+Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
+COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
+GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
+JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y236" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z236" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
+        </is>
+      </c>
+      <c r="AA236" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C237" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G237" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H237" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I237" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J237" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K237" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration de stratégies de transformation numérique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N237" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O237" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisition (dans la limite de 10% de l&amp;#039;assiette éligible), de construction et réhabilitation de bâtiments et études liées pour les tiers lieux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de construction et déploiement de réseaux et études liées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées au développement ou déploiement de nouvelles briques ou de nouveaux services numériques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;achats d&amp;#039;équipements numériques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 30 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S237" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T237" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U237" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V237" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
+        </is>
+      </c>
+      <c r="W237" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
+        </is>
+      </c>
+      <c r="X237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y237" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z237" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA237" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" spans="1:27" customHeight="0">
+      <c r="A238" s="1">
+        <v>50263</v>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets de valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour la valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G238" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H238" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K238" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet de valorisation énergétique des
+ressources ? Vous souhaitez bénéficier du soutien d&amp;#039;un tiers de confiance en
+tant qu’investisseur dans les projets, faisant le lien entre industriels,
+collectivités et territoires ? Répartir au mieux les risques industriels et
+commerciaux ? Bénéficier d&amp;#039;une expertise éprouvée permettant d’élaborer des
+montages innovants, économiquement équilibrés ? Créer des emplois directs et
+indirects, réduire les émissions de CO&lt;sub&gt;2&lt;/sub&gt; ? Générer des revenus issus
+de ressources locales ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des
+Territoires finance les projets de valorisation énergétique des ressources au
+meilleur prix, en facilitant l’acceptabilité des projets et en soutenant
+l’innovation. Nous accompagnons par exemple les projets de réseaux de chaleur
+et de froid, de centrales biomasse et de chaufferies collectives, de
+géothermie, de valorisation des déchets et du biogaz.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement des
+projets de valorisation énergétique des ressources est principalement réalisé
+via une prise de participation minoritaire en fonds propres et quasi-fonds
+propres dans les sociétés de portage des projets, aux côtés d’un ou plusieurs
+partenaires disposant de compétences techniques et financières reconnues dans
+leur domaine, notamment dans le cadre de délégation du service public. Le
+financement peut également porter sur la capitalisation (fonds propres et
+quasi-fonds propres) d’un opérateur territorial dédié aux énergies (SEM par
+exemple), ayant des projets de valorisation énergétique de ressources. &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N238" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O238" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S238" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T238" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U238" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V238" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-valorisation-energetique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=valorisation_ener_psat</t>
+        </is>
+      </c>
+      <c r="X238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y238" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z238" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-valorisation-energetique-ressources/</t>
+        </is>
+      </c>
+      <c r="AA238" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" spans="1:27" customHeight="0">
+      <c r="A239" s="1">
+        <v>142678</v>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des projets d'olympiade culturelle visant à faire participer les publics visés à des activités culturelles mêlant l'art et le sport</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Olympiade culturelle</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G239" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H239" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I239" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K239" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Olympiade culturelle a pour objectif de faire dialoguer art et sport, à travers des propositions artistiques invitant le public à participer aux différentes activités culturelles mises en place dans le cadre de cette démarche. Ces propositions sont soutenues grâce à une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;Olympiade culturelle en Ile-de-France ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Olympiade culturelle est une programmation artistique et culturelle pluridisciplinaire qui se déploie
+ &lt;strong&gt;
+  jusqu&amp;#039;en septembre 2024
+ &lt;/strong&gt;
+ sur tout le territoire français. La DRAC (Direction régionale des affaires culturelles) d&amp;#039;Ile-de-France contribue à la construction de cette programmation, en allouant une subvention aux organisateurs de projets qui font dialoguer &amp;#34;art et sport&amp;#34; et mettent en lumière les valeurs de l&amp;#039;Olympisme. Le Comité d&amp;#039;Organisation des Jeux Olympiques et Paralympiques &amp;#34;Paris 2024&amp;#34; est le maître d&amp;#039;œuvre de cette programmation, qu&amp;#039;il construit en s&amp;#039;appuyant sur le ministère de la Culture et ses services déconcentrés en régions.
+&lt;/p&gt;
+&lt;p&gt;
+ La DRAC Ile-de-France contribue ainsi, en lien avec les collectivités territoriales et les acteurs culturels, à construire cette programmation qui permet de faire dialoguer les arts et le sport, avec la volonté de refléter la vitalité de la création artistique ou de valoriser la richesse du patrimoine francilien, à travers des propositions artistiques inclusives et participatives se déployant sur tout le territoire francilien et s&amp;#039;adressant aux publics les plus nombreux.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Olympiade culturelle est un label attribué par le Comité d&amp;#039;organisation des Jeux Olympiques et Paralympiques Paris 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets ont vocation à faire participer les publics visés à des activités culturelles mêlant l&amp;#039;art et le sport.
+&lt;/p&gt;
+&lt;p&gt;
+ Calendrier
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 02 juin 2023.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 juin 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annonce des résultats : les projets retenus seront informés par email, au plus tard le 31 juillet 2023 (à l&amp;#039;adresse utilisée pour compléter le dossier sur Démarches Simplifiées).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le bilan du projet devra être transmis au plus tard le 31 mars 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention versée couvrira au maximum 20% du budget total du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs des projets devront au préalable solliciter, auprès de Paris 2024,
+ &lt;strong&gt;
+  le label &amp;#34;Olympiade culturelle&amp;#34;.
+ &lt;/strong&gt;
+ Cette démarche est obligatoire et conditionne le versement de la subvention de la DRAC Ile-de-France au titre de l&amp;#039;Olympiade culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une fois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers déposés sont examinés selon les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité artistique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertinence, recherche, inventivité dans les liens construits entre art et sport ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport au public : les manifestations doivent être le plus participative et le plus inclusive possible ; liens avec les publics et réseaux sportifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amplitude du déploiement territorial du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ont déjà été soutenus des projets de création chorégraphique, participatifs, impliquant des sportifs amateurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N239" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Education et renforcement des compétences
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O239" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / Services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet est porté par une structure culturelle, il doit associer une collectivité territoriale. La structure doit pouvoir justifier d&amp;#039;une activité au minimum sur les deux années écoulées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent être des leviers pour associer plusieurs partenaires (financiers, notamment) et la dimension partenariale, amenant à un rayonnement territorial significatif du projet, est importante dans l&amp;#039;appréciation qui sera faite par l&amp;#039;administration des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets doivent établir un lien entre art et sport ou avec les valeurs olympiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit en convoquant le sport comme thématique, soit en se tenant dans un lieu sportif ou en lien avec un évènement sportif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit en mettant en lumière les valeurs olympiques, communes au sport et à la culture : respect, excellence, égalité femme-homme, diversité, universalisme, inclusion.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets doivent être
+ &lt;strong&gt;
+  les plus participatifs et inclusifs possibles
+ &lt;/strong&gt;
+ (avec une attention aux jeunes publics, scolaires, publics empêchés ou éloignés de l&amp;#039;offre culturelle).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets se déroulent sur l&amp;#039;année 2023 et peuvent se prolonger jusqu&amp;#039;au 8 septembre 2024 (date de clôture des Jeux Paralympiques).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles les projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;art et sport&amp;#34; au périmètre restreint - par exemple, centrés sur un quartier, le territoire d&amp;#039;une commune, un établissement scolaire, une structure culturelle/sociale, un patrimoine sportif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  n&amp;#039;impliquant pas de rapport construit avec un public et la participation active de publics
+  &lt;em&gt;
+   (par exemple, un programme de diffusion de spectacles ou d&amp;#039;œuvres cinématographiques dont le programme ne comporte pas de dimension de médiation à l&amp;#039;attention de publics considérés &amp;#34;prioritaires&amp;#34; - scolaires, publics empêchés, etc)
+  &lt;/em&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent les coûts directement liés à la conception et à la mise en œuvre du projet artistique (dépenses artistiques : recherche, production, diffusion ; techniques ; médiation avec les publics ; administration du projet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S239" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T239" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U239" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V239" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/olympiade-culturelle</t>
+        </is>
+      </c>
+      <c r="W239" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/dev-culturel_olympiade-idf</t>
+        </is>
+      </c>
+      <c r="X239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur l&amp;#039;Olympiade culturelle en Ile-de-France, vous êtes invités à vous adresser à :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction régionale des affaires culturelles (DRAC) Ile-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Service régional des Populations, de l&amp;#039;Accompagnement, de la Coopération et des Territoires (SRPACTE)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:olympiadeculturelle.idf&amp;#64;culture.gouv.fr" target="_self"&gt;
+  olympiadeculturelle.idf&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 47 Rue Le Peletier, 75009 Paris
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y239" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z239" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b8c-olympiade-culturelle/</t>
+        </is>
+      </c>
+      <c r="AA239" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" spans="1:27" customHeight="0">
+      <c r="A240" s="1">
+        <v>116474</v>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les petites communes rurales du Calvados</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux petites communes rurales (APCR et APCR+)</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G240" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H240" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I240" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="J240" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction de la nature  du projet</t>
+        </is>
+      </c>
+      <c r="K240" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;APCR (Aide aux petites communes rurales) est depuis cinquante ans le principal mode d&amp;#039;accompagnement des communes rurales du Calvados pour le financement de leurs projets d&amp;#039;investissement. Le Département du Calvados a souhaité réformer ce dispositif en 2022, en créant l&amp;#039;APCR&amp;#43;, afin de répondre au mieux aux besoins des communes rurales et notamment aux pôles de proximité qui portent des charges de centralité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « classique » (APCR) : communes rurales du Calvados
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « &amp;#43; » (APCR &amp;#43;) : communes pôles de proximité du Calvados
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Trois natures de travaux éligibles à l&amp;#039;APCR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dossier général : bâtiments communaux, cadre de vie et aménagement urbain ; taux d&amp;#039;intervention de 50%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier rénovation énergétique : travaux permettant une amélioration de 40% minimum de la performance énergétique ou l&amp;#039;atteinte de la classe C – audit énergétique obligatoire ; taux d&amp;#039;intervention de 70%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier vélo : itinéraires cyclables, schémas cyclables et équipements cyclables; taux d&amp;#039;intervention de 50% à 60%*
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-dispositif-classique.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de projets éligibles à l&amp;#039;APCR&amp;#43; :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de construction, rénovation de bâtiments publics et d&amp;#039;aménagement * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention variables en fonction des caractéristiques des projets (
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Calvados-2030-Guide-des-aides-du-Departement-du-Calvados.pdf" rel="noopener" target="_blank"&gt;
+   cf. guide des aides départementales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
+  ).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;a href="https://www.culture.gouv.fr/Regions/Drac-Centre-Val-de-Loire/Vos-demarches/Subventions/Livre-Lecture/Bibliotheques/Patrimoine-ecrit-FRRAB"&gt;
-[...89 lines deleted...]
-  Dotation générale de décentralisation (DGD)
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-plus.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR&amp;#43;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- , surtout lorsqu&amp;#039;il s&amp;#039;agit d&amp;#039;opérations de grande ampleur (reconditionnement complet d&amp;#039;un fonds, etc.) et / ou faisant appel à l&amp;#039;emploi de vacataires pour leur mise en œuvre (dépoussiérage, etc.). Toutefois, des achats ponctuels de conditionnement et de petit matériel de conservation peuvent être éligibles au FRAB si leur importance ne justifie pas le dépôt d&amp;#039;un dossier DGD.
-[...75 lines deleted...]
-  https://www.culture.gouv.fr/Regions/DRAC-Normandie/Aides-et-demarches/Aides-et-demarches-pour-la-creation-artistique-et-le-developpement-des-publics/Le-Fonds-Regional-de-Restauration-et-d-Acquisition-pour-les-Bibliotheques-FRAB
+ »
+&lt;/p&gt;
+&lt;p&gt;
+ NB : tous les projets supérieurs à 100.000€ HT sont soumis à l&amp;#039;éco-conditionnalité des aides (éligibilité du projet à l&amp;#039;APCR, APCR&amp;#43; ou contrat de territoire sous réserve d&amp;#039;intégration du développement durable au sein du projet –
+ &lt;a href="https://www.calvados.fr/eco-conditionnalite-aides" rel="noopener" target="_blank"&gt;
+  consulter l&amp;#039;éco-conditionnalité réformée en 2022
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...233 lines deleted...]
- Une attestation d&amp;#039;assurance doit être fournie.
+ ).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
-[...167 lines deleted...]
-      <c r="O96" s="1" t="inlineStr">
+      <c r="N240" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O240" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="S96" s="1" t="inlineStr">
+      <c r="R240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR classique
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs départementaux (amendes de police - en fonction du territoire-; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire) hormis les dispositifs APCR &amp;#43; et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de cumul possible entre deux dossiers APCR (ex : un dossier général de rénovation et un dossier rénovation énergétique sur un même projet) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR&amp;#43;
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs thématiques départementaux (amendes de police – en fonction du territoire- ; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire...) hormis les dispositifs APCR et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépense minimum : 3.000€ HT ; pour un projet d&amp;#039;adressage la dépense minimum est de 1.000€ HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de possibilité de découper un projet par tranches annuelles ni de solliciter des subventions complémentaires mais possibilité de solliciter un contrat sur plusieurs années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas où une collectivité ne mobiliserait pas l&amp;#039;ensemble de l&amp;#039;enveloppe annuelle, celle-ci ne pourra en aucun cas être reportée sur l&amp;#039;année suivante ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91.) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les demandes doivent parvenir complètes au Département, via le téléservice APCR : teleservices.calvados.fr,
+  &lt;strong&gt;
+   avant le 30 septembre de chaque année
+  &lt;/strong&gt;
+  , pour être instruites au titre de cette même année. Toute demande parvenue ou complétée après le 30 septembre, ne sera pas instruite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aucune prorogation de ces délais ne pourra être accordée.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S240" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T96" s="1" t="inlineStr">
+      <c r="T240" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
-[...22 lines deleted...]
- &lt;/a&gt;
+      <c r="U240" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V240" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-aux-petites-communes-rural.html</t>
+        </is>
+      </c>
+      <c r="W240" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr/login/?nonce=_9984C605F1E558E4C7B4347FF909F6DA&amp;next=/idp/saml2/continue%3Fnonce%3D_9984C605F1E558E4C7B4347FF909F6DA</t>
+        </is>
+      </c>
+      <c r="X240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_blank"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
-[...1964 lines deleted...]
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="Y240" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z240" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f28-accompagner-les-petites-communes-rurales/</t>
+        </is>
+      </c>
+      <c r="AA240" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>