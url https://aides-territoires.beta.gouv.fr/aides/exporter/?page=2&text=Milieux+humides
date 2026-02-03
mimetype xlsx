--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA90"/>
+  <dimension ref="A1:AA22"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,90 +228,214 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>165253</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Réaliser des études et inventaires de milieux humides</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Études et inventaires de milieux humides</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient financièrement la 
+réalisation d’études visant à identifier les enjeux et les risques 
+d’altérations fonctionnelles, des milieux humides.&lt;/p&gt;
+&lt;p&gt;Ces études constituent une étape essentielle pour comprendre le 
+fonctionnement de ces milieux, évaluer les pressions qu’ils subissent et
+ définir des actions de gestion, de préservation ou de restauration 
+adaptées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q2" s="0" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq3-etudes-et-inventaires-de-milieux-humides.html</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-inventaires-de-milieux-humides/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
         <v>119710</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les cours d'eau et les habitats naturels associés aux rivières et aux millieux humides</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Gestion des rivières et des milieux humides</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Eure</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I2" s="0" t="inlineStr">
+      <c r="I3" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Conseil départemental propose aux collectivités et associations du département ayant une compétence de gestion des
  rivières, milieux aquatiques et/ou humides des aides spécifiques afin de préserver et restaurer les cours d&amp;#039;eau et les
  habitats naturels associés.
 &lt;/p&gt;
 &lt;p&gt;
  Pour ce faire, le régime d&amp;#039;aides vise à entretenir et restaurer les milieux humides, à restaurer et conserver la qualité
  globale et la continuité écologique des cours d&amp;#039;eau.
 &lt;/p&gt;
 &lt;p&gt;
  Ce régime d&amp;#039;aides intègre le Plan Nature 2017-2027 et est financé au titre de la Taxe Départementale d&amp;#039;Aménagement
  (article L131-3 du code de l&amp;#039;environnement) puisque cette taxe permet de financer notamment l&amp;#039;acquisition de sites
  destinés à la préservation de la ressource en eau, leur aménagement, leur gestion et les travaux contribuant à la
  préservation ou à la remise en bon état des continuités écologiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les opérations éligibles avec un taux d&amp;#039;aide allant jusqu&amp;#039;à 20% sur le montant TTC quand l&amp;#039;attributaire ne
  &lt;/strong&gt;
  &lt;strong&gt;
   récupère
  &lt;/strong&gt;
  &lt;strong&gt;
   pas la TVA.
@@ -469,64 +593,64 @@
  Valorisation pédagogique rivières/zones humides : ouverture et aménagement d&amp;#039;un sentier en vue de faire découvrir le site.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Document de gestion établi,
   Inscription au PDIPR,
   Déplafonnement possible si les travaux sont portés par une association sur les sites ENS
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dès lors que le projet sera mis en œuvre sur un Espace Naturel Sensible, une majoration de &amp;#43; 20 % du régime
  &lt;/strong&gt;
  &lt;strong&gt;
   d&amp;#039;aide pourra être appliquée et un déplafonnement sera possible sur les associations ayant une compétence
  &lt;/strong&gt;
  &lt;strong&gt;
   avérée sur la restauration des zones humides.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Risques naturels
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;attribution
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les activités et actions bénéficiant de la Taxe Départementale d&amp;#039;Aménagement doivent être compatibles avec la
  législation concernant son utilisation (article L131-3 du code de l&amp;#039;Environnement).
 &lt;/p&gt;
 &lt;p&gt;
  Le bénéficiaire ne doit pas commencer les travaux avant d&amp;#039;avoir reçu l&amp;#039;accord de subvention ou une éventuelle dérogation.
 &lt;/p&gt;
 &lt;p&gt;
  Concernant les ouvrages hydrauliques, leur suppression doit être étudiée en premier lieu. Lorsque l&amp;#039;étude conclut à une
  impossibilité d&amp;#039;effacement de l&amp;#039;ouvrage pour des raisons techniques ou économiques, un dispositif de franchissement
  piscicole peut être financé.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux soumis à la loi sur l&amp;#039;Eau (procédure de déclaration/autorisation) et à la législation relative à la préservation de
  l&amp;#039;environnement doivent obtenir l&amp;#039;accord de la Police de l&amp;#039;Eau et ceux exécutés en domaine privé doivent être
  accompagnés d&amp;#039;une déclaration d&amp;#039;intérêt général. Ces démarches réglementaires conditionnent l&amp;#039;octroi d&amp;#039;une aide par le
  Département.
 &lt;/p&gt;
 &lt;p&gt;
@@ -632,2602 +756,1865 @@
 &lt;/p&gt;
 &lt;p&gt;
  - Photos avant (la demande de solde devra inclure les photos après travaux),
 &lt;/p&gt;
 &lt;p&gt;
  - Tableau de données pour la mise en œuvre fiches FORCE à fournir à la demande de solde.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour une acquisition foncière :
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - Carte des parcelles à acquérir,
 &lt;/p&gt;
 &lt;p&gt;
  - Estimation financière (Domaines, SAFER...),
 &lt;/p&gt;
 &lt;p&gt;
  - Copie de l&amp;#039;acte notarié ou compromis de vente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Eure</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  CONSEIL DÉPARTEMENTAL DE L&amp;#039;EURE
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel de Département
 &lt;/p&gt;
 &lt;p&gt;
  14 boulevard Georges Chauvin
 &lt;/p&gt;
 &lt;p&gt;
  CS 72101 - 27021 Evreux cedex
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 02 32 31 50 50
 &lt;/p&gt;
 &lt;p&gt;
  Marion HENRY
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:marion.henry&amp;#64;eure.fr" rel="noopener" target="_blank"&gt;
   marion.henry&amp;#64;eure.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>deera@eure.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e96b-gerer-les-rivieres-et-les-millieux-humides/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>164182</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue - Milieux humides</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K3" s="1" t="inlineStr">
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...12 lines deleted...]
-          <t>Cours d'eau / canaux / plans d'eau
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les milieux humides sont des atouts précieux pour les territoires. Dépeints depuis des siècles comme des milieux
+hostiles ou encore insalubres, ils sont pourtant le support d’enjeux majeurs et essentiels dans le cycle de l’eau et
+pour la biodiversité. Le frein à leur disparition, le maintien de leurs fonctionnalités, ainsi que leur restauration
+voire leur recréation constitue une priorité pour l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau vise à aider les opérations permettant de restaurer les fonctionnalités des milieux humides et
+de leur aire d’influence, en particulier lorsque ces zones ont été altérées, dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Dans le cadre d’un regard global sur la trame bleue, les actions de restauration ou de création de mares, y
+compris dans le cadre de différents usages sont éligibles et encouragées en vue de la reconstitution d’un réseau
+fonctionnel.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q3" s="1" t="inlineStr">
+      <c r="Q4" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="T3" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de maîtrise foncière,
+d’études, de travaux &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-prevention-des-risques/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>144512</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Financer la gestion et la valorisation des cours d'eau et milieux humides associés</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les 4 500 kilomètres de rivières des Landes doivent continuer à remplir leur rôle sur le territoire, de réseau naturel pour la biodiversité, de lieu de loisirs (pêche, activités nautiques, promenade...) et de vecteur du développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tenir les objectifs d&amp;#039;atteinte du bon état des eaux, fixés par la Directive Cadre européenne sur l&amp;#039;Eau et repris dans le Schéma Directeur d&amp;#039;Aménagement et de Gestion des Eaux du Bassin Adour-Garonne, une implication de tous les acteurs du territoire est nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est pourquoi, le Département entend pérenniser la politique volontariste engagée depuis de nombreuses années en faveur des rivières et qui se traduit par un soutien aux structures gestionnaires, en les accompagnant dans leurs projets de gestion raisonnée de ces milieux, à l&amp;#039;échelle des bassins versants.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;interventions présentées ci-après s&amp;#039;entendent dans la limite des enveloppes budgétaires votées annuellement par l&amp;#039;Assemblée départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs poursuivis
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département est susceptible d&amp;#039;accorder aux communes (Titre IV uniquement), aux établissements publics de coopération intercommunale (EPCI) et aux syndicats mixtes ayant compétence en matière de gestion des cours d&amp;#039;eau, des aides pour des opérations (études, travaux, acquisitions foncières et actions d&amp;#039;animation) visant à améliorer la gestion de l&amp;#039;espace rivière (cours d&amp;#039;eau et milieux humides associés) et de son bassin versant, en correspondance avec les objectifs visés par le schéma départemental pour la gestion et la valorisation des cours d&amp;#039;eau :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   en termes d&amp;#039;objectifs généraux :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -	atteinte du bon état des masses d&amp;#039;eau tel que défini par la Directive-Cadre européenne sur l&amp;#039;Eau et retranscrite dans les SAGE (Schéma d&amp;#039;Aménagement et de Gestion des Eaux) et les PAOT (Plan d&amp;#039;Action Opérationnel Territorialisé) ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	prise en compte de la préservation et de la valorisation de la qualité des milieux liés à l&amp;#039;espace rivière, préalablement à toute intervention, le réseau hydrographique landais et ses zones humides associées constituant la trame bleue départementale ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	gestion des cours d&amp;#039;eau et des milieux humides associés à une échelle hydrographique cohérente qui est celle, de préférence, du bassin versant ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	mise en place d&amp;#039;une gestion pérenne qui englobe le fonctionnement d&amp;#039;un bassin versant, en intégrant non seulement le cours d&amp;#039;eau principal mais aussi ses affluents et les milieux humides associés ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	prise en compte des thématiques complémentaires telles que la qualité de l&amp;#039;eau, la gestion quantitative et la gestion des usages ;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   en termes d&amp;#039;objectifs spécifiques identifiés par type de cours d&amp;#039;eau :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -	l&amp;#039;identification des objectifs prioritaires effectuée par nature d&amp;#039;enjeu et pour chacun des 4 grands types de cours d&amp;#039;eau du département, à savoir les cours d&amp;#039;eau à fort module, les cours d&amp;#039;eau côtiers, les cours d&amp;#039;eau du plateau landais et assimilés et les cours d&amp;#039;eau du sud Adour et petits affluents de l&amp;#039;Adour est explicitée dans le document « politique départementale de gestion et de valorisation des cours d&amp;#039;eau landais : bilan et perspectives » tel que validé par l&amp;#039;Assemblée départementale le 6 novembre 2009.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions générales d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout commencement d&amp;#039;opération et comporter l&amp;#039;ensemble des pièces indiquées ci-après dans les articles afférents. Une autorisation de démarrage anticipé des actions pourra être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules les opérations visant les objectifs précisés aux articles 1, 6, 9, 10, 14 et 17 sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités et conditions d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention sera soumise aux fins de décision attributive à la Commission Permanente et un arrêté attributif de subvention sera pris en application de cette décision.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;hypothèse où l&amp;#039;opération n&amp;#039;aurait pas fait l&amp;#039;objet d&amp;#039;un commencement d&amp;#039;exécution dans un délai de 2 ans à compter de la date de l&amp;#039;arrêté attributif, un arrêté annulant la subvention sera pris après information de la Commission Permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de solde des opérations de travaux et d&amp;#039;animation, incluant l&amp;#039;ensemble des justificatifs nécessaires à leur versement, devront parvenir au Département dans un délai de 4 ans à compter de la date de l&amp;#039;arrêté attributif.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas contraire, à la condition de la réception au moins 3 mois avant l&amp;#039;échéance d&amp;#039;une demande de la part du bénéficiaire, seule la prise d&amp;#039;un arrêté de prorogation de la subvention sur décision de la Commission Permanente permettra son versement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités de versement de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention interviendra au prorata des dépenses effectivement réalisées et sur production :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  du décompte général des dépenses visé par le comptable public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  du plan de financement définitif de l&amp;#039;opération visé par le Maire ou le Président de la structure,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les études, d&amp;#039;un exemplaire du rapport final et, pour les opérations de travaux, maîtrise foncière et animation, d&amp;#039;un compte-rendu dressant un bilan détaillé de l&amp;#039;opération approuvé par l&amp;#039;autorité compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les modalités de versement des subventions seront précisées dans l&amp;#039;arrêté attributif de subvention afférent, et le cas échéant, uniquement pour celles relatives aux travaux et études, un ou plusieurs acomptes pourront être versés sur production de l&amp;#039;acte administratif ordonnant le commencement de l&amp;#039;opération, d&amp;#039;une facture justifiant l&amp;#039;engagement des opérations, d&amp;#039;une attestation signée du Président attestant de l&amp;#039;engagement de l&amp;#039;opération ou de la production des rapports de phases validés par le comité de pilotage pour les études.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département se réserve le droit de demander au bénéficiaire de fournir les copies des factures justificatives du total des dépenses et une copie des justificatifs d&amp;#039;engagement des autres partenaires financiers figurant sur le plan de financement définitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=120</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b03-aide-pour-la-gestion-et-la-valorisation-des-c/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>165254</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Financer l’acquisition foncière et les obligations réelles environnementales en faveur des milieux humides</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Outils fonciers en faveur des milieux humides : acquisition ou obligation réelle environnementale</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
+      <c r="I6" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne apporte une aide financière pour 
 l’acquisition foncière et/ou la maitrise d’usage foncier, permettant de 
 garantir une protection durable des milieux humides.&lt;/p&gt;
 &lt;p&gt;Ces dispositifs visent à sécuriser leur gestion à long terme et à 
 favoriser des pratiques compatibles avec la préservation de leurs 
 fonctionnalités écologiques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P4" s="1" t="inlineStr">
+      <c r="P6" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q4" s="1" t="inlineStr">
+      <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’acquisition foncière et les obligations réelles environnementales sont finançables sur l’ensemble du bassin.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Acquisition foncière :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Les modalités de gestion des surfaces à acquérir doivent être 
 préalablement établies dans un document prévisionnel de gestion. Elles 
 décrivent les modalités et délais de mise en place des usages associés 
 (plan de gestion, conventions, baux ruraux avec clauses 
 environnementales, obligations réelles environnementales, travaux ou 
 aménagements prévus).&lt;/li&gt;&lt;li&gt;L’acquisition foncière est soumise à l’existence ou à la préparation d’un plan de gestion associé.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Obligations Réelles Environnementales :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;La compétence principale du co-contractant est la protection de la ressource en eau ou du milieu naturel ou de la biodiversité.&lt;/li&gt;&lt;li&gt;Les engagements réciproques doivent présenter un niveau d’ambition suffisant pour répondre aux enjeux identifiés dans le 12&lt;sup&gt;e&lt;/sup&gt; programme.&lt;/li&gt;&lt;li&gt;Les signataires (propriétaire et co-contractant) s’engagent à contractualiser l’ORE sur une durée de 30 ans minimum.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq3-outils-fonciers-en-faveur-des-milieux-humides.html</t>
         </is>
       </c>
-      <c r="W4" s="1" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-lacquisition-fonciere-et-les-obligations-reelles-environnementales-en-faveur-des-milieux-humides/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>144514</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d’investissement sur les systèmes d’endiguement fluviaux du territoire pour prévenir les inondations liées aux cours d'eau et aux milieux humides associés</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La loi de Modernisation de l&amp;#039;Action Publique Territoriale et d&amp;#039;Affirmation des Métropoles (MAPTAM) attribue aux Etablissements Publics de Coopération Intercommunale à fiscalité propre (EPCI-FP) une compétence exclusive et obligatoire relative à la Gestion des Milieux Aquatiques et la Prévention des Inondations (GEMAPI), ceux-ci ayant la possibilité de la déléguer ou la transférer pour tout ou partie à un syndicat mixte.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est définie par les 4 alinéas (ou items) suivants de l&amp;#039;article L.211-7 du code de l&amp;#039;environnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  (1°) L&amp;#039;aménagement d&amp;#039;un bassin ou d&amp;#039;une fraction de bassin hydrographique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  (2°) L&amp;#039;entretien et l&amp;#039;aménagement d&amp;#039;un cours d&amp;#039;eau, canal, lac ou plan d&amp;#039;eau, y compris les accès à ce cours d&amp;#039;eau, à ce canal, à ce lac ou à ce plan d&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  (5°) La défense contre les inondations et contre la mer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  (8°) La protection et la restauration des sites, des écosystèmes aquatiques et des zones humides ainsi que des formations boisées riveraines.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La réglementation issue du Décret n° 2015-526 du 12 mai 2015 « relatif aux règles applicables aux ouvrages construits ou aménagés en vue de prévenir les inondations et aux règles de sûreté des ouvrages hydrauliques » et du Décret n° 2019-895 du 28 août 2019 « portant diverses dispositions d&amp;#039;adaptation des règles relatives aux ouvrages de prévention des inondations », directement concernés par cet item 5, apporte de nouvelles notions techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les systèmes d&amp;#039;endiguement, ainsi que le niveau de protection et la zone protégée obligatoirement associés, doivent être définis par l&amp;#039;autorité administrative compétente pour la prévention des inondations, à savoir la structure détentrice de la compétence GEMAPI (le « GEMAPIen »). Ils sont soumis à autorisation administrative. Les nouvelles règles de classement des systèmes d&amp;#039;endiguement sont fixées par les articles R. 214-112 et R. 214-113 du code de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les procédures de classement de ces ouvrages sont longues et très souvent coûteuses. Les travaux potentiels à réaliser à la suite des études peuvent également se révéler onéreux. Ainsi, le législateur a prévu la possibilité pour l&amp;#039;EPCI-FP de lever par l&amp;#039;impôt une taxe dite « GEMAPI », taxe facultative perçue par les intercommunalités pour couvrir notamment, outre celles liées à la gestion des milieux aquatiques, les charges liées à la prévention des inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois, cette taxe GEMAPI, taxe affectée, ne peut excéder 40 euros en moyenne par habitant et par an. Pour les agglomérations, au regard de leurs moyens généraux et de la densité de leur population, le fruit de cette taxe devrait leur permettre d&amp;#039;assumer cette mise en œuvre. En outre, considérant que ces territoires présentent le plus d&amp;#039;enjeux, ils sont souvent accompagnés par l&amp;#039;Etat via le Fonds de Prévention des Risques Naturels Majeurs (dit « Fonds Barnier »), mobilisable uniquement dans le cadre d&amp;#039;un Programme d&amp;#039;Actions de Prévention des Inondations (PAPI).
+&lt;/p&gt;
+&lt;p&gt;
+ En revanche, pour les territoires ruraux, la recette maximale théorique attendue par cette seule taxe GEMAPI ne saurait couvrir l&amp;#039;intégralité des dépenses d&amp;#039;investissement, sans omettre les dépenses inhérentes à la gestion des milieux aquatiques (généralement confiée aux Syndicats Mixtes de Rivières). Cette taxe GEMAPI, mobilisée seule, ne peut répondre pleinement aux enjeux, a fortiori pour les EPCI-FP « ruraux ».
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif d&amp;#039;accompagnement financier s&amp;#039;inscrit donc dans le cadre de la solidarité territoriale menée par le Département des Landes, considérant l&amp;#039;effort financier pour certains acteurs publics du territoire à subvenir seuls à leurs besoins en matière d&amp;#039;études, de travaux et/ou acquisitions foncières à vocation de travaux relevant des Décrets n° 2015-526 du 12 mai 2015 et n° 2019-895 du 28 août 2019, relatif aux règles applicables aux ouvrages construits ou aménagés en vue de prévenir les inondations fluviales et aux règles de sûreté des systèmes d&amp;#039;endiguement visant à protéger des biens et des personnes.
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion de l&amp;#039;eau dans sa dimension grand cycle implique, à l&amp;#039;échelle du bassin versant, différents niveaux de collectivités au titre de thématiques aussi larges que l&amp;#039;urbanisme, la biodiversité, l&amp;#039;aménagement de l&amp;#039;espace, le développement économique, la solidarité, la prévention des inondations, la gestion des milieux aquatiques, l&amp;#039;alimentation en eau potable, l&amp;#039;assainissement, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Etablissement Public Territorial de Bassin (EPTB) – Institution Adour (IA)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion de l&amp;#039;eau dans sa dimension grand cycle implique, à l&amp;#039;échelle du bassin versant, différents niveaux de collectivités au titre de thématiques aussi larges que l&amp;#039;urbanisme, la biodiversité, l&amp;#039;aménagement de l&amp;#039;espace, le développement économique, la solidarité, la prévention des inondations, la gestion des milieux aquatiques, l&amp;#039;alimentation en eau potable, l&amp;#039;assainissement, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de son processus d&amp;#039;évolution engagé en application des évolutions législatives (lois MAPTAM, NOTRe, Biodiversité,  ...), l&amp;#039;EPTB du bassin de l&amp;#039;Adour, l&amp;#039;Institution Adour, s&amp;#039;est structuré, tant du point de vue de sa gouvernance, en ouvrant la possibilité d&amp;#039;adhésion à tous les niveaux de collectivités du territoire intéressées à la gestion de l&amp;#039;eau dans sa dimension grand cycle (eaux superficielles et eaux souterraines), que d&amp;#039;un point de vue statutaire (en devenant syndicat mixte ouvert à la carte), pour pouvoir exercer au mieux les missions qui lui incombent du fait de son statut d&amp;#039;EPTB.
+&lt;/p&gt;
+&lt;p&gt;
+ Dès lors, sur la base des actions qui lui sont confiées par ses membres ainsi que de son retour d&amp;#039;expérience en matière d&amp;#039;animation et de portage de démarches stratégiques et structurantes de gestion intégrée de l&amp;#039;eau (SAGE, Projets de Territoire pour la Gestion de l&amp;#039;Eau [PTGE], Stratégies Locales de Gestion des Risques d&amp;#039;Inondation [SLGRI], PAPI, ...), et au vu des projets en émergence sur le bassin de l&amp;#039;Adour, l&amp;#039;EPTB est un garant des principes fondateurs de la politique de l&amp;#039;eau mise en œuvre à l&amp;#039;échelle nationale et déclinée à l&amp;#039;échelle des bassins que sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la cohérence hydrographique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la solidarité à l&amp;#039;échelle du bassin, tant amont/aval, rive gauche/rive droite qu&amp;#039;urbaine/rurale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mutualisation des moyens, des compétences et des actions des maîtrises d&amp;#039;ouvrage dans un souci d&amp;#039;efficacité et de sobriété.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En outre, dans le domaine relatif aux systèmes d&amp;#039;endiguement, l&amp;#039;IA peut légitimement être considéré comme l&amp;#039;interlocuteur privilégié de l&amp;#039;Etat, porteur d&amp;#039;un message à l&amp;#039;échelle nationale au sein du réseau des EPTB.
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;échelle du bassin de l&amp;#039;Adour, l&amp;#039;EPTB est donc l&amp;#039;outil pertinent qui permet d&amp;#039;assurer et de garantir une co-construction de projets qui sont à la fois partagés et solidaires entre les différents acteurs de l&amp;#039;eau, quels que soient les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ En outre, dans les Landes, le bassin versant de l&amp;#039;Adour concentre géographiquement et exclusivement les enjeux liés à la gestion des systèmes d&amp;#039;endiguement pour la défense contre les inondations liées aux cours d&amp;#039;eau et milieux humides associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Partant de ce constat, l&amp;#039;éligibilité des opérations relevant de ce dispositif d&amp;#039;accompagnement, au sein du bassin versant de l&amp;#039;Adour, sera soumise à une maîtrise d&amp;#039;ouvrage de l&amp;#039;Institution Adour, qu&amp;#039;il s&amp;#039;agisse d&amp;#039;une délégation de compétences de l&amp;#039;entité GEMAPIenne vers l&amp;#039;EPTB ou, à terme, d&amp;#039;un transfert partiel ou complet de ses compétences relatives à la défense contre les inondations (item 5).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs et bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département est susceptible d&amp;#039;accorder à l&amp;#039;Institution Adour des aides dans le cadre d&amp;#039;une délégation ou d&amp;#039;un transfert des compétences en matière de défense contre les inondations (item 5 de la GEMAPI) par les établissements publics de coopération intercommunale à fiscalité propre (EPCI-FP) ou les syndicats mixtes de bassins versants landais ou interdépartementaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces aides seront exclusivement destinées à des opérations (études et/ou travaux) visant à assurer les premiers travaux d&amp;#039;investissement sur les systèmes d&amp;#039;endiguement fluviaux du territoire dans le cadre des procédures de classement relevant des Décrets n° 2015-526 du 12 mai 2015 et n° 2019-895 du 28 août 2019 afin de prévenir les inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département est également susceptible d&amp;#039;accorder à l&amp;#039;Institution Adour, mais aussi aux Communes, aux EPCI-FP ou aux syndicats mixtes landais ou interdépartementaux compétents en matière de GEMAPI des aides pour des acquisitions foncières en vue des travaux d&amp;#039;investissement sur les systèmes d&amp;#039;endiguement fluviaux du territoire dans le cadre des procédures de classement relevant des Décrets n° 2015-526 du 12 mai 2015 et n° 2019-895 du 28 août 2019 afin de prévenir les inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions générales d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Considérant que ce dispositif relève de la solidarité territoriale menée par le Département des Landes, les opérations qui bénéficient par ailleurs de financements issus du Fonds Barnier, sont inéligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout commencement d&amp;#039;opération et comporter l&amp;#039;ensemble des pièces indiquées ci-après dans les articles afférents. Une autorisation de démarrage anticipé des actions pourra toutefois être sollicitée préalablement à la décision d&amp;#039;attribution d&amp;#039;aide sans que sa délivrance ne présage en rien de l&amp;#039;issue qui sera donnée à la demande d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules les opérations visant les objectifs précisés aux articles 1, 5, 9 et 13 du présent règlement sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement départemental sera calculé sur la base des coûts hors taxes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités et conditions d&amp;#039;attribution de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide sera soumise aux fins de décision attributive à la Commission Permanente et un arrêté attributif d&amp;#039;aide sera pris en application de cette décision.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;hypothèse où l&amp;#039;opération n&amp;#039;aurait pas fait l&amp;#039;objet d&amp;#039;un commencement d&amp;#039;exécution dans un délai de 2 ans à compter de la date de l&amp;#039;arrêté attributif, un arrêté annulant l&amp;#039;aide sera pris après information de la Commission Permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de solde de l&amp;#039;opération, incluant l&amp;#039;ensemble des justificatifs nécessaires à son versement, devra parvenir au Département dans un délai de 4 ans à compter de la date de l&amp;#039;arrêté attributif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités de versement de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de l&amp;#039;aide interviendra au prorata des dépenses effectivement réalisées et sur production :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  du décompte général des dépenses visé par le comptable public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  du plan de financement définitif de l&amp;#039;opération visé par le Président de l&amp;#039;EPTB,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les études, d&amp;#039;un exemplaire du rapport final, approuvé par l&amp;#039;autorité compétente,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux et acquisitions foncières à vocation de travaux, d&amp;#039;un compte-rendu dressant un bilan détaillé de l&amp;#039;opération, approuvé par l&amp;#039;autorité compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les modalités spécifiques de versement de l&amp;#039;aide seront précisées dans l&amp;#039;arrêté attributif d&amp;#039;aide afférent, et le cas échéant, un ou plusieurs acomptes pourront être versés sur production de l&amp;#039;acte administratif ordonnant le commencement de l&amp;#039;opération, d&amp;#039;une facture justifiant l&amp;#039;engagement des travaux, d&amp;#039;une attestation visée par le Président attestant de l&amp;#039;engagement de l&amp;#039;opération ou de la production des rapports de phases validés par le comité de pilotage pour les études.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département se réserve le droit de demander au bénéficiaire de fournir une copie des factures justificatives du total des dépenses et des justificatifs d&amp;#039;engagement des autres partenaires financiers figurant sur le plan de financement définitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=184</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3124-prevention-des-inondations-liees-aux-cours-de/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>165255</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des zones humides (travaux)</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de restauration des zones humides</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance des travaux de restauration 
+visant à réduire les pressions exercées sur les milieux humides.&lt;/p&gt;
+&lt;p&gt;Ces interventions ont pour objectif de rétablir leurs fonctionnalités
+ écologiques, de renforcer leur résilience et de préserver les services 
+qu’ils rendent aux écosystèmes et aux territoires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q8" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de restauration de milieux humides (y compris celles 
+engagées pour donner suite à une acquisition) sont finançables sur 
+l’ensemble du bassin si elles sont inscrites dans un document ou plan de
+ gestion stratégique milieux humides.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq3-travaux-de-restauration-des-zones-humides.html</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-zones-humides-travaux/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>140777</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Planter des arbres dans votre commune</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Office national des forêts (ONF)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence Études de la Direction Territoriale Seine-Nord de l&amp;#039;Office National des Forêts propose son expertise autour de l&amp;#039;arbre pour concevoir des espaces plantés adaptés aux attentes de nos concitoyens et répondant aux défis de l&amp;#039;évolution climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ses paysagistes, familiers des problématique urbaines, ses écologues et forestiers proposent une approche complète avec une expertise pointue pour implanter dans des situations complexes et très diverses des plantations et des boisements durables.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;offre de service englobe la conception de l&amp;#039;espace à planter (dessin du projet incluant le plan de plantations, les cheminements, la définition des espaces récréatifs), la proposition d&amp;#039;une palette végétale adaptées, un chiffrage global du projet pour demande de subvention de réalisation, une notice d&amp;#039;orientation de gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;expérience de l&amp;#039;ONF, premier gestionnaire public d&amp;#039;espaces naturels en France, est mise à contribution pour proposer une palette végétale adaptée aux conditions du sol et à l&amp;#039;évolution du climat. La notice d&amp;#039;orientation de gestion permet de mettre en pratique une gestion durable et écologique de la plantation et de constituer lorsque cela est possible une lisière la plus étagée possible, gage d&amp;#039;une plus grande richesse écologique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes rurales et périurbaines :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de bandes boisées, de haies, d&amp;#039;espaces de transitions entre cœur de bourg et campagne, de corridor, de liaison plantées, d&amp;#039;espaces plantés, « d&amp;#039;ilot de fraicheur ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes urbaines :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de boisement «ilot de fraicheur » (surface minimale de 1000m2).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes forestières :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de liaisons plantées entre la forêt et les différents quartiers. Définir un plan global pour l&amp;#039;accueil en forêt.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Disposer d&amp;#039;un espace disponible pouvant être planté. Il peut être en déshérence, à l&amp;#039;interface de sites et d&amp;#039;usages très différents. Il peut se présenter sous la forme d&amp;#039;une liaison sous forme de bande, d&amp;#039;un espace déjà partiellement planté à enrichir, d&amp;#039;un milieu humide à valoriser ou à enrichir. Un espace boisé à ouvrir au public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.onf.fr/produits-services/+/7d5::foret-urbaine-reinventez-la-nature-en-ville.html</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Agence Etudes ONF Seine-Nord&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ M. Laurian GASCON&lt;/p&gt;&lt;p&gt;Responsable du pôle Paysage et Patrimoine culturel&lt;/p&gt;
+&lt;p&gt;
+ Tél.: 06.13.53.90.18&lt;/p&gt;
+&lt;p&gt;
+ Courriel : laurian.gascon&amp;#64;onf.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>florian.duverger@onf.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5948-planter-des-arbres-dans-votre-commune/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>164924</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les sols face aux pluies intenses</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Pluvial et sol</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H5" s="1" t="inlineStr">
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>70% dans les territoires au titre de la solidarité uniquement (FRR ou ZRR à titre transitoire jusqu'en 2027)</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...18 lines deleted...]
-Cours d'eau / canaux / plans d'eau
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>Avec le changement climatique, les sols s’assèchent et les pluies intenses deviennent plus fréquentes et plus fortes.&lt;br /&gt;
+&lt;br /&gt;
+Il est essentiel de retenir l’eau dans les sols ou favoriser son infiltration pour limiter les pollutions pluviales, favoriser la recharge des aquifères, garder l’humidité nécessaire aux végétaux,  préserver les milieux humides et préserver la biodiversité des sols en favorisant la trame brune.&lt;br /&gt;
+&lt;br /&gt;
+Pour cela, l’agence de l’eau accompagne la gestion intégrée des eaux pluviales en milieu urbain, la préservation des milieux aquatiques et humides mais aussi des aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural.</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>Aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural&lt;br /&gt;
+Gestion intégrée des eaux pluviales en zone urbaine&lt;br /&gt;
+Préservation des milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128697/fr/pluvial-et-sol</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pluvial-et-sol/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>165327</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un paiement pour service environnementaux</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>AMI Paiement pour service environnementaux</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>70 % pour la phase d’émergence et pour la phase de déploiement du projet PSE, 80% pour la rémunération des services environnementaux rendus par les exploitations agricoles.</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de son 12e programme
+Sauvons l’eau 2025-2030, l’agence de l’eau a lancé le 1er juillet 2025 un appel
+à manifestation d’intérêt doté d’une enveloppe de 50 M€. Ce dispositif vise à
+déployer, sur des territoires volontaires, des paiements pour services
+environnementaux à destination des exploitations agricoles, de manière à
+initier, à l’échelle de leur système, la transition agroécologique et la mise
+en œuvre de changement de pratiques agricoles favorables à la gestion de la
+ressource en eau (qualité et sobriété), des milieux humides et de la
+biodiversité.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets PSE attendus devront concourir à 1 voire 2 des objectifs suivants :&lt;br /&gt;o    sobriété en eau,&lt;br /&gt;o    reconquête de la biodiversité,&lt;br /&gt;o    restauration de la qualité de l’eau,&lt;br /&gt;o    amélioration du fonctionnement des zones humides,&lt;br /&gt;o    amélioration de l’infiltration de l’eau dans les sols.&lt;br /&gt;Ces projets doivent être ambitieux pour la transition agroécologique et présenter à ce titre un certain nombre d’éléments qui seront traduits en critères d’éligibilité et de priorisation lors de la sélection des dossiers. Il est également attendu des territoires ayant déjà bénéficié d’une première expérimentation PSE un niveau d’ambition plus élevé.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Sols
+Agriculture et agroalimentaire
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q5" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="S5" s="1" t="inlineStr">
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>30/04/2027</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;voir conditions dans les fiches aides et dans les conditions générales&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_131791/fr/appel-a-manifestation-d-interet-experimentation-de-paiements-pour-services-environnementaux-pse</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.eaurmc.fr/Tsa/#/login</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;pse&amp;#64;eaurmc.fr &lt;br /&gt;ou &lt;br /&gt;- Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;- Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;- Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;- Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.champseix@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-paiement-pour-service-environnementaux/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>165344</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir des risques d'inondation et gérer les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Prévention des risques d'inondation et gestion des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;apporter une animation technique aux collectivités maîtres d&amp;#039;ouvrage sur la prise en compte et la gestion des risques d&amp;#039;inondation par débordement et ruissellement, la restauration des milieux aquatiques et de la continuité écologique et l&amp;#039;accompagnement à l&amp;#039;élaboration des PICS.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation de prédiagnostic du risque d&amp;#039;inondation par ruissellement ou débordement sur les territoires communaux&lt;/li&gt;&lt;li&gt;Facilitation de l&amp;#039;émergence des études de bassin versant et accompagnement technique des maîtres d&amp;#039;ouvrage pour la réalisation de ces études (établissement du cahier des charges, aides aux démarches administratives, juridiques, financières, suivi des études et participation aux choix des travaux à entreprendre)&lt;/li&gt;&lt;li&gt;Accompagnement administratif des Communes dans les actions d’identification et de préservation des milieux humides afin de préserver les zones naturelles d’expansion des crues&lt;/li&gt;&lt;li&gt;Assistance aux collectivités pour la réalisation d&amp;#039;opération d&amp;#039;investissement de rétablissement de la continuité écologique et de renaturation des cours d&amp;#039;eau : aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, aide à la rédaction de marché, aide au choix du prestataire)&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration de PICS : mise en relation avec les acteurs compétents, accompagnement au lancement de la démarche, proposition d&amp;#039;une méthodologie, suivi du projet et relecture des documents.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Sols
+Risques naturels
+Appui méthodologique
+Animation et mise en réseau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie, Directrice ID77&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-des-risques-dinondation-et-gerer-les-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...461 lines deleted...]
-      <c r="A8" s="1">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>163878</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I13" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette
 délibération présente les principes d’intervention et les objectifs de l’Agence
 dans le domaine de la restauration écologique des milieux naturels et du
 littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
 d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
 une approche globale à l’échelle du cycle de l’eau, tenant compte du
 fonctionnement écologique des milieux naturels. Les actions conduites ont pour
 ambition notamment d’améliorer l’état écologique des eaux de surface et de
 contribuer à la préservation et la restauration de la biodiversité. L’approche
 vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
 physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
 d’eau, milieux humides et non humides) et leur biodiversité, et le
 rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
 (ruissellement et gestion des eaux pluviales « à la source », débordement de
 cours d’eau, limitation des flux de matières en suspension et du colmatage des
 cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
 Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
 la Biodiversité », l’objectif visé est également de faciliter la prise en
 compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
 les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
 d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
 de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
 riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
 accompagner les maîtrises d’ouvrage des opérations de rétablissement des
 continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
 écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
 d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
 végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
 douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
 milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P13" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q8" s="1" t="inlineStr">
+      <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau est susceptible
 d’attribuer une participation financière aux opérations respectant les
 conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
 qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
 écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
 déclarées et respectent les prescriptions administratives afférentes ou, à
 défaut, le dossier visant à l’obtention de ces éléments est en cours
 d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
 plus précisément les conditions particulières sont précisées en détail dans la
 délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
 cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
 colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
 d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
 d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...110 lines deleted...]
-      <c r="A10" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>164919</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Préserver les milieux aquatiques et leur biodiversité</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Milieux aquatiques et biodiversité</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I10" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J10" s="1" t="inlineStr">
+      <c r="J14" s="1" t="inlineStr">
         <is>
           <t>taux d'aide proportionné à l'ambition du projet au regard de ses bénéfices sur le fonctionnement du milieu</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>Pour assurer l’atteinte du bon état écologique des eaux et limiter l’érosion de la biodiversité sous l’effet conjoint des dégradations induites par les activités humaines et du changement climatique, l’agence de l’eau soutient les actions qui visent à restaurer ou préserver le bon fonctionnement de tous les milieux aquatiques, superficiels ou souterrains, humides et littoraux.&lt;br /&gt;
 &lt;br /&gt;
 L’opportunité des actions aidées par l’agence de l’eau est appréciée sur la base d’un diagnostic préalable à une échelle hydrographique cohérente, en priorité celle du bassin versant.</t>
         </is>
       </c>
-      <c r="M10" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>Restauration des milieux aquatiques et humides dégradés&lt;br /&gt;
 Continuité écologique des cours d&amp;#039;eau&lt;br /&gt;
 Préservation des milieux aquatiques et humides&lt;br /&gt;
 Reconquête de la biodiversité&lt;br /&gt;
 Actions en faveur du milieu marin méditerranéen&lt;br /&gt;
  Stratégies territoriales sur les milieux aquatiques, milieux humides et milieux marins&lt;br /&gt;
 Mesures hydrologiques d’atténuation de l’impact des ouvrages hydroélectriques&lt;br /&gt;
 Remise en état post-sinistre</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P10" s="1" t="inlineStr">
+      <c r="P14" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q10" s="1" t="inlineStr">
+      <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128693/fr/milieux-aquatiques-et-biodiversite</t>
         </is>
       </c>
-      <c r="W10" s="1" t="inlineStr">
+      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/milieux-aquatiques-et-biodiversite/</t>
-        </is>
-[...632 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-continuite-ecologique-aquatique/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:27" customHeight="0">
       <c r="A15" s="1">
-        <v>164172</v>
+        <v>103418</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Préserver et restaurer les milieux prioritaires du bassin versant</t>
+          <t>Préserver, restaurer et valoriser les milieux aquatiques et humides</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+          <t>Eaux et milieux aquatiques humides</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Agence de l'eau  Rhin-Meuse</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
-        <is>
-[...518 lines deleted...]
-      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 50</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quels types de projets?
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études et animations visant la mise en place de Contrats Trame Verte et Bleue,
  &lt;/li&gt;
  &lt;li&gt;
   Protection, restauration et valorisation des milieux aquatiques, humides et des berges, dont les opérations concourant à la maîtrise du risque d&amp;#039;inondation par débordement de cours d&amp;#039;eau,
  &lt;/li&gt;
  &lt;li&gt;
   Dispositifs paysagers concourant à la maîtrise à la source des ruissellements, à l&amp;#039;adaptation au changement climatique et à la biodiversité (désimperméabilisation des sols, végétalisation de la ville, gestion alternative des eaux pluviales...),
  &lt;/li&gt;
  &lt;li&gt;
@@ -3257,168 +2644,168 @@
  jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 400 k€.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Maîtrise à la source des ruissellements et désimperméabilisation :
  &lt;/strong&gt;
  jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 400 k€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Mesures alternatives à l&amp;#039;usage des produits phytosanitaires :
  &lt;/strong&gt;
  jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 100 k€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Récupération des eaux de pluie
  &lt;/strong&gt;
  : jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 100 k€.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/eau-et-milieux-aquatiques-et-humides</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  eau-tramevertetbleue&amp;#64;iledefrance.fr
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>biodiversite@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d1f8-eau-et-milieux-aquatiques-et-humides/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>120964</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Réserver, restaurer et valoriser les milieux aquatiques et humides</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Eau et milieux aquatiques et humides</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est éligible au
  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
   budget participatif écologique de la Région Île-de-France
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités territoriales et leurs groupements,
  &lt;/li&gt;
  &lt;li&gt;
   Associations,
  &lt;/li&gt;
  &lt;li&gt;
   Établissements publics,
  &lt;/li&gt;
  &lt;li&gt;
   Bailleurs sociaux publics ou privés,
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats professionnels,
  &lt;/li&gt;
  &lt;li&gt;
   Universités et organismes de recherche,établissements d&amp;#039;enseignement,
  &lt;/li&gt;
  &lt;li&gt;
   Toute autre personne publique, para publique ou privée intervenant dans le cadre d&amp;#039;une maîtrise d&amp;#039;ouvrage déléguée.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -3470,2083 +2857,407 @@
  &lt;li&gt;
   Aménagements permettant la récupération des eaux sur bâtiments publics et aménagements associés pour l&amp;#039;arrosage.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les candidats peuvent déposer leur dossier en permanence sur
  &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
  &lt;br /&gt;
  Dans le cadre de l&amp;#039;élaboration de leurs projets et en amont du dépôt de candidature, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/eau-et-milieux-aquatiques-et-humides</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   eau-tramevertetbleue&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0586-eau-et-milieux-aquatiques-et-humides/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D21" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>164311</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité - Programme d'actions trame verte et bleue</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J21" s="1" t="inlineStr">
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="N21" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A l’instar des programmes de restauration de cours d’eau, l’Agence de l’eau est susceptible de prioriser son 
+action sur les programmes globaux de restauration de la Trame Verte et Bleue. Ces programmes peuvent être 
+constitués de l’ensemble des actions éligibles citées précédemment, en particulier :
+&lt;br /&gt;• Une étude diagnostic réalisée à une échelle territoriale pertinente ;
+&lt;br /&gt;• La préservation, au travers de gestion conservatoire, ou encore la protection au travers de la maîtrise 
+foncière ou d’usage de milieux humides et de leur aire d’influence, d’ensembles prairiaux ;
+&lt;br /&gt;• La restauration ou la reconstitution de l’ensemble des cours d’eau, milieux humides, des prairies et des 
+corridors écologiques (réseaux de mares, zones humides, infrastructures vertes) fonctionnels, en 
+particulier lorsque ces zones ont été dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Des actions complémentaires de restauration de la Trame Verte dans les zones urbaines des villes et villages 
+peuvent être éligibles aux aides de l’Agence de l’eau (voir également la fiche « Eau et Nature en ville et village »).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q21" s="1" t="inlineStr">
+      <c r="Q17" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant-1/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D22" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>164172</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux prioritaires du bassin versant</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J22" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="N22" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans l’objectif de préservation pérenne des fonctionnalités des milieux prioritaires, que ce soient les milieux les
+plus préservés, ou les milieux ayant bénéficié d’opération de restauration, les opérations de gestion
+conservatoire et d’entretien définies dans un plan de gestion en cours de validité sont éligibles. &lt;/p&gt;&lt;p&gt;À titre d’expérimentation et de retour d’expérience, les opérations de suivi des fonctionnalités des milieux
+humides peuvent également être éligibles, en particulier dans le cadre de méthodologies reconnues à l’échelle
+de bassin ou à l’échelle nationale.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q22" s="1" t="inlineStr">
+      <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S22" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux réalisés en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
+externalisée ; &lt;/li&gt;&lt;li&gt;Investissements nécessaires à la
+mise en œuvre des actions du
+plan de gestion.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables-1/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...1639 lines deleted...]
-      <c r="A36" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>101344</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Aménager les Espaces Naturels Sensibles (ENS) délégués</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>ENS délégués</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I19" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J36" s="1" t="inlineStr">
+      <c r="J19" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d'aide, variable en fonction du taux d'aide de l'Agence de l'Eau</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  De par sa position géographique entre terre et mer, à cheval entre le bassin parisien et le massif armoricain, le Calvados possède un patrimoine naturel très riche. Des zones humides comme les marais de la Touques, la vallée de l&amp;#039;Aure, aux rochers de la Suisse Normande, en passant par les landes du mont-Pinçon, les dunes d&amp;#039;Omaha Beach ou les berges de l&amp;#039;Orne, le Calvados se caractérise par une grande variété de paysages et de milieux naturels.
 &lt;/p&gt;
 &lt;p&gt;
  Les espaces naturels sensibles (ENS) sont le plus souvent des sites emblématiques et reconnus pour leur intérêt écologique et paysager.
 &lt;/p&gt;
 &lt;p&gt;
  Leur vocation est double : assurer la protection du patrimoine naturel tout en permettant leur ouverture au public, dans la mesure où celle-ci est compatible avec la préservation du site et de la biodiversité.
 &lt;/p&gt;&lt;p&gt;Dans le Calvados, des ENS sont délégués à des tiers, qui en assurent l&amp;#039;entretien et l&amp;#039;aménagement. Le Département apporte des financements aux opérations d&amp;#039;investissement et de fonctionnement réalisées dans les ENS délégués&lt;/p&gt;&lt;table cellspacing="0" cellpadding="0"&gt;
  &lt;tbody&gt;&lt;tr&gt;
   &lt;td width="28" valign="top"&gt;
   &lt;p align="center"&gt; &lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="293" valign="top"&gt;
   &lt;p align="center"&gt;Nom&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="66" valign="top"&gt;
   &lt;p align="center"&gt;Statut&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="28" valign="top"&gt;
   &lt;p&gt;1&lt;/p&gt;
   &lt;/td&gt;
@@ -5644,68 +3355,68 @@
   &lt;td width="28" valign="top"&gt;
   &lt;p&gt;9&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="293" valign="top"&gt;
   &lt;p&gt;Landes
   boisées et zone tourbeuse de St Aubin&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="66" valign="top"&gt;
   &lt;p align="center"&gt;A créer&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="28" valign="top"&gt;
   &lt;p&gt; &lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="293" valign="top"&gt;
   &lt;p&gt; &lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="66" valign="top"&gt;
   &lt;p align="center"&gt; &lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
 &lt;/tbody&gt;&lt;/table&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M36" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Acquisitions foncières, plans de gestion, études préalables et maîtrise d&amp;#039;œuvre, aménagements, entretien...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;
  Liste des ENS délégués concernés par l&amp;#039;aide départementale :
 &lt;/strong&gt;&lt;/p&gt;
 &lt;table cellspacing="0" cellpadding="0"&gt;
  &lt;tbody&gt;&lt;tr&gt;
   &lt;td width="270" valign="top"&gt;
   &lt;p align="center"&gt;Nom&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="270" valign="top"&gt;
   &lt;p&gt;La Boucle du Hom&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="270" valign="top"&gt;
   &lt;p&gt;Château-Ganne&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="270" valign="top"&gt;
   &lt;p&gt;Marais de Chicheboville&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
@@ -5741,9588 +3452,593 @@
 &lt;p&gt;&lt;strong&gt;Constitution du dossier (à envoyer à territoires&amp;#64;calvados.fr) : &lt;/strong&gt;&lt;/p&gt;&lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;&lt;tbody&gt;&lt;tr&gt;&lt;td valign="top" align="left"&gt;&lt;li&gt;Un courrier de demande de subvention ;&lt;/li&gt;&lt;li&gt;Une
   délibération de l’organe délibérant du demandeur décidant l’opération et
   sollicitant l’aide financière du Département ;&lt;/li&gt;&lt;li&gt;Une note
   de présentation du projet précisant les objectifs du projet et la nature des
   travaux visés par la subvention ; &lt;/li&gt;&lt;li&gt;Les devis
   estimatifs détaillés ;&lt;/li&gt;&lt;li&gt;Un plan
   de financement prévisionnel ;&lt;/li&gt;&lt;li&gt;Un plan
   de situation de l’opération et un plan cadastral précisant la situation
   juridique du terrain d&amp;#039;implantation des aménagements ;        &lt;/li&gt;&lt;li&gt;Le
   calendrier prévisionnel des travaux (date de début des travaux ; merci de
   tenir compte du délai d’instruction de 3 mois) ;&lt;/li&gt;&lt;li&gt;Un Relevé
   d’Identité Bancaire (RIB) ; &lt;/li&gt;&lt;li&gt;Pour les
   opérations relatives aux milieux humides non éligibles à une aide de l’Agence
   de l’Eau Seine Normandie : la réponse écrite (mail ou courrier) de
   l’instructeur confirmant la non éligibilité de l’action prévue ; &lt;/li&gt;&lt;li&gt;Le formulaire d’éco-conditionnalité (si projet supérieur à 100 000 € HT).&lt;/li&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;&lt;strong&gt;    Modalités de paiement : &lt;/strong&gt;   &lt;/p&gt;
 &lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;
  &lt;tbody&gt;&lt;tr&gt;
   &lt;td valign="top" align="left"&gt;
   &lt;ul&gt;&lt;li&gt;Pour
   l’investissement : Paiement en deux fois maximum, dont acompte possible
   de 50% au démarrage du chantier (sur production d’un ordre de service de
   démarrage de chantier). &lt;/li&gt;&lt;li&gt;Pour le fonctionnement : paiement en une fois sur production de
 justificatifs suite à la réalisation des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/accueil/le-departement/routes-environnement--territoire/environnement--milieux-naturels/espaces-naturels-sensibles.html</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Instruction administrative&lt;/u&gt; :
 Service des Territoires (02 31 57 11 25 / &lt;a href="mailto:territoires&amp;#64;calvados.fr"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;)&lt;/p&gt;
 &lt;p&gt;&lt;u&gt;Accompagnement technique &lt;/u&gt;: Service
 Espaces Naturels (Maria RIBEIRO : &lt;a href="mailto:maria.ribeiro&amp;#64;calvados.fr" target="_self"&gt;maria.ribeiro&amp;#64;calvados.fr&lt;/a&gt; ou 02.31.57.14.72.)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>beatrice.poullain@calvados.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/95e6-amenager-les-espaces-naturels-sensibles-deleg/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...437 lines deleted...]
-      <c r="E39" s="1" t="inlineStr">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>95042</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les cours d’eau et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des cours d’eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...9 lines deleted...]
-      <c r="K39" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez mener à bien un projet visant à anticiper les manques d&amp;#039;eau et les sècheresses à venir ?
-[...2 lines deleted...]
- Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 100 000 € pour les équipements d&amp;#039;économie d&amp;#039;eau et 1 000 000 € pour les autres projets :
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 35 % du montant HT
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000€ par projet sauf sur les cours d&amp;#039;eau régionaux majeurs : Rhin, Ill, Sarre, Moselle, Meuse, Aisne, Marne, Seine, Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ce dispositif s&amp;#039;inscrit en complément de l&amp;#039;aide Agence de l&amp;#039;eau dans la limite de 80 % d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Une avance de trésorerie de 30% dès le démarrage de votre projet
+   Travaux de préservation ou de restauration de la fonctionnalité des cours d&amp;#039;eau : reméandrage, diversification des écoulements, érosion maitrisée.
   &lt;/li&gt;
- &lt;/ul&gt;
-[...4 lines deleted...]
- &lt;ul&gt;
   &lt;li&gt;
-   Des dépenses remboursées jusqu&amp;#039;à 60 % du montant HT / TTC de votre projet
+   Travaux de préservation ou de restauration des plans d&amp;#039;eau : renaturation / reprofilage de berges, création de hauts-fonds, restauration de roselières, restauration de digues, ouvrages d&amp;#039;alimentation et de vidange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des milieux humides : restauration de zones humides, création d&amp;#039;annexes hydrauliques, de mares, frayères, reconnexion de bras morts, restauration de réseau de fossés, création de zones humides artificielles, zones tampons entre réseau de drainage et cours d&amp;#039;eau... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration de la continuité écologique (suppression ou aménagements d&amp;#039;ouvrages transversaux, etc.) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration du petit patrimoine bâti et ouvrages alimentant ces milieux aquatiques.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Agriculture et agroalimentaire
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Biodiversité</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R39" s="1" t="inlineStr">
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous êtes :
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes, associations, fédérations de pêche, entreprises, particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts d&amp;#039;investissement liés aux opérations précédemment décrites. Travaux et études préalables (faisabilité, avant-projet, projet...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-restaurer-cours-deau-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0083/depot/simple</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Une collectivité ou un groupement
-[...8 lines deleted...]
-   Une entreprise...
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...31 lines deleted...]
- &lt;/span&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dfa-restauration-des-cours-deau-et-des-milieux-aq/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>132574</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d’aménagement des milieux aquatiques et des zones humides</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Projets d’aménagement des milieux aquatiques et des zones humides</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les projets d&amp;#039;aménagement des milieux aquatiques et des zones humides dans la mesure où les interventions sont reconnues comme apportant un gain environnemental significatif, valorisant et protégeant ces milieux naturels. Par ailleurs, d&amp;#039;une façon générale, les projets présentés devront disposer d&amp;#039;un volet lié à « atténuation/adaptation au changement climatique », reposer sur une étude diagnostique ou une étude prospective (étude globale...) approuvée par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etudes ou travaux rentrant dans les items 1, 2, 4, 8, 10 de l&amp;#039;article L 211-7 du Code de l&amp;#039;Environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux ou études inscrits dans les contrats de concession de services ou de travaux ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2021/10/environnement/CD52_2020_02_fiche-action_milieux_aqua_et_zh.pdf</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de la Haute-Marne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03.25.32.85.71
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:dea&amp;#64;haute-marne.fr" target="_self"&gt;
+  dea&amp;#64;haute-marne.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Guide des aides :
+ &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
+  http://www.haute-marne.fr/guidedesaides/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute correspondance doit être adressée à :
  &lt;br /&gt;
-</t>
-[...38 lines deleted...]
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue du Commandant Hugueny
+&lt;/p&gt;
+&lt;p&gt;
+ CS 62127
+&lt;/p&gt;
+&lt;p&gt;
+ 52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>jean-jules.joly@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf62-soutenir-les-projets-locaux-despaces-naturels/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>143403</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Préserver et nettoyer les milieux aquatiques  : collecter les déchets dans les milieux aquatiques et zones humides</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>ACTION 5.3.5 AIDE OPERATION NETTOYAGE</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Guadeloupe</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J40" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>PLAFOND 5000 euros</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif est de permettre la réalisation d&amp;#039;opération de préservation des milieux (nettoyages, collectes de déchets) mises en oeuvre dans des cadres scolaires ou associatifs (journée régionale de nettoyage du littoral et des fonds marins).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M40" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecte de déchets dans les milieux aquatiques et zones humides
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Recyclage et valorisation des déchets
 Mers et océans</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Associations d&amp;#039;usagers, d&amp;#039;éducation et de protection de l&amp;#039;environnement
   &lt;/li&gt;
   &lt;li&gt;
    Associations déclarée et actives
   &lt;/li&gt;
   &lt;li&gt;
    Etablissements scolaires, Communes et EPCI
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Guadeloupe</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.eauguadeloupe.com</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  OFFICE DE L&amp;#039;EAU GUADELOUPE
  &lt;br /&gt;
  Jardin Botanique de Basse-Terre
  &lt;br /&gt;
  Circonvallation
  &lt;br /&gt;
  Rue Alexandre Buffon
  &lt;br /&gt;
  97100 BASSE-TERRE
  &lt;br /&gt;
  Mail :
  &lt;a target="_self"&gt;
   contact&amp;#64;oe971.fr
  &lt;/a&gt;
  &lt;br /&gt;
  standard : 0590 80 99 78
  &lt;br /&gt;
  télécopie : 0590 80 02 21
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>cedric.vincent@oe971.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6b83-preserver-et-nettoyer-les-milieux-aquatiques-/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
-[...8719 lines deleted...]
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>