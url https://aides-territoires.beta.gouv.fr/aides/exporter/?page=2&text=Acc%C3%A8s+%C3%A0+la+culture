--- v0 (2025-10-04)
+++ v1 (2026-02-01)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA75"/>
+  <dimension ref="A1:AA30"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,1040 +228,106 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>139366</v>
+        <v>90838</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Aider les équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
-[...4 lines deleted...]
-          <t>Aides aux équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+          <t>Soutenir l'éducation artistique et culturelle pour faciliter l'accès à la culture des jeunes via leurs établissements de formation</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Commune
-[...3 lines deleted...]
-Entreprise privée</t>
+          <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 61</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
-        <is>
-[...928 lines deleted...]
-      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Nouvelle-Aquitaine, en complément des missions qui lui sont confiées par la loi, souhaite mener une action volontariste en faveur de l&amp;#039;éducation artistique et culturelle pour faciliter l&amp;#039;accès à la culture des jeunes via leurs établissements de formation.
 Votre demande devra être déposée de façon dématérialisée.
 &lt;/p&gt;
 &lt;p&gt;
  Le présent volet est ouvert, pour les niveaux infra-bac, à l&amp;#039;ensemble des lycées publics et privés sous contrat d&amp;#039;association avec l&amp;#039;Etat, lycées de l&amp;#039;Enseignement agricole, Maisons Familiales et Rurales (MFR), Établissements Régionaux d&amp;#039;Enseignement Adapté (EREA), et Centres de Formation d&amp;#039;Apprentis (CFA) de la Région Nouvelle-Aquitaine.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Jeunesse
 Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Le montant annuel maximal de la subvention régionale est fixé à 10 000 €/résidence et ne peut dépasser 80 % du coût total du projet de résidence.
 &lt;/p&gt;
 &lt;p&gt;
  La rémunération des heures d&amp;#039;intervention de l&amp;#039;artiste auprès des apprenants sera à hauteur du tarif de la Direction Régionale des Affaires Culturelles (DRAC) en vigueur, à savoir 60,00 € / heure salaire brut.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités de paiement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sous réserve d&amp;#039;éligibilité du projet, le paiement de l&amp;#039;aide s&amp;#039;effectuera en deux fois sur le compte de l&amp;#039;établissement bénéficiaire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un acompte de 70% du montant de la subvention interviendra après délibération de la Commission Permanente,
  &lt;/li&gt;
  &lt;li&gt;
   Le solde sera versé sur présentation des pièces suivantes, visées par la ou le chef d&amp;#039;établissement et la ou le gestionnaire de l&amp;#039;établissement porteur de la résidence et destinées au seul ordonnateur :
@@ -1293,17721 +359,4970 @@
   A destination des apprenants d&amp;#039;au moins 2 établissements,
  &lt;/li&gt;
  &lt;li&gt;
   Se déroulant en période scolaire,
  &lt;/li&gt;
  &lt;li&gt;
   Dont la durée d&amp;#039;intervention de l&amp;#039;artiste auprès des apprenants est comprise entre 40h et 80h à raison d&amp;#039;un minimum de 10h d&amp;#039;intervention par semaine.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le temps d&amp;#039;intervention de l&amp;#039;artiste sera réparti entre les établissements partenaires de la résidence et des temps de rencontres entre les apprenants des différents établissements seront mis en place,
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dont le déroulement est compris entre 2 semaines minimum et 8 semaines maximum,
  &lt;/li&gt;
  &lt;li&gt;
   Dont un ou une membre de l&amp;#039;équipe éducative de chaque établissement est coordonnateur ou coordonnatrice.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Tous les champs artistiques sont éligibles à ce programme de résidences.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/actions-educatives-nouvelle-aquitaine-volet-4-residence-dartiste</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la jeunesse et de la citoyenneté
 &lt;/p&gt;
 &lt;p&gt;
  0549558160
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d88-actions-educatives-nouvelle-aquitaine-volet-4/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>71805</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’infrastructures d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), un développeur
+indépendant, un énergéticien, une entreprise ou un acteur financier et vous
+portez un projet de production, stockage ou distribution d’énergies
+renouvelables (EnR) ? La Banque des Territoires vous accompagne via des
+partenariats nationaux sous forme de holdings de projets, ou via des sociétés
+d’économie mixte (SEM) dédiées au développement des EnR pour démultiplier les
+projets développés, dans une démarche de concertation ou d’association des
+territoires.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous adressons les
+secteurs suivants : photovoltaïque, agrivoltaïsme, éolien terrestre,
+hydro-électricité, éolien en mer posé et flottant, accompagnement de
+l’émergence des projets innovants, comme l’hydrogène décarboné ou le stockage.
+Les modalités de financement diffèrent selon les projets : prise de
+participation minoritaire en fonds propres et quasi-fonds propres dans les
+structures de portage, co-investissement dans les SEM, etc. Contactez-nous pour
+que nous puissions étudier ensemble l’accompagnement le plus approprié pour
+vous.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=energies_renouvelables_psat</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-energies-renouvelables/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>50263</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets de valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour la valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet de valorisation énergétique des
+ressources ? Vous souhaitez bénéficier du soutien d&amp;#039;un tiers de confiance en
+tant qu’investisseur dans les projets, faisant le lien entre industriels,
+collectivités et territoires ? Répartir au mieux les risques industriels et
+commerciaux ? Bénéficier d&amp;#039;une expertise éprouvée permettant d’élaborer des
+montages innovants, économiquement équilibrés ? Créer des emplois directs et
+indirects, réduire les émissions de CO&lt;sub&gt;2&lt;/sub&gt; ? Générer des revenus issus
+de ressources locales ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des
+Territoires finance les projets de valorisation énergétique des ressources au
+meilleur prix, en facilitant l’acceptabilité des projets et en soutenant
+l’innovation. Nous accompagnons par exemple les projets de réseaux de chaleur
+et de froid, de centrales biomasse et de chaufferies collectives, de
+géothermie, de valorisation des déchets et du biogaz.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement des
+projets de valorisation énergétique des ressources est principalement réalisé
+via une prise de participation minoritaire en fonds propres et quasi-fonds
+propres dans les sociétés de portage des projets, aux côtés d’un ou plusieurs
+partenaires disposant de compétences techniques et financières reconnues dans
+leur domaine, notamment dans le cadre de délégation du service public. Le
+financement peut également porter sur la capitalisation (fonds propres et
+quasi-fonds propres) d’un opérateur territorial dédié aux énergies (SEM par
+exemple), ayant des projets de valorisation énergétique de ressources. &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-valorisation-energetique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=valorisation_ener_psat</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/6d88-actions-educatives-nouvelle-aquitaine-volet-4/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-valorisation-energetique-ressources/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
-        <v>150664</v>
+        <v>87183</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Soutenir la vie littéraire (résidence)</t>
+          <t>Financer la construction de bornes IRVE et de stations GNV et hydrogène</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Soutien aux résidences d’auteurs</t>
+          <t>Financement d’infrastructures de recharge et avitaillement</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un acteur public (collectivité
+territoriale, etc.), privé (opérateur de flottes, de recharge, etc.) ou un maître
+d’ouvrage (SEM locale, énergéticien, etc.) et vous souhaitez financer la
+construction de bornes de recharge collectives pour véhicules électriques, de
+stations d’avitaillement d’hydrogène ou GNV ? La Banque des Territoires peut
+vous aider à financer ce type de projet, selon certains critères.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Par ses investissements, la Banque des
+Territoires vise à permettre à chacun, sur tout le territoire, de pouvoir se
+déplacer en limitant son impact sur l’environnement. Pour cela, l’offre
+Infrastructures de recharge et avitaillement se compose de 3 volets pour
+financer plusieurs types d’infrastructures : les bornes IRVE, les stations GNV
+et les stations hydrogène.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Si votre projet respecte les critères de la
+Banque des Territoires, l’établissement propose différentes modalités
+d’investissement : sous forme d’investissement en fonds propres et quasi-fonds
+propres, de co-investissement dans la société de projet (SPV) ou encore sous
+forme de prêt mezzanine.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=IRVE_GNV_psat</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;IRVE_GNV_psat" rel="noopener" target="_blank"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-bornes-irve/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>140792</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise sur les différents domaines de l'urbanisme et du développement territorial</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'urbanisme du Pays d'Aix-Durance</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...9 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+Région</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...623 lines deleted...]
-      <c r="O5" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : prospective et observation des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie foncière : aide à l&amp;#039;élaboration de stratégies foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie réglementaire et juridique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la réalisation du Plan Vélo de la ville de Manosque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de mobilité pour la commune de Trets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconquête des friches agricoles d&amp;#039;intérêt DFCI et développement du pastoralisme en forêt dans la planification
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de projets urbains communaux : Rognes, étude de faisabilité stationnement avenue de Lambesc D15 / Gréasque, restructuration de l&amp;#039;entrée de ville et construction d&amp;#039;une maison médicale / Saint-Antonin-sur-Bayon, réalisation d&amp;#039;un schéma directeur des espaces publics et requalification de trois secteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertuis 2040 ; un exercice de prospective territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Finalisation de la démarche d&amp;#039;élaboration du PLH de PAA
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation des impacts de la crise sanitaire sur les marchés immobiliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de qualification des friches industrielles à potentiel foncier pour l&amp;#039;économie productive
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="S5" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût de l&amp;#039;adhésion pour les communes : forfait de 1000 €/an et conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût pour les autres adhérents : conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
-[...70 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence, Hautes-Alpes et Bouches-du-Rhône</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>http://www.aupa.fr</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La démarche s&amp;#039;adresse aux maisons d&amp;#039;édition et à leurs structures collectives afin de les soutenir dans leurs projets : création, reprise d&amp;#039;un fonds, modernisation de l&amp;#039;activité, publication, lancement de collection, etc.
-[...182 lines deleted...]
-  livre-lecture&amp;#64;culture.gouv.fr
+ Contact : Le Mansard - Bât C- 4e Etage, 1 Place Martin Luther King, Avenue du 8 mai 1945, 13090 Aix-en-Provence
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 42 23 12 17
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:aupa&amp;#64;aupa.fr" target="_self"&gt;
+  aupa&amp;#64;aupa.fr
  &lt;/a&gt;
  &lt;br /&gt;
- 182 rue Saint-Honoré, 75001 Paris
-[...513 lines deleted...]
-          <t>Service déconcentré du ministère de la Culture territorialement compétent (DRAC/DAC/DCJS/MAC)</t>
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
-          <t>webmaster@culture.gouv.fr</t>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1e68-soutien-aux-maisons-dedition-et-structures-co/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/474e-expertise-au-service-des-territoires-sur-les-/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:27" customHeight="0">
       <c r="A7" s="1">
-        <v>121995</v>
+        <v>165394</v>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Financer la recherche-développement (R&amp;D) en sciences du numérique appliquée à la culture</t>
+          <t>Soutenir l'implantation d'infrastructures de carburants alternatifs</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Convention Culture-Inria</t>
+          <t>IDEE Action « mobilité décarbonée »</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Conseil régional de Normandie</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>Etablissement public dont services de l'Etat
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Recherche</t>
+Entreprise privée</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t> Max : 80</t>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>L’aide FEDER ne pourra excéder 60% de l’assiette éligible. Un taux d’aide particulier à chaque dossier  sera établi après instruction du dossier</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...191 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Développer des stations de ravitaillement en BioGNV, en
+hydrogène bas-carbone ou renouvelable, ainsi que des infrastructures de
+recharge électrique pour véhicules lourds (PTAC &amp;gt; 3,5 t).&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ce dispositif, cofinancé par le FEDER, vise à lever les
+freins à la conversion des flottes professionnelles.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N7" s="1" t="inlineStr">
         <is>
-          <t>Culture et identité collective
-Technologies numériques et numérisation
+          <t>Transition énergétique
 Innovation, créativité et recherche
-Médias et communication</t>
+Equipement public
+Logistique urbaine
+Connaissance de la mobilité
+Réduction de l'empreinte carbone</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...77 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Sont retenus les projets suivants :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;la
+     création de nouvelles stations de distribution : BioGNV, hydrogène ou
+     recharge électrique (PL uniquement),&lt;/li&gt;
+ &lt;li&gt;l&amp;#039;optimisation
+     de stations existantes (augmentation capacité, ouverture au public, ajout
+     unité de production…).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Le projet doit être localisé en Normandie. Les grandes entreprises au sens communautaire ne peuvent pas prétendre à l&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Exemples de dépenses éligibles :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;génie
+     civil, réseaux, connexions et tuyauteries,&lt;/li&gt;
+ &lt;li&gt;bâtiments,
+     auvents, équipements de sécurité et supervision,&lt;/li&gt;
+ &lt;li&gt;systèmes
+     de compression, distribution, refroidissement, séchage,&lt;/li&gt;
+ &lt;li&gt;stockage
+     (cuves, racks, tube trailers),&lt;/li&gt;
+ &lt;li&gt;bornes
+     de recharge électrique pour véhicules lourds uniquement,&lt;/li&gt;
+ &lt;li&gt;métrologie,
+     systèmes de paiement, signalétique,&lt;/li&gt;
+ &lt;li&gt;études
+     techniques, coordination de chantier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ne sont pas financées les dépenses liées à l&amp;#039;achat de
+terrain, la dépollution, les dépenses antérieures au dépôt de la demande.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide prend la forme d&amp;#039;une subvention FEDER.&lt;/p&gt;&lt;p&gt;Montant minimum : 100 000 € d’aide sollicitée.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Taux d’aide : Jusqu’à 60% des dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S7" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U7" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Normandie</t>
         </is>
       </c>
       <c r="V7" s="1" t="inlineStr">
         <is>
-          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/convention-culture-inria</t>
+          <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
         </is>
       </c>
       <c r="X7" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...13 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="85" valign="top"&gt;
+  &lt;p&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="top"&gt;
+  &lt;p&gt;Carl Pique&lt;/p&gt;
+  &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
+  &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
+  &lt;p&gt;Direction Energies, Environnement et Développement Durable
+  (DEEDD)&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="85" valign="bottom"&gt;
+  &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT7SURBVGhD7VsJdJTluX7m/2efycxkQvawg4BIWcQVK1iXulWvV1vX9rj2oPdUqdft1rVaW6lW2uPKvYK74nJcbqXItYAbgiBFFi0FMSQsWSaZTCazzz//3Of9kokRCWiSe0LPue85P0n&amp;#43;5fu&amp;#43;93n39/uw5kn4f9onAtZ/SmwsFlgOINCB4OvgA4eMowfz&amp;#43;wNBVN7MZGB2xJBrj8EItSDb0AhbaRncx0zrtz1YNU3r9yD/JwMYBnLxJHKtbTDCbci1tJHxJhhNrTAaQ8g2NcNolvv8O9IOMxqHGU8gm23CyCeegHfG9H4vy9rvEb7jAPlcjpKOIycMt0XJZIgMy9XayXwzmZWrtZXPO8g0L4JkZjOcyUAeJn&amp;#43;KWYlQdSoZL13nr/w7l4ezfDz855z6HVe179cHFJxcewdylGKuNYJscwi5EKW9pwnZRjLdKEwTBGqCGY4i1xEl0ynkyXQeWV5iJJ1MW8g0Oe5m2mK1QrfZlLntj3LpBHzHToMeDBxc4ESXrED9FXOApAkzQUln0l2S7gyG3UxD5EHmReq6DZrdDpBv9U5GQz6nXkZez0OXn9ZO2BR14tcr5alZnllHDwgwMsiAaE4&amp;#43;a6DxV7&amp;#43;HQWeoI0AebNDt5LiL6e7V5gmRJ4ccGbQ6TeQylk7GozryaQ1GBbVoZAq2hBXesA0tFgPWHU7oedEmQCNgAp4pumWnedn5dQE5Mw/N6obnqKkHFziRl/4biU/XweIcgtykBFxBE8n1ZKqF6LjJRBcDZkKDfWYUY&amp;#43;YxopAZ02XB5uc8SNw&amp;#43;DGVnRFD8uz1UqDxSYR31f/ai9fliHHpIFp6T6HfGpZCzElACnK&amp;#43;3I/JMMbQGGyzezvHz2SxsFeVwjBt98IAjDjY0bwHdgROWrAV77FkMu74JgZQVDXOq4K11A16KWwk5D3cgj9ovNJSV8bsvqRF8ZlpMVN7QjF3rHWhcVAynO4dAdQ6j7m5FxJPBF5vtSC12w7LLDt3DMWbGULpwB0K/rIFzu4saZCJvZGAfNQx6wHfwgNOx9D0k/rYeutsHjUyWrPRj5xNpfP&amp;#43;xVnif3oXtFwyHYw&amp;#43;1iFIndjAmx1EzzsCW5U5Ujc2iZEYSq1wZbLymEu5L21DxfUYyLY&amp;#43;2XVbUzvND3&amp;#43;yBj9ZfJl5K69SSjjXFyHQ0oOiGRrRfORIeui3xN44xwwcMmAHxOeGFL3V6SkYSCbIeJ33DkhJsmWti4pw2fG/Fl9j1&amp;#43;1KklvgZuezIxBhyCVL978pQfWMY1plxTPtjI6yfudH6mQsZvwGdTqkyo2PUVPqnYXEkm6zIt1hhtOvMfSzwObOomZLFphY68C4fLSHePqL64AEnW78Hsb9&amp;#43;yIjj7V6UyejiyumI31&amp;#43;N1atdmPR4A8bOb0Lm8xbE17mgFRvwuvI447k9cIw08OlbDngr0xhzSQzlCfG6vKgJ6mdnwEM6ZMGuVS54GL40gzriz2PjDg3t91VgqDOPzgBngbVC9GvgqF/RKrp4GbLtLbB6gl&amp;#43;tiKI0aRZejwHtgwBW/siKsfeEMOH0JCUbY45DPSMIjtFZNG6xIhrSMWlWCmjjENS62B4LojupJVmgenwWOu/pRXm&amp;#43;a0PksTLljwxqnydhxzAHgbIVIpYOa9mQgUOmv6FcchuVsO2DRJouj4mhO7zYNtuG2M0hWMuzGDM9jaIAHWiSCsJQfNRZCSZtQAOd9Of/FYSDwFaf2wEbmd602o7JP8zAysFmzGnH7lJGqpVFsFTRSS91wainMxbxsrEg69C8noMDHKl5Ems3qtyiNxIf5HCZqOpwIjZ/CMY9tgdF5bxLrbA4gOCh5Jqfb/0fGzZfUYOKZh9G/6Ye5admENukYc3tlcisSWL07DYEywna9RHgl7xoauEFbjT/ew0qTfoh8TysETV7vwzhG2z0ebTkhs9ZFzVBd&amp;#43;1HWsQhlbQiOCOG6Q/vBhidEAMirRY0b7UjHdEQ/tSF2Gt&amp;#43;jAsRJWsWOxYUw3NmFM6KHII1BmIPV2LzawGA&amp;#43;ZNeYSA4KYUJP4vBNyqLXTonIDgqQ5TSQuqrAaQ&amp;#43;g5NYt4nazGLQ8pUzVuuSlJ/JnsVk9OJayy5tRc0fG5STrVtpxbZXi9D2gRvuL9xwZTX481YMsbHkoGnkDQ0BDuekVmWoDE07NYxl&amp;#43;Ha3OJGmGWVpQ&amp;#43;381zhtC&amp;#43;I7bfDT7&amp;#43;RpuipMMqlETn4ZOOozOKnNW7mKb0oqz5Kg6PgY8rM6UDIxDf95CWx53Y7tz/iRWuFFoN2BkZpFAaBxdgZrMOmF74II8hOTGHFVBKE9Gt7/URXKN3hhZ2TL0Iwc1VkEz6LzH56GbTR91kcSvLtSb9GcPAFOS&amp;#43;U&amp;#43;cNRncDJf1hGavYonrlW6B/XD42htymHCmBy&amp;#43;eMiNPTdXoirpJCCsimiFkimLjFUIZmaYKzHwmSsJa4OJ&amp;#43;GIXdjwawIhPgvAwMkm9rhkWxMYn8EUJM2OG7thKO3Yu8qGCoV2VpTQpCejS0xlI6hM4UnVnG1tgEdH3JEpQzMPxNBM8Sx4t81VcxyhqiZQQAkhewEh/FeGsrKUsTO5K/rOK7Fmwm3CUMPK4pJHBssDk&amp;#43;1JwGst8KFrmh&amp;#43;jGTo5USu2zsW4TaxIScIzmloHEpm9VeS7CXkx7lA70m2Fc8&amp;#43;fgc7DCjljhE&amp;#43;aYFCpPIDilNDiPjaOEJmRlOWFaNOxiuE4/XQo3zab4tkY4hpN9vhdZ68a2RR4MrfXBMyqNEjpivdSAEdcQ3&amp;#43;hAgtl03uDIHL/TughmQ/Pgg6P6NWmmrz2aT2L2BpkKndCGEZey2fWJB&amp;#43;1/KINHCipJ1IRYFth8NJXjoyhiYteesiATccPIaRjx4B60BTPY8VePAiC724rvzWRFfms92osyaKizItPEVkiFCf&amp;#43;/tMJT60D7XZXMxsXxS56jIVO3a/DBkf4NsvQYPRpPwr6dIGjLfag7PI7J14RhsmcTvasa7iwXz3zHIBO2qQlqlY4GdidMCr5sAotOmtLuj2l7U0z42MuxMoTnJ8cQ2q1j6/Me6GvZMI/Z4eCEMk&amp;#43;TnkP14/WwX9eI9Nwq2FipE3ZkvqwffHC&amp;#43;6jB9fS05&amp;#43;oYhSRvCNJMES4IJ/xFBXbGJNmoQ6hmO&amp;#43;XrSlcPQoQbeOr8Kx1zdDv&amp;#43;xCWoa26mLA4htIftDM8iuY9zf5oOrzomhMfo1OmRx3nIJ&amp;#43;XIOFK31IT0rjA7CJS4tbyU4tTtVm1YP&amp;#43;AcEpD455O6GtlFYbo&amp;#43;10EkGd7mw7ZTRaP1VIybf0Y6qMzrQ9mcfIh954aaUpUl4&amp;#43;Ikp1bKo&amp;#43;4cVRReFMfx3zcjTlGSLUXPzH2pdPm1Btk1His2t5E4C1q7BjOnQyw2kjujAjltLUWOVbgA1x2ZVPie9tRbuI6cMHjiai40tJxOwKCvIvXyy2j9lyK7M6mi&amp;#43;uxLLa6048s4wyma3o&amp;#43;zydrZEKWXWVaNuCCPJ4FK71IspP&amp;#43;QNWqplhKHcWJb3TfojB7XOzjoMI7NYN4&amp;#43;gULPs1RmkNupI/4mlQ7OLza&amp;#43;uiMXywcwlkPhk4yCD4/exUvbC5NYJKLF9UZZZ7xDmIaFnSrFiixNH/aEJOW6deL15FJWQYYLU8g8bRh&amp;#43;RRnAkE0Hmk9s/tCO82QFXVVaBFCRYVRMN2BnApp6dxBfLi6EvCcLNvCgVZSLJnIfurNv1iVOOf7AWQ6752eBpju7zqvaA2Djl2&amp;#43;tCpKNX5mG9vMaH1RfaMOyGEErPobaJNZKpodNYawVYbjECf3AT&amp;#43;8&amp;#43;vlGHijdyU&amp;#43;2UHUjstWHp7EFMu6cDwmRkE2NyavqwO5i4dBk13zW&amp;#43;DaFtYCj8L80LRoOkuJFavV5t7mqf3gvjbItcnnyODO9ivjX&amp;#43;8dv/zUPqZGDt3LAEOuzaKwMXMYMXsaEJJ/ppmAdrymRX/eLAYwbdLUUyo47V2ZKmQWTphF534lguDaDgvAu/RcXjoawLsAxUH8xjGXGnjywEUZ&amp;#43;ysPTtTBYvDgXRdHeKr/4aiE4/7thj0&amp;#43;l6fwXFOGo/8i/twyKIUzD3y9Bkm1dzJWmjk/F1w0q9kWX/uWGVH3V/dSK/yQKNzdXDrpYKdQyfTgDRzouybAaTntKDo6CxS7BBWfOyH45kytD9jIiT9vtI0Zqz6Egk6aV/UxsKzK4dS6EhrJ4Pom&amp;#43;8MLjiuIyaTdelsd9Y2BRJg7D4TjmOS0Jn1DrutGcmSHNYvcKLuJR/MlV4UJWyopAN1sATQCAqxUZmxc1gGVVeFYR&amp;#43;Xxfv3FMFc4VN&amp;#43;RWNropia5B7Bfa1qA7auLgW3BTtrqx6k6x5E31qGyvtuYdSjzfWD&amp;#43;qw57sMncZ&amp;#43;ogtu&amp;#43;rdBcXX5HwjBL7MxPQ2gaF8fEmWmEOMOq0yvhZF5SSTi9bHtK8SnhV12SQRfnEL6iARaCWXZKBmvu9SHzQA3GSX9YNvKSbKSfEEWI4waqckhW5tG0wcGu6jfBsbDcT9duR8fb78L/r6f1A5p&amp;#43;7HjqxX5uvR6J1kUvIh&amp;#43;XMrHTy8reZOOjTOVzfmwYSp9D1a8KeVDktMAgo3t3XCysjQyaYHhuuSrVVt9GrWuwo4a5jsHiVUhnr7htix2hX1Wig1pZS4ds3&amp;#43;qCl&amp;#43;/s27A53sKXBw8cWXT1w79Byb/9lMdA2IKSExKs1OUK7pFDBBFkGtvof/jME0cqlaAfYnRSTU1J98UUxTDY&amp;#43;&amp;#43;WhgeEWJoD8iVbGdGmcdwEj80jUC7Q6UMIGWq5JDcFyhMDw/r5Idxah4533IN1K1&amp;#43;RD&amp;#43;6w9fTYrmdFaUgzvcb1v3JupNKt3OXkRVQeLjFBYgZdtbOSRE/mdpy7kfE0rT2a0d52xSSZpRumujk9nQSlNNZMgGlrXyQub6Kfc7&amp;#43;VUAdulOQqj5U8LMXThA4MDzoFm1Wj/clnLh3APe1Svr&amp;#43;fZwVNHVyIdBCusDiblmvmTx1fU2R3&amp;#43;boTk&amp;#43;ErnO2aMV4IAmnJ8pdOcCyCq3RCCqFlcaHv&amp;#43;dZTeOBvOCWMOtNR9Pu&amp;#43;X5uxvxqxs7MuZmm9BFoedAJaq64Agso9khCM8/BTp1DyCl5WDTzwDlJNTX&amp;#43;rgU1gdg8s01qPh1rkY8crjnWd9viP1G5xUKoUkTaG4uFhNHY/HsWTJEhx66KHqEmrlKS2/388G19ena2trY6h2wuWiQ5e9p66UoOfvPflRIDIzP9Dmncn1yOkxI0SgaMpsGHX2b78j9QucaDSKRYsWKcblmj59Ol577TX4fKy9uJhYLIa//OUv7NuYrKm8OOmkk7Bq1SrMnDkT7777LpqbaT48pTFt2jQMGTIEr7zyCq655hps3LhRAXbIIYd8R3Y6X9f4rVwHAvFAg/cLHGG&amp;#43;qqoKZ555Jl588UXU19crpo455hjU1NRgxYoVisHx48ejiXtcojmiWZs3b4YAe8EFFyhwBNBJkyapex999BEcLANEGweb&amp;#43;gWOmMTnn3&amp;#43;uQCkrK8Pw4cPx8ccfo52Rp7q6WpmKvCPAvPXWWwo0t9v9NRMqmJKY5w9&amp;#43;8AMFoJjlueeeO9jY9K3BXli1SF1M6YgjjsCHH36opC1Sb2lpwd///nccddRRyqyKiooUeCUlJcrUDjvsMIQYfcSMMjxHPHXqVASDQQWymNj69eu7/c9gItQvzSktLVXSFjrttNOUiZxzzjkKJDE3ITEd0STRGIleol1C4n8ERDFDj6dzS7m8vFz9vOKKKwYTk&amp;#43;65ewWnoaEB4XAYEydO7H5ZnOnYsWOV8xSS56IZIn0Bp7KyUkUtYfbVV19VDlcOgR999NGYMmWK&amp;#43;kY0TDRF3imMI3Pt3LkTRx55ZPdca9asUaYpl5DMsWzZMjVPgT755BMeys4qc126dCk&amp;#43;/fRT5fxFkwV8IRHY66&amp;#43;/jlNPPVU9W7BgASKRSPeziy66qDuq7i2RXsFZt24dzj//fKxdu7b74&amp;#43;uvvx533303Tj75ZLz99tu47rrr1DOJTPfddx/uuusuyGTbtm1T0j/rrLPUgubOnYvbb78dl19&amp;#43;Oa699lrMmjULDz74YPdaLrvsMmVWL7zwgrpn8PT6iSeeiIsvvhiPP/64uif&amp;#43;67zzzsMvfvELNZfQyy&amp;#43;/rBgVcOSencd2xfnfdNNNShgLFy5U3912220KsI6ODvz617/GVVddpcxWgJP19Ua9giOOVCa78MIL8d577yEQCCjTkEvyk5///OeYP39&amp;#43;tyTFEYsTPfbYY5VTFe149tln1bzLly/HjTfeqMAR7Zo3b576Xhh55513lNTnzJnTvcbnn39ePduwYQMaWWpUsPoXknuPPPIIJk&amp;#43;erNYlJikaJSS/33LLLTj&amp;#43;&amp;#43;OOR5p6arEPAkTklzRAw5F0B8v777&amp;#43;8VkJ4PegVHUBYVlgWdffbZCiABS8ARZoT5niouzveUU07BG2&amp;#43;8gR//&amp;#43;MdKKgUSTRKnLCQLPf3005V0BQTRtjPOOENJuKAhwpSYpYD72GOPKWmL&amp;#43;RS06&amp;#43;qrr1bzi4MXQQkJ8&amp;#43;LbhCQoCNgyhoAjz2R8ybUkhxLNkfWNGjVKadV31hwZUAC64447IPYvkwkwQqJV&amp;#43;8pDEolEd8a7detWZRqSu0gof/PNN9W3YgYiYWFaABXTk&amp;#43;gl2iX0/vvvq/me4H/u2LJlC1auXIk777xTCUbGOuGEE/Doo48qkzvuuOMUEAXq&amp;#43;Z9cdu/e3S2QwvNCMnr44YcrsESL90f7jVYFlRXbFnXdtGmTQlo05Oabb1aLlIxWSDJlSeAeeugh5ajFFO69917IIkVLxCyFRAOEiXvuuUf5HgFfNKSgaeKLxNeJIMSRi9Y99dRTSgOEOXHyAqgAJ2sQXyYkz2S94q8k&amp;#43;RTTLQhE7slzyaUkIs6ePbsbE3m2d1lTeLhfcAqqLgsVFRV7lTxF/hbAxOkKYxKiRSOee&amp;#43;45SHiX6CMlhDAnJJrzk5/8RJmmaJ2ov0hdnL2MJT5CzK62thY7duxQpllIDiXvEQAlJShorowpgIuGCcNCMt&amp;#43;tt96KBx54QK1RhCTzC&amp;#43;gytghEBLR9&amp;#43;3bMmDFDjS&amp;#43;CuvLKK5WZ7Yt6BUfqnwkTJnR/M2LECEjoLOQk4hSFOdEWWYAsRFRfSEqGJ598svtb0S5xkEJiTuJ3hApqfckllyiJC8iLFy/&amp;#43;WgIoZvT000&amp;#43;riCglioBfoEK0kr8ffvhhlVgKjRkzpnst8p28J/5KSAKHuISCHxK/1Rv1Co7kK4VKu/BxIeco/C0TiBT2JtEOWWBPKuQ5PaVfeF5YuPy995xyTxynUCGxLHwn2lD4VkDrCVzPuXvel5rv21K/MuRvO8k/63v/CwWjiWgmTQGGAAAAAElFTkSuQmCC" alt="Une image contenant texte, logo, Police, Graphique
+Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="bottom"&gt;
+  &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
+  &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;
+  &lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="577" colspan="2" valign="top"&gt;
+  &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
-          <t>webmaster@culture.gouv.fr</t>
+          <t>carl.pique@normandie.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/343c-convention-culture-inria/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-limplantation-dinfrastructures-de-carburants-alternatifs/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
-        <v>129698</v>
+        <v>41742</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
+          <t>Financer des services de mobilité durable en ville et en périphérie</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
+          <t>Financement des services de mobilité durable</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
 Entreprise privée</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
-[...20 lines deleted...]
- L&amp;#039;aide au projet en théâtre, arts de la rue et arts du cirque est une aide ponctuelle, qui contribue à la production d&amp;#039;une création, d&amp;#039;une recréation ou d&amp;#039;une reprise et concoure prioritairement :
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, une société ou un acteur financier privé et vous
+souhaitez participer au développement de services de mobilité durable ? La
+Banque des Territoires met à disposition des solutions de financement pour vous
+accompagner dans votre projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Solutions d’autopartage, service de vélos
+partagés, covoiturage courte distance, ou encore corporate venture au profit de
+jeunes entreprises innovantes : l’accompagnement de la Banque des Territoires
+peut se faire sur différents types de projets, en fonction de leur éligibilité.
+L’objectif est ainsi de développer des alternatives à la possession d’un véhicule
+et à l’autosolisme, libérer de l’espace urbain utilisé pour le stationnement de
+véhicules et réduire l’empreinte carbone.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement de ces solutions de mobilité
+durable est toutefois conditionné à des prérequis et des objectifs spécifiques,
+comme la justification territoriale du projet ou encore la réduction du volume
+de véhicules en circulation en agglomération. La Banque des Territoires met à
+disposition de nombreuses compétences et expertises pour étudier votre projet
+et vous apporter les meilleures solutions possibles.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_mobilite_durable_psat</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  au repérage et à l&amp;#039;accompagnement des démarches artistiques susceptibles de renouveler les répertoires
-[...212 lines deleted...]
-   &lt;/span&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;service_mobilite_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
   &lt;/a&gt;
-  .
-[...435 lines deleted...]
-01 40 15 80 00</t>
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y8" s="1" t="inlineStr">
         <is>
-          <t>webmaster@culture.gouv.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z8" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/3b8b-aides-deconcentrees-au-spectacle-vivant-adsv-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-mobilite-durable/</t>
         </is>
       </c>
       <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:27" customHeight="0">
       <c r="A9" s="1">
-        <v>163138</v>
+        <v>165396</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Organiser un Forum Entreprendre dans la Culture</t>
-[...4 lines deleted...]
-          <t>Entrepreneuriat culturel - Forums Entreprendre dans la Culture</t>
+          <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
-[...4 lines deleted...]
-          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+          <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
-        <is>
-[...3923 lines deleted...]
-      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...5 lines deleted...]
-      <c r="H29" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
-[...173 lines deleted...]
-Artisanat
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
+Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;
+&lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
-Mobilité pour tous
 Connaissance de la mobilité
-Modes actifs : vélo, marche et aménagements associés
-[...6 lines deleted...]
-      <c r="O29" s="1" t="inlineStr">
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
-[...530 lines deleted...]
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.cadiou@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E30" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>103383</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets des musées œuvrant à la valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux projets des musées œuvrant à la valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Association
-[...3 lines deleted...]
-      <c r="H30" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I30" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Région soutient les collectivités territoriales dans leur projet de construction ou des travaux d&amp;#039;aménagement d&amp;#039;un conservatoire agréé par le ministère de la Culture (CRC/CRI, CRD, CRR).
+ La Région accompagne les musées de France, dont les projets favorisent la découverte des collections constitutives du patrimoine francilien. Très ancrés dans les territoires franciliens, ces musées contribuent à un accès à la culture pour tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Ouverture permanente
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement doit être labellisé « Musée de France ».
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40% maximum des dépenses éligibles liées au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 30.000€.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de valorisation (expos physiques ou virtuelles, journées d&amp;#039;étude, site internet, publications, documentaires...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de médiation  (cartes et itinéraires papier ou numériques, livrets de visite, outils numériques, multimédia, parcours d&amp;#039;interprétation...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs pédagogiques (mallettes pédagogiques, Moocs, supports de visite à destination des jeunes...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Événements rayonnant à l&amp;#039;échelle de l&amp;#039;Île-de-France.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Une attention particulière sera portée à la qualité des contenus, à l&amp;#039;originalité et la pertinence des outils ou actions proposés, et à leur adéquation avec les publics ciblés.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-aux-projets-des-musees-oeuvrant-la-valorisation-du-patrimoine</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
  &lt;br /&gt;
-&lt;/p&gt;
-[...31 lines deleted...]
-  Aménageurs mandatés par des collectivités, situés en Île-de-France.
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
   &lt;br /&gt;
- &lt;/li&gt;
-[...133 lines deleted...]
-  Consulter
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/77f9-aide-aux-projets-des-musees-uvrant-a-la-valor/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>162386</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’acquisition d’instruments de musique</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’acquisition d’instruments de musique : INSTRUMENTARIUM</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...17 lines deleted...]
-      <c r="K31" s="1" t="inlineStr">
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
-[...55 lines deleted...]
-      <c r="O31" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif accompagne les musiciens, qu’ils soient amateurs ou futurs professionnels. Il finance l’acquisition d’instruments de musique par les conservatoires et écoles de musique publiques ; la Région Sud apporte ainsi son concours à un enseignement artistique de qualité, garantit une équité territoriale, encourage les projets collectifs.&lt;/p&gt; &lt;p&gt;Les établissements d’enseignement artistique publics, communaux, intercommunaux, conservatoires à rayonnement communal, intercommunal, départemental ou régional, les pôles supérieurs d’enseignement artistique, les établissements d’enseignement supérieur artistique conventionnés par la Région ou en délégation de service public.&lt;/p&gt;
+&lt;p&gt;Ne sont pas éligibles : les écoles de musique associatives, les ensembles instrumentaux, vocaux professionnels ou amateurs (orchestre, harmonie, chorale…) et toute autre structure n’ayant pas pour objet l’enseignement artistique.&lt;/p&gt; &lt;p&gt;L’aide permet de cofinancer l’acquisition d’instruments rares ou onéreux ou spécifiques, ou bien des programmes globaux d’équipements d’instruments, en vue de l&amp;#039;enseignement artistique général et/ou de projets culturels et de pratique menés par l&amp;#039;établissement.&lt;/p&gt; &lt;p&gt;Pour bénéficier de l’aide, les projets devront justifier d’un projet sur un et/ou deux volets ci-dessous et présenter la liste et les devis (ou accord-cadre) du plan d&amp;#039;acquisition des instruments :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Équipement en vue d’un enseignement artistique de qualité et accessible : justifier le projet en nombre d’élèves, de classes, d’enseignants et de pédagogie.&lt;/li&gt; 	&lt;li&gt;Équipement en vue d’un rayonnement territorial, d’accès à la culture et de formation des publics : présentation du projet culturel faisant apparaître a minima : des pratiques collectives et participatives, une diffusion en et hors les murs, une articulation avec le territoire.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Lorsque la structure reçoit une aide de la Région, elle est tenue de faire apparaître sur ses supports de communication deux éléments : la mention « « Projet réalisé avec le soutien de la Région Sud Provence-Alpes-Côte d’Azur » et le logo à télécharger sur le site &lt;a href="http://www.maregionsud.fr/" rel="noreferrer noopener" target="_blank"&gt;www.maregionsud.fr&lt;/a&gt;.   &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Education et renforcement des compétences
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
-[...140 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>10/10/2023</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour bénéficier de l’aide, les projets devront justifier d’un projet sur un et/ou deux volets ci-dessous et présenter la liste et les devis (ou accord-cadre) du plan d&amp;#039;acquisition des instruments :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Équipement en vue d’un enseignement artistique de qualité et accessible : justifier le projet en nombre d’élèves, de classes, d’enseignants et de pédagogie.&lt;/li&gt; 	&lt;li&gt;Équipement en vue d’un rayonnement territorial, d’accès à la culture et de formation des publics : présentation du projet culturel faisant apparaître a minima : des pratiques collectives et participatives, une diffusion en et hors les murs, une articulation avec le territoire.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Le dossier de demande de subvention est à déposer au moins 3 mois avant le début des acquisitions en cliquant sur le bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dinstruments-de-musique-instrumentarium</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_INSTRUMENTARI/depot/simple</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de la Culture / Service création artistique&lt;br /&gt; &lt;span&gt;&lt;a href="mailto:culture&amp;#64;maregionsud.fr"&gt;culture&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; tel : 04 88 73 66 76&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dinstruments-de-musique-instrumentarium/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...621 lines deleted...]
-      <c r="A36" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
         <v>99010</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Valoriser et préserver le patrimoine culturel mahorais</t>
         </is>
       </c>
-      <c r="C36" s="1" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Culture, patrimoine et traditions - Fiche Actions 3</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I36" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J36" s="1" t="inlineStr">
+      <c r="J12" s="1" t="inlineStr">
         <is>
           <t>100% (sur remboursement des dépenses du projet)</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle a pour enjeux de &amp;#34;Valorisation et préservation du patrimoine culturel et accroissement de l&amp;#039;offre culturelle&amp;#34;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les impacts attendus sur le territoire sont:
 &lt;/p&gt;
 &lt;p&gt;
  Effets directs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Protection et valorisation du patrimoine culturel et des traditions
  &lt;/li&gt;
  &lt;li&gt;
   Développement de l&amp;#039;offre culturelle
  &lt;/li&gt;
  &lt;li&gt;
   Augmentation de la fréquentation des sites historiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Effet indirect :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Amélioration de l&amp;#039;accès à la culture pour tous
  &lt;/li&gt;
  &lt;li&gt;
   Transmission intergénérationnelle
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   TO 3.1 : Soutien aux actions de formation et mise en réseau des acteurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   TO 3.2 : Soutien à la création et/ou l&amp;#039;aménagement d&amp;#039;espaces multiculturels
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   TO 3.3 : Soutien à la mise-en place d&amp;#039;actions et événements culturels fédérateurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   TO 3.4 : Soutien aux actions de communication, promotion et valorisation.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>GAL Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA3.pdf</t>
         </is>
       </c>
-      <c r="W36" s="1" t="inlineStr">
+      <c r="W12" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Romain DELARUE
 &lt;/p&gt;
 &lt;p&gt;
  Animateur du GAL Nord et Centre de Mayotte
 &lt;/p&gt;
 &lt;p&gt;
  06.39.65.74.83
 &lt;/p&gt;
 &lt;p&gt;
  adnc.mayotte&amp;#64;gmail.com
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>adnc.mayotte@gmail.com</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9c37-copie-10h16-developpement-des-circuits-courts/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>71853</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Accéder à la culture cinématographique - Jeunes de moins de 25 ans</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Centre National du Cinéma et de l'image animée (CNC)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les jeunes de moins de 25 ans qui peuvent rencontrer des difficultés d&amp;#039;accès à la culture cinématographique pourront bénéficier de mesures déployées par le Centre national du cinéma et de l&amp;#039;image animée (CNC) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un appel à projet visant à soutenir les actions de diffusion et promotion des œuvres auprès des 15-25 ans sous forme d&amp;#039;articulation entre lieux physiques et espaces numériques (2 M€),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement des dispositifs d&amp;#039;éducation à l&amp;#039;image sur tous les territoires (1 M€).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les campagnes de sensibilisation et de communication sur ces mesures se feront en lien avec les établissements scolaires et sur les canaux de communication prisés par les jeunes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2020</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnc.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ CENTRE NATIONAL DU CINÉMA ET DE L&amp;#039;IMAGE ANIMÉE
+&lt;/p&gt;
+&lt;p&gt;
+ 291 Boulevard Raspail
+&lt;/p&gt;
+&lt;p&gt;
+ 75675 Paris Cedex 14
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : &amp;#43;33 (0)1 44 34 34 40
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b966-acceder-a-la-culture-cinematographique-jeune-/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>115180</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'animation d'une bibliothèque</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques : aide à l'animation</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement au développement de la lecture publique sur l&amp;#039;ensemble du département
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  animation du réseau des bibliothèques et des points lecture (150 structures) de l&amp;#039;Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise à disposition des collectivités, voire des associations, de services et compétences pour les soutenir dans le fonctionnement de leurs bibliothèques
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à la création d&amp;#039;un nouvel équipement et/ou tout autre projet lié au livre et à la lecture au sens large (accès à la culture et à l&amp;#039;information, usages numériques...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Montant : 30% de la dépense subventionnable plafonnée à 450€ par animation - 4 animations subventionnables par an par bénéficiaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide à la création d&amp;#039;une médiathèque :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accompagnement à la définition du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   formation initiale des professionnels et bénévoles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   constitution d&amp;#039;un fonds de base de documents (livres, CD, DVD),
+  &lt;/li&gt;
+  &lt;li&gt;
+   installation du logiciel départemental de gestion de bibliothèque
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à la mise en place d&amp;#039;un projet livre et lecture (accès à la culture et à l&amp;#039;information, usages numériques...) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accompagnement à la définition et la mise en place du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   soutien aux partenariats,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accès aux formations des salariés et/ou bénévoles de la structure portant le projet et des partenaires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en relation avec la bibliothèque du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prêt éventuel de collections et de ressources de médiation via la bibliothèque locale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement d&amp;#039;une bibliothèque ou d&amp;#039;un point lecture :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   prêt de documents (livres, CD, DVD, ressources numériques),
+  &lt;/li&gt;
+  &lt;li&gt;
+   prêt de ressources de médiation (expositions, malles thématiques ...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   formation continue des professionnels et bénévoles. Les stages sont également accessibles l&amp;#039;ensemble des acteurs des champs culturel, social, éducatif et de la petite enfance,
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à l&amp;#039;animation : actions culturelles co-construites ou « clé en main »,
+  &lt;/li&gt;
+  &lt;li&gt;
+   maintenance du logiciel de gestion de bibliothèque,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conseil pour la gestion de l&amp;#039;équipement
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement à la mise en réseau, au développement de partenariats ainsi qu&amp;#039;à la définition et à la mise en place de projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de communes dont la bibliothèque ou le point lecture fait partie du réseau départemental de lecture publique et ayant donc signé une convention avec le Département et respectant les engagements de la convention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;aide à la création d&amp;#039;une médiathèque ou à la mise en place d&amp;#039;un projet livre et lecture (accès à la culture et à l&amp;#039;information, usages numériques...) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   désignation d&amp;#039;un porteur de projet, interlocuteur privilégié de la médiathèque départementale
+  &lt;/li&gt;
+  &lt;li&gt;
+   signature de la convention entre la commune (ou l&amp;#039;intercommunalité) et le Département définissant les modalités de partenariat pour bénéficier du fonds de base de documents et du logiciel de gestion de bibliothèque.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;aide au fonctionnement des bibliothèques et points-lecture :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   signature de la convention entre la commune (ou intercommunalité) et le Départemental définissant les modalités de partenariat
+  &lt;/li&gt;
+  &lt;li&gt;
+   Respect des critères en matière de personnel, horaires d&amp;#039;ouverture, budget et surface,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Cotisation : 0,30 € par habitant pour les structures municipales / 0,15 € par habitant par commune pour les structures intercommunales
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/92/18-soutien-a-la-lecture-publique.htm</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  departement&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf2f-aider-a-lanimation-dune-bibliotheque/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>120897</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Innov'up Expérimentation Transition écologique des territoires</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 45</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>La limite de 500.000€ de subvention et 500.000€ d’avance récupérable.</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région, Bpifrance et leurs partenaires accompagnent les TPE, PME et ETI d&amp;#039;Île-de-France qui expérimentent des solutions innovantes en réponse aux enjeux de transition écologique des territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bpifrance
+ &lt;/strong&gt;
+ accompagne les entreprises vers la transition écologique via son plan Climat, qui soutient les greentechs et offreurs de solution « verte » et les investissements dans la filière énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cap Digital
+ &lt;/strong&gt;
+ est le 1er collectif européen d&amp;#039;innovateurs du numérique et de la transition écologique. Il regroupe plus de 1.000 structures dont des PME, grandes entreprises/ETI/EPIC, écoles/universités/labos et des fonds d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Fondation Solar Impulse
+ &lt;/strong&gt;
+ vise à stimuler l&amp;#039;adoption de solutions innovantes rentables pour protéger l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Construire au Futur, Habiter le Futur
+ &lt;/strong&gt;
+ réunit 120 partenaires (collectivités territoriales, établissements publics, start-up, grands groupes industriels, fédérations pro, universités...) voulant construire l&amp;#039;industrie de la construction de demain, innovante, verte, modulaire, et plus proche des usages des clients/bénéficiaires.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Ce programme vise à expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique rencontrés par les territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les projets ciblés répondent aux priorités identifiées dans le cadre du SRDEII « Impact 2028 » :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Éco-construction,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mobilité et logistique durables,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Déchets et économie circulaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sobriété et Énergie décarbonée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adaptation et résilience,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nature et biodiversité.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les solutions doivent être expérimentées avec les acteurs directement impliqués dans la mise en œuvre de la transition du territoire francilien :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Acteurs publics locaux (communes, EPCI, syndicats...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acteurs privés en situation de délégation de service public,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sociétés privées (dès lors qu&amp;#039;elles participent de la mise en œuvre de solutions au service des territoires).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entreprises franciliennes, TPE, PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat devra posséder au moins 1 établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
+&lt;/p&gt;
+&lt;p&gt;
+ Les partenaires du programme, Cap Digital, la fondation Solar Impulse et l&amp;#039;association « Construire au Futur, Habiter le Futur », sont mobilisés pour  fournir aux territoires et aux entreprises un accompagnement opérationnel à l&amp;#039;identification de partenaires et à la qualification des projets  d&amp;#039;expérimentation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises, l&amp;#039;aide peut prendre la forme d&amp;#039;
+ &lt;strong&gt;
+  une subvention et/ou une avance récupérable (AR), dans la limite de 500.000€ de subvention et 500.000€ d&amp;#039;avance récupérable.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise (de 25% à 45%).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts admissibles dans le cadre du projet doivent rentrer dans les catégories de coûts éligibles au régime cadre exempté numéro SA. 58995 relatifs aux aides à la recherche, au développement et à l&amp;#039;innovation (RDI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  L&amp;#039;ensemble des critères sont précisés dans le cahier des charges.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide est à déposer sur la plateforme
+ &lt;/strong&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  &lt;strong&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/strong&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide doit être déposée
+ &lt;strong&gt;
+  avant le démarrage du projet.
+ &lt;/strong&gt;
+ Toute dépense antérieure ne pourra pas être prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures peuvent être déposées « au fil de l&amp;#039;eau » et sont relevées régulièrement tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, n&amp;#039;hésitez pas à consulter le cahier des charges et le règlement d&amp;#039;intervention Innov&amp;#039;up dans les documents téléchargeables.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de dossier, il est vivement recommandé de contacter les partenaires du programme pour vous accompagner dans la qualification de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous proposons un webinaire afin de vous présenter le programme, vous expliquer les priorités régionales et répondre à vos questions pour bien candidater.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-experimentation-transition-ecologique-des-territoires</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:innovup-transition-ecologique&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ innovup-transition-ecologique&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>164949</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Développer des services à la population et contribuer à un territoire inclusif en milieu rural</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>AAP n°1.2</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...4 lines deleted...]
-      <c r="H37" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I37" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="O37" s="1" t="inlineStr">
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La stratégie du GAL spécifique à cet appel à projets - &lt;strong&gt;« Développer des services à la population et contribuer à un territoire inclusif en milieu rural »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La stratégie de la fiche action n°1 du programme LEADER du GAL Castelroussin-Valençay vise à :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;• Soutenir la création ou le maintien de services de proximité essentiels.&lt;/p&gt;&lt;p&gt;• Promouvoir les mobilités et faciliter les déplacements durables.&lt;/p&gt;&lt;p&gt;• Participer au développement d’un territoire inclusif en matière de santé.&lt;/p&gt;&lt;p&gt;• Faciliter l’accès à la culture et les loisirs pour tous les habitants du territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations éligibles&lt;/p&gt;&lt;p&gt;Lors de l’élaboration du dossier de candidature LEADER, la liste d’opérations suivantes avaient été retenues :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe de soutien à la création ou au maintien de services de proximité essentiels:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions dans le domaine de la petite enfance et de l’enfance.&lt;/p&gt;&lt;p&gt;• Actions de création et de soutien de lieux multi-commerces et multi-services.&lt;/p&gt;&lt;p&gt;• Actions de développement d’une offre mobile pour les territoires les plus éloignés.&lt;/p&gt;&lt;p&gt;• Actions permettant l’accès aux services de proximité.&lt;/p&gt;&lt;p&gt;• Actions culturelles et ou sportives.&lt;/p&gt;&lt;p&gt;• Soutien à l’innovation en termes de lieux partagés et de nouveaux services d’accueil (locaux partagés,autogestion...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Promouvoir les mobilités et faciliter les déplacements durables :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives innovantes pour améliorer la mobilité de la population, notamment des jeunes et des personnes âgées (ex : minibus électrique dédié aux transports des personnes âgées vers les zones de commerces, covoiturage pour les jeunes, auto partage, pédibus, cheminement utilitaire, création de pistes cyclables...).&lt;/p&gt;&lt;p&gt;• Actions de communication sur les outils/projets existants ou à venir (transport à la demande par exemple...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Participer au développement d’un territoire inclusif en matière sociale et de santé :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions d’information et de sensibilisation permettant l’intégration et la mobilisation des habitants et de tous les acteurs aux problématiques d’un territoire inclusif.&lt;/p&gt;&lt;p&gt;• Initiatives innovantes de prévention santé notamment en lien avec les Contrats locaux de santé du Pays (exemple &amp;#61; théâtre éducatif et inclusif, programme de démocratie participative en santé, etc.).&lt;/p&gt;&lt;p&gt;• Actions innovantes et expérimentales visant à renforcer l’offre du territoire du GAL en matière sanitaire et sociale (exemple : Bus médical, maisons de santé, lieux intergénérationnels, actions liées au développement de la silver économie, ateliers de cuisine pour une alimentation de qualité pour des publics diversifiés (bénéficiaires de l’aide alimentaire, publics scolaires), etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Faciliter l’accès à la culture et les loisirs pour tous les habitants du territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions innovantes de valorisation et évènementiels culturels et/ou sportifs sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;• Soutien à des actions de communication des évènementiels culturels et/ou sportifs. Ex : soutien à des animations itinérantes (lecture, animations de loisirs ou culturelles, spectacles dans les villages, donner de la lisibilité par une publication adaptée...).&lt;/p&gt;&lt;p&gt;• Soutien à la mise en place d’actions pour tous (politique tarifaire, politique culturelle intergénérationnelle...).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Accès aux services
+Santé
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q37" s="1" t="inlineStr">
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="T37" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; &lt;strong&gt;Bénéficiaires éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Associations loi 1901, agréées, étrangères.&lt;/p&gt;&lt;p&gt;• Collectivités territoriales (communes, EPCI,...).&lt;/p&gt;&lt;p&gt;• Établissements publics, dont les chambres consulaires.&lt;/p&gt;&lt;p&gt;• Micro entreprises, TPE, PME, groupements d’entreprises (qui restent des PME).&lt;/p&gt;&lt;p&gt;• Syndicats professionnels ou interprofessionnels (salariés et patronaux) .&lt;/p&gt;&lt;p&gt;• Offices de tourisme.&lt;/p&gt;&lt;p&gt;• Sociétés agricoles, exploitants agricoles et groupements d’agriculteurs (études uniquement).&lt;/p&gt;&lt;p&gt;• Organismes de formation avec numéro d’agrément.&lt;/p&gt;&lt;p&gt;• Organismes d’enseignement.&lt;/p&gt;&lt;p&gt;• Fondations.&lt;/p&gt;&lt;p&gt;• Établissements privés à but non lucratif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres conditions d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D’ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d’aide publique. Au moment du paiement, le montant d’aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;/p&gt;&lt;p&gt;• Plafond maximum de dépenses publiques pour les projets d’investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;• Plafond maximum d’attribution d’une aide Leader sur le territoire du GAL Castelroussin-Valençay : 80 000 €&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt; les dépenses éligibles sont déterminées lors de l’instruction.&lt;/p&gt;&lt;p&gt;Le seuil est donc vérifié à cette étape et non lors du dépôt de dossier.&lt;/p&gt;&lt;p&gt;Le seuil est vérifié à nouveau lors de la demande de paiement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense. Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, l&amp;#039;investissement doit être réalisé sur le périmètre du GAL Castelroussin-Valençay (hors projet de coopération); À noter : possibilité de mise en place d&amp;#039;actions hors périmètre du GAL à condition que les bénéfices resurgissent sur le territoire de celui-ci.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;DÉPENSES ÉLIGIBLES SUR FACTURE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;•    Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;
+ &lt;br /&gt;
+ •    Prestation de services et frais d&amp;#039;honoraires en accompagnement 
+comptable, juridique, et technique nécessaire à la réalisation de 
+l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;
+ &lt;br /&gt;
+ •    Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;
+ &lt;br /&gt;
+ •    Frais de conception et d&amp;#039;aménagement de stands ;
+ &lt;br /&gt;
+ •    Frais de communication (encart publicitaire, frais d&amp;#039;impression, 
+affranchissement pour envoi en nombre, conception de supports de 
+communication), de promotion, d&amp;#039;information (guide, film, site 
+internet...) ;
+ &lt;br /&gt;
+ •    Acquisition de matériel/outillage industriel, mobilier, 
+fournitures (hors acquisition d&amp;#039;occasion et hors investissement 
+agricole) ;
+ &lt;br /&gt;
+ •    Investissement immatériel (logiciels et brevets) ;
+ &lt;br /&gt;
+ •    Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;
+ &lt;br /&gt;
+ •    Achat de biens immeubles (dans la limite des règles d&amp;#039;éligibilité définies au niveau régional) ;
+ &lt;br /&gt;
+ •    Location de biens meubles ou immeubles ;
+ &lt;br /&gt;
+ •    Véhicule en lien direct avec le projet (maximum 1 par opération) 
+et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention
+ et dans le périmètre éligible au programme LEADER.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ DÉPENSES ÉLIGIBLES DE PERSONNEL
+ :&lt;/p&gt;&lt;p&gt;
+ •    Frais de personnels nécessaires à la réalisation de l&amp;#039;opération et
+ comportant un lien démontré avec celle-ci (salaires, charges liées et 
+traitements accessoires, un justificatif de temps de travail sera 
+demandé) ;
+ &lt;br /&gt;
+ •    Coûts indirects selon un taux forfaitaire de 15 % des frais de 
+personnels directs éligibles (option de coûts simplifiés (OCS) 
+conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux 
+plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 
+2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;
+ &lt;br /&gt;
+ •    Notes de frais des personnels ou bénévoles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.payscastelroussin.fr/actions/leader.html</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Marlène HODEE&lt;br /&gt;Animatrice LEADER&lt;br /&gt;Tél : 02.54.00.35.33&lt;br /&gt;Courriel : leader&amp;#64;paysvalençayenberry.com&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>leader@payscastelroussin.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-services-a-la-population-et-contribuer-a-un-territoire-inclusif-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...750 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>95024</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aider les lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Association</t>
-[...2 lines deleted...]
-      <c r="H43" s="1" t="inlineStr">
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L43" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La DRAC/DAC/DCJS/MAC, en lien avec le service des musées de France du ministère de la Culture, peut apporter son aide scientifique, technique et financière aux projets dont les dépenses concernent les travaux de construction et d&amp;#039;aménagement des équipements constitutifs du musée tels que : la construction de bâtiments neufs, dont les réserves, l&amp;#039;extension ou le réaménagement de bâtiments anciens, dont les réserves, la mise aux normes des bâtiments (accessibilité/sécurité/sûreté), la restauration des collections / chantier des collections si cumul avec une subvention pour rénovation architecturale et muséographique.
-[...22 lines deleted...]
- Cette phase est essentielle pour la conception d&amp;#039;un musée en permettant notamment aux maîtres d&amp;#039;ouvrage :
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  d&amp;#039;exprimer leurs objectifs et leurs contraintes et d&amp;#039;être éclairés sur les différents scénarios envisageables ;
-[...5 lines deleted...]
-  d&amp;#039;estimer l&amp;#039;enveloppe prévisionnelle financière de l&amp;#039;opération avec une approche de préférence en coût global qui permet, notamment, la prise en compte des coûts d&amp;#039;investissement du projet de construction ainsi que ceux liés à son exploitation (charges liées aux consommations énergétiques, aux consommations d&amp;#039;eau...), à la maintenance, au remplacement des équipements ou des matériaux, aux impacts environnementaux, etc.
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le programme, au vu de ces éléments, devra, dans la mesure du possible, évaluer les moyens en personnel nécessaires au fonctionnement de l&amp;#039;établissement.
-[...483 lines deleted...]
- Pour des informations complémentaires, contactez la mairie :
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   au 02 35 39 82 76
-[...7 lines deleted...]
-    &lt;/span&gt;
+   Dépôt des dossiers :
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="L45" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Participation aux frais d&amp;#039;inscription à un club ou une association sportive ou culturelle, dans la limite de 30€ par jeune et par an (prise en charge maximale de 15€ par la mairie &amp;#43; 15€ par la CCVS)
-[...5 lines deleted...]
- Pour en bénéficier :
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures pouvant s&amp;#039;entourer ou étant dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;une autre collectivité ou de l&amp;#039;Etat pour leur fonctionnement. Ne sont pas concernées par ce dispositif les structures disposant d&amp;#039;un label national au titre de la circulaire du 31 août 2010 du Ministère de la culture et de la communication, ou du programme de scène conventionnée au titre de la circulaire du 5 mai 1999 du Ministère de la culture et de la communication.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
  &lt;br /&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-lieux-projets-annuels-structurants/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   téléchargez l&amp;#039;attestation sur le site de la CCVS https://www.ccvosgesdusud.fr/pass-sports-et-culture.htm (disponible également en mairie)
-[...5 lines deleted...]
-   remettez l&amp;#039;attestation complétée à l&amp;#039;organisme lors de l&amp;#039;inscription et vous bénéficierez immédiatement de la réduction. L&amp;#039;aide sera ensuite versée directement à l&amp;#039;organisme
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M45" s="1" t="inlineStr">
-[...104 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980b-aide-aux-lieux-et-projets-annuels-culturels-d/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...4917 lines deleted...]
-      <c r="E71" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>161850</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et développer des outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels - Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F71" s="1" t="inlineStr">
+      <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
-[...2031 lines deleted...]
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Fonds d’accessibilité des œuvres permet l’acquisition et le développement d’outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels. En application de la convention internationale des droits des personnes handicapées signée à New York le 30 mars 2007*, pour favoriser la participation des personnes handicapées à la vie culturelle, le ministère de la Culture soutient l’engagement des structures culturelles dans leur politique d’accessibilité à l’offre culturelle.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que le Fonds d&amp;#039;accessibilité des œuvres ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Depuis 2018, le Fonds accessibilité permet de contribuer à l’effort de développement d’actions et de dispositifs permettant de &lt;strong&gt;lever les freins à la participation à la vie culturelle&lt;/strong&gt;, pour les personnes en situation de handicap, les personnes âgées et à l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico sociaux.&lt;/p&gt;&lt;p&gt;Les crédits accordés dans ce cadre porteront sur l’acquisition et le&lt;strong&gt; développement d’outils d’accessibilité&lt;/strong&gt; et devront permettre &lt;strong&gt;d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette année, une attention particulière sera portée aux projets menés par des structures culturelles qui ne sont pas encore engagées dans une dynamique de mise en accessibilité et qui souhaitent obtenir un soutien dans le cadre du Fonds d&amp;#039;accessibilité pour initier cette démarche. &lt;strong&gt;Par ailleurs, le développement et l’acquisition d’outils mutualisés entre plusieurs opérateurs culturels pourra être encouragé.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* &lt;em&gt;Notamm&lt;/em&gt;​​​​​​​&lt;em&gt;ent ses articles 1er, 2 et 30 ; décret n° 2010-356 du 1er avril 2010 portant publication de la convention relative aux droits des personnes handicapées (ensemble un protocole facultatif), signée à New York le 30 mars 2007 - JORF n°0079 du 3 avri&lt;/em&gt;&lt;em&gt;l 2010.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de&lt;/strong&gt;&lt;strong&gt; la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette démarche vise à démocratiser l&amp;#039;accès à la culture, en abordant directement les défis liés à l&amp;#039;accessibilité pour les personnes en situation de handicap. Elle permet d’encourager les structures culturelles non engagées dans des initiatives d&amp;#039;accessibilité à initier cette démarche, et promouvoir le développement d&amp;#039;outils partagés entre plusieurs opérateurs culturels pour améliorer l&amp;#039;accessibilité de manière collaborative.&lt;/p&gt;&lt;p&gt;Le dispositif finance non seulement l&amp;#039;équipement spécialisé, mais aussi les initiatives de formation et les technologies favorisant l&amp;#039;inclusion.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le Fonds d’accessibilité des œuvres en région : procédure&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour en savoir plus sur les contacts et le calendrier mis en place dans votre région, merci de vous reporter aux onglets ci-dessous.&lt;/p&gt;
     &lt;section&gt;
         &lt;p&gt;
             &lt;/p&gt;&lt;p id="head_accordion_345"&gt;
                 &lt;/p&gt;&lt;h4&gt;&lt;strong&gt;&lt;em&gt;→ Ile-de-France (dépôt jusqu&amp;#039;au 10 avril 2024)
                                             &lt;/em&gt;&lt;/strong&gt;&lt;/h4&gt;
             &lt;p id="collapse_accordion_345"&gt;
                 &lt;/p&gt;&lt;p&gt;
                     &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seules les demandes ayant fait l’objet d’une discussion préalable avec un conseiller de la Drac seront examinées.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le montant des subventions accordés est entre 5000 et 20 000 euros. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention sera versée au demandeur durant la période du printemps à l&amp;#039;été 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;inscription dans une démarche d’accessibilité de la structure ;&lt;/li&gt;&lt;li&gt;la pertinence des outils choisis ; &lt;/li&gt;&lt;li&gt;le budget prévisionnel. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 10 avril 2024, 23h59 (heure de Paris)&lt;/strong&gt;. Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Une question ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Ile-de-France vous êtes invités à vous adresser à : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aurélie Lesous, &lt;a href="mailto:aurelie.lesous&amp;#64;culture.gouv.fr%C2%A0"&gt;aurelie.lesous&amp;#64;culture.gouv.fr &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;strong&gt;&lt;span&gt;&lt;em&gt;→ Occitanie (dépôt jusqu&amp;#039;au 30 avril 2024)&lt;/em&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/h4&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;
             &lt;/p&gt;&lt;p id="collapse_accordion_346"&gt;
                 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de la subvention &lt;/span&gt;&lt;/p&gt;
             &lt;p&gt;
                     &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant des subventions accordées ne pourra pas être inférieur à 3.000 euros. Le plafond du taux d&amp;#039;intervention de la DRAC est fixé à 80 % du coût total du projet. Les structures ayant déposé un projet seront informées, par la DRAC, de la suite donnée à leur demande de financement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’attribution de la subvention&lt;/span&gt;&lt;/p&gt;
         &lt;p&gt;&lt;span&gt;La subvention sera versée en une seule fois après la tenue de la commission. La subvention sera versée trois mois après la tenue de la commission.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’évaluation des dossiers&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’équilibre géographique des porteurs de projets ;&lt;/li&gt;&lt;li&gt;de la représentativité des différentes disciplines et domaines artistiques et culturels ;&lt;/li&gt;&lt;li&gt;du renouvellement des bénéficiaires ;&lt;/li&gt;&lt;li&gt;du taux d&amp;#039;intervention de la structure.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Calendrier&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 30 avril 2024, 23h59 (heure de Paris).&lt;/strong&gt; Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Une question ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Occitanie vous êtes invités à vous adresser à : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vivien Chabrol, 05 67 73 20 88 ; &lt;a href="mailto:vivien.chabrol&amp;#64;culture.gouv.fr"&gt;vivien.chabrol&amp;#64;culture.gouv.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/pol-culturelles_fonds-accessibilite-occitanie" target="_blank" rel="noopener noreferrer"&gt;
         Accéder au formulaire - Occitanie
         &lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;                
     &lt;/section&gt;
     &lt;section&gt;
         &lt;h4&gt;&lt;span&gt;&lt;span&gt;&lt;strong&gt;&lt;em&gt;→ Autres régions&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;&lt;span&gt;Pour plus d&amp;#039;informations sur le Fonds d&amp;#039;accessibilité des œuvres dans votre région, nous vous invitons à contacter la Direction régionale des affaires culturelles (DRAC/DAC) de votre région &lt;/span&gt;&lt;a href="https://www.culture.gouv.fr/Regions" target="_blank"&gt;ici&lt;/a&gt;&lt;span&gt;.  &lt;/span&gt;&lt;/p&gt;
     &lt;/section&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Entreprises publiques locales &lt;/li&gt;&lt;li&gt;EPCI à fiscalité propre &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La nature des projets éligibles est large : outre l’acquisition de matériel spécifique, le Fonds permet également de soutenir des formations et le développement d’outils de communication adaptés mais aussi la mise en œuvre d’audiodescription ou de traduction. Pour tour les projets, les crédits accordés devront permettre d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap, les personnes âgées et l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico-sociaux. &lt;/p&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;A titre d’exemple, les actions suivantes sont éligibles : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Boucles magnétiques, dispositifs de sur-titrage ;&lt;/li&gt;&lt;li&gt;Maquettes tactiles ; &lt;/li&gt;&lt;li&gt;Livrets en braille ; &lt;/li&gt;&lt;li&gt;Documents FALC visant à permettre l’accessibilité des œuvres ;&lt;/li&gt;&lt;li&gt;Outils et dispositifs d’accompagnement à la rencontre avec œuvres pour les personnes ayant des troubles autistique ou un handicap mental ; &lt;/li&gt;&lt;li&gt;Signalétique accessible ; &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation à la prise en main et à l’utilisation de ces outils…&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/section&gt;&lt;section&gt;Ne sont pas éligibles :&lt;/section&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Les projets d’action culturelle ou d’éducation artistique et culturelle ;&lt;/li&gt;&lt;li&gt;les interventions sur le cadre bâti ;&lt;/li&gt;&lt;li&gt;les projets de formation n’incluant pas la prise en main et l’utilisation de ces outils.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/section&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/fonds-d-accessibilite-des-oeuvres</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service déconcentré du ministère de la Culture territorialement compétent (DRAC)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-daccessibilite-des-oeuvres/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G75" s="1" t="inlineStr">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>95032</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux et centres de ressources spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux et centres de ressources spectacle vivant et Arts visuels</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
-[...2 lines deleted...]
-      <c r="H75" s="1" t="inlineStr">
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I75" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Accompagnement au développement de la lecture publique sur l&amp;#039;ensemble du département
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  animation du réseau des bibliothèques et des points lecture (150 structures) de l&amp;#039;Aube.
-[...5 lines deleted...]
-  aide à la création d&amp;#039;un nouvel équipement et/ou tout autre projet lié au livre et à la lecture au sens large (accès à la culture et à l&amp;#039;information, usages numériques...).
+  soutenir les structures professionnelles positionnées en réseaux ou en centres de ressources et qui contribuent, via l&amp;#039;animation de réseaux et des actions d&amp;#039;information, de médiation ou de formation, à l&amp;#039;accompagnement des acteurs culturels et au développement de la culture sur le territoire et en direction de tous les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités d&amp;#039;accès à la culture.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Montant : 30% de la dépense subventionnable plafonnée à 450€ par animation - 4 animations subventionnables par an par bénéficiaire.
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+Recommandation : le versement du solde de l&amp;#039;aide antérieure est demandé au plus tard à la date du dépôt du nouveau dossier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M75" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Aide à la création d&amp;#039;une médiathèque :
- &lt;/strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier du rayonnement de leur activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   accompagnement à la définition du projet,
-[...8 lines deleted...]
-   installation du logiciel départemental de gestion de bibliothèque
+   justifier de son rôle de réseau ou de centre de ressources pour les acteurs culturels et du rayonnement territorial de la structure, être en relation partenariale avec d&amp;#039;autres acteurs de la vie culturelle régionale,
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...3 lines deleted...]
-&lt;/p&gt;
+ présenter un projet artistique et culturel global comprenant un ou plusieurs des volets suivants :
+ &lt;br /&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   accompagnement à la définition et la mise en place du projet,
-[...11 lines deleted...]
-   prêt éventuel de collections et de ressources de médiation via la bibliothèque locale.
+   veille sur un sujet déterminé du développement culturel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ingénierie, expertise, conseil aux porteurs de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conception et diffusion d&amp;#039;outils d&amp;#039;appui, d&amp;#039;études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ressources en diffusion ou en matériel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   animation, structuration de réseau,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement, appui, conseil, formation en direction d&amp;#039;artistes professionnels ou en voie de professionnalisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement des pratiques amateurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   actions culturelles en direction de publics spécifiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles adaptées à la nature du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir conventionné avec d&amp;#039;autres partenaires publics – Etat, Villes notamment – constitue un atout,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un budget global de fonctionnement de la structure sur 3 ans si le projet s&amp;#039;inscrit sur une durée de 3 ans dans le cadre d&amp;#039;une convention, sur la base de budgets prévisionnels annuels détaillés.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Aide au fonctionnement d&amp;#039;une bibliothèque ou d&amp;#039;un point lecture :
- &lt;/strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-centres-de-ressources/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0018/depot/simple</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   prêt de documents (livres, CD, DVD, ressources numériques),
-[...17 lines deleted...]
-   accompagnement à la mise en réseau, au développement de partenariats ainsi qu&amp;#039;à la définition et à la mise en place de projets.
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O75" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc33-soutien-aux-reseaux-et-centres-de-ressources-/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>162708</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le bien vivre et favoriser le faire ensemble sur le territoire</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond de 50 000€</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le programme européen de
+subvention LEADER 2023-2027, le GAL souhaite agir pour une meilleure qualité de
+vie et davantage de lien social sur son territoire. &lt;/span&gt;&lt;span&gt;Le
+GAL pourra ainsi permettre la création ou le développement de tiers lieux tels
+que des espaces de travail partagés et collaboratifs ou des jardins partagés,
+faciliter l’accès à la culture par le soutien à de l’équipement culturel ou
+l’organisation d’évènements en lien avec le patrimoine local. Au regard de la
+dépendance à la voiture individuelle, &lt;/span&gt;&lt;span&gt;iI&lt;/span&gt;&lt;span&gt;
+pourra financer des projets permettant une mobilité plus durable et partagée.
+Finalement, le bien manger sera favorisé à travers le soutien à de l’animation
+locale ou la mise en place de restauration collective transformant des produis
+frais et locaux.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Exemples de projets : Aménagement
+d’un atelier collectif d’artisans (Fablab) ; Equipement pour un espace de
+coworking à vocation économique ; jardins partagés ; véhicule en partage ;
+évènement culturel ; Ateliers pédagogiques ; Equipement d’une cuisine collective…&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Tiers-lieux
+Economie sociale et solidaire
+Accessibilité
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Bénéficiaires :
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+association, un collectif, une TPE/PME ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Evènement&lt;/span&gt;&lt;span&gt; : uniquement la 1ère édition et avec mesures
+écoresponsables&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Bât. ATOME - 2 rue Michelet 30100 Alès&lt;/p&gt;&lt;p&gt;04 66 25 32 88&lt;/p&gt;&lt;p&gt;06 86 94 62 87&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-le-bien-vivre-et-favoriser-le-faire-ensemble-sur-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>1067</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets de spectacle vivant structurants</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Associations
-[...5 lines deleted...]
-  Groupement de communes dont la bibliothèque ou le point lecture fait partie du réseau départemental de lecture publique et ayant donc signé une convention avec le Département et respectant les engagements de la convention
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Pour l&amp;#039;aide à la création d&amp;#039;une médiathèque ou à la mise en place d&amp;#039;un projet livre et lecture (accès à la culture et à l&amp;#039;information, usages numériques...) :
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>http://culture-subvention@grandest.fr</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ culture-subvention&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/47f8-aide-aux-lieux-et-projets-annuels-structurant/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>1075</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets d'arts visuels structurants</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants des arts visuels, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;autres partenaires publics pour leur fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certaines manifestations structurantes et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   désignation d&amp;#039;un porteur de projet, interlocuteur privilégié de la médiathèque départementale
-[...2 lines deleted...]
-   signature de la convention entre la commune (ou l&amp;#039;intercommunalité) et le Département définissant les modalités de partenariat pour bénéficier du fonds de base de documents et du logiciel de gestion de bibliothèque.
+   présenter un projet artistique global de qualité comprenant un volet diffusion et médiation, et pouvant s&amp;#039;accompagner d&amp;#039;autres actions – ex : production, résidences, formation – sur une durée minimum d&amp;#039;une année,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer d&amp;#039;un lieu mobilisable ou de moyens dédiés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir la valorisation ou l&amp;#039;accompagnement d&amp;#039;artistes ou collectifs d&amp;#039;artistes installés dans le Grand Est.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...14 lines deleted...]
- &lt;/ul&gt;
+ L&amp;#039;appui d&amp;#039;une autre collectivité territoriale ou de l&amp;#039;Etat est un atout.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bebc-aides-aux-lieux-et-projets-structurants-arts-/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>120641</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Faire découvrir des lieux patrimoniaux, leur histoire et leurs collections aux jeunes et à leurs familles à travers une pratique artistique</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>C&amp;apos;est mon Patrimoine !</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La découverte et la familiarisation des enfants et des adolescents à la culture passe par la découverte d&amp;#039;un patrimoine et d&amp;#039;une pratique artistique. Le ministère de la Culture soutient ces actions en allouant une subvention aux porteurs de projets dans le cadre de l&amp;#039;appel à projets &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancée en 2005 par le ministère de la Culture (&amp;#34;Les Portes du temps&amp;#34;), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; contribue à l&amp;#039;émancipation des jeunes par les arts et la culture et repose sur les trois piliers de l&amp;#039;éducation artistique et culturelle (EAC) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rencontre avec les artistes et les œuvres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la connaissance des arts et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  et la pratique artistique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette opération a vocation à s&amp;#039;inscrire dans les projets de territoire contractualisés. Elle encourage des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; est coordonné, au niveau national, par la délégation générale à la transmission, aux territoires et à la démocratie culturel (DG2TDC) du ministère de la Culture et l&amp;#039;Agence nationale de la cohésion des territoires (ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; s&amp;#039;appuie sur l&amp;#039;intervention de divers professionnels du monde de la culture et de l&amp;#039;éducation populaire. Cet appel à projets, qui implique une pratique artistique, doit permettre aux jeunes et à leurs familles de s&amp;#039;approprier de façon originale les lieux patrimoniaux, leur histoire et leurs collections.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisée en partenariat avec l&amp;#039;Agence nationale de la cohésion des territoires (ANCT), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; poursuit des objectifs communs de cohésion sociale, d&amp;#039;accès à l&amp;#039;offre culturelle des personnes qui en sont les plus éloignées et de participation à la vie culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Contexte de création
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accès aux patrimoines (architecture, musées, monuments, archéologie, patrimoine immatériel, paysages, archives, etc.) occupe une place significative et structurante dans les parcours d&amp;#039;éducation artistique et culturelle à destination des enfants et adolescents et constitue l&amp;#039;un des leviers des politiques territorialisées de démocratisation culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; vise à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  couvrir la diversité des territoires urbains, périphériques et ruraux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à toucher des publics diversifiés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en compte la pluralité des patrimoines (ensembles urbains, patrimoine immatériel, patrimoine rural de proximité, friches industrielles par exemple),
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en avant des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;enjeu reste toutefois prioritairement la découverte et l&amp;#039;accès à des lieux patrimoniaux dont la fréquentation spontanée par les publics visés peut rencontrer des freins.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle tend aussi à développer de nouvelles temporalités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Possibilité de dérouler les activités durant l&amp;#039;ensemble du temps extrascolaire, sur tous les temps de vacances scolaires (pas uniquement sur la période estivale) ou jours isolés dans l&amp;#039;année (mercredis, samedis)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en avant des temps de restitution des projets, ouverts à tous les publics, par exemple en lien avec les Journées européennes du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention versée par l&amp;#039;État ne peut excéder 80 % du budget total du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financement &amp;#34;politique de la ville&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets visent l&amp;#039;ensemble des territoires prioritaires, dont les territoires ruraux. Pour être éligible à un financement spécifique des crédits politiques de la ville, le public bénéficiaire visé par le projet doit être composé d&amp;#039;au moins 60 % de jeunes issus des quartiers prioritaires de la politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets touchant majoritairement d&amp;#039;autres publics éloignés peuvent être financés sur d&amp;#039;autres crédits, notamment apportés par le ministère de la Culture.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligibles à un financement, les projets devront remplir les conditions suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Co-construction et co-financement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être co-construit entre professionnels de différentes disciplines : médiateurs des patrimoines, artistes professionnels, acteurs de l&amp;#039;enfance et de la jeunesse, du secteur public ou de l&amp;#039;éducation populaire, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur un partenariat impliquant au moins un service ou une structure patrimoniale : le partenaire patrimonial est pleinement associé à l&amp;#039;élaboration et à la réalisation du projet. Deux services différents d&amp;#039;une même collectivité, patrimoine et jeunesse, peuvent par dérogation être considérés comme partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une formation préalable est attendue pour chaque projet à destination des différents acteurs, notamment les animateurs encadrant les jeunes. Cette formation peut être dispensée par l&amp;#039;établissement patrimonial, par une structure d&amp;#039;accueil de jeunes et/ou un réseau d&amp;#039;éducation populaire (dans le cadre d&amp;#039;un seul projet ou pour un territoire plus vaste et pour plusieurs projets mutualisés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités se dérouleront durant le temps extrascolaire, ou périscolaire dans le cas du plan mercredi.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet global comportera au moins 7 jours, pour une participation à la journée ou sous forme de stage de plusieurs jours.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du plan mercredi, des demi-journées peuvent être programmées, à condition que chacun des participants soit bénéficiaire d&amp;#039;un minimum de 2 demi-journées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Publics cibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit viser particulièrement les jeunes de 6 à 18 ans et notamment les adolescents. Les parents et les familles peuvent être associés à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de partenariats avec des structures d&amp;#039;accueil, l&amp;#039;opération est également ouverte aux jeunes placés sous-main de justice, aux personnes en situation de handicap, ainsi qu&amp;#039;aux réfugiés et migrants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités doivent se dérouler sur un site patrimonial (ou plusieurs) et/ou s&amp;#039;articuler autour d&amp;#039;éléments du patrimoine culturel immatériel de la région concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Restitution
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La restitution, à laquelle sont conviés les familles, les amis et si possible le grand public, prend la forme d&amp;#039;une exposition avec un temps de réunion type inauguration ou d&amp;#039;un spectacle impliquant les jeunes (spectacle vivant avec présence des jeunes sur le plateau ou projection d&amp;#039;une œuvre réalisée par/avec eux).
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures sont encouragées à prévoir un temps de restitution des projets pendant les Journées européennes du patrimoine (16, 17 et 18 septembre 2022). Les réalisations des jeunes seront valorisées auprès d&amp;#039;un large public.
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation du projet fera l&amp;#039;objet d&amp;#039;une valorisation sur le site internet de l&amp;#039;établissement patrimonial.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles les projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qui ne respectent pas la composition du public cible (jeunes de 6 à 18 ans, issus à 60% minimum des quartiers prioritaires de la ville),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne comportant pas d&amp;#039;axe de pratique artistique avec un professionnel du domaine artistique concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le partenaire patrimonial n&amp;#039;est pas explicitement impliqué dans l&amp;#039;élaboration et la réalisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne reposant pas sur plusieurs financements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une simple visite au musée ou dans un monument historique, sans contrepartie créative de la part des jeunes, n&amp;#039;est pas considérée comme déterminante dans la validation des projets.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T75" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X75" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/c-est-mon-patrimoine</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Mail :
-[...1 lines deleted...]
-  departement&amp;#64;aube.fr
+ Pour toute question sur l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la DRAC :
+  &lt;a href="mailto:CMP.drac.hdf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   CMP.drac.hdf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au SGAR :
+  &lt;a href="mailto:sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr" rel="noopener" target="_blank"&gt;
+   sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a2f0-cest-mon-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>120656</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions de coopérations entre le secteur culturel et les milieux de santé</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Culture &amp;amp; Santé, handicap et dépendance</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de santé (ARS) — Occitanie
+Direction régionale des Affaires culturelles (DRAC) — Occitanie</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme régional Culture et Santé offre l&amp;#039;opportunité aux établissements éligibles qui le souhaitent, d&amp;#039;inscrire une démarche artistique et culturelle dans leur projet d&amp;#039;établissement et de santé. Les appels à candidature régionaux Culture Santé s&amp;#039;inscrivent dans le cadre de la politique interministérielle initiée en 1999 et renouvelée en 2010 par la convention nationale Culture Santé entre le Ministère de la Santé et le Ministère de la Culture.
+&lt;/p&gt;
+&lt;h4&gt;
+ Qu&amp;#039;est-ce que Culture et Santé ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Le ministère de la Culture et le ministère de la Santé mènent depuis plus de vingt ans une politique commune d&amp;#039;accès à la culture pour tous les publics en milieu hospitalier et médico-social.
+&lt;/p&gt;
+&lt;p&gt;
+ Destinée à promouvoir les actions en faveur du rayonnement et de la visibilité de la thématique &amp;#34;Culture et Santé&amp;#34;, cette politique interministérielle participe à amener la Culture « près » des citoyens et à développer le partage d&amp;#039;expériences entre les acteurs. L&amp;#039;ensemble de la communauté sanitaire est visée : personnes hospitalisées, personnes âgées, familles, professionnels de la santé et du médico-social.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans chaque région,
+ &lt;strong&gt;
+  la déclinaison de ce programme est confiée aux Directions Régionales des Affaires Culturelles
+ &lt;/strong&gt;
+ (DRAC/DAC)
+ &lt;strong&gt;
+  et aux Agences régionales de Santé
+ &lt;/strong&gt;
+ (ARS) qui définissent conjointement leurs axes de priorités. Ainsi des appels à candidature régionaux permettent de soutenir des actions de coopérations entre le secteur culturel et les milieux de santé.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs de la démarche
+&lt;/h4&gt;
+&lt;p&gt;
+ Prendre part à la vie culturelle réduit l&amp;#039;isolement du malade et respecte la dimension existentielle de la personne. La culture, vecteur de valorisation personnelle, professionnelle et sociale, est considérée comme une contribution à la politique de santé qui accorde une nouvelle place à l&amp;#039;usager. Une action culturelle au sein des établissements de santé contribue également à la qualité des relations professionnelles et améliore l&amp;#039;inscription des établissements dans la cité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs généraux des appels à projets Culture et Santé sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  encourager le développement de partenariats singuliers entre les professionnels de la culture, de la santé, les publics et les œuvres, et la production de nouveaux dialogues et points de vue riches d&amp;#039;enseignements partagés dans ces domaines,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider au développement et au déploiement d&amp;#039;actions spécifiques favorisant l&amp;#039;inclusion des personnes en situation de handicap, quel que soit le type de handicap,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer l&amp;#039;apport des arts et de la culture aux soins de santé auprès de tous les publics dépendants et empêchés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour obtenir plus d&amp;#039;informations sur le dispositif Culture &amp;amp; Santé, rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Developpement-culturel/Le-developpement-culturel-en-France/Culture-et-Sante" rel="noopener" target="_blank"&gt;
+  En savoir plus
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Le dispositif se décline en région Occitanie en deux volets : Culture &amp;amp; Santé et Culture, Handicap &amp;amp; Dépendance.
+&lt;/h4&gt;
+&lt;h5&gt;
+ Calendrier
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 décembre 2022, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Notification de subvention : à compter d&amp;#039;avril 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Comment déposer un dossier ?
+&lt;/h5&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; correspondant à votre situation en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nos voix à ciel ouvert entre Loire et Forêt (Centre-Val de Loire, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 800 €
+&lt;/p&gt;
+&lt;p&gt;
+ Ce projet propose une découverte de sa voix au sein de la nature en lien avec celles des autres. Il se déploiera en trois volets:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des ateliers chants et des résidences avec l&amp;#039;équipe artistique, l&amp;#039;équipe éducative, les résidents et les jeunes de deux institutions et un réalisateur
+ &lt;/li&gt;
+ &lt;li&gt;
+  quatre concerts-restitutions en extérieur avec chant partagé avec le public
+ &lt;/li&gt;
+ &lt;li&gt;
+  un film artistique témoignant de cette aventure en plein nature entre Forêt et Loire. Le répertoire s&amp;#039;étend de la chanson, à l&amp;#039;opéra et au rap.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Handicap
+Egalité des chances
+Santé
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements sanitaires publics, ESPIC ou associatifs peuvent déposer un dossier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements à vocation sociale et établissements privés à but lucratif sont éligibles uniquement s&amp;#039;ils sont associés à un établissement sanitaire public, ESPIC ou associatif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les critères d&amp;#039;éligibilité des porteurs et du projet, vous êtes invités à vous référer aux cahiers des charges ci-dessous.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-sante-handicap-et-dependance</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/2022-12-appel-a-projet-culture-sante</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Pour toute question sur le dispositif Culture et Santé en Occitanie, vous êtes invités à vous adresser à :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;lamecano.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;lamecano.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  06 12 22 64 11
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4937-culture-sante-handicap-et-dependance/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>154582</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Aménager ou réhabiliter les aires d’accueil des gens du voyage, les aires de grand passage ainsi que les terrains familiaux locatifs</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Aires d’accueil des gens du voyage et terrains familiaux (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à aménager ou réhabiliter les aires d&amp;#039;accueil des gens du voyage, les aires de grand passage ainsi que les terrains familiaux locatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, sont éligibles les projets inscrits et prévus dans le cadre du schéma départemental d&amp;#039;accueil des gens du voyage 2019-2025 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les aires de grands passages permettant l&amp;#039;accueil des regroupements occasionnels ou traditionnels de 50 à 200 caravanes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les aires d&amp;#039;accueil aménagées permettant l&amp;#039;accueil temporaire de maximum 9 mois sur un terrain aménagé ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les terrains familiaux locatifs permettant la sédentarisation des familles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes doivent concerner des travaux de création et de relocalisations d&amp;#039;aires. Ainsi que les travaux de réhabilitation lourde (élargissement des places, construction de blocs sanitaires supplémentaires et réfection des existants, etc.) dont les extensions (pour maintenir la capacité de l&amp;#039;aire).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra répondre à la législation et à la réglementation en vigueur relatives à l&amp;#039;accueil et à l&amp;#039;habitat des gens du voyage, aux prescriptions du schéma départemental d&amp;#039;accueil des gens du voyage ainsi que, a minima, aux préconisations fixées par l&amp;#039;Etat.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau. Les mobilités douces devront également être prises en compte dans le projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences réglementaires et techniques requises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   Utilisation de matériaux durables (bois, masse, ...) pour la réalisation des équipements présents, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, éclairage public économe...), insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   Mise en place d&amp;#039;un projet de lutte contre l&amp;#039;illettrisme, d&amp;#039;accès à la culture et aux loisirs favorisant la scolarisation des enfants du voyage, formant à l&amp;#039;usage du numérique pour faciliter les démarches administratives et favorisant l&amp;#039;utilisation des activités existantes en matière de loisirs, culture et sport ; développement d&amp;#039;accompagnements sociaux et socio-professionnels spécifiques ; insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement, de réhabilitation ou de construction ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux et aménagements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, taxes et redevances, frais de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aires-daccueil-des-gens-du-voyage-et-terrains-familiaux-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 77 79 54
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c614-aires-daccueil-des-gens-du-voyage-et-terrains/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>162531</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et préserver le patrimoine culturel et naturel</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Événements culturels ou
+actions permettant l’accès à la culture à des publics habituellement éloignés
+de l’offre culturelle existante. &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions visant à préserver,
+restaurer, aménager et/ou valoriser le petit patrimoine bâti dans le but d’y
+accueillir du public : protection, valorisation ; actions
+d’acquisition, de restauration et de réhabilitation ; mise en son et
+lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions visant à préserver,
+restaurer, aménager et/ou valoriser la biodiversité et les systèmes naturels :&lt;span&gt; &lt;/span&gt;renaturation,
+protection, valorisation ; actions d’acquisition, de restauration et de réhabilitation ; mise en son
+et lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions de valorisation et de
+sensibilisation du public sur le patrimoine culturel et/ou naturel du
+territoire : expositions, circuits découverte, visites commentées, animations, ateliers
+et matériels pédagogiques ; éducation à l’histoire du territoire et à ses
+spécificités ; actions de connaissances (inventaires) et de partage de
+connaissances, … &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accompagner les
+professionnels sur ces thématiques de valorisation et préservation du
+patrimoine (actions de formation).&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;On entend par petit patrimoine bâti les lavoirs,
+moulins, pressoirs, bornes historiques, canaux d&amp;#039;irrigation, chapelles, croix
+de chemin, fontaines, fours à pain, oratoires, ponts ruraux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q26" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le territoire du Pays de Coutances a un patrimoine naturel et culturel
+unique mais trop souvent méconnu par les habitants et les visiteurs. La
+protection et la préservation du patrimoine naturel et culturel passe par un
+plus grand partage de la connaissance de ces richesses patrimoniales. &amp;#34;On
+protège mieux, en effet, ce qu’on connait&amp;#34;. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Cette fiche-action vise donc à soutenir les initiatives qui permettront
+d’accroitre les connaissances des habitants et des visiteurs sur la
+biodiversité et les systèmes naturels, l’histoire du territoire et son
+patrimoine. Les actions permettant de toucher plus spécifiquement un public
+habituellement éloigné des offres culturelles ou de sensibilisation à
+l’environnement seront particulièrement appréciées.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-le-bati-existant-fiche-action-4/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>162337</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'accès des jeunes à la culture et au sport</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>e-PASS JEUNES</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une application pour faciliter l&amp;#039;accès des jeunes à la culture et au sport. Profitez de 80 € et de Bons Plans avec l&amp;#039;e-PASS JEUNES !&lt;/p&gt;
+&lt;p&gt;Pour faciliter l&amp;#039;accès des jeunes à la culture et au sport. &lt;/p&gt; &lt;p&gt;Les jeunes de 15 à 25 ans scolarisés en région Provence-Alpes-Côte d’Azur :&lt;br /&gt;  -   lycéens,&lt;br /&gt; -    en BTS ou en classe préparatoire aux grandes écoles dans un lycée,&lt;br /&gt; -    apprentis ou stagiaires de la formation professionnelle,&lt;br /&gt; -    stagiaires à l’Ecole de la 2e Chance,&lt;br /&gt; -    élèves ou étudiants du sanitaire et du social,&lt;br /&gt; -    élèves ou apprentis dans une Maison familiale et rurale (MFR),&lt;br /&gt; -    élèves dans une Institut médico-éducatif (IME),&lt;br /&gt; -    jeunes dans une Mission locale,&lt;br /&gt; -    jeunes en Service Civique,&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2019</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;L’e-PASS JEUNES passe en mode 100% digital ! &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Je m’inscris sur e-passjeunes.maregionsud.fr ou via l’application. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;J’ai besoin de mon certificat de scolarité pour faire ma demande ou pour la renouveler si j’étais déjà bénéficiaire l’année dernière.&lt;/p&gt;
+&lt;p&gt;Si je suis lycéen et que je bénéficie d’un compte Atrium, je me connecte à celui-ci pour demander mon e-PASS JEUNES, sans avoir besoin de certificat de scolarité. C’est plus simple et plus rapide !&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Avec l’appli, j’effectue mes paiements auprès des partenaires référencés, &lt;/strong&gt;je suis mes consommations et j’accède aux bons plans que je peux partager sur les réseaux sociaux&lt;strong&gt;.&lt;/strong&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/e-pass-jeunes</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://e-passjeunes.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Assistance : 0 806 601 102&lt;/strong&gt;&lt;br /&gt; Prix d’un appel local (du lundi au samedi de 9 h à 19 h)&lt;br /&gt; Par mail à &lt;a href="mailto:e-passjeunes&amp;#64;up.coop"&gt;e-passjeunes&amp;#64;up.coop&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e-pass-jeunes/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>162705</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'écotourisme, la valorisation et l'accès au patrimoine naturel et culturel</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond à 50 000€ (15 000€ pour le patrimoine)</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le &lt;/span&gt;&lt;span&gt;programme
+européen de subvention LEADER 2023-2027&lt;/span&gt;&lt;span&gt;, le GAL souhaite accompagner le
+développement de l’écotourisme sur son territoire. C’est un tourisme
+responsable qui intègre la découverte de la nature dans le respect de
+l’environnement et de la culture locale. Il cible en particulier la création et
+l’aménagement de sentiers, la restauration/valorisation de petits patrimoines,
+les &lt;/span&gt;&lt;span&gt;hébergeurs touristiques
+professionnels &lt;/span&gt;&lt;span&gt;(campings, hôtels, gîtes) et les &lt;/span&gt;&lt;span&gt;sites
+ouverts à la visite&lt;/span&gt;&lt;span&gt;. Les projets doivent permettre
+une &lt;/span&gt;&lt;span&gt;gestion écoresponsable du site&lt;/span&gt;&lt;span&gt; :
+type d’infrastructure d’accueil, sources d’énergies, approvisionnements,
+gestion des déchets, animation du site. &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Exemples de projets :
+Hébergements de plein air en bois local ; Travaux de rénovation écologique ;
+Labélisation Accueil vélo…; Installation de toilettes sèches ; Signalétique ;
+restauration d’un lavoir, …&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Handicap
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+TPE/PME, une association ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les hébergeurs, un enregistrement RCS et une
+adhésion Atout France sont demandés.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Bât.
+ATOME, 2 rue Michelet 30100
+Alès&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;04
+66 25 32 88 / 06 86 94 62 87&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lecotourisme-la-valorisation-et-lacces-au-patrimoine-naturel-et-culturel/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>