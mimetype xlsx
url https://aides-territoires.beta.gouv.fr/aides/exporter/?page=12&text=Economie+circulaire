--- v0 (2025-11-25)
+++ v1 (2026-02-03)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA203"/>
+  <dimension ref="A1:AA188"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -563,779 +563,922 @@
       <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f7eb-favoriser-leconomie-circulaire-sur-un-territo/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
+        <v>90828</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transition vers l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil à l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la prise de décision des entreprises en matière d&amp;#039;achats durables, de démarches d&amp;#039;éco-conception et d&amp;#039;écologie industrielle, de passage à une économie de la fonctionnalité, et de recyclage des déchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner toute étude ayant pour objectif de réduire les impacts environnementaux des produits (biens ou services).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les démarches de responsabilité sociétale.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Etudes préalables techniques, financière, commerciale technique... (prestations externes)
+&lt;/p&gt;
+&lt;p&gt;
+ Prestations externes (accompagnement, diagnostic, audit, évaluation) relatives à une démarche RSE reconnue : accompagnement et évaluation AFAQ26000 et/ou labellisation LUCIE.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes de faisabilité, analyse de cycle de vie, éco-profil, étude d&amp;#039;éco-conception, étude préalable à l&amp;#039;obtention d&amp;#039;un écolabel ou d&amp;#039;une certification.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études à caractère obligatoire et réglementaires sont exclues
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/conseil-leconomie-circulaire</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fca-conseil-a-leconomie-circulaire/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>162532</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'économie sociale et solidaire et l'économie circulaire</t>
         </is>
       </c>
-      <c r="C5" s="1" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F5" s="1" t="inlineStr">
+      <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
+      <c r="I6" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J5" s="1" t="inlineStr">
+      <c r="J6" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Projets ou événements
 d’économie circulaire ou d’économie sociale et solidaire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Promotion, information et
 sensibilisation aux économies circulaire et sociale et solidaire, par le biais
 de communication, d’événements, de manifestations, de débats, etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Projet de création d’un
 produit issu du recyclage ou de la réutilisation d’un ou plusieurs produits.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Création d’un service de
 consommation collaborative ou d’économie de la fonctionnalité.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Missions d’accompagnement, de
 conseils, d’animation territoriale et de mise en réseau : démarche d’écologie
 industrielle et territoriale, …&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L‘économie sociale et solidaire (ESS) s’entend
 d’après la définition de la loi n° 2014-856 du 31 juillet 2014 : Production
 de biens et de services de manière durable en limitant la consommation et le
 gaspillage des ressources et la production des déchets. Ce modèle repose sur la
 création de boucles de valeur positives à chaque utilisation ou réutilisation
 de la matière ou du produit avant destruction finale. Il met notamment l’accent
 sur de nouveaux modes de conception, production et consommation, le prolongement
 de la durée d’usage des produits, l’usage plutôt que la possession de bien, la
 réutilisation et le recyclage des composants. (Institut de l’Économie
 circulaire)&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P5" s="1" t="inlineStr">
+      <c r="P6" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q5" s="1" t="inlineStr">
+      <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Soutenir les initiatives favorisant le développement de l’ESS et de
 l’économie circulaire sur le territoire est une réponse aux enjeux actuels de
 l’emploi local, de la préservation des ressources locales, du maintien ou de la
 création de valeur sur le territoire, de la coopération et des solidarités
 entre les acteurs locaux. Dans un contexte d’augmentation du prix de traitement
 des déchets, de fermeture des centres d’enfouissement et d’augmentation des
 prix des matières premières, il est particulièrement important de soutenir des
 actions qui viseront à diminuer la production de déchets et à favoriser la
 mutualisation des ressources. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les actions soutenues contribueront ainsi à améliorer la résilience du Pays
 de Coutances.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-preserver-le-patrimoine-culturel-et-naturel-fiche-action-5/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E6" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>90850</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et accompagner la transition vers l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Actions collectives dans l&amp;apos;économie circulaire</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagner les opérations visant à l&amp;#039;émergence de filières, de projets d&amp;#039;économie de la fonctionnalité, de partenariats inter-entreprises, de démarche d&amp;#039;écologie industrielle ou territoriales, de mise en relation clients/fournisseurs dans le cadre de circuits de proximité d&amp;#039;approvisionnement, de démarches d&amp;#039;accompagnement d&amp;#039;entreprises vers une prise en compte d&amp;#039;un ou plusieurs piliers de l&amp;#039;économie circulaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprises de toutes tailles, dont les associations et les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mission d&amp;#039;intérêt général : Subvention maximum de 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Porteur ≤ 5ans : Subvention maximum de 80 % plafonnés à 600 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;innovation : Subvention maximum de 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérateur transparent : selon régime
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/actions-collectives-dans-leconomie-circulaire</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+Direction de l&amp;#039;environnement : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  du lundi au vendredi de 9h à 18h sans interruption
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/29d6-actions-collectives-dans-leconomie-circulaire/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>90787</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Créer de nouvelles activités en économie circulaire</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Création de nouvelles activités en économie circulaire</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
     &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner la création de nouvelles activités de collecte et de recyclage permettant le développement de nouvelles filières ou de nouveaux débouchés
  &lt;/li&gt;
  &lt;li&gt;
   Développer de nouvelles filières de traitement
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Bénéficiaires : Entreprises de toutes tailles, dont les associations et les collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Modalités d&amp;#039;intervention: s
  ubvention maximum de 60 %
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie circulaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Actions éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Investissements matériels et immatériels liés un programme d&amp;#039;investissements
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Travaux d&amp;#039;étude et de conception, recherche et développement de nouvelles activités y compris assistance externe et travaux de lancement promotionnel de l&amp;#039;activité;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les coûts pris en compte sont les coûts supplémentaires pour meilleure efficience.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le recyclage et le réemploi, par le bénéficiaire, de ses propres déchets,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements roulants et/ou d&amp;#039;occasion.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/creation-de-nouvelles-activites-en-economie-circulaire</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 Direction de l&amp;#039;énergie et du climat
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/79f1-creation-de-nouvelles-activites-en-economie-c/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...143 lines deleted...]
-      <c r="A8" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>163209</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Faciliter l'économie circulaire et la gestion des déchets</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I9" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La dégradation de l&amp;#039;environnement côtier, notamment liée à l&amp;#039;accumulation des déchets est une menace forte sur les territoire littoraux. Des démarches sont en cours sur le territoire pour limiter un maximum la production de déchets par les professionnels, mais également pour recycler et valoriser au maximum les coproduits. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’obtention de certifications
      environnementales (port propre, plage sans déchets plastiques…)&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Étude&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identifier des débouchés pour les espèces
      invasives&lt;/li&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
      déploiement&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travailler sur la durabilité des matériaux
      utilisés par les professionnels&lt;/li&gt;&lt;li&gt;Organiser et/ ou valoriser des opérations de
      collecte de déchets sur les plages&lt;/li&gt;&lt;li&gt;Installer des hottes plasticières&lt;/li&gt;&lt;li&gt;Améliorer la récolte et le tri des déchets&lt;/li&gt;&lt;li&gt;Valoriser le réemploi de déchets&lt;/li&gt;&lt;li&gt;Valoriser les captures non désirées&lt;/li&gt;&lt;li&gt;Valoriser les coproduits&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Mise en réseau&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Partager les expériences&lt;/li&gt;&lt;li&gt;Coopérer avec des territoires extérieurs
      répondant à la stratégie du GALPA et permettant d’apporter une plus-value
      au territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire
 Mers et océans</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses
 conformes au décret fixant les règles nationales d’éligibilité des dépenses
 dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Dépenses de personnel&lt;/li&gt;
  &lt;li&gt;Coûts directs en lien avec
      l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
 investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
 ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
 communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
 externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Coûts indirects : un taux
 forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
 coûts indirects liés à l’opération (frais de fonctionnement internes à la
 structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
 projets de coopération uniquement, les frais de déplacement, d’hébergement et
 de restauration seront également éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
 pas éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Les projets existants ne
      proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
  &lt;li&gt;Les dépenses de fonctionnement
      courantes des structures, en dehors du forfait sur les dépenses de
      personnel&lt;/li&gt;
  &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
  &lt;li&gt;Les travaux et études portant
      sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
 devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
 d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
 maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>galpa-calvados@calvados.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-leconomie-circulaire-et-la-gestion-des-dechets/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>103447</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Prévenir et valoriser les déchêts : zéro déchet et économie circulaire</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Zéro déchet et économie circulaire</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En accompagnement des objectifs du Plan régional de prévention et de gestion des déchets et de la Stratégie régionale économie circulaire, la Région soutient les opérations et projets en matière de prévention et de valorisation des déchets.
 &lt;/p&gt;
 &lt;p&gt;
  En savoir plus sur le
  &lt;a href="https://www.iledefrance.fr/PRPGD" rel="noopener" target="_blank"&gt;
   Plan régional de prévention et de gestion des déchets (PRPGD)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En savoir plus sur la
  &lt;a href="https://www.iledefrance.fr/economie-circulaire-la-strategie-regionale-2020-2030" rel="noopener" target="_blank"&gt;
   Stratégie régionale économie circulaire (SREC)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Découvrez également
  &lt;a href="https://www.iledefrance.fr/projets-territoriaux-de-prevention-et-lutte-contre-les-depots-sauvages-de-dechets" rel="noopener" target="_blank"&gt;
   les dispositifs de soutien pour lutter contre les dépôts sauvages
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique" rel="noopener" target="_blank"&gt;
   Ce dispositif est éligible au Budget participatif écologique de la Région Île-de-France
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toutes les personnes morales sont éligibles.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études de faisabilité ou pré-opérationnelles :
   jusqu&amp;#039;à 50% des dépenses éligibles (subvention maximale : 100.000€)
  &lt;/li&gt;
  &lt;li&gt;
   Autres investissements nécessaires au projet :
   jusqu&amp;#039;à 35% des dépenses éligibles (subvention maximale : 250.000€, porté à 300.000€ pour les investissements permettant la collecte et le tri des déchets des artisans, notamment déchetteries accueillant les professionnels).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   Ces soutiens sont bonifiés dans le cadre des engagements « territoires franciliens circulaires ».
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit pour la Région d&amp;#039;aider des projets contribuant à l&amp;#039;un des objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Agir pour le « zéro déchet » et lutter contre les gaspillages,
@@ -1372,413 +1515,1180 @@
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , en sélectionnant le téléservice « zéro déchet et économie circulaire ».
 &lt;/p&gt;
 &lt;p&gt;
  Après instruction des dossiers par le service, l&amp;#039;attribution définitive des aides est votée par la Commission permanente (CP) du Conseil régional.
 &lt;/p&gt;
 &lt;p&gt;
  Dates limites de dépôt des dossiers de demandes de subvention
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Avant le 28/10/2022 : présentation à partir de la CP de janvier 2023 (prendre contact avec le service avant le 03/10/2022)
   &lt;/li&gt;
   &lt;li&gt;
    Avant le 02/12/2022 : présentation à partir de la CP de mars 2023 (prendre contact avec le service avant le 05/11/2022)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/zero-dechet-et-economie-circulaire</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
   zerodechet&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/987a-zero-dechet-et-economie-circulaire/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>71808</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Financer les projets pour l’environnement (eau, économie circulaire, biodiversité, etc.)</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Financement de projets en faveur de l’environnement</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
 collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
 acteur financier et vous portez un projet en faveur de l’environnement, structuré
 par exemple autour de la gestion de l’eau, de l’économie circulaire, de la biodiversité
 ? La Banque des Territoires vous propose une offre de financement des projets
 en faveur de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes à la
 recherche d’investisseurs pour structurer et financer un projet portant sur
 l’eau et l’assainissement, l’économie circulaire ou bien encore les services
 liés à l’environnement permettant également d’adresser les problématiques debiodiversité
 et de compensation environnementale, avec des coopératives carbone.. Nous
 finançons en fonds propres et quasi-fonds propres ce type de projets.
 Sollicitez-nous pour bénéficier de financements adaptés, d’un accompagnement et
 d’une expertise reconnus.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projet-environnement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=environnement_biodiversite_psat</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-environnement/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G11" s="1" t="inlineStr">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>143278</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer l'économie circulaire dans vos projets de construction et d'aménagement (Label 2EC)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Label 2ECEngager une démarche d&amp;#039;économie circulaire dans le BTP répond à de fortes attentes sociétales. En tant que porteur de projet, votre levier d&amp;#039;action consiste à réduire la production et à recycler les déchets dans une double motivation environnementale et économique. Le label 2EC, concourt à la réussite et à l&amp;#039;acceptabilité de vos projets. Le Cerema pilote son déploiement pour le compte du Ministère de la Transition écologique. A ce titre, il vous accompagne pour obtenir le label et promouvoir vos engagements à chaque étape clé de vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous envisagez de réaliser un projet de construction ou d&amp;#039;aménagement et vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser son acceptabilité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire son empreinte environnementale par l&amp;#039;utilisation de matériaux alternatifs, la prévention et le recyclage des déchets, tout en optimisant les couts de gestion associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les risques en appliquant une méthodologie éprouvée d&amp;#039;infrastructures de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer la visibilité de vos engagements en faveur de l&amp;#039;économie circulaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un maillage territorial permettant de répondre à vos besoins au plus près de vos projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise règlementaire et technique avérée, en matière de prévention et de recyclage des déchets de construction et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un positionnement guidé par l&amp;#039;intérêt général de part notre  statut d&amp;#039;établissement public indépendant, sous tutelle du Ministère de la Cohésion des territoires et des Relations avec les collectivités territoriales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une légitimité nationale à faire valoir vos initiatives via le site web du label 2EC
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   LE LABEL 2EC : Un label pour structurer et promouvoir vos pratiques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sécuriser votre démarche  d&amp;#039;économie circulaire
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La charte d&amp;#039;engagement du label 2EC permet de s&amp;#039;assurer que  votre projet répond aux règles de l&amp;#039;art et aux méthodes reconnues par le ministère en charge de l&amp;#039;environnement pour la prévention et gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction de vos engagements  par le Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audits de chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attribution de labels aux stades de conception, réalisation et achèvement des travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Communiquer sur votre engagement en faveur d&amp;#039;une économie circulaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;un kit de communication, enrichit tout au long du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en visibilité, au plan national, sur le site internet du label 2EC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Une charte pour formaliser vos engagements
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Respecter les référentiels réglementaires et normatifs de l&amp;#039;économie circulaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réglementation sur la prévention et la gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les guides méthodologiques validés par le ministère en charge de l&amp;#039;environnement pour la valorisation des matériaux alternatifs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Prévenir et gérer les déchets de vos projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic des déchets générés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le réemploi et gérer les déchets selon la hiérarchie des modes de traitement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrire les engagements du porteur de projet dans les marchés ou les contrats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tracer les déchets depuis leur lieu de production jusqu&amp;#039;à la filière de traitement final
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Valoriser des matériaux alternatifs dans le cadre de vos projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tracer l&amp;#039;origine des matériaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérifier la conformité environnementale des matériaux utilisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, rendez-vous sur le site du Label :
+ &lt;a target="_self"&gt;
+  www.label-2ec.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/integrer-economie-circulaire-vos-projets-construction</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa3a-integrer-leconomie-circulaire-dans-vos-projet/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>30742</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des projets locaux en matière d'économie circulaire et de déchets</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="R11" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Calendrier
+  Contexte et objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Entreprises de toutes tailles, dont les associations et les collectivités
-&lt;/p&gt;
+ La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte.  Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux études stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation de projets locaux de prévention, gestion, valorisation des déchets et de développement de l&amp;#039;économie circulaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif d&amp;#039;aide à la réalisation de projets locaux  a vocation à accompagner les acteurs locaux dans leurs projets de prévention, gestion, valorisation des déchets et de développement de l&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets devront notamment viser :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la prévention, la réduction des déchets, l&amp;#039;allongement de da durée d&amp;#039;usage des produits,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le déploiement de la tarification incitative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;organisation de la collecte en vue d&amp;#039;une valorisation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement du recyclage et l&amp;#039;optimisation de la valorisation (organique, matière et énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;un processus de transition vers l&amp;#039;économie circulaire (recherche de synergie de flux, mise en place de système d&amp;#039;échanges de services...).
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Modalités d&amp;#039;intervention
+  Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention d&amp;#039;investissement dont le taux maximum est différencié selon la nature et le type de dépense. L&amp;#039;intervention de la Région est encadrée par le cadre réglementaire des régimes d&amp;#039;aide publique qui est étudié au regard de chaque dossier.
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Mission d&amp;#039;intérêt général : Subvention maximum de 80%
-[...30 lines deleted...]
-      <c r="X11" s="1" t="inlineStr">
+  Etudes préalables : plafond par bénéficiaire et par projet :
+  &lt;strong&gt;
+   50 000 €
+  &lt;/strong&gt;
+  . Taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements : taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions complémentaires : plafond par bénéficiaire et par projet :
+  &lt;strong&gt;
+   50 000 €
+  &lt;/strong&gt;
+  . Taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Service Relation aux Usagers
-Direction de l&amp;#039;environnement : 05 49 38 49 38
+ &lt;strong&gt;
+  Projets autour d&amp;#039;installations ou d&amp;#039;équipements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement de ressourceries / recycleries et développement d&amp;#039;activités de réemploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de déchèteries innovantes, de déchèteries dédiées aux professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modernisation, optimisation et création de centre de tri et sur-tri
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;unités de recyclage matière, en particulier pour les déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;installations de valorisation énergétique notamment de valorisation du CSR (la méthanisation fait l&amp;#039;objet d&amp;#039;un dispositif spécifique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets dans le domaine des bio-déchets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gestion collective de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collecte séparative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de valorisation directe ou alternative des déchets verts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;unités de valorisation par compostage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets visant l&amp;#039;évolution des comportements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de mise en œuvre de la tarification incitative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements liés à des opérations d&amp;#039;économie circulaire : synergie de flux, démarche d&amp;#039;Ecologie Industrielle et Territoriale, éco-conception de produits et services ; nouveaux services et produits sobres en ressources, utilisation de matières issues du recyclage ; actions contre les dépôts sauvages...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;études préalables de définition de l&amp;#039;investissement : prestations externes pour la réalisation d&amp;#039;études de faisabilité...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;accompagnement et d&amp;#039;ingénierie associés à l&amp;#039;investissement : maîtrise d&amp;#039;œuvre, assistance à maîtrise d&amp;#039;ouvrage...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût d&amp;#039;investissement matériel : installations, équipements, matériels... y compris les achats d&amp;#039;occasion et la location
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le cas échéant et sous conditions, les autres frais immatériels directement liés à l&amp;#039;opération (actions complémentaires de sensibilisation, communication, animation, formation...) : dépenses de prestations externes de service et dépenses internes de personnel si l&amp;#039;action est réalisée en régie (frais de personnel directement liés à l&amp;#039;opération et frais de structure afférents via un forfait de 15% des dépenses directes de personnel éligibles).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éco-conditionnalité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les organismes privés et les associations
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conditions de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evolution professionnelle : obligation de formation des salariés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre les discriminations : ne pas faire l&amp;#039;objet de litige
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre le travail illégal : justificatif de régularité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ethique financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transparence et incitativité : bilan et organigramme, répartition du capital pour les entreprises et composition du Conseil d&amp;#039;Administration pour les associations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les organismes publics
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conditions de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les politiques de Responsabilité Sociale de l&amp;#039;Entreprise : copie des marchés publics liés à l&amp;#039;opération faisant apparaitre l&amp;#039;intégration de clauses sociales ou le cas échéant, délibération sur la politique d&amp;#039;achats de la structure.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-regionales-a-la-realisation-de-projets-locaux-en-matiere-d</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Déchets &amp;amp; Economie Circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mail : economie-circulaire&amp;#64;laregion.fr Téléphone : 04 67 22 79 03
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Gard et Lozère
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Karine Freu Téléphone : 04 67 22 81 85 Mail : karine.freu&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Est Ariège et Est Hérault
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prisca Giraudo Téléphone : 04 67 22 79 20 Mail : prisca.giraudo&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Aveyron et Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/820b-aides-regionales-a-la-realisation-de-projets-/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>20395</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Animer des actions collectives en matière d'économie circulaire et de déchets</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu'à 50% des coûts éligibles de l'opération. L'aide est plafonnée à 50 000 € par bénéficiaire et </t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte. Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux études stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation de projets locaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Parmi les aides à l&amp;#039;animation d&amp;#039;actions collectives, le dispositif a pour objectifs de soutenir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;animation d&amp;#039;actions collectives de dimension régionale  (Information, sensibilisation, communication, formation... visant à structurer les réseaux régionaux s&amp;#039;engageant en matière d&amp;#039;économie circulaire).
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;animation d&amp;#039;actions collectives locales (Opérations visant la mise en place d&amp;#039;un processus de transition vers l&amp;#039;économie circulaire associant différents partenaires locaux).
+ &lt;/li&gt;
+ &lt;li&gt;
+  les missions d&amp;#039;observation régionale (Observation visant à améliorer les connaissances sur les filières, les acteurs, les flux de déchets, de matières et de ressources à l&amp;#039;échelle de la région).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vocation des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1/ Animation d&amp;#039;actions collectives régionales
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibiliser et promouvoir l&amp;#039;économie circulaire et la prévention des déchets à destination de différentes cibles : grand public, collectivités, entreprises...
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobiliser et accompagner le changement de comportement des particuliers et des professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  capitaliser et valoriser les retours d&amp;#039;expérience, développer et essaimer les bonnes pratiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  mutualiser des outils collectifs, la production de nouveaux outils, leur diffusion, valorisation et appropriation. Notamment dans le cadre d&amp;#039;un programme global annuel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2/ Animation d&amp;#039;actions collectives locales
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rechercher des synergies de flux à l&amp;#039;échelle d&amp;#039;une zone (démarche d&amp;#039;Ecologie Industrielle et Territoriale),
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en place des systèmes d&amp;#039;échanges de services,
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions locales de communication / sensibilisation en faveur de l&amp;#039;économie circulaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire évoluer les modèles d&amp;#039;affaires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3/ Missions d&amp;#039;observation régionale
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à améliorer les connaissances sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les flux de déchets, de matières et de ressources à l&amp;#039;échelle de la région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les filières du secteur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les acteurs du secteur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Notamment dans le cadre d&amp;#039;un programme global annuel et du suivi des objectifs fixés par le Plan Régional de Prévention et de Gestion des Déchets.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les actions ponctuelles, les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région,
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les programmes globaux annuels, les demandes doivent être déposées si possible avant la fin de l&amp;#039;année n-1 et au plus tard le 30 juin de l&amp;#039;année n . Les dépenses sont prises en compte du 1er janvier au 31 décembre de l&amp;#039;année n .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-regionales-a-l-animation-d-actions-collectives-en-matiere</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute demande de renseignements, vous pouvez contacter :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
-  du lundi au vendredi de 9h à 18h sans interruption
+  Service Déchets &amp;amp; Economie Circulaire
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : economie-circulaire&amp;#64;laregion.fr Téléphone . : 04 67 22 79 03
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Gard et Lozère
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Karine Freu Téléphone : 04 67 22 81 85 Mail : karine.freu&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Est Ariège et Est Hérault
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prisca Giraudo Téléphone : 04 67 22 79 20 Mail : prisca.giraudo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Aveyron et Tarn
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/959b-aides-regionales-a-lanimation-dactions-collec/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>20050</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Mener des études stratégiques en matière d'économie circulaire et de déchets</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J12" s="1" t="inlineStr">
+      <c r="J15" s="1" t="inlineStr">
         <is>
           <t>Maximum de 50% des coûts éligibles de l'opération, plafonné à 50 000 € par bénéficiaire et par opéra</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte. Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
 &lt;/p&gt;
 &lt;p&gt;
  Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
  &lt;/li&gt;
  &lt;li&gt;
   Aide aux études stratégiques
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la réalisation de projets locaux
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Sont concernées par les aides aux études stratégiques : les études sur différentes échelles territoriales (territoire, département, région, supra-régionale) ou d&amp;#039;une filière.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif a vocation à :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -1822,96 +2732,96 @@
    Etude d&amp;#039;expérimentation par exemple sur l&amp;#039;amélioration de la gestion des déchets du BTP, le développement de l&amp;#039;utilisation de matériaux recyclables dans la construction
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;em&gt;
   Etude visant à améliorer et approfondir les connaissances :
  &lt;/em&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Comparer des outils, méthodes, pratiques... (benchmark)
   &lt;/li&gt;
   &lt;li&gt;
    Produire des outils méthodologiques
   &lt;/li&gt;
   &lt;li&gt;
    Prévoir l&amp;#039;évolution des flux de déchets
   &lt;/li&gt;
   &lt;li&gt;
    Etablir un diagnostic à caractère technique et/ou organisationnel avec une étude critique et comparative des différentes solutions envisageables...
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Dépenses de prestations de service pour la réalisation de l&amp;#039;étude,
   &lt;/li&gt;
   &lt;li&gt;
    Le cas échéant et sous conditions, si l&amp;#039;étude est réalisée en régie : les dépenses internes de personnel directement liées à l&amp;#039;opération et les frais de structure afférents à l&amp;#039;opération (taux forfaitaire de 15 % appliqué au montant des dépenses de personnel directes éligibles),
   &lt;/li&gt;
   &lt;li&gt;
    Le cas échéant et sous conditions, les autres dépenses directement liées à l&amp;#039;opération : diffusion et communication des résultats...
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Aides-etudes-strategiques-economie-circulaire-et-dechets</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour toute demande de renseignements, vous pouvez contacter :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Déchets &amp;amp; Economie Circulaire
 &lt;/p&gt;
 &lt;p&gt;
  Mail : economie-circulaire&amp;#64;laregion.fr Téléphone : 04 67 22 79 03
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les territoires : Gard et Lozère
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -1930,1225 +2840,429 @@
  &lt;strong&gt;
   Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les territoires : Aveyron et Tarn
 &lt;/p&gt;
 &lt;p&gt;
  Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
 &lt;/p&gt;
 &lt;p&gt;
  Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/30d6-aides-regionales-aux-etudes-strategiques-en-m/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>165678</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place l'émergence et la consolidation d'une économie circulaire en Outre-mer et Corse</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Émergence et consolidation d'une économie circulaire en Outre-mer et Corse</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
-[...277 lines deleted...]
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
-[...147 lines deleted...]
-      <c r="N14" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de l’émergence et de la consolidation d’une économie circulaire en Outre-mer et Corse, l’ADEME pourra aider les projets :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;contribuant à la lutte contre le gaspillage afin de limiter les pertes de matière ou les invendus alimentaires de la production à la consommation ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;visant l’allongement de la durée de vie et d’usage des produits par le réemploi, la réutilisation ou la réparation (remise en état et reconditionnement d’objets, création de recycleries ou de ressourceries…) ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;ayant pour objet de structurer ou améliorer des filières locales de recyclage et de valorisation matière de tous types de déchets (unité de recyclage et valorisation, unités de remanufacturing, équipements de tri et de valorisation de déchets jusqu’alors non valorisés, équipements de préparation de la matière…) ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;contribuant à l’évolution des pratiques alimentaires vers une alimentation durable adaptée aux territoires d’Outre-mer et Corse.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations soutenues pourront comporter un ou plusieurs des volets suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;réalisation de diagnostic territorial, d’étude de faisabilité ou d’expérimentation de solutions adaptées au contexte ultra-marin et corse ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;actions d’animation, de communication ou de formation ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;acquisitions d’équipements et réalisations d’investissements matériels.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
-Economie circulaire</t>
-[...392 lines deleted...]
-Recyclage et valorisation des déchets
+Alimentation
 Economie circulaire
-Appui méthodologique
-[...9 lines deleted...]
-      <c r="S15" s="1" t="inlineStr">
+Economie locale et circuits courts
+Consommation et production
+Emploi</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q16" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_94_975_977_978_984_986_987_988</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/emergence-et-consolidation-dune-economie-circulaire-en-outre-mer-et-corse</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/emergence-et-consolidation-dune-economie-circulaire-en-outre-mer-et-corse#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/emergence-et-consolidation-d-une-economie-circulaire-en-outre-mer-et-corse/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>163962</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Prévenir les impacts des activités maritimes et littorales dans une démarche d'économie circulaire</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°3 - Adapter, gérer et prévenir les impacts des activités maritimes et littorales dans une démarche d’économie circulaire avec des pratiques durables et respectueuses</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
+      <c r="I17" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J16" s="1" t="inlineStr">
+      <c r="J17" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La
 pêche et l’aquaculture contribuant aux déchets générés, le GALPA a un rôle à
 jouer en favorisant la transition vers une économie circulaire. Ce type
 d’économie peut leur apporter de nombreux bénéfices, non seulement grâce à
 l’utilisation plus efficace des ressources locales, à la meilleure santé des
 écosystèmes aquatiques et à l’augmentation de la résilience de l’économie, mais
 aussi par les possibilités de créer plus de valeur ajoutée, ainsi que de
 nouveaux emplois qualifiés. &lt;/p&gt;&lt;p&gt;La
 lutte contre les déchets marins passe principalement par des actions de
 prévention des déchets à la source, mais aussi par une meilleure gestion des
 déchets terrestres. D’un point de vue recyclage des engins de pêche, la Loi
 Anti-Gaspillage concourt à notre participation à l’application de cette
 nécessaire « écologisation » de la filière pêche et aquaculture, sur le
 principe des 3 R : &lt;/p&gt;&lt;p&gt;•Réduire
 : limiter les apports de plastiques dans les milieux marins. •Réutiliser
 : les différents filets et poches à huîtres. Il s’agit ainsi de trouver des
 solutions de réutilisation de ces différents matériaux pour d’autres usages•Recycler
 : étudier l’ensemble des métiers utilisés par nos pêcheurs et ostréiculteurs,
 des différents matériaux et types de plastiques, afin de valoriser ce « déchet
 ». •&lt;/p&gt;&lt;p&gt;Avec
 l’entrée en vigueur progressive de l’obligation de débarquement de toutes les
 captures, dans le but de limiter au maximum le rejet de poissons non désirés.,
 l’objectif est donc de trouver, dans une approche partenariale, une filière de
 valorisation de ces captures à l’échelle locale. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;La
 filière pêche et aquaculture, de l’aval à l’amont, est aujourd’hui forte
 utilisatrice de matériaux plastiques, carburants et autres produits chimiques.
 Il s’agira de trouver des solutions éco-responsables pour limiter les déchets
 issus des activités de la filière pêche et aquaculture, rechercher des
 solutions alternatives à l’utilisation de polystyrène pour la vente et la
 transformation des poissons, et réduire la consommation d’énergie et les
 émissions de carbone et soutenir des modes de production durables.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Développer
 des outils de gestion, de sensibilisation aux bonnes pratiques&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutenir
 des modes de production durables et rechercher des solutions alternatives aux
 matériaux utilisés&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Rechercher
 des potentiels de valorisation des coproduits de poissons et fruits de mer&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Engager
 une démarche d’économie circulaire des engins de pêche et du matériel
 ostréicole&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Développement
 d’une filière de recyclage des engins de pêche&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Sensibilisation
 aux bonnes pratiques afin de diminuer les déchets marins &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
 des solutions éco-responsables pour limiter les déchets&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
 en place une filière à haute valeur des coproduits des poissons et fruits de
 mer&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Lutte
 et prévention des pollutions visibles, et également invisibles (produits
 chimiques) des cours d’eau et de la mer. &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Conception
 de solutions éco-responsables pour limiter les déchets issus de la filière
 pêche et aquaculture.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
 d’une pêche propre (biocarburants, hydrogène) &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutien
 à la création d’une filière de traitement des coproduits en partenariat avec
 les usines de transformation de notre territoire pour exploiter leurs
 coproduits en valorisant leurs propriétés nutritives, cosmétiques,
 pharmaceutiques des viscères, arrêtes, peaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
 d’une filière à haute valeur ajoutée des coproduits des produits de la mer et
 captures non-désirées&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
 de nouvelles filières de recyclage, réutilisation et réduction des engins de
 pêche usagés&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Mers et océans
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P16" s="1" t="inlineStr">
+      <c r="P17" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q16" s="1" t="inlineStr">
+      <c r="Q17" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-accompagner-la-commercialisation-et-la-consommation-des-produits-locaux-issus-de-la-peche-et-de-laquaculture/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>143369</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Prévenir et gérer les déchets de chantier du BTP - Anticiper pour s’engager dans l’économie circulaire (Formation)</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Description
  &lt;/strong&gt;
  &lt;br /&gt;
  Les déchets du BTP représentent le principal flux de déchets de l&amp;#039;Union Européenne. Leurs prévention et gestion est en enjeu incontournable pour les acteurs de l&amp;#039;acte de construire afin de promouvoir l&amp;#039;économie circulaire dans les territoires.
  &lt;br /&gt;
  &lt;br /&gt;
  Une bonne gestion de ces déchets peut générer des effets bénéfiques considérables en matière de préservation des ressources non-renouvelables, d&amp;#039;amélioration de la qualité de vie et du développement d&amp;#039;un tissu économique local.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette formation s&amp;#039;inscrit comme un module d&amp;#039;amélioration des connaissances dans le domaine des déchets du BTP permettant de pousser le réemploi et la valorisation des déchets issus des chantiers du BTP et de faire le point sur le contexte réglementaire.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Objectifs pédagogiques
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maîtriser les fondamentaux d&amp;#039;une politique favorable au développement de l&amp;#039;économie circulaire des déchets du BTP
  &lt;/li&gt;
  &lt;li&gt;
@@ -3195,396 +3309,396 @@
   Niveau pré-requis
  &lt;/strong&gt;
  &lt;br /&gt;
  Une bonne connaissance du déroulement des chantiers du BTP
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Outils pédagogiques
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Apports techniques
  &lt;/li&gt;
  &lt;li&gt;
   Études de cas
  &lt;/li&gt;
  &lt;li&gt;
   Retours d&amp;#039;expérience
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-prevenir-gerer-dechets-chantier-du-btp-anticiper-s</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f835-prevenir-et-gerer-les-dechets-de-chantier-du-/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>161739</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Tremplin pour la transition écologique des PME</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Qualité de l'air
 Biodiversité
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
         <v>162266</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement par un accompagnateur-expert en transition écologique</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>CEDRE Premiers pas</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Avec CEDRE Premiers pas, concrétisez vos premières actions de transition écologique en finançant l&amp;#039;accompagnement de votre démarche par un accompagnateur-expert (économies d&amp;#039;énergie, empreinte carbone, adaptation à la raréfaction des ressources, etc.).&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les entreprises inscrites au&lt;a href="https://entreprendre.service-public.fr/vosdroits/F24023" target="_blank" title="Registre du Commerce et des sociétés"&gt; registre du commerce et des sociétés&lt;/a&gt;,au &lt;a href="https://api.gouv.fr/les-api/api_rnm" target="_blank" title="Economie Sociale et Solidaire"&gt;Répertoire national des métiers&lt;/a&gt; ou appartenant à l&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="Economie Sociale et Solidaire"&gt;’Economie Sociale et Solidaire &lt;/a&gt; (ESS) et développant une activité marchande.&lt;/li&gt; 	&lt;li&gt;Réalisant un chiffre d’affaires inférieur ou égal à 5 millions d’euros (attesté par les derniers comptes disponibles).&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement se situe en Provence-Alpes-Côte d’Azur&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Sont exclus : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les entreprises ayant bénéficié d’une aide au titre de la Gamme CEDRE depuis la création dudit dispositif.&lt;/li&gt; 	&lt;li&gt;Les bureaux d’étude et cabinets conseils dont l’activité consiste à accompagner des organisations dans une démarche globale de RSE, de transition écologique et/ou de développement durable.&lt;/li&gt; 	&lt;li&gt;Les entreprises bénéficiaires d’un accompagnement à la mise en œuvre d’actions de transition écologique de même nature que celles éligibles au présent dispositif en année N-2 et/ou N-1.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les actions d’accompagnement ayant trait à : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La réduction de l’impact environnemental des produits et services de l’entreprise et l’adaptation à la raréfaction des ressources (écoconception, durabilité/réparabilité des produits et services, cycle de vie des produits, gestion des déchets et valorisation de la matière, recyclage, réutilisation, utilisation économe des ressources, achats responsables, approvisionnement local, etc.)           &lt;br /&gt; 	    &lt;/li&gt; 	&lt;li&gt;La réduction des impacts liés aux transports au sein de l’entreprise (mobilité durable, stratégie d’acheminement des flux entrants et sortants dans des logiques de mutualisation, coopération, etc.   &lt;br /&gt; 	            &lt;/li&gt; 	&lt;li&gt;La réduction de la consommation d’énergie de l’entreprise (rénovation énergétique, énergie durable, synergie de flux, biomimétisme, etc.                                 &lt;/li&gt; 	&lt;li&gt; La réduction de l’empreinte carbone de l’entreprise (incluant la réalisation d’un bilan gaz à effet de serre, du calcul de l’impact environnemental de l’entreprise en vue d’une évolution vers une stratégie durable)       &lt;br /&gt; 	                                                  &lt;/li&gt; 	&lt;li&gt;Le déploiement d’actions de préservation des milieux naturels impactés par l’entreprise (lutte contre la pollution eau, air, sol, préservation de la biodiversité,  hors actions de compensation carbone)     &lt;br /&gt; 	                                                                   &lt;/li&gt; 	&lt;li&gt;Le déploiement d’un management responsable et d’une stratégie économique durable (établissement de relations durables avec clients et fournisseurs, engagement social/sociétal de l’entreprise, répartition équilibrée des richesses produites, implication de la gouvernance et des salariés dans la démarche de l’entreprise, déploiement d’outils de reporting de démarche RSE, mise en place d’une comptabilité extra financière, etc.)                               &lt;/li&gt; 	&lt;li&gt;Le déploiement de démarches innovantes d’économie de la fonctionnalité, d’économie circulaire ou l’accompagnement à l’obtention d’un label ou d’une certification RSE/environnement &lt;a target="_blank" title="ISO 26000"&gt;(ISO 26 000&lt;/a&gt; , &lt;a href="https://www.iso.org/fr/iso-14001-environmental-management.html" target="_blank" title="ISO 14000"&gt;ISO 14 000&lt;/a&gt;, &lt;a href="https://www.label-pmeplus.fr/" target="_blank" title="label PME&amp;#43; "&gt;label PME&amp;#43;&lt;/a&gt; etc.)       &lt;br /&gt; 	                                                               &lt;/li&gt; 	&lt;li&gt;L’adaptation aux conséquences du changement climatique et à la raréfaction des ressources (déploiement de solutions innovantes et/ou alternatives, changement/évolution des pratiques et procédés de production, actions de prévention des risques, etc.).&lt;/li&gt; &lt;/ul&gt;
 &lt;div&gt;&lt;p&gt;&lt;br /&gt; Les prestations n’ont pas vocation à accompagner la mise en conformité des entreprises avec les obligations légales qui leur sont faites. &lt;/p&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P19" s="1" t="inlineStr">
+      <c r="P20" s="1" t="inlineStr">
         <is>
           <t>29/03/2024</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Sont éligibles les actions d’accompagnement ayant trait à : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La réduction de l’impact environnemental des produits et services de l’entreprise et l’adaptation à la raréfaction des ressources (écoconception, durabilité/réparabilité des produits et services, cycle de vie des produits, gestion des déchets et valorisation de la matière, recyclage, réutilisation, utilisation économe des ressources, achats responsables, approvisionnement local, etc.)           &lt;br /&gt; 	    &lt;/li&gt; 	&lt;li&gt;La réduction des impacts liés aux transports au sein de l’entreprise (mobilité durable, stratégie d’acheminement des flux entrants et sortants dans des logiques de mutualisation, coopération, etc.   &lt;br /&gt; 	            &lt;/li&gt; 	&lt;li&gt;La réduction de la consommation d’énergie de l’entreprise (rénovation énergétique, énergie durable, synergie de flux, biomimétisme, etc.                                 &lt;/li&gt; 	&lt;li&gt; La réduction de l’empreinte carbone de l’entreprise (incluant la réalisation d’un bilan gaz à effet de serre, du calcul de l’impact environnemental de l’entreprise en vue d’une évolution vers une stratégie durable)       &lt;br /&gt; 	                                                  &lt;/li&gt; 	&lt;li&gt;Le déploiement d’actions de préservation des milieux naturels impactés par l’entreprise (lutte contre la pollution eau, air, sol, préservation de la biodiversité,  hors actions de compensation carbone)     &lt;br /&gt; 	                                                                   &lt;/li&gt; 	&lt;li&gt;Le déploiement d’un management responsable et d’une stratégie économique durable (établissement de relations durables avec clients et fournisseurs, engagement social/sociétal de l’entreprise, répartition équilibrée des richesses produites, implication de la gouvernance et des salariés dans la démarche de l’entreprise, déploiement d’outils de reporting de démarche RSE, mise en place d’une comptabilité extra financière, etc.)                               &lt;/li&gt; 	&lt;li&gt;Le déploiement de démarches innovantes d’économie de la fonctionnalité, d’économie circulaire ou l’accompagnement à l’obtention d’un label ou d’une certification RSE/environnement &lt;a target="_blank" title="ISO 26000"&gt;(ISO 26 000&lt;/a&gt; , &lt;a href="https://www.iso.org/fr/iso-14001-environmental-management.html" target="_blank" title="ISO 14000"&gt;ISO 14 000&lt;/a&gt;, &lt;a href="https://www.label-pmeplus.fr/" target="_blank" title="label PME&amp;#43; "&gt;label PME&amp;#43;&lt;/a&gt; etc.)       &lt;br /&gt; 	                                                               &lt;/li&gt; 	&lt;li&gt;L’adaptation aux conséquences du changement climatique et à la raréfaction des ressources (déploiement de solutions innovantes et/ou alternatives, changement/évolution des pratiques et procédés de production, actions de prévention des risques, etc.).&lt;/li&gt; &lt;/ul&gt;
 &lt;div&gt;&lt;p&gt;&lt;br /&gt; Les prestations n’ont pas vocation à accompagner la mise en conformité des entreprises avec les obligations légales qui leur sont faites. &lt;/p&gt;&lt;/div&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Chaque dossier de demande de subvention doit être transmis de manière dématérialisée sur la plateforme Démarches simplifiées.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer un compte ou se connecter à son compte existant puis effectuer sa demande de subvention. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;/p&gt;
 &lt;p&gt;Toute demande de modification et/ou de dépôt de pièces complémentaires doit obligatoirement intervenir via la messagerie sécurisée accessible dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; La subvention est attribuée pour un établissement (SIRET), principal ou secondaire. Au maximum, le même établissement ne peut bénéficier que d’une seule subvention tous les 2 ans.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/cedre-premiers-pas</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
+      <c r="W20" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/cedre-premiers-pas</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
 &lt;p&gt;Permanence téléphonique du lundi au vendredi de &lt;strong&gt;8h30 à 12h30 et de 13h30 à 17h30&lt;/strong&gt; au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cedre-premiers-pas/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>126570</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Soutenir les opérations et projets en matière de prévention et de valorisation des déchets</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Zéro déchet et économie circulaire</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En accompagnement des objectifs du Plan régional de prévention et de gestion des déchets et de la Stratégie régionale économie circulaire, la Région soutient les opérations et projets en matière de prévention et de valorisation des déchets.
 &lt;/p&gt;
 &lt;p&gt;
  En savoir plus sur le
  &lt;a href="https://www.iledefrance.fr/PRPGD" rel="noopener" target="_blank"&gt;
   Plan régional de prévention et de gestion des déchets (PRPGD)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  En savoir plus sur la
  &lt;a href="https://www.iledefrance.fr/economie-circulaire-la-strategie-regionale-2020-2030" rel="noopener" target="_blank" title="iledefrance.fr (nouvelle fenêtre)"&gt;
   Stratégie régionale économie circulaire (SREC)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Découvrez également
  &lt;a href="https://www.iledefrance.fr/projets-territoriaux-de-prevention-et-lutte-contre-les-depots-sauvages-de-dechets" rel="noopener" target="_blank"&gt;
   les dispositifs de soutien pour lutter contre les dépôts sauvages
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>Toutes les personnes morales sont éligibles.
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    É
   &lt;/strong&gt;
   &lt;strong&gt;
    tudes de faisabilité ou pré-opérationnelles :
   &lt;/strong&gt;
   jusqu&amp;#039;à 50% des dépenses éligibles (subvention maximale : 100.000€)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Autres investissements nécessaires au projet :
   &lt;/strong&gt;
   jusqu&amp;#039;à 35% des dépenses éligibles (subvention maximale : 250.000€, porté à 300.000€ pour les investissements permettant la collecte et le tri des déchets des artisans, notamment déchetteries accueillant les professionnels).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Attention : seuls les projets dont le montant de subvention demandé est supérieur à 10.000 € sont acceptés dans le cadre de ce dispositif. Pour les autres projets,
  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique-et-solidaire-proposez-votre-projet"&gt;
@@ -3625,148 +3739,623 @@
 &lt;p&gt;
  Il pourra ensuite déposer son dossier sur
  &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
   mesdemarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , en sélectionnant le téléservice « zéro déchet et économie circulaire ».
 &lt;/p&gt;
 &lt;p&gt;
  Après instruction des dossiers par le service, l&amp;#039;attribution définitive des aides est votée par la Commission permanente (CP) du Conseil régional.
 &lt;/p&gt;
 &lt;strong&gt;
  Dates limites de dépôt des dossiers de demandes de subvention
 &lt;/strong&gt;
 &lt;br /&gt;
 - Avant le 08/03/2023 : présentation à partir de la CP de juillet 2023 (prendre contact avec le service avant le 08/02/2023)
 &lt;br /&gt;
 - Avant le 12/05/2023 : présentation à partir de la CP de septembre 2023 (prendre contact avec le service avant le 12/04/2023)
 &lt;br /&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/zero-dechet-et-economie-circulaire</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
+      <c r="W21" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
  zerodechet&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e158-zero-dechet-et-economie-circulaire/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-      <c r="A21" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>140801</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement local durable du territoire du Parc</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Parc national du Mercantour</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie amont : rédaction de porter à connaissance pour plans, programmes et projets d&amp;#039;aménagement. Sensibilisation des acteurs. Contribution aux stratégies de développement du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : dispositif de subvention directe aux communes ayant adhéré à la charte du Parc, aide à la recherche de financement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : aide à la définition de commande, de cahier des charges, suivi d&amp;#039;étude, assistance à maîtrise d&amp;#039;ouvrage pour les communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation : organisation d&amp;#039;ateliers, de formations, de voyages d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en place d&amp;#039;une navette touristique estivale vers le Lauzanier à Val d&amp;#039;Oronaye
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la commune d&amp;#039;Uvernet-Fours pour la création d&amp;#039;une boucle pédestre de proximité autour de l&amp;#039;ancien moulin du Bachelard
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de financements et assistance à maîtrise d&amp;#039;ouvrage pour la rénovation de la cabane pastorale du Prayer à Larche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de l&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autonomie énergétique du refuge du lac d&amp;#039;Allos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune d&amp;#039;Uvernet Fours pour la restauration de la chapelle des Agneliers en prenant en compte la présence d&amp;#039;une colonie de chauve-souris
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la requalification paysagère du col d&amp;#039;Allos dans le cadre du programme Espaces Naturels Sensibles porté par le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement technique pour une rénovation des éclairages publics de Barcelonnette et cofinancement d&amp;#039;un centre de découverte de l&amp;#039;astronomie et de la biodiversité nocturne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique à la commune d&amp;#039;Allos pour la régulation des accès touristiques au site du lac d&amp;#039;Allos
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour les communes : avoir adhéré à la Charte du Parc par délibération du conseil municipal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour un EPCI-FP : avoir sur son territoire des communes qui ont adhéré à la charte du parc
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Parc national du Mercantour</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mercantour-parcnational.fr/fr</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 23 rue d&amp;#039;Italie, CS 51316, 06006 Nice Cedex 1,
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;mercantour-parcnational.fr" target="_self"&gt;
+  contact&amp;#64;mercantour-parcnational.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphones :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Antenne Ubaye : 04 92 81 21 31
+ &lt;/li&gt;
+ &lt;li&gt;
+  Antenne Verdon : 04 92 83 04 18
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6556-contribuer-au-developpement-local-durable-du-/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>138027</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Préserver un site ENS</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Préserver un site ENS</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Participation plafonnée à 50% selon la nature des dépenses.</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nature des dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;En investissement :&lt;/strong&gt;&lt;br /&gt; - Etude de définition (périmètres, animation / sensibilisation, analyse des enjeux et menaces, définition des objectifs) ;&lt;br /&gt;-  Rédaction du plan de gestion, évaluation du plan de gestion ;&lt;br /&gt;-  Etude APS/APD travaux de restauration écologique – plan de gestion obligatoire ;&lt;br /&gt;-  Maîtrise d’œuvre des études et des travaux – plan de gestion obligatoire ;&lt;br /&gt;-  Travaux – plan de gestion obligatoire ;&lt;br /&gt;-  Premiers investissements matériels – plan de gestion obligatoire.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;En fonctionnement :&lt;/strong&gt;&lt;br /&gt;-  Dépenses de personnels (salaires, déplacements) ;&lt;br /&gt;-  Dépenses d’animation – plan de gestion obligatoire ;&lt;br /&gt;-  La réalisation des inventaires et des suivis est couverte par la fiche A.&lt;/p&gt;&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; - Sites ENS actuels opérationnels.&lt;/p&gt;&lt;p&gt; -  Nouveaux sites ENS prioritaires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11cf-preserver-et-gerer-les-espaces-naturels-sensi/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>97324</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la labellisation des espaces naturels sensibles en vue de soutenir leur préservation</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Schéma départemental des Espaces naturels Sensibles 2021-2026
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de la Vendée a, depuis les années 1970, mené une politique de protection foncière des milieux naturels, par l&amp;#039;acquisition, la gestion et l&amp;#039;ouverture au public de sites d&amp;#039;intérêt écologique majeur au titre des Espaces Naturels Sensibles. Cette politique a vocation à préserver les habitats naturels remarquables du département et à les valoriser auprès du public (dans le respect de la sensibilité du milieu).
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;occasion de la mise en place de son deuxième schéma départemental des Espaces Naturels Sensibles 2021-2026, le Département a développé de nouvelles actions, qui vont au-delà de la politique d&amp;#039;acquisition historiquement mise en place. Parmi ces nouvelles mesures, un label Espace Naturel Sensible (ENS) est créé pour soutenir les projets de préservation des sites naturels, publics ou privés avec des enjeux forts pour la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette reconnaissance permet au Département de fournir un accompagnement technique et financier à tout propriétaire et/ou gestionnaire souhaitant valoriser et participer à la protection de la biodiversité sur son patrimoine foncier grâce au dispositif présenté.
+&lt;/p&gt;
+&lt;p&gt;
+ Un site retenu doit faire l&amp;#039;objet d&amp;#039;une convention de labellisation entre le propriétaire du site, le gestionnaire du site (si différent) et le Département fixant les conditions d&amp;#039;attribution du label, le plan global et la participation accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement : 80% HT
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention de fonctionnement : 50%  HT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inventaires naturalistes, études fonctionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des enjeux écologiques du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;un plan de gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation du plan de gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de restauration des milieux naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des milieux naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;équipements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Biodiversité
+Paysage
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne peuvent être présentés au présent dispositif que les sites vendéens au caractère « naturel » ou « semi-naturel » : forêts, landes, zones humides, marais, prairie, dunes, tels qu&amp;#039;identifiés dans le schéma départemental des ENS 2021-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ Les espaces verts et jardins, ne sont pas concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sites candidats doivent justifier d&amp;#039;enjeux écologiques majeurs pour la Vendée : flore, faune, fonge, géotope et/ou habitats naturels patrimoniaux, protection de la qualité des cours d&amp;#039;eau, .... Ces enjeux seront étudiés et évalués par le Département avant validation ou non de la candidature, notamment au regard des données fournies par le candidat, des justificatifs fournis et des données disponibles dans la base de données du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sites candidats doivent proposer une ouverture au public qui peut être permanente (ex : aménagement simple d&amp;#039;accueil) ou temporaire (ex : animations sur la thématique de la biodiversité) sur tout ou partie du site, sans que cela ne puisse porter atteinte à la biodiversité et aux milieux naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les subventions d&amp;#039;investissement, les projets éligibles sont les suivants : rédaction d&amp;#039;un plan de gestion ou d&amp;#039;une notice de gestion, opérations de création et restauration d&amp;#039;habitats naturels, opération initiale pour la lutte contre les espèces exotiques envahissantes, création d&amp;#039;ouvrages ou d&amp;#039;infastructures associés directement à la gestion des milieux naturels et création d&amp;#039;équioements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public (hors signalétique ENS spécifique).
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les subventions de fonctionnement, les suivis et études pour l&amp;#039;amélioration des connaissances, l&amp;#039;entretien des habitats et milieux naturels, le développement d&amp;#039;animation et outils de communication pour valoriser le site naturel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Service Nature et biodiversité
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 48
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:nature&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  nature&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>sophie.gouel@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4519-accompagner-la-labellisation-des-espaces-natu/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>497</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Restaurer les continuités écologiques dans les territoires - contrat nature trame verte et bleue ; Améliorer la connaissance de la biodiversité - contrat nature thématique</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bretagne</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I21" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J21" s="1" t="inlineStr">
+      <c r="J25" s="1" t="inlineStr">
         <is>
           <t>Contrat nature TVB : 60% max, plafond 25 000 € pour le diagnostic/plan d'actions et 80 000 € pour la</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Biodiversité – Contrat Nature
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les Contrats Nature sont des documents-cadre d&amp;#039;actions relatives à des projets pluriannuels s&amp;#039;inscrivant dans la durée (2 à 4 ans). Les programmes de ces contrats sont constitués d&amp;#039;opérations cohérentes concourant toutes au même objectif, celui de la préservation et de la reconquête du patrimoine naturel et de la biodiversité en Bretagne.
 &lt;/p&gt;
 &lt;p&gt;
  Ils répondront aux objectifs stratégiques du schéma régional de cohérence écologique mais pourront contribuer à soutenir d&amp;#039;autres thématiques en dehors du champ des continuités écologiques.
 &lt;/p&gt;
 &lt;p&gt;
  On distingue :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le contrat nature trame verte et bleue
  &lt;/li&gt;
  &lt;li&gt;
   le contrat nature territorial
  &lt;/li&gt;
  &lt;li&gt;
   le contrat nature thématique
  &lt;/li&gt;
@@ -3777,91 +4366,91 @@
  &lt;/strong&gt;
  le montant de l&amp;#039;aide est de 60 % maximum du coût total du projet (HT ou TTC), plafonné à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   25 000 € pour la phase de diagnostic (3 ans maximum)
  &lt;/li&gt;
  &lt;li&gt;
   80 000 € pour la phase de réalisation opérationnelle (sur 4 ans maximum)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Volet 2 – Contrat nature territorial :
  &lt;/strong&gt;
  le montant de l&amp;#039;aide s&amp;#039;élève au taux de 60 % maximum du coût total (HT ou TTC) et est plafonné à 80 000€.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Volet 3 – Contrat nature thématique :
  &lt;/strong&gt;
  le montant de l&amp;#039;aide est un taux compris entre 20 % et 50 % du coût total (HT ou TTC) et est plafonné à 120 000 € sur la durée du projet et 30 000 € par an.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir le règlement du contrat nature téléchargeable sur le site de la région
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.bretagne.bzh/jcms/preprod_31181/fr/contrat-nature</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Région Bretagne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Service Patrimoine naturel et biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   email : patrimoine.naturel&amp;#64;bretagne.bzh
  &lt;/li&gt;
  &lt;li&gt;
   Tel : 02 99 27 15 66
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les contrats nature trame verte et bleue et territoriaux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Gaëlle Namont
@@ -3875,382 +4464,769 @@
  &lt;li&gt;
   Tel : 02 99 27 12 32
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les contrats nature thématiques :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Karine Delabroise
  &lt;/li&gt;
  &lt;li&gt;
   Chargée de la connaissance du Patrimoine naturel et de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Email : karine.delabroise&amp;#64;bretagne.bzh
  &lt;/li&gt;
  &lt;li&gt;
   Tel : 02 22 93 98 71
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>gaelle.namont@bretagne.bzh</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3e8b-contrat-nature/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>23771</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Restaurer les paysages bocagers</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
+      <c r="I26" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 70</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Restaurer les paysages bocagers de Bourgogne-Franche-Comté.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconstitution du bocage constitue un axe majeur de la politique environnementale régionale. Ce programme en faveur de la plantation et la réhabilitation  de haies, arbres et bosquets en constitue la colonne vertébrale.
 &lt;/p&gt;
 &lt;p&gt;
  Replanter les haies bocagères, restaurer les haies champêtres dégradées ou des bosquets, planter des arbres isolés en prairie ou des alignements d&amp;#039;arbres.
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutiendra les projets s&amp;#039;inscrivant dans une démarche qualitative et cohérente avec les enjeux de préservation de la biodiversité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.bourgognefranchecomte.fr/node/896</t>
         </is>
       </c>
-      <c r="W22" s="1" t="inlineStr">
+      <c r="W26" s="1" t="inlineStr">
         <is>
           <t>https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle=ENV-BOCAGE</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Dalançon Didier
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : didier.dalancon&amp;#64;bourgognefranchecomte.fr
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.80.44.40.60
  &lt;/li&gt;
  &lt;li&gt;
   Remarques :
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>nathalie.deniaux@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6a11-bocage-et-paysages/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-      <c r="A23" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>23772</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Sauvegarder les variétés fruitières anciennes et régionales</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
+      <c r="I27" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J23" s="1" t="inlineStr">
+      <c r="J27" s="1" t="inlineStr">
         <is>
           <t>Taux d’aide de 70 % (plafonds pour les haies, les ruches, les petits aménagements et la signalétique</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vergers de sauvegarde
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit de créer un verger de sauvegarde en replantant des arbres fruitiers en variétés anciennes, accompagné ou non d&amp;#039;arbustes à petits fruits, de haies mellifères, de ruches, de petits aménagements pour la petite faune sauvage (nichoirs, hôtels à insectes) et de signalétiques pédagogiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Taux d&amp;#039;aide de 70 % (plafonds pour les haies, les ruches, les petits aménagements et la signalétique)
  &lt;/li&gt;
  &lt;li&gt;
   15 arbres (ni plus, ni moins) pour les particuliers
  &lt;/li&gt;
  &lt;li&gt;
   De 15 à 30 pour les autres porteurs
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.bourgognefranchecomte.fr/node/895</t>
         </is>
       </c>
-      <c r="W23" s="1" t="inlineStr">
+      <c r="W27" s="1" t="inlineStr">
         <is>
           <t>https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle=ENV-VERGER</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Dalançon Didier
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : didier.dalancon&amp;#64;bourgognefranchecomte.fr
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.80.44.40.60
  &lt;/li&gt;
  &lt;li&gt;
   Remarques :
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>nathalie.deniaux@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a70c-vergers-de-sauvegarde/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>163792</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser des espèces et des espaces naturels</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Pyrénées Orientales</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;A travers 
+son Schéma Départemental des Espaces Naturels (SDEN) le Département des Pyrénées Orientales a 
+identifié un réseau d’une centaine d’espaces naturels protégés, ou non, 
+par la réglementation, permettant de cibler les écosystèmes et enjeux 
+prioritaires. Cette démarche de conservation de la nature s’inscrit 
+également en faveur de certaines espèces de faune et de flore 
+emblématique du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de l’aide défini selon le type de projet au cas par cas.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département intervient pour soutenir des projets permettant de valoriser les atouts du territoire au
+ niveau écologique et du paysage. &lt;/p&gt;&lt;p&gt;→ Améliorer la connaissance, 
+restaurer des milieux naturels, reconnecter des corridors écologiques, 
+pérenniser à long terme la qualité des écosystèmes par des équipements 
+adaptés et une gestion différenciée de l’espace. &lt;/p&gt;&lt;p&gt;Les opérations doivent 
+également permettre une ouverture au public pour faciliter la découverte
+ du patrimoine naturel.&lt;/p&gt;&lt;p&gt;Les projets doivent cibler les espèces et des milieux naturels prioritaires du SDEN, selon 5 orientations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Inventaires et études (plan de gestion…)&lt;/li&gt;&lt;li&gt;Animation et acquisitions foncières (vieilles forêts, zones humides…)&lt;/li&gt;&lt;li&gt;Travaux de restauration (reconstitution de mares, de corridors écologiques)&lt;/li&gt;&lt;li&gt;Aménagement à des fins de protection (infrastructures écologiques, équipement et matériel, accueil du public dans le 
+respect du milieu)&lt;/li&gt;&lt;li&gt;Gestion d’espaces naturels (ouverture de milieux…)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Foncier
+Santé
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aides ouvertes aux communes, EPCI, associations de préservation de l’environnement, syndicats mixtes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Pyrénées-Orientales</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://portail-collectivites66.fr/aap/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable Mission Biodiversité&lt;/p&gt;&lt;p&gt;Département des Pyrénées Orientales&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>vanessa.amiel@cd66.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>144516</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de protection et de valorisation du patrimoine naturel landais</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Loi du 18 juillet 1985 complétée depuis par différents textes (article L 113-8 du Code de l&amp;#039;Urbanisme) stipule que :
+&lt;/p&gt;
+&lt;p&gt;
+ « Le Département est compétent pour élaborer et mettre en œuvre une politique de protection, de gestion et d&amp;#039;ouverture au public des Espaces Naturels Sensibles, boisés ou non, destinée à préserver la qualité des sites, des paysages, des milieux naturels et des champs naturels d&amp;#039;expansion des crues et d&amp;#039;assurer la sauvegarde des habitats naturels (...) ».
+&lt;/p&gt;
+&lt;p&gt;
+ Pour atteindre cet objectif, le Département dispose de deux moyens :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un outil juridique qui lui donne la compétence de créer des Zones de Préemption au titre des Espaces Naturels Sensibles (ZPENS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un outil financier, avec la possibilité d&amp;#039;instituer la Taxe d&amp;#039;Aménagement, perçue sur les permis de construire et d&amp;#039;aménager et qui permet de financer des actions qui, en quelque sorte, « compensent » les consommations d&amp;#039;espaces liées à l&amp;#039;urbanisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette compétence « ENS » place le Département, non seulement comme un acteur clé de la politique de protection du patrimoine naturel, tant par son rôle direct que par ses contributions à des politiques menées par d&amp;#039;autres acteurs, mais aussi comme un des acteurs majeurs de la politique d&amp;#039;aménagement et de développement durable du territoire départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans la continuité des politiques engagées depuis plus de 20 ans, l&amp;#039;Assemblée départementale a adopté, le 27 mars 2018, le Schéma Nature 40 qui vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conforter un réseau de sites gérés pour la préservation des habitats naturels et des espèces, et ouverts au public, selon des modalités prenant en compte la fragilité  du site (milieux naturels et espèces) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  compléter et valoriser la connaissance de la biodiversité landaise ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  partager la connaissance par l&amp;#039;éducation et la sensibilisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La politique départementale Nature 40 est mise en œuvre directement par les agents du Service Patrimoine Naturel du Département et par le biais de ce règlement d&amp;#039;aides qui correspond à l&amp;#039;axe 1 du Schéma. Il comporte les cinq titres suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  zones de préemption au titre des Espaces Naturels Sensibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisitions foncières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition de connaissances et définition de projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux d&amp;#039;aménagement et de restauration écologique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion et entretien des sites.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Préalablement à toute intervention directe (acquisition pour son compte) ou indirecte (à la demande d&amp;#039;une collectivité ou d&amp;#039;une association) du Département sur un site, il est procédé à son évaluation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères qui déterminent l&amp;#039;action du Département sont de quatre ordres : écologiques, stratégiques, sociaux et paysagers. En effet, pour être éligible à la politique Nature 40, un site devra présenter avant tout un intérêt écologique majeur par la présence d&amp;#039;espèces ou d&amp;#039;habitats patrimoniaux, mais aussi posséder une dimension stratégique telle que sa taille ou sa place dans un réseau écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le service Patrimoine Naturel évalue, à l&amp;#039;aide de ces critères, l&amp;#039;éligibilité du site.
+&lt;/p&gt;
+&lt;p&gt;
+ Celui-ci est alors présenté pour avis devant la Commission Nature 40 avant que les Elus du Département décident en Commission Permanente d&amp;#039;un engagement du Département qui se traduira par une contractualisation pluriannuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr&amp;#34;
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Recevabilité des demandes de subvention
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout commencement d&amp;#039;opération et comporter l&amp;#039;ensemble des pièces indiquées ci-après dans les articles afférents. Une autorisation de démarrage anticipé des actions devra être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités et conditions d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subvention seront instruites par le Service Patrimoine Naturel de la Direction de l&amp;#039;Environnement puis soumises aux fins de décision attributive à la Commission Permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ La labélisation des sites, ouvrant droit à déposer une demande de subvention, ainsi que la création ou la modification de Zones de préemption, seront examinées dans le cadre partenarial de la Commission Nature 40 dont la composition a été approuvée par l&amp;#039;Assemblée départementale le 5 novembre 2018 et modifiée en mars 2023 (Budget Primitif 2023).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Contractualisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les engagements réciproques du Département et du porteur de projet sont formalisés dans une convention-cadre de partenariat pluriannuelle. Cette labélisation est un préalable à toute demande de subvention au titre de ce règlement mais l&amp;#039;éligibilité de chaque action sera évaluée au regard des articles qui suivent.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comités de site
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour chaque site Nature 40 bénéficiant de la participation du Département, un comité de site se réunissant régulièrement doit être mis en place. Il a pour objectif de se prononcer annuellement sur l&amp;#039;ensemble des travaux réalisés précédemment et sur le programme de travail à venir.
+&lt;/p&gt;
+&lt;p&gt;
+ La composition et le rythme de convocation de ce comité de site sont définis dans la convention-cadre conclue entre le Département et le gestionnaire du site. Y sont conviés :
+&lt;/p&gt;
+&lt;p&gt;
+ A minima :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le gestionnaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propriétaires du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le(s) conseiller(s) départemental (aux) du (des) canton(s) concerné(s) ou un(e) représentant(e) du Président du Conseil départemental,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par chaque Conseil Municipal concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le service Patrimoine Naturel du Département des Landes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant de chaque structure financeur du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant de la Direction Départementale des Territoires et de la Mer (Service Nature et/ou Service Police de l&amp;#039;Eau) (si concernés),
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par la Fédération Départementale des Chasseurs des Landes
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par chaque Association Communale de Chasse Agréée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Selon le contexte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un représentant désigné par chaque Communauté de Communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par chaque Association Agréée pour la Pêche et la Protection des Milieux Aquatiques locale et/ou leur fédération,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant de l&amp;#039;opérateur ou animateur du site Natura 2000,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant des usagers du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Office National des Forêts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par les Associations Syndicales Autorisées utilisant le site.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=170</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4dfd-protection-et-valorisation-du-patrimoine-natu/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>40382</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Gérer et restaurer les milieux constitutifs de la trame verte et bleue</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I24" s="1" t="inlineStr">
+      <c r="I30" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J24" s="1" t="inlineStr">
+      <c r="J30" s="1" t="inlineStr">
         <is>
           <t>Le montant pour l'acquisition foncière s'appuie sur l'estimation établie par le service des Domaines</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte et objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif régional en faveur de la Biodiversité est un des outils proposés par la Région pour contribuer à la Stratégie régionale pour la biodiversité (SrB) et mettre en œuvre le Plan « Arbre et carbone vivant ».
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ce dispositif contient 6 sous-dispositifs, dont le n° 5 &amp;#34; Gestion et restauration des milieux constitutifs de la trame verte et bleue d&amp;#039;Occitanie &amp;#34;.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité est d&amp;#039;améliorer la gestion et la conservation des milieux naturels composant les trames verte et bleue d&amp;#039;Occitanie, la perméabilité des territoires et la circulation des espèces, afin de contribuer à la préservation de la biodiversité, défi majeur de la SrB.
 &lt;/p&gt;
 &lt;p&gt;
  Les actions spécifiquement en faveur des zones humides et des milieux aquatiques bénéficient d&amp;#039;un dispositif régional ad hoc (dispositif régional en faveur du bon fonctionnement des milieux aquatiques).
 &lt;/p&gt;
 &lt;p&gt;
  Les bénéficiaires des aides régionales en faveur de la biodiversité sont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -4276,61 +5252,61 @@
 &lt;/p&gt;
 &lt;p&gt;
  Le commencement du projet, tout comme la période d&amp;#039;éligibilité des dépenses, ne peut être antérieur à la date de réception de la demande de financement à la Région.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cas de projets bénéficiant de fonds européens, cette date peut être antérieure et sera alors calée sur celle retenue par les fonds européens.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Co-financement Europe-Région :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un co-financement dans le cadre du Programme Opérationnel FEDER régional peut être mobilisé pour certains projets éligibles au dispositif Biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  En cas de co-financements Europe / Région, les dispositions du présent dispositif pourront être adaptées en vue d&amp;#039;une harmonisation avec les règles européennes, lorsque cela est source de simplification, notamment pour les bénéficiaires.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ensemble des renseignements sur le PO FEDER régional est accessible sur le site internet «
  L&amp;#039;Europe en Occitanie
  » .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations éligibles sont des projets structurants, annuels ou pluriannuels, en faveur de la gestion et de la restauration des milieux constitutifs des trames verte et bleue d&amp;#039;Occitanie, de deux types :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Programmes de gestion et de restauration par grands types de milieux identifiés dans la SrB, de portée supra-départementale ou coordonnées régionalement,
  &lt;/li&gt;
  &lt;li&gt;
   Projets de restauration de milieux naturels et de leur fonctionnalité (trames verte et bleue), multi-trames, organisés par grands territoires (EPCI FP, SCOT, PETR, PNR). Les projets soutenus sont des programmes d&amp;#039;actions d&amp;#039;intérêt régional, organisés par territoire ou par grand type de milieux (milieux ouverts et semi-ouverts, milieux boisés...), comportant des actions de gestion conservatoire et de travaux, ainsi que les études préalables nécessaires (plan de gestion...). L&amp;#039;animation du programme est éligible dans la limite de 20% du montant du projet.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les programmes territoriaux n&amp;#039;intervenant que sur la trame bleue ne sont pas éligibles au présent dispositif. Ils bénéficient d&amp;#039;un dispositif régional ad hoc (dispositif régional en faveur du bon fonctionnement des milieux aquatiques).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs de projets des opérations sur un même type de milieu, ou de territoire, doivent au préalable :
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -4399,323 +5375,2732 @@
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Règlement de Gestion des Financements Régionaux – Version 2 définit les dépenses inéligibles (dépenses non liées à la mise en œuvre de l&amp;#039;opération, ni nécessaires à sa réalisation, ou ne donnant pas lieu à un décaissement réel - dotations aux amortissements et aux provisions, retenues de garantie non acquittées...).
 &lt;/p&gt;
 &lt;p&gt;
  En complément, sont inéligibles les coûts de personnel déjà soutenus par la Région dans le cadre de programmes spécifiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ne sont pas éligibles au présent dispositif les projets imposés par des contraintes réglementaires.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations éligibles au dispositif régional en faveur du bon fonctionnement des milieux aquatiques, ainsi qu&amp;#039;au dispositif régional de soutien au développement de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable, sont inéligibles au présent dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  La mise en œuvre d&amp;#039;actions des DOCOB Natura 2000 ou les projets financés dans le cadre de la politique Espaces Naturels Sensibles sont inéligibles. Toutefois, ils peuvent être soutenus à titre exceptionnel, dans la mesure où le caractère indispensable du financement, au-delà des autres financements mobilisés, et l&amp;#039;intérêt régional de l&amp;#039;opération sont démontrés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Biodiversite-Gestion-et-restauration-des-milieux-constitutifs-de</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour tous renseignements complémentaires : Direction de la Transition Écologique et Énergétique Service Biodiversité et Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Mail : biodiversite&amp;#64;laregion.fr → Préciser« Gestion - restauration » dans l&amp;#039;objet du mail.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b0ed-biodiversite-gestion-et-restauration-des-mili/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>79299</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Valoriser les milieux naturels et les espèces animales ou végétales d'intérêt patrimonial</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I31" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 50</t>
         </is>
       </c>
-      <c r="J25" s="1" t="inlineStr">
+      <c r="J31" s="1" t="inlineStr">
         <is>
           <t>Montant de la subvention calculé sur dépenses hors TVA</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Objectifs de l&amp;#039;aide départementale :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   valoriser le patrimoine naturel auprès du public
  &lt;/li&gt;
  &lt;li&gt;
   améliorer l&amp;#039;acquisition des connaissances et la définition des projets
  &lt;/li&gt;
  &lt;li&gt;
   participer à l&amp;#039;aménagement des sites naturels et à leur ouverture au public
  &lt;/li&gt;
  &lt;li&gt;
   soutenir des populations en vue de leur restauration ou de leur maintien
  &lt;/li&gt;
  &lt;li&gt;
   intégrer les trames vertes et bleues dans les projets de territoires
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M31" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etudes de connaissance : inventaires et/ou suivi faune/flore, diagnostics écologiques et paysagers, publications
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration de plans de gestion/action d&amp;#039;espaces naturels
  &lt;/li&gt;
  &lt;li&gt;
   Etudes de faisabilité de restauration des milieux constitutifs de la trame verte et bleue
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;équipement (clôtures, protections, ouvrages de franchissement et hydrauliques, matériels...), présentant un gain environnemental
  &lt;/li&gt;
  &lt;li&gt;
   Etudes, travaux, fournitures pour la réintroduction ou le maintien d&amp;#039;espèces animales et végétales remarquables (achat d&amp;#039;individus, suivi, transport, études préalables, travaux d&amp;#039;accueil
  &lt;/li&gt;
  &lt;li&gt;
   Etudes et conception de projets d&amp;#039;aménagement permettant la découverte de sites naturels et l&amp;#039;information du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;équipement des sites naturels en vue de l&amp;#039;accueil du public dans le respect de l&amp;#039;intégrité du milieu : cheminements, passerelles, balisages et panneaux pédagogiques, observatoires, bâtiments d&amp;#039;accueil et d&amp;#039;observation, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Supports et matériels d&amp;#039;exposition et d&amp;#039;affichage, maquettes...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires : communes et leurs groupements, toute personne morale gestionnaire de site, associations agréées, syndicats mixtes
 &lt;/p&gt;
 &lt;p&gt;
  Plancher de subvention : 1000€.
 &lt;/p&gt;
 &lt;p&gt;
  Plafonds des dépenses éligibles : 50 000€ (études), 100 000€ (travaux), 20 000€ (communication)
 &lt;/p&gt;
 &lt;p&gt;
  Montant maxi d&amp;#039;aides publiques : 70%
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention calculée à partir des dépenses hors TVA, sauf justificatif de non récupération de TVA ou de non éligibilité au FCTVA.
 &lt;/p&gt;
 &lt;p&gt;
  Au moment du dépôt de la demande de subvention, l&amp;#039;opération ne doit être ni engagée ni avoir fait l&amp;#039;objet d&amp;#039;un bon de commande.
 &lt;/p&gt;
 &lt;p&gt;
  Toute facture antérieure à la date d&amp;#039;autorisation de commencement de l&amp;#039;opération ne pourra être prise en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Etudes éligibles sous condition d&amp;#039;associer les services du Département à l&amp;#039;élaboration du cahier des charges, aux réunions de suivi et à leur restitution.
 &lt;/p&gt;
 &lt;p&gt;
  Travaux en régie acceptés, sous condition de ne pas dépasser 30% de la dépense subventionnable et d&amp;#039;être imputées sur la section d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction du Développement Local/Service Environnement Aménagement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Catherine LABAT / Nathalie MARIANNE
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 62 56 70 10 / 05 62 56 78 23
 &lt;/p&gt;
 &lt;p&gt;
  Mail : catherine.labat&amp;#64;ha-py.fr / nathalie.marianne&amp;#64;ha-py.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>stephanie.divoux@ha-py.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/555c-valoriser-les-espaces-naturels/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>145885</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants favorisant la biodiversité et la nature en ville</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le
+  Fonds Biodiversité
+ a été instauré le 14 avril 2023. Il est doté de
+  80 millions d&amp;#039;euros
+ d&amp;#039;ici 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Fonds biodiversité témoigne de la volonté de la Métropole du Grand Paris de soutenir des projets structurants
+  favorisant la biodiversité et la nature en ville et s&amp;#039;inscrivant dans la trame écologique métropolitaine
+ . Il constitue une des 13 mesures prioritaires identifiées dans le Plan biodiversité métropolitain.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce Fonds a pour objectif de financer des dépenses d&amp;#039;investissement (acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation de projets structurants, notamment en matière de plantations d&amp;#039;arbres, de résorptions de coupures écologiques, de désimperméabilisation et renaturation d&amp;#039;espaces, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subvention seront analysées à l&amp;#039;aune des 5 axes suivants, détaillés dans le règlement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dimensions du projet : Une envergure métropolitaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  La localisation du projet : Un lieu de connexion écologique et d&amp;#039;adaptation au changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  La cohérence du projet avec les documents stratégiques métropolitains : Equilibre territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;ambition écologique du projet : Performance écologique et environnementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie du projet : Cohérence économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+   fondsbiodiversite&amp;#64;metropolegrandparis.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Plantation massive d&amp;#039;arbres, en cohérence avec la trame verte métropolitaine : Plans canopée, Plans arbres, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désartificialisation et renaturation d&amp;#039;espaces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition foncière, dans l&amp;#039;objectif de renaturer l&amp;#039;espace
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles, les projets portés par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   communes, établissements publics territoriaux (EPT) et autres établissements publics
+  &lt;/strong&gt;
+  situés sur le périmètre de la Métropole du Grand Paris pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles
+  &lt;/strong&gt;
+  , situées sur le périmètre de la Métropole du Grand Paris.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  dépenses éligibles sont les dépenses d&amp;#039;investissement
+ &lt;/strong&gt;
+ (principalement acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation du projet. En conséquence, les dépenses de fonctionnement (notamment les dépenses pour l&amp;#039;entretien, la gestion, la surveillance, la communication et l&amp;#039;animation des espaces) ne sont pas éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-biodiversite</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsbiodiversite&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>roxane.leverrier@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff83-financer-des-projets-structurants-favorisant-/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>142827</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Requalifier et moderniser les infrastructures de transports en préservant les continuités écologiques</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au-delà des projets neufs, les maîtres d&amp;#039;ouvrage publics et privés (État, sociétés concessionnaires d&amp;#039;autoroutes, VNF, RFF...) s&amp;#039;investissent dans la
+ &lt;strong&gt;
+  requalification environnementale et la modernisation de leurs infrastructures existantes.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils réservent un volet de leurs investissements pour améliorer la qualité environnementale de leurs infrastructures les plus anciennes, et pour accroître la qualité des services proposés à leurs clients. Dans ce cadre, ces maîtres d&amp;#039;ouvrages expriment des attentes fortes en termes d&amp;#039;expertise depuis
+ &lt;strong&gt;
+  le diagnostic de l&amp;#039;existant jusqu&amp;#039;à l&amp;#039;élaboration de recommandations de solutions rectificatives.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne dans la requalification environnementale et la modernisation de vos infrastructures existantes en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un diagnostic d&amp;#039;efficacité fonctionnelle des ouvrages existants au regard de différents paramètres (nature des ouvrages, dimension, aménagement, points de conflits, etc.) avec possibilité de mise en place de suivi par piégeage photographique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propositions d&amp;#039;adaptations nécessaires à l&amp;#039;amélioration de la fonctionnalité des ouvrages existants (nature du revêtement, dispositif d&amp;#039;accompagnement dans l&amp;#039;ouvrage en entrée et en sortie, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations relatives à la création de nouveaux ouvrages (passages inférieurs ou supérieurs à grande faune, ouvrages spécialisés à petite faune, ouvrages mixtes), en explorant différentes techniques, dans le cadre d&amp;#039;un projet neuf ou dans l&amp;#039;optique de défragmentation des infrastructures existantes (proposition optimale de localisation),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement du maître d&amp;#039;ouvrage lors de la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/requalifier-moderniser-infrastructures-transports-preservant</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0f6-requalifier-et-moderniser-les-infrastructures/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>162365</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets de protection, de conservation, de préservation et de gestion des espèces</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Préservation des espèces</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Provence-Alpes-Côte d’Azur est la région de France métropolitaine la plus riche en termes d’espèces : elle abrite 60 à 90 % de la totalité des espèces recensées en France métropolitaine. On y retrouve 65% des espèces végétales, 83 % des oiseaux nicheurs, 87 % des libellules et demoiselles, 63 % d’amphibiens reptiles. Plusieurs d’entre elles ne sont présentes que sur le territoire régional (Vipère d’Orsini, Romulée d’Arnaud…) ce qui confère une responsabilité importante aux acteurs régionaux, et nombreuses sont inscrites sur les listes rouges régionales d’espèces menacées qui évaluent les risques d’extinction des espèces.&lt;br /&gt; La préservation de ces espèces doit ainsi porter sur les espèces menacées, mais celles dites ordinaires pour lesquelles on constate d’importants déclins et qui constituent un levier de sensibilisation à la préservation de la biodiversité.&lt;br /&gt; Il s’agit ici de soutenir des projets de protection, de conservation, de préservation et de gestion des espèces.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Établissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces naturels, Associations, Entreprises.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats et des processus écologiques. Pour les projets expérimentaux de lutte contre les espèces exotiques envahissantes, les espèces devront être inscrites dans les listes des stratégies végétale et animale correspondantes,&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Critères spécifiques de sélection&lt;/strong&gt;&lt;br /&gt; Les espèces identifiées devront s’inscrire dans une stratégie opérationnelle régionale (stratégie de conservation de la flore, stratégies espèces exotiques envahissantes, stratégie régionale biodiversité, stratégie locale biodiversité…) ; Le caractère expérimental, transférable, reproductible pourra être évalué afin de prioriser les projets financés.&lt;/p&gt; &lt;p&gt;&lt;span&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT :&lt;/strong&gt;&lt;br /&gt; Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P34" s="1" t="inlineStr">
+        <is>
+          <t>21/07/2023</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats et des processus écologiques. Pour les projets expérimentaux de lutte contre les espèces exotiques envahissantes, les espèces devront être inscrites dans les listes des stratégies végétale et animale correspondantes,&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Critères spécifiques de sélection&lt;/strong&gt;&lt;br /&gt; Les espèces identifiées devront s’inscrire dans une stratégie opérationnelle régionale (stratégie de conservation de la flore, stratégies espèces exotiques envahissantes, stratégie régionale biodiversité, stratégie locale biodiversité…) ; Le caractère expérimental, transférable, reproductible pourra être évalué afin de prioriser les projets financés.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;br /&gt; &lt;br /&gt; &lt;span&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT :&lt;/strong&gt;&lt;br /&gt; Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/preservation-des-especes</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-especes/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>162366</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer globalement la résilience du territoire régional et ses fonctionnalités écologiques</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Préservation, maintien et restauration des continuités écologiques</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le contexte de changement climatique et plus généralement des changements globaux, les espaces naturels de Provence-Alpes-Côte d’Azur subissent des pressions importantes liés à l’urbanisation, à la sur fréquentation, aux prélèvements et aux pollutions qui conduisent à leur morcellement et à leur perte de fonctionnalités.&lt;br /&gt; Face à ces bouleversements, il est essentiel de pouvoir renforcer globalement la résilience du territoire régional et ses fonctionnalités écologiques, en assurant leur restauration tout en réduisant les sources de pression.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Établissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces, naturels, Associations, Entreprises.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées dans le périmètre administratif de la région Provence-Alpes-Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Thématiques spécifiques : Acquisitions foncières : espaces naturels à fort enjeu avec obligation d’établir un plan de gestion pluriannuel dans les deux années qui suivent l’acquisition ou d’engager le bien acquis dans un statut de protection. La pérennité et la vocation des espaces naturels des zones acquises avec le soutien régional devront être garanties. L’acquisition devra être réalisée par une structure publique ou des gestionnaires associatifs d’espaces protégés.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT &lt;/strong&gt; :&lt;br /&gt; &lt;span&gt;Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>21/07/2023</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées dans le périmètre administratif de la région Provence-Alpes-Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Thématiques spécifiques : Acquisitions foncières : espaces naturels à fort enjeu avec obligation d’établir un plan de gestion pluriannuel dans les deux années qui suivent l’acquisition ou d’engager le bien acquis dans un statut de protection. La pérennité et la vocation des espaces naturels des zones acquises avec le soutien régional devront être garanties. L’acquisition devra être réalisée par une structure publique ou des gestionnaires associatifs d’espaces protégés.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT &lt;/strong&gt; :&lt;br /&gt; &lt;span&gt;Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/preservation-maintien-et-restauration-des-continuites-ecologiques</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>http://subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversite&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-maintien-et-restauration-des-continuites-ecologiques/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>137983</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, inciter à la réalisation des actions en faveur des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, inciter à la réalisation des actions en faveur des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J36" s="1" t="inlineStr">
+        <is>
+          <t>Taux de 10%</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement, incitation à la réalisation d&amp;#039;actions en faveur des milieux aquatiques.
+&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Formulaire de demande et pièces précisées auprès du service gestionnaire&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Actions en faveur des milieux aquatique.&lt;/li&gt;
+ &lt;li&gt;
+  Plantation de ripisylve, mise en défens de cours d&amp;#039;eau ou zones humides, restauration de cours d&amp;#039;eau.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Dépôt d&amp;#039;un dossier avant démarrage des travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Souhait d&amp;#039;être associé en amont.&lt;/li&gt;&lt;li&gt;Financement par l&amp;#039;Agence de l&amp;#039;Eau.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-missions-du-Departement.html</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)&lt;/p&gt;&lt;p&gt;Service Environnement et Sports&lt;/p&gt;
+&lt;p&gt;
+ Jean-Damien ROMEYER&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:jean-damien.romeyer&amp;#64;hauteloire.fr" target="_self"&gt;
+  jean-damien.romeyer&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.43.46
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff19-accompagner-inciter-a-la-realisation-dactions/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>163965</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à des projets de réduction et de séquestration de carbone pour participer à l'objectif de neutralité carbone</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Leyton</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Contexte&lt;/u&gt; : Les acteurs publics et privés doivent s&amp;#039;engager dans une démarche de décarbonation, encadrée de manière réglementaire par le Green Deal Européen et la Stratégie Nationale Bas Carbone , qui vise notamment à réduire les émissions de GES de 40% d&amp;#039;ici 2030 (vs. 1990) et à doubler nos puits de carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Méthodologie&lt;/u&gt; : Une fois que les acteurs publics et privés ont réalisé leur 1er Bilan Carbon, ils entament des actions de réduction de leur empreinte mais font face à des émissions résiduelles tous les ans. Réduire certaines émissions peut prendre du temps : absence de technologie, mobilisation des parties prenantes, etc. Cependant, il existe une solution temporaire en face de ces émissions résiduelles afin de contribuer à la neutralité carbone : La contribution carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Dispositif&lt;/u&gt; : Les acteurs peuvent financer des projets qui vont permettre de réduire ou de séquestrer des émissions de GES ailleurs en France ou à l&amp;#039;étranger. Ces projets vont permettre de réduire les émissions de CO2e globalement et vont présenter de nombreux autres avantages socio-économiques et de biodiversité en fonction du projet. Par leur action, ces acteurs recevront des crédits carbone, qu&amp;#039;ils pourront valoriser, au titre de leur engagement envers la neutralité mondiale, en complément de toutes les actions de réduction préalablement engagées.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Aide&lt;/u&gt; : LEYTON vous accompagne dans la recherche de ces projets au plus proche de vos territoires, de votre activité, de vos enjeux, ou de vos valeurs afin de maximiser votre impact stratégique, extra-financier, climatique, environnemental et social avec une communication maîtrisée et légitime.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;En France :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration de forêts incendiés,&lt;/li&gt;&lt;li&gt;Conversion de friches en forêts,&lt;/li&gt;&lt;li&gt;Changement de pratiques agricoles (intrants, couvert contenu, alimentation des bovins, etc.) pour accompagner la transition agro-écologique,&lt;/li&gt;&lt;li&gt;Diversification de pratiques agricoles (vergers)...&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Agriculture et agroalimentaire
+Biodiversité
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aucun critère&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://leyton.com/fr/progres-environnemental/contribution-carbone-volontaire/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aurélie BARBOTIN - Mylène OBONE - Marc LA ROSA&lt;/p&gt;&lt;p&gt;carbonevolontaire&amp;#64;leyton.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>pdeniau@leyton.com</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-a-des-projets-de-reduction-et-de-sequestration-de-carbone-pour-participer-a-lobjectif-de-neutralite-carbone/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>162335</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>S’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif d’accompagnement de projets à destination des jeunes citoyens</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire des 15-30 ans des « passeurs et des porteurs de transitions », telle est l’ambition du dernier dispositif régional en faveur de la biodiversité.&lt;/p&gt;
+&lt;p&gt;Dans le cadre de sa politique environnementale visant à avoir « Une COP d’avance » et en lien avec la future stratégie régionale de la biodiversité, la Région Sud, chef de file sur la Biodiversité a mis en avant plusieurs mesures à destination de la jeunesse qui répondent à un objectif ambitieux : s’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain.&lt;/p&gt;
+&lt;p&gt;Aujourd’hui en lien étroit avec les 17 objectifs de développement durable définis par l’Organisation des Nations Unie en 2015, et dans un contexte de crise sanitaire et écologique, la Région Sud met en place un nouveau dispositif d’accompagnement de projets à destination des jeunes citoyens : Nature ta vie et agis !&lt;/p&gt;
+&lt;p&gt;Celui-ci s’inscrit dans une année 2021 marquée par plusieurs évènements internationaux comme la tenue du Congrès mondial de la Nature, le lancement de la feuille de route pour l’éducation au développement durable par l’UNESCO lors de la Conférence mondiale de l’éducation au développement durable à Berlin en mai 2021, la COP 15 sur la biodiversité à Kunming en Chine, la COP 26 en novembre à Glasgow.&lt;/p&gt; &lt;p&gt;Concerne des jeunes entre 15 et 30 ans en les associant dès l’amont le plus souvent possible&lt;/p&gt; &lt;p&gt;Concrètement il s’agit d’outiller les 15-30 ans, déjà pour beaucoup présents dans l’action, afin d’en faire des acteurs du changement, des transformateurs, prêts à relever les défis de la résilience en proposant des solutions novatrices, en stimulant le progrès social et en inspirant le changement au sein de leurs communautés et leurs territoires.&lt;/p&gt; &lt;p&gt;La thématique principale portée par ce nouveau dispositif est l’appropriation des enjeux de la biodiversité en lien avec les changements globaux. Les projets, pourront porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la connaissance et la  préservation des richesses et des fragilités de la biodiversité ;&lt;/li&gt; 	&lt;li&gt;les impacts de ces dégradations sur les écosystèmes ;&lt;/li&gt; 	&lt;li&gt;la gestion des risques naturels ;&lt;/li&gt; 	&lt;li&gt;les liens entre santé de la biodiversité et santé humaine ;&lt;/li&gt; 	&lt;li&gt;les adaptations individuelles, collectives et sociétales&lt;strong&gt;.&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les projets présentés pourront se faire soit en milieu scolaire sortie, visite, réalisation soit hors scolaire (création d’évènements, d’expression artistiques,…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>21/05/2021</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La thématique principale portée par ce nouveau dispositif est l’appropriation des enjeux de la biodiversité en lien avec les changements globaux. Les projets, pourront porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la connaissance et la  préservation des richesses et des fragilités de la biodiversité ;&lt;/li&gt; 	&lt;li&gt;les impacts de ces dégradations sur les écosystèmes ;&lt;/li&gt; 	&lt;li&gt;la gestion des risques naturels ;&lt;/li&gt; 	&lt;li&gt;les liens entre santé de la biodiversité et santé humaine ;&lt;/li&gt; 	&lt;li&gt;les adaptations individuelles, collectives et sociétales&lt;strong&gt;.&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les projets présentés pourront se faire soit en milieu scolaire sortie, visite, réalisation soit hors scolaire (création d’évènements, d’expression artistiques,…).&lt;/p&gt; &lt;p&gt;Le dépôt des dossiers peut se faire « Au fil de l’eau » tout au long de l’année.&lt;/p&gt;
+&lt;p&gt;Les dossiers pourront être menés au cours des années scolaires pour les actions destinées aux élèves (lycéens, apprentis, étudiants) ; des années civiles pour les actions destinées aux autres publics, âgés de 15 à 30 ans.&lt;/p&gt;
+&lt;p&gt;Le bénéficiaire d’une subvention pour action spécifique de fonctionnement dispose d’un délai de deux ans à compter du vote de celle-ci pour réaliser l’action subventionnée et transmettre les pièces justificatives.&lt;/p&gt;
+&lt;h3&gt;Comment candidater? &lt;/h3&gt;
+&lt;p&gt;1) Déposer sa candidature sur l’adresse mail dédiée : &lt;a href="mailto:aap-isef&amp;#64;maregionsud.fr"&gt;aap-isef&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;• En mettant en objet du mail : ISEF NTV &amp;#43; année  « Nom de la structure »&lt;/p&gt;
+&lt;p&gt;• En transmettant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Une fiche de candidature,&lt;/li&gt; 	&lt;li&gt;Une note technique descriptive détaillée (modèle ci-annexé),&lt;/li&gt; 	&lt;li&gt;Un budget prévisionnel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;2) Déposer &lt;strong&gt;en parallèle &lt;/strong&gt;un dossier de demande de subvention administratif auprès de la Région ayant pour objet : Réponse Dispositif « &lt;strong&gt;Dispositif d’accompagnement de projets à destination des jeunes citoyens »&lt;/strong&gt; déposé sur la plateforme dédiée : &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/dispositif-daccompagnement-de-projets-a-destination-des-jeunes-citoyens</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daccompagnement-de-projets-a-destination-des-jeunes-citoyens/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>162297</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…)</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité et territoires - Stratégies</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les territoires organisés et gérés par des collectivités (Communes, EPCI, Syndicats mixtes…) sont un des maillons essentiels pour déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…), prenant en compte la biodiversité et les services écosystémiques.&lt;br /&gt; Il s’agit pour la Région d’accompagner et de soutenir les dynamiques des territoires pour développer leur résilience face au changement climatique et à l’effondrement de la biodiversité pour une transition réussie, par l’élaboration stratégies territoriales biodiversité.&lt;/p&gt; &lt;p&gt;Collectivités locales et leurs Groupements (Communes, EPCI, Syndicats mixtes).&lt;/p&gt; &lt;p&gt;Elaboration de stratégies territoriales pour la biodiversité, avec un objectif d’adaptation du territoire au changement climatique, ainsi que leurs programmes d’actions, prenant impérativement en compte les services écosystémiques et les solutions d’adaptation fondées sur la nature.&lt;br /&gt; Les actions suivantes pourront être soutenues :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Prestations de maîtrise d’œuvre ou d’accompagnement par un bureau d’étude ou équivalent,&lt;/li&gt; 	&lt;li&gt;Implication des parties prenantes : élus, acteurs privés et publics du territoires, citoyens,&lt;/li&gt; 	&lt;li&gt;Identification et hiérarchisation des enjeux de biodiversité du territoire, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Évaluation de services écosystémiques et de la dépendance du territoire à ces services,&lt;br /&gt; Impacts directs et indirects des actions de la collectivité sur la biodiversité et les services écosystémiques,&lt;br /&gt; &lt;br /&gt; Cartographie et hiérarchisation des enjeux ;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Formalisation de la stratégie biodiversité et élaboration de son plan d’action,&lt;/li&gt; 	&lt;li&gt;Élaboration du système de suivi de la stratégie biodiversité, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Définition et surveillance des indicateurs, analyse des résultats des indicateurs,&lt;br /&gt; Procédure de mise à jour de la stratégie biodiversité,&lt;br /&gt; Audit de la stratégie et de sa mise en œuvre par la collectivité.&lt;br /&gt; &lt;br /&gt; Les démarches telles que « territoire engagé pour la nature », stratégies locales biodiversité, liste verte UICN, voire de certification pour faire suite à la mise en œuvre de normes volontaires relatives à une démarche biodiversité pourront être soutenues dans ce cadre.&lt;/p&gt; &lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>13/07/2023</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/biodiversite-et-territoires-strategies</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/biodiversite-et-territoires-strategies/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>162298</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les connaissances sur la biodiversité</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration des connaissances sur la biodiversité.</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La connaissance est un préalable indispensable à toute action de protection, de conservation et de sensibilisation sur la biodiversité. Il s’agit ici de soutenir des actions d’acquisition et de valorisation de connaissances faunistiques, floristiques, sur les milieux et leur fonctionnement, dans le cadre d’une stratégie régionale d’acquisition et d’amélioration de la connaissance naturaliste.&lt;br /&gt; Pour cela, la Région souhaite mobiliser tous les acteurs dans le développement de la connaissance, d’aider à analyser et mettre à disposition de l’information fiable et compréhensible par tous, de favoriser sa valorisation et son harmonisation.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Etablissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces naturels, Associations, Entreprises.&lt;/p&gt; &lt;p&gt;Types de projets soutenus&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Soutien aux inventaires de terrain, bilans stationnels, suivis et surveillance inscrits dans le cadre de plan d’actions de stratégies régionales,&lt;/li&gt; 	&lt;li&gt;Acquisition et développement des applications informatiques et bases de données (Système d’information et de localisation des espèces -SILENE-, Système d’information de l’inventaire du patrimoine naturel -SINP-)3,&lt;/li&gt; 	&lt;li&gt;Recueil, intégration et structuration des données et métadonnées,&lt;/li&gt; 	&lt;li&gt;Analyse et valorisation des données/études produites (listes rouges, inventaires Zones Naturelles d&amp;#039;Intérêt Écologique, Faunistique et Floristique ZNIEFF),&lt;/li&gt; 	&lt;li&gt;Soutien aux actions de l&amp;#039;observatoire régional de la biodiversité (production d&amp;#039;indicateurs, suivi d&amp;#039;espèces, outils de sensibilisation),&lt;/li&gt; 	&lt;li&gt;Étude des effets du changement climatique sur les écosystèmes terrestres (projets sentinelles),&lt;/li&gt; 	&lt;li&gt;Cartographie et études de définition des continuités écologiques ou étude visant leur amélioration,&lt;/li&gt; 	&lt;li&gt;Actions menées dans le cadre de la stratégie en faveur de l’amélioration et l’acquisition des connaissances naturalistes à l’échelle régionale,&lt;/li&gt; 	&lt;li&gt;Actions d’amélioration des connaissances de la stratégie régionale de conservation de la flore,&lt;/li&gt; 	&lt;li&gt;Actions d’amélioration des connaissances menées dans le cadre du Plan national en faveur des insectes pollinisateurs et de la pollinisation 2021-2026,&lt;/li&gt; 	&lt;li&gt;Projets relatifs à la prise en compte de la trame noire dans les politiques publiques (impact suivi des espèces, appui à la définition de stratégie).&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats, des services écosystémiques et des processus écologiques.&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Critères spécifiques de priorisation&lt;br /&gt; Les zones et espèces ciblées par les porteurs de projet devront s’inscrire prioritairement dans les documents stratégiques régionaux (notamment Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires SRADDET, futures stratégie régionale biodiversité et stratégie régionale de la connaissance, stratégie de conservation de la flore, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>17/07/2023</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats, des services écosystémiques et des processus écologiques.&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Critères spécifiques de priorisation&lt;br /&gt; Les zones et espèces ciblées par les porteurs de projet devront s’inscrire prioritairement dans les documents stratégiques régionaux (notamment Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires SRADDET, futures stratégie régionale biodiversité et stratégie régionale de la connaissance, stratégie de conservation de la flore, etc.).&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;br /&gt; &lt;span&gt;Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/amelioration-des-connaissances-sur-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>http://subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-des-connaissances-sur-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>95042</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les cours d’eau et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des cours d’eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 35 % du montant HT
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000€ par projet sauf sur les cours d&amp;#039;eau régionaux majeurs : Rhin, Ill, Sarre, Moselle, Meuse, Aisne, Marne, Seine, Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ce dispositif s&amp;#039;inscrit en complément de l&amp;#039;aide Agence de l&amp;#039;eau dans la limite de 80 % d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration de la fonctionnalité des cours d&amp;#039;eau : reméandrage, diversification des écoulements, érosion maitrisée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des plans d&amp;#039;eau : renaturation / reprofilage de berges, création de hauts-fonds, restauration de roselières, restauration de digues, ouvrages d&amp;#039;alimentation et de vidange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des milieux humides : restauration de zones humides, création d&amp;#039;annexes hydrauliques, de mares, frayères, reconnexion de bras morts, restauration de réseau de fossés, création de zones humides artificielles, zones tampons entre réseau de drainage et cours d&amp;#039;eau... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration de la continuité écologique (suppression ou aménagements d&amp;#039;ouvrages transversaux, etc.) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration du petit patrimoine bâti et ouvrages alimentant ces milieux aquatiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes, associations, fédérations de pêche, entreprises, particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts d&amp;#039;investissement liés aux opérations précédemment décrites. Travaux et études préalables (faisabilité, avant-projet, projet...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-restaurer-cours-deau-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0083/depot/simple</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dfa-restauration-des-cours-deau-et-des-milieux-aq/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>95346</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Développer une stratégie départementale pour la biodiversité</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce règlement est constitué des dispositifs d&amp;#039;aides permettant d&amp;#039;attribuer des subventions par le Conseil général prélevées sur le produit de la taxe d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La SNB 2011-2020 (Stratégie Nationale pour la Biodiversité) vise à produire un engagement important des divers acteurs, à toutes les échelles territoriales, en métropole et en outre-mer, en vue d&amp;#039;atteindre les objectifs adoptés. Elle fixe pour ambition commune de préserver et de restaurer, de renforcer et de valoriser la biodiversité, d&amp;#039;en assurer l&amp;#039;usage durable et équitable, et l&amp;#039;implication de tous et de tous les secteurs d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil Général de l&amp;#039;Aude, pour faire suite également au Grenelle de l&amp;#039;Environnement, est à même de développer une stratégie départementale pour la biodiversité par la mobilisation de compétences, de moyens financiers et en fédérant les énergies afin d&amp;#039;aboutir à des actions concrètes au cœur des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le département de l&amp;#039;Aude de par ses influences climatiques diverses (atlantique, montagnarde, méditerranéenne), ses gradients d&amp;#039;altitude (de la mer à la haute montagne), sa géologie variée, possède une importante richesse naturelle, tant en terme de faune, de flore, de paysage que de patrimoine géologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le contexte actuel de prise en compte croissante de l&amp;#039;environnement dans les politiques publiques, de mise en œuvre du développement durable, d&amp;#039;aspirations de plus en plus fortes de nos concitoyens à l&amp;#039;amélioration de leur cadre de vie, le département de l&amp;#039;Aude souhaite, à travers la mise en place d&amp;#039;une stratégie départementale de la biodiversité, concrétiser son engagement fort pour la préservation et la mise en valeur de son patrimoine naturel. Cet engagement s&amp;#039;inscrit pleinement dans le projet départemental. Il constitue la déclinaison opérationnelle de l&amp;#039;objectif de préservation et de valorisation du patrimoine naturel et de la biodiversité du programme Audevant.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les différentes actions concrètes développées dans le cadre de cette politique de préservation de la biodiversité sont soumises pour avis à un Comité scientifique des Espaces Naturels Sensibles regroupant naturalistes et experts en tous domaines, afin de conseiller et d&amp;#039;orienter le département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental se propose, au travers de cette stratégie départementale de la biodiversité, de mettre en œuvre 9 ambitions :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Préserver et valoriser le patrimoine naturel dans les propriétés départementales en le rendant accessible,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et sauvegarder le patrimoine naturel remarquable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protéger les zones humides pour préserver la ressource en eau.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les outils de développement local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir les espaces naturels dans l&amp;#039;aménagement du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutter contre les plantes et la faune invasives, prévenir d&amp;#039;autres infestations.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restaurer des espaces naturels et leurs fonctionnalités écologiques dégradés par l&amp;#039;activité humaine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer l&amp;#039;offre touristique par l&amp;#039;ouverture des espaces naturels adaptés à une fréquentation soutenable.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Ainsi, la stratégie pour la biodiversité poursuit l&amp;#039;ambition de faire de cet exceptionnel patrimoine naturel un atout pour le développement de notre département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département propose plusieurs dispositifs d&amp;#039;aides :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à l&amp;#039;acquisition de données naturalistes et à l&amp;#039;établissement d&amp;#039;un plan de gestion naturaliste
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  aide à améliorer les connaissances naturalistes permettant de connaître l&amp;#039;espace naturel considéré ou le patrimoine naturel, géologique du département, et établir des plans de gestion de cet espace naturel, conformément aux enjeux identifiés dans la Stratégie départementale pour la biodiversité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à la gestion des terrains protégés par le Conservatoire de l&amp;#039;Espace Littoral et des Rivages Lacustres
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à la gestion des espaces naturels non propriété du département et du CELRL :
+  &lt;/strong&gt;
+  permet d&amp;#039;assurer une gestion adaptée des espaces naturels audois éligibles en vue de leur préservation et de leur mise en valeur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide pour l&amp;#039;accueil du public (équipements et animations) dans les espaces naturels :
+  &lt;/strong&gt;
+  aide à mettre en œuvre l&amp;#039;ouverture au public des espaces naturels audois éligibles dans le respect de la sensibilité des milieux naturels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide en faveur de l&amp;#039;acquisition d&amp;#039;espaces naturels par des communes ou  par un établissement public de coopération intercommunale compétent :
+  &lt;/strong&gt;
+  la taxe d&amp;#039;aménagement peut être utilisée afin d&amp;#039;aider les communes et les établissements publics de coopération intercommunale compétents à acquérir sur leur territoire :
+ &lt;/li&gt;
+ &lt;li&gt;
+  un espace naturel en zone de préemption des ENS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des bois et forêts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des sites destinés à la préservation de la ressource en eau.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaires d&amp;#039;espaces naturels : personnes privées, communes, EPCI, syndicats mixtes, associations, et toutes structures et personnes morales gestionnaires des sites ENS, des zones humides et des espaces naturels en site Natura 2000.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à l&amp;#039;acquisition de données naturalistes et à l&amp;#039;établissement d&amp;#039;un plan de gestion naturaliste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes, inventaires et publications visant à améliorer la connaissance des espaces naturels, de la géologie, de la flore et de la faune de l&amp;#039;Aude, et à déterminer leur intérêt et les caractéristiques de leur préservation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de gestion des espaces naturels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces documents, élaborés par des organismes compétents, intègreront, outre la gestion en termes naturalistes, la possible valorisation (accueil du public, communication) des sites.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à la gestion des espaces naturels non propriété du département et du CELRL :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations liées à la gestion conservatoire ou à la restauration écologique figurant au plan de gestion du site préalablement validé et permettant une préservation ou une restauration des richesses naturalistes et géologiques du site considéré.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations mises en œuvre dans le cadre d&amp;#039;une convention de partenariat avec le département fixant une programmation technique et financière.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les opérations prises en charge comprendront des actions nécessaires à la bonne application du plan de gestion en matière :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. d&amp;#039;équipements (clôtures pastorales, ganivelles, ouvrages de franchissements, petits ouvrages hydrauliques et divers matériels dévolus à la réhabilitation et à l&amp;#039;entretien des espaces naturels etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 2. de création d&amp;#039;infrastructures écologiques comme la plantation de haies, le creusement de mares, la création de cultures faunistiques, au climat et à l&amp;#039;altitude...
+&lt;/p&gt;
+&lt;p&gt;
+ 3. d&amp;#039;entretien (temps de travail du personnel dévolu en régie interne à l&amp;#039;entretien et à la réhabilitation, marchés de travaux réalisés par des prestataires extérieurs pour du girobroyage, débroussaillage, amélioration de systèmes hydrauliques etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 4. de formation des salariés affectés à la réhabilitation et à l&amp;#039;entretien si ces opérations sont réalisées en régie, et de formation en ingénierie de projets environnementaux liés à la gestion des espaces naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour l&amp;#039;accueil du public (équipements et animations) dans les espaces naturels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux et équipements des sites en vue de l&amp;#039;accueil du public, figurant dans les plans de gestion préalablement validés. La charte graphique des ENS audois devra être respectée (un avis des services du Conseil général sera alors nécessaire concernant la relecture de panneaux et de tous supports de communication en rapport avec le projet avec un délai minimal de 15 jours, avant de procéder au versement de l&amp;#039;aide concernant ces supports). Le Comité scientifique des ENS jugera de la validité de ces travaux et équipements au titre des caractéristiques départementales, de leur impact éventuel sur l&amp;#039;environnement et la biodiversité. En effet, ces travaux et équipements, même s&amp;#039;ils sont prévus pour une action pédagogique, ne doivent en aucune manière être défavorables au maintien de la biodiversité locale et des fonctionnalités écologiques du milieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme d&amp;#039;animations pédagogiques (sorties sur le terrain avec animateurs, expositions, conférences, divers matériels utiles à l&amp;#039;animation etc.). L&amp;#039;objectif final visera à inculquer un message de respect de l&amp;#039;environnement au travers de bonnes pratiques et d&amp;#039;acquisition de connaissances, ce programme participant également au maintien du lien social.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide en faveur de l&amp;#039;acquisition d&amp;#039;espaces naturels par des communes ou  par un établissement public de coopération intercommunale compétent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hormis les sites présents en Zones de préemption des ENS, tout site naturel présent dans au moins un des sites de l&amp;#039;inventaire naturaliste audois, dans un site Natura 2000 dont le DOCOB a été validé, dans un zone humide inventoriée dans un SAGE audois ou dans un site dont un ou des enjeux de biodiversité ont été identifiés pouvant donner lieu à la création d&amp;#039;un site de l&amp;#039;inventaire naturaliste audois. L&amp;#039;acquisition devra être justifiée par l&amp;#039;existence d&amp;#039;une menace ou d&amp;#039;une pression sur la biodiversité locale sinon une aide à la gestion du site pourra être sollicitée comme prévu dans ce règlement d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires de cette aide sont les communes et les EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/strategie-departementale-de-biodiversite</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les dossiers de demande de financement sont à envoyer à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ M. le Président du Conseil général,
+&lt;/p&gt;
+&lt;p&gt;
+ à l&amp;#039;attention de la Direction Développement, Environnement et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil général 11855 CARCASSONNE cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour tous renseignements, veuillez joindre le :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement des territoires au Conseil général
+&lt;/p&gt;
+&lt;p&gt;
+ Agent de gestion administrative et secrétariat - Isabelle Bertrand
+&lt;/p&gt;
+&lt;p&gt;
+ Mail:
+ &lt;a href="mailto:isabelle.bertrand&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  isabelle.bertrand&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.66.32
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82dc-developper-une-strategie-departementale-pour-/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>161852</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité à travers la reconquête des écosystèmes marins, terrestres et aquatiques</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projets de protection et restauration sur tous milieux et espèces en lien avec les stratégies nationales ou régionales, à un taux modulable en fonction de la priorité de l&amp;#039;enjeu identifié. &lt;/p&gt;&lt;p&gt;L&amp;#039;instruction de cette aide se fait tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe budgétaire totale, pour l&amp;#039;ensemble des Outre-mer, est de 4M€. Le montant minimal d&amp;#039;aide est de 100 000€ (sauf exception) et il n&amp;#039;y a pas de montant plafond. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit répondre aux objectifs des stratégies nationales et régionales de protection de la biodiversité. La durée du projet doit être de maximum 3 ans. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;delegation.ocean-indien&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;celine.maurer&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>camille.charvolen@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-a-travers-la-reconquete-des-ecosystemes-marins-terrestres-et-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>104525</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un soutien technique et financier à des projets locaux et des stratégies territoriales en faveur du bocage et de l’agroforesterie</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Règlement  « Liger Bocage et Agroforesterie »</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire
+Directions départementales des territoires (DDT)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Montant d'intervention minimum : 1000€</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs ligériens (Région, Etat, Agence de l&amp;#039;eau Loire Bretagne, Office français de la biodiversité, ADEME et AFAC régionale) lancent un appel à projets intitulé « Liger Bocage et Agroforesterie », pour conforter le bocage ligérien et le gérer durablement.
+ &lt;br /&gt;
+ L&amp;#039;utilisation de plants labellisés « Végétal local » et/ou issus du matériel forestier de reproduction (MFR) (50% minimum, en fonction de la disponibilité) et l&amp;#039;utilisation de techniques de paillage entièrement biodégradables sont obligatoires. La gestion durable de ces infrastructures agroécologiques via le déploiement des labels existants (« Haie », etc.) est également plébiscitée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Procédure :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de demande de candidature à l&amp;#039;appel à projets « Liger Bocage et Agroforesterie » doivent être adressés en 1 exemplaire papier à la DDT concernée et déposés en 1 exemplaire numérique sur la plateforme « démarches simplifiées ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent doivent comporter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération du maître d&amp;#039;ouvrage avec le plan de financement et l&amp;#039;échéancier de réa-lisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier de candidature à l&amp;#039;appel à projets « Liger bocage et Agroforesterie » dument complété avec ses pièces constitutives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;engagement du maître d&amp;#039;ouvrage à adresser les connaissances acquises dans le cadre du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  seuls les projets complets et recevables sont présentés en Comité Technique Liger Bocage au titre du plan de re-lance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un Relevé d&amp;#039;Identité Bancaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Déposés au fil de l&amp;#039;eau, les dossiers seront examinés à un rythme régulier par le comité technique régional de l&amp;#039;Appel à projet « Liger bocage et agroforesterie », composé de la Région, l&amp;#039;Agence de l&amp;#039;Eau, l&amp;#039;Etat et les Départements volontaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>10/01/2022</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lycées et centres de formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités - Institutions - GIP
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles à cet appel à projets « Liger bocage et agroforesterie » visent à la préservation, la reconquête et la création des complexes bocagers et agroforestiers dans un objectif de restauration et de valorisation des continuités écologiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux de plantation s&amp;#039;inscrivant dans un cadre collectif seront privilégiés. Les projets devront pouvoir mobiliser les programmes d&amp;#039;aides et les cadres contractuels déployés par les partenaires (Contrat Nature 2050, Contrat territorial Eau, appel à projets « Plantations d&amp;#039;arbres et d&amp;#039;arbustes », programme « Plantons des haies » du plan de relance, etc.). Les projets pourront également intégrer les initiatives citoyennes développées par les partenaires (« 1 naissance, 1 arbre », « défi : 1 arbre, 1 mayennais », etc.) afin de garantir l&amp;#039;appropriation et la mobilisation du plus grand nombre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/appel-projets-liger-bocage-et-agroforesterie</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Biodiversité et littoral
+&lt;/p&gt;
+&lt;p&gt;
+ Cyril Bellouard
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:cyril.bellouard&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  cyril.bellouard&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 28 20 54 45
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d01d-appel-a-projets-liger-bocage-et-agroforesteri/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>117167</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Préserver le patrimoine naturel, agricole, culturel et architectural (LEADER / Fiche action 6)</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>APPEL A PORTEURS DE PROJETS / GAL PAYS D'EPINAL COEUR DES VOSGES - Réouverture de la programmation LEADER 2014-2022</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte-tenu de l&amp;#039;enveloppe restant à engager à ce jour, le GAL du Pays d&amp;#039;Epinal Cœur des Vosges dispose d&amp;#039;une enveloppe budgétaire de 965 227,72 € à répartir entre les projets sélectionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets déposés devront relever des thématiques
+ sur la préservation du patrimoine naturel, agricole, culturel et architectural encourageant le développement d&amp;#039;activités locales et résilientes &amp;#61; FICHE ACTION 6 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Volet 1 : Soutien au développement de circuits de proximité – via le Plan Alimentaire Territorial (PAT),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Volet 2 : Mise en valeur du patrimoine naturel, culturel et architectural « remarquables » - via la labellisation « Pays d&amp;#039;Art et Histoire » (PAH).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour le volet 1 &amp;#34;Opérations de soutien au développement des circuits de proximité et d&amp;#039;amélioration de la nutrition (en cohérence avec le PAT)&amp;#34;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création de points de vente individuels ou collectifs de produits agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;animation visant à mettre en lien les acteurs en amont (agriculteurs ou groupements d&amp;#039;agriculteurs) et en aval (restaurateurs, cuisines centrales de divers structures d&amp;#039;accueil, associations de consommateurs, élèves, habitants) pour développer l&amp;#039;utilisation de produits agricoles locaux sur le territoire; mettre en place les solutions de transformation des produits agricoles bruts, les solutions logistiques et juridiques pour sécuriser les débouchés des producteurs et les approvisionnements des établissements de RHD; définir les actions de formation et de sensibilisation à mettre en œuvre; développer la valorisation de l&amp;#039;utilisation des produits locaux dans les commerces de bouches (restaurants, boucheries, épiceries) et les cuisines centrales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;animation visant à favoriser une meilleure nutrition de la population du territoire, à partir de l&amp;#039;utilisation de produits agricoles locaux et en évaluer le bénéfice santé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation du personnel des établissements proposant de la restauration collective et des restaurants à l&amp;#039;utilisation des produits agricoles locaux. La durée minimale d&amp;#039;une session de formation est de 2 heures, la durée maximale d&amp;#039;une session de formation est de 140 heures ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du public scolaire, des jeunes de 0 à 18 ans, et du grand public à l&amp;#039;utilisation des produits locaux : événementiels, cours de cuisine, visite d&amp;#039;exploitations agricoles, création d&amp;#039;outils de communication matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et soutien à des outils locaux de transformation et de valorisation de produits agricoles fabriqués sur le territoire du GAL du PETR du Pays d&amp;#039;Epinal cœur des Vosges (études de préfiguration, aménagements, travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou développement de marchés de produits agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marketing territorial : développement de labels ou de marques collectives, actions de promotion des initiatives individuelles ou collectives de circuits de proximité existantes sur le territoire (par exemple des marchés de produits locaux ou de magasins de vente directe).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le volet 2 &amp;#34;Opérations de mise en valeur du patrimoine naturel, culturel et architectural « remarquables »&amp;#34; :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la réhabilitation et à l&amp;#039;aménagement de sites patrimoniaux d&amp;#039;envergure intercommunale ou ayant un impact touristique à l&amp;#039;échelle intercommunale (hors entretien) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes visant à améliorer la connaissance du patrimoine ou sa valorisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations de sensibilisation de la population sur ce patrimoine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits thématiques pour la mise en valeur du patrimoine à l&amp;#039;échelle du GAL ou d&amp;#039;un des EPCI membres du PETR ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la professionnalisation des acteurs contribuant à la valorisation du patrimoine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations de valorisation de la richesse naturelle, et de plantations d&amp;#039;arbres/haies concourant au bon fonctionnement écologique du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers de pratiques des savoir-faire, résidence d&amp;#039;artistes, échanges culturels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien et promotion d&amp;#039;artistes locaux relevant d&amp;#039;une commune du GAL du PETR Pays d&amp;#039;Epinal Cœur des Vosges.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Jeunesse
+Famille et enfance
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier du financement au titre de la
+ &lt;strong&gt;
+  FICHE ACTION 6 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations loi 1901 et leurs fédérations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tout type d&amp;#039;établissement public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Micro, petites et moyennes entreprises au sens communautaire (entreprise employant moins de 250 salariés, et réalisant soit un chiffre d&amp;#039;affaires annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan inférieur à 43 millions d&amp;#039;euros).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En outre, pour le volet 1 Opérations de soutien au développement des circuits de proximité et d&amp;#039;amélioration de la nutrition (en cohérence avec le PAT) : Agriculteurs (Exploitants à titre principal ou secondaire) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  au titre des agriculteurs :
+    les agriculteurs personnes physiques, les agriculteurs personnes morales, quel que soit leur statut, dont l&amp;#039;objet est agricole, si plus de 50% du capital social est détenu par des associés exploitants, les établissements de développement agricole, d&amp;#039;enseignement agricole et de recherche qui détiennent une exploitation agricole.
+ &lt;/li&gt;
+ &lt;li&gt;
+  au titre des groupements d&amp;#039;agriculteurs : les structures collectives portant un projet reconnu en qualité de GIEE dont la création est prévue dans le cadre de la loi d&amp;#039;avenir et exerçant une activité agricole au sens de l&amp;#039;article L. 311-1 du Code rural et de la pêche maritime, les coopératives d&amp;#039;utilisation de matériel agricole (CUMA), et toutes structures collectives (y compris certaines coopératives agricoles), dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole au sens de l&amp;#039;article L. 311-1 susvisé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Conditions requises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les opérations sont réalisées sur le territoire du GAL. Par dérogation, les opérations pourront être réalisées en dehors du territoire du GAL, à condition que l&amp;#039;opération bénéficie à la zone couverte par le GAL, dans le respect de l&amp;#039;article 70 paragraphe 2 du règlement (UE) n°1303/2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur devra présenter un budget de fonctionnement prévisionnel sur 3 années, couplé à l&amp;#039;identification des moyens humains mobilisés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ GAL du Pays d&amp;#039;Épinal, Cœur des Vosges
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 Avenue de la République Le port du canal 88000 EPINAL
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+ &lt;li&gt;
+  leader&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ludmilla HELLOT,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cécile PIERRE,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 54 96
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>contact@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8daf-copie-13h49-utiliser-le-bois-local-dans-les-p/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>117379</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en valeur et gérer un milieu naturel (hors ENS)</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créer des maillons de la trame verte et bleue.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action vous permet de bénéficier de conseil sur la restauration de milieu naturel avec, réalisation d&amp;#039;un schéma d&amp;#039;orientation décrivant les travaux et la gestion à mettre en place. La réalisation de ces travaux peut être réalisé par un chantier d&amp;#039;insertion. Une formation à la gestion peut compléter l&amp;#039;offre.
+&lt;/p&gt;
+&lt;p&gt;
+ Adhésion SEME.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/53b4-mettre-en-valeur-et-gerer-un-milieu-naturel-h/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
         <v>90762</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Créer une Réserve Naturelle Régionale</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Créer une Réserve Naturelle Régionale</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine
 Commission européenne</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K26" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      Vous êtes un ou plusieurs propriétaire(s), une collectivité, ou une association et vous désirez vous mobiliser pour la biodiversité en protégeant un espace naturel remarquable.
 La Région peut soutenir votre démarche dans le cadre de sa compétence RNR, et vous accompagner pour classer cet espace. Ce classement, d&amp;#039;une durée de 10 ans, a vocation à protéger et à mettre en valeur le patrimoine naturel.
     &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;une démarche encadrée par le
  code de l&amp;#039;environnement
  , ayant pour objectif d&amp;#039;enrayer la perte de biodiversité par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La protection des sites d&amp;#039;intérêt patrimonial fort,
  &lt;/li&gt;
  &lt;li&gt;
   La considération des continuités écologiques au-delà des limites du site,
  &lt;/li&gt;
  &lt;li&gt;
   La création d&amp;#039;un outil de sensibilisation et d&amp;#039;information. La connaissance du grand public est en effet une clé de la protection de la biodiversité.
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -4736,2583 +8121,581 @@
  &lt;/li&gt;
  &lt;li&gt;
   un espace d&amp;#039;information et de sensibilisation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une aide financière est mobilisable pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    en phase amont du classement, pour des compléments nécessaires à l&amp;#039;argumentaire scientifique et/ou pour d&amp;#039;éventuels travaux d&amp;#039;urgence avant l&amp;#039;élaboration du plan de gestion,
   &lt;/li&gt;
   &lt;li&gt;
    après le classement, pour l&amp;#039;élaboration et la mise en œuvre du plan de gestion,
   &lt;/li&gt;
   &lt;li&gt;
    après le classement, des animations ou des aménagements à caractère pédagogique.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Transition énergétique
 Biodiversité</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
  Pour les propriétaires, collectivités ou associations de protection du patrimoine naturel, qui se mobilisent pour la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quels critères de classement ?
  &lt;/strong&gt;
  &lt;/p&gt;&lt;p&gt;
   Voici les principaux critères qui seront évalués lors de l&amp;#039;examen de votre dossier.
  &lt;/p&gt;
  &lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Critères patrimoniaux et fonctionnels
    &lt;/strong&gt;
    :
    il s&amp;#039;agit de la richesse écologique (espèces d&amp;#039;intérêt patrimonial, habitats remarquables ou objets géologiques particuliers) et/ou de la situation au regard des continuités écologiques. L&amp;#039;évaluation des menaces pour la biodiversité, telles que la fragmentation des milieux, les projets d&amp;#039;urbanisation ou la modification de pratiques agricoles sera aussi étudiée.
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Qualité globale du projet
    &lt;/strong&gt;
    :
    Il s&amp;#039;agit de la situation et du contexte local (éléments actuels de connaissance du site (inventaires, études...), implication des acteurs (consensus local, personnes déjà informées, mobilisées...) et situation du site (fragmentation du périmètre, nombre de propriétaires...).
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Critères pédagogiques
    &lt;/strong&gt;
    :
    la Région cherchera à développer dans tout projet de RNR un espace de sensibilisation et d&amp;#039;éducation du public à l&amp;#039;environnement (sites accessibles, riches en éléments pédagogiques, disposant de structures d&amp;#039;accueil ...).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/creer-une-reserve-naturelle-regionale</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 49 55 76 65
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6564-creer-une-reserve-naturelle-regionale/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-[...545 lines deleted...]
-      <c r="G29" s="1" t="inlineStr">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>102631</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de valorisation et de protection de la biodiversité et de réhabilitation d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine Naturel</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ Depuis sa création, la Fondation du patrimoine agit pour rendre la France plus belle et ce en soutenant la restauration et la préservation de tous types de patrimoine. Les habitats naturels, les espèces animales et végétales, les formations géologiques, physiques et biologiques constituent le patrimoine naturel et font partie de notre histoire et de l&amp;#039;identité culturelle de notre pays.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez trouver une aide financière pour mener des
  &lt;strong&gt;
-  Schéma départemental des Espaces naturels Sensibles 2021-2026
+  projets liés à la préservation du patrimoine naturel et la biodiversité
  &lt;/strong&gt;
-&lt;/p&gt;
-[...16 lines deleted...]
- Subvention de fonctionnement : 50%  HT
+ ? Au travers son programme Patrimoine Naturel, la Fondation du patrimoine récompense des actions de réhabilitation d&amp;#039;espaces naturels ayant un impact positif sur la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle mobilise des fonds publics et privés (notamment via le mécénat d&amp;#039;entreprises locales et nationales) pour accompagner ces projets.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M29" s="1" t="inlineStr">
+      <c r="M48" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Inventaires naturalistes, études fonctionnelles
-[...17 lines deleted...]
-  Création d&amp;#039;équipements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public
+  Les
+  &lt;strong&gt;
+   arbres têtards du Marais poitevin
+  &lt;/strong&gt;
+  : préservation et plantation d&amp;#039;une espèce d&amp;#039;arbre emblématique de la Vendée, menacée par les maladies.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Eco-Tig en Provence
+  &lt;/strong&gt;
+  : ensemble de petits chantiers pour préserver la biodiversité réalisé par des personnes sous main de justice.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
-[...4 lines deleted...]
-Paysage
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Espaces protégés ou reconnus au titre du Code de l&amp;#039;Environnement (parc national, réserve naturelle, parc naturel régional, site classé loi de mai 1930, espace « Natura 2000 », espace classé de protection du biotope et terrains des conservatoires d&amp;#039;espaces naturels).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espaces Naturels Sensibles et Espaces remarquables du Littoral régis par le Code de l&amp;#039;Urbanisme.
+ &lt;/li&gt;
+ &lt;li&gt;
+  ZNIEFF (zone naturelle d&amp;#039;intérêt écologique, faunistique et floristique) de type I et II.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+ : les personnes privées peuvent bénéficier de l&amp;#039;aide en cas de convention de gestion avec un organisme associatif ou public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/c/soumettre-un-projet/obtenir-une-aide-financiere/programme-patrimoine-naturel-et-biodiversite/67</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Ne peuvent être présentés au présent dispositif que les sites vendéens au caractère « naturel » ou « semi-naturel » : forêts, landes, zones humides, marais, prairie, dunes, tels qu&amp;#039;identifiés dans le schéma départemental des ENS 2021-2026.
-[...54 lines deleted...]
-  nature&amp;#64;vendee.fr
+ Contactez
+ Michel Doffagne :
+ &lt;a href="mailto:michel.doffagne&amp;#64;fondation-patrimoine.org" rel="noopener" target="_blank"&gt;
+  michel.doffagne&amp;#64;fondation-patrimoine.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>fanny.renaud@fondation-patrimoine.org</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed4f-financer-des-projets-de-valorisation-et-de-pr/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>101582</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Agir pour la biodiversité, l'environnement et les paysages</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nous vous aidons à préserver et valoriser la biodiversité, l&amp;#039;environnement et les paysages en lien avec les agriculteurs et les forestiers de votre territoire. Nous proposons des solutions concertées pour restaurer les écosystèmes, promouvoir les pratiques et renforcer la résilience des territoires tout en conciliant les enjeux environnementaux, économiques et paysagers.&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Agriculture et agroalimentaire
 Biodiversité
 Paysage
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre chambre d&amp;#039;agriculture (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3118-amenager-les-espaces-agricoles-et-forestiers-/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
         <v>101589</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de valorisation et de protection de la biodiversité et de réhabilitation d'espaces naturels sensibles</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Fondation du Patrimoine</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>Vous souhaitez trouver une aide financière complémentaire ou du mécénat pour des projets liés à la préservation du patrimoine naturel et la biodiversité.
 &lt;br /&gt;
 &lt;br /&gt;
 La Fondation du patrimoine vous aide à financer des projets en mobilisant des fonds publics et privés (crowfunding, mécénat d&amp;#039;entreprises locales et nationales). Ces fonds aident à financer des projets à dimension écologique ou naturelle, notamment des travaux de réhabilitation d&amp;#039;espaces naturels, facilitant la reproduction d&amp;#039;espèces animales ou végétales menacées...</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une commune ou une intercommunalité comptant sur son territoire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des espaces protégés ou reconnus au titre du Code de l&amp;#039;Environnement (parc national, réserve naturelle, parc naturel régional, site classé loi de mai 1930, espace « Natura 2000 », espace classé de protection du biotope et terrains des conservatoires d&amp;#039;espaces naturels) ;
  &lt;/li&gt;
  &lt;li&gt;
   des Espaces Naturels Sensibles et Espaces remarquables du Littoral régis par le Code de l&amp;#039;Urbanisme ;
  &lt;/li&gt;
  &lt;li&gt;
   des ZNIEFF (zone naturelle d&amp;#039;intérêt écologique, faunistique et floristique) de type I et II.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://www.fondation-patrimoine.org/c/soumettre-un-projet/obtenir-une-aide-financiere/programme-patrimoine-naturel-et-biodiversite/67</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez la Fondation du patrimoine :
  &lt;a href="https://www.fondation-patrimoine.org/contact" rel="noopener" target="_blank"&gt;
   https://www.fondation-patrimoine.org/contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f1d8-financer-des-projets-de-valorisation-et-de-pr/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...174 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>120965</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les acteurs franciliens qui s’engagent en faveur de la biodiversité à travers un appel à projets dédié</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...7 lines deleted...]
-      <c r="H33" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J33" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L33" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les acteurs ligériens (Région, Etat, Agence de l&amp;#039;eau Loire Bretagne, Office français de la biodiversité, ADEME et AFAC régionale) lancent un appel à projets intitulé « Liger Bocage et Agroforesterie », pour conforter le bocage ligérien et le gérer durablement.
-[...1068 lines deleted...]
- La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
+ La Région et l&amp;#039;Agence régionale de la biodiversité (ARB) soutiennent les acteurs franciliens qui s&amp;#039;engagent en faveur de la biodiversité à travers un appel à projets dédié. L&amp;#039;appel à projets concerne tout le territoire francilien.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est éligible au
  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
   budget participatif écologique de la Région Île-de-France
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O39" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
-[...201 lines deleted...]
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les dépenses en investissement :
  jusqu&amp;#039;à 70% du montant des dépenses subventionnables (subvention max : 200 k€).
 &lt;/p&gt;
 &lt;p&gt;
  Ce plafond pourra être relevé jusqu&amp;#039;à 500 k€ pour soutenir des opérations permettant la restauration de continuités écologiques d&amp;#039;importance régionale identifiées dans le Schéma régional de cohérence écologique (SRCE).
 &lt;/p&gt;
 &lt;p&gt;
  Pour les dépenses en fonctionnement :
  jusqu&amp;#039;à 50% du montant des dépenses subventionnables (subvention max : 20 k€ TTC, bénévolat exclu).
 &lt;/p&gt;
 &lt;p&gt;
  Le taux cumulé des aides publiques aux collectivités ne peut dépasser 70% du montant HT des dépenses en investissement.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appel à projets vise à encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité.
  &lt;br /&gt;
  Si les actions répondant aux critères d&amp;#039;éligibilité peuvent être soutenues, les initiatives s&amp;#039;inscrivant dans 4 thématiques phares seront privilégiées :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Continuités écologiques terrestres
@@ -7347,3182 +8730,975 @@
  &lt;span&gt;
   .
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un comité de programmation, présidé par le vice-président de la Région chargé de l&amp;#039;Écologie, du Développement durable et de l&amp;#039;Aménagement, sera chargé de l&amp;#039;examen des projets. Il associe
  &lt;a href="https://www.arb-idf.fr/" rel="noopener" target="_blank"&gt;
   l&amp;#039;Agence régionale de la biodiversité
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  et les services de la Région, et veille à la qualité des dossiers et à la répartition équilibrée des projets sur le territoire francilien.
 &lt;/p&gt;
 &lt;p&gt;
  Après instruction des dossiers par les services régionaux, l&amp;#039;attribution définitive des aides est votée en commission permanente.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/reconquete-de-la-biodiversite</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   biodiversite&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7912-reconquete-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...866 lines deleted...]
-      <c r="G46" s="1" t="inlineStr">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>104687</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer le fonctionnement écologique de la Loire et de ses annexes hydrauliques</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Contrat pour la Loire et ses annexes</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H46" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le
-[...14 lines deleted...]
- Les demandes de subvention seront analysées à l&amp;#039;aune des 5 axes suivants, détaillés dans le règlement :
+ Dans le cadre de la stratégie Loire 2035 et des différents plans Loire Grandeur Nature, l&amp;#039;objectif est de restaurer dans son ensemble le fonctionnement de la Loire par plusieurs type d&amp;#039;actions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les dimensions du projet : Une envergure métropolitaine
-[...11 lines deleted...]
-  L&amp;#039;économie du projet : Cohérence économique
+  animation, suivi assurés par le Conservatoire d&amp;#039;Espace naturel pays de la Loire et le GIP Loire Estuaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux expérimentaux sur le lit de la Loire (épis,...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux de restauration des boires et annexes hydrauliques de la Loire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet de rehaussement du lit mineur de la Loire à Bellevue.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
-   fondsbiodiversite&amp;#64;metropolegrandparis.fr
+ Les projets doivent s&amp;#039;inscrire dans le programme d&amp;#039;actions identifiés dans le CLA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2015</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La lettre de demande d&amp;#039;aide doit être accompagnée des pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Délibération du maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de financement actualisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification du projet dans le CLA et notice explicative
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° de Siret
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis ou la cas échéant projet au stade APS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Demande de dérogation (s&amp;#039;il y a lieu)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/contrat-pour-la-loire-et-ses-annexes</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
  &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski : 02 28 20 54 73
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M46" s="1" t="inlineStr">
-[...96 lines deleted...]
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1435-contrat-pour-la-loire-et-ses-annexes/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...209 lines deleted...]
-      <c r="G48" s="1" t="inlineStr">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>104561</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la labellisation et la gestion d'espaces naturels d'intérêt régional</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Réserves naturelles régionales</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...774 lines deleted...]
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
+Particulier</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite constituer un réseau régional de sites labellisés en réserve naturelle régionale (RNR) représentatif de la biodiversité complémentaire des outils existants.
+&lt;/p&gt;
+&lt;p&gt;
+ Peuvent être labellisés en Réserve naturelle régionales pour une durée de 12 ans, des espaces naturel, agricole ou forestier présentant une diversité d&amp;#039;espèces et d&amp;#039;habitats naturels remarquables.
+&lt;/p&gt;
+&lt;p&gt;
+ A la demande des propriétaires concernés, la Région attribue ce label et apporte un soutien financier à des territoires mobilisés autour d&amp;#039;un projet partagé  (plan de gestion sur 6 ans et réglementation applicable) par les acteurs locaux et la communauté scientifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de RNR, l&amp;#039;aide financière régionale est de 50% maximum du coût des études indispensables à la constitution du dossier de candidature à la labellisation RNR : diagnostic puis programme d&amp;#039;actions. L&amp;#039;aide est conditionnée au respect du guide méthodologique des plans de gestion de réserves naturelles.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention doit alors comporter la demande du ou des propriétaires de labellisation de leurs terrains en RNR ainsi qu&amp;#039; un budget prévisionnel et un plan de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les sites labellisés en réserve naturelle régionale, la Région soutient la mise en oeuvre du plan de gestion jusqu&amp;#039;à 40% du coût des opérations (aide portée à 50% pour les gestionnaires privés). L&amp;#039;animation et le suivi administratif du plan de gestion peuvent être financés à hauteur maximum de 2 500 € par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Une convention de 3 ans formalise le montant maximum de l&amp;#039;aide régionale et les conditions de mise en oeuvre du partenariat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité
+International
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>22/12/2021</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de constitution des dossiers relatifs aux Réserves naturelles régionales sont précisées au sein du règlement d&amp;#039;intervention. Les dépôts s&amp;#039;effectuent au fil de l&amp;#039;eau et sur la base d&amp;#039;éléments validés par les acteurs locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/reserves-naturelles-regionales</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_RNR/depot/simple</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Biodiversité et littoral
+&lt;/p&gt;
+&lt;p&gt;
+ Cyril Bellouard
+ &lt;br /&gt;
+ 0228205445
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ebf5-reserves-naturelles-regionales/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>120964</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Réserver, restaurer et valoriser les milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Eau et milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
 Recherche</t>
         </is>
       </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bailleurs sociaux publics ou privés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Universités et organismes de recherche,établissements d&amp;#039;enseignement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toute autre personne publique, para publique ou privée intervenant dans le cadre d&amp;#039;une maîtrise d&amp;#039;ouvrage déléguée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Contrats Trame Verte et Bleue
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;assistance technique à l&amp;#039;élaboration et au suivi des contrats : jusqu&amp;#039;à 40% du montant HT des dépenses en investissement, plafonné à 80 k€.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et ingénierie territoriale pour la préparation et la mise en œuvre des contrats : jusqu&amp;#039;à 50% des dépenses de fonctionnement, plafonné à 40 k€/an.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges :
+ &lt;/span&gt;
+ &lt;span&gt;
+  jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 400 000€).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtrise à la source des ruissellements et désimperméabilisation :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 400 000€).
+&lt;/p&gt;
+&lt;p&gt;
+ Mesures alternatives à l&amp;#039;usage des produits phytosanitaires :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 100 000€).
+&lt;/p&gt;
+&lt;p&gt;
+ Récupération des eaux de pluie :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 100 000€).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et animations visant la mise en place de Contrats Trame Verte et Bleue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges, dont les opérations concourant à la maîtrise du risque d&amp;#039;inondation par débordement de cours d&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs paysagers concourant à la maîtrise à la source des ruissellements, à l&amp;#039;adaptation au changement climatique et à la biodiversité (désimperméabilisation des sols, végétalisation de la ville, gestion alternative des eaux pluviales...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mesures alternatives à l&amp;#039;usage des produits phytosanitaires pour la protection des milieux aquatiques, de la biodiversité et des personnes (diagnostics et plans de gestion différenciée, acquisition de matériels...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements permettant la récupération des eaux sur bâtiments publics et aménagements associés pour l&amp;#039;arrosage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats peuvent déposer leur dossier en permanence sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+ Dans le cadre de l&amp;#039;élaboration de leurs projets et en amont du dépôt de candidature, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/eau-et-milieux-aquatiques-et-humides</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  eau-tramevertetbleue&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0586-eau-et-milieux-aquatiques-et-humides/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>165476</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pour acquisition de connaissances naturalistes</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'acquisition de connaissances naturalistes</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 50 %.</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;u&gt;Contexte&lt;/u&gt; : Les acteurs publics et privés doivent s&amp;#039;engager dans une démarche de décarbonation, encadrée de manière réglementaire par le Green Deal Européen et la Stratégie Nationale Bas Carbone , qui vise notamment à réduire les émissions de GES de 40% d&amp;#039;ici 2030 (vs. 1990) et à doubler nos puits de carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Méthodologie&lt;/u&gt; : Une fois que les acteurs publics et privés ont réalisé leur 1er Bilan Carbon, ils entament des actions de réduction de leur empreinte mais font face à des émissions résiduelles tous les ans. Réduire certaines émissions peut prendre du temps : absence de technologie, mobilisation des parties prenantes, etc. Cependant, il existe une solution temporaire en face de ces émissions résiduelles afin de contribuer à la neutralité carbone : La contribution carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Dispositif&lt;/u&gt; : Les acteurs peuvent financer des projets qui vont permettre de réduire ou de séquestrer des émissions de GES ailleurs en France ou à l&amp;#039;étranger. Ces projets vont permettre de réduire les émissions de CO2e globalement et vont présenter de nombreux autres avantages socio-économiques et de biodiversité en fonction du projet. Par leur action, ces acteurs recevront des crédits carbone, qu&amp;#039;ils pourront valoriser, au titre de leur engagement envers la neutralité mondiale, en complément de toutes les actions de réduction préalablement engagées.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Aide&lt;/u&gt; : LEYTON vous accompagne dans la recherche de ces projets au plus proche de vos territoires, de votre activité, de vos enjeux, ou de vos valeurs afin de maximiser votre impact stratégique, extra-financier, climatique, environnemental et social avec une communication maîtrisée et légitime.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;&lt;span&gt;En France :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration de forêts incendiés,&lt;/li&gt;&lt;li&gt;Conversion de friches en forêts,&lt;/li&gt;&lt;li&gt;Changement de pratiques agricoles (intrants, couvert contenu, alimentation des bovins, etc.) pour accompagner la transition agro-écologique,&lt;/li&gt;&lt;li&gt;Diversification de pratiques agricoles (vergers)...&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;-  Inventaires naturalistes, suivis d’espèces ou d’habitats, cartographies de végétation ;&lt;/p&gt;&lt;p&gt;-  Site Natura 2000 : inventaires hors espèces et habitats ciblés dans les DOCOB – uniquement sur les 13 sites prioritaires identifiés dans le SDENS ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;-  Outils de valorisation et de partage des données (bases de données, sites Internet, observatoire, recueil écrit).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N55" s="1" t="inlineStr">
         <is>
-          <t>Assainissement des eaux
-[...7 lines deleted...]
-Réduction de l'empreinte carbone</t>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R55" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Aucun critère&lt;/p&gt;</t>
+          <t>&lt;p&gt;-   Sites ENS actuels opérationnels ;&lt;/p&gt;&lt;p&gt;-   Nouveaux sites ENS prioritaires au titre du SDENS.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U55" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Haute-Loire</t>
         </is>
       </c>
       <c r="V55" s="1" t="inlineStr">
         <is>
-          <t>https://leyton.com/fr/progres-environnemental/contribution-carbone-volontaire/</t>
+          <t>https://www.hauteloire.fr/</t>
         </is>
       </c>
       <c r="X55" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Aurélie BARBOTIN - Mylène OBONE - Marc LA ROSA&lt;/p&gt;&lt;p&gt;carbonevolontaire&amp;#64;leyton.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y55" s="1" t="inlineStr">
         <is>
-          <t>pdeniau@leyton.com</t>
+          <t>sea@hauteloire.fr</t>
         </is>
       </c>
       <c r="Z55" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-a-des-projets-de-reduction-et-de-sequestration-de-carbone-pour-participer-a-lobjectif-de-neutralite-carbone/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-lacquisition-de-connaissances-naturalistes/</t>
         </is>
       </c>
       <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:27" customHeight="0">
       <c r="A56" s="1">
-        <v>164241</v>
+        <v>165474</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Protéger et restaurer les espaces naturels</t>
-[...4 lines deleted...]
-          <t>Fonds vert - Édition 2025</t>
+          <t>Accompagner la coordination de programmes de préservation d'espèces ou d'habitats cibles</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la coordination de programmes de préservation d'espèces ou d'habitats cibles</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
-[...6 lines deleted...]
-Agences de l'eau</t>
+          <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...1 lines deleted...]
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...1 lines deleted...]
-Entreprise privée</t>
+Association</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 50 %.</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;⚠️ &lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
-[...7 lines deleted...]
-&lt;p&gt;Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Mettre en œuvre la stratégie nationale pour les aires protégées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Contribuant à la réussite de la SNB 2030, la stratégie nationale pour les aires protégées 2030 (SNAP 2030) adoptée en janvier 2021 et annoncée par le Président de la République, constitue la feuille de route de la politique nationale en matière d’aires protégées.&lt;/p&gt;&lt;p&gt;La SNAP poursuit l’objectif de &lt;strong&gt;développer un réseau d’aires protégées efficace, cohérent, résilient, intégré et pérenne, sur l’ensemble du territoire&lt;/strong&gt; (à terre comme en mer). La stratégie doit accompagner la mise en œuvre d’une gestion efficace et adaptée de ce réseau et y garantir la compatibilité des usages avec les enjeux écologiques. Elle porte encore des objectifs sur le renforcement de la coopération internationale et le rôle des aires protégées en matière de connaissance sur la biodiversité. &lt;/p&gt;&lt;p&gt;La SNAP 2030 établit la cible de&lt;strong&gt; couverture d’ici 2030 d’au moins 30% du territoire national et des eaux maritimes sous juridiction ou souveraineté par un réseau d’aires protégées et 10% par des zones de protection forte bien gérées.&lt;/strong&gt; A ce jour, 4,2% du territoire national est en protection forte, tandis que l’objectif de 30% est dépassé (33%).&lt;/p&gt;&lt;p&gt;Pour permettre l’atteinte des objectifs de la SNAP, le fonds vert soutient en particulier les projets qui permettront d’augmenter le nombre d’aires protégées reconnues en protection forte, d’étendre leur surface et de contribuer à la restauration des écosystèmes dans les aires protégées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Restaurer les écosystèmes terrestres et marins dégradés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds vert doit permettre de &lt;strong&gt;mettre en œuvre des projets de restauration des écosystèmes terrestres et marins dégradés, en application du règlement européen Restauration, adopté en 2024.&lt;/strong&gt;&lt;/p&gt;</t>
+          <t>-  Investissement matériel (matériel de prospection et d’analyse en lien direct avec l’objet de l’opération) ;&lt;p&gt;&lt;br /&gt;-  Dépenses de fonctionnement (salaires, déplacements, actions de communication, éditions, etc.).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N56" s="1" t="inlineStr">
         <is>
-          <t>Forêts
-[...4 lines deleted...]
-Milieux humides
+          <t>Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
-          <t>Récurrente</t>
-[...9 lines deleted...]
-          <t>15/12/2025</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R56" s="1" t="inlineStr">
         <is>
-          <t>&lt;h4&gt;
-[...7 lines deleted...]
-&lt;p&gt;Le fonds est destiné à financer ou co-financer, pour les sous-mesures détaillées au paragraphe 2.3 du cahier d&amp;#039;accompagnement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des subventions d’ingénierie et d’études préalables à la conception des projets ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;des subventions d’investissements permettant la mise en œuvre concrète des solutions identifiées ci-dessus.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’appui financier aux projets, le fonds vert peut financer des prestations d’ingénierie (en régie ou externe) pour les porteurs de projets qui en ont besoin afin de faciliter la mise en œuvre de projets financés par cette mesure du fonds vert. Par ailleurs, la mesure ingénierie du fonds vert peut aider les porteurs de projet à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie.&lt;/p&gt;&lt;p&gt;Les demandes de subventions de fonctionnement ou d’animation des structures, et de subventions aux actions de connaissance dans le cadre de la mise en œuvre des politiques traitées par le présent cahier d’accompagnement, ainsi que les financements relatifs à l’animation et à la concertation pour l’émergence de projets relèvent d’un financement budgétaire classique. Elles ne sont donc pas éligibles à la présente mesure du Fonds vert. Le cas échéant, une action de connaissance ou d’animation peut être éligible au Fonds Vert, si elle s’intègre dans un projet comprenant une mise en œuvre concrète de solution. Les acteurs concernés sont invités à se rapprocher de la Direction (régionale) de l’environnement, du logement et de la nature ou de la Direction départementale des territoires (et de la mer) qui l’orientera vers l’interlocuteur compétent.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles au fonds vert les opérations de simple mise en conformité à une obligation réglementaire nationale déjà existante, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. &lt;/p&gt;&lt;p&gt;Le fonds pourra subventionner uniquement les opérations allant au-delà de ces obligations réglementaires nationales existantes, y compris en utilisant les obligations réelles environnementales (ORE).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées.&lt;/p&gt;</t>
+          <t>-  Espèces relevant d’un Plan National d’Actions – déclinaison régionale,&lt;p&gt;&lt;br /&gt;-  Espèces relevant d’un Plan Régional de Conservation d’Espèces ou d’Habitats,&lt;br /&gt;&lt;br /&gt;-  Espèces et habitats prioritaires ciblés par le SDENS.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="T56" s="1" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U56" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Haute-Loire</t>
         </is>
       </c>
       <c r="V56" s="1" t="inlineStr">
         <is>
-          <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert_Proteger-restaurer-les-espacesnaturels_Cahier-accompagnement.pdf</t>
-[...4 lines deleted...]
-          <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
+          <t>https://www.hauteloire.fr/</t>
         </is>
       </c>
       <c r="X56" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;⚠️ &lt;strong&gt;&lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y56" s="1" t="inlineStr">
         <is>
-          <t>romeo.miara@developpement-durable.gouv.fr</t>
+          <t>sea@hauteloire.fr</t>
         </is>
       </c>
       <c r="Z56" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/proteger-et-restaurer-les-espaces-naturels-15/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-coordination-de-programmes-de-preservation-despeces-ou-dhabitats-cibles/</t>
         </is>
       </c>
       <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:27" customHeight="0">
       <c r="A57" s="1">
-        <v>164246</v>
+        <v>165472</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Réduire les pressions sur la biodiversité de votre territoire</t>
-[...4 lines deleted...]
-          <t>Fonds vert - Édition 2025</t>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
-[...6 lines deleted...]
-Agences de l'eau</t>
+          <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
-        <is>
-[...140 lines deleted...]
-      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J58" s="1" t="inlineStr">
+      <c r="J57" s="1" t="inlineStr">
         <is>
           <t>Part limitée à 30 % max. du projet, taux au prorata du temps consacré aux prospections concernant la Haute-Loire.</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>-  Investissement matériel (matériel de prospection et d’analyse en lien direct avec l’objet de l’opération).&lt;p&gt;&lt;br /&gt;-  Dépenses de fonctionnement (salaires, déplacements, actions de communication, éditions, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;-   Dimension régionale de la démarche.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT) &lt;/p&gt;&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
 &lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
  &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
   jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email : &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-un-atlas-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-[...519 lines deleted...]
-      <c r="A63" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>94680</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Financer les diagnostics de territoire et études préalables aux investissement de réemploi, réparation et réutilisation</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I63" s="1" t="inlineStr">
+      <c r="I58" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide - « Diagnostic de territoire ou d&amp;#039;étude préalable à un investissement de réemploi, réparation et réutilisation », mis en place par l&amp;#039;ADEME
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  v
  ous souhaitez connaître le potentiel d&amp;#039;une filière de réemploi, réparation et réutilisation sur votre territoire ou étudier la faisabilité d&amp;#039;une installation de collecte, de remise en état ou de réparation d&amp;#039;objets ou matériaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  Structure impliquée dans l&amp;#039;économie circulaire :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Collectivités et entreprises (y compris fédérations nationales ou régionales),
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
@@ -10531,194 +9707,334 @@
   &lt;/li&gt;
   &lt;li&gt;
    Associations,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Chambres de commerce et de métiers...
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Accompagnement :
  &lt;/strong&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les taux d&amp;#039;aide maximum peuvent varier de 50 % à 70 %,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Plafond de l&amp;#039;assiette des dépenses éligibles : 50 000 à 100 000 €.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M63" s="1" t="inlineStr">
+      <c r="M58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Actions éligibles :
  &lt;br /&gt;
  1/ Diagnostics de territoires,
  &lt;br /&gt;
  2/ Études d&amp;#039;opportunité ou de faisabilité d&amp;#039;un projet d&amp;#039;équipement :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Atelier de réparation au sein d&amp;#039;une recyclerie,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Création de nouvelles recyclerie,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Développement d&amp;#039;activités spécifiques de réemploi, notamment liées aux futures filières REP,
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  3/ Étude d&amp;#039;accompagnement de projets.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie sociale et solidaire
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Réalisation des études par un prestataire indépendant et spécialisé dans l&amp;#039;économie circulaire,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Respect du cahier es charges « Étude de faisabilité pour l&amp;#039;implantation d&amp;#039;une recyclerie.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dun-diagnostic-territoire-detude-prealable-a-investissement-reemploi</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez l&amp;#039;ADEME via leur
  &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;510" rel="noopener" target="_blank"&gt;
   formulaire en ligne
  &lt;/a&gt;
  pour en savoir plus sur ce dispositif
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0e5a-aider-au-diagnostic-de-territoire-ou-detude-p/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>92590</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les aménagements paysagers et la nature en ville – Volet « Planter 50 000 arbres en Vaucluse »</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>Valeur de la subvention en nature : plafonnée à 15 000 € par projet</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Subvention en nature sous forme de fourniture de végétaux pour les aménagements paysagers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;espaces publics : Parcs, jardins, abords de bâtiments, équipements sportifs et de loisirs (création, agrandissement, renouvellement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations d&amp;#039;alignement de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation et valorisation d&amp;#039;espaces délaissés (naturels ou périurbains)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies champêtres en milieu rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de ripisylves et de zones humides
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Biodiversité
+Paysage
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Précisions bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de collectivités territoriales 
+Un dossier éligible par collectivité tous les 3 ans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/espaces-naturels-sensibles-biodiversite-et-paysages/la-preservation-des-paysages-vauclusiens/favoriser-la-nature-en-ville-1609.html</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2946-favoriser-les-amenagements-paysagers-et-la-na/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>58398</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Financer la préservation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Seine Normandie Agglomération (SNA)</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I64" s="1" t="inlineStr">
+      <c r="I60" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes une commune, un agriculteur, une société à objet agricole, une entreprise ou une associative environnementale de Seine Normandie Agglomération et vous souhaitez vous investir pour conserver ou réimplanter la biodiversité sur votre territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Alors, adhérez à notre dispositif Patrimoine naturel !
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aujourd&amp;#039;hui, le patrimoine naturel est en danger et subit de fortes pressions, et malgré les efforts récents pour reconstituer nos paysages, il reste beaucoup à faire, nous devons poursuivre dans cette dynamique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Alors, replantons !
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du dispositif patrimoine naturel, Seine Normandie Agglomération cherche à financer des projets permettant de participer à l&amp;#039;atteinte des grands objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Continuités écologiques et biodiversité :
   &lt;/strong&gt;
@@ -10839,177 +10155,1939 @@
   &lt;li&gt;
    Certifier l&amp;#039;exactitude des renseignements indiqués dans la demande de subvention ;
   &lt;/li&gt;
   &lt;li&gt;
    Ne pas avoir commencé les travaux à la date de demande de subvention (et ne pas les commencer avant la réception d&amp;#039;une dérogation et/ou du courrier d&amp;#039;attribution de la subvention) ;
   &lt;/li&gt;
   &lt;li&gt;
    Accepter l&amp;#039;ouverture ponctuelle de la parcelle où est réalisé le projet au personnel de SNA (animations grand public, inventaire, ...) ;
   &lt;/li&gt;
   &lt;li&gt;
    Autoriser SNA à la diffusion et à l&amp;#039;utilisation de l&amp;#039;image et des photographies du projet ;
   &lt;/li&gt;
   &lt;li&gt;
    Entretenir et gérer la réalisation en « bon père de famille » pendant 10 ans au minimum.
   &lt;/li&gt;
   &lt;li&gt;
    En cas de non-respect de ces obligations/engagements , le bénéficiaire de la subvention devra reverser les sommes perçues.
   &lt;/li&gt;
   &lt;li&gt;
    En cas de vente du terrain où est situé le projet , le nouveau propriétaire devra s&amp;#039;engager à poursuivre le projet. En cas de non-respect, la subvention versée au bénéficiaire devra être remboursée au prorata des années de mise en œuvre (10 ans minimum d&amp;#039;exploitation).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T64" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>CA Seine Normandie Agglomération</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.sna27.fr/wp-content/uploads/2021/09/DISPOSITIF-PATRIMOINE-NATUREL-VERSION-DEFINITIVE.pdf</t>
         </is>
       </c>
-      <c r="W64" s="1" t="inlineStr">
+      <c r="W60" s="1" t="inlineStr">
         <is>
           <t>http://www.sna27.fr/mesdemarches/nouvellesdemarches</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Laurence DESVIGNES
 &lt;/p&gt;
 &lt;p&gt;
  Chargée de mission Biodiversité - SNA
 &lt;/p&gt;
 &lt;p&gt;
  ldesvignes&amp;#64;sna27.fr
 &lt;/p&gt;
 &lt;p&gt;
  06 33 86 01 48 ou 02 76 48 02 73
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  www.sna27.fr/mesdemarches/nouvellesdemarches (dalle orange)
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>ncaroff@sna27.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c6e-aider-au-financement-du-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>161804</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une mission d'assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans votre opération de préservation et restauration des milieux aquatiques.</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une mission d'assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans votre opération de préservation et restauration des milieux aquatiques.</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la conception de votre opération de préservation et restauration des milieux aquatiques (jusqu&amp;#039;à la validation de l’Avant-Projet (AVP) :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement pour la consultation et le choix des prestataires intellectuels intervenant dans la réalisation des études (levé topographique, étude de sols, coordination SPS, contrôle technique, …),&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et le choix d’une équipe de maitrise d’œuvre,&lt;/li&gt;&lt;li&gt;Conseil et assistance au pilotage de la mission de maitrise d’œuvre et des autres missions de Prestations intellectuelles,&lt;/li&gt;&lt;li&gt;Conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-une-mission-dassistance-a-maitrise-douvrage-amo-pour-vous-accompagner-dans-votre-operation-de-preservation-et-restauration-des-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>163793</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les zones humides</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Pyrénées Orientales</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;De part 
+les nombreuses fonctions qu’elles assurent, les zones humides se 
+trouvent à la croisée des enjeux liés à la protection de la ressource en
+ eau et des espaces naturels. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Afin de préserver ces milieux fragiles et 
+sous pression, le Département des Pyrénées-Orientales peut financer des études ou plans de 
+gestion, des travaux de protection ou restauration et des opérations 
+d’acquisitions foncières. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour faciliter ces dernières, il peut 
+également mettre à disposition des collectivités son outil foncier relatif aux Zones de préemption au titre des espaces naturels sensibles (ZPENS).&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Études, travaux, outils de communication/sensibilisation, acquisitions foncières.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Biodiversité
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;EPCI, communes, associations, fondations reconnues d’utilité publique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Pyrénées-Orientales</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://portail-collectivites66.fr/aap/politique-departementale-en-matiere-de-preservation-des-zones-humides/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable mission Biodiversité&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>vanessa.amiel@cd66.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-zones-humides/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>161803</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la prise de décision d’engager ou non la réalisation une opération de préservation et restauration des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision d’engager ou non la réalisation une opération de préservation et restauration des milieux aquatiques.</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération pour la gestion des milieux aquatiques :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Diagnostic environnemental, levé topo, Simulation hydraulique, …),&lt;/li&gt;&lt;li&gt;Établissement de relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;Étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-preservation-et-restauration-des-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>161805</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une mission d'assistance à maitrise d’ouvrage (AMO) pour votre opération de préservation et de restauration des milieux aquatiques jusqu'à l'achèvement des travaux</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une mission d'assistance à maitrise d’ouvrage (AMO) pour votre opération de préservation et restauration des milieux aquatiques jusqu'à l'achèvement des travaux</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation et le suivi de votre opération de gestion des milieux aquatiques :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseil et assistance au pilotage de la mission de maitrise d’oeuvre et des autres missions de Prestations intellectuelles,&lt;/li&gt;&lt;li&gt;Conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;L’assistance apportée par Aveyron Ingénierie peut débuter dès le démarrage de la phase de réalisation du Projet (PRO) et durer, en fonction des besoins, jusqu’à l’expiration de la période de garantie de parfait achèvement des travaux.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y64" s="1" t="inlineStr">
         <is>
-          <t>ncaroff@sna27.fr</t>
+          <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
       <c r="Z64" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/9c6e-aider-au-financement-du-patrimoine-naturel/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-une-mission-dassistance-a-maitrise-douvrage-amo-pour-votre-operation-de-preservation-et-restauration-des-milieux-aquatiques-jusqua-lachevement-des-travaux/</t>
         </is>
       </c>
       <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:27" customHeight="0">
       <c r="A65" s="1">
+        <v>163238</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les actions en faveur du Plan départemental des itinéraires de promenade et de randonnée (PDIPR)</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 200 000 € HT pour les études et les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+Aujourd’hui, l’adaptation des
+territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
+des espaces et des activités humaines. C’est pourquoi, le
+Département souhaite faciliter l’émergence de projets locaux par
+la mobilisation de moyens techniques et financiers adaptés aux
+attentes des territoires sur les thématiques liées à la transition
+écologique (restauration et préservation des milieux naturels et
+aquatiques, plantations de végétaux, gestion des eaux pluviales) et
+aux mobilités douces (plan départemental des itinéraires de
+promenade et de randonnée, développement de la mobilité à
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Il a par ailleurs, depuis plus de 30 ans, la gestion du Plan
+départemental des Itinéraires de Promenade et de Randonnée.
+Représentant une offre de plus de 220 circuits (pédestre, équestre
+et VTT) et 3 000 km de chemins balisés, le PDIPR doit répondre aux
+nouvelles attentes des Euréliens et des touristes.&lt;/p&gt;&lt;p align="justify"&gt;Les actions en faveur du PDIPR ont pour objectifs de protéger les chemins ruraux, de recenser les chemins ouverts à la pratique de la randonnée (pédestre, équestre, VTT), favorisant ainsi la création d&amp;#039;itinéraires touristiques et de promenades.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes d&amp;#039;aménagement ou de valorisation
+	de circuits,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Travaux de création/amélioration
+	d’itinéraires de randonnée (débroussaillage, élagage, fauchages manuels ou mécaniques, travaux d’abattages et débitages
+		d’arbres sur le tracé, travaux de terrassement, de protection ou
+		de soutènement)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Travaux et aménagements visant la
+	protection de la biodiversité et des paysages aux abords du
+	sentier (restauration des continuités
+		écologiques, mise en valeur et requalification
+		paysagères des sentiers et de leurs abords, opération de réduction des pollutions
+		dont la pollution lumineuse, désartificialisation, remplacement des
+		matériaux « en dur » par des matériaux naturels).&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;Opérations
+	ou travaux nécessaires à la continuité ou à la sécurité du
+	cheminement, autres que l’entretien courant : réouverture de
+	chemin, passerelles, caillebotis, mains courantes, aménagements
+	permettant l’adaptation pour l’accès aux personnes à mobilité
+	réduite, clôtures…,&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Fourniture et pose de balisage et/ou
+	signalétique : poteau, lame, bagues, panneau danger, panneau
+	d’information départs…&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Mobilier
+	d’accueil du public : bancs, tables de pique-nique, totem de
+	départ …,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Communication
+	et valorisation du patrimoine à proximité, présent le long de
+	l’itinéraire : fourniture et pose de table d’orientation,
+	pupitre de lecture, panneau pédagogique, etc.&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Acquisition foncière nécessaire à la
+	création, l’amélioration ou le maintien de la continuité d’un
+	itinéraire de randonnée et/ou à la réalisation d’aménagements
+	au long d’un itinéraire de randonnée.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Les opérations finançables doivent
+permettre de développer la pratique de la randonnée (pédestre,
+équestre et en VTT) sur chemins et de les protéger&lt;/font&gt;&lt;del&gt;&lt;font face="Arial, serif"&gt;
+&lt;/font&gt;&lt;/del&gt;&lt;font face="Arial, serif"&gt;(PDIPR).&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour
+cela, elles feront l’objet d’une étude et/ou d’un travail de
+concertation avec les partenaires locaux experts de la randonnée&lt;/font&gt;
+&lt;font face="Arial, serif"&gt;et le référent randonnées du
+Département.&lt;/font&gt;&lt;font face="Arial, serif"&gt; Ceux-ci pourront
+conseiller et apporter un appui technique pour préciser et affiner
+le projet et ses modalités de réalisation.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le
+projet devra s’appuyer sur des chemins ruraux déjà inscrits ou à
+inscrire au Plan départemental des Itinéraires de promenade et de
+randonnée d’Eure-et-Loir&lt;/font&gt; &lt;font face="Arial, serif"&gt;et
+affectés à la randonnée non motorisée.&lt;/font&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Afin de garantir le bon usage de la
+subvention qui pourra être accordée, le Conseil départemental
+préconise de se référer aux guides nationaux et/ou recommandations
+des partenaires locaux experts des différentes pratiques (CDRP 28
+pour le pédestre, CDE 28 pour l’équestre et FFCT pour le VTT).&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-les-actions-en-faveur-du-plan-departemental-des-itineraires-de-promenade-et-de-randonnee-pdipr/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>163878</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette
+délibération présente les principes d’intervention et les objectifs de l’Agence
+dans le domaine de la restauration écologique des milieux naturels et du
+littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
+d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
+une approche globale à l’échelle du cycle de l’eau, tenant compte du
+fonctionnement écologique des milieux naturels. Les actions conduites ont pour
+ambition notamment d’améliorer l’état écologique des eaux de surface et de
+contribuer à la préservation et la restauration de la biodiversité. L’approche
+vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
+physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
+d’eau, milieux humides et non humides) et leur biodiversité, et le
+rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
+(ruissellement et gestion des eaux pluviales « à la source », débordement de
+cours d’eau, limitation des flux de matières en suspension et du colmatage des
+cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
+Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
+la Biodiversité », l’objectif visé est également de faciliter la prise en
+compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
+les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
+d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
+de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
+riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
+accompagner les maîtrises d’ouvrage des opérations de rétablissement des
+continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
+écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
+d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
+végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
+douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
+milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau est susceptible
+d’attribuer une participation financière aux opérations respectant les
+conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
+qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
+écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
+déclarées et respectent les prescriptions administratives afférentes ou, à
+défaut, le dossier visant à l’obtention de ces éléments est en cours
+d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
+plus précisément les conditions particulières sont précisées en détail dans la
+délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
+cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
+colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
+d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
+d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>163894</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+ÉcoQuartier
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Agences de l'eau
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W67" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>163874</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Gérer l'eau et la nature dans les villes et les villages</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
+entraîné une artificialisation des zones urbanisées altérant durablement les
+fonctions écologiques des sols urbains, en particulier leurs fonctions
+hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
+le plus souvent par une imperméabilisation qui constitue la forme la plus
+sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
+naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
+l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
+corolaire un accroissement des ruissellements urbains, quasi-systématiquement
+gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
+inondations et des impacts plus ou moins significatifs sur la qualité des
+milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
+60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
+sont rejetés sans traitement au droit des déversoirs d’orage directement dans
+les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
+la vie présente dans ces sols et leur capacité à être supports de biodiversité,
+les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
+plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
+les capacités de stockage de carbone dans les sols sous forme de matière
+organique, facteur d’atténuation du dérèglement climatique, mais aussi de
+réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
+par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
+au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
+l’expression de leurs services écosystémiques, en repensant la place de l’eau
+et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
+constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
+Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
+Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
+première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
+titre de la présente délibération visent à impulser et accompagner la
+nécessaire transformation des modes d’aménagement urbain, de tendre vers un
+urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
+l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
+dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
+habitants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
+en améliorant leur état initial par la création de nouveaux espaces de nature
+en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité sont
+précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
+village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>163880</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Etude, recherche, innovation et connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
+délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
+L’acquisition, le transfert et la valorisation
+de connaissances (études générales, recherchedéveloppement, prospective et
+innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
+ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
+nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
+changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
+l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
+La création et la gestion de réseaux de
+surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
+ressources en eau superficielles et souterraines, des usages et des pressions
+qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
+(qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
+et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
+complémentaires qui permettent de renforcer les programmes de surveillance de
+la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
+aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
+de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
+le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
+définies dans la lettre de cadrage du ministère avec pour objectif principal
+l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
+spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
+l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
+Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+International
+Industrie
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P69" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
+prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>117637</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Créer de nouveaux espaces de nature et liaisons</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Stratégie nature</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objet de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Financer au cas par cas tout maitre d&amp;#039;ouvrage qui contribuerait à l&amp;#039;objectif de connexion des alto séquanais à la nature, par la végétalisation d&amp;#039;espace de plus de 5000 m2 ou de liaisons vertes permettant de liées différents espaces de nature existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  But :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre chaque habitant des Hauts de Seine à moins de 15 minutes à pied d&amp;#039;un espace de nature et le connecter à une trame éco paysagère de plus de 3.300 hectares de parcs, jardins, promenades et forêts.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Principes d&amp;#039;actions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer de nouveaux espaces et liaisons. Acquérir, aménager, accueillir, entretenir, rénover, valoriser sont les verbes forts de la stratégie du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des ilots de verdure et de fraicheur en valorisant les délaissés et autres interstices urbains
+ &lt;/li&gt;
+ &lt;li&gt;
+  Générer des partenariats pour étendre son action et créer de nouvelles opportunités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser les espaces de nature pour leur contribution positive aux enjeux de bien-être en ville, de santé humaine, de protection de la biodiversité et d&amp;#039;adaptation au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Biodiversité
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Présence connue d&amp;#039;habitat remarquable (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de flore remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de faune remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ou continuité identifié dans le SRCE ou une trame verte et bleue locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétation ayant une bonne fonctionnalité écologique (différentes strates, diversité d&amp;#039;espèces, rusticité, habitat et nourriture pour la faune...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sol vivant, peu ou pas perturbé et perméable sur au moins les 2/3 du site &amp;#43; gestion du ruissellement urbain ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ouvert au public, pour les loisirs et sports de plein air, pour la promenade et la détente, pour des activités culturelles et de reconnexion à la nature de plus de 5000 m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualité paysagère contribuant à l&amp;#039;identité du lieu et au patrimoine de la localité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace de fraicheur en été (lutte contre les îlots de chaleur urbain)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>http://www.hauts-de-seine.fr/la-strategie-departementale-des-espaces-de-nature</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lionel Lecoeur :
+ &lt;a href="mailto:llecoeur&amp;#64;hauts-de-seine.fr" rel="noopener" target="_blank"&gt;
+  llecoeur&amp;#64;hauts-de-seine.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>llecoeur@hauts-de-seine.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e81-creer-de-nouveaux-espaces-de-nature-et-liaiso/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>120974</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l’effondrement de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine naturel et biodiversité</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l&amp;#039;effondrement de la biodiversité, et apporter un soutien financier à des projets d&amp;#039;éco-rénovation du patrimoine bâti, et de protection du patrimoine naturel, des espaces naturels terrestres, aquatiques et maritimes.
+ &lt;br /&gt;
+ 3 champs d&amp;#039;action :
+ &lt;br /&gt;
+ • Patrimoine bâti plus vert
+ &lt;br /&gt;
+ • Biodiversité, parcs et jardins
+ &lt;br /&gt;
+ • Espaces naturels, littoraux et biodiversité
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de préservation, de sauvegarde ou de restauration de biens bâtis d&amp;#039;intérêt patrimonial, d&amp;#039;espaces naturels ou accueillant de la biodiversité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bourgogne-Franche-Comté
+ &lt;br /&gt;
+ • 14 rue Violet
+ &lt;br /&gt;
+ 25000 Besançon
+ &lt;br /&gt;
+ 03 81 47 95 14
+ &lt;br /&gt;
+ bfcbesancon&amp;#64;fondation-patrimoine.org
+ &lt;br /&gt;
+ • 88 rue Jean-Jacques Rousseau
+ &lt;br /&gt;
+ BP 25 105 21051 DIJON CEDEX Dijon
+ &lt;br /&gt;
+ 03 80 43 97 19
+ &lt;br /&gt;
+ bfcdijon&amp;#64;fondation-patrimoine.org
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>sylviane.philippe@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acf8-valoriser-les-bonnes-pratiques-pour-repondre-/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>116529</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Reconquérir la continuité écologique</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Effacement ou arasement de radier, de seuil et autre ouvrage dans les cours d’eau ; amélioration ou création de dispositif de franchissement pour la faune aquatique (passe à poisson, …), …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont exclus les ouvrages de chantier, temporaires, fusibles, la démolition d’ouvrage entrant dans le cadre d’opération plus globale d’amélioration de la circulation routière, l’enlèvement de matériaux meubles, le curage, les actions en lien direct et substantiel avec les inondations ou la protection des biens et des personnes, les actions récurrentes d’entretien…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/92cb-copie-06h28-planifier-la-preservation-de-la-b/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>101344</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Aménager les Espaces Naturels Sensibles (ENS) délégués</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>ENS délégués</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I65" s="1" t="inlineStr">
+      <c r="I73" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J65" s="1" t="inlineStr">
+      <c r="J73" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d'aide, variable en fonction du taux d'aide de l'Agence de l'Eau</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  De par sa position géographique entre terre et mer, à cheval entre le bassin parisien et le massif armoricain, le Calvados possède un patrimoine naturel très riche. Des zones humides comme les marais de la Touques, la vallée de l&amp;#039;Aure, aux rochers de la Suisse Normande, en passant par les landes du mont-Pinçon, les dunes d&amp;#039;Omaha Beach ou les berges de l&amp;#039;Orne, le Calvados se caractérise par une grande variété de paysages et de milieux naturels.
 &lt;/p&gt;
 &lt;p&gt;
  Les espaces naturels sensibles (ENS) sont le plus souvent des sites emblématiques et reconnus pour leur intérêt écologique et paysager.
 &lt;/p&gt;
 &lt;p&gt;
  Leur vocation est double : assurer la protection du patrimoine naturel tout en permettant leur ouverture au public, dans la mesure où celle-ci est compatible avec la préservation du site et de la biodiversité.
 &lt;/p&gt;&lt;p&gt;Dans le Calvados, des ENS sont délégués à des tiers, qui en assurent l&amp;#039;entretien et l&amp;#039;aménagement. Le Département apporte des financements aux opérations d&amp;#039;investissement et de fonctionnement réalisées dans les ENS délégués&lt;/p&gt;&lt;table cellspacing="0" cellpadding="0"&gt;
  &lt;tbody&gt;&lt;tr&gt;
   &lt;td width="28" valign="top"&gt;
   &lt;p align="center"&gt; &lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="293" valign="top"&gt;
   &lt;p align="center"&gt;Nom&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="66" valign="top"&gt;
   &lt;p align="center"&gt;Statut&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="28" valign="top"&gt;
   &lt;p&gt;1&lt;/p&gt;
   &lt;/td&gt;
@@ -11107,68 +12185,68 @@
   &lt;td width="28" valign="top"&gt;
   &lt;p&gt;9&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="293" valign="top"&gt;
   &lt;p&gt;Landes
   boisées et zone tourbeuse de St Aubin&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="66" valign="top"&gt;
   &lt;p align="center"&gt;A créer&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="28" valign="top"&gt;
   &lt;p&gt; &lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="293" valign="top"&gt;
   &lt;p&gt; &lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="66" valign="top"&gt;
   &lt;p align="center"&gt; &lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
 &lt;/tbody&gt;&lt;/table&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M65" s="1" t="inlineStr">
+      <c r="M73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Acquisitions foncières, plans de gestion, études préalables et maîtrise d&amp;#039;œuvre, aménagements, entretien...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;
  Liste des ENS délégués concernés par l&amp;#039;aide départementale :
 &lt;/strong&gt;&lt;/p&gt;
 &lt;table cellspacing="0" cellpadding="0"&gt;
  &lt;tbody&gt;&lt;tr&gt;
   &lt;td width="270" valign="top"&gt;
   &lt;p align="center"&gt;Nom&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="270" valign="top"&gt;
   &lt;p&gt;La Boucle du Hom&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="270" valign="top"&gt;
   &lt;p&gt;Château-Ganne&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="270" valign="top"&gt;
   &lt;p&gt;Marais de Chicheboville&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
@@ -11204,3531 +12282,2552 @@
 &lt;p&gt;&lt;strong&gt;Constitution du dossier (à envoyer à territoires&amp;#64;calvados.fr) : &lt;/strong&gt;&lt;/p&gt;&lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;&lt;tbody&gt;&lt;tr&gt;&lt;td valign="top" align="left"&gt;&lt;li&gt;Un courrier de demande de subvention ;&lt;/li&gt;&lt;li&gt;Une
   délibération de l’organe délibérant du demandeur décidant l’opération et
   sollicitant l’aide financière du Département ;&lt;/li&gt;&lt;li&gt;Une note
   de présentation du projet précisant les objectifs du projet et la nature des
   travaux visés par la subvention ; &lt;/li&gt;&lt;li&gt;Les devis
   estimatifs détaillés ;&lt;/li&gt;&lt;li&gt;Un plan
   de financement prévisionnel ;&lt;/li&gt;&lt;li&gt;Un plan
   de situation de l’opération et un plan cadastral précisant la situation
   juridique du terrain d&amp;#039;implantation des aménagements ;        &lt;/li&gt;&lt;li&gt;Le
   calendrier prévisionnel des travaux (date de début des travaux ; merci de
   tenir compte du délai d’instruction de 3 mois) ;&lt;/li&gt;&lt;li&gt;Un Relevé
   d’Identité Bancaire (RIB) ; &lt;/li&gt;&lt;li&gt;Pour les
   opérations relatives aux milieux humides non éligibles à une aide de l’Agence
   de l’Eau Seine Normandie : la réponse écrite (mail ou courrier) de
   l’instructeur confirmant la non éligibilité de l’action prévue ; &lt;/li&gt;&lt;li&gt;Le formulaire d’éco-conditionnalité (si projet supérieur à 100 000 € HT).&lt;/li&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;&lt;strong&gt;    Modalités de paiement : &lt;/strong&gt;   &lt;/p&gt;
 &lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;
  &lt;tbody&gt;&lt;tr&gt;
   &lt;td valign="top" align="left"&gt;
   &lt;ul&gt;&lt;li&gt;Pour
   l’investissement : Paiement en deux fois maximum, dont acompte possible
   de 50% au démarrage du chantier (sur production d’un ordre de service de
   démarrage de chantier). &lt;/li&gt;&lt;li&gt;Pour le fonctionnement : paiement en une fois sur production de
 justificatifs suite à la réalisation des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/accueil/le-departement/routes-environnement--territoire/environnement--milieux-naturels/espaces-naturels-sensibles.html</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Instruction administrative&lt;/u&gt; :
 Service des Territoires (02 31 57 11 25 / &lt;a href="mailto:territoires&amp;#64;calvados.fr"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;)&lt;/p&gt;
 &lt;p&gt;&lt;u&gt;Accompagnement technique &lt;/u&gt;: Service
 Espaces Naturels (Maria RIBEIRO : &lt;a href="mailto:maria.ribeiro&amp;#64;calvados.fr" target="_self"&gt;maria.ribeiro&amp;#64;calvados.fr&lt;/a&gt; ou 02.31.57.14.72.)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>beatrice.poullain@calvados.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/95e6-amenager-les-espaces-naturels-sensibles-deleg/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G66" s="1" t="inlineStr">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>120966</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de création et d’ouverture au public de nouveaux espaces verts et de nature, et les projets d’amélioration de la qualité des espaces verts existants</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Création et amélioration d'espaces verts ouverts au public</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...857 lines deleted...]
-Région
 Etablissement public dont services de l'Etat
 Association
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H73" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I73" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
-[...36 lines deleted...]
-milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de son Plan vert, la Région soutient les projets de création et d&amp;#039;ouverture au public de nouveaux espaces verts et de nature, et les projets d&amp;#039;amélioration de la qualité des espaces verts existants.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
-[...46 lines deleted...]
-d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seules les dépenses d&amp;#039;investissement sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant maximum de la subvention régionale
+ dépend de la nature du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création et ouverture au public de nouveaux espaces verts et de nature :
+  500.000€ par projet (600.000€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la qualité d&amp;#039;espaces verts et de nature existants et déjà ouverts au public :
+  250.000€ par projet (350.000€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention
+ est modulé au regard du niveau de carence en espaces verts de la commune de localisation du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes très carencées :
+  50% des dépenses éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres territoires :
+  40% des dépenses éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces verts et de liaisons vertes ouverts au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Requalification ou amélioration de l&amp;#039;accessibilité d&amp;#039;espaces verts ou de nature existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jardins partagés dès lors qu&amp;#039;ils permettent l&amp;#039;association du public et qu&amp;#039;ils sont soutenus par les communes et les intercommunalités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toitures et murs végétalisés accessibles au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créations d&amp;#039;alignement d&amp;#039;arbres...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur mesdemarches.iledefrance.fr. Dans le cadre de l&amp;#039;élaboration de leurs projets, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un jury d&amp;#039;élus et de personnalités qualifiées se réunit plusieurs fois par an pour sélectionner les dossiers, sur la base d&amp;#039;une instruction technique confiée à l‘Agence des espaces verts (AEV) d&amp;#039;Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers, l&amp;#039;attribution définitive des aides est votée en Commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/creation-et-amelioration-despaces-verts-ouverts-au-public</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:planvert&amp;#64;iledefrance.fr"&gt;
+  planvert&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e10f-creation-et-amelioration-despaces-verts/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>30530</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir et mettre en œuvre la gestion durable des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les communes et EPCI (notamment à travers les syndicats de rivière) pour promouvoir et mettre en œuvre la gestion durable des milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Thématiques et prise en compte des enjeux : Etats des lieux, cartographie, réglementation, outils méthodologiques; programmes de travaux, PPG, ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Continuités écologiques, hydromorphologie, suivis piscicoles...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 22 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la définition des enjeux/objectifs/actions sur les masses d&amp;#039;eau ciblées dans le cadre du PPG Cérou-Vère
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la rédaction de la déclaration d&amp;#039;intérêt général (DIG) établie dans le cadre du nouveau programme pluriannuel de gestion (PPG) de Cérou-Vère
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse de la thermie du Tescou en amont et en aval d&amp;#039;un ouvrage transversal
+&lt;/p&gt;
+&lt;p&gt;
+ Défintion des Objectifs/actions du futur programme pluriannuel de gestion (PPG) de Cérou-Vère 2022-2027
+&lt;/p&gt;
+&lt;p&gt;
+ Détermination par topographie de la pente du ruisseau de Lavergné sur la commune de Cuq-les-Vielmur
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse liée à une érosion de berges en bord de voirie communale - propositions d&amp;#039;aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse d&amp;#039;un problème d&amp;#039;eau stagnante dans le fossé du hameau de Beauzelles
+&lt;/p&gt;
+&lt;p&gt;
+ Rédaction d&amp;#039;un mémo sur les modalités de mise en œuvre de mesures topographiques en cours d&amp;#039;eau. Formation in situ des agents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5323-promouvoir-et-mettre-en-uvre-la-gestion-durab/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>30531</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en valeur les sites naturels et paysagers, protéger les espaces naturels sensibles et œuvrer pour la biodiversité</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les communes, EPCI pour promouvoir et mettre en œuvre l&amp;#039;aménagement, la gestion durable et la valorisation des milieux naturels (ENS, Zone Naturelle d&amp;#039;Intérêt Ecologique Faunistique et Floristique (ZNIEFF), Trames Vertes et Bleues, Schéma Régional de Cohérence Ecologique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Porter à connaissance de données relatives aux zones humides sur le territoire du Département
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 21 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement du site de Malamort : parcours découverte &amp;#43; passerelles
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement pour la gestion du site &amp;#34;les dunes de Maraval&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Achat et valorisation d&amp;#039;une zone humide
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une signalétique
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;activités autour de la passerelle d&amp;#039;Hautpoul
+&lt;/p&gt;
+&lt;p&gt;
+ Conférence zones humides
+&lt;/p&gt;
+&lt;p&gt;
+ Continuité écologique de la traversée du Viaur
+&lt;/p&gt;
+&lt;p&gt;
+ Plan d&amp;#039;action biodiversité sur tout le territoire communal
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Biodiversité
+Paysage
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f93-mettre-en-valeur-les-sites-naturels-et-paysag/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>79298</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la gestion raisonnée des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J77" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aides publiques : 70%</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs de l&amp;#039;aide départementale
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;acquisition de connaissances et la définition des projets sur les milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la restauration physique du fonctionnement des bassins versants
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etudes de fonctionnement des bassins versants : SAGE, hydromorphologie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration du transport sédimentaire, amélioration de la continuité longitudinale du faciès d&amp;#039;écoulement, recréation de chenaux, aménagements en vue d&amp;#039;améliorer les continuités latérales des cours d&amp;#039;eau : études préalables et travaux, y compris maîtrise d&amp;#039;oeuvre, déclaration Loi sur l&amp;#039;Eau, assistance à maîtrise d&amp;#039;ouvrage, géotechniques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition de connaissances : hydrométrie, topographie, télédétection, modélisation, suivi, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires : communes et leurs regroupements, syndicats mixtes et associations syndicales autorisées
+&lt;/p&gt;
+&lt;p&gt;
+ Montant total d&amp;#039;aides publiques maxi : 70%
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonds de dépenses éligibles : 50 000€ pour les études et 200 000€ pour les travaux. Le montant de la subvention est calculé sur la base des dépenses hors TVA sauf justificatif de non récupération de TVA ou de non éligibilité au FCTVA
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de subvention : 1000€
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux en régie acceptés, sous condition de ne pas dépasser 30% de la dépense subventionnable.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes éligibles sous condition d&amp;#039;associer les services du Département à l&amp;#039;élaboration du cahier des charges, aux réunions de déroulement et à leur restitution
+&lt;/p&gt;
+&lt;p&gt;
+ Au moment du dépôt de la demande de subvention, l&amp;#039;opération ne doit être ni engagée ni avoir fait l&amp;#039;objet d&amp;#039;un bon de commande. Toute facture antérieure à la date d&amp;#039;autorisation de commencement de l&amp;#039;opération ne pourra être prise en compte.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du Développement Local/
+ Service Environnement Aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ Nathalie MARIANNE
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 05 62 56 78 23
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : nathalie.marianne&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/061e-accompagner-la-gestion-raisonnee-des-milieux-/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G74" s="1" t="inlineStr">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>97357</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la restauration et la préservation des milieux aquatiques ainsi que l'amélioration de la gestion quantitative de la ressources en eau en période d'étiage</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 50</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce programme d&amp;#039;aide est destiné aux maîtres d&amp;#039;ouvrage qui souhaitent mettre en œuvre des projets d&amp;#039;intérêt général dans deux domaines :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La restauration et la préservation des milieux aquatiques, cours d&amp;#039;eau et marais ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création d&amp;#039;ouvrages collectifs  visant à améliorer la gestion quantitative de la ressource en eau en période d&amp;#039;étiage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de favoriser et d&amp;#039;accompagner les efforts d&amp;#039;investissement des maîtres d&amp;#039;ouvrage en poursuivant deux objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer les ressources en eau, en qualité et en quantité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  préserver et valoriser les zones humides du département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les maitres d&amp;#039;ouvrage devront s&amp;#039;engager dans une gestion globale et solidaire amont-aval, en recherchant un équilibre nécessaire entre milieux et usages.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Restauration morphologique de cours d&amp;#039;eau, effacement d&amp;#039;ouvrage ou création de bras de contournement, réalisation de clotures et abreuvoirs en bordure de cours d&amp;#039;eau
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ communes ou leur groupements compétents dans ce domaine, associations syndicales, exploitations agricoles uniquement pour des projets collectifs de réserves d&amp;#039;eau à usage d&amp;#039;irrigation (études, travaux).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études relatives à la révision, à la mise en oeuvre des actions ou au fonctionnement et à l&amp;#039;animation des Schémas d&amp;#039;Aménagement et de Gestion des Eaux (SAGE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de restauration et de préservation des cours d&amp;#039;eau et leurs annexes (lit mineur, lit majeur, berge et ripisylve, ouvrages hydrauliques et continuité, espèces exotiques envahissantes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de restauration et de préservation des marais (fossés et canaux, berge et ripisylve, ouvrages hydraulique et continuité, zones humides annexes, espèces aquatiques exotiques envahissantes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création de réserves de substitution (Travaux et études préalables).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de restauration d&amp;#039;ouvrages avec un objectif autre que l&amp;#039;amélioration du fonctionnement des milieux aquatiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;entretien régulier des ouvrages hydrauliques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de recalibrage de canaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux visant à gérer la fréquentation touristique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion de l&amp;#039;espace,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux préconisés dans le cadre de mesures compensatoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous autres travaux relevant d&amp;#039;autre règlements d&amp;#039;aides du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche - Service Eau
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.28.85.86.38
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:eau&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  eau&amp;#64;vendee.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>florian.sicard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d58e-soutenir-la-restauration-et-la-preservation-d/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>92591</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en valeur les espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la labellisation en Espaces Naturels Sensibles, et à l&amp;#039;aménagement et la gestion des sites labellisés, pour la préservation du patrimoine naturel et la sensibilisation du public à l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux de subvention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes :  maximum 80 % (avec plafond de l&amp;#039;assiette à
+subventionner : 50 000 €)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions : en pourcentage de la valeur vénale des parcelles estimé par France domaine :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Catégorie 1 : maximum 80 %  (avec plafond de l&amp;#039;assiette à subventionner de 6 000 €/ hectare) soit 4 800 € / hectare
+&lt;/p&gt;
+&lt;p&gt;
+ - Catégorie 2 : maximum 60 % (avec plafond de l&amp;#039;assiette à subventionner de 6 000 €/ hectare) soit 3 600 € / hectare
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en œuvre du plan de gestion : maximum 60 % (avec plafond à 100 000 € par site)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les taux de subvention du Départements indiqués, s&amp;#039;appliquent aux dépenses hors TVA. Toutefois, ceux-ci s&amp;#039;appliquent TVA comprise pour le calcul des subventions accordées à des structures qui ne récupèrent pas cette taxe, tout en partie, directement ou indirectement et qui ne sont pas bénéficiaires des allocations du fonds de compensation de la TVA ou par des opérations non éligibles au fonds de compensation de la TVA.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides accordées par le Département correspondront à un taux d&amp;#039;intervention sur le coût de l&amp;#039;opération. Dans le cas où le coût réel des opérations serait inférieur au coût prévisionnel, une réfaction de la subvention versée par le Département sera réalisée en appliquant let taux d&amp;#039;intervention sur le coût réel de l&amp;#039;opération au moment des appels de fonds.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études, inventaires, animations préalables à la définition d&amp;#039;une démarche ENS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études après labellisation ENS : 1er plan de gestion, inventaires, réactualisations du plan de gestion, études prévues par le plan de gestion
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Catégorie 1 : ZNIEFF, site Natura 2000, Site Classé, site d&amp;#039;intérêt majeur pour la conservation d&amp;#039;une espèce (statut particulier, liste rouge), zone identifiée comme importante dans l&amp;#039;inventaire des zones humides ou dans tout autre étude stratégique pour la conservation de la biodiversité : plan national d&amp;#039;action pour une espèce, SRCE...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Catégorie 2 : Intérêt pour l&amp;#039;accueil du public et la préservation des paysages,  trames vertes et bleues,  sites naturels périurbains identifiés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en œuvre du plan de gestion :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements initiaux prévus à la labellisation du site puis mise en œuvre du plan de gestion : aménagements, achats d&amp;#039;équipements de gestion et d&amp;#039;accueil, suivi scientifique, travaux de gestion récurrente, actions de sensibilisation pédagogique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Risques naturels
+Qualité de l'air
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Précisions bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de collectivités territoriales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La durée de validité des aides accordées par le Département dans le cadre de ce dispositif est de 3 ans pouvant être porté à 5 ans sur demande écrite du maître d&amp;#039;ouvrage.
+Le versement des aides du Département sera conditionné par la participation du Conseil départemental aux Comités assurant le pilotage et le suivi des opérations subventionnées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/af8d-mettre-en-valeur-les-espaces-naturels-sensibl/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>162417</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre des actions de protection, connaissance et/ou mobilisation pour la préserver la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppe de subventions disponibles toute l'année, au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Parc Naturel Marin de Mayotte</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I74" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K74" s="1" t="inlineStr">
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
-[...49 lines deleted...]
-Risques naturels
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Parc naturel marin dispose d&amp;#039;une enveloppe dédiée aux projets visant à&lt;strong&gt; mobiliser la population, développer durablement les activités, améliorer les connaissances et/ou protéger  les écosystèmes marins. &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets doivent concourir à l&amp;#039;atteinte d&amp;#039;une ou plusieurs de ses &lt;a href="https://parc-marin-mayotte.fr/editorial/qui-sommes-nous" target="_self"&gt;sept orientations de gestion&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Cette enveloppe s&amp;#039;adresse à des &lt;strong&gt;organismes bien structurés &lt;/strong&gt;et ayant déjà fait l&amp;#039;objet d&amp;#039;un partenariat (de tout type : technique, financier via appel à projet, événementiel, etc.) avec le Parc naturel marin. &lt;/p&gt;&lt;p&gt;Les projets peuvent s&amp;#039;étaler sur une durée de &lt;strong&gt;3 ans maximum&lt;/strong&gt;. Le montant de la subvention n&amp;#039;est pas plafonné.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Définition et/ou déploiement de (liste non exhaustive) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Observatoires faune/flore &lt;/li&gt;&lt;li&gt;Programmes de sciences participatives&lt;/li&gt;&lt;li&gt;Mesures de protection d&amp;#039;habitats ou d&amp;#039;espèces&lt;/li&gt;&lt;li&gt;Programmes de sensibilisation impliquant la population (formation, chantiers participatifs, sciences participatives ...)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sports et loisirs
+Tourisme
+Education et renforcement des compétences
+Economie circulaire
 Biodiversité
-Equipement public
-[...2 lines deleted...]
-Industrie
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
-[...17 lines deleted...]
-prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit être en relation avec une ou plusieurs des &lt;a target="_self"&gt;sept orientations de gestion&lt;/a&gt; du Parc naturel marin de Mayotte.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://parc-marin-mayotte.fr/</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:parcmarin.mayotte&amp;#64;ofb.gouv.fr" target="_self"&gt;parcmarin.mayotte&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>apolline.abauzit@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-actions-de-protection-connaissance-et-ou-mobilisation-pour-la-preserver-la-biodiversite-marine/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>153949</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'entretien et la restauration des rivières</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Entretien et restauration des rivières</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entretien des cours d&amp;#039;eau, aménagements facilitant la libre circulation des poissons migrateurs, études liées à la mise en valeur des milieux aquatiques, postes de gardes-rivières.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La politique d&amp;#039;aide du conseil départemental à l&amp;#039;entretien des cours des rivières et la valorisation des cours d&amp;#039;eau se décline de la façon suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   entretien des cours d&amp;#039;eau : 20% du montant HT des travaux (curage non pris en compte),
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement facilitant la libre circulation des poissons migrateurs : 2 % du montant HT des travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les arasements de barrage ne sont pas éligibles aux aides.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   études liées à connaissance et la mise en valeur des milieux aquatiques : 10% du montant HT de l&amp;#039;étude,
+  &lt;/li&gt;
+  &lt;li&gt;
+   postes de rivières : 25% du montant HT de l&amp;#039;investissement initial (plafonné à 4000 €de subvention) - uniquement pour les secteurs non pourvus jusque là de techniciens rivières.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces relatives au porteur de projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la demande signée du porteur de projet ou de son représentant légal, avec nom (raison sociale), adresse, et autres coordonnées, numéro SIRET, énumérant l&amp;#039;objet du projet, son coût prévisionnel global, sa durée et le montant de la subvention sollicitée, la procédure au titre de laquelle celle-ci est demandée et les noms et coordonnées du responsable du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la délibération de l&amp;#039;organe compétent de la collectivité territoriale ou de l&amp;#039;organisme public approuvant le projet d&amp;#039;investissement et le plan de financement prévisionnel précisant l&amp;#039;origine et le montant des moyens financiers.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces relatives au projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; une notice explicative indiquant de façon précise :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   son objet, les objectifs poursuivis et les résultats attendus et son insertion dans la stratégie de développement local,
+  &lt;/li&gt;
+  &lt;li&gt;
+   sa durée et son calendrier (sauf s&amp;#039;ils sont suffisamment détaillés dans la demande),
+  &lt;/li&gt;
+  &lt;li&gt;
+   dans le cas d&amp;#039;un investissement physique, l&amp;#039;estimation de son coût de fonctionnement éventuel après mise en service,
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;il y a lieu, ses conditions particulières de réalisation et la justification de son caractère fonctionnel ; s&amp;#039;il s&amp;#039;agit d&amp;#039;une tranche ou d&amp;#039;une phase, leur intégration dans le projet global avec indication du déroulement de celui-ci,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; un état de coût prévisionnel détaillé par nature de dépense ; le cas échéant, les devis (ceux-ci ne sont pas produits, en particulier dans le cas où le montant de la subvention est forfaitaire du fait de l&amp;#039;application d&amp;#039;un barème),
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; les autorisations préalables requises par la réglementation en vigueur et nécessaires à l&amp;#039;instruction du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces relatives au financement du projet :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le plan de financement prévisionnel du projet intégrant les dépenses connexes, précisant l&amp;#039;origine et le montant des moyens financiers (apport personnel, emprunts, subventions y compris l&amp;#039;aide sollicitée) ainsi que, s&amp;#039;il y a lieu, un échéancier indicatif des dépenses prévues,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les aides déjà obtenues, la copie des décisions (ou notifications) et l&amp;#039;indication des aides publiques indirectes s&amp;#039;il y a lieu,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une lettre du porteur de projet certifiant que le projet pour lequel la subvention est demandée n&amp;#039;a reçu aucun commencement d&amp;#039;exécution du projet avant que le dossier ne soit déclaré ou réputé complet ; éventuellement, une demande d&amp;#039;autorisation d&amp;#039;engager le projet par anticipation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   selon le cas, une attestation du porteur de projet selon laquelle il n&amp;#039;est pas assujetti et ne récupère pas la taxe ajoutée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les coordonnées du payeur (RIB).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/entretien-et-restauration-des-rivieres/</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  COORDONNÉES DU SERVICE POLITIQUE TERRITORIALE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Océane Vasseur
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de gestion de l&amp;#039;espace et des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ 98 route de candol, 50000 Saint-Lô
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 95 25
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONTACT TECHNIQUE (SERVICE INSTRUCTEUR)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Blaise Micard
+&lt;/p&gt;
+&lt;p&gt;
+ Service du patrimoine et de la gestion des milieux naturels
+&lt;/p&gt;
+&lt;p&gt;
+ 98 route de candol, 50000 Saint-Lô
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 97 89 Lien externe
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/865e-entretien-et-restauration-des-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>155116</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études et des actions de protection en faveur de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Études et actions de protection en faveur de la biodiversité (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La conservation de la biodiversité patrimoniale et des milieux ordinaires, ainsi que des continuités écologiques constitue l&amp;#039;un des enjeux clés de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois types de projets peuvent être accompagnés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Restauration d&amp;#039;espaces naturels concourant à la préservation ou amélioration de la biodiversité/des paysages) : création de zones refuges ou de circulation pour la faune, création de coulées ou ceintures vertes, aménagement écologique de lisières, renaturation de friches urbaines ... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements d&amp;#039;espaces naturels permettant une découverte du site sans porter atteinte au milieu naturel : création de sentiers botaniques... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rétablissement/maintien des continuités écologiques linéaires ou en pas japonais (haies, zones humides, bosquets).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si étude, cahier des charges de l&amp;#039;étude et proposition du cabinet retenu
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pièces justifiant la bonification si sollicitée
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public (maitrise foncière publique ou servitude) devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une maîtrise foncière publique (propriété ou servitude) des espaces naturels est exigée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets devront intégrer une réflexion préalable pour qualifier les enjeux de protection de la biodiversité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les aménagements devront respecter le milieu naturel et la réglementation spécifique au site (autorisations relatives aux sites classés ou inscrits, au titre de la loi sur l&amp;#039;eau ou du droit d&amp;#039;urbanisme...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les espaces naturels devront être ouverts librement au public, sauf fragilité particulière du milieu naturel.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, utilisation de matériaux durable (certification environnementale des bois utilisés pour les aménagements...), réinsertion d&amp;#039;espèces locales, traitement naturel des bois, utilisation de produits biodégradables (paillage des plantations...), mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, éclairage public économe...), insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique et panneaux d&amp;#039;interprétation adaptés, association des usagers sur la phase conception du projet, dans la réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet (faune, flore, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti en cas de présence d&amp;#039;espèces rares ou protégées (si moins de 5 ans) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de restauration visant à maintenir ou restaurer le patrimoine naturel en présence ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement, de valorisation et de médiation scientifique permettant une découverte du site sans dégrader le milieu naturel (panneaux, mobiliers d&amp;#039;interprétation, applis smartphone...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement dégradant le milieu naturel ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité et de reproduction des dossiers.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/etudes-et-actions-de-protection-en-faveur-de-la-biodiversite-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W82" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.95.25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6322-etudes-et-actions-de-protection-en-faveur-de-/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>155569</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la mise en place d’éco-pâturage sur les espaces publics</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>MISE EN PLACE D’ÉCO-PÂTURAGE SUR LES ESPACES PUBLICS</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités qui souhaitent mettre en place l&amp;#039;éco-pâturage sur certains de leurs espaces verts (hors espaces naturels d&amp;#039;intérêt écologique).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures intercommunales et autres groupements de collectivités (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables, plans et outils de communication associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de la parcelle nécessaires à l&amp;#039;accueil des animaux et à la sécurité : abris, abreuvoirs, clôtures...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition ou location d&amp;#039;animaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation de service pour la surveillance ou la gestion des animaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement des aménagements, entretien courant...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Plancher/plafond :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles : 1.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses éligibles : 30.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-place-decopaturage-sur-les-espaces-publics/</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0233-modele/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>97609</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux naturels situés sur le domaine public des collectivités</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre global de la stratégie départementale pour la biodiversité, l&amp;#039;objectif est d&amp;#039;aider les collectivités  à
+ préserver les milieux naturels situés sur leur domaine public, répertoriés comme espaces naturels sensibles ou présentant un intérêt en matière de biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Création, amélioration et adaptation des équipements de prévention tels que pistes et points d&amp;#039;eau, création des zones débroussaillées nécessaires à la protection et au bon fonctionnement de ces équipements (bandes débroussaillées de sécurité, pares-feux).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Opérations de sylviculture préventive (élagage et broyage de la végétation concurrente et des rémanents).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Frais d&amp;#039;assistance, de conception du projet, études préalables, maîtrise d&amp;#039;œuvre dans la limite de 12% du montant hors taxes des dépenses éligibles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépense non éligible :
+ &lt;/strong&gt;
+ Tous travaux d&amp;#039;entretien général
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/prevention-des-risques-majeurs-en-milieux-naturels-sensibles</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Aménagement durable - Direction Développement, Environnement et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Annick Aymes de Boeck, Secrétaire
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:annick.aymesdeboeck&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  annick.aymesdeboeck&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel :
+ 04.68.11.67.31
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/99eb-preserver-les-milieux-naturels-situes-sur-le-/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>140777</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Planter des arbres dans votre commune</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Office national des forêts (ONF)</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence Études de la Direction Territoriale Seine-Nord de l&amp;#039;Office National des Forêts propose son expertise autour de l&amp;#039;arbre pour concevoir des espaces plantés adaptés aux attentes de nos concitoyens et répondant aux défis de l&amp;#039;évolution climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ses paysagistes, familiers des problématique urbaines, ses écologues et forestiers proposent une approche complète avec une expertise pointue pour implanter dans des situations complexes et très diverses des plantations et des boisements durables.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;offre de service englobe la conception de l&amp;#039;espace à planter (dessin du projet incluant le plan de plantations, les cheminements, la définition des espaces récréatifs), la proposition d&amp;#039;une palette végétale adaptées, un chiffrage global du projet pour demande de subvention de réalisation, une notice d&amp;#039;orientation de gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;expérience de l&amp;#039;ONF, premier gestionnaire public d&amp;#039;espaces naturels en France, est mise à contribution pour proposer une palette végétale adaptée aux conditions du sol et à l&amp;#039;évolution du climat. La notice d&amp;#039;orientation de gestion permet de mettre en pratique une gestion durable et écologique de la plantation et de constituer lorsque cela est possible une lisière la plus étagée possible, gage d&amp;#039;une plus grande richesse écologique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes rurales et périurbaines :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de bandes boisées, de haies, d&amp;#039;espaces de transitions entre cœur de bourg et campagne, de corridor, de liaison plantées, d&amp;#039;espaces plantés, « d&amp;#039;ilot de fraicheur ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes urbaines :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de boisement «ilot de fraicheur » (surface minimale de 1000m2).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes forestières :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de liaisons plantées entre la forêt et les différents quartiers. Définir un plan global pour l&amp;#039;accueil en forêt.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Disposer d&amp;#039;un espace disponible pouvant être planté. Il peut être en déshérence, à l&amp;#039;interface de sites et d&amp;#039;usages très différents. Il peut se présenter sous la forme d&amp;#039;une liaison sous forme de bande, d&amp;#039;un espace déjà partiellement planté à enrichir, d&amp;#039;un milieu humide à valoriser ou à enrichir. Un espace boisé à ouvrir au public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.onf.fr/produits-services/+/7d5::foret-urbaine-reinventez-la-nature-en-ville.html</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Agence Etudes ONF Seine-Nord&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ M. Laurian GASCON&lt;/p&gt;&lt;p&gt;Responsable du pôle Paysage et Patrimoine culturel&lt;/p&gt;
+&lt;p&gt;
+ Tél.: 06.13.53.90.18&lt;/p&gt;
+&lt;p&gt;
+ Courriel : laurian.gascon&amp;#64;onf.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>florian.duverger@onf.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5948-planter-des-arbres-dans-votre-commune/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>10107</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Préserver, restaurer et valoriser les milieux aquatiques</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J75" s="1" t="inlineStr">
+      <c r="J86" s="1" t="inlineStr">
         <is>
           <t>Le taux maximal de la Région est de 20% de l'assiette éligible. Il peut être porté jusqu'à 40% pour</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec 74 000 km de cours d&amp;#039;eau, près de 35 500 zones humides et 40 000 ha de lagunes méditerranéennes, la région Occitanie a la chance de bénéficier de milieux aquatiques nombreux, variés et pour certains remarquables en terme de biodiversité.  Le bon fonctionnement de ces milieux aquatiques est essentiel pour le territoire régional.
 &lt;/p&gt;
 &lt;p&gt;
  Or ce patrimoine naturel remarquable subit des pressions importantes, parmi lesquelles l&amp;#039;artificialisation des écosystèmes, les changements climatiques et l&amp;#039;ampleur des sollicitations liées à certains usages.  Cette dégradation remet en cause le bon fonctionnement des milieux aquatiques, leur capacité à rendre des services et leur pérennité pour les générations futures.
 &lt;/p&gt;
 &lt;p&gt;
  Dans ce contexte, la Région Occitanie a voté le 22 juin 2018 un dispositif d&amp;#039;aide en faveur de la préservation et la restauration des fonctionnalités des milieux aquatiques, affirmant ainsi sa volonté de développer des solutions fondées sur la nature pour un développement territorial durable et un renforcement de la résilience des écosystèmes. Ce dispositif constitue un volet essentiel du Plan d&amp;#039;intervention régional pour l&amp;#039;eau adopté par les élus régionaux à cette même date.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour l&amp;#039;ensemble des actions : les collectivités territoriales et leurs groupements, les établissements publics, les Groupements d&amp;#039;Intérêt Public, les associations, les chambres consulaires, les universités, les organismes de recherche.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les actions spécifiques en faveur des zones humides : l&amp;#039;ensemble des bénéficiaires ci-dessus ainsi que les entreprises de l&amp;#039;économie sociale et solidaire (sociétés coopératives d&amp;#039;intérêt collectif (SCIC), sociétés coopératives et participatives (SCOP)).
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations éligibles doivent être intégrées au sein d&amp;#039;une démarche réfléchie à une échelle hydraulique cohérente, qui propose une stratégie ambitieuse et pluriannuelle de restauration des fonctions physiques et des continuités des cours d&amp;#039;eau (exemple : Programmes Pluriannuels de Gestion de bassins versants).
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations doivent respecter les objectifs du SDAGE et avoir obtenu toutes les autorisations réglementaires nécessaires.
  A l&amp;#039;exception des actions de plantation , les travaux récurrents et l&amp;#039;entretien sont inéligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers de travaux de restauration doivent présenter un engagement du porteur à mettre en place un entretien pérenne des secteurs restaurés.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets sollicitant une aide régionale supérieure à 100 000€, le maître d&amp;#039;ouvrage doit s&amp;#039;engager à assurer un suivi de la qualité des milieux pour une durée fonction de la nature et de l&amp;#039;importance de l&amp;#039;opération (3 à 5 ans).
  Les projets doivent, dans la mesure du possible, intégrer la participation des citoyens/riverains.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Dispositif-en-faveur-du-bon-fonctionnement-et-de-la-valorisation</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Transition Ecologique et Energétique
 &lt;/p&gt;
 &lt;p&gt;
  Service Eau, Milieux Aquatiques et Risques
 &lt;/p&gt;
 &lt;p&gt;
  Nom / prénom : Alexandre CARRIER / Anne NESPOULOUS
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : prenom.nom&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 67 22 93 08 / 05 61 39 66 25
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7d15-dispositif-en-faveur-du-bon-fonctionnement-et/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>23856</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Préserver voire restaurer les habitats naturels exceptionnels de Méditerranée</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I76" s="1" t="inlineStr">
+      <c r="I87" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 30</t>
         </is>
       </c>
-      <c r="J76" s="1" t="inlineStr">
+      <c r="J87" s="1" t="inlineStr">
         <is>
           <t>Le plancher minimal de subvention est de 2 000 €. Le taux maximum d'aides publiques ne peut dépasser</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Cadre d&amp;#039;intervention régional en faveur de l&amp;#039;environnement maritime
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le littoral méditerranéen de la région constitue un atout formidable d&amp;#039;attractivité et de développement du territoire. Avec 220 kilomètres de rivages, 1,3 millions d&amp;#039;habitants permanents, 20 stations balnéaires, 70 ports de plaisance, 3 ports de commerce, 40 000 hectares de lagunes et zones humides associées, 4 700 km2 d&amp;#039;aires marines protégées dont un parc naturel marin de 4 000 km2, la façade méditerranéenne offre un horizon pour l&amp;#039;économie bleue.
 &lt;/p&gt;
 &lt;p&gt;
  Les espaces naturels maritimes et terrestres participent à l&amp;#039;attractivité de l&amp;#039;Occitanie. De ce fait, la Région encourage une gestion durable de cet espace côtier et accompagne les acteurs du territoire dans leurs projets de préservation du milieu naturel, de restauration des écosystèmes et de gestion des milieux lagunaires, marins et portuaires qui constituent le support d&amp;#039;une grande biodiversité et de développement des activités économiques traditionnelles (pêche, aquaculture) et récréatives (plaisance, activités nautiques).
 &lt;/p&gt;
 &lt;p&gt;
  Le présent cadre d&amp;#039;intervention en faveur l&amp;#039;environnement maritime et portuaire d&amp;#039;Occitanie vise à maintenir cette attractivité en contribuant à limiter les concurrences entre les usages (économiques, récréatifs, de pêche...) et à préserver voire restaurer les habitats naturels exceptionnels de Méditerranée.
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Biodiversité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Le présent cadre d&amp;#039;intervention régional vise à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Soutenir la gestion intégrée des milieux marins, lagunaires (conchylicoles) et littoraux permettant la prise en compte des dynamiques écologiques à une échelle cohérente et le développement harmonieux des usages qui s&amp;#039;y développent.
   &lt;/li&gt;
   &lt;li&gt;
    Accompagner le développement de techniques innovantes de gestion environnementale des usages maritimes et portuaires permettant une préservation (voire une restauration) des milieux.
   &lt;/li&gt;
   &lt;li&gt;
    Encourager les ports de plaisance à s&amp;#039;inscrire dans une gestion environnementale de leurs infrastructures (prioritairement par le biais de la démarche de certification « Port Propre » pour laquelle des bonifications d&amp;#039;aides seront accordées). Ces objectifs s&amp;#039;inscrivent en cohérence avec le cadre d&amp;#039;intervention pour la modernisation et le développement équilibré des stations littorales et des ports de plaisance.
   &lt;/li&gt;
   &lt;li&gt;
    Développer la connaissance en matière d&amp;#039;habitats marins et de leurs fonctionnalités écologiques au travers de suivis scientifiques intégrés et d&amp;#039;actions de sensibilisation à l&amp;#039;échelle régionale.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Cadre-d-intervention-regional-en-faveur-de-l-environnement</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Région Occitanie – Pyrénées/Méditerranée Direction de la Mer
 &lt;/p&gt;
 &lt;p&gt;
  Service Aménagement Durable et Economie du Littoral
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.67.22.78.75
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e9ca-cadre-dintervention-regional-en-faveur-de-len/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-[...1898 lines deleted...]
-      <c r="A87" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>103417</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Reconquête de la biodiversité en Île-de-France</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I87" s="1" t="inlineStr">
+      <c r="I88" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 70</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Région et l&amp;#039;Agence régionale de la biodiversité (ARB) soutiennent les acteurs franciliens qui s&amp;#039;engagent en faveur de la biodiversité à travers un appel à projets dédié. L&amp;#039;appel à projets concerne tout le territoire francilien.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type de projet
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appel à projets vise à encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité.
  &lt;br /&gt;
  &lt;br /&gt;
  Si les actions répondant aux critères d&amp;#039;éligibilité peuvent être soutenues, les initiatives s&amp;#039;inscrivant dans 4 thématiques phares seront privilégiées :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Continuités écologiques terrestres
   &lt;/strong&gt;
   pour résorber les obstacles au déplacement des espèces terrestres,
@@ -14769,169 +14868,333 @@
 &lt;p&gt;
  Ce plafond pourra être relevé jusqu&amp;#039;à 500 k€ pour soutenir des opérations permettant la restauration de continuités écologiques d&amp;#039;importance régionale identifiées dans le Schéma régional de cohérence écologique (SRCE).
 &lt;/p&gt;
 &lt;p&gt;
  Pour les dépenses en fonctionnement : 50% maximum du montant des dépenses subventionnables, plafonné à 20 k€ TTC, bénévolat exclu.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux cumulé des aides publiques aux collectivités ne peut dépasser 70% du montant HT des dépenses en investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Démarche
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur la plateforme en ligne mesdemarches.iledefrance.fr.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/reconquete-de-la-biodiversite</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   biodiversite&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne
  &lt;a rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>biodiversite@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b728-reconquete-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>94499</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets de connexion à la nature et de conservation de la nature et des espèces</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Fondation Nature &amp; Découvertes</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>De 6000 à 15000€</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Comités majeurs soutiennent des projets phares et expérimentaux, co-construits avec les associations, répondant aux enjeux forts en matière de biodiversité pour l&amp;#039;un et de pédagogie active au contact de la nature pour l&amp;#039;autre. Chacun est composé d&amp;#039;un jury d&amp;#039;experts de la société civile (scientifiques, pédagogues, spécialistes dans leur domaine) et de salariés Nature &amp;amp; Découvertes naturalistes et passionnés. Chaque comité annuel examine entre 10 et 20 propositions présélectionnées par l&amp;#039;équipe de la Fondation qui seront financés à partir de 6 000 € et jusqu&amp;#039;à 15 000 € pour les projets à portée nationale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité « Pédagogie active au contact de la nature » soutient des projets référents en matière de connexion à la nature. Il se réunit au mois de juin pour voter les dotations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité « Biodiversité » soutient de projets référents en matière de conservation de la nature et des espèces. Il se réunit au mois d&amp;#039;octobre pour sélectionner les lauréats.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Comité « Coup de main » soutient des initiatives de protection, de sensibilisation et d&amp;#039;éducation à la nature ordinaire ou remarquable en ciblant des projets de terrain à dimension locale, avec une forte part de bénévolat, pour réaliser des actions concrètes.
+ Il est composé d&amp;#039;un jury tournant de 20 salariés passionnés de nature issu des équipes de Nature &amp;amp; Découvertes et accompagnés d&amp;#039;experts. Ils se réunissent au fil des saisons : en février, avril, juillet et octobre pour voter le financement des projets compris entre 500 € et 3 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Dates de dépôt des candidatures : tout au long de l&amp;#039;année.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Fondation finance des demandes se situant sur les territoires français, belge et luxembourgeois. Ces projets sont proposés par des associations à but non lucratifs et concernent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La protection de la nature : Étude, inventaire ou réintroduction en statut précaire de conservation. Aménagement, réhabilitation ou acquisition d&amp;#039;un site naturel, soutien aux initiatives émergentes respectueuses de la biodiversité cultivée. Campagne de sensibilisation à la biodiversité impliquant le grand public ou un public ciblé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La reconnexion à la nature : Projets menés en pédagogie de projets débouchant sur la réalisation d&amp;#039;outils ou d&amp;#039;action adaptées au public cible.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Forêts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATTENTION, LA FONDATION NE FINANCE PAS LES PROJETS :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  proposés par des personnes individuelles, des structures commerciales ou collectrices d&amp;#039;impôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  déjà réalisés lors de l&amp;#039;attribution des subventions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à but lucratif, promotionnel ou publicitaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de fin d&amp;#039;études, de thèses ou de mémoires universitaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;édition de livre ou de film ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à caractère personnel comme un voyage, un tour du monde, une participation à un rallye...
+ &lt;/li&gt;
+ &lt;li&gt;
+  événementiels (festivals, rencontres, classes vertes...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+REMARQUE : LES PROJETS À CARACTÈRE SOCIAL ET/OU SOCIÉTAL SONT LES BIENVENUS TANT QUE L&amp;#039;OBJECTIF PRINCIPAL RESTE CENTRÉ SUR LA PROTECTION OU LA DÉCOUVERTE DE LA BIODIVERSITÉ DE PROXIMITÉ.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://fondation.natureetdecouvertes.com/les-projets/les-dispositifs-de-la-fondation/</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://fondation-nature-decouvertes.optimytool.com/fr/user/login/</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater :
+ &lt;a href="https://fondation-nature-decouvertes.optimytool.com/fr/user/login/" rel="noopener" target="_blank"&gt;
+  https://fondation-nature-decouvertes.optimytool.com/fr/user/login/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>flavie.berdu@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ace8-soutien-aux-projets-par-la-fondation-nature-e/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
         <v>103418</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Préserver, restaurer et valoriser les milieux aquatiques et humides</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Eaux et milieux aquatiques humides</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I88" s="1" t="inlineStr">
+      <c r="I90" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 50</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quels types de projets?
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études et animations visant la mise en place de Contrats Trame Verte et Bleue,
  &lt;/li&gt;
  &lt;li&gt;
   Protection, restauration et valorisation des milieux aquatiques, humides et des berges, dont les opérations concourant à la maîtrise du risque d&amp;#039;inondation par débordement de cours d&amp;#039;eau,
  &lt;/li&gt;
  &lt;li&gt;
   Dispositifs paysagers concourant à la maîtrise à la source des ruissellements, à l&amp;#039;adaptation au changement climatique et à la biodiversité (désimperméabilisation des sols, végétalisation de la ville, gestion alternative des eaux pluviales...),
  &lt;/li&gt;
  &lt;li&gt;
@@ -14961,7121 +15224,3451 @@
  jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 400 k€.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Maîtrise à la source des ruissellements et désimperméabilisation :
  &lt;/strong&gt;
  jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 400 k€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Mesures alternatives à l&amp;#039;usage des produits phytosanitaires :
  &lt;/strong&gt;
  jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 100 k€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Récupération des eaux de pluie
  &lt;/strong&gt;
  : jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 100 k€.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/eau-et-milieux-aquatiques-et-humides</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  eau-tramevertetbleue&amp;#64;iledefrance.fr
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>biodiversite@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d1f8-eau-et-milieux-aquatiques-et-humides/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-[...310 lines deleted...]
-      <c r="G90" s="1" t="inlineStr">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>120084</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la protection des Espaces Naturels Sensibles ouverts au public - Volet investissement Environnement</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>FONDS DEPARTEMENTAL DE L'ENVIRONNEMENT (FDE) -</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aides publiques : 70%</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
-[...284 lines deleted...]
-      </c>
       <c r="L91" s="1" t="inlineStr">
-        <is>
-[...3331 lines deleted...]
-      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce fonds vise à :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    valoriser le patrimoine naturel auprès du public, pour le transmettre et garantir le cadre de
  vie et le développement durable du territoire,
   &lt;/li&gt;
   &lt;li&gt;
    améliorer l&amp;#039;acquisition de connaissances et la définition de projets,
   &lt;/li&gt;
   &lt;li&gt;
    participer à l&amp;#039;aménagement des sites et à leur ouverture au public,
   &lt;/li&gt;
   &lt;li&gt;
    soutenir des populations en vue de leur restauration ou de leur maintien,
   &lt;/li&gt;
   &lt;li&gt;
    intégrer les trames verte et bleue dans les projets de territoire.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M108" s="1" t="inlineStr">
+      <c r="M91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Études de connaissances : inventaires
  et/ou suivi faune/flore, diagnostics
  écologiques et paysagers, publications (20% d&amp;#039;aide),
   &lt;/li&gt;
   &lt;li&gt;
    Elaboration plan de gestion/d&amp;#039;actions (20%),
   &lt;/li&gt;
   &lt;li&gt;
    Restauration des milieux
  constitutifs de la trame verte et
  bleue : travaux d&amp;#039;équipement (clôtures, protection,
  ouvrages de franchissement et
  hydrauliques, matériels...) présentant un
  gain environnemental, t
  ravaux écologiques (30%),
   &lt;/li&gt;
   &lt;li&gt;
    Restauration d&amp;#039;espèces animales ou
  végétales d&amp;#039;intérêt patrimonial : étude, travaux/fournitures pour la
  réintroduction ou le maintien d&amp;#039;espèces
  animales ou végétales remarquables - achat
  d&amp;#039;individus, suivis, transport, études
  préalables, travaux d&amp;#039;accueil des espèces (40%),
   &lt;/li&gt;
   &lt;li&gt;
    Accueil du public : études et conception de projets
  d&amp;#039;aménagement permettant la découverte
  du site et l&amp;#039;information du public, travaux liés à l&amp;#039;ouverture du public à des fins
  pédagogiques et/ou scientifiques cheminements -
  passerelles, balisage et panneaux
  pédagogiques, observatoires, bâtiments
  d&amp;#039;accueil et d&amp;#039;observation, etc (20%),
   &lt;/li&gt;
   &lt;li&gt;
    Supports d&amp;#039;animation pédagogiques, de
  communication et d&amp;#039;exposition : matériel d&amp;#039;exposition et
  d&amp;#039;affichage, maquettes (50%).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;opération ne doit être ni engagée ni avoir
  fait l&amp;#039;objet d&amp;#039;un bon de commande au moment du dépôt de la demande d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  Concernant les études, les services du Département doivent obligatoirement être associés à l&amp;#039;élaboration du
  cahier des charges, aux réunions de déroulement ainsi qu&amp;#039;à leur restitution.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux maximum d&amp;#039;aides publiques ne doit pas dépasser 70%.
 &lt;/p&gt;
 &lt;p&gt;
  Les prestations réalisées en régie sont acceptées (y compris main d&amp;#039;œuvre, frais de
  déplacement) et le montant des travaux doit être équivalent à une fourchette de
  prix habituellement pratiquée par des entreprises pour des opérations similaires. Elles ne doivent pas dépasser 30% de la dépense subventionnable  doivent être ré-imputées en section d&amp;#039;investissement (attestation du
  Trésorier à l&amp;#039;appui). L
  e pétitionnaire doit fournir une attestation signée du Président de la
  structure mentionnant le nombre d&amp;#039;heures effectuées par personne et le taux horaire appliqué.
 &lt;/p&gt;
 &lt;p&gt;
  Les subventions sont échelonnées de  1.000 à 100.000 € et le taux d&amp;#039;aide de 20 à 50% selon la nature du projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T91" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nathalie MARIANNE
 &lt;/p&gt;
 &lt;p&gt;
  Direction du Développement Local
 &lt;/p&gt;
 &lt;p&gt;
  Service Environnement, Aménagement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphones : 05 62 56 78 23 / 06 08 14 44 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:nathalie.marianne&amp;#64;ha-py.fr" rel="noopener" target="_blank"&gt;
   nathalie.marianne&amp;#64;ha-py.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>stephanie.divoux@ha-py.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2230-soutenir-la-protection-des-espaces-naturels-s/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G109" s="1" t="inlineStr">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>119710</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les cours d'eau et les habitats naturels associés aux rivières et aux millieux humides</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des rivières et des milieux humides</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Eure</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil départemental propose aux collectivités et associations du département ayant une compétence de gestion des
+ rivières, milieux aquatiques et/ou humides des aides spécifiques afin de préserver et restaurer les cours d&amp;#039;eau et les
+ habitats naturels associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour ce faire, le régime d&amp;#039;aides vise à entretenir et restaurer les milieux humides, à restaurer et conserver la qualité
+ globale et la continuité écologique des cours d&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce régime d&amp;#039;aides intègre le Plan Nature 2017-2027 et est financé au titre de la Taxe Départementale d&amp;#039;Aménagement
+ (article L131-3 du code de l&amp;#039;environnement) puisque cette taxe permet de financer notamment l&amp;#039;acquisition de sites
+ destinés à la préservation de la ressource en eau, leur aménagement, leur gestion et les travaux contribuant à la
+ préservation ou à la remise en bon état des continuités écologiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérations éligibles avec un taux d&amp;#039;aide allant jusqu&amp;#039;à 20% sur le montant TTC quand l&amp;#039;attributaire ne
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  récupère
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pas la TVA.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;em&gt;
+    Etudes
+   &lt;/em&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Etude de planification d&amp;#039;entretien et de restauration des rivières, milieux humides et aquatiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ *Diagnostic : recensement, état des milieux aquatiques (zones humides, champs d&amp;#039;expansion de crues...), usages et fonctionnalités
+&lt;/p&gt;
+&lt;p&gt;
+ * Programmation pluriannuelle des interventions précisant les aspects techniques, financiers et organisationnels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude réalisée en en régie avec un plafond de 25 000 euros/limitée à 18 mois,
+  Bureau d&amp;#039;étude retenu dans le cadre des marchés publics conformément à la réglementation en vigueur,
+  Plafond de l&amp;#039;aide : 30 000 € maximum par projet.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Plan de gestion des milieux humides
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ * Diagnostic, enjeux, objectifs, patrimoine naturel, fonctionnalité des milieux humides,
+&lt;/p&gt;
+&lt;p&gt;
+ *Programme de restauration et d&amp;#039;entretien du site,
+&lt;/p&gt;
+&lt;p&gt;
+ * Valorisation du site, suivi et mise en œuvre du plan de gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous réserve de la maîtrise foncière publique ou associative (association agrée protection de l&amp;#039;environnement),
+  Surface minimum du site : 1 ha,
+  Déplafonnement possible pour les plans de gestion compatible avec la méthode nationale sur les ENS et uniquement pour les associations
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Etude relative à la continuité écologique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etude préalable de définition des scénarios de la Restauration de la Continuité Ecologique et maîtrise d&amp;#039;œuvre
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous réserve de maîtrise d&amp;#039;ouvrage publique ou associative,
+  Plafond des aides départementales à 30 000 € par projet, M
+  ise en œuvre d&amp;#039;un suivi photos et/ou du milieu.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Travaux de restauration et de renaturation des cours d&amp;#039;eau/milieux humides
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Restauration des milieux humides
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux : abattage, replantation,
+ ensemencement, étrepage, débroussaillage, clôture, restauration des connexions lit majeur lit mineur.....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous réserve de la maîtrise foncière publique ou
+  associative (association agrée protection de l&amp;#039;environnement),
+  Les travaux de restauration interviennent sur des sites n&amp;#039;ayant pas encore subit d&amp;#039;aménagement ou de
+  restauration,
+  Déplafonnement possible si les travaux sont portés par une association sur les sites ENS
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Restauration
+  du cours d&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de restauration légère : retalutage, plantation, pose de clôture, plantation, banquettes,....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Note justificative : restauration de berges (abris espèces protégés, ...), coupe sélective des espèces
+  présentes pour une pose de clôture, replantation,
+  Exclusion des protections de biens immobiliers
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Restauration
+  de la
+  continuité
+  écologique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de renaturation, effacement et équipement (suivi milieu si nécessaire)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Fournir le tableau des fiches FORCE au solde de l&amp;#039;opération, P
+  lafond de l&amp;#039;aide : 40 000 € maximum par projet
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Acquisition foncière
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Acquisition de zones humides en vue de restaurer la fonctionnalité dont le patrimoine naturel
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Convention avec objectif de restauration et maintien du milieu humide dans un objectif de conservation de la biodiversité,
+  Estimation des domaines/SAFER,
+  Déplafonnement possible si l&amp;#039;action est portée par une association sur les sites ENS
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Valorisation pédagogique
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Valorisation pédagogique rivières/zones humides : ouverture et aménagement d&amp;#039;un sentier en vue de faire découvrir le site.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Document de gestion établi,
+  Inscription au PDIPR,
+  Déplafonnement possible si les travaux sont portés par une association sur les sites ENS
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dès lors que le projet sera mis en œuvre sur un Espace Naturel Sensible, une majoration de &amp;#43; 20 % du régime
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  d&amp;#039;aide pourra être appliquée et un déplafonnement sera possible sur les associations ayant une compétence
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  avérée sur la restauration des zones humides.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;attribution
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités et actions bénéficiant de la Taxe Départementale d&amp;#039;Aménagement doivent être compatibles avec la
+ législation concernant son utilisation (article L131-3 du code de l&amp;#039;Environnement).
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire ne doit pas commencer les travaux avant d&amp;#039;avoir reçu l&amp;#039;accord de subvention ou une éventuelle dérogation.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les ouvrages hydrauliques, leur suppression doit être étudiée en premier lieu. Lorsque l&amp;#039;étude conclut à une
+ impossibilité d&amp;#039;effacement de l&amp;#039;ouvrage pour des raisons techniques ou économiques, un dispositif de franchissement
+ piscicole peut être financé.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux soumis à la loi sur l&amp;#039;Eau (procédure de déclaration/autorisation) et à la législation relative à la préservation de
+ l&amp;#039;environnement doivent obtenir l&amp;#039;accord de la Police de l&amp;#039;Eau et ceux exécutés en domaine privé doivent être
+ accompagnés d&amp;#039;une déclaration d&amp;#039;intérêt général. Ces démarches réglementaires conditionnent l&amp;#039;octroi d&amp;#039;une aide par le
+ Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage des travaux doit nécessairement assurer l&amp;#039;entretien des ouvrages ou des aménagements réalisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides du Département associées à un autre financeur ne peuvent dépasser 80 % du montant H.T. des études et
+ travaux pour les collectivités territoriales.
+&lt;/p&gt;
+&lt;p&gt;
+ Un déplafonnement sera possible uniquement pour les associations et sur les sites classés Espaces Naturels Sensibles et
+ ce, afin d&amp;#039;être cohérent avec les objectifs du schéma départemental des ENS.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions dont le montant est supérieur à 23 000 euros doivent faire l&amp;#039;objet d&amp;#039;une convention (conformément à
+ l&amp;#039;article 10 de la loi n°2000-321 du 12 avril 2000 et l&amp;#039;article 1 du décret n°2011-495 du 6 juin 2001).
+&lt;/p&gt;
+&lt;p&gt;
+ Les données relatives aux études devront alimenter les bases de données régionales spécifiques aux milieux humides et
+ cours d&amp;#039;eau (Fiche FORCE, observatoire de la biodiversité...).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sont exclus de ce régime d&amp;#039;aide tous les projets et travaux liés :
+ &lt;/li&gt;
+ &lt;li&gt;
+  à des mesures compensatoires réglementaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la mise en œuvre d&amp;#039;une activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à l&amp;#039;installation ou la pérennisation d&amp;#039;une activité sportive,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la mise en œuvre de travaux réalisés en régie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution d&amp;#039;un dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour toutes les opérations :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - La délibération du maître d&amp;#039;ouvrage: cette délibération signée doit intégrer le plan de financement, incluant les
+ subventions octroyées au Département mais également à toute autre structure.
+&lt;/p&gt;
+&lt;p&gt;
+ - Fiche financière
+&lt;/p&gt;
+&lt;p&gt;
+ Cette fiche doit récapituler les différentes dépenses relatives à l&amp;#039;opération (travaux, honoraires de maîtrise d&amp;#039;œuvre,
+ publications...). La fiche financière doit également comporter la mention « Présenté par le représentant légal de la
+ collectivité, qui certifie l&amp;#039;inscription de cette opération au budget ».
+&lt;/p&gt;
+&lt;p&gt;
+ - Demandeur ne récupérant pas la TVA : Attestation de non récupération.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour une étude, une mission d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, une mission de maîtrise d&amp;#039;œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ - Dossier de consultation des entreprises ou bureau d&amp;#039;études (CCTP, acte d&amp;#039;engagement,....),
+&lt;/p&gt;
+&lt;p&gt;
+ - Rapport d&amp;#039;analyse des offres,
+&lt;/p&gt;
+&lt;p&gt;
+ - Planning prévisionnel de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour la réalisation de travaux :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Plan de situation,
+&lt;/p&gt;
+&lt;p&gt;
+ - Note descriptive du projet : contexte, objectifs de l&amp;#039;opération, volets réglementaires, environnemental, technique
+ et financier, descriptif du milieu avant et après travaux,
+&lt;/p&gt;
+&lt;p&gt;
+ - Pièces réglementaires (arrêté d&amp;#039;autorisation ou de déclaration, déclaration d&amp;#039;intérêt général, convention),
+&lt;/p&gt;
+&lt;p&gt;
+ - Dossier de consultation des entreprises,
+&lt;/p&gt;
+&lt;p&gt;
+ - Rapport d&amp;#039;analyse des offres,
+&lt;/p&gt;
+&lt;p&gt;
+ - Planning prévisionnel,
+&lt;/p&gt;
+&lt;p&gt;
+ - Photos avant (la demande de solde devra inclure les photos après travaux),
+&lt;/p&gt;
+&lt;p&gt;
+ - Tableau de données pour la mise en œuvre fiches FORCE à fournir à la demande de solde.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une acquisition foncière :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Carte des parcelles à acquérir,
+&lt;/p&gt;
+&lt;p&gt;
+ - Estimation financière (Domaines, SAFER...),
+&lt;/p&gt;
+&lt;p&gt;
+ - Copie de l&amp;#039;acte notarié ou compromis de vente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ CONSEIL DÉPARTEMENTAL DE L&amp;#039;EURE
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel de Département
+&lt;/p&gt;
+&lt;p&gt;
+ 14 boulevard Georges Chauvin
+&lt;/p&gt;
+&lt;p&gt;
+ CS 72101 - 27021 Evreux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 32 31 50 50
+&lt;/p&gt;
+&lt;p&gt;
+ Marion HENRY
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:marion.henry&amp;#64;eure.fr" rel="noopener" target="_blank"&gt;
+  marion.henry&amp;#64;eure.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>deera@eure.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e96b-gerer-les-rivieres-et-les-millieux-humides/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>117506</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>CDC Biodiversité</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H109" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="J93" s="1" t="inlineStr">
+        <is>
+          <t>Pas de limites minimum ou maximum</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Dans le cadre de son Plan vert, la Région soutient les projets de création et d&amp;#039;ouverture au public de nouveaux espaces verts et de nature, et les projets d&amp;#039;amélioration de la qualité des espaces verts existants.
-[...4 lines deleted...]
-  budget participatif écologique de la Région Île-de-France
+ Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
+ à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
+ résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
+ ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  atténuer les changements climatiques en renforçant les
+ capacités de stockage ou de captage de CO2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et adapter les territoires à ces changements, notamment en limitant leurs
+ effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
+ inondation, sécheresse, incendie, submersion marine...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ecosystèmes marins et côtiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transitions agricole et forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Continuités écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Biodiversité en ville
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ 104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
+ &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
+  Les Réalisations Nature 2050
  &lt;/a&gt;
- .
-[...14 lines deleted...]
-      <c r="R109" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Seules les dépenses d&amp;#039;investissement sont éligibles.
+ Quelques exemples de projets soutenus par Nature 2050 :
  &lt;br /&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Création et ouverture au public de nouveaux espaces verts et de nature :
-[...9 lines deleted...]
- est modulé au regard du niveau de carence en espaces verts de la commune de localisation du projet :
+  Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
+  &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre
+&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
+  &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des projets Nature 2050 sont accessibles
+ en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Friche
+Risques naturels
+Biodiversité
+Paysage
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le porteur de projet doit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Communes très carencées :
-[...74 lines deleted...]
-      <c r="AA109" s="1" t="inlineStr">
+  Recourir aux solutions fondées sur la nature ;
+ &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
+ &lt;li&gt;
+  Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+   Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
+  &lt;br /&gt;
+ &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
+ &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
+  Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-[...139 lines deleted...]
-      <c r="G111" s="1" t="inlineStr">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>111675</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer l'écologie et le paysage des grands domaines historiques</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût HT de l'opération</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Restauration écologique et paysagère des grands domaines historiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;acquisition de terrains, à la réalisation d&amp;#039;études écologiques, paysagères et historiques destinées à comprendre l&amp;#039;évolution du parc.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la réalisation de travaux visant à restaurer et à conforter les éléments structurants contribuant à la trame verte et bleue et à la qualité des paysages : perspectives, alignements arborés, canaux...
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-04-0039 (AD du 25/05/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Espaces verts
+Biodiversité
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e2c-restaurer-lecologie-et-le-paysage-des-grands-/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>111676</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des sites naturels et des itinéraires de randonnée ayant subi une catastrophe naturelle</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût HT de l'opération</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Remise en état des sites naturels et des itinéraires de randonnée ayant subi une catastrophe naturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-04-0039 (AD du 29/05/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Montagne
+Risques naturels
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ce62-restaurer-des-sites-naturels-et-des-itinerair/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>111671</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du foncier, faire des études et des travaux d'aménagement d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds départemental pour la préservation et la valorisation des espaces naturels sensibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Aides aux acquisitions fonçières, aux études et aux travaux d&amp;#039;aménagement des espaces naturels sensibles, pour les thématiques suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  biodiversité (faune, flore et milieux naturels), biodiversité urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  paysages naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  continuité écologique (trame verte et bleue),
+ &lt;/li&gt;
+ &lt;li&gt;
+  préservation des espaces agricoles (trame jaune),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ressource en eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ouverture des sites naturels au public, accueil des publics fragilisés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développement et promotion de la randonnée pédestre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  liaisons douces (sentes vertes),
+ &lt;/li&gt;
+ &lt;li&gt;
+  tourisme équestre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Montant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% du montant HT de l&amp;#039;opération, limité à 80 % d&amp;#039;aides publiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43;10 % pour les bénéficiaires répondant aux critères de lutte contre les inégalités sociales et territoriales.&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2012-04-0056 (AD du 19/11/2012)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Tourisme
+Forêts
+Sols
+Foncier
+Cohésion sociale et inclusion
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>http://www.essonne.fr/fileadmin/5-cadre_vie_environnement/patrimoine_naturel/ressources/aides/Guide-ENS-2012-2021.pdf</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/57a2-acquerir-du-foncier-faire-des-etudes-et-des-t/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>111669</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser la rivière et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Eau</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J97" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valorisation de la rivière et des milieux aquatiques. Subvention dont la variation des taux d&amp;#039;aide à l&amp;#039;investissement est exprimée en % des dépenses HT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  20 % pour le suivi de la qualité des cours d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% pour la préservation et la restauration des cours d&amp;#039;eau, zones humides annexes et de leurs habitats
+ &lt;/li&gt;
+ &lt;li&gt;
+  40 % pour la maîtrise de l&amp;#039;usage des pesticides par les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour la préservation et restauration des mares et autres zones humides non connectées au cours d&amp;#039;eau.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2017-04-0018 (AD du 25/09/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/91fe-valoriser-la-riviere-et-les-milieux-aquatique/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>117417</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Faire appel à un Atelier et Chantier d’Insertion : restauration et aménagement du milieu naturel</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'insertion - Initiatives77
+ID77</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;Agence Études de la Direction Territoriale Seine-Nord de l&amp;#039;Office National des Forêts propose son expertise autour de l&amp;#039;arbre pour concevoir des espaces plantés adaptés aux attentes de nos concitoyens et répondant aux défis de l&amp;#039;évolution climatique.
-[...8 lines deleted...]
- L&amp;#039;expérience de l&amp;#039;ONF, premier gestionnaire public d&amp;#039;espaces naturels en France, est mise à contribution pour proposer une palette végétale adaptée aux conditions du sol et à l&amp;#039;évolution du climat. La notice d&amp;#039;orientation de gestion permet de mettre en pratique une gestion durable et écologique de la plantation et de constituer lorsque cela est possible une lisière la plus étagée possible, gage d&amp;#039;une plus grande richesse écologique.
+ Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
+&lt;/p&gt;
+&lt;p&gt;
+ A propos d&amp;#039;Initiatives77 : Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
+&lt;/p&gt;
+&lt;p&gt;
+ Notre offre de service :
+ Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 crée des promenades (chemin en grave, platelage...), aménage des espaces verts et intervient dans vos espaces protégés (ENS, zones humides).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ces chantiers vous permettent de valoriser votre engagement pour :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rénovation ou l&amp;#039;embellissement de votre environnement et patrimoine naturel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plus d&amp;#039;infos  https://initiatives77.org/offre-services-collectivites-locales/
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment préparer l&amp;#039;intervention d&amp;#039;un ACI avec Initiatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier et Chantier d&amp;#039;Insertion s&amp;#039;organise en 4 étapes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  La co-construction du projet avec Initiatives77,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La validation des estimatifs et signature d&amp;#039;une convention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement du chantier assuré par un Chef de chantier (salarié d&amp;#039;Initiatives77),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le suivi du chantier et bilan de fin d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles sont les modalités d&amp;#039;accueil d&amp;#039;un ACI avec Initatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En règle générale, la collectivité achète les matériaux et prend à sa charge l&amp;#039;accueil du chantier d&amp;#039;insertion à savoir :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de stockage d&amp;#039;outils et des matériaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1001 euros par semaine (hors matériaux, matériels et logistique d&amp;#039;accueil). Si le bénéficiaire ne peut pas fournir les repas 8 euros/ personne / repas seront facturés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M111" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Espace public
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Biodiversité
+Equipement public
+Réhabilitation
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
+        </is>
+      </c>
+      <c r="W98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed52-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>117393</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le cadre de vie par le développement du réseau des Espaces Naturels Sensibles</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...135 lines deleted...]
- La politique d&amp;#039;aide du conseil départemental à l&amp;#039;entretien des cours des rivières et la valorisation des cours d&amp;#039;eau se décline de la façon suivante :
+ Préserver un site naturel par la création d&amp;#039;un Espace naturel sensible communal et la définition d&amp;#039;orientations d&amp;#039;aménagement et de gestion :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   entretien des cours d&amp;#039;eau : 20% du montant HT des travaux (curage non pris en compte),
+   Identification des enjeux de préservation d&amp;#039;un site naturel, synthèse bibliographique
   &lt;/li&gt;
   &lt;li&gt;
-   aménagement facilitant la libre circulation des poissons migrateurs : 2 % du montant HT des travaux.
+   Élaboration d&amp;#039;une méthodologie de projet de création d&amp;#039;un ENS communal (gouvernance du projet, planning, partenaires, etc.)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assistance administrative et juridique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Définition et rédaction d&amp;#039;orientations d&amp;#039;aménagement et de gestion
+  &lt;/li&gt;
+  &lt;li&gt;
+   Définition et rédaction d&amp;#039;une programmation pluriannuelle de travaux d&amp;#039;aménagement et de gestion
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement pour le suivi de travaux (INITIATIVES 77)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande, notamment sur le terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rédaction de notes et de rapport
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...86 lines deleted...]
-      <c r="N112" s="1" t="inlineStr">
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
-Biodiversité</t>
-[...402 lines deleted...]
-          <t>Sols
+Tourisme
+Forêts
 Espaces verts
 Espace public
-Agriculture et agroalimentaire
-[...3 lines deleted...]
-      <c r="O114" s="1" t="inlineStr">
+Foncier
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...88 lines deleted...]
-  subventions76-communesepci&amp;#64;seinemaritime.fr
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
  &lt;/a&gt;
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c36-ameliorer-le-cadre-de-vie-par-le-developpemen/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G115" s="1" t="inlineStr">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>116528</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Connaitre les espèces et le fonctionnement des écosystèmes</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I115" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K115" s="1" t="inlineStr">
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N115" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Etudes, production de données et de connaissances sur les espèces et le fonctionnement des écosystèmes aquatiques : étude du cycle de vie des espèces, inventaire écologique, étude de débit minimum biologique, indicateur de qualité écologique, …&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8bb-copie-06h25-planifier-la-preservation-de-la-b/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>117170</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un réseau au service de la santé du végétal et de la protection de l'environnement</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>FREDON  Occitanie</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>FREDON Occitanie</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ regroupe des experts en botanique, phytopathologie, agronomie et environnement.
+ &lt;br /&gt;
+ Des métiers portés par un ensemble de compétences internes et externes reconnues dans le réseau des FDGDON de la région.
+ &lt;br /&gt;
+ Pour la partie délégation de missions en santé des végétaux, nous sommes reconnus comme organisme à vocation sanitaire (O.V.S) par arrêt ministériel (ministère de l&amp;#039;Agriculture).
+ &lt;br /&gt;
+ Nous mettons au profit des détenteurs de végétaux (agriculteurs, collectivités et particuliers) et des services publics (DRAAF, DREAL, ARS, DDTM, collectivités territoriales et locales ...) notre savoir-faire, afin de gérer la prévention, la surveillance et la lutte contre les dangers sanitaires en santé des végétaux (ravageurs et pathogènes) et en santé humaine (ambroisie, chenille processionnaire ...)
+ &lt;br /&gt;
+ Nous agissons aussi dans un objectif de réduction de l&amp;#039;usage des produits phytosanitaires par l&amp;#039;animation de la démarche Captages d&amp;#039;Eauccitanie et ECOPHYTO Jardins, Espaces Verts et Infrastructures (JEVI).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS DE DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LA SURVEILLANCE DES ORGANISMES NUISIBLES RÉGLEMENTÉS OU ÉMERGENTS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Surveillance sanitaire du végétal, informations sur les maladies et les ravageurs des végétaux, les espèces invasives, la surveillance des organismes nuisibles réglementés ou émergents
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous sommes en charge avec nos sections départementales (FDGDON) de la surveillance et de l&amp;#039;inspection sanitaire des végétaux sur tout le territoire régional. Cette délégation de service public comprend toutes les actions contribuant à la surveillance, la prévention et la lutte contre les organismes nuisibles ou les dangers sanitaires. La surveillance est organisée en plans d&amp;#039;inspection classés selon de grandes thématiques (Passeport sanitaire, export, surveillance générale). Ils évoluent au grès des réglementations européenne et française.
+ &lt;br /&gt;
+ L&amp;#039;objectif est de préserver les productions agricoles sur notre territoire ainsi que les autres économies liées au secteur végétal (ex. : tourisme).
+&lt;/p&gt;
+&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS D&amp;#039;INTÉRÊT GÉNÉRAL
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;ANIMATION RÉGIONALE AMBROISIES
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau de mobilisation collective pour limiter l‘implantation des ambroisies et les risques pour la santé des citoyens
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous participons à la
+ &lt;strong&gt;
+  stratégie de gestion des plantes allergisantes
+ &lt;/strong&gt;
+ pilotée par l&amp;#039;ARS* (Agence Régionale de Santé).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coordination régionale des actions de lutte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de comités départementaux de coordination de lutte et formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structuration d&amp;#039;un réseau de référents et de compétences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle des signalements et cartographie de la présence de la plante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public aux risques d&amp;#039;allergies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  DES ALTERNATIVES DURABLES AUX PESTICIDES DANS LES ESPACES PRIVÉS ET PUBLICS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau régional des gestionnaires de Jardins, Espaces Verts et Infrastructures (JEVI), chartes régionales «Zéro Phyto »
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous accompagnons tous les gestionnaires de la région souhaitant mettre en œuvre des actions
+ &lt;strong&gt;
+  visant à abandonner l&amp;#039;usage des produits phytosanitaires
+ &lt;/strong&gt;
+ dans une logique de gestion durable des espaces privés et publics.
+ &lt;br /&gt;
+ Les objectifs sont de coordonner un
+ &lt;strong&gt;
+  réseau de compétences régionales
+ &lt;/strong&gt;
+ et de produire et mutualiser des références techniques. L&amp;#039;animation de ce réseau passe notamment par le développement des
+ &lt;strong&gt;
+  chartes «Objectif/Engagé Zéro Phyto»
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Ce réseau est à destination :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des collectivités et gestionnaires publics de sites non agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires d&amp;#039;infrastructures (routes, autoroutes, réseaux, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires privés (infrastructures de tourisme, de loisirs, jardiniers amateurs, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  POUR UNE EAU POTABLE DE QUALITÉ
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation de réseaux d&amp;#039;acteurs en charge de la reconquête et la protection des captages d&amp;#039;alimentation en eau potable
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Cette démarche regroupe un réseau technique régional composé des «acteurs de terrain», des collectivités gestionnaires ou autres professionnelles impliqués. L&amp;#039;objectif principal est d&amp;#039;acc
+ &lt;strong&gt;
+  ompagner ces acteurs œuvrant dans les dispositifs locaux
+ &lt;/strong&gt;
+ (captages prioritaires, animateurs de bassins versants...) en Occitanie, sur les bassins Adour-Garonne et Rhône Méditerranée Corse, par la production et la mutualisation de références techniques, l&amp;#039;organisation de journées techniques, la formation ou encore la gestion de projet communs.
+&lt;/p&gt;
+&lt;h1&gt;
+ NOS SERVICES
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;EXPERTISE SANITAIRE
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous réalisons ou aidons à la réalisation de toutes les actions contribuant à la surveillance des problèmes sanitaires en santé des végétaux et sur les exotiques envahissantes. Nous avons un rôle de référent sanitaire et environnemental qui nous amène à être référencés sur des dossiers à la marge de nos actions principales : santé publique (pollens, chenilles urticantes), sécurité publique (frelon asiatique, hyménoptères), droit urbain et environnemental.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LE DIAGNOSTIC
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous effectuons des diagnostics pour le compte de particuliers, de collectivités ou d&amp;#039;entreprises. Nous apportons notre expertise lors du dépérissement d&amp;#039;un végétal, la suspicion de maladie ou l&amp;#039;état général d&amp;#039;un patrimoine végétal. La FREDON Occitanie fait partie du réseau «CLINIQUE DU VÉGÉTAL®».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ LES FORMATIONS
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous organisons ou animons des sessions de formation auprès de différents publics. Nous proposons notamment des formations spécifiques aux élus des collectivités locales et territoriales, aux propriétaires ou détenteurs de végétaux, aux groupements de représentants professionnels ou toute autre personne pouvant être intéressée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
 Sports et loisirs
-Tourisme
-Education et renforcement des compétences
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Recyclage et valorisation des déchets
+Santé
+Formation professionnelle
 Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
 Biodiversité
-Mers et océans
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Médias et communication
 Milieux humides
+Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S115" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ fédère les initiatives locales et s&amp;#039;appuie dans ses actions sur les fédérations départementales (FDGDON) et les groupements de défense (GDON).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est également membre du réseau FREDON FRANCE.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fredonoccitanie.com/</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FREDON Occitanie
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
+ &lt;br /&gt;
+ Téléphone : 04 67 75 64 48
+ &lt;br /&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;fredon-occitanie.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
+  https://www.fredonoccitanie.com/nous-contacter/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>contact@fredon-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a04-beneficier-dun-reseau-au-service-de-la-sante-/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>117153</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser la trame Verte et Bleue dans l’aménagement de son territoire</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prendre en compte la TVB, participant à l&amp;#039;amélioration du paysage, du cadre de vie par l&amp;#039;établissement de diagnostic en matière de biodiversité et l&amp;#039;intégration de ces données dans les documents d&amp;#039;urbanisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Elaboration d&amp;#039;un diagnostic de territoire en matière de biodiversité, fondé sur l&amp;#039;analyse :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de données naturalistes (faune, flore, milieux naturels)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de données d&amp;#039;occupation du sol (MOS, ECOLINE, ECOMOS, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de données liées aux zonages d&amp;#039;inventaire (ZNIEFF, zones humides, etc.) et zonages de protection (réserves, ENS, Natura 2000, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de données liées aux continuités écologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Conseils  informations en urbanisme et aménagement :
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en relation des partenaires
+&lt;/p&gt;
+&lt;p&gt;
+ - Sensibilisation sur l&amp;#039;architecture  et les paysages, l&amp;#039;environnement...
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide à la révision des documents d&amp;#039;urbanisme
+&lt;/p&gt;
+&lt;p&gt;
+ - Accompagnement technique lors des réunions en communes ou à la demande
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Foncier
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/429b-valoriser-la-trame-verte-et-bleue-dans-lamena/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>117154</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la mise en place d'une gestion différenciée des espaces verts</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la biodiversité en ville en amenant à des changements de pratique de gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce changement de pratique en faveur de la biodiversité nécessite une formation des agents et une appropriation des élus.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous apportons également des conseils techniques pour faciliter la mise en œuvre ainsi qu&amp;#039;une cartographie de cette gestion. Ces conseils pour la prise en compte de la biodiversité interviennent tant dans les actions de gestion et d&amp;#039;aménagement que dans les actions éducatives.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Espaces verts
+Friche
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de Seine-et-Marne.
+&lt;/p&gt;
+&lt;p&gt;
+ Adhésion SEME.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8549-accompagner-les-collectivites-a-la-mise-en-pl/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>117396</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et prendre en compte de la biodiversité au niveau de la collectivité</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser l&amp;#039;intégration de la trame verte et bleue en ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action vous permet d&amp;#039;améliorer les connaissances sur la biodiversité de votre collectivité tout en y impliquant des citoyens et agents. Par ailleurs, l&amp;#039;outil de suivi vous permettra de voir l&amp;#039;évolution de cette biodiversité en fonction de l&amp;#039;aménagement du territoire et des actions mises en œuvre. Cette action regroupe un diagnostic de la biodiversité, la participation des citoyens et scolaires à ces inventaires, des formations à la détermination et à la saisie des observations, des suivis et des conseils techniques pour l&amp;#039;amélioration de cette prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit/payant/SC sous conditions.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention de partenariat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Espaces verts
+Friche
+Citoyenneté
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1697-connaitre-et-prendre-en-compte-de-la-biodiver/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>163640</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Aide au développement de peupleraies de qualité en alignement dans le Marais Poitevin</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Aide au développement de peupleraies de qualité en alignement dans le Marais Poitevin</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région soutient le boisement et la qualité des peupliers en Nouvelle-Aquitaine dans le respect des réglementations environnementales en vigueur et des pratiques sylvicoles de gestion durable.
 &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Mettre en place de nouvelles peupleraies de qualité en alignement dans le Parc du Marais Poitevin : aider la plantation ou la replantation de peupliers en alignement,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Inciter à l’élagage précoce.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M116" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant
 &lt;/p&gt;&lt;p&gt;L’aide forfaitaire s’élève à 5 €/plant hors protection bovin plus 10 €/plant au titre de la protection bovine si elle est nécessaire. Elle est conditionnée à la réalisation de l&amp;#039;élagage à 3,50 m minimum dans un délai de 3 ans maximum après la plantation.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide est accordée pour 50 plants minimum et 1 200 plants maximum par an et par bénéficiaire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Forêts</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;Propriétaires individuels privés et publics,&lt;/p&gt;&lt;p&gt;Propriétaires regroupés de parcelles privées ou communales,&lt;/p&gt;&lt;p&gt;Structures de regroupements (Associations Syndicales Autorisées, Associations Syndicales Libres, coopératives...) à condition qu&amp;#039;elles soient titulaires des engagements liés à la réalisation des opérations.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Signer la charte populicole du Marais Poitevin en tant que document de Gestion Durable des forêts,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planter pour des raisons sanitaires des cultivars différents pour tout dossier supérieur à 3 hectares. Les cultivars femelles sont proscrits près des habitations et des zones d&amp;#039;élevage,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Utiliser des cultivars figurant sur la liste « clones de peupliers éligibles aux aides de l’État pour la culture en futaie » en vigueur au moment de la plantation disponible sur le site « Peupliers de France »,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prendre en compte notamment les sujétions environnementales : Natura 2000, arrêté de biotope, monuments historiques, cahiers des charges populicoles locaux,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Respecter notamment les ripisylves, bandes boisées le long des berges et installer les peupliers à 5 mètres au moins des berges et des fonds voisins non boisés,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;S’engager à mener à son terme le peuplement aidé (sauf cas de force majeure tels tempêtes, problèmes sanitaires…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser les travaux de plantation et d’entretien sans avoir recours au glyphosate.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La demande d’aide doit être adressée à la Région avant le début des travaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-developpement-de-peupleraies-de-qualite-en-alignement-dans-le-marais-poitevin</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Télécharger le dossier ou se le procurer auprès des référents professionnels suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Centre Régional de la Propriété Forestière 05 46 93 00 04 / 06 89 87 79 36&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Parc Naturel Régional du Marais Poitevin 05 49 35 15 20&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Compléter le dossier avec l’aide du référent professionnel (Centre Régional de la Propriété Forestière, Parc Naturel Régional du Marais Poitevin ou autres professionnels: voir dans le formulaire) et co-signer avec lui la demande.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Réunir les pièces complémentaires demandées.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Envoyer le dossier et les pièces complémentaires à la Région par courrier (voir l&amp;#039;adresse ci-dessous) ou par mail (voir l&amp;#039;adresse dans le formulaire).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le dossier est instruit par le service Forêt Bois et Papier puis présenté en Commission Permanente pour décision.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En cas d’avis favorable, un arrêté est adressé au demandeur pour lui signifier l’aide accordée et préciser les modalités de déblocage de l’aide.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-developpement-de-peupleraies-de-qualite-en-alignement-dans-le-marais-poitevin/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C117" s="1" t="inlineStr">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>102101</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les sites de nature ordinaire</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>SNO</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>subvention de 40% sur le montant HT des travaux d'investissement, plafonnée à 75 000 €</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lors de sa séance du 5 février 2018, le Conseil départemental a approuvé la révision de son schéma départemental des espaces naturels sensibles et proposé de nouvelles modalités d&amp;#039;accompagnement financières des projets de collectivités, en complément de son propre dispositif en faveur des espaces naturels sensibles.&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale s&amp;#039;applique aux opérations de restauration de biotopes et d&amp;#039;aménagement pour l&amp;#039;accueil du public sur des sites à caractère naturel, relevant de la biodiversité dite « ordinaire ».
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide prend la forme d&amp;#039;une subvention d&amp;#039;investissement, destinée à financer la partie des interventions dédiée aux milieux naturels. Elle ne peut porter sur des aménagements à caractère strictement paysager ou ornemental dénués de plus-value avérée en termes de biodiversité.&lt;/p&gt;&lt;p&gt;Objectifs
+:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préservation
+ou
+la restauration de milieux
+naturels existants ou la renaturation de milieux naturels dégradés&lt;/li&gt;&lt;li&gt;Existence d&amp;#039;un volet
+pédagogique structuré&lt;/li&gt;&lt;li&gt;Engagement de gestion ultérieure pérenne garantissant la
+bonne conservation
+de la biodiversité existante &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vocation finale : la mise en valeur de la biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples d&amp;#039;actions pour les SNO :​ Remise d&amp;#039;un cours d&amp;#039;eau dans son lit d&amp;#039;origine, création d&amp;#039;une mare, restauration d’une zone humide, installation d&amp;#039;un observatoire, pose de platelage, cheminement enherbé, panneau de sensibilisation à la biodiversité, fauche tardive, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;Investissements dont la vocation est la mise en valeur de la biodiversité. Les 3 conditions suivantes doivent être respectées :&lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Partie significative du site dédiée à la préservation ou la restauration de milieux naturels existants ou la renaturation de milieux naturels dégradés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Existence d&amp;#039;un volet pédagogique structuré
+  &lt;/li&gt;
+  &lt;li&gt;
+   Engagement de gestion ultérieure pérenne garantissant la bonne conservation de la biodiversité existante&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/accueil/le-departement/routes-environnement--territoire/amenagement-du-territoire.html</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Conseils techniques avant dépôt de la demande : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Maria RIBEIRO, Service Espaces Naturels du Conseil Départemental du Calvados, 02 31 57 14 72&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conseils sur la constitution du dossier : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service des territoires, &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_self"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt; ou 02.31.57.11.25.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e5d-amenager-les-sites-de-nature-ordinaire/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>165475</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'aménagement d'Espace Naturel Sensible pour une ouverture au public</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'aménagement d'Espace Naturel Sensible pour une ouverture au public</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 30 %.</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nature des dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Investissement :&lt;/strong&gt;&lt;br /&gt;-  Plan d’interprétation ;&lt;br /&gt;-  Maîtrise d’œuvre des études et des travaux d’aménagements ; &lt;br /&gt;-  Travaux, équipements, mobilier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Fonctionnement&lt;/strong&gt;&lt;br /&gt;-  Actions d’animation du site (sorties, expositions, conférences…) ;&lt;br /&gt;-  Les dépenses d’entretien courant type ramassage des déchets, nettoyage de locaux, ne sont pas éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-  Sites ENS actuels opérationnels doté d’un plan de gestion ;&lt;/p&gt;&lt;p&gt;-  Nouveaux sites ENS prioritaires doté d’un plan de gestion ;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-lamenagement-despace-naturel-sensible-pour-une-ouverture-au-public/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
-Nouveaux lieux, nouveaux liens
-ÉcoQuartier
 Renaturation des villes
-QPV - Quartiers Prioritaires de la politique de la Ville</t>
-[...2 lines deleted...]
-      <c r="D117" s="1" t="inlineStr">
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Office Français de la Biodiversité (OFB)
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
-Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
-[...3 lines deleted...]
-Agence Régionale de la Biodiversité (ARB) - La Réunion
 Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
 Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K117" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
-[...80 lines deleted...]
-          <t>Cours d'eau / canaux / plans d'eau
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Forêts
 Montagne
-Sols
-[...4 lines deleted...]
-Education et renforcement des compétences
+Espaces verts
+Friche
+Accès aux services
+Santé
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions
-[...5 lines deleted...]
-      <c r="O117" s="1" t="inlineStr">
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="S117" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
-[...12 lines deleted...]
-animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
 Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
 Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
 Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
 Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
 91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
 Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
 Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
 Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
 MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
 Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
 Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 54&lt;/p&gt;&lt;p&gt;FOUREST
 Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 66&lt;/p&gt;&lt;p&gt;
-&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y117" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>162526</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets favorables à la transition écologique</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C109" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Un territoire résilient face au changement climatique</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F118" s="1" t="inlineStr">
+      <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I118" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Sols
 Economie circulaire
 Qualité de l'air
 Biodiversité</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P118" s="1" t="inlineStr">
+      <c r="P109" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q118" s="1" t="inlineStr">
+      <c r="Q109" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-[...355 lines deleted...]
-      <c r="G121" s="1" t="inlineStr">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>152463</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la préservation de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>PRESERVATION DE LA BIODIVERSITE CONTRIBUANT NOTAMMENT A LA LUTTE CONTRE LE RECHAUFFEMENT CLIMATIQUE</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
-[...132 lines deleted...]
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I122" s="1" t="inlineStr">
-[...617 lines deleted...]
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I110" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J125" s="1" t="inlineStr">
+      <c r="J110" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la préservation de la biodiversité par l&amp;#039;acquisition de parcelles présentant un intérêt écologique (marais, boisements, landes, pelouses calcicoles...) non classées espaces naturels sensibles (ENS).
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement en faveur de la préservation de la biodiversité et notamment la création de micro-forêts, d&amp;#039;îlots de fraicheur contribuant aussi à la lutte contre les effets du réchauffement climatique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M110" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagements paysagers, espace découverte de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;aménagement du parc paysager de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement du jardin de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Création du parc paysager du Château de Villers sous Saint Leu
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une zone humide à Hermes et aménagement d&amp;#039;une mare à Berthecourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un cimetière écologique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Biodiversité
 Paysage
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -22220,630 +18813,2322 @@
      &lt;p&gt;
       Dépense subventionnable plafonnée à 300 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  *Direction générale adjointe aménagement durable de l&amp;#039;environnement et de la mobilité
  &lt;br /&gt;
  Service de l&amp;#039;eau, de l&amp;#039;assainissement et des rivières
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien (à l&amp;#039;exception des travaux d&amp;#039;entretien des rivières).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W125" s="1" t="inlineStr">
+      <c r="W110" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f477-aider-a-la-preservation-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>147706</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C111" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I126" s="1" t="inlineStr">
+      <c r="I111" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P126" s="1" t="inlineStr">
+      <c r="P111" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q126" s="1" t="inlineStr">
+      <c r="Q111" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T126" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>143373</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Construire des projets Gemapi adaptés aux enjeux territoriaux et exercer les missions de la Gemapi</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Vous portez un projet d&amp;#039;aménagement qui doit prendre en compte la gestion du milieu aquatique, la prévention des inondations ou le recul du trait de côte ?
+ &lt;br /&gt;
+ Les solutions intégrées impliquent la déclinaison de méthodologies à considérer selon une approche globale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne vers la réussite technique et économique de projets pérennes et dans l&amp;#039;exercice des missions Gemapi.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment porter un projet de restauration du milieu aquatique ou de système d&amp;#039;endiguement complexe ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment gérer les aspects règlementaires et techniques d&amp;#039;un tel projet ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles orientations retenir parmi plusieurs options techniques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment exercer les missions rattachées à la Gemapi ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise nationale reconnue en matière d&amp;#039;ouvrages hydrauliques (développement de méthodologies d&amp;#039;évaluation de la sécurité des ouvrages), d&amp;#039;analyse du fonctionnement des milieux aquatiques et du littoral
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un expert public (à l&amp;#039;interface entre bureaux d&amp;#039;études et collectivités), garantissant neutralité de l&amp;#039;accompagnement et capacité de médiation technique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche pluridisciplinaire et intégrée de la Gemapi, sur ses deux volets et à leur interface
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité à faire le lien entre Gemapi et petit cycle de l&amp;#039;eau ou risques naturels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &amp;gt; Préparer votre projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration de recommandations issues de réalisations en contextes similaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la rédaction de cahiers des charges.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer les options techniques
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposition de critères d&amp;#039;évaluation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;instrumentation de sites et des modélisations associées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Vous accompagner dans l&amp;#039;exercice des missions Gemapi par
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des formations méthodologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Former
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sur les outils de connaissance et de suivi (ouvrages, modélisation, fonctions des zones humides).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Saint-Malo Agglomération :
+  &lt;/strong&gt;
+  Définition des systèmes d&amp;#039;endiguement, d&amp;#039;un cahier des charges, d&amp;#039;une méthode d&amp;#039;étude de dangers.Structuration d&amp;#039;une base de données des ouvrages.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Troyes Champagne Métropole :
+  &lt;/strong&gt;
+  Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/construire-projets-gemapi-adaptes-aux-enjeux-territoriaux</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d465-construire-des-projets-gemapi-adaptes-aux-enj/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>95344</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le domaine de la Gestion des Milieux Aquatiques et de la Prévention des Inondations</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
+Agence de l'eau Rhône-Méditerranée-Corse
+Conseil régional d'Occitanie
+Syndicat Mixte des Milieux Aquatiques et des Rivières (SMMAR)</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J113" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de l'intervention dépend du dispositif demandé</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département de l&amp;#039;Aude s&amp;#039;est engagé, suite à la catastrophe de Novembre 1999, dans un programme prioritaire de « Prévention et de Gestion du Risque inondation », destiné à se prémunir des effets dommageables des crues sur les zones habitées, dans un objectif de protection des personnes et des biens.
+&lt;/p&gt;
+&lt;p&gt;
+ Enrichis, par le bilan très positif de l&amp;#039;ensemble des PAPI « première génération », et dans une logique de transposition de la Directive Cadre Inondations (DCI), l&amp;#039;Etat a souhaité impulser une nouvelle dynamique PAPI. C&amp;#039;est pourquoi, le SMMAR EPTB a élaboré la maquette d&amp;#039;un PAPI 2 « seconde génération » pour les années 2015/2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agira de poursuivre cette orientation stratégique sur les rivières en l&amp;#039;élargissant aux risques littoraux, et à une gestion régulière du bassin versant et des milieux aquatiques pour œuvrer à la restauration et la revalorisation de zones humides et des cours d&amp;#039;eau afin de protéger les ressources en eau et lutter contre les pollutions, mais aussi afin de préserver l&amp;#039;équilibre géomorphologique du cours d&amp;#039;eau, et sa biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires de ces aides sont les collectivités territoriales et leurs groupements, les Associations Syndicales Autorisées (ASA) et leurs groupements, les Sociétés d&amp;#039;Aménagement Régionales, dans le respect de leurs compétences statutaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité des opérations
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent s&amp;#039;inscrire dans l&amp;#039;un des 7 axes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe
+  1
+  &lt;/em&gt;
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+  Amélioration des connaissances et renforcement de la conscience du risque ; c&amp;#039;est-à-dire poursuite de la sensibilisation auprès du grand public et des scolaires, pose de repères de crues et de laisses de mer pour la submersion marine mais aussi poursuite des études d&amp;#039;aléas...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe  2 :
+  &lt;/em&gt;
+  Amélioration de la surveillance et de la prévision des crues
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 3 :
+  &lt;/em&gt;
+  Alerte et gestion de crise; c&amp;#039;est-à-dire suivi de l&amp;#039;hydrologie superficielle et souterraine, prévision pluviométrique, renforcement des outils de gestion de crise
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 4 :
+  &lt;/em&gt;
+  Prise en compte du risque inondation dans l&amp;#039;urbanisme et l&amp;#039;aménagement du territoire ; c&amp;#039;est-à-dire accompagner la mise en œuvre des Plans de Prévention des Risques Inondations approuvés et assister les collectivités dans l&amp;#039;élaboration des SCOT et des schémas de ruissellement en zone urbaine et péri-urbaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 5 :
+  &lt;/em&gt;
+  Actions de réduction de la vulnérabilité des personnes et des biens ; c&amp;#039;est-à-dire réduire la vulnérabilité et augmenter la résilience des services publics et des entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 6 :
+  &lt;/em&gt;
+  Ralentissement des écoulements ; c&amp;#039;est-à-dire optimiser les champs d&amp;#039;expansion des crues, contrôler le transport solide, réaliser des ouvrages de rétention, et surtout réaliser des PPGBV, qui représentent à eux seuls environ la moitié de l&amp;#039;enveloppe financière du PAPI 2
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 7 :
+  &lt;/em&gt;
+  Gestion des ouvrages de protection hydraulique ; c&amp;#039;est-à-dire aménagement des berges au droit d&amp;#039;enjeux, confortement des digues et déversoirs, optimisation d&amp;#039;ouvrages existants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour l&amp;#039;axe spécifique des PPGBV , les opérations devront s&amp;#039;articuler autour des 5 axes d&amp;#039;actions suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 1 :
+  &lt;/em&gt;
+  Restauration physique des cours d&amp;#039;eau : Actions visant à rechercher un fonctionnement naturel des cours d&amp;#039;eau par des actions morphologiques et sédimentaires ; libérer des espaces de mobilité des cours d&amp;#039;eau dans les secteurs définis de manière concertée en veillant à préserver les zones à enjeux ; soutenir les actions de continuité écologique par l&amp;#039;effacement ou l&amp;#039;équipement de seuils et barrages.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 2 :
+  &lt;/em&gt;
+  Gestion quantitative de la ressource en eau : développer un dispositif de  gestion quantitative de la ressource en eau conformément aux conclusions de l&amp;#039;étude sur la détermination des volumes prélevables portée sous maîtrise d&amp;#039;ouvrage du SMMAR et finalisée en 2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 3 :
+  &lt;/em&gt;
+  Reconquête de la qualité de l&amp;#039;eau : accompagner les actions de lutte contre les pollutions diffuses, notamment type phytosanitaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 4 :
+  &lt;/em&gt;
+  Zones humides : protéger et gérer les zones humides inventoriées conformément à la hiérarchisation élaborée par les plans de gestion. L&amp;#039;inventaire des zones humides mené sous maîtrise d&amp;#039;ouvrage du SMMAR sera complété sur tous les secteurs à ce jour non recensés (secteurs Orbieu-Aude médiane notamment).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 5 :
+  &lt;/em&gt;
+  Gestion de la ripisylve : prévenir la formation d&amp;#039;embâcles et maintenir le développement d&amp;#039;une ripisylve équilibrée (accroître le rôle régulateur épurateur, tout en conservant le rôle protecteur, préserver le rôle de connecteur de zones humides, favoriser la biodiversité en conformité avec les inventaires réalisés dans le cadre des SAGE ou des démarches Natura 2000, PNR, ENS...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/gestion-des-milieux-aquatiques-et-prevention-des-inondations-gemapi</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ David MOURET - Chef du Service Hydraulique - Observatoire de l&amp;#039;Eau
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  courriel :
+  &lt;a href="mailto:david.mouret&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   david.mouret&amp;#64;cg11.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Alain ERADES  - Ingénieur
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  courriel :
+  &lt;a href="mailto:alain.erades&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   alain.erades&amp;#64;cg11.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  téléphone : 04.68.11.67.62
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa9b-investir-dans-le-domaine-de-la-gestion-des-mi/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>103419</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Créer des espaces verts</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Création d'espaces verts</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;p&gt;
+ Dans le cadre de son Plan vert, la Région soutient les projets de création et d&amp;#039;ouverture au public de nouveaux espaces verts et de nature, et les projets d&amp;#039;amélioration de la qualité des espaces verts existants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ La Région soutient les porteurs de projets d&amp;#039;investissement concourant à la réalisation des objectifs quantitatifs du Plan vert par l&amp;#039;augmentation du ratio en mètres-carrés d&amp;#039;espaces verts et de nature ouverts au public par habitant ainsi qu&amp;#039;en améliorant l&amp;#039;accessibilité et la qualité de ces espaces.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces verts et de liaisons vertes ouverts au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Requalification ou amélioration de l&amp;#039;accessibilité d&amp;#039;espaces verts ou de nature existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jardins partagés dès lors qu&amp;#039;ils permettent l&amp;#039;association du public et qu&amp;#039;ils sont soutenus par les communes et les intercommunalités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toitures et murs végétalisés accessibles au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créations d&amp;#039;alignement d&amp;#039;arbres...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier prévisionnel
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dépôt jusqu&amp;#039;au 6 juillet &amp;gt; vote en novembre 2021
+ &lt;br /&gt;
+ Sinon &amp;gt; vote en 2022
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : dans le cadre de l&amp;#039;élaboration de leurs projets, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le taux d&amp;#039;intervention est modulé au regard du niveau de carence en espaces verts de la commune de localisation du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Communes très carencées
+  &lt;/strong&gt;
+  : 50% des dépenses éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Autres territoires
+  &lt;/strong&gt;
+  : 40% des dépenses éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant maximum de la subvention régionale dépend de la nature du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Création et ouverture au public de nouveaux espaces verts et de nature
+  &lt;/strong&gt;
+  : 500 k€ par projet (600 k€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées),
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Amélioration de la qualité d&amp;#039;espaces verts et de nature existants et déjà ouverts au public
+  &lt;/strong&gt;
+  : 250 k€ par projet (350 k€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/creation-despaces-verts</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:planvert&amp;#64;iledefrance.fr"&gt;
+  planvert&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet doivent déposer leurs dossiers de candidature sur
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>biodiversite@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e8ea-creation-despaces-verts/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>123492</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Office Français de la Biodiversité (OFB)
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Bretonne de la Biodiversité (ARBE)
-Agence Régionale de la Biodiversité (ARB) - Occitanie
-Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agence Régionale de la Biodiversité (ARB) - La Réunion
-[...4 lines deleted...]
-      <c r="G127" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - La Réunion</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Foncier
 Accès aux services
 Cohésion sociale et inclusion
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
         </is>
       </c>
-      <c r="W127" s="1" t="inlineStr">
+      <c r="W115" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Un(e)
 animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
 Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
 Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
 Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
 Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
 91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
 Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
 Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
 Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
 MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
 Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
 Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 54&lt;/p&gt;&lt;p&gt;FOUREST
 Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>132573</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets locaux d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Projets locaux d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I116" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J116" s="1" t="inlineStr">
+        <is>
+          <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre des 4 thématiques que sont la protection de la ressource en eau et des zones humides, les sites de sport et de nature, les jardins remarquables et les milieux naturels remarquables, le Département soutient financièrement les collectivités locales qui interviennent pour acquérir des parcelles de propriétés rurales, réaliser des travaux d&amp;#039;aménagement nécessaire à l&amp;#039;accueil du public, réaliser des travaux de gestion et d&amp;#039;entretien environnemental et paysager, et promouvoir des actions pédagogiques et de formation.
+&lt;/p&gt;
+&lt;p&gt;
+ La maîtrise foncière étant un gage de réussite à l&amp;#039;aménagement de sites, le porteur de projet local doit justifier d&amp;#039;une mise d&amp;#039;une démarche foncière active. En cas de maîtrise foncière autre que publique (privé, association), une convention de partenariat Département / Organisme public porteur de projet local / propriétaire privé ou association donnant les engagements de chacun pourra être formalisée.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seront priorisés les projets portant sur des sites labellisés et présentant un caractère emblématique à l&amp;#039;échelle départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_02_fiche-action_projets_locaux.pdf</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de la Haute-Marne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03.25.32.85.71
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
+  service.agriculture&amp;#64;haute-marne.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Guide des aides :
+ &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
+  http://www.haute-marne.fr/guidedesaides/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute correspondance doit être adressée à :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue du Commandant Hugueny
+&lt;/p&gt;
+&lt;p&gt;
+ CS 62127
+&lt;/p&gt;
+&lt;p&gt;
+ 52905 CHAUMONT Cedex 9
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>jean-jules.joly@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb7a-soutenir-les-projets-locaux-despaces-naturels/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>120261</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir  les structures gestionnaires des milieux aquatiques à l'échelle des bassins versants</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>FONDS DEPARTEMENTAL DE L'ENVIRONNEMENT (FDE)</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aides publiques : 70%</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour tenir les objectifs d&amp;#039;atteinte du bon état des eaux, une implication de tous les acteurs du territoire est nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour atteindre cet objectif et dans la continuité des politiques engagées depuis de nombreuses
+ années, le Département développe une politique qui vise à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   améliorer l&amp;#039;acquisition de connaissances et la définition de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer à la restauration physique du fonctionnement des bassins versants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Acquisition de connaissances (hydrométrie, topographie,
+ télédétection, modélisation,
+ suivis ...) : 1 000 à 50 000 €,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes de fonctionnement des bassins
+ versants (SAGE, hydromorphologie ...) : 1 000 à 50 000 €,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hors étude liée à des opérations
+  foncières, inventaires zones humides, études
+  en lien avec des mesures
+  compensatoires liées à une
+  opération, élaboration/bilan PAPI.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Amélioration du transport sédimentaire, amélioration de la continuité
+ longitudinale du faciès d&amp;#039;écoulement, recréation de chenaux (études préalables et travaux compris maîtrise d&amp;#039;
+ œuvre
+ , déclaration Loi sur l&amp;#039;Eau, AMO,
+ géotechniques, ....) : 1 000 à 200 000 €,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement en vue d&amp;#039;améliorer les
+ continuités latérales des cours d&amp;#039;eau  (études préalables et travaux compris maîtrise d&amp;#039;œuvre, déclaration Loi sur l&amp;#039;Eau, AMO, géotechniques, ....) : 1 000 à 200 000 €,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hors travaux d&amp;#039;entretien et travaux
+  d&amp;#039;aménagement récurrents
+  (enlèvement déchets, enlèvement
+  d&amp;#039;embâcles, entretien ripisylve,
+  lutte contre les plantes
+  envahissantes, ...), protection de
+  berges autres qu&amp;#039;en génie
+  végétal, protection
+  contre les
+  inondations, restauration
+  de la ripisylve, mesures compensatoires, animation.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;opération ne doit être ni engagée ni avoir
+ fait l&amp;#039;objet d&amp;#039;un bon de commande au moment du dépôt de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les études, les services du Département doivent être associés à l&amp;#039;élaboration du
+ cahier des charges, aux réunions de déroulement ainsi qu&amp;#039;à leur restitution.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux maximum toutes aides publiques confondues ne doit pas dépasser 70%.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant le travail réalisé en régie :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le montant des travaux doit être équivalent à une fourchette de
+ prix habituellement pratiquée par des entreprises pour des opérations similaires
+ ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le pétitionnaire doit fournir une attestation signée du Président de la
+ structure mentionnant le nombre d&amp;#039;heures effectuées par personne et le taux horaire appliqué,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ils ne doivent pas dépasser 30% de la dépense subventionnable,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la main d&amp;#039;
+ œuvre
+ (y compris charges),
+ les frais de déplacement, les dépenses ponctuelles directement liées à la mission, excepté les frais liés au fonctionnement général de la structure, peuvent être intégrés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ces prestations doivent être ré-imputées en section d&amp;#039;investissement (attestation du
+ Trésorier à l&amp;#039;appui).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;opération devra être réalisée dans un délai de 2 ans à compter de la notification.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Catherine LABAT - Cheffe de Service Environnement, Aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:catherine.labat&amp;#64;ha-py.fr" rel="noopener" target="_blank"&gt;
+  catherine.labat&amp;#64;ha-py.fr
+ &lt;/a&gt;
+ - 05 62 56 70 10 - 06 21 03 80 03
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5269-soutenir-les-structures-gestionnaires-des-mil/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>119761</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des eaux pluviales et de ruissellement hors activités économiques</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux collectivités territoriales ou à leurs groupements, aux établissements publics et aux associations qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de
+ &lt;br /&gt;
+ biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour des opérations de renouvellement urbain associées à une déconnexion des eaux pluviales du réseau d&amp;#039;assainissement :
+&lt;/p&gt;
+&lt;p&gt;
+ Création de noues plantées en bordure de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ Création de toitures végétalisées
+&lt;/p&gt;
+&lt;p&gt;
+ Création de chaussées à struture réservoir
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Lien vers plaquette : La gestion durable et intégrée des eaux pluviales au service de la Biodiversité en ville :
+ &lt;a href="https://www.eau-artois-picardie.fr/sites/default/files/plaquette_gepbio_2021_web.pdf" rel="noopener" target="_blank"&gt;
+  https://www.eau-artois-picardie.fr/sites/default/files/plaquette_gepbio_2021_web.pdf
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déconnexion des eaux pluviales :
+&lt;/p&gt;
+&lt;p&gt;
+ - du réseau unitaire d&amp;#039;assainissement
+&lt;/p&gt;
+&lt;p&gt;
+ - ou d&amp;#039;un réseau pluvial impactant le milieu aquatique (pollution avérée à l&amp;#039;exutoire)
+&lt;/p&gt;
+&lt;p&gt;
+ - ou d&amp;#039;un réseau pluvial dysfonctionnant et engendrant des inondations
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les Entreprises privées / Entreprises publiques locales (Sem, Spl, SemOp) concernent celles intervenants dans le cadre d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage publique.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-049_eaux_pluviales.pdf</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>Jean-Philippe KARPINSKI
+&lt;br /&gt;
+Chef de la Mission Mer du Nord
+&lt;br /&gt;
+jp.karpinski&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+François BLIN
+&lt;br /&gt;
+Chef de la Mission Picardie
+&lt;br /&gt;
+f.blin&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Ludovic LEMAIRE
+&lt;br /&gt;
+Chef de la Mission Littoral
+&lt;br /&gt;
+l.lemaire&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé CANLER
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60f7-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>116530</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la fonctionnalité des écosystèmes</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I119" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de restauration écologique et de préservation des cours d’eau, des zones humides ou des habitats de milieux aquatiques, …&lt;br /&gt;Sont exclues les actions de continuité écologique ou en lien direct et substantiel avec les inondations ou la protection des biens et des personnes, les actions régulières et récurrentes ou d’entretien.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c418-copie-06h30-amelioration-de-la-continuite-eco/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>117150</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour l'acquisition, la restauration et la gestion de zones humides et des champs d'expansion des crues</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre la préservation de la fonctionnalité des zones humides.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vise à vous accompagner dans l&amp;#039;identification des zones humides et champs d&amp;#039;expansion de crue jusqu&amp;#039;à leur valorisation en passant par leur restauration et leur gestion ainsi que le financement (à 80%).
+&lt;/p&gt;
+&lt;p&gt;
+ Nos propositions comprennent un porter à connaissance des zones humides du territoire, un accompagnement à la démarche d&amp;#039;identification des zones humides, des informations foncières sur ces zones humides comprenant également la procédure de récupération de biens vacants sans maître. Si la collectivité souhaite s&amp;#039;engager, l&amp;#039;accompagnement permet des prospections foncières, la réalisation de schéma de gestion et de restauration, l&amp;#039;aide à la mobilisation de subvention, l&amp;#039;accompagnement en phase travaux, notamment par des chantiers d&amp;#039;insertion, la valorisation culturelle et paysagère du site.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit pour partie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Foncier
+Risques naturels
+Appui méthodologique
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f1e3-accompagner-les-collectivites-pour-lacquisiti/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>101201</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la plantation de haies</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I121" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département du Calvados facilite la création ou la restauration de haies au travers d&amp;#039;aides aux collectivités, exploitants agricoles, associations et particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ Éléments incontournables de nos paysages normands, les haies assurent une protection des cultures contre le vent, diminuent l&amp;#039;érosion des terres et permettent la régulation du régime des eaux. Elles sont également d&amp;#039;une grande utilité pour préserver la faune et la flore de nos territoires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Nature des travaux aidés
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  création de haies bocagères nouvelles et les opérations de reconstitution ou d&amp;#039;enrichissement de haies bocagères existantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création ou réhabilitation de talus sur un linéaire de projet de plantation de haies ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de clôtures sur un linéaire de projet de plantation de haies (fourniture et mise en œuvre).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  1. Pour les collectivités :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à hauteur de 70% du montant HT pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la fourniture et les travaux de mise en place des plants, paillages et protections gibiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux préparatoires du sol (création ou réhabilitation de talus) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de plantation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la fourniture et la mise en œuvre des clôtures.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plafonds de dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Haie : 8€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec clôtures : 12€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec talus : 16€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec talus et clôtures : 20€/m
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  2. Pour les porteurs de projets individuels
+ &lt;/strong&gt;
+ (exploitants agricoles, associations, particuliers ou groupement pour un projet géographiquement continu) :
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Importance des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plantation de haies : 2.30 €/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Talus : 1.50 €/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clôture : 1.50€/m
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas de restauration d&amp;#039;une haie, le montant de subvention sera calculé sur la base d&amp;#039;un équivalent de linéaire planté correspondant au pourcentage de regarnissage.
+&lt;/p&gt;
+&lt;p&gt;
+ Une majoration de 20% du barème ci-dessus sera appliquée aux projets de plantations issus d&amp;#039;un plan de gestion de la haie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations pour les projets individuels, veuillez consulter les modalités d&amp;#039;aides en vigueur :
+ &lt;a href="https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haies-.html" rel="noopener" target="_blank"&gt;
+  https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haies-.html
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  projet de plantations sur une longueur cumulée supérieure ou égale à 300m ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet de plantations des parcelles non urbanisées et non urbanisables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;intégralité des végétaux doit figurer
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/Bocage/Liste-varietes-bocageres-eligibles-aide-haie-bocagere.pdf" rel="noopener" target="_blank"&gt;
+   dans la liste fournie
+  &lt;/a&gt;
+  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plantations de jeunes plants,
+  cépée et bourrage : hauteur limitée à 1,0 m, haut-jet : hauteur limitée à 1,5 m ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre d&amp;#039;un plant par mètre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre d&amp;#039;un paillage naturel ou synthétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les talus et clôtures ne sont pas éligibles seuls et doivent être sur un linéaire de plantation de haies.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour en savoir plus, consultez également les
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/Bocage/aides-plantation-haies-conditions-d-obtention.pdf" rel="noopener" target="_blank"&gt;
+  conditions d&amp;#039;obtention des aides.
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haie-2.html</t>
+        </is>
+      </c>
+      <c r="W121" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service environnement du Département du Calvados
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:environnement&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+   environnement&amp;#64;calvados.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél : 02 31 57 15 68
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d69-favoriser-la-plantation-de-haies/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>97346</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets de plantation de haies bocagères et de bosquets</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Plantations de haies et de bosquets en zone rurale</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vendée</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I128" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Plan Vendée Biodiversité Climat -
   Plantation de haies et de bosquets en zone rurale
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le présent dispositif vise à accompagner l&amp;#039;élaboration de projets de plantation de haies bocagères et de bosquets pour valoriser le paysage rural et favoriser la biodiversité par le choix des végétaux adaptés aux sols et aux paysages ainsi qu&amp;#039;au contexte du réchauffement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  Le coût de l&amp;#039;accompagnement technique est plafonné à 1 000€ HT. Le coût des travaux est plafonné à 
 5€ HT le ml pour les haies avec paillage biodégradable 8€ HT le ml pour les haies avec paillage biodégradable avec talus avec fossé.
 15€ HT par arbre pour les alignements d&amp;#039;arbres
 3000€ HT par hectare pour les bosquets.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Sols
 Agriculture et agroalimentaire
 Biodiversité
 Paysage
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les dépenses éligibles concernant l&amp;#039;accompagnement technique, les travaux et le matériel nécessaire à la réalisation des projets de plantations sont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accompagnement technique du projet,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;achat des végétaux,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;achat des matériaux relatifs à la plantation (paillage biodégradable, protection et tuteurage),
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de préparation de terrain,
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de plantation,
  &lt;/li&gt;
  &lt;li&gt;
   la préparation ou la fourniture du paillage biodégradable,
  &lt;/li&gt;
  &lt;li&gt;
   la pose du paillage biodégradable, des protections et du tuteurage.
@@ -22864,1135 +21149,407 @@
   &lt;/span&gt;
  &lt;/a&gt;
  ).
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles doivent concerner les projets hors remembrement et sans finalité productive relatifs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   hors zone bâtie, aux plantations de haies ou au regarnissage de haies existantes y compris autour des sièges d&amp;#039;exploitation et des bâtiments agricoles avec un minimum de 200 mètres linéaires en continu ou en discontinu pouvant aller jusqu&amp;#039;à une emprise de 10 mètres de large.
 Les haies peuvent être doubles ou triples dans la limite de distances de 1,5 ml maximum sur la ligne et espacées de 0,75 ml entre ligne (plantations à réaliser en quinconce).
 Au-delà de 1,5 ml de large entre le pied des arbres et/ou de 3 lignes espacées de plus de 0,75 ml, la plantation sera rattachée au boisement (subvention surfacique).
  &lt;/li&gt;
  &lt;li&gt;
   aux constitutions de bosquets entre 1 500 m2 et 50 000 m2 (0,15 ha et 5 ha). Les bosquets seront constitués au minimum de 4 essences différentes.  Du point de vue de la biodiversité, les plantations réalisées au minimum sur 2 lignes ainsi que sur talus sont préconisées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  De même, lorsque cela est possible, la réalisation de haies sur talus et terrains en pente doit se faire perpendiculairement à la pente (lutte contre l&amp;#039;érosion des sols, réserve en eau en profondeur,...).
 &lt;/p&gt;
 &lt;p&gt;
  La subvention ne doit pas avoir pour objet de financer des plantations visant à se mettre en conformité avec la règlementation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Vendée
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Agriculture et Pêche
 &lt;/p&gt;
 &lt;p&gt;
  40, rue du Maréchal Foch
 85923 LA ROCHE-SUR-YON CEDEX 9
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 02.28.85.86.42    Fax : 02.51.44.20.25
 &lt;/p&gt;
 &lt;p&gt;
  E-mail :
  &lt;a href="mailto:agriculture&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
   agriculture&amp;#64;vendee.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>gaelle.daviaud@vendee.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a25a-accompagner-les-projets-de-plantation-de-haie/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G129" s="1" t="inlineStr">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>156131</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la préservation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...5 lines deleted...]
-      <c r="H129" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I129" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K129" s="1" t="inlineStr">
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J123" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le Département du Calvados facilite la création ou la restauration de haies au travers d&amp;#039;aides aux collectivités, exploitants agricoles, associations et particuliers.
-[...2 lines deleted...]
- Éléments incontournables de nos paysages normands, les haies assurent une protection des cultures contre le vent, diminuent l&amp;#039;érosion des terres et permettent la régulation du régime des eaux. Elles sont également d&amp;#039;une grande utilité pour préserver la faune et la flore de nos territoires.
+ Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M129" s="1" t="inlineStr">
-[...94 lines deleted...]
-          <t>Agriculture et agroalimentaire
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
 Biodiversité
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O129" s="1" t="inlineStr">
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
-[...324 lines deleted...]
-      <c r="L131" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  BENEFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales charentaises (communes, EPCI, syndicats, etc.)&lt;/li&gt;&lt;li&gt;Associations&lt;/li&gt;&lt;li&gt;Agriculteurs (propriétaires ou fermiers)&lt;/li&gt;&lt;li&gt;Particuliers (propriétaires de parcelles agricoles)&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;ul&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
+  (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
+  (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares :
+  Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements favorables à la biodiversité
+  en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements de valorisation du patrimoine naturel
+  comme les panneaux thématiques pour l&amp;#039;éducation à l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations :
+  Travaux de plantations de vergers, bosquets, d&amp;#039;alignements d&amp;#039;arbres et d&amp;#039;arbres isolés -
+   Opérations de restauration des arbres têtards
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies :
+  Diagnostic phytosanitaire - Les travaux de création ou de restauration de haies, y compris les travaux préalables nécessaires (dessouchage, travaux de terrassement, préparation du sol et paillage) et les plantations de végétaux.
+ &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
+ NB: Travaux réalisés par un prestataire externe compétent dans le domaine ou travaux réalisés en régie par les communes ou les groupements de communes (dans ce cas, seul le montant des factures relatives à l&amp;#039;acquisition des matériaux est pris en compte)
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  DESCRIPTION DU DISPOSITIF
+  Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;La subvention du Département a pour but de favoriser la reconstitution des trames bocagères cohérentes, de renforcer la biodiversité, de réguler le régime des eaux, de limiter les îlots de chaleur, de protéger les sols contre l’érosion, de contribuer à la valorisation collective des paysages, de préserver les habitations de la dérive des produits phytosanitaires à proximité de zones agricoles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODE DE CALCUL&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt des études et du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éléments patrimoniaux justifiant de l&amp;#039;intérêt du site concerné par le projet, ou de sa fragilité (présence sur le territoire de milieux naturels fragiles et menacés), reconnus en tant que tel ou inscrits à des inventaires scientifiques (ZNIEFF, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantie de la maîtrise du foncier par le maître d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection du patrimoine naturel restauré par délibération spécifique ou dans le PLU ou la carte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement sur l&amp;#039;honneur à préserver les éléments restaurés pendant 20 ans minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et aménagements de valorisation du patrimoine naturel : les projets doivent s&amp;#039;intégrer dans un projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations: Pour les vergers : espèces d&amp;#039;arbres fruitiers locales et anciennes à hautes tiges - Pour les bosquets : taille inférieure ou égale à 50 ares et conformité à la liste des essences locales - Pour les alignements d&amp;#039;arbres et arbres isolés : se conformer à la liste des essences locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies: 100 mètres minimum - Conformité au cahier de plantations du Département (essences locales et structuration de la haie)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Plantation de haies et d&amp;#039;arbres &lt;/strong&gt;&lt;strong&gt;(incluant fourniture des plants, des tuteurs et protections biosourcés et biodégradables et le paillage naturel)&lt;/strong&gt;&lt;strong&gt;  :&lt;/strong&gt;&lt;/p&gt;
+  Planchers des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  haie simple : 2 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
-[...4 lines deleted...]
- &lt;li&gt;arbre : 4 € par arbre (plantation maximum : 100 arbres)&lt;/li&gt;&lt;li&gt;arbre fruitier greffé isolé : 8 € par arbre (plantation maximum : 100 arbres)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Frais d’adhésion et/ou expertise : &lt;/strong&gt;montant HT de l’accompagnement plafonné à 300 €.&lt;/p&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares, aménagements favorables à la biodiversité, aménagements de valorisation du patrimoine naturel et plantations : 1.500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 100 minimum
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Réalisation des travaux :&lt;/strong&gt; 80% de la dépense HT subventionnable, plafonnée à 3 000 €, hors coût de désartificialisation des sols&lt;/p&gt;
-[...4 lines deleted...]
- Plancher de subvention :&lt;/strong&gt; 500 €, toute demande inférieure ne sera pas traitée
+  Plafonds des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares : 8.000€ HT par mare
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 18€ HT par mètre linéaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="W123" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
-[...269 lines deleted...]
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-[...188 lines deleted...]
-      <c r="A133" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>128944</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Valoriser et soutenir les initiatives en faveur de la préservation de la biodiversité</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Programme d’aide à la renaturation et à la préservation des espaces naturels</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vendée</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I133" s="1" t="inlineStr">
+      <c r="I124" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà de la sauvegarde et de la préservation des espaces naturels déjà identifiés, certains territoires souhaitent promouvoir de manière active :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la renaturation de certains sites dégradés ou menacés
   &lt;/li&gt;
   &lt;li&gt;
    la création ou la restauration d&amp;#039;infrastructures écologiques
   &lt;/li&gt;
   &lt;li&gt;
    la valorisation de sites au potentiel biologique avéré,
   &lt;/li&gt;
   &lt;li&gt;
    le changement des pratiques et des usages pour remettre l&amp;#039;environnement et la biodiversité au cœur des préoccupations.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Il s&amp;#039;agit aussi de garantir les mesures de gestion écologique pérennes (plans de gestion), afin de maintenir les intérêts biologiques et les fonctionnalités écologiques des habitats naturels restaurés ou créés.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre d&amp;#039;un programme sectoriel, le Département soutiendra les projets de renaturation, de restauration et de création d&amp;#039;un patrimoine environnemental mettant en valeur les pratiques et modes de gestion respectueux du site ainsi que les projets exemplaires de reconquête des paysages et des habitats naturels ; étant précisé ici que ce programme est complémentaire du dispositif de labellisation des espaces naturels sensibles, existant par ailleurs sur les secteurs identifiés à fort enjeu biodiversité dans le cadre du schéma départemental des espaces naturels sensibles.
 &lt;/p&gt;
@@ -24014,78 +21571,78 @@
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;aide sera plafonnée à 20 000 € pour les études cumulées, dépenses de maîtrise d&amp;#039;oeuvre comprises.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  - Pour les travaux et investissements :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    40% des dépenses éligibles ;
   &lt;/li&gt;
   &lt;li&gt;
    80% pour les plantations (fourniture des plants, préparation et mise en œuvre paillage et protection), conformément à la liste jointe en annexe au présent règlement ;
   &lt;/li&gt;
   &lt;li&gt;
    80% pour la création et curage de mares naturelles et la suppression d&amp;#039;obstacles s&amp;#039;opposant à l&amp;#039;écoulement naturel de l&amp;#039;eau.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide cumulée sera plafonnée à 400 000 € pour les travaux de reconquête en tant que tels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M124" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   les travaux de restauration et de renaturation
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions d&amp;#039;éligibilité des projets :
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les projets présentés dans la cadre du présent programme devront cibler en premier lieu des opérations de reconquête écologique d&amp;#039;espaces dégradés et/ou menacés et les opérations d&amp;#039;amélioration quantitative et qualitative des habitats naturels et de leurs fonctionnalités. Ils comporteront un volet « restauration des fonctionnalités écologiques » à l&amp;#039;échelle d&amp;#039;un continuum écologique identifié dans le cadre d&amp;#039;un diagnostic préalable élargi.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets soutenus de manière prioritaire seront ceux qui présenteront un intérêt départemental, soit par l&amp;#039;envergure / l&amp;#039;ambition du projet, soit par le caractère innovant des opérations de création/renaturation, soit enfin par la rareté de l&amp;#039;habitat naturel et/ou de l&amp;#039;espèce ou des espèces cible(s) identifiée(s).
   &lt;/li&gt;
   &lt;li&gt;
    Les projets de réaménagement paysager seul, à des fins esthétiques et/ou d&amp;#039;usages de loisirs, sont exclus du présent programme, d&amp;#039;autres règlements d&amp;#039;aide ou dispositifs contractuels pouvant exister par ailleurs.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets d&amp;#039;équipements de mobiliers et clôtures ou de sentier d&amp;#039;interprétation seul sont exclus du présent programme s&amp;#039;ils ne sont pas intégrés dans un projet global de création, de renaturation ou de mise en défens des milieux naturels.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets retenus devront présenter une garantie de pérennité de l&amp;#039;action et de gestion environnementale dans la durée, c&amp;#039;est-à-dire, sur une durée minimum de 20 ans. A ce titre, les dossiers retenus, lorsqu&amp;#039;il s&amp;#039;agit notamment de travaux, devront obligatoirement prévoir un plan de gestion et un engagement du pétitionnaire à mettre en oeuvre, sur la durée considérée, les moyens nécessaires pour évaluer sur le plan scientifique les actions engagées (suivis écologiques) et maintenir la vocation environnementale des espaces restaurés. Ce plan de gestion devra préciser, année par année, les coûts prévisionnels des opérations à engager, qu&amp;#039;il s&amp;#039;agisse de travaux de gestion ou de suivis écologiques.
   &lt;/li&gt;
   &lt;li&gt;
    A l&amp;#039;issue du programme de renaturation et après validation du plan de gestion par le Département, suivant la nature des travaux réalisés et l&amp;#039;envergure du projet au regard des enjeux départementaux en matière de biodiversité, l&amp;#039;espace naturel ainsi reconstitué, pourra être éligible au second dispositif départemental déployé pour garantir la pérennité des actions de gestion engagées, à savoir la labellisation Espaces Naturels Sensibles.
   &lt;/li&gt;
@@ -24123,1015 +21680,1452 @@
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements permettant de sensibiliser le public à la préservation des habitats naturels, de la faune et de la flore : clôtures, observatoires, pontons pédagogiques...
   &lt;/li&gt;
   &lt;li&gt;
    Les plans de gestion des espaces naturels, visant à définir les mesures de gestion et d&amp;#039;accompagnement sur une durée de 5 ans minimum ; étant précisé que le bénéficiaire s&amp;#039;engage tacitement par le présent programme, à réviser le plan de gestion initial, pendant la durée minimale contractuelle, à savoir 20 ans.
   &lt;/li&gt;
   &lt;li&gt;
    Les plans de sauvegarde d&amp;#039;espèces rares et menacées.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les projets de travaux devront obtenir au préalable un avis technique favorable des services du Département. Le Département pourra associer, suivant la nature du projet, son réseau de partenaires scientifiques et associatifs.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux devront obtenir l&amp;#039;ensemble des autorisations réglementaires afférentes aux secteurs concernés (autorisation Natura 2000, autorisation unique, permis d&amp;#039;aménager, dérogation CNPN, etc...).
 &lt;/p&gt;
 &lt;p&gt;
  Le programme d&amp;#039;aide est limité à un projet par bénéficiaire et par an hors projet d&amp;#039;ensemble.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département devra être associé au comité de pilotage et/ou aux réunions de suivi de l&amp;#039;ensemble des phases études, travaux et plan de gestion.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://www.vendee.fr/</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Vendée
 &lt;/p&gt;
 &lt;p&gt;
  Service Nature et biodiversité
 &lt;/p&gt;
 &lt;p&gt;
  40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 28 85 86 48
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:nature&amp;#64;vendee.fr" target="_self"&gt;
   nature&amp;#64;vendee.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>sophie.gouel@vendee.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/acff-valoriser-et-soutenir-les-initiatives-en-fave/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G134" s="1" t="inlineStr">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>119762</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la pollution des activités économiques hors agricole</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 35</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux activités économiques hors agricoles qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur réutilisation, tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Friche
+Voirie et réseaux
+Commerces et services
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etablissements éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - usagers non domestiques de l&amp;#039;eau (hors activités agricoles), redevables de l&amp;#039;Agence depuis au moins 5
+&lt;/p&gt;
+&lt;p&gt;
+ ans pour détérioration de la qualité de l&amp;#039;eau à la date de la décision d&amp;#039;attribution de la participation
+&lt;/p&gt;
+&lt;p&gt;
+ financière,
+&lt;/p&gt;
+&lt;p&gt;
+ - Petites et très Petites Entreprises, artisans,
+&lt;/p&gt;
+&lt;p&gt;
+ - chambres consulaires ou tout autre organisme représentatif d&amp;#039;activité économique industrielle (centres
+&lt;/p&gt;
+&lt;p&gt;
+ techniques, syndicats professionnels ... ), commerciale ou artisanale.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les surfaces imperméabilisées
+&lt;/p&gt;
+&lt;p&gt;
+ existantes traitées dans le cadre de l&amp;#039;opération doivent être supérieures ou égales à la surface d&amp;#039;éventuelles
+&lt;/p&gt;
+&lt;p&gt;
+ nouvelles imperméabilisations.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-048_activites_economiques.pdf</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>Philippe LESAINT
+&lt;br /&gt;
+p.lesaint&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+Chargé d&amp;#039;interventions spécialisé
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé Canler
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6723-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>105329</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et soutenir la plantation de haies et d'arbres</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Schéma des espaces naturels - plantation de haies et d'arbres (hors forêts)</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...4 lines deleted...]
-      <c r="H134" s="1" t="inlineStr">
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I134" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="X134" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Conseil départemental de la Haute-Marne
+  BENEFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales charentaises (communes, EPCI, syndicats, etc.)&lt;/li&gt;&lt;li&gt;Associations&lt;/li&gt;&lt;li&gt;Agriculteurs (propriétaires ou fermiers)&lt;/li&gt;&lt;li&gt;Particuliers (propriétaires de parcelles agricoles)&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
+&lt;p&gt;La subvention du Département a pour but de favoriser la reconstitution des trames bocagères cohérentes, de renforcer la biodiversité, de réguler le régime des eaux, de limiter les îlots de chaleur, de protéger les sols contre l’érosion, de contribuer à la valorisation collective des paysages, de préserver les habitations de la dérive des produits phytosanitaires à proximité de zones agricoles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODE DE CALCUL&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
+  Plantation de haies et d&amp;#039;arbres &lt;/strong&gt;&lt;strong&gt;(incluant fourniture des plants, des tuteurs et protections biosourcés et biodégradables et le paillage naturel)&lt;/strong&gt;&lt;strong&gt;  :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  haie simple : 2 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;
+  haie double : 5 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;
+  haie triple : 7 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;arbre : 4 € par arbre (plantation maximum : 100 arbres)&lt;/li&gt;&lt;li&gt;arbre fruitier greffé isolé : 8 € par arbre (plantation maximum : 100 arbres)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Frais d’adhésion et/ou expertise : &lt;/strong&gt;montant HT de l’accompagnement plafonné à 300 €.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation des travaux :&lt;/strong&gt; 80% de la dépense HT subventionnable, plafonnée à 3 000 €, hors coût de désartificialisation des sols&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Plafond de subvention :&lt;/strong&gt; 80 % des frais engagés par les planteurs
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Plancher de subvention :&lt;/strong&gt; 500 €, toute demande inférieure ne sera pas traitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;br /&gt;
+ &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Critères généraux : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’intégrer dans le cadre des objectifs de la subvention cités ci-dessus. Il doit être situé sur le territoire du département de la Charente. En cas d’opération dépassant les limites administratives du département, seule la partie charentaise sera soutenue.&lt;/p&gt;&lt;p&gt;Afin de répondre aux objectifs du règlement d’intervention, le Département se réserve le droit, à titre dérogatoire, de soutenir un projet qui ne respecterait pas scrupuleusement tous les critères dès lors qu’il aura été présenté en Comité technique (cf. Modalités d’instruction et de versement) et que celui-ci aura émis avis favorable.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Localisation des plantations :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;en plein champ&lt;/li&gt;&lt;li&gt;en bordure de voirie&lt;/li&gt;&lt;li&gt;en limite de bâti agricole&lt;/li&gt;&lt;li&gt;tout autre secteur jugé pertinent pour répondre aux objectifs du Plan Arbres et Haies et du Schéma département des espaces naturels&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Attention, sont exclus du soutien du Département, les projets de plantations situées dans les espaces urbanisés à l’exception :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des projets d’aménagements d’îlots de fraîcheur ou projets similaires ;&lt;/li&gt;&lt;li&gt;des projets concourant à protéger les habitations de la dérive des produits phytosanitaires issus de zones agricoles à proximité immédiate.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le bénéficiaire veillera à s’informer de façon exhaustive sur les zonages relatifs au secteur de plantation concerné et à respecter scrupuleusement toute règlementation ou servitude s’y appliquant (plan local d’urbanisme, site classé, site inscrit, etc.)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Contraintes liées aux plantations en bordure de routes départementales&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;au-delà de la limite du domaine départemental, il est nécessaire d’obtenir l’alignement auprès des agences départementales de l’aménagement (ADA),&lt;/li&gt;&lt;li&gt;la plantation a lieu à une distance minimale de 4 mètres de la bordure de la chaussée,&lt;/li&gt;&lt;li&gt;lorsque la route présente une fréquentation de plus de 1 500 véhicules par jour, la distance minimale est de 7 m.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Calendrier de plantations : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Novembre à mars, en s’assurant des bonnes conditions pédoclimatiques permettant d’obtenir rapidement une reprise des plants (hors période de gel ou inondation …),&lt;/li&gt;&lt;li&gt;Report exceptionnel en cas d’aléa (météo, manque de disponibilités de plants ou autre cas de force majeure).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Choix des essences :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La liste des essences autorisées est celle publiée par le Conservatoire Botanique National Sud Atlantique. Pour les arbres fruitiers greffés, seront retenues les variétés fruitières anciennes du Sud-Ouest. Les arbres fruitiers non greffés sont considérés comme des essences classiques d’arbres et arbustes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Diversité des essences :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Haies et bosquets : 5 essences différentes au moins (veiller à mélanger les différentes strates et à inclure des essences fruitières et/ou favorables aux pollinisateurs&lt;/li&gt;&lt;li&gt;Vergers : 3 essences différentes au moins, en diversifiant parmi les variétés anciennes si possibles &lt;/li&gt;&lt;li&gt;Arbres d’alignement : possibilité de plantation monospécifique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Travail du sol :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le coût du travail du sol est compris dans le coût d’implantation. Le coût de la désartificialisation des sols n’est pas éligible.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Protection des plants et tuteurs : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les protections et tuteurs en plastique sont proscrits et doivent être biosourcés et biodégradables, à l’exception de ceux concernant les arbres de haut jet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Paillage : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire s’engage à utiliser un paillage biodégradable pour la plantation en quantité suffisante pour un bon développement de la haie. Le bénéficiaire s’engage à regarnir le paillage si nécessaire. Dans ce cadre, l’emploi de plastique est proscrit.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Entretien de la plantation de haie :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il consiste à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;dégager la végétation herbacée pendant les trois premières années,&lt;/li&gt;&lt;li&gt;compléter le paillage si nécessaire,&lt;/li&gt;&lt;li&gt;défourcher et élaguer les arbres de hauts jets pour obtenir une qualité bois d’œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour éviter la destruction des espèces protégées, en particulier les oiseaux nicheurs, et pour répondre aux recommandations de l&amp;#039;Office Français de la Biodiversité, le bénéficiaire s’engage à éviter toute intervention sur les haies entre le 15 mars et le 15 août, à l&amp;#039;exception de celles relatives à la sécurité des biens et des personnes.&lt;/p&gt;&lt;p&gt;Il s’engage également à ne pas détruire la haie plantée grâce à l’aide du Département.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Distance de plantation :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il est obligatoire de respecter la règlementation en vigueur relative à la distance de plantation vis-à-vis des fonds publics ou privés.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux haies&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;longueur minimale de haie : 100 mètres d’un seul tenant,&lt;/li&gt;&lt;li&gt;emprise de la haie : entre 70 cm et 1 m de large,&lt;/li&gt;&lt;li&gt;distance maximale entre deux plants : 2 m.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux arbres fruitiers&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les fruitiers y compris greffés peuvent être implantés dans le linéaire de la haie en respectant une densité maximale de 20% ; privilégier les essences locales et conservatoires : pommier, poirier, prunier, cerisier, pêcher, châtaignier, noyer, noisetier, abricotier, amandier, cognassier, figuier, néflier, ... &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;(Pour plus d’informations, se rapprocher du Domaine Agro écologique de Barolle à MONTESQUIEU 47130 - ex Conservatoire végétal régional de Nouvelle-Aquitaine)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux vergers de variétés anciennes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;seules les collectivités sont éligibles. Un maximum de 100 arbres fruitiers greffés d’essences locales et conservatoires peut être subventionné (pommier, poirier, prunier, cerisier, pêcher, châtaignier, noyer, noisetier, abricotier, amandier, cognassier, figuier, néflier, etc.).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques à la dérive des produits phytosanitaires&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les caractéristiques des plantations proposées par les structures doivent être en adéquation avec l’objectif (argumentation à présenter en comité technique). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux arbres&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;les projets visant à compléter les haies existantes (dents creuses) ou les arbres isolés seront privilégiés.&lt;/p&gt;&lt;p&gt;Attention : Les projets d’agroforesterie ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;instruction de la demande :&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant, l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  les éléments techniques du projet de plantation (formulaire spécifique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous les devis qui entrainent un coût pour le planeur (plants, paillage, implantation et protection)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour le paiement de la subvention : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;des factures acquittées,&lt;/li&gt;&lt;li&gt;l&amp;#039;attestation sur l&amp;#039;honneur du bénéficiaire,&lt;/li&gt;&lt;li&gt;des visuels certifiant que la réalisation de la plantation est conforme au dossier subventionné&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
-[...118 lines deleted...]
-      <c r="R135" s="1" t="inlineStr">
+ --&amp;gt; Modalités particulières d&amp;#039;instruction :
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subventions doivent être établies par les structures en charge du dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la Chambre d&amp;#039;agriculture de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le Centre d&amp;#039;Etude Technique Environnemental et Forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association Prom&amp;#039;haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association pour la Mise en Valeur des Forêts du Sud Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Fédération des Chasseurs de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de Bassin etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Celles-ci présentent les projets de plantation et transmettent le formulaire au Département dûment complété 15 jours avant la tenue des comités techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Examen des dossiers par le comité technique :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers recevables sont présentés lors de la réunion d&amp;#039;un comité technique, au cours de laquelle chaque structure dispose d&amp;#039;une voix. Ce comité émet un avis simple sur les projets présentés en fonction des conditions techniques de plantation et de leur intérêt environnemental et paysager. Il est composé des structures suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le Centre Régional de la Propriété Forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Direction Départementale des Territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association Charente Nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Fédération des Chasseurs de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le CAUE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hennessy
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grand Angoulême
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dates de réunion du comité technique sont fixées par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ → Modalités de versement :
+&lt;/p&gt;
+&lt;p&gt;Les paiements relatifs aux plantations
+sont effectués en un versement.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le paiement du solde
+intervient après dépôt des pièces justificatives dans le portail
+« Subvention 16 » (cf. PIECES A FOURNIR) et traitement par les
+services du Département qui rédigent un procès-verbal. Celui-ci est cosigné par
+le bénéficiaire uniquement en cas de réception in situ.&lt;/p&gt;&lt;p&gt;
+ Les travaux des bénéficiaires ayant fait une demande de solde avant l&amp;#039;été sont réceptionnés dès l&amp;#039;automne par les services du Département ou par tout autre technicien habilité par le Département. La réception fait l&amp;#039;objet d&amp;#039;un procès-verbal, cosigné par le planteur.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour que la réception soit conforme, la plantation doit être réalisée et correspondre au descriptif de projet approuvé par le comité technique.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les plantations de haies, ces dernières doivent présenter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un taux de reprise d&amp;#039;au moins 80 % sans trouées de plus de 10 mètres
+ &lt;/li&gt;
+ &lt;li&gt;
+  un linéaire conforme au projet, avec une tolérance de 5 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un entretien suffisant pour permettre à la haie de se développer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les plantations d&amp;#039;arbres d&amp;#039;alignement ou de verger, ces dernières doivent présenter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un taux de reprise d&amp;#039;au moins 90 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un linéaire ou dispositif conforme au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La conformité des réceptions déclenche le versement des subventions des plantations.&lt;/p&gt;
+&lt;p&gt;
+ Si la réception s&amp;#039;avère non conforme, le bénéficiaire devra effectuer les restaurations et compléments nécessaires et tenir informé le Département de la fin des travaux. Le planteur pourra néanmoins solliciter le versement de la partie conforme de la haie, mais ne pourra bénéficier du reste de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Si toutefois, la réfaction entraine un calcul de la subvention inférieur à 500 €, le projet ne pourra être financé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité :
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra être achevé et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive. Au-delà de ce délai de deux ans, le projet est considéré comme abandonné.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet peut s&amp;#039;échelonner sur deux années afin d&amp;#039;atteindre le plafond des 500 €. Il constitue alors une seule et même demande.
+&lt;/p&gt;&lt;p&gt;Contrôle :&lt;/p&gt;&lt;p&gt;Le Département se réserve le droit de
+procéder à des contrôles concernant la conformité des travaux réalisés (nombre
+de plants vivants, paillage, tuteurs et protections). Le bénéficiaire est
+informé qu’à l’issue des contrôles, si les plantations ne sont pas conformes au
+projet déposé et pour lequel la subvention a été octroyée, il est dans
+l’obligation d’effectuer à ses frais les travaux de mise en conformité
+(entretien, paillage, regarni, etc.)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/02-Au_quotidien/03-Dispositifs_de_subventions/plantation_haies_arbres.pdf</t>
+        </is>
+      </c>
+      <c r="W126" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Dépenses éligibles :
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...34 lines deleted...]
- NB: Travaux réalisés par un prestataire externe compétent dans le domaine ou travaux réalisés en régie par les communes ou les groupements de communes (dans ce cas, seul le montant des factures relatives à l&amp;#039;acquisition des matériaux est pris en compte)
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Schéma des espaces naturels - plantation de haies et d&amp;#039;arbres (hors forêt)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Conditions d&amp;#039;éligibilité :
+  INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...25 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Planchers des dépenses subventionnables :
+  Service environnement, agriculture et aménagement foncier ; Tél. : 05 16 09 60 94&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMUNICATION
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...78 lines deleted...]
- &lt;br /&gt;
+&lt;p&gt;
+ La communication sur le projet financé doit systématiquement se faire en prenant l&amp;#039;attache du Département et à minima en mentionnant son soutien au projet, sous peine de révision de l&amp;#039;octroi de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est conditionnée au respect des points suivant :
+&lt;/p&gt;
+&lt;p&gt;
+ -	la communication presse possible uniquement après contact et validation du Département
+&lt;/p&gt;
+&lt;p&gt;
+ -	toute communication écrite ou orale doit mentionner l&amp;#039;aide du Département
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b68a-accompagner-et-soutenir-la-plantation-de-haie/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-[...297 lines deleted...]
-      <c r="A138" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>163237</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un développement territorial sobre et résilient</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I138" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J138" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P138" s="1" t="inlineStr">
+      <c r="P127" s="1" t="inlineStr">
         <is>
           <t>27/03/2023</t>
         </is>
       </c>
-      <c r="Q138" s="1" t="inlineStr">
+      <c r="Q127" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>161783</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Créer et financer le fonctionnement des observatoires territoriaux Climat Air Energie</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aide-a-creation-fonctionnement-observatoires-territoriaux</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>165663</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création et au fonctionnement des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d’aide se décompose en deux piliers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’aide à la création est une aide forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission (Climat Air Énergie, ou Économie circulaire, Déchets et Ressources) : un observatoire portant deux missions pourra bénéficier de deux aides à la création. L’aide à la création est cumulable avec l’aide au fonctionnement sur une même période. L’ADEME apporte aussi une aide pour les études de préfiguration d’un observatoire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’aide au fonctionnement est une aide annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie circulaire, Déchets et Ressources) : un observatoire portant deux missions pourra bénéficier de deux aides au fonctionnement.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P129" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q129" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Cette aide s’adresse aux structures assurant l’animation d’un ou plusieurs observatoires régionaux. Les porteurs de projets sont invités à se rapprocher de la Direction régionale concernée avant de déposer leur dossier afin de valider l’éligibilité de leur projet. &lt;/p&gt;&lt;p&gt;Je vérifie mon éligibilité&lt;/p&gt;&lt;p&gt;Les aides sont octroyées  via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage sur les documents à compléter&lt;/p&gt;&lt;p&gt;Merci d&amp;#039;utiliser le formulaire ci-dessous « Contactez-nous ».&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/Aides%20observatoires%20territoriaux%20-%20Conditions%20d%27éligibilité%20et%20de%20financement%20-%202026.pdf" target="_self"&gt;Aides observatoires territoriaux - Conditions d&amp;#039;éligibilité et de financement - 2026&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aide-la-creation-et-au-fonctionnement-des-observatoires-territoriaux</t>
+        </is>
+      </c>
+      <c r="W129" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aide-la-creation-et-au-fonctionnement-des-observatoires-territoriaux?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000865" target="_self"&gt;Contactez l&amp;#039;ADEME&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux-2/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>143307</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, de la réflexion à l’évaluation, la mise en œuvre des mesures de la trame verte et bleue régionale</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mettre en œuvre les mesures de la trame verte et bleue dans la réalisation de vos opérations, travaux et aménagements sur votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue pour vous accompagner dans la prise en compte en compte de l&amp;#039;ensemble des enjeux liés à la trame verte et bleue (de la réflexion à l&amp;#039;évaluation).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la mise en œuvre des mesures de la trame verte et bleue en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des expertises en amont des projets à partir d&amp;#039;études environnementales établies, auprès des Maîtres d&amp;#039;ouvra­ge afin de choisir le type de mesure en adéquation avec les en­jeux identifiés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des contrôles de la bonne réalisation de me­sures pour la restauration ou le renforcement de continuités écologiques, fort de notre connaissance des règles de l&amp;#039;art.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Après la réalisation des mesures, un suivi des mesures réalisées pour vérifier la bonne efficacité et l&amp;#039;atteinte des objectifs de ces mesures en s&amp;#039;appuyant sur une expérience solide auprès des services de l&amp;#039;État et sur un matériel performant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/accompagner-reflexion-evaluation-mise-oeuvre-mesures-tvb</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d17-accompagner-de-la-reflexion-a-levaluation-la-/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>128232</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Replacer la nature au cœur des aménagements</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Ma Commune Grandeur Nature</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Eure</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I131" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un dispositif global qui accompagne techniquement et financièrement les communes et intercommunalités qui placent la nature au cœur de leurs projets et aménagements pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer ou recréer des espaces de nature en ville et centres bourgs : végétalisation, renaturation, désimperméabilisation, création d&amp;#039;ilots de fraicheur, de jardins partagés, ouvriers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager et gérer les milieux naturels des communes : restauration de mares, haies, boisements, vergers, prairies, coteaux et terrasses alluviales, zones humides, aménagement de sentiers de découverte, équipements de préservation de la faune sauvage...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager des zones de transition entre les espaces urbanisés et les espaces agricoles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver la biodiversité, les rivières et les zones humides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégrer les enjeux environnementaux dans les projets d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 5 types de projets sont éligibles à l&amp;#039;accompagnement proposé dans le cadre de ce dispositif :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Type de projet 1 : Végétalisation et renaturation des espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 2 : Renaturation des espaces publics - Végétalisation des cimetières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 3 : Création de jardins partagés et solidaires, Jardins ouvriers et familiaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 4 : Aménagement et gestion des milieux naturels des communes - Renaturation de mares
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 5 : Aménagement et gestion des milieux naturels des communes - Biodiversité
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Biodiversité
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant tout dépôt de dossier, une visite technique sera réalisée sur le terrain par le Département et/ou le CAUE27 afin de définir la place de la nature dans la commune. Pour organiser cette visite, contactez l&amp;#039;Agence de la ruralité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://agencedelaruralite-eure.fr/</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence de la Ruralité du Département de l&amp;#039;Eure
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:agencedelaruralite&amp;#64;eure.fr" target="_self"&gt;
+  agencedelaruralite&amp;#64;eure.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 27 34 02 27
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>deera@eure.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f2c7-replacer-la-nature-au-cur-des-amenagements/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>164743</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'investissement des transitions - Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;investissement des transitions - Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif accompagne la réalisation des projets de transition de la petite entreprise vers des modèles plus responsables (Responsabilité Sociétale des Entreprises - RSE) et favorise l&amp;#039;économie circulaire, les circuits courts et l&amp;#039;approvisionnement local. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consolider financièrement les projets de développement permettant l&amp;#039;entreprise d&amp;#039;engager ses transitions,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser les circuits courts et l&amp;#039;approvisionnement local,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Limiter et valoriser les déchets, réutiliser et réemployer des outils de production au travers de l&amp;#039;économie circulaire.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Cette aide est accordée sur les coûts d&amp;#039;investissement dans les actifs corporels ou incorporels ainsi que les dépenses liées au conseil et au recrutement relatives à la réalisation du projet. Pour ces dernières, elles ne doivent pas dépasser la moitié des dépenses éligibles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne sont pas éligibles : les dépenses liées à l’acquisition de véhicules, à l’obtention d’une certification ou d’une norme réglementaire et au financement en crédit-bail.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La région fixe un taux d&amp;#039;intervention maximum de 35% du montant de l&amp;#039;investissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;aide régionale ne pourra pas dépasser 50 000 € au titre de cette aide et n&amp;#039;interviendra pas si le montant des investissements ne dépasse pas 10 000 € hors taxes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La modulation du taux s&amp;#039;effectue selon l&amp;#039;adéquation du projet avec la feuille de route Néo Terra et/ou la localisation de l&amp;#039;entreprise sur les territoires prioritaires régionaux (territoires d’industrie, CADET, QPV…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise de moins de 10 salariés et chiffre d&amp;#039;affaire ou bilan inférieur à 2 millions d&amp;#039;euros (TPE), enregistrée au Registre national des entreprises, dans les secteurs du commerce, de l&amp;#039;industrie, des services et de l&amp;#039;artisanat. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne sont pas éligibles : l&amp;#039;hôtellerie, les campings et les gîtes (ils relèvent des dispositifs spécifiques liés aux activités touristiques).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour solliciter une aide à la transition, le dirigeant d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Avoir réalisé un accompagnement préalable auprès des structures adéquates,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous pouvez être accompagné dans votre projet par toute structure qui vous semble compétente ( CCI, Chambre des Métiers, ADI - Agence de Développement et de l&amp;#039;Innovation de Nouvelle-Aquitaine, votre EPCI, cabinets spécialisés..) pour vous accompagner dans :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La définition de votre stratégie et de votre plan d&amp;#039;action&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La recherche de financement et de partenaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La complétude et le dépôt de votre dossier de demande d&amp;#039;aide régionale.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/aide-linvestissement-des-transitions-tres-petites-entreprises-tpe</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>Pour solliciter une aide régionale dans le cadre du dispositif d’aide à l&amp;#039;investissement des transitions, le dirigeant d’entreprise dépose un dossier de demande de financement à la Région accompagné des différentes pièces justificatives dont la charte d’engagement signée.</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linvestissement-des-transitions-tres-petites-entreprises-tpe/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>103446</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Prévenir et lutter contre les dépôts sauvages de déchets</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Projets territoriaux de prévention et lutte contre les dépôts sauvages de déchets</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec le Fonds propreté, la Région soutient les acteurs franciliens qui s&amp;#039;engagent dans la prévention et la lutte contre les dépôts sauvages, afin de réduire leur nombre et d&amp;#039;éradiquer certains « points noirs ».
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est éligible au
  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique" rel="noopener" target="_blank"&gt;
   budget participatif écologique
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent avoir pour finalité d&amp;#039;engager des actions pour diminuer durablement les dépôts sauvages sur l&amp;#039;ensemble des zones du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers de demande de subvention doivent présenter les actions prévues et détailler l&amp;#039;ensemble des partenaires qui seront associés à la démarche.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
@@ -25142,61 +23136,61 @@
 &lt;ul&gt;
  &lt;li&gt;
   Mise en place de moyens de prévention des dépôts sauvages de type barrières, dispositifs de surveillance...,
  &lt;/li&gt;
  &lt;li&gt;
   Actions de communication / sensibilisation,
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;un état des lieux des dépôts sauvages sur le territoire,
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;une animation territoriale des acteurs et d&amp;#039;une gouvernance adaptée,
  &lt;/li&gt;
  &lt;li&gt;
   Réflexion sur l&amp;#039;offre de collecte des déchets des artisans sur le territoire,
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;opérations de nettoyage,
  &lt;/li&gt;
  &lt;li&gt;
   Application de sanctions, en lien avec les pouvoirs de police des maires.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communes et groupements de collectivités territoriales (établissements publics territoriaux, établissements publics de coopération intercommunale, SIVU, SIVOM...),
  &lt;/li&gt;
  &lt;li&gt;
   Départements,
  &lt;/li&gt;
  &lt;li&gt;
   Sociétés d&amp;#039;économie mixte,
  &lt;/li&gt;
  &lt;li&gt;
   Associations,
  &lt;/li&gt;
  &lt;li&gt;
   Gestionnaires d&amp;#039;espaces, publics ou privés : parcs naturels régionaux, sociétés d&amp;#039;aménagement, établissements publics...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une démarche partenariale est la clé de la réussite du projet. Un plan d&amp;#039;actions doit être défini à une échelle territoriale adaptée et il est souhaitable que le porteur de projet établisse des partenariats avec les autres acteurs locaux.
 &lt;/p&gt;
 &lt;p&gt;
  Le candidat doit prendre contact avec le service économie circulaire et déchets de la Région au moins 4 semaines avant la date butoir de dépôt afin de préciser son projet et de s&amp;#039;assurer de son éligibilité (via votre interlocuteur habituel ou zerodechet&amp;#64;iledefrance.fr).
  &lt;span&gt;
   A défaut ou en fonction de son degré de maturité, le projet pourra être repoussé à une commission ultérieure.
@@ -25212,752 +23206,1081 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , en sélectionnant le téléservice « zéro déchet et économie circulaire ».
 &lt;/p&gt;
 &lt;p&gt;
  Après instruction des dossiers par le service, l&amp;#039;attribution définitive des aides est votée par la Commission permanente (CP) du Conseil régional.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dates limites de dépôt des dossiers de demandes de subvention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Avant le 28/10/2022 : présentation à partir de la CP de janvier 2023 (prendre contact avec le service avant le 03/10/2022)
 &lt;/p&gt;
 &lt;p&gt;
  - Avant le 02/12/2022 : présentation à partir de la CP de mars 2023 (prendre contact avec le service avant le 05/11/2022)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/projets-territoriaux-de-prevention-et-lutte-contre-les-depots-sauvages-de-dechets</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:plansdechets&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  zerodechet&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fac8-projets-territoriaux-de-prevention-et-lutte-c/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K140" s="1" t="inlineStr">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>162922</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la prévention des déchets et la tarification incitative</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la prévention des déchets et à la tarification incitative</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="S140" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif vise à accompagner spécifiquement les projets de prévention des déchets qui ciblent des gisements prioritaires, les projets d&amp;#039;économie circulaire, la généralisation de la redevance spéciale et la mise en œuvre de la tarification incitative.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les collectivités qui portent des projets de préventions des déchets et/ou de déploiement de la tarification incitative ;&lt;/li&gt; 	&lt;li&gt;les collectivités, entreprises et associations qui portent des projets d&amp;#039;économie circulaire.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les projets portés par une personne morale de droit privé pour gérer ses propres déchets ne sont pas éligibles.&lt;/li&gt; 	&lt;li&gt;Les projets de tri à la source des biodéchets sont gérés dans un autre dispositif.&lt;/li&gt; 	&lt;li&gt;Le taux d&amp;#039;intervention est modulé en fonction de la qualité technique du projet, de sa pertinence territoriale, des impacts attendus et des objectifs fixés.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P134" s="1" t="inlineStr">
+        <is>
+          <t>10/06/2024</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les projets portés par une personne morale de droit privé pour gérer ses propres déchets ne sont pas éligibles.&lt;/li&gt; 	&lt;li&gt;Les projets de tri à la source des biodéchets sont gérés dans un autre dispositif.&lt;/li&gt; 	&lt;li&gt;Le taux d&amp;#039;intervention est modulé en fonction de la qualité technique du projet, de sa pertinence territoriale, des impacts attendus et des objectifs fixés.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-prevention-dechets-et-tarification-incitative</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bassin Azuréen: &lt;a href="mailto:dnakache&amp;#64;maregionsud.fr"&gt;dnakache&amp;#64;maregionsud.fr&lt;/a&gt; / &lt;a href="mailto:dfrequelin&amp;#64;maregionsud.fr"&gt;dfrequelin&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Bassin Alpin: &lt;a href="mailto:mlraynaud&amp;#64;maregionsud.fr"&gt;mlraynaud&amp;#64;maregionsud.fr&lt;/a&gt; / &lt;a href="mailto:mallix&amp;#64;maregionsud.fr"&gt;mallix&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Bassin Provençal: &lt;a href="mailto:ogairaldi&amp;#64;maregionsud.fr"&gt;ogairaldi&amp;#64;maregionsud.fr&lt;/a&gt; / &lt;a href="mailto:mtourniaire&amp;#64;maregionsud.fr"&gt;mtourniaire&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Bassin Rhodanien: &lt;a href="mailto:npouteau&amp;#64;maregionsud.fr"&gt;npouteau&amp;#64;maregionsud.fr&lt;/a&gt; / &lt;a href="mailto:yknoppers&amp;#64;maregionsud.fr"&gt;yknoppers&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Projets économie circulaire: &lt;a href="mailto:gdaude&amp;#64;maregionsud.fr"&gt;gdaude&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-prevention-des-dechets-et-a-la-tarification-incitative/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E141" s="1" t="inlineStr">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>161758</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Demander de l'aide pour financer votre étude préalable de faisabilité pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...2 lines deleted...]
-      <c r="H141" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="O141" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner toutes les structures impliquées dans l’économie circulaire, dans le &lt;strong&gt;financement d’un diagnostic de territoire ou d’étude&lt;/strong&gt; préalable à un &lt;strong&gt;investissement de réemploi-réutilisation et réparation (RRR)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Le taux d’aide peut atteindre 80 % du coût de l’étude.&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation allongent la durée de vie des produits et participent à la réduction de la consommation de ressources et de production de déchets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’&lt;strong&gt;un million de tonnes de produits sont réemployés ou réutilisés&lt;/strong&gt; chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de &lt;strong&gt;structures spécialisées&lt;/strong&gt; dans la deuxième vie des produits est en &lt;strong&gt;constante progression&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une information du consommateur sur la réparabilité et l’aptitude au réemploi ou à la réutilisation. &lt;/p&gt;&lt;p&gt;  Pour accompagner ces politiques, l’ADEME soutient les &lt;strong&gt;diagnostics territoriaux et les études de faisabilité&lt;/strong&gt; concourant à augmenter et encourager l’offre et la demande de flux réemployés et réparés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P141" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X141" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-etudes-diagnostics-reemploi-reutilisation-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-[...298 lines deleted...]
-      <c r="G144" s="1" t="inlineStr">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>165649</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner toutes les structures impliquées dans l’économie circulaire dans le &lt;strong&gt;financement d’un diagnostic de territoire ou d’étude&lt;/strong&gt; préalable à un &lt;strong&gt;investissement de réemploi-réutilisation et réparation (RRR)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Le taux d’aide peut atteindre 80 % du coût de l’étude.&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation allongent la durée de vie des produits et participent à la réduction de la consommation de ressources et de production de déchets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’&lt;strong&gt;un million de tonnes de produits sont réemployés ou réutilisés&lt;/strong&gt; chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de &lt;strong&gt;structures spécialisées&lt;/strong&gt; dans la deuxième vie des produits est en &lt;strong&gt;constante progression&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une information du consommateur sur la réparabilité et l’aptitude au réemploi ou à la réutilisation. &lt;/p&gt;&lt;p&gt;  Pour accompagner ces politiques, l’ADEME soutient les &lt;strong&gt;diagnostics territoriaux et les études de faisabilité&lt;/strong&gt; concourant à augmenter et encourager l’offre et la demande de flux réemployés et réparés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P136" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q136" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_24_27_28_32_44_52_53_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="W136" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages-2/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>122578</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Réduire le nombre de dépôts sauvages de déchets et éradiquer certains « points noirs »</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Projets territoriaux de prévention et lutte contre les dépôts sauvages de déchets</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec le Fonds propreté, la Région soutient les acteurs franciliens qui s&amp;#039;engagent dans la prévention et la lutte contre les dépôts sauvages, afin de réduire leur nombre et d&amp;#039;éradiquer certains « points noirs ».
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique" rel="noopener" target="_blank"&gt;
+  budget participatif écologique
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes et groupements de collectivités territoriales (établissements publics territoriaux, établissements publics de coopération intercommunale, SIVU, SIVOM...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sociétés d&amp;#039;économie mixte,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestionnaires d&amp;#039;espaces, publics ou privés : parcs naturels régionaux, sociétés d&amp;#039;aménagement, établissements publics...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une démarche partenariale est la clé de la réussite du projet. Un plan d&amp;#039;actions doit être défini à une échelle territoriale adaptée et il est souhaitable que le porteur de projet établisse des partenariats avec les autres acteurs locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;à 60% des dépenses éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent avoir pour finalité d&amp;#039;engager des actions pour diminuer durablement les dépôts sauvages sur l&amp;#039;ensemble des zones du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de demande de subvention doivent présenter les actions prévues et détailler l&amp;#039;ensemble des partenaires qui seront associés à la démarche.
+&lt;/p&gt;
+&lt;p&gt;
+ Le plan d&amp;#039;actions proposé pourra intégrer des mesures d&amp;#039;ordre préventif et curatif telles que :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place de moyens de prévention des dépôts sauvages de type barrières, dispositifs de surveillance...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de communication / sensibilisation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;un état des lieux des dépôts sauvages sur le territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une animation territoriale des acteurs et d&amp;#039;une gouvernance adaptée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réflexion sur l&amp;#039;offre de collecte des déchets des artisans sur le territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;opérations de nettoyage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Application de sanctions, en lien avec les pouvoirs de police des maires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le candidat doit prendre contact avec le service économie circulaire et déchets de la Région au moins 4 semaines avant la date butoir de dépôt afin de préciser son projet et de s&amp;#039;assurer de son éligibilité (via votre interlocuteur habituel ou zerodechet&amp;#64;iledefrance.fr).
+ &lt;span&gt;
+  A défaut ou en fonction de son degré de maturité, le projet pourra être repoussé à une commission ultérieure.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il pourra ensuite déposer son dossier sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , en sélectionnant le téléservice « zéro déchet et économie circulaire ».
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par le service, l&amp;#039;attribution définitive des aides est votée par la Commission permanente du Conseil régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/projets-territoriaux-de-prevention-et-lutte-contre-les-depots-sauvages-de-dechets#:~:text=Projets%20territoriaux%20de%20pr%C3%A9vention%20et%20lutte%20contre%20les%20d%C3%A9p%C3%B4ts%20sauvages%20de%20d%C3%A9chets,-Environnement</t>
+        </is>
+      </c>
+      <c r="W137" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:plansdechets&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ zerodechet&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e5de-projets-territoriaux-de-prevention-et-lutte-c/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>77364</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets autour de l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure d’insertion par l’activité économique ou adaptée aux personnes en
+situation de handicap, une entreprise engagée dans l’inclusion numérique
+relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
+circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
+sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
+bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
+long terme via des dispositifs adaptés ? La Banque des Territoires vous
+accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
+de l’économie inclusive : insertion par l’activité économique, inclusion
+numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
+social. Le financement peut se faire sous forme d’investissement direct en
+fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
+la Banque des Territoires soutient également l’opérationnalisation de
+programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
+numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Economie sociale et solidaire
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>163580</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les commerces et services du quotidien présents dans les centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes La Rochefoucauld Porte du Périgord</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I144" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K144" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="S144" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;activité économique des centres-bourgs des communes appartenant au territoire La Rochefoucauld Porte du Périgord ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers destinés au maintien d’un ou plusieurs derniers commerces de proximité de première nécessité non concurrentiels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets de centre-bourg situés : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans les périmètres ORT (Opération de Revitalisation de Territoire) pour les communes de La Rochefoucauld-en-Angoumois et Montbron ;&lt;/li&gt;&lt;li&gt;Selon la cartographie des centres-bourgs pour les autres communes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité des projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accueillir des entreprises artisanales, commerciales ou de service ;&lt;/li&gt;&lt;li&gt;Produire et commercialiser des biens ou des services sur le zonage défini ;&lt;/li&gt;&lt;li&gt;Investissements participant à la transition écologique : consommation énergétique du bâtiment, développement des énergies renouvelables, optimisation de la gestion des déchets, valorisation de l’économie circulaire, préservation de la ressource en eau…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Obligations légales et administratives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les projets de travaux et d’aménagement, fournir l’autorisation de travaux ou le permis de construire ;&lt;/li&gt;&lt;li&gt;Adhérer aux services du Conseiller Énergie Partagée (CEP) de la Communauté de Communes et réaliser un audit énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité temporelle des dépenses :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses présentées doivent respecter la règlementation européenne et nationale des aides d’Etat&lt;/li&gt;&lt;li&gt;Tout commencement d’exécution avant le dépôt de la demande d’aide est susceptible de rendre tout ou partie du projet inéligible ;&lt;/li&gt;&lt;li&gt;Aucun dossier ne peut être déposé après l’achèvement matériel de l’opération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Un seul dossier de demande d’aide peut être déposé par commune tous les deux ans.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X144" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>CC La Rochefoucauld porte du Périgord</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.rochefoucauld-perigord.fr/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service développement économique de la Communauté de Communes&lt;/p&gt;&lt;p&gt;07 62 66 69 46 / &lt;a target="_self"&gt;economie&amp;#64;rochefoucauld-perigord.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>economie@rochefoucauld-perigord.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daide-aux-commerces-et-services-du-quotidien-presents-dans-les-centres-bourgs/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>149081</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet d’initiatives citoyennes en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Appel à initiatives citoyennes</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
+ Vous souhaitez mener à bien un projet d&amp;#039;initiatives citoyennes en faveur de l&amp;#039;environnement ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller 10 000€ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une avance de trésorerie de 50% dès le démarrage de votre projet sur présentation d&amp;#039;une attestation de démarrage du projet
+   &lt;br /&gt;
+   et
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le solde sur présentation d&amp;#039;un état récapitulatif des dépenses et copie des factures
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>03/07/2023</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une association
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un particulier ou collectif de citoyens
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets d&amp;#039;initiatives citoyennes « micro-projets » devront répondre aux critères d&amp;#039;éligibilité suivants :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer des solutions pratiques et concrètes en lien avec les orientations et/ou la mise en œuvre de la Stratégie régionale Biodiversité, axées sur la transition écologique et solidaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Correspondre à une initiative de terrain, avec une échelle de mise en œuvre précisément établie (quartier, hameau, village, ville, ...), favoriser l&amp;#039;engagement des citoyens
+  &lt;/li&gt;
+  &lt;li&gt;
+   Satisfaire des objectifs sociaux (équité, solidarité etc.) et environnementaux (préservation de la biodiversité ...), et de consommation locale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Favoriser l&amp;#039;interaction et la mise en mouvement d&amp;#039;acteurs diversifiés (collectifs de citoyens organisés, associations locales, ...), en donnant aux citoyens et à la société civile une place importante dans le projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les initiatives citoyennes doivent avoir pour finalité la transition écologique et solidaire et la protection de l&amp;#039;environnement. Elles s&amp;#039;inscriront dans l&amp;#039;une au moins des quatre thématiques suivantes :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Biodiversité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Energie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Economie circulaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement climatique
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet est localisé en Région Grand Est.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet devra répondre à un besoin constaté et avoir une portée collective.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/initiatives-citoyennes/</t>
+        </is>
+      </c>
+      <c r="W140" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0032/depot/simple</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez votre demande en ligne au fil de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures seront déposées par les candidats en ligne uniquement, auquel peut être jointes toutes pièces qui paraissent utiles au candidat.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5e49-appel-a-initiatives-citoyennes/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>382</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un Prêt Secteur Public bonifié</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>PSP B</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Agence Française de Développement (AFD)
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Caractéristiques du prêt :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type de prêt : prêt au secteur public bonifié
 &lt;/p&gt;
 &lt;p&gt;
  Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
 &lt;/p&gt;
 &lt;p&gt;
@@ -25969,51 +24292,51 @@
 &lt;/p&gt;
 &lt;p&gt;
  Durée : de 3 à 25 ans, avec ou sans différé
 &lt;/p&gt;
 &lt;p&gt;
  Taux : prêt bonifié, à taux fixe ou taux variable
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;instruction : 0,5 %
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;engagement : 0,5%
 &lt;/p&gt;
 &lt;p&gt;
  Amortissement : capital constant ou échéances constantes
 &lt;/p&gt;
 &lt;p&gt;
  Échéances : trimestrielles, semestrielles ou annuelles
 &lt;/p&gt;
 &lt;p&gt;
  Mobilisation des fonds : possible dès la signature de la
 convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -26038,56 +24361,56 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toutes les petites  collectivités ultramarines de moins de 10 000 habitants, et l&amp;#039;ensemble des collectivités de Guyane et de Mayotte
 uniquement : toutes les opérations d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tous les autres acteurs publics locaux, y compris les associations, les opérations d&amp;#039;investissement s&amp;#039;inscrivant dans les secteurs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Assainissement, adduction d&amp;#039;eau potable, déchets ;
  &lt;/li&gt;
  &lt;li&gt;
   Projets eau dans les DROM conformes aux contrats de progrès du plan d&amp;#039;action « eau-DOM » et projets eau dans les COM ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;économie circulaire ;
  &lt;/li&gt;
  &lt;li&gt;
   Le secteur sanitaire et médico-social (notamment EHPAD et petite enfance) ;
@@ -26097,784 +24420,187 @@
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation ;
  &lt;/li&gt;
  &lt;li&gt;
   Infrastructures sportives ;
  &lt;/li&gt;
  &lt;li&gt;
   Opérations éligibles au titre du fonds exceptionnel d&amp;#039;investissement (FEI) et au Plan de Relance ;
  &lt;/li&gt;
  &lt;li&gt;
   La formation professionnelle ;
  &lt;/li&gt;
  &lt;li&gt;
   Le logement social et intermédiaire ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;économie sociale et solidaire (ESS) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les projets culturels et de valorisation du patrimoine.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence régionale du Pacifique :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>belliotl@afd.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dc29-pret-secteur-public-bonifie-psp-b/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H146" s="1" t="inlineStr">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>144518</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
-[...591 lines deleted...]
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Economie circulaire
 Biodiversité
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions et critères d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une attention particulière sera portée sur les projets :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
   &lt;/li&gt;
   &lt;li&gt;
    présentant l&amp;#039;engagement des collectivités locales ;
   &lt;/li&gt;
   &lt;li&gt;
    novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
   &lt;/li&gt;
   &lt;li&gt;
    selon le périmètre d&amp;#039;intervention.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
@@ -26901,2311 +24627,2265 @@
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
   &lt;/li&gt;
   &lt;li&gt;
    être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
   &lt;/li&gt;
   &lt;li&gt;
    être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
   &lt;/li&gt;
   &lt;li&gt;
    présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=200</t>
         </is>
       </c>
-      <c r="W151" s="1" t="inlineStr">
+      <c r="W142" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/demande-subvention</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
 Direction de l&amp;#039;Environnement&lt;br /&gt;
 Service Médiation environnementale et partenariats&lt;br /&gt;
 Tél. : 05.58.05.40.40&lt;br /&gt;
 Mèl : environnement&amp;#64;landes.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-[...145 lines deleted...]
-      <c r="A153" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>162271</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Financer à faible coût les investissements matériels et immatériels nécessaires à la transition énergétique et écologique des PME</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Sud Prêt Climat</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;En adoptant son Plan Climat : Gardons une Cop d&amp;#039;avance, la Région Sud a fait de la lutte contre le changement climatique sa priorité.&lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; Avec SUD Prêt Climat, et en partenariat avec Bpifrance, la Région Sud entend donc répondre au besoin des PME de financer à faible coût, les investissements matériels et immatériels nécessaires à leur transition énergétique et écologique et/ou de soutenir leurs besoins en trésorerie liés à ces transitions.&lt;/p&gt;
  &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un &lt;strong&gt;effectif inférieur à 250 personnes&lt;/strong&gt; et un&lt;strong&gt; chiffre d’affaires inférieur à 50 M€&lt;/strong&gt; ou un &lt;strong&gt;total bilan inférieur à 43 M€.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;De plus de 3 ans&lt;/strong&gt; ou en capacité de fournir deux bilans couvrant une durée minimum de 24 mois.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quelle que soit leur forme juridique&lt;/strong&gt; (à l&amp;#039;exclusion des entreprises individuelles et des SCI).&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Exerçant l&amp;#039;essentiel de leur activité sur le territoire régional ou s&amp;#039;y installant.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Financièrement saines.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;A jour de leurs &lt;strong&gt;obligations fiscales et sociales.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Eligibles au &lt;strong&gt;&lt;strong&gt;&lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis" target="_blank" title="régime de minimis (nouvelle fenêtre) (nouvelle fenêtre)"&gt;régime de minimis&lt;/a&gt;&lt;/strong&gt;&lt;/strong&gt;&lt;/strong&gt; (Cumul d’aides publiques inférieur à 300 000 € sur les 3 dernières années).&lt;br /&gt; 	  &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les entreprises en difficulté au sens de la réglementation européenne.&lt;/li&gt; 	&lt;li&gt;Les SCI (Société Civile Immobilière).&lt;/li&gt; 	&lt;li&gt;Les associations et fondations sans activité économique et qui n’emploient pas au moins 1 salarié.&lt;/li&gt; 	&lt;li&gt;Les autoentrepreneurs.&lt;/li&gt; 	&lt;li&gt;Les entreprises individuelles.&lt;/li&gt; 	&lt;li&gt;Les activités d’intermédiation financière (NAF : section K64 sauf 64-2).&lt;/li&gt; 	&lt;li&gt;Les activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1).&lt;/li&gt; 	&lt;li&gt;Les activités auxiliaires de services financiers et d&amp;#039;assurance (NAF : section 66).&lt;/li&gt; 	&lt;li&gt;Le secteur agricole ayant un code NAF section A01 (culture et production animale, chasse et services annexes) ou A02 (sylviculture et autres activités forestières, exploitation forestière, récolte de produits forestiers non ligneux poussant à l&amp;#039;état sauvage et services de soutien à l&amp;#039;exploitation forestière).&lt;/li&gt; 	&lt;li&gt;Le secteur de la pêche et de l’aquaculture ayant un code NAF section A03 (pêche en mer, pêche en eau douce, aquaculture en mer et aquaculture en eau douce) ou code NAF 4638A (commerce de gros (commerce interentreprise) de poissons, crustacés et mollusques).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P153" s="1" t="inlineStr">
+      <c r="P143" s="1" t="inlineStr">
         <is>
           <t>06/06/2023</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne   &lt;br /&gt;                                             &lt;/span&gt;&lt;br /&gt; Afin d’assurer la distribution rapide des fonds régionaux, la constitution et l&amp;#039;instruction des dossiers sont assurés par Bpifrance. A l&amp;#039;issue, une notification est envoyée aux entreprises ayant finalisé leur demande.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de prêt. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;br /&gt; &lt;br /&gt; &lt;a href="https://flash.bpifrance.fr/pret/relance-region?regionId&amp;#61;provence-alpes-cote-azur" target="_blank" title="PRÊT INFÉRIEUR OU ÉGAL À 50 000 €"&gt;PRÊT INFÉRIEUR OU ÉGAL À 50 000 €&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;a href="https://auth.web.bpifrance.fr/mga/sps/authsvc?PolicyId&amp;#61;urn:ibm:security:authentication:asf:LoginBPI&amp;amp;TAM_OP&amp;#61;login&amp;amp;URL&amp;#61;https%3A%2F%2Fauth.web.bpifrance.fr%2Fmga%2Fsps%2Fauth%3FPartnerId%3DYdaGZikOi2zIZ6ftRVaY%26Target%3Dhttps%253A%252F%252Fapp.bel.bpifrance.fr%252Fsso%252Fcode%26SSORequest%3DY29kZV9jaGFsbGVuZ2U9bUpTZjRiQjdLRFBsamFRZVNTZUllbGJPUU1VLW82dUk2Xy1DZGxpcEg3WSZyZWRpcmVjdF91cmk9aHR0cHM6Ly9hcHAuYmVsLmJwaWZyYW5jZS5mci9zc28vY29kZSZub25jZT1WVnB6VW1wNlNsOXBUMDFQV25WMkxYUkRTRlp1U0c4d2EybFVjMDVrVEVKalUxTjBTRXN4VHpSbVVFRjUmc2NvcGU9b3BlbmlkIHByb2ZpbGUgZW1haWwmY29kZV9jaGFsbGVuZ2VfbWV0aG9kPVMyNTYmc3RhdGU9VlZwelVtcDZTbDlwVDAxUFduVjJMWFJEU0ZadVNHOHdhMmxVYzA1a1RFSmpVMU4wU0VzeFR6Um1VRUY1OyUyRnN1YnNjcmliZSUyRnByZXQtcmVsYW5jZS1yZWdpb24mcmVzcG9uc2VfdHlwZT1jb2RlJmNsaWVudF9pZD1ZZGFHWmlrT2kyeklaNmZ0UlZhWQ%253D%253D" target="_blank" title="PRÊT SUPÉRIEUR À 50 000 €"&gt;PRÊT SUPÉRIEUR À 50 000 €&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/sud-pret-climat</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
 &lt;p&gt;Permanence téléphonique tous les jours de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (service et appels gratuits)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sud-pret-climat/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K154" s="1" t="inlineStr">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>160371</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Développer une offre culturelle et touristique valorisant les atouts du territoire</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J144" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez mener à bien un projet d&amp;#039;initiatives citoyennes en faveur de l&amp;#039;environnement ?
-[...16 lines deleted...]
- &lt;br /&gt;
+ &lt;span&gt;
+  Les milieux naturels de qualité (Site Ramsar Marais Vernier-Risle maritime, tourbière d&amp;#039;Heurteauville, réserve de l&amp;#039;estuaire de la
+ &lt;/span&gt;
+ Seine...), les forêts, les paysages des boucles de Seine et plateaux (méandres, coteaux, champs de lin, clos-masures...), les agglomérations patrimoniales (Pont-Audemer, Rives-en-Seine, Cormeilles, La Bouille), le patrimoine bâti (abbayes, châteaux et manoirs...), les savoir-faire passés et actuels (arboriculture, chaumières, artisans, tannerie, passé maritime et industriel...) sont autant de ressources pour la vie culturelle et d&amp;#039;atouts pour le tourisme. Le territoire bénéficie d&amp;#039;une vie associative riche de laquelle émane des manifestations culturelles variées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les changements sociétaux récents offrent une opportunité pour le développement d&amp;#039;un tourisme familial et de proximité. Le programme
+ &lt;/span&gt;
+ LEADER Seine Normande souhaite encourager l&amp;#039;ancrage local des propositions culturelles et touristiques, afin qu&amp;#039;elles soient un moyen d&amp;#039;une meilleure connaissance du territoire et qu&amp;#039;elles profitent aux excursionnistes comme aux habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Valoriser les ressources du territoire
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Le développement d&amp;#039;un tourisme responsable valorisant le territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renfort d&amp;#039;une offre culturelle innovante et intégrée au territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="R154" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous êtes :
-[...62 lines deleted...]
- Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="X154" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bc6-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>160372</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les ressources du territoire en circuit de proximité en toute sobriété</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J145" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Déposez votre demande en ligne au fil de l&amp;#039;eau.
-[...3 lines deleted...]
- &lt;br /&gt;
+ Sur le territoire « Seine Normande », malgré des productions agricoles diversifiées (céréales, viande, lait, fruits, fibres...) et des
+ressources forestières de qualité (feuillus notamment), la transformation et la valorisation sont souvent délocalisées à l&amp;#039;extérieur de la
+région voire à l&amp;#039;international, ce qui engendre une perte importante de valeur ajoutée et d&amp;#039;emplois. Longtemps considérés uniquement
+comme une source de nuisances, les produits en fin de vie sont maintenant considérés comme un gisement potentiel de ressources
+notamment grâce à la réparation et au réemploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de ses ressources locales primaires ou recyclées est prioritaire pour assurer le dynamisme du territoire et répondre
+aux enjeux de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique : Valoriser les ressources du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La transformation et la consommation des produits agricoles et alimentaires locaux sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transformation et l&amp;#039;utilisation des matériaux locaux sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;augmentation de la durée de vie des objets, leur réutilisation et le recyclage
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de0b-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-[...92 lines deleted...]
-      <c r="A156" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>164228</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action 4 : Devenir un territoire exemplaire qui consomme moins et mieux</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>GAL SUD 77 / LEADER  2023-2027</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne Attractivité
 Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J156" s="1" t="inlineStr">
+      <c r="J146" s="1" t="inlineStr">
         <is>
           <t>Taux de subvention variable en fonction du projet</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qu’est-ce que le LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LEADER (Liaison Entre Actions de Développement de l’Economie
 Rurale)&lt;/strong&gt; est un programme Européen qui s’inscrit dans le second pilier de la
 Politique Agricole Commune / Fonds FEADER.&lt;/p&gt;&lt;p&gt;Son objectif est de &lt;strong&gt;soutenir le développement de projets en
 milieu rural qui dynamisent le territoire&lt;/strong&gt;. Les territoires éligibles au
 programme LEADER sont appelés GAL (Groupe d’Action Locale). Seine-et-Marne
 Attractivité anime et gère le programme LEADER du GAL SUD 77. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL est l’interlocuteur de proximité des porteurs de
 projets &lt;/strong&gt;: il assure l’accompagnement technique et administratif de leur
 dossier. C’est une instance de concertation qui rassemble des acteurs publics
 et privés représentatifs du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les critères d’attribution de l’aide du
 programme LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’inscrire dans l’une des fiches-actions du
 programme LEADER.&lt;/p&gt;&lt;p&gt;L’attribution d’une aide LEADER est soumise à l’obtention
 d’un co-financement public (Etat, Région, commune …) : 20% minimum du montant
 éligible. Un projet peut être subventionné dans la limite du taux d’aide
 publique défini pour l’opération. Les frais et les travaux ne doivent pas être
 engagés avant que l’autorité de gestion (Région IDF) délivre un accusé de
 réception de dossier complet.&lt;/p&gt;&lt;p&gt;Les projets susceptibles d’être financés par d’autres
 dispositifs du FEADER en Île-de-France ne pourront pas l’être par le LEADER
 (cela concerne majoritairement les projets agricoles).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les différentes étapes qui suivent le dépôt
 d’un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;ol start="5" type="1"&gt;
  &lt;li&gt;Le dossier passe devant
      deux comités pour être voté en opportunité&lt;/li&gt;
  &lt;li&gt;Le dossier est ensuite
      déposé sur le site « Mes démarches » de la Région IDF pour instruction&lt;/li&gt;
  &lt;li&gt;Une fois le dossier
      validé par la Région, il repasse en comité pour programmation&lt;/li&gt;
  &lt;li&gt;Une demande de paiement
      est déposée&lt;/li&gt;&lt;li&gt;Le versement est ensuite
      effectué&lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P156" s="1" t="inlineStr">
+      <c r="P146" s="1" t="inlineStr">
         <is>
           <t>23/04/2024</t>
         </is>
       </c>
-      <c r="Q156" s="1" t="inlineStr">
+      <c r="Q146" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Dépenses directes de personnel ;&lt;/li&gt;&lt;li&gt;Frais de déplacement, de restauration, d&amp;#039;hébergements ; &lt;/li&gt;&lt;li&gt;Etudes ; &lt;/li&gt;&lt;li&gt;Investissements matériels et immatériels ; &lt;/li&gt;&lt;li&gt;Prestation de service.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles tous types d&amp;#039;actions confondus : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs groupements ;&lt;/li&gt;&lt;li&gt;Etablissements publics dont les chambres consulaires et établissements de coopération, administratifs, industriels et commercial d&amp;#039;enseignement de santé ;&lt;/li&gt;&lt;li&gt;Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte) ;&lt;/li&gt;&lt;li&gt;PME / TPE au sens communautaire, dont les entreprises individuelles ; &lt;/li&gt;&lt;li&gt;Propriétaires de forêt et leurs groupements ;&lt;/li&gt;&lt;li&gt;Agriculteurs actifs dont les regroupements agricoles ;&lt;/li&gt;&lt;li&gt;Groupement d&amp;#039;intérêt économique ; &lt;/li&gt;&lt;li&gt;Associations, leurs groupements et leurs fédérations ; &lt;/li&gt;&lt;li&gt;Fondations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Exemples de projets réalisables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Réduire les consommations d&amp;#039;énergie et mobiliser les basses technologies et les mobilités alternatives : &lt;/strong&gt;travaux d&amp;#039;amélioration énergétique bâtiments avec des matériaux biosourcés, développement de la trame noire en ville et à la campagne… &lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Intensifier la production d&amp;#039;énergie locale : &lt;/strong&gt;développement du chauffage collectif bois et solaire, actions d&amp;#039;expérimentations et aux productions d&amp;#039;énergies renouvelables…&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Mettre en place des principes de l&amp;#039;économie circulaire et former les acteurs du territoire :&lt;/strong&gt; mise en place de circuits de récupération d&amp;#039;eau de pluie et de réutilisation à usage domestique et industriel, développement des emballages vertueux...&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://invest.seineetmarnevivreengrand.fr/financement-leader/gal-sud-77/</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lucie HUGUET &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:albane.morel&amp;#64;safer-idf.com" rel="noopener" target="_blank"&gt;
   lucie.huguet&amp;#64;attractivite77.fr  &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Animatrice LEADER Sud 77
 &lt;/p&gt;
 &lt;p&gt;
  06 31 51 23 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>lucie.huguet@attractivite77.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/federer-des-acteurs-et-des-projets-pour-une-valorisation-raisonnee-de-la-ressource-foret-leader-fiche-action-3/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>90745</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements en faveur du recyclage et du réemploi des déchets</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Investissement en faveur du recyclage et du réemploi des déchets</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les investissements permettant de réduire l&amp;#039;impact environnemental des déchets tout en créant des emplois locaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement de modes de traitement des déchets plus respectueux de l&amp;#039;environnement permettant de mieux capter et mieux transformer des gisements valorisables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement de dispositifs de réduction des prélèvements de matières premières vierges et la réduction de production de déchets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+ Entreprises de toutes tailles, dont les associations et les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Investissements matériels et immatériels liés un programme d&amp;#039;investissements- Equipements de recyclage, de tri, de collecte et de réemploi,
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de génie civil liés à la création ou au développement d&amp;#039;activités de collecte et de recyclage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissement logiciel spécifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les coûts pris en compte sont les coûts supplémentaires pour meilleure efficience.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le recyclage et le réemploi, par le bénéficiaire, de ses propres déchets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements roulants et/ou d&amp;#039;occasion.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/investissement-en-faveur-du-recyclage-et-du-reemploi-des-dechets</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ecb0-investissement-en-faveur-du-recyclage-et-du-r/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>162880</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises dans leurs investissements liés à la transition écologique</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transition écologique Île-de-France</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>Avec le Prêt transition écologique, la Région, en partenariat avec Bpifrance, accompagne les entreprises dans leurs investissements liés à la transition écologique.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles, les PME :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De plus de 3 ans ou en capacité de fournir 2 bilans couvrant une durée minimum de 24 mois,&lt;/li&gt;&lt;li&gt;Éligibles à la garantie de Bpifrance,&lt;/li&gt;&lt;li&gt;Exerçant l&amp;#039;essentiel de leur activité en Île-de-France ou s&amp;#039;y installant.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;strong&gt;&lt;/strong&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Montant du prêt :&lt;/strong&gt; minimum de 10.000€, maximum de 500.000€.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;&lt;/strong&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Durée du prêt :&lt;/strong&gt; 5 ans dont un différé d’amortissement en capital de 1 an, ou 7 ans dont un différé d’amortissement en capital de 2 ans.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Garantie : &lt;/strong&gt;aucune garantie personnelle ou sûreté réelle n’est exigée.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Les projets d’investissement visant notamment à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Optimiser les procédés, ou améliorer la performance (eau, matière) afin de mieux maîtriser ou de diminuer les impacts sur l’environnement,&lt;/li&gt;&lt;li&gt;Favoriser la mobilité « zéro carbone » pour les salariés, les marchandises et les produits,&lt;/li&gt;&lt;li&gt;Innover pour mettre sur le marché des produits ou des services en matière de protection de l’environnement, d’économie circulaire, etc.,&lt;/li&gt;&lt;li&gt;Favoriser un mix énergétique plus vertueux en intégrant davantage d’énergies renouvelables.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;octroi du prêt devra être précédé de la réalisation d&amp;#039;un diagnostic énergétique ou environnemental référencé par la Région et par Bpifrance.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; Le dépôt des candidatures s&amp;#039;effectue en ligne sur &lt;span&gt;&lt;a href="https://pret-transition-ecologique.iledefrance.fr" target="_blank"&gt;pret-transition-ecologique.iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/pret-transition-ecologique-ile-de-france</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" target="_blank"&gt;aides.economiques&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pret-transition-ecologique-1/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>140793</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la démarche entrepreneuriale et responsable des agriculteurs, ainsi que la création d’entreprise et le développement de l’emploi</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : co-construire des diagnostics, stratégies et projets de territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : accompagner les projets territorialisés, animer et structurer les filières locales ou les projets alimentaires de territoire, communiquer sur les produits et les métiers, accompagner les projets de gestion de l&amp;#039;eau et d&amp;#039;irrigation, favoriser l&amp;#039;économie circulaire, intégrer la préservation de l&amp;#039;environnement dans les pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie FONCIÈRE : faciliter l&amp;#039;installation et la transmission d&amp;#039;exploitations agricoles, maintenir une dynamique agricole sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  CONCERTATION : participer ou animer des réunions sur la place des agriculteurs dans la société
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de journées thématiques à destination des élus des collectivités ou du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic agricole et foncier prospectif préalable à un document d&amp;#039;urbanisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion des déchets verts  (ex co-compostage avec CC Alpes Provence Verdon)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentation de captage d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la mise en place de Zone Agricole Protégée (ex ZAP du Val de Durance)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de projets structurants d&amp;#039;irrigation, dans un objectif de préservation de la ressource (Réseaux collectifs, Retenues collinaires)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de Marchés de Producteurs (marchés Paysans du Verdon, marché d&amp;#039;Aiglun...), accompagnement des modes de commercialisation collectifs en Circuits Courts
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Partenariat, conventionnement, prestation de services selon le type de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation rémunérée d&amp;#039;expertises dans les domaines agricoles, de gestion de l&amp;#039;eau, de l&amp;#039;aménagement du territoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>http://www.chambre-agriculture04.fr</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 66 Bd Gassendi, CS90117, 04995 Digne-les-Bains Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 57 57
+&lt;/p&gt;
+&lt;p&gt;
+ Email :  :
+ &lt;a href="mailto:accueil&amp;#64;ahp.chambagri.fr" target="_self"&gt;
+  accueil&amp;#64;ahp.chambagri.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ac8-accompagner-la-demarche-entrepreneuriale-et-r/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>165670</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Description du dispositif :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’AMI CPIER est mis en œuvre et financé par l’État, via l’ADEME (Directions régionales Île-de-France et Normandie), la Région Normandie et la Région Île-de-France en partenariat avec la Délégation interministérielle au développement de la Vallée de la Seine (DIDVS) et les autres services déconcentrés de l’État.&lt;/p&gt;&lt;p&gt;Cet AMI vise à &lt;strong&gt;favoriser l’essor de projets interrégionaux, innovants et exemplaires &lt;/strong&gt;dans cinq domaines :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;solutions durables et décarbonées pour la mobilité des personnes et des marchandises ;&lt;/li&gt;&lt;li&gt;réduction de l’empreinte carbone des procédés industriels ;&lt;/li&gt;&lt;li&gt;transition vers une économie circulaire et boucles locales ;&lt;/li&gt;&lt;li&gt;développement des énergies renouvelables ;&lt;/li&gt;&lt;li&gt;lutte contre le changement climatique, anticipation, adaptation et résilience.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les types de projets suivants &lt;/strong&gt;peuvent être soutenus : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;études de préfiguration/études de préfaisabilité ou de faisabilité ;&lt;/li&gt;&lt;li&gt;expérimentations et démonstrateurs exemplaires et innovants ;&lt;/li&gt;&lt;li&gt;aide au changement de comportement (projets d’animation, de communication, de formation). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Avant tout dépôt de dossier de candidature : &lt;/strong&gt;il est fortement recommandé de contacter les personnes référentes de l’AMI en utilisant la fiche projet téléchargeable sur cette page. &lt;/p&gt;&lt;p&gt;L’ADEME est chargée de la réception des dossiers. Dans le cadre d’un comité de pilotage dédié, les projets sont co-instruits par les partenaires financeurs de l’AMI (Région Île-de-France, Région Normandie, ADEME) en partenariat avec la DIDVS et les services déconcentrés de l’État (DREAL Normandie et Préfecture d’Île-de-France).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;principaux critères d’examen des projets&lt;/strong&gt; sont les suivants (voir détail dans le règlement de l’AMI) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;structuration interrégionale et partenariale du projet ;&lt;/li&gt;&lt;li&gt;capacité à répondre aux enjeux thématiques et stratégiques de l’AMI et du schéma stratégique ;&lt;/li&gt;&lt;li&gt;innovation ;&lt;/li&gt;&lt;li&gt;caractère opérationnel du projet ;&lt;/li&gt;&lt;li&gt;montage technique et financier du projet.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P150" s="1" t="inlineStr">
+        <is>
+          <t>22/12/2025</t>
+        </is>
+      </c>
+      <c r="Q150" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_28</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1</t>
+        </is>
+      </c>
+      <c r="W150" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>94682</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Financer les études préalables aux investissements de recyclage</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I157" s="1" t="inlineStr">
+      <c r="I151" s="1" t="inlineStr">
         <is>
           <t> Min : 70</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide - « Études préalables aux investissements de recyclage (dont ORPLAST régénération) », mis en place par l&amp;#039;ADEME
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Objectif :
 &lt;/p&gt;
 &lt;p&gt;
  Vous avez un projet d&amp;#039;unité de recyclage de déchets dont vous souhaitez étudier la faisabilité ? L&amp;#039;ADEME peut vous accompagner en finançant une étude préalable.
  Le recyclage des déchets organiques à des fins de valorisation agronomique (retour au sol, alimentation) fait l&amp;#039;objet d&amp;#039;une fiche dédiée.
 &lt;/p&gt;
 &lt;p&gt;
  Afin de garantir la bonne exécution des projets soutenus par l&amp;#039;ADEME et quand cela est nécessaire de par la « complexité » du projet d&amp;#039;investissement, l&amp;#039;ADEME est susceptible de financer des prestations d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage ou des prestations de maîtrise d&amp;#039;œuvre en lien avec les projets bénéficiant d&amp;#039;aides de l&amp;#039;ADEME.
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires : entreprises de recyclage des déchets, souhaitant structurer de nouvelles filières et améliorer les performances de recyclage des déchets.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement : subvention
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Taux d&amp;#039;aide : 50 à 70 % des dépenses éligibles selon le type d&amp;#039;acteur,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Plafond de l&amp;#039;assiette des dépenses éligibles : 50 000 à 100 000 €.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M157" s="1" t="inlineStr">
+      <c r="M151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Actions éligibles : d
  iagnostic ou études d&amp;#039;accompagnement de projets de recyclage (dont études de faisabilité et études d&amp;#039;expérimentation), préalable à un investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Cette mesure bénéficie du soutien du plan France Relance en ce qui concerne :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les matières plastiques, dans le cadre d&amp;#039;un élargissement du label « Objectif Recyclage PLASTiques » à la préparation de matières plastiques recyclées pour incorporation
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les textiles
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les autres matériaux, cette mesure est éligible au soutien du Fonds Economie Circulaire.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Recyclage : toute opération de valorisation par laquelle les déchets, y compris les déchets organiques, sont retraités en substances, matières ou produits aux fins de leur fonction initiale ou à d&amp;#039;autres fins. Les opérations de valorisation énergétique des déchets, celles relatives à la conversion des déchets en combustible et les opérations de remblaiement ne peuvent pas être qualifiées d&amp;#039;opérations de recyclage.
 &lt;/p&gt;
 &lt;p&gt;
  La présente fiche concerne le recyclage des déchets en vue de la préparation de matières premières de recyclage (MPR). La valorisation des déchets organiques à des fins de valorisation agronomique (retour au sol, alimentation) fait l&amp;#039;objet d&amp;#039;une fiche dédiée.
 &lt;/p&gt;
 &lt;p&gt;
  Opérations éligibles
 :
  Diagnostic ou études d&amp;#039;accompagnement de projets de recyclage (dont études de faisabilité et études d&amp;#039;expérimentation), préalable à un investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etudes-prealables-investissements-recyclage-dont-orplast-regeneration</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez l&amp;#039;ADEME via leur
  &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;7134" rel="noopener" target="_blank"&gt;
   formulaire de contact
  &lt;/a&gt;
  pour en savoir plus sur ce dispositif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c028-aider-aux-etudes-prealables-aux-investissemen/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-[...719 lines deleted...]
-      <c r="G162" s="1" t="inlineStr">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>103460</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leurs projets d’investissement concourant à l’aménagement, au développement et à l’équipement cohérent et durable du territoire</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Contrat d’aménagement régional (CAR)</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K162" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
-[...445 lines deleted...]
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 La Région accompagne les collectivités franciliennes dans leurs projets d&amp;#039;investissement concourant à l&amp;#039;aménagement, au développement et à l&amp;#039;équipement cohérent et durable du territoire.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M165" s="1" t="inlineStr">
+      <c r="M152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, centre de santé, voirie, stationnement...).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Espace public
 Jeunesse
 Cohésion sociale et inclusion
 Biodiversité</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  Communes de plus de 2000 habitants, EPCI à fiscalité propre et EPT
  &lt;br /&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;strong&gt;
    Communes :
   &lt;/strong&gt;
   jusqu&amp;#039;à 50 % du montant des dépenses éligibles (subvention maximale : 1 M€).
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    EPCI et EPT :
   &lt;/strong&gt;
   jusqu&amp;#039;à 30 % du montant des dépenses éligibles (subvention maximale : 2 M€).
  &lt;/p&gt;
  &lt;p&gt;
   Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales ou la création d&amp;#039;aires de jeux et de loisirs inclusives.
  &lt;/p&gt;
  Chaque contrat peut inclure plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
  &lt;br /&gt;
 </t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-damenagement-regional-car</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  amenagement&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projets sont priés de se rapprocher du service l&amp;#039;administration en charge du dispositif avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/36b2-contrat-damenagement-regional-car/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>119706</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Programme Eau et Climat 2019-2024 agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I153" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J153" s="1" t="inlineStr">
+        <is>
+          <t>En fonction du degré d'ambition biodiversité, pleine terre, gestion des pluies fortes et encadrement</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Infiltration des pluies courantes à fortes en favorisant la biodiversité et la bioclimatisation de la ville, déconnexion des eaux pluviales pour réduire les pollutions  : désimperméabilisation (parking, espaces urbains, trottoirs, création de noues d&amp;#039;infiltration, jardins filtrants, déconnexions des eaux pluviales, toitures végétalisées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - cours d&amp;#039;école
+&lt;/p&gt;
+&lt;p&gt;
+ - zones d&amp;#039;activité industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ - parkings
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - projet en zone urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ - réduction des volumes collectés par les réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ - gestion à ciel ouvert
+&lt;/p&gt;
+&lt;p&gt;
+ - maîtrise des pollutions dès l&amp;#039;origine du ruissellement
+&lt;/p&gt;
+&lt;p&gt;
+ - si toiture végétalisée, épaisseur supérieure à 8 cm
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W153" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ http://www.eau-seine-normandie.fr/formulaires_aides
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>90804</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la méthanisation</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la méthanisation</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif s&amp;#039;adresse à tous les projets d&amp;#039;unités de méthanisation, que la valorisation du biogaz soit en injection ou en cogénération, quelle que soit la typologie (agricole individuel ou collectif, territorial, industriel, boues de station d&amp;#039;épuration).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ La méthanisation contribue significativement aux objectifs de la région Nouvelle-Aquitaine en matière de transition énergétique. Ces derniers, rappelés dans la feuille de route Néoterra (ambition 6), portent sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réduction de 45% des émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation à 45% de la part des énergies renouvelables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La méthanisation constitue par ailleurs un levier de la transition agro-écologique des exploitations agricoles et offre des solutions de valorisation des déchets du territoire dans une logique d&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour aider au développement cette filière  très vertueuse et accompagner les porteurs de projet , la Région co-pilote avec l&amp;#039;ADEME le dispositif MethaN-Action. Visant à accompagner toutes les initiatives du territoire (de la phase d&amp;#039;émergence à l&amp;#039;exploitation) et à professionnaliser les maîtres d&amp;#039;ouvrage, ce dispositif  propose des circuits de visite, des formations, des journées techniques, des échanges avec le réseau des exploitants d&amp;#039;unité de méthanisation, des guides, des newsletters, etc...
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ La méthanisation contribue significativement aux objectifs de la région Nouvelle-Aquitaine en matière de transition énergétique. Ces derniers, rappelés dans la feuille de route Néoterra (ambition 6), portent sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réduction de 45% des émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation à 45% de la part des énergies renouvelables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La méthanisation constitue par ailleurs un levier de la transition agro-écologique des exploitations agricoles et offre des solutions de valorisation des déchets du territoire dans une logique d&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour aider au développement cette filière  très vertueuse et accompagner les porteurs de projet , la Région co-pilote avec l&amp;#039;ADEME le dispositif MethaN-Action. Visant à accompagner toutes les initiatives du territoire (de la phase d&amp;#039;émergence à l&amp;#039;exploitation) et à professionnaliser les maîtres d&amp;#039;ouvrage, ce dispositif  propose des circuits de visite, des formations, des journées techniques, des échanges avec le réseau des exploitants d&amp;#039;unité de méthanisation, des guides, des newsletters, etc...
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q154" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, l&amp;#039;étude de faisabilité doit impérativement être réalisée par un  bureau d&amp;#039;étude technique neutre et indépendant et doit répondre au cahier des charges type proposé par l&amp;#039;ADEME.
+ Le financement des études détaillées est conditionné à la fourniture d&amp;#039;une étude de faisabilité (réalisée par un bureau d&amp;#039;étude ou un constructeur).
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/soutien-la-methanisation</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Biogaz Chaleur renouvelable
+Direction de l&amp;#039;énergie et du climat
+&lt;/p&gt;
+&lt;p&gt;
+ 05 55 45 17 85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d4f-soutien-a-la-methanisation/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>158944</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Aider les citoyens à trouver que faire de leurs objets inutilisés à l’échelle locale, et à consommer de façon responsable</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Longue Vie Aux Objets</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Comment se débarrasser de façon vertueuse ? Quelles alternatives à la consommation d&amp;#039;objets neufs ?
+ 🤔
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de lancer l&amp;#039;outil
+ &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;
+  La carte des acteurs de l&amp;#039;économie circulaire et de la réparation&lt;/a&gt; pour mettre en lumière les solutions proches de chez soi pour désencombrer son logement, et pour consommer de façon responsable en privilégiant le réemploi et la réparation de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ La carte met en lumière des acteurs et solutions de proximité et apporte des réponses pour les objets du quotidien : vêtement, téléphone mobile, mobilier, électroménager, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les points d&amp;#039;apport listés sur ce site sont mis à jour régulièrement.
+&lt;/p&gt;
+&lt;p&gt;
+ Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les alternatives à l&amp;#039;achat neuf, en mettant en avant des labels et bonus réparation dont le citoyen peut bénéficier.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Carte centrée sur un territoire : &lt;/strong&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture-d-ecran-2026-01-14-133430-69678fa4b04c9.png" alt="aperçu carte" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est par exemple repris sur le site de
+ &lt;a href="https://epargnonsnosressources.gouv.fr/" target="_self"&gt;
+  Épargnons Nos Ressources &lt;/a&gt; et sur plus de 200 &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;sites de collectivités&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour intégrer la carte de l&amp;#039;équipe &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;Longue Vie Aux Objets
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Veuillez vous référer à la
+ &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;documentation&lt;/a&gt;
+ qui vous guide dans les étapes d&amp;#039;intégration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://longuevieauxobjets.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : longuevieauxobjets&amp;#64;ademe.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>longuevieauxobjets@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b317-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>163040</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’artisanat local et les commerces de proximité du Pays d'Auge tout en encourageant les circuits courts et les modes de consommation responsables</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F156" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I156" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bien qu’étant un territoire très attractif, le Pays d’Auge souffre de disparités en matière de dynamisme économique et d’accès pour tous à des services marchands de proximité. Certaines zones rurales sont en effet confrontées à des problématiques de vacances commerciales, de sous-développement du tissu artisanal et de disparition des commerces de proximité, faute de repreneurs. Participant à 6 des 59 objectifs du SRADDET, cette fiche-action rend indispensable le maintien et le renforcement des commerces de proximité et l’artisanat local afin d’assurer un développement équilibré du territoire, facteur de bien-être des habitants, d’emplois et d’attractivité touristique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Permettre à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural &lt;/li&gt;&lt;li&gt;Soutenir les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Encourager les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Soutenir les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, modernisation et développement de &lt;strong&gt;commerces de proximités et d’activités artisanales dans les centre-bourgs &lt;/strong&gt;(communes de moins de 10 000 habitants / pour les créations une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Opérations visant à réhabiliter des &lt;strong&gt;friches industrielles et économiques&lt;/strong&gt; (études)&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination/coopération entre les acteurs locaux&lt;/strong&gt; et à valoriser les démarches collectives &lt;/li&gt;&lt;li&gt;Soutien à l&amp;#039;élaboration de &lt;strong&gt;plans d&amp;#039;action locaux pour le développement économique&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Expérimentations de &lt;strong&gt;nouvelles formes de commerces innovantes&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien au développement de &lt;strong&gt;lieux participatifs&lt;/strong&gt; (commerces autogérés, cafés associatifs, tiers-lieux)&lt;/li&gt;&lt;li&gt;Aides à la création ou au développement des &lt;strong&gt;petites entreprises dans le champ de l’économie sociale et solidaire (ESS) et de l’économie circulaire&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Actions visant à soutenir les diversifications/reprises/transmissions du &lt;strong&gt;« dernier commerce de proximité du village » &lt;/strong&gt;(collectivités uniquement, une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Création, expérimentation, développement et valorisation de projets en faveur de la &lt;strong&gt;commercialisation des produits en circuits courts&lt;/strong&gt;, de la &lt;strong&gt;relocalisation de la production alimentaire&lt;/strong&gt; et de la consommation responsable, notamment dans le domaine de la restauration collective et aide à la structuration de filières locales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Accès aux services
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité
+Attractivité économique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet permet à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le projet soutient les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Le projet encourage les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Le projet soutient les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Achat de terrain bâti et non bâti, &lt;span&gt;Construction et extensions ;  &lt;/span&gt;&lt;span&gt;Travaux de rénovation énergétique sans audit énergétique préalable ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T156" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques-1/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>154415</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Amplifier la transition écologique et énergétique du territoire avec l'implication de tous</t>
         </is>
       </c>
-      <c r="C166" s="1" t="inlineStr">
+      <c r="C157" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>LEADER Fiche Action n°3</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Albigeois et des Bastides (PETR)</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I166" s="1" t="inlineStr">
+      <c r="I157" s="1" t="inlineStr">
         <is>
           <t> Max : 64</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette subvention a pour objectif de favoriser l&amp;#039;émergence d&amp;#039;activités et de pratiques en phase avec les défis de la transition.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Encourager la sobriété et viser l&amp;#039;autotomie énergétique du territoire
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Préserver les ressources naturelles et la biodiversité :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Encourager les démarches de protection et de valorisation des espaces et ressources naturelles
  &lt;/li&gt;
@@ -29228,3881 +26908,2664 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développer la cohésion territoriale et l&amp;#039;implication de tous :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Soutenir les initiatives citoyennes qui concourent aux enjeux de la transition socio-écologique
  &lt;/li&gt;
  &lt;li&gt;
   Engager les acteurs du territoire et les habitants dans la transition socio-écologique
  &lt;/li&gt;
  &lt;li&gt;
   Renforcer les solidarités et les coopérations territoriales
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Recherche/développement pour améliorer l&amp;#039;efficacité énergétique de l&amp;#039;habitat ; accompagner l&amp;#039;émergence des réseaux d&amp;#039;acteurs (PTCE)
  &lt;br /&gt;
  •    Création de forêt comestible publique ; Développer des outils d&amp;#039;analyse mettant en avant les îlots de chaleur sur le territoire
  &lt;br /&gt;
  •    Etudier/Animer/Développer les services de mobilité de proximité
  &lt;br /&gt;
  •    Soutenir les démarches collectives de réduction des déchets pour les particuliers, artisans, commerçants
  &lt;br /&gt;
  •    Soutien des projets financés dans le cadre du Fonds Coup de Pousse
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Economie circulaire
 Animation et mise en réseau
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T166" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>GAL Albigeois et Bastides</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
         </is>
       </c>
-      <c r="X166" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Justine Chollet
  &lt;br /&gt;
  Chargée de mission LEADER
  &lt;br /&gt;
  &lt;a target="_self"&gt;
   jchollet&amp;#64;ptab.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>jchollet@ptab.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d752-accompagner-les-dynamiques-durables-de-lecono/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G167" s="1" t="inlineStr">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>162828</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J158" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Friche
+Biodiversité
+Architecture
+Paysage
+Attractivité économique
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>161715</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Demander du soutien financier pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...13 lines deleted...]
-      <c r="K167" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
-[...56 lines deleted...]
-      <c r="O167" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation (RRR) &lt;strong&gt;allongent la durée de vie des produits&lt;/strong&gt; et participent à la &lt;strong&gt;réduction de la consommation de ressources&lt;/strong&gt; et de la &lt;strong&gt;production de déchets &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’un million de tonnes de produits sont réemployés ou réutilisés chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de structures spécialisées dans la deuxième vie des produits est en constante progression.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une &lt;strong&gt;information du consommateur&lt;/strong&gt; sur la &lt;strong&gt;réparabilité&lt;/strong&gt; et l’&lt;strong&gt;aptitude au réemploi ou à la réutilisation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;    Pour accompagner ces politiques, l’ADEME peut soutenir les investissements dans vos équipements dédiés au réemploi-réutilisation et remise en état pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Le taux d’aide peut atteindre au maximum 60 % des dépenses éligibles. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q167" s="1" t="inlineStr">
-[...54 lines deleted...]
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-investissements-reemploi-reutilisation-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E168" s="1" t="inlineStr">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>165647</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...9 lines deleted...]
-      <c r="K168" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
-[...63 lines deleted...]
-      <c r="S168" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation (RRR) &lt;strong&gt;allongent la durée de vie des produits&lt;/strong&gt;. Elles participent à la &lt;strong&gt;réduction de la consommation de ressources&lt;/strong&gt; et de la &lt;strong&gt;production de déchets &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’un million de tonnes de produits sont réemployés ou réutilisés chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de structures spécialisées dans la deuxième vie des produits est en constante progression.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une &lt;strong&gt;information du consommateur&lt;/strong&gt; sur la &lt;strong&gt;réparabilité&lt;/strong&gt; et l’&lt;strong&gt;aptitude au réemploi ou à la réutilisation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;    Pour accompagner ces politiques, l’ADEME peut soutenir les investissements dans vos équipements dédiés au réemploi-réutilisation et remise en état pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Le taux d’aide peut atteindre au maximum 60 % des dépenses éligibles. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P160" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q160" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_11_24_27_28_32_44_52_53_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="W160" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages-2/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-[...64 lines deleted...]
-      <c r="S169" s="1" t="inlineStr">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>164381</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les futurs champions franciliens de la transition écologique : Fonds Île-de-France Décarbonation</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Île-de-France Décarbonation</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>À travers le Fonds Île-de-France Décarbonation, la Région accompagne l’émergence de futurs champions franciliens de la transition écologique.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles, les PME :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Offrant ou mettant en œuvre des solutions innovantes (industrie, services, logiciels…) pour la transition énergétique, la décarbonation et la préservation de l’environnement,&lt;/li&gt;&lt;li&gt;Ayant fait la preuve de leur modèle économique avec un chiffre d’affaires compris entre 2 et 10 millions d’euros,&lt;/li&gt;&lt;li&gt;Ayant leur siège social ou exerçant l&amp;#039;essentiel de leur activité en Île-de-France. &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;strong&gt;Le fonds investira, en fonds propres ou quasi-fonds propres, des tickets compris entre 3 et 10 millions d’euros.&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Il interviendra, principalement, par l’intermédiaire de prises de participation minoritaires au capital de l’entreprise.&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Les structures bénéficient d’un accompagnement dédié lors de la période d’investissement, notamment sur les sujets de vision stratégique, d’organisation RH, de gouvernance et d’impact.&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Le Fonds Île-de-France Décarbonation s’adresse aux entreprises franciliennes innovantes en processus de levée de fonds. L’objectif est de soutenir en priorité celles qui œuvrent dans les domaines suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Électricité décarbonée, énergies renouvelables,&lt;/li&gt;&lt;li&gt;Gaz vert,&lt;/li&gt;&lt;li&gt;Hydrogène, &lt;/li&gt;&lt;li&gt;Maîtrise de l’énergie et amélioration de la performance énergétique, &lt;/li&gt;&lt;li&gt;Réseaux intelligents, bâtiments durables, &lt;/li&gt;&lt;li&gt;Industrie durable, &lt;/li&gt;&lt;li&gt;Écomobilité,&lt;/li&gt;&lt;li&gt;Économie circulaire,&lt;/li&gt;&lt;li&gt;Capture et stockage du carbone, &lt;/li&gt;&lt;li&gt;Efficacité de l’eau, etc.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s’adresse aussi aux entreprises ayant besoin de capitaux afin de se transformer et d’effectuer un pivot vers ces secteurs de la transition écologique et de la décarbonation. &lt;/p&gt;&lt;p&gt;Les investissements du fonds seront 100% durables avec la mise en place d’une trajectoire d’impact positive et de progrès pour l’entreprise.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; La Région Île-de-France et l’ensemble des partenaires financeurs du fonds ont confié le déploiement et la gestion du Fonds Île-de-France Décarbonation à Eiffel Investment Group, société de gestion agréée. &lt;br /&gt;&lt;br /&gt;Pour plus d’informations sur le fonds, ses partenaires et pour déposer votre candidature : &lt;a href="http://www.décarbonation.iledefrance.fr"&gt;décarbonation.iledefrance.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-ile-de-france-decarbonation</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" target="_blank"&gt;aides.economiques&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-ile-de-france-decarbonation/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K170" s="1" t="inlineStr">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>161726</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser la matière et l'énergie renouvelable, l'ADEME vous accompagne financièrement dans la création, l’extension ou à la modernisation d’un centre de tri de déchets</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Création, extension ou modernisation d’un centre de tri de déchets et valorisation de la matière</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="S170" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de &lt;strong&gt;préparer à la valorisation matière ou énergétique des déchets&lt;/strong&gt; issus de collecte séparée. &lt;/p&gt;&lt;p&gt;Le parc actuel des centres de tri comprend environ 450 installations pour 7 millions de tonnes de capacité de tri (tous déchets non dangereux et non inertes confondus).&lt;/p&gt;&lt;p&gt;L’ADEME compte le développer afin de &lt;strong&gt;répondre aux objectifs ambitieux de deux lois&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La loi de transition énergétique pour la croissance verte (LTECV).&lt;/li&gt;&lt;li&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour faciliter la poursuite de cet objectif, l’ADEME accompagne les collectivités ou les acteurs privés porteurs de &lt;strong&gt;projets de centres de tri et de préparation pour une valorisation matière et énergie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_977_978</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/creation-extension-modernisation-dun-centre-tri-dechets-valorisation-matiere</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-et-valorisation-de-la-matiere/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>111682</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Innover en faveur de la transition énergie-climat</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Transition énergie climat</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I163" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J163" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût HT de l’opération</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds d&amp;#039;innovation en faveur de la transition énergie-climat. Aide en faveur d&amp;#039;une opération d&amp;#039;investissement de 150.000 € minimum pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;économie circulaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;écologie industrielle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la production locale d&amp;#039;énergie renouvelable ou la récupération réduisant les impacts négatifs du mix énergétique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mobilité décarbonée (dans une logique de solidarité territoriale et d&amp;#039;égalité des territoires),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la construction ou la rénovation énergétique de bâtiments (autre que l&amp;#039;habitat) avec un label à très haute performance énergétique, conformément à la réglementation thermique 2020,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le recyclage d&amp;#039;espaces publics ou bâtis intégrant des solutions basées sur la nature et les solidarités (agriculture urbaine,...) pour prévenir les risques liés au changement climatique (rafraichissement naturel pour lutter contre les effets d&amp;#039;ilot de chaleur urbain...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ 150.000 € minimum d&amp;#039;investissement.
+ &lt;br /&gt;
+&lt;p&gt;
+ Délibération n°2019-04-0010 (AD du 25/03/2019)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Réhabilitation
+Industrie</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet de 150.000€ minimum d&amp;#039;investissement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mission développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 96
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3290-innover-en-faveur-de-la-transition-energie-cl/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>161756</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d’une étude territoriale de faisabilité en vue de créer, étendre ou moderniser un centre de tri de déchets</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'études pour la création, l'extension ou la modernisation de centres de tri des déchets</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de préparer à la valorisation matière ou énergétique des déchets issus de collecte séparée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour cela, trois lois engagent le collectif dans des objectifs ambitieux :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;l&lt;/strong&gt;a loi de transition énergétique pour la croissance verte (LTECV) ;&lt;/li&gt;&lt;li&gt;la loi de la lutte contre le gaspillage ;&lt;/li&gt;&lt;li&gt;et la loi de l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour répondre à ces objectifs, &lt;strong&gt;l’ADEME accompagne les collectivités ou les acteurs privés&lt;/strong&gt; porteurs de projets de centres de tri et de préparation des déchets et déchèteries pour professionnels.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les études de faisabilité ou territoriales préalables aux investissements peuvent être soutenues jusqu’à 80 %&lt;/strong&gt; des dépenses éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-detudes-creation-lextension-modernisation-centres-tri-dechets</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-detudes-pour-la-creation-lextension-ou-la-modernisation-de-centres-de-tri-des-dechets/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>163871</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
         </is>
       </c>
-      <c r="C171" s="1" t="inlineStr">
+      <c r="C165" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Territoires engagés pour la nature</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)
-Office Français de la Biodiversité (OFB)
-Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - La Réunion
 Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-[...6 lines deleted...]
-      <c r="G171" s="1" t="inlineStr">
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M171" s="1" t="inlineStr">
+      <c r="M165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
 d’aménagement du territoire). Elles sont des réseaux à préserver
 et restaurer pour que les espèces animales et végétales puissent circuler,
 s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
 réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
 continuités écologiques par des aménagements qui assurent le passage de la
 faune sauvage, limiter la &lt;strong&gt;pollution
 lumineuse&lt;/strong&gt; en positionnant uniquement des
 points lumineux à des endroits stratégiques de croisement de voirie, penser et
 gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
 sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
 à prendre connaissance des initiatives déployées par des collectivités de votre
 région ! Le programme pourra en effet vous orienter vers les
 partenaires potentiels, qui sauront partager leurs compétences dans la
 restauration ou la préservation de trames écologiques. En outre, le Réseau
 Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
 et Villages étoilés proposent un accompagnement dans la mise en place de
 trames. La reconnaissance TEN peut également vous aider dans la recherche de
 financement en ce sens :  des
 financements multi-structures, en région, des fonds de préventions des risques
 naturels, via l’agence de l’eau, ou encore des financements européens à travers
 le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
 notamment à travers le centre de ressources trame verte et bleu, et des retours
 d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Revitalisation
 Biodiversité
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://www.trameverteetbleue.fr/</t>
         </is>
       </c>
-      <c r="W171" s="1" t="inlineStr">
+      <c r="W165" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Un(e)
 animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
 Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
 Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
 Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
 Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
 91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
 Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
 Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
 Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
 MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
 Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
 Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 54&lt;/p&gt;&lt;p&gt;FOUREST
 Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 66&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E172" s="1" t="inlineStr">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>94751</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Financer des équipements de réemploi, réparation et réutilisation</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
-[...862 lines deleted...]
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I180" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
         <is>
           <t> Max : 55</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide - « Financement des équipements de réemploi, réparation et réutilisation », mis en place par l&amp;#039;ADEME
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  &lt;br /&gt;
  Vous souhaitez investir pour assurer la collecte préservante, la remise en état ou la réparation d&amp;#039;objets/matériaux en vue de leur réemploi/réutilisation ou pour valoriser des invendus non alimentaires ? L&amp;#039;ADEME peut vous aider à financer les locaux et équipements nécessaires
  &lt;br /&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  &lt;br /&gt;
  Structure impliquée dans l&amp;#039;économie circulaire et la prévention des déchets : collectivités et entreprises (y compris leurs fédérations nationales ou régionales), structures de l&amp;#039;économie sociale et solidaire, associations, chambres de commerce et de métiers...
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Taux d&amp;#039;aide maximum de 55 % de l&amp;#039;assiette des dépenses éligibles.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements dédiés à la collecte préservante en déchetterie accueillant les déchets ménagers et assimilés peuvent recevoir une aide forfaitaire de 30 000 € maximum.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M180" s="1" t="inlineStr">
+      <c r="M166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ADEME soutient vos équipements dédiés au réemploi, à la réparation, à la réutilisation pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Les investissements pour limiter et valoriser les invendus non alimentaires sont également éligibles.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T166" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-equipements-reemploi-reparation-reutilisation</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez l&amp;#039;ADEME via leur
  &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;appel_a_projet&amp;amp;source_entity_id&amp;#61;49185" rel="noopener" target="_blank"&gt;
   formulaire en ligne
  &lt;/a&gt;
  pour en savoir plus sur ce dispositif.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8aa5-financer-des-equipements-de-reemploi-reparati/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-[...364 lines deleted...]
-      <c r="D183" s="1" t="inlineStr">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>161727</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné pendant 4 ans dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N183" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie locale et circuits courts
 Qualité de l'air
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P183" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E184" s="1" t="inlineStr">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>120089</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche de Transition Ecologique avec le programme Territoire engagé</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Ecologique - Accompagnement des collectivités par un conseiller Territoire Engagé</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
-[...571 lines deleted...]
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I189" s="1" t="inlineStr">
+      <c r="I168" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;span&gt;deux référentiels thématiques&lt;/span&gt; ambitieux et progressifs, &lt;span&gt;un programme d&amp;#039;accompagnement&lt;/span&gt;, &lt;span&gt;une animation&lt;/span&gt;, &lt;span&gt;un parcours de labellisation&lt;/span&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;span&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/span&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;span&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/span&gt; ainsi qu’un &lt;span&gt;appui à l’animation du projet&lt;/span&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M189" s="1" t="inlineStr">
+      <c r="M168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  De nombreuses collectivités ont déjà profité de cette accompagnement.
  &lt;a href="https://www.territoiresentransitions.fr/programme#carte" target="_blank"&gt;Découvrez leurs actions et retour d&amp;#039;expérience sur notre site internet.     Ouvre une nouvelle fenêtre&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Economie circulaire
 Economie locale et circuits courts
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement" target="_blank"&gt;Prenez contact avec votre direction régionale de l&amp;#039;ADEME&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://territoireengagetransitionecologique.ademe.fr/</t>
         </is>
       </c>
-      <c r="W189" s="1" t="inlineStr">
+      <c r="W168" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:territoireengage&amp;#64;ademe.fr" target="_blank"&gt;territoireengage&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>mathieu.teulier@ademe.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-accompagnement-des-collectivites-par-un-conse/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E190" s="1" t="inlineStr">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>117575</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement thématique des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un accompagnement pour le développement des territoires Avenir Montagnes qui souhaitent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Redynamiser leur offre touristique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformer leur territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser leur transition écologique et énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Banque des Territoires vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer des démarches de transition énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets d&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des démarches territoriales pour lutter et s&amp;#039;adapter aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets portant sur la gestion de l&amp;#039;eau et la protection de la biodiversité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir et déployer les plans d&amp;#039;actions touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer les projets portant sur des opérations touristiques complexes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Caractéristiques de l&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancement des études dans la limite de 50 % de leur montant TTC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement à 100 % des interventions de consultants experts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement dans la limite globale de 50 000 € TTC par territoire et pendant le programme Avenir Montagnes Ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=developpement_avenir_montagnes_psat</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f9c9-accompagner-le-developpement-des-territoires-/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>165645</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner es collectivités avec un conseiller - Programme Territoire Engagé Transition Écologique (TETE)</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Écologique (TETE) - Accompagnement des collectivités par un conseiller</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K190" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N190" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME porte le programme Territoire Engagé Transition Écologique en proposant aux collectivités :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs disponibles &lt;strong&gt;sur la plateforme numérique &lt;a target="_blank" href="https://www.territoiresentransitions.fr"&gt;Territoires en Transitions&lt;/a&gt; ;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;un &lt;strong&gt;dispositif&lt;/strong&gt; &lt;strong&gt;d’accompagnement&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;une animation&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;un parcours de labellisation&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l’accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l’ADEME, le &lt;strong&gt;conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d’actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service de conseil tiers expert et d’assistance technique&lt;/strong&gt;, ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des conseillers Territoire Engagé référencés est disponible dans l’&lt;a target="_blank" href="https://www.territoiresentransitions.fr/programme/annuaire"&gt;annuaire de la plateforme Territoires en Transitions&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d’accompagnement comprend une assistance au dépôt d’une demande de labellisation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie locale et circuits courts
 Qualité de l'air
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q170" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/programme-territoire-engage-transition-ecologique-tete-accompagnement-des-collectivites-par-un-conseiller</t>
+        </is>
+      </c>
+      <c r="W170" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/programme-territoire-engage-transition-ecologique-tete-accompagnement-des-collectivites-par-un-conseiller#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-tete-accompagnement-des-collectivites-par-un-conseiller/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G191" s="1" t="inlineStr">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>161763</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la définition du projet en finançant à l’échelle d’un territoire ou d’un site, des diagnostics et des études de faisabilité</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Études pour la lutte contre le gaspillage alimentaire</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...8 lines deleted...]
-      <c r="K191" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="S191" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus&lt;/strong&gt; par an. Il entraîne la consommation inutile de ressources en énergie et en eau. Des émissions de gaz à effet de serre pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;L’ADEME soutient depuis plusieurs années la lutte contre le gaspillage alimentaire au travers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De l’appel à projets annuel du ministère de l’Agriculture et de l’Alimentation dans le cadre du Programme national pour l’alimentation (PNA).&lt;/li&gt;&lt;li&gt;Des appels à projets régionaux économie circulaire comportant un volet gaspillage alimentaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME soutient également les études visant à identifier des actions permettant de lutter contre le gaspillage non-alimentaire.&lt;br /&gt;Pour vous aider à mettre en œuvre votre projet de lutte contre le gaspillage, l’ADEME peut &lt;strong&gt;financer jusqu’à 80 % de votre étude de diagnostic ou de faisabilité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-lutte-contre-gaspillage-alimentaire</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-lutte-contre-le-gaspillage-alimentaire/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K192" s="1" t="inlineStr">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>161833</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le réemploi des emballages et des contenants</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Aides au réemploi des emballages et des contenants</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="S192" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire (&lt;strong&gt;Loi AGEC&lt;/strong&gt;), promulguée le 10 février 2020, et la loi portant lutte contre le dérèglement climatique et renforcement de la résilience face à ses effets promulguée (&lt;strong&gt;Loi Climat et Résilience&lt;/strong&gt;) le 22 août 2021 fixent des objectifs ambitieux pour &lt;strong&gt;favoriser le développement du réemploi des emballages &lt;/strong&gt;: 10 % d’emballages réemployés en 2027.&lt;/p&gt;&lt;p&gt;Le développement du réemploi des emballages et des contenants s’inscrit pleinement dans le cadre de démarches de prévention des déchets et d’une consommation plus responsable en contribuant au prolongement de leur durée de vie ; il constitue ainsi un levier efficace pour réduire la production de déchets et les prélèvements sur les ressources.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à &lt;strong&gt;financer des études et expérimentations&lt;/strong&gt; préalables à un investissement ainsi que des investissements.&lt;/p&gt;&lt;p&gt;Les études et expérimentations peuvent être aidées jusqu’à 80 %. L’aide aux investissements peut aller jusqu’à 60 %.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Emploi</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-reemploi-des-emballages-et-des-contenants/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>129733</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Réduire la production de déchets ménagers et assimilés</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDED 52 dispose depuis le 1er janvier 2023 d&amp;#039;un programme local de prévention des déchets ménagers et assimilés qui poursuit plusieurs objectifs à l&amp;#039;échelle de l&amp;#039;ensemble du périmètre de compétences du SDED 52 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réutiliser/Réemployer les objets et appareils avant qu&amp;#039;ils ne deviennent &amp;#34;déchets&amp;#34;,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la production de déchets en les valorisant localement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mieux recycler les déchets en facilitant le geste de tri.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Syndicat a ainsi identifié 12 actions dont il coordonnera la mise en œuvre pour la période 2023-2028 et qui, à destination des ménages, des entreprises, des collectivités locales, de la restauration collective et des associations, permettra d&amp;#039;atteindre les objectifs de réduction de déchets, de meilleur réemploi au bénéfice d&amp;#039;une gestion locale qui s&amp;#039;appuiera en particulier sur les acteurs de l&amp;#039;économie circulaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition de gobelets réutilisables lors d&amp;#039;évènements locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention des ambassadeurs de tri dans les écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation au compostage domestique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation du compostage collectif à Saint-Dizier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de zones de réemploi en déchetterie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de plateforme de broyage de déchets verts dans les communes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de cette aide, les structures intéressées par un accompagnement du SDED 52 doivent être situées sur le territoire de compétences &amp;#34;traitement&amp;#34; du SDED 52, à savoir l&amp;#039;intégralité du territoire de la Haute-Marne, le territoire de la communauté de communes des Portes de Meuse et quelques communes de la Marne et de la Haute-Saône.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de se rapprocher du SDED 52 pour vérifier cette condition d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/reduction-des-dechets</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute interrogation :
+&lt;/p&gt;
+&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+ &lt;br /&gt;
+ 40 bis avenue Foch
+ &lt;br /&gt;
+ 52 000 Chaumont
+&lt;/p&gt;
+&lt;p&gt;
+ 03 25 35 09 29
+&lt;/p&gt;
+&lt;p&gt;
+ sded52&amp;#64;sded52.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>sded52@sded52.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/349e-installer-une-borne-publique-de-recharge-pour/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>163012</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
         </is>
       </c>
-      <c r="C193" s="1" t="inlineStr">
+      <c r="C174" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F193" s="1" t="inlineStr">
+      <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I193" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J193" s="1" t="inlineStr">
+      <c r="J174" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
 territoire de campagne vivante et productive, au cadre de vie agréable et qui
 accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
 vie, de s’adapter au changement climatique et de réduire son impact environnemental,
 le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
 consommation, de sa production d’énergie et de son environnement (qualité des
 paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
 son écosystème d’acteurs permet de mettre l’accent sur les actions de
 prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
 à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
      la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
      les initiatives, les expérimentations et les actions favorisant la
      connaissance et la préservation de l’environnement et des ressources
      naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
      bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
 &lt;span&gt;Privilégier de nouvelles filières économiques,
 notamment l’économie circulaire et les filières de matériaux biosourcés ou
 géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M193" s="1" t="inlineStr">
+      <c r="M174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Etudes
      visant à consolider le projet du porteur de projet dans le domaine de la
      ressource énergétique, de la préservation de l’environnement et de la
      biodiversité : études stratégiques, diagnostics préalables, audits, études
      de faisabilité, études de potentiels énergétiques (par exemple schéma
      directeur d’aménagement lumière, atlas de la biodiversité, schéma des
      énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Campagnes
      de sensibilisation, animations notamment pédagogiques, actions
      d’information, de communication de conseil et organisation d’évènements
      sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
       transition énergétique en faveur de la sobriété des consommations
       énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
       développement des activités relevant du domaine de l’économie circulaire
       et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
       démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
 travaux de structuration de sites pour accueillir du public (faciliter les
 visites de sites) et restauration environnementale (jardins pédagogiques,
 milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Santé
 Qualité de l'air
 Biodiversité
 Paysage
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P193" s="1" t="inlineStr">
+      <c r="P174" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q193" s="1" t="inlineStr">
+      <c r="Q174" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T193" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>122577</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de résorption des dépôts sauvages d’importance régionale ou liés à des situations exceptionnelles</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Résorption des dépôts sauvages de déchets d'importance régionale et situations exceptionnelles</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le fonds propreté permet de soutenir les projets de résorption des dépôts sauvages d&amp;#039;importance régionale ou liés à des situations exceptionnelles, dont le traitement nécessite un financement partenarial.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique" rel="noopener" target="_blank"&gt;
+  budget participatif écologique de la Région Île-de-France.
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales ainsi que leurs groupements et établissements (établissements publics territoriaux, établissements publics de coopération intercommunale, SIVU, SIVOM...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les gestionnaires d&amp;#039;espaces, publics ou privés :
+  &lt;br /&gt;
+  o Parcs naturels régionaux,
+  &lt;br /&gt;
+  o Sociétés d&amp;#039;aménagement,
+  &lt;br /&gt;
+  o Associations,
+  &lt;br /&gt;
+  o Sociétés d&amp;#039;économie mixte,
+  &lt;br /&gt;
+  o Établissements publics dont ceux de l&amp;#039;État...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Fonctionnement
+  &lt;/strong&gt;
+  : jusqu&amp;#039;à 50% des dépenses éligibles (subvention max : 100 000€).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Investissement
+  &lt;/strong&gt;
+  : jusqu&amp;#039;à 50% des dépenses éligibles (subvention max : 200 000€).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets concernent la résorption de dépôts sauvages d&amp;#039;importance régionale de par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Leur taille et leur visibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Leur atteinte au paysage et au cadre de vie,Leur risque d&amp;#039;incidence sur la santé humaine et sur le milieu naturel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La résorption de dépôts importants de déchets liés à des situations exceptionnelles, notamment en cas d&amp;#039;inondations sont éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il est indispensable de créer un comité de pilotage réunissant notamment l&amp;#039;État, le Département et la Région et de concevoir un projet de réaménagement du site à l&amp;#039;issue de l&amp;#039;enlèvement des dépôts sauvages.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat doit prendre contact avec le service économie circulaire et déchets de la Région au moins 4 semaines avant la date butoir de dépôt afin de préciser son projet et de s&amp;#039;assurer de son éligibilité (via votre interlocuteur habituel ou zerodechet&amp;#64;iledefrance.fr).
+&lt;/p&gt;
+&lt;p&gt;
+ Il pourra ensuite déposer son dossier en ligne sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr,
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ en sélectionnant l&amp;#039;aide concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution définitive des aides est votée par la Commission permanente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/resorption-des-depots-sauvages-de-dechets-dimportance-regionale-et-situations-exceptionnelles#:~:text=R%C3%A9sorption%20des%20d%C3%A9p%C3%B4ts%20sauvages%20de%20d%C3%A9chets%20d'importance%20r%C3%A9gionale%20et%20situations%20ex</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:plansdechets&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ zerodechet&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1740-resorption-des-depots-sauvages-de-dechets-dim/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>164101</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
         </is>
       </c>
-      <c r="C194" s="1" t="inlineStr">
+      <c r="C176" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>LEADER- fiche action 7</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I194" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I176" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M194" s="1" t="inlineStr">
+      <c r="M176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="Q176" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-[...173 lines deleted...]
-      <c r="A196" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>74850</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Généraliser le tri à la source des biodéchets</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie
 Ademe — Direction régionale — Occitanie</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte et objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  S&amp;#039;appuyant sur la loi Transition Energétique pour la Croissance Verte, le paquet économie circulaire de l&amp;#039;Union Européenne adopté au printemps 2018 et la Loi relative à la lutte contre le gaspillage et à l&amp;#039;économie circulaire de février 2020, qui imposent pour ces deux derniers un objectif global de généralisation du tri à la source des biodéchets d&amp;#039;ici fin 2023, le Plan Régional de Prévention et de Gestion des Déchets a fixé pour la région Occitanie des objectifs de réduction par rapport à 2015 pour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les déchets alimentaires :
   &lt;strong&gt;
    - 50%
   &lt;/strong&gt;
   de biodéchets dans les Ordures Ménagères Résiduelles (OMR) en 2025 et
   &lt;strong&gt;
    - 60%
   &lt;/strong&gt;
   en 2031 ;
  &lt;/li&gt;
  &lt;li&gt;
   les déchets verts :
   &lt;strong&gt;
    - 20%
@@ -33174,76 +29637,76 @@
    le 10 juillet 2020
   &lt;/strong&gt;
   ;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    le 16 octobre 2020
   &lt;/strong&gt;
   ;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    le 19 mars 2021
   &lt;/strong&gt;
   ;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    le 24 septembre 2021
   &lt;/strong&gt;
   .
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/AAP-tri-des-biodechets</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les dossiers devront être adressés à l&amp;#039;ADEME et à la Région Occitanie/ Pyrénées-Méditerrané, en version papier à :
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   M. le Directeur Régional - ADEME
  &lt;/strong&gt;
  &lt;br /&gt;
  Appel à projets Biodéchets
  &lt;br /&gt;
  Technoparc Bât 9 - 1202 Voie Occitane
  &lt;br /&gt;
  31670 LABEGE
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Mme la Présidente du Conseil Régional - Région Occitanie / Pyrénées-Méditerranée
  &lt;/strong&gt;
  &lt;br /&gt;
  Appel à projets Biodéchets
  &lt;br /&gt;
  22 boulevard du Maréchal Juin
  &lt;br /&gt;
  31406 TOULOUSE Cedex 9
@@ -33263,102 +29726,275 @@
  &lt;br /&gt;
  &lt;strong&gt;
   Région Occitanie / Pyrénées-Méditerranée
  &lt;/strong&gt;
  &lt;br /&gt;
  Carole BERNARD
  &lt;br /&gt;
  Mail : carole.bernard&amp;#64;laregion.fr
  &lt;br /&gt;
  Téléphone : 05 61 39 66 34
  &lt;br /&gt;
  &lt;strong&gt;
   ADEME
  &lt;/strong&gt;
  &lt;br /&gt;
  Véronique MATHEVON
  &lt;br /&gt;
  Mail : veronique.mathevon&amp;#64;ademe.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 24 00 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/68e9-appel-a-projets-generaliser-le-tri-a-la-sourc/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>163170</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F178" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I178" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J178" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays du Bessin dispose d&amp;#039;un tissu économique inégalement réparti et dynamique, fragilisé
+par l&amp;#039;évolution des modes de consommation, la concurrence des grands pôles et, parfois, un
+manque de coopération entre acteurs. Cette fiche vise à soutenir le développement d&amp;#039;une
+économie locale et touristique plus ancrée sur le territoire, en lien avec l&amp;#039;ensemble des
+acteurs.
+La disparité du territoire entre Nord et Sud se fait ressentir dans l’accueil des touristes et le
+nombre de pôles touristiques. Le Sud souffre d’un manque de visibilité et d’attractivité pour
+les touristes étrangers.
+Les opérations accompagnées dans le cadre de cette fiche action sont en cohérence avec 10
+objectifs du SRADDET, notamment développer l’offre de service, sauvegarder les spécificités
+du monde rural, la réduction de l’artificialisation des sols et la gestion des friches, et surtout
+la promotion d’un tourisme durable. Cette fiche action prend également en compte les
+constats du GIEC normand en termes de biodiversité, adaptation aux changements
+climatiques et la pollution de l’air.
+Les actions accompagnées par cette fiche action pourront se faire en partenariat des parcs
+régionaux, offices de tourisme, associations locales.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner un développement économique et touristique équilibré du territoire.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner les projets s&amp;#039;appuyant sur les ressources, savoir-faire et acteur locaux.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Soutenir le secteur de l&amp;#039;ESS et les démarches d&amp;#039;économie circulaire
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Renforcer la connaissance des tissus économiques et touristiques &lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Structuration et animation de filières spécifiques au territoire, s&amp;#039;appuyant sur des ressources et savoir-faire locaux ; &lt;/li&gt;&lt;li&gt;Création et animation d&amp;#039;observatoires territoriaux des activités et des friches visant à partager un diagnostic commun
+des besoins et éclairer les décisions ;
+&lt;/li&gt;&lt;li&gt;Réhabilitation et extension de gîtes et hébergements à vocation touristique
+- Réhabilitation et extension de logements pour les personnels saisonniers ;
+&lt;/li&gt;&lt;li&gt;Développement de marchés de producteurs locaux ;
+&lt;/li&gt;&lt;li&gt;Soutien aux projets de tourisme durable ;
+&lt;/li&gt;&lt;li&gt;Création de partenariats entre les sites touristiques majeurs et secondaires ;
+&lt;/li&gt;&lt;li&gt;Adaptation d&amp;#039;une offre existante à l’accueil des cyclotouristes ;
+&lt;/li&gt;&lt;li&gt;Actions favorisant et encourageant le développement de circuits de randonnées pédestres, équestres, trekkings et le
+tourisme à vélo ;
+&lt;/li&gt;&lt;li&gt;Développement de systèmes de billetterie et de réservation en ligne pour les sites touristiques, permettant de réguler
+et réorienter les flux ;
+&lt;/li&gt;&lt;li&gt;Accompagnement des collectivités, entreprises et associations dans leurs démarches d&amp;#039;économie circulaire ;
+&lt;/li&gt;&lt;li&gt;Maintien et développement des activités artisanales et commerciales des centre-bourgs (communes de moins de
+10000 habitants), y compris les activités mobiles.
+&lt;/li&gt;&lt;li&gt;Soutien de la reprise/maintien du dernier commerce du village (collectivités) &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet permet d&amp;#039;accompagner le développement économique touristique équilibré du territoire&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet s&amp;#039;appuie sur les ressources, savoir-faire et acteurs locaux&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet est porté par un acteur de l&amp;#039;ESS et/ou encourage l&amp;#039;économie circulaire&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de renforcer la connaissance des tissus économiques et touristiques du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature, &lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T178" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-economie-locale-et-touristique-diversifiee-valorisant-les-ressources-savoir-faire-et-acteurs-locaux/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>94694</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Financer les installations de récupération de chaleur</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide - « Financement d&amp;#039;installations de récupération de chaleur », mis en place par l&amp;#039;ADEME
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectif :
 Réalisez une installation de récupération de chaleur avec l&amp;#039;aide de l&amp;#039;ADEME à travers le Fonds Chaleur.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Collectivité,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Entreprise,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
@@ -33385,421 +30021,223 @@
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    mener à bien un projet avec un temps de retour souvent inférieur aux projets d&amp;#039;énergies renouvelables,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    profiter d&amp;#039;une ressource de proximité disponible dans une logique d&amp;#039;économie circulaire,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    agir avec le soutien du Fonds Chaleur.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  Accompagnement : l&amp;#039;aide Fonds Chaleur aux installations de récupération de chaleur dépend de conditions techniques, en particulier de la quantité de chaleur récupérée, des performances énergétiques et environnementales des installations et du Temps de Retour Brut (TRB) du projet.
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Depuis 2020, les aides ADEME peuvent être articulées avec dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE). Les modalités sont précisées dans les conditions d&amp;#039;éligibilité et de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Au-delà des aides à l&amp;#039;investissement, l&amp;#039;ADEME vous accompagne et vous conseille sur toutes les phases de votre projet, des études (d&amp;#039;opportunité ou de faisabilité) aux aides à l&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ne sont pas éligibles à cette aide : les installations de faible puissance (&amp;lt; 6 GWh/an) n&amp;#039;incluant pas de machines thermodynamiques ou de solaire thermique et pouvant être aidées par une fiche CEE standard.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/2021-02/conditions-eligibilite-financement-recuperation-chaleur-fatale-2021.pdf" rel="noopener" target="_blank"&gt;
   Téléchargez les conditions d&amp;#039;éligibilité et de financement pour la récupération de chaleur fatale.
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T197" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-recuperation-chaleur</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez l&amp;#039;ADEME via leur
  &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;78" rel="noopener" target="_blank"&gt;
   formulaire en ligne
  &lt;/a&gt;
  pour en savoir plus sur ce dispositif
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8e5f-financer-linstallations-de-recuperation-de-ch/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-[...52 lines deleted...]
-      <c r="K198" s="1" t="inlineStr">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>120454</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises dans la réalisation de programmes d'innovation en vue d’une commercialisation</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="I180" s="1" t="inlineStr">
+        <is>
+          <t> Max : 65</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
-[...174 lines deleted...]
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner la recherche et développement (R&amp;amp;D) de produits, procédés ou services innovants
  &lt;/li&gt;
  &lt;li&gt;
   Renforcer la compétitivité des entreprises bretonnes en aidant l&amp;#039;intégration de nouvelles technologies dans les PME (saut technologique)
  &lt;/li&gt;
  &lt;li&gt;
   Encourager les projets d&amp;#039;innovation non technologiques : innovation organisationnelle, marketing ou d&amp;#039;usage dans les PME,
  &lt;/li&gt;
  &lt;li&gt;
   Encourager les projets qui s&amp;#039;inscrivent dans des démarches responsables et de développement durable, à faible impact ou en dernier à impact environnemental positif            (ressources, carbone, biodiversité, ...), pour une économie plus résiliente.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectif pour l&amp;#039;offre &amp;#34;Sobriété&amp;#34; (transition écologique)
  &lt;/strong&gt;
  :  encourager les démarches d&amp;#039;innovation intégrant des enjeux d&amp;#039;économie circulaire, d&amp;#039;éco-conception, d&amp;#039;adaptation au changement climatique, de low tech, etc. dans leurs produits, process et services.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide se décline sous deux formes, selon le degré de développement durable intégré au projet. Ainsi, les projets répondant aux critères de l&amp;#039;offre &amp;#34;sobriété&amp;#34; définis par la Région bénéficieront de conditions et d&amp;#039;un montant d&amp;#039;aide plus favorables que ceux n&amp;#039;y répondant pas.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;aide correspond  à 50 % de l&amp;#039;assiette des dépenses retenues.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Particularité : si le projet est éligible à l&amp;#039;offre &amp;#34;sobriété&amp;#34;: le taux pourra être porté à 65 %.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Cette aide, sous forme d&amp;#039;avance remboursable à taux nul pourra de manière exceptionnelle prendre la forme d&amp;#039;une subvention, plafonnée à 50 K€ pour les projets &amp;#34;sobriété&amp;#34; ou des entreprises primo-innovantes.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Santé
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Entreprises éligibles
  &lt;/strong&gt;
  : Les entreprises bretonnes : PME et les ETI (Entreprises de Taille Intermédiaire) de moins de 5000 salariés.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature des projets éligibles
  &lt;/strong&gt;
  Les projets menés dans le cadre d&amp;#039;une démarche globale d&amp;#039;innovation, et le plus souvent dans un objectif de diversification.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mener un projet de Recherche et développement de produits, services ou procédés innovants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -33814,356 +30252,170 @@
  &lt;/li&gt;
  &lt;li&gt;
   Innovation d&amp;#039;usage : projet d&amp;#039;innovation basée sur l&amp;#039;usage de nouvelles technologies « sobres » ou low-tech.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Des précisions sont apportées sur les projets du secteur des industries culturelles et créatives (jeu vidéo et assimilés en particulier), au regard de la particularité de ce secteur : les entreprises de ce secteur sont éligibles au dispositif, en particulier pour des projets, en pré-production et prototypage, d&amp;#039;innovation liée à la technologie utilisée, au « game design », au graphisme, à la distribution et monétisation, à l&amp;#039;acquisition de joueurs, à l&amp;#039;interface avec le jeu (IHM), à l&amp;#039;analyse de données et à la data science, à la structure narrative, etc. Les entreprises soutenues devront conserver la propriété intellectuelle.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité à l&amp;#039;offre &amp;#34;sobriété&amp;#34; :
  &lt;/strong&gt;
  une priorité sera donnée aux projets s&amp;#039;inscrivant dans l&amp;#039;une des priorités formulées par la Région au sein de la « Breizh COP » et en particulier de ses feuilles de routes : « Bien manger pour tous », énergétiques et climatiques, numérique responsable, Mobilités solidaires et décarbonées, Préservation et valorisation de la biodiversité et des ressources.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
  : Ensemble des coûts (internes et externes) directement liés à la réalisation du projet d&amp;#039;innovation.
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises devront rester propriétaires de la propriété intellectuelle du jeu.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.bretagne.bzh/aides/fiches/inno-rd-2/</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
+      <c r="W180" s="1" t="inlineStr">
         <is>
           <t>https://aides.bretagne.bzh/aides/#/crbr/connecte/F_EXTSUBPESIS/depot/simple</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur les modalités de dépôt, vous pouvez contacter :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Région Bretagne
 &lt;/p&gt;
 &lt;p&gt;
  Service de l&amp;#039;innovation et des stratégies économiques
 &lt;/p&gt;
 &lt;p&gt;
  Direction du développement économique
 &lt;/p&gt;
 &lt;p&gt;
  283 avenue du Général Patton
 &lt;/p&gt;
 &lt;p&gt;
  CS 21101
 &lt;/p&gt;
 &lt;p&gt;
  35711 RENNES cedex 7
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a rel="noopener" target="_blank"&gt;
   projets.innovation&amp;#64;bretagne.bzh
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 02 99 27 10 92
 &lt;/p&gt;
 &lt;p&gt;
  Vous avez besoin d&amp;#039;aide pour maximiser les chances que votre dossier soit retenu ? Des structures dans vos régions sont là pour vous accompagner. Retrouvez la liste
  &lt;a href="https://gnius.esante.gouv.fr/fr/acteurs/fiches-acteur?title&amp;#61;&amp;amp;field_zone_d_intervention_target_id%5B127%5D&amp;#61;127" rel="noopener" target="_blank"&gt;
   ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>anne.bertaud@esante.gouv.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/64db-soutenir-les-entreprises-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-[...186 lines deleted...]
-      <c r="A201" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>94690</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Aider à l'installation de production de chaleur biomasse/bois</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide - « Installation de production de chaleur biomasse/bois », mis en place par l&amp;#039;ADEME
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ADEME aide financièrement à la réalisation d&amp;#039;nstallations de production de chaleur à partir de biomasse/bois, sur les secteurs des bâtiments publics, de l&amp;#039;habitat collectif, du tertiaire, de l&amp;#039;industrie et de l&amp;#039;agriculture,
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Collectivité,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Entreprise,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Association.
    &lt;br /&gt;
   &lt;/li&gt;
@@ -34189,426 +30441,851 @@
    profiter d&amp;#039;une ressource de proximité disponible (bois énergie, sous-produits agricoles ou industriels...), dans une logique d&amp;#039;économie circulaire,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    agir avec le soutien du Fonds Chaleur.
   &lt;/li&gt;
  &lt;/ul&gt;
  Accompagnement :
  &lt;br /&gt;
  &lt;ul&gt;
   &lt;li&gt;
    Les installations de fortes puissances en secteur entreprise (industrie, agriculture, tertiaire) sont accompagnées dans le cadre de l&amp;#039;AAP BCIAT (production &amp;gt; 12 000 MWh/an).
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les installations biomasse de faibles puissances sont accompagnées uniquement dans le cadre des contrats de développement EnR (production &amp;lt; 1 200 MWh/an).
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Au-delà des aides à l&amp;#039;investissement, l&amp;#039;ADEME vous accompagne sur toutes les phases de votre projet : note d&amp;#039;opportunité, étude de faisabilité, assistance à maîtrise d&amp;#039;ouvrage, conseils.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité :
  &lt;/strong&gt;
  &lt;br /&gt;
  L&amp;#039;aide Fonds Chaleur aux installations de production chaleur biomasse/bois dépend de conditions techniques, en particulier :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    l&amp;#039;étude du projet,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;approvisionnement biomasse,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    la quantité de chaleur produite,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    les performances énergétiques et environnementales.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T201" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/installation-production-chaleur-biomasse-bois</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus sur ce dispositif, contactez l&amp;#039;ADEME via leur
  &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;5206" rel="noopener" target="_blank"&gt;
   formulaire en ligne
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/58bb-aider-a-linstallation-de-production-de-chaleu/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G202" s="1" t="inlineStr">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>162906</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Apporter une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>FEADER - Projets LEADER contribuant au développement rural francilien (77.05.01)</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;span&gt;&lt;span dir="ltr"&gt;Avec pour objectif le développement des zones rurales et périurbaines, LEADER apporte une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens.&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+International</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Porteurs de projets privés&lt;/strong&gt; : TPE/PME dont les entreprises individuelles, propriétaires de forêt, agriculteurs actifs et leurs groupements, fondations, associations et leurs groupements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Porteurs de projets publics&lt;/strong&gt; : collectivités territoriales et leurs groupements, établissements publics dont les chambres consulaires, et autres personnes morales de droits publics dont les GIP.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt; &lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Les personnes physiques sans numéro de SIRET sont inéligibles.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;br /&gt; &lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement acquittés par le bénéficiaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Le taux d&amp;#039;aide publique est de 100% maximum.&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le taux de cofinancement LEADER est de 80% maximum, ou le taux de cofinancement fixé dans la stratégie du Groupe d’action locale (AAP, AMI, fiche-action…)&lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt; &lt;p&gt;Pour être éligibles au programme LEADER, &lt;strong&gt;les projets doivent contribuer aux stratégies (fiches-action, AMI, AAP locaux) des 5 Groupes d’action locale (GAL) franciliens sélectionnés par la Région pour la période 2023-2027 et être localisés sur leurs territoires :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://leaderseineaval.com/" rel="noreferrer noopener" target="_blank" title="https://leaderseineaval.com/"&gt;&lt;strong&gt;GAL Seine-Aval&lt;/strong&gt;&lt;/a&gt; &lt;span&gt;porté par l’ADADSA,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://terreetcite.org/avec-le-programme-leader/" rel="noreferrer noopener" target="_blank" title="https://terreetcite.org/avec-le-programme-leader/"&gt;&lt;strong&gt;GAL Plateau de Saclay&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; porté par Terre et Cité,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.parc-gatinais-francais.fr/" rel="noreferrer noopener" target="_blank" title="https://www.parc-gatinais-francais.fr/"&gt;&lt;strong&gt;GAL Gâtinais français&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; porté par le PNR du Gâtinais français,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;&lt;strong&gt;GAL SUD77&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; porté par Seine-et-Marne Attractivité,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;&lt;strong&gt;GAL Terres de Brie&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; également porté par Seine-et-Marne Attractivité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Thématiques couvertes &lt;/strong&gt;:&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- Environnement&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;- Aménagement durable, &lt;/p&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;- Économie circulaire, &lt;/p&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Transition énergétique, &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Forêt, &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Alimentation et agriculture, &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Tourisme et attractivité, &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Développement de l’identité locale et du lien entre urbains et ruraux.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;&lt;span dir="ltr"&gt; &lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Les porteurs sont accompagnés par les GAL tout au long de la vie du projet.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;Pour bénéficier de cette aide, l’éligibilité de votre projet doit être validée par le Groupe d’action locale. &lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;Ce dernier vous accompagne lors du dépôt de votre dossier sur la plateforme en ligne &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (dispositif « FEADER – projets LEADER contribuant au développement rural francilien »).&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-contribuant-au-developpement-rural-francilien-770501</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;span&gt;&lt;span dir="ltr"&gt;&lt;p&gt;&lt;strong&gt;Pour toute demande d’aide relative au dépôt de votre dossier, &lt;/strong&gt;vous 
+pouvez contacter l’assistance usagers de la plateforme &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; via
+ le bouton « Assistance ».&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour toute demande liée à l’éligibilité de votre dossier et à son suivi administratif,&lt;/strong&gt; veuillez contacter l’animateur du GAL concerné :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://leaderseineaval.com/" rel="noreferrer noopener" target="_blank" title="https://leaderseineaval.com/"&gt;&lt;span&gt;&lt;strong&gt;GAL Seine-Aval&lt;/strong&gt;&lt;/span&gt; &lt;/a&gt;&lt;span&gt;: &lt;/span&gt;&lt;a href="mailto:leaderseineaval&amp;#64;gmail.com" rel="noreferrer noopener" target="_blank" title="mailto:leaderseineaval&amp;#64;gmail.com"&gt;&lt;span&gt;leaderseineaval&amp;#64;gmail.com&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://terreetcite.org/avec-le-programme-leader/" rel="noreferrer noopener" target="_blank" title="https://terreetcite.org/avec-le-programme-leader/"&gt;&lt;span&gt;&lt;strong&gt;GAL Plateau de Saclay&lt;/strong&gt;&lt;/span&gt;&lt;/a&gt;&lt;span&gt; : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;terreetcite.org" rel="noreferrer noopener" target="_blank" title="mailto:leader&amp;#64;terreetcite.org"&gt;leader&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.parc-gatinais-francais.fr/" rel="noreferrer noopener" target="_blank" title="https://www.parc-gatinais-francais.fr/"&gt;&lt;strong&gt;GAL Gâtinais français&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; : &lt;/span&gt;&lt;a href="mailto:accueil&amp;#64;parc-gatinais-francais.fr" rel="noreferrer noopener" target="_blank" title="mailto:accueil&amp;#64;parc-gatinais-francais.fr"&gt;accueil&amp;#64;parc-gatinais-francais.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;&lt;strong&gt;GAL SUD77&lt;/strong&gt;&lt;/a&gt;&lt;span&gt; : &lt;/span&gt;&lt;span&gt;&lt;a href="mailto:quentin.guinet&amp;#64;safer-idf.com"&gt;quentin.guinet&amp;#64;safer-idf.com&lt;/a&gt; &lt;/span&gt;&lt;a href="mailto:jessica.lemaitre&amp;#64;attractivite77.fr" rel="noreferrer noopener" target="_blank" title="mailto:jessica.lemaitre&amp;#64;attractivite77.fr"&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;&lt;span&gt;&lt;strong&gt;GAL Terres de Brie&lt;/strong&gt;&lt;/span&gt;&lt;/a&gt;&lt;span&gt; : &lt;/span&gt;&lt;span&gt;&lt;a href="mailto:quentin.guinet&amp;#64;safer-idf.com"&gt;quentin.guinet&amp;#64;safer-idf.com&lt;/a&gt;&lt;/span&gt;&lt;a href="mailto:quentin.guinet&amp;#64;safer-idf.com" rel="noreferrer noopener" target="_blank" title="mailto:quentin.guinet&amp;#64;safer-idf.com"&gt;&lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;span dir="ltr"&gt;&lt;span&gt;&lt;strong&gt;Pour toute autre demande&lt;/strong&gt; liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;iledefrance.fr" rel="noreferrer noopener" target="_blank" title="mailto:leader&amp;#64;iledefrance.fr"&gt;&lt;span&gt;leader&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/a&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;/span&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/feader-projets-leader-contribuant-au-developpement-rural-francilien-77-05-01-1/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>162907</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets qui déploient localement le programme LEADER pour animer leur territoire sur diverses thématiques</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>FEADER - projets LEADER portés par les Groupes d'action locale (77.05.02)</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span dir="ltr"&gt;La Région soutient les projets portés par 5 &lt;/span&gt;Groupes d’action locale qu&amp;#039;elle a sélectionnés et qui &lt;span dir="ltr"&gt;déploient localement le programme LEADER pour animer leur territoire sur diverses thématiques.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+International</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P183" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2024</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Sont éligibles les 5 structures porteuses de GAL pour la période 2023-2027, à savoir :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;ADADSA,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Terre et Cité,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;PNR du Gâtinais français,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Seine-et-Marne Attractivité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Des projets portés par d’autres structures publiques et privées peuvent être soutenus par LEADER s’ils contribuent aux stratégies de ces GAL. Plus d’informations : &lt;/span&gt;&lt;a href="https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-contribuant-au-developpement-rural-francilien-770501" rel="noreferrer noopener" target="_blank" title="https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-contribuant-au-developpement-rural-francilien-770501"&gt;https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-contribuant-au-developpement-rural-francilien-770501&lt;/a&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;br /&gt; &lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement acquittés par le bénéficiaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le taux d&amp;#039;aide publique est de 100% maximum.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Le taux de cofinancement LEADER est de 80% maximum.&lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;br /&gt; &lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Pour être éligibles au programme LEADER, les projets doivent être portés par les structures porteuses des 5 Groupes d’action locale (GAL) franciliens sélectionnés par la Région pour la période 2023-2027, et répondre à leur stratégie locale :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’ADADSA, qui porte le &lt;/span&gt;&lt;a href="https://leaderseineaval.com/" rel="noreferrer noopener" target="_blank" title="https://leaderseineaval.com/"&gt;GAL Seine-Aval&lt;/a&gt;&lt;span&gt; ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Terre et Cité, qui porte le &lt;/span&gt;&lt;a href="https://terreetcite.org/avec-le-programme-leader/" rel="noreferrer noopener" target="_blank" title="https://terreetcite.org/avec-le-programme-leader/"&gt;GAL Plateau de Saclay&lt;/a&gt;&lt;span&gt; ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le PNR du Gâtinais français, qui porte le &lt;/span&gt;&lt;a href="https://www.parc-gatinais-francais.fr/" rel="noreferrer noopener" target="_blank" title="https://www.parc-gatinais-francais.fr/"&gt;GAL Gâtinais français&lt;/a&gt;&lt;span&gt; ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Seine-et-Marne Attractivité, qui porte les &lt;/span&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;GAL SUD77&lt;/a&gt;&lt;span&gt; et &lt;/span&gt;&lt;a href="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/" rel="noreferrer noopener" target="_blank" title="https://www.seineetmarnevivreengrand.fr/je-vis-jentreprends/jentreprends-en-seine-et-marne/je-cherche-un-financement/les-fonds-leader/"&gt;Terres de Brie&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Thématiques couvertes &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Animation et gestion du dispositif LEADER au niveau local,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Environnement,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagement durable,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Économie circulaire,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Transition énergétique,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Forêt,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Alimentation et agriculture,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Tourisme et attractivité,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement de l’identité locale et du lien entre urbains et ruraux.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt; &lt;span dir="ltr"&gt;&lt;p&gt;&lt;span&gt;Pour bénéficier de cette aide, l’éligibilité de votre projet doit être validée par le comité de programmation du Groupe d’Action Locale.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme en ligne &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" rel="noreferrer noopener" target="_blank" title="https://mesdemarches.iledefrance.fr/"&gt;&lt;strong&gt;mesdemarches.iledefrance.fr&lt;/strong&gt;&lt;/a&gt;&lt;span&gt;  (dispositif « FEADER – projets LEADER portés par les Groupes d’Action Locale (77.05.02) »).&lt;/span&gt;&lt;/p&gt;&lt;/span&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/feader-projets-leader-portes-par-les-groupes-daction-locale-770502</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;span dir="ltr"&gt;&lt;ul&gt;&lt;li&gt;Pour toute demande d’aide relative au dépôt de votre dossier, vous pouvez contacter l’assistance usagers de la plateforme &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noreferrer noopener" target="_blank" title="https://mesdemarches.iledefrance.fr/"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; via le bouton « Assistance ».&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Pour toute demande liée à l’éligibilité de votre dossier et à son suivi administratif, veuillez écrire à : &lt;a href="mailto:leader&amp;#64;iledefrance.fr" rel="noreferrer noopener" target="_blank" title="mailto:leader&amp;#64;iledefrance.fr"&gt;leader&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/feader-projets-leader-portes-par-les-groupes-daction-locale-77-05-02-1/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>94928</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'extension des consignes de tri</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la valorisation matière (extension des consignes de tri)</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...8 lines deleted...]
-      <c r="K202" s="1" t="inlineStr">
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Intégrer les enjeux énergie climat aux documents d&amp;#039;Urbanisme réglementaires ScoT, PLU, PLUi. Promouvoir un Urbanisme respectueux de l&amp;#039;environnement et adapter aux évolutions Climatiques.
-[...2 lines deleted...]
- Accompagnement à la carte intégrant :
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  formation et sensibilisation « Urbanisme et Climat »
-[...20 lines deleted...]
-  mise en œuvre du document d&amp;#039;urbanisme Energie Climat
+  Soutenir les acteurs locaux qui s&amp;#039;engagent dans l&amp;#039;extension des consignes de tri à l&amp;#039;ensemble des emballages ménagers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atteindre les objectifs fixés dans le cadre du PRPGD, du SRADDET et de la loi TEPCV, à savoir :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Augmenter de 11kg/hab./an la part des Ordures Ménagères et Assimilés (OMA) captées en vue d&amp;#039;une valorisation matière, en améliorant la performance de collecte sélective des déchets d&amp;#039;emballages et de papiers (objectif de &amp;#43; 4 kg/hab./an en 2025 et 2031 soit &amp;#43; 8% par rapport à 2015),
+   &lt;/li&gt;
+   &lt;li&gt;
+    Etendre les consignes de tri à l&amp;#039;ensemble des emballages ménagers à l&amp;#039;horizon 2022 et optimiser la fonction tri,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Harmoniser les consignes de tri en étudiant l&amp;#039;opportunité de faire évoluer les flux de collecte vers l&amp;#039;un des schémas recommandés par l&amp;#039;ADEME,
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les collectivités et leurs relais pour encourager et mieux déployer l&amp;#039;économie circulaire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- LIVRABLES
-[...36 lines deleted...]
-Eau souterraine
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les acteurs publics : intercommunalités et groupements d&amp;#039;intercommunalités dont le siège est situé sur le Territoire de la Région Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Nature et montant de l&amp;#039;aide : 70% de l&amp;#039;assiette éligible pour les études territoriales de la fonction tri
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables d&amp;#039;opportunité et d&amp;#039;accompagnement (diagnostic, étude de faisabilité, études techniques et économiques, études organisationnelles, établissement d&amp;#039;un plan d&amp;#039;actions et de mise en oeuvre de préconisations techniques et organisationnelles) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les investissements de modernisation du parc de centres de tri (aides ADEME et CITEO).
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Dépenses éligibles : dépenses des études conformes au cahier des charges régional ADEME-Région.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P184" s="1" t="inlineStr">
+        <is>
+          <t>05/04/2019</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/valorisation-matiere/</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ Gaëlle ERHART
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de Mission Prévention et Valorisation des Déchets
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:gaelle.erhart&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  gaelle.erhart&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 88 15 69 35
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9140-soutien-a-la-valorisation-matiere-extension-d/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>163280</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'attractivité du territoire en dynamisant l'offre de services et le cadre de vie</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I185" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J185" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat cherche activement à renforcer son attrait et sa compétitivité en améliorant son cadre de vie et en dynamisant son offre de services.&lt;br /&gt;Maintenir la qualité de vie des habitants et accueillir les nouveaux arrivants nécessitent une offre et un maillage territorial solides en termes de services et d&amp;#039;équipements. Actuellement, l&amp;#039;organisation territoriale est principalement centralisée autour de Vitry-le-François. Il est donc crucial d&amp;#039;accompagner les collectivités et les acteurs privés pour développer ou maintenir un premier niveau de services marchands et non marchands (dans la sphère de l’économie sociale et solidaire), en particulier dans les bourgs relais, tout en facilitant leur accès. L&amp;#039;objectif est d&amp;#039;éviter que les habitants soient contraints de se déplacer systématiquement vers les territoires voisins, tels que Châlons-en-Champagne et Saint-Dizier.&lt;br /&gt;Un autre enjeu majeur concerne le domaine de la santé. Le Pays vitryat est confronté à un déficit de médecins généralistes et spécialistes, ainsi qu&amp;#039;à la menace de désertification médicale. Afin de remédier à cette situation, il est essentiel de créer des conditions favorables à l&amp;#039;installation de nouveaux praticiens de santé. Cela passe par le développement d&amp;#039;infrastructures telles que des maisons médicales ou des cabinets mutualisés, ainsi que par le soutien aux collectivités et aux associations de médecins dans leurs efforts de recrutement.&lt;br /&gt;Par ailleurs, pour renforcer l&amp;#039;attractivité résidentielle, il est important de proposer une offre sportive, culturelle et de loisirs attrayante.&lt;br /&gt;En mettant en oeuvre ces actions combinées, le Pays vitryat vise à créer un territoire attractif, dynamique et durable, capable d&amp;#039;attirer de nouveaux résidents, visiteurs et investisseurs, tout en offrant une qualité de vie élevée à ses habitants.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Développer la destination Pays Vitryat (destination résidentielle et touristique)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- L’augmentation du nombre et l’amélioration de la qualité des services à la population&lt;br /&gt;- L’installation de praticiens de santé sur le territoire&lt;br /&gt;- L’augmentation et/ou amélioration des pratiques sportives et culturelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;LEADER offre une valeur significative dans la présente fiche action. Un aspect essentiel de cette initiative est le renforcement du partenariat entre les acteurs publics et privés dans le domaine des services de proximité. Cette collaboration favorise une meilleure coordination des ressources et des expertises pour répondre aux besoins locaux de manière efficace.&lt;/p&gt;&lt;p&gt;Une autre idée clé est la mutualisation des compétences pour redynamiser les bourgs-centres. En rassemblant les forces de différents acteurs, LEADER stimule la vitalité économique des zones rurales, tout en préservant leur identité et leurs spécificités culturelles.&lt;br /&gt;Le renforcement de l&amp;#039;attractivité du territoire est également mis en avant grâce à l&amp;#039;amélioration et au développement de l&amp;#039;offre territoriale existante en matière de culture, services, commerces, tourisme et loisirs. LEADER soutient ainsi des projets visant à promouvoir les richesses culturelles et touristiques locales, tout en améliorant les infrastructures et les services disponibles pour les résidents et les visiteurs.&lt;br /&gt;En somme, LEADER offre une approche intégrée et synergique pour dynamiser le Pays Vitryat en favorisant la coopération entre les acteurs, en valorisant les atouts locaux et en développant une offre attrayante et diversifiée de services, de loisirs et de commerces. Ce programme constitue un levier puissant pour améliorer la qualité de vie de la population locale et pour renforcer l&amp;#039;attractivité globale du territoire.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opération contribuant au développement des équipements et services de proximité&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et/ou à l’équipement des :&lt;br /&gt;→ Lieux d’accueil et de mutualisation*&lt;br /&gt;→ Services marchands de proximité : artisanat et commerces&lt;br /&gt;→ Services dans le champ de l’économie sociale et solidaire** et/ou liés à l’environnement et l’économie circulaire***&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Opération contribuant au maintien d’une offre de santé diversifiée et connectée&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, l’aménagement et l’équipement de maisons de santé pluridisciplinaires, maisons médicales ou cabinets mutualisés&lt;br /&gt;- Soutien aux actions d’animation, de promotion et/ou d’accompagnement des acteurs de la santé&lt;br /&gt;- Soutien au développement des e-services****&lt;br /&gt;- Soutien aux opérations permettant l’expérimentation d’outils et/ou actions innovantes dans le domaine de la santé au service des seniors et/ou des personnes en situation de handicap&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Opération contribuant au développement de l’offre sportive, culturelle ou de loisirs pour les habitants du territoire&lt;/strong&gt;&lt;br /&gt;- Soutien à l’équipement, à la mise en réseau, à la coordination, à la mobilité, à l’animation, à la communication favorisant la pratique culturelle et/ou sportive&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et à l’équipement des infrastructures culturelles, sportives et/ou de loisirs&lt;br /&gt;- Soutien à l’organisation de manifestations et d’évènements culturels, sportifs et/ou de loisirs&lt;/p&gt;&lt;p&gt;&lt;em&gt;*On entend par mutualisation, la mise en commun des moyens, qu&amp;#039;ils soient humains, financiers ou logistiques afin de réduire des coûts et de réaliser des économies.&lt;br /&gt;**Le concept d&amp;#039;économie sociale et solidaire (ESS) désigne un ensemble de structures, dont le fonctionnement interne et les activités sont fondés sur un principe de solidarité et d&amp;#039;utilité sociale.&lt;br /&gt;***L’économie circulaire consiste à produire des biens et des services de manière durable en limitant la consommation et le gaspillage des ressources et la production des déchets.&lt;br /&gt;****Les e-services désignent toutes les informations et services fournis sur Internet en lien avec la santé.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Santé
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P185" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q185" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique: Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;&lt;p&gt;3. Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W185" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>162970</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Apporter une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Projets leader contribuant au développement rural francilien</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Avec pour objectif le développement des zones rurales et périurbaines, LEADER apporte une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;POUR QUEL TYPE DE PROJET ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles au programme LEADER, les projets doivent contribuer aux stratégies (fiches-action, AMI, AAP locaux) des 5 Groupes d’action locale (GAL) franciliens sélectionnés par la Région pour la période 2023-2027 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GAL Seine-Aval porté par l’ADADSA,&lt;/li&gt;&lt;li&gt;GAL Plateau de Saclay porté par Terre et Cité,&lt;/li&gt;&lt;li&gt;GAL Gâtinais français porté par le PNR du Gâtinais français,&lt;/li&gt;&lt;li&gt;GAL SUD77 porté par Seine-et-Marne Attractivité,&lt;/li&gt;&lt;li&gt;GAL Terres de Brie également porté par Seine-et-Marne Attractivité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;THÉMATIQUES COUVERTES :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Environnement,&lt;/li&gt;&lt;li&gt;Aménagement durable,&lt;/li&gt;&lt;li&gt;Économie circulaire,&lt;/li&gt;&lt;li&gt;Transition énergétique,&lt;/li&gt;&lt;li&gt;Forêt,&lt;/li&gt;&lt;li&gt;Alimentation et agriculture,&lt;/li&gt;&lt;li&gt;Tourisme et attractivité,&lt;/li&gt;&lt;li&gt;Développement de l’identité locale et du lien entre urbains et ruraux.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs sont accompagnés par les GAL tout au long de la vie du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;QUELLE EST LA NATURE DE L&amp;#039;AIDE ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement acquittés par le bénéficiaire.&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide publique est de 100% maximum.&lt;/p&gt;&lt;p&gt;Le taux de cofinancement LEADER est de 80% maximum, ou le taux de cofinancement fixé dans la stratégie du Groupe d’action locale (AAP, AMI, fiche-action…)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Forêts
-Sols
 Espaces verts
-Friche
-[...1 lines deleted...]
-Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-[...23 lines deleted...]
-      <c r="O202" s="1" t="inlineStr">
+Economie circulaire
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R202" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S202" s="1" t="inlineStr">
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;QUI PEUT EN BÉNÉFICIER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Porteurs de projets privés : TPE/PME dont les entreprises individuelles, propriétaires de forêt, agriculteurs actifs et leurs groupements, fondations, associations et leurs groupements.&lt;/p&gt;&lt;p&gt;Porteurs de projets publics : collectivités territoriales et leurs groupements, établissements publics dont les chambres consulaires, et autres personnes morales de droits publics dont les GIP.&lt;/p&gt;&lt;p&gt;Les personnes physiques sans numéro de SIRET sont inéligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...51 lines deleted...]
-      <c r="AA202" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/jai-un-projet/appels-a-projets/projets-leader-contribuant-au-developpement-rural-francilien</t>
+        </is>
+      </c>
+      <c r="W186" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande liée à l’éligibilité de votre dossier et à son suivi administratif, veuillez contacter l’animateur du GAL concerné :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GAL Seine-Aval : leaderseineaval&amp;#64;gmail.com&lt;/li&gt;&lt;li&gt;GAL Plateau de Saclay : leader&amp;#64;terreetcite.org&lt;/li&gt;&lt;li&gt;GAL Gâtinais français : accueil&amp;#64;parc-gatinais-francais.fr&lt;/li&gt;&lt;li&gt;GAL SUD77 : quentin.guinet&amp;#64;safer-idf.com&lt;/li&gt;&lt;li&gt;GAL Terres de Brie : quentin.guinet&amp;#64;safer-idf.com&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour toute autre demande liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : leader&amp;#64;iledefrance.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>amar.younes@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-leader-contribuant-au-developpement-rural-francilien/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>103444</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Résorber des dépôts sauvages de déchets d'importance régionale et situations exceptionnelles</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Résorption des dépôts sauvages de déchets d'importance régionale et situations exceptionnelles</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le fonds propreté permet de soutenir les projets de résorption des dépôts sauvages d&amp;#039;importance régionale ou liés à des situations exceptionnelles, dont le traitement nécessite un financement partenarial.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est éligible au
  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique" rel="noopener" target="_blank"&gt;
   budget participatif écologique de la Région Île-de-France.
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R203" s="1" t="inlineStr">
+      <c r="R187" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les collectivités territoriales ainsi que leurs groupements et établissements (établissements publics territoriaux, établissements publics de coopération intercommunale, SIVU, SIVOM...),
  &lt;/li&gt;
  &lt;li&gt;
   Les gestionnaires d&amp;#039;espaces, publics ou privés :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ol&gt;
  &lt;li&gt;
   &lt;span&gt;
    Parcs naturels régionaux,
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sociétés d&amp;#039;aménagement,
  &lt;/li&gt;
  &lt;li&gt;
   Associations,
  &lt;/li&gt;
  &lt;li&gt;
   Sociétés d&amp;#039;économie mixte,
  &lt;/li&gt;
  &lt;li&gt;
@@ -34657,89 +31334,235 @@
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  en sélectionnant l&amp;#039;aide concernée.
 &lt;/p&gt;
 &lt;p&gt;
  Après instruction des dossiers par les services régionaux, l&amp;#039;attribution définitive des aides est votée par la Commission permanente.
 &lt;/p&gt;
 &lt;p&gt;
  Dates limites de dépôt des dossiers de demandes de subvention
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Avant le 28/10/2022 : présentation à partir de la CP de janvier 2023 (prendre contact avec le service avant le 03/10/2022)
   &lt;/li&gt;
   &lt;li&gt;
    Avant le 02/12/2022 : présentation à partir de la CP de mars 2023 (prendre contact avec le service avant le 05/11/2022)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/resorption-des-depots-sauvages-de-dechets-dimportance-regionale-et-situations-exceptionnelles</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:plansdechets&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   zerodechet&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e7cd-resorption-des-depots-sauvages-de-dechets-dim/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>77376</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le tissu économique en Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I188" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J188" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le paysage économique du Pays Comminges Pyrénées connaît depuis plusieurs décennies des évolutions profondes. Les chocs économiques successifs, la tertiairisation de l’économie, la métropolisation, le développement des grands axes de communication, etc. ont entraîné l’économie commingeoise vers de nouvelles tendances, notamment la fragilisation de son tissu industriel traditionnel, une agriculture en recul ainsi que la diversification de son économie dans les domaines du commerce, du tourisme et des services à la personne.&lt;/p&gt;&lt;p&gt;Pour autant, le territoire doit aussi compter sur de forts potentiels à développer. Le Pays doit conforter le rôle structurant de l’agriculture, du tourisme et des services dans l’attractivité économique tout en soutenant le développement de filières d’avenir innovantes. Plus globalement, il doit renforcer son attractivité, faciliter l’installation de nouvelles entreprises et artisans et veiller à la revitalisation des centres-bourgs.&lt;/p&gt;&lt;p&gt;Les enjeux : Revitaliser les coeurs de villes et de villages ; conforter l’emploi local ; soutenir l’innovation, l’économie circulaire et l’économie sociale et solidaire.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TYPE ET DESCRIPTION DES OPERATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.1 Maintenir et développer le tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.1.1 Maintenir et développer les commerces de proximité, les activités artisanales et les savoirs faire locaux&lt;/li&gt;&lt;li&gt;2.1.2 Soutenir la (re)qualification des zones d’activités économiques du territoire&lt;/li&gt;&lt;li&gt;2.1.3 Résorber les friches commerciales, industrielles ou tertiaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.2 Soutenir les projets stratégiques, innovants et expérimentaux concourant à l’attractivité du territoire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.2.1 Accompagner la création et le développement d’activités économiques innovantes&lt;/li&gt;&lt;li&gt;2.2.2 Développer les filières d&amp;#039;avenir&lt;/li&gt;&lt;li&gt;2.2.3 Elaborer ou réviser une stratégie de planification de développement et d’aménagement territorial.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.3 Développer des dynamiques relevant de l’économie sociale et solidaire (ESS)&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.3.1 Accompagner les acteurs de l’ESS dans leur développement&lt;/li&gt;&lt;li&gt;2.3.2 Développer de nouvelles méthodes de travail, accompagner vers l’emploi et la création/reprise d’entreprises&lt;/li&gt;&lt;li&gt;2.3.3 Contribuer à la lutte contre les exclusions et les inégalités, à la préservation et au renforcement du lien social.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’une épicerie associative, création d’une boulangerie, études sur les vacances commerciales, reconversion de friches industrielles, boutiques éphémères, etc. ;&lt;/p&gt;&lt;p&gt;- Création d’un FABLAB, installation d’unités de production d’hydrogène, etc. ;&lt;/p&gt;&lt;p&gt;- Création et mise en réseau de tiers lieux, développement du réemploi et des ressourceries, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;br /&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI et particuliers.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Pour les projets de (re)qualification de zones d’activités et nouvelles zones d’activités, le porteur de projet devra présenter une stratégie d’aménagement durable (pré-verdissement et/ou végétalisation, mobilité douce et/ou collective, aménagement des espaces communs…)&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Les nouvelles zones d’activités devront être compatibles avec le SCoT du PETR Pays Comminges Pyrénées. Le porteur de projet devra présenter l’avis positif de la commission Scot Du PETR Comminges Pyrénées.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T188" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/570e-renforcer-linnovation-et-dynamiser-lattractiv/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>