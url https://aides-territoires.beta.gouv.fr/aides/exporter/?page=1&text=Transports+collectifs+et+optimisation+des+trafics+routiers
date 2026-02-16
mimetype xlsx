--- v0 (2025-11-04)
+++ v1 (2026-02-16)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA95"/>
+  <dimension ref="A1:AH6"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,15513 +225,947 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>120322</v>
+        <v>162633</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Entretenir et réparer la voirie et les ouvrages d’art sur réseau routier communal</t>
+          <t>Mesurer les vitesses et le trafic routier</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Entretien et réparation de voirie et d’ouvrages d’art sur réseau routier communal</t>
+          <t>Voirie</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Drôme</t>
+          <t>Agence technique départementale (ATD) des Vosges</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...393 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...14 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+Département</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...69 lines deleted...]
-      <c r="X4" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
-[...210 lines deleted...]
- Il permet aux territoires d&amp;#039;accéder gratuitement, sans contrainte aux statistiques des trajets de covoiturage effectués sur votre territoire,  de réaliser des exportations des statistiques et de configurer une campagne d&amp;#039;incitation.
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets.
+&lt;/p&gt;
+&lt;p&gt;Dans le domaine de la voirie la réalisation de comptages routiers et des mesures de vitesses permets préalablement à l&amp;#039;engagement de travaux de définir si la voie nécessite des aménagements (constat d&amp;#039;une problématique d&amp;#039;après les mesures effectuées ou simple ressenti) et d&amp;#039;adapter ceux-ci en fonction du trafic (taux de PL et de VL) et des vitesses pratiquées...&lt;/p&gt;&lt;p&gt;Les mesures s&amp;#039;effectuent sur une période d&amp;#039;une semaine et font l&amp;#039;objet de la remise d&amp;#039;un rapport avec l&amp;#039;extraction et l&amp;#039;analyse des données issues de ces mesures.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mesurer la vitesse des usagers sur un axe routier&lt;/p&gt;&lt;p&gt;Comptabiliser le trafic routier avec possibilité d&amp;#039;extraire le trafic PL et VL&lt;/p&gt;&lt;p&gt;Définir des aménagements de sécurité si besoin en fonction du trafic et des vitesses pratiquées&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
-[...161 lines deleted...]
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X6" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous pouvez nous communiquer ces informations par mail à
-[...7 lines deleted...]
- .
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr  -&lt;/a&gt; 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/visiter-les-ouvrages-dart-et-accompagner-les-maitre-douvrage-dans-la-gestion-et-lentretien-de-leur-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Installation de ralentisseur
+Réfection/aménagement de la voirie</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale des Vosges</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>14/05/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
+        <v>117157</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités en matière de mobilité et de développement des transports collectifs (lignes régulières de transports collectifs et transport à la demande)</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Sports et loisirs
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la collectivité dans la définition, l&amp;#039;élaboration, la mise en œuvre et le suivi d&amp;#039;un projet de développement ou de restructuration des transports collectifs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Information sur l&amp;#039;organisation des transports collectifs en Île-de-France et le rôle des différents niveaux de collectivités locales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation d&amp;#039;un diagnostic transport et déplacement du territoire : élaboration d&amp;#039;un état des lieux de l&amp;#039;offre de transport collectifs routiers et ferrés ; cartographies et données associées, qualification de l&amp;#039;offre de transport ; appréhender les principaux flux de déplacements du territoire (sous réserve des données disponibles), identifier les pôles attractifs, identifier les projets de transports structurants et leurs impacts (TCSP, trains, métro)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition des besoins prioritaires de développement des transports collectifs (lignes régulières ou transport à la demande).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils pour l&amp;#039;élaboration d&amp;#039;un projet de développement des lignes régulières ou de transport à la demande : opportunité, consistance de l&amp;#039;offre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un cahier des charges d&amp;#039;étude transport ou d&amp;#039;exploitation d&amp;#039;un service de transport à la demande : transmission de modèles, relecture des pièces...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil méthodologique pour la mise en œuvre, accompagnement de la collectivité dans ses démarches auprès des transporteurs, d&amp;#039;Ile-de-France mobilités ou d&amp;#039;autres partenaires. Recherche de financement. Conseil sur la communication auprès des habitants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des projets ou des lignes existantes : bilan de la fréquentation sous réserves des données disponibles ; identification des atouts et dysfonctionnements éventuels (itinéraires, horaires, fréquences, aménagements de voiries/points d&amp;#039;arrêts..) ; conseils et préconisations pour la mise en œuvre d&amp;#039;actions correctives.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Accessibilité
+Appui méthodologique
+Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Mobilité pour tous</t>
-[...12 lines deleted...]
-      <c r="S7" s="1" t="inlineStr">
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3723-accompagner-les-collectivites-en-matiere-de-m/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>120323</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Faire des aménagements routiers sur routes départementales en agglomération</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Aménagements routiers sur routes départementales en agglomération</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;p&gt;
+ Présentation des règles de la voirie départementale, des procédures de validation et de financement, prescriptions pour le programme de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Indication des caractéristiques de la voirie départementale, prescriptions techniques applicables aux travaux de voirie sur RD, rédaction de la convention de transfert de Maîtrise d&amp;#039;Ouvrage pour les travaux de chaussée réalisés par la Commune, rédaction de l&amp;#039;accord de voirie, validation du projet technique pour les travaux de voirie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Prestations définies selon la loi MOP :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude préliminaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la passation du contrat de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visa des plans d&amp;#039;exécution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Direction de l&amp;#039;exécution des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ordonnancement, pilotage et coordination des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance aux opérations de réception des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets d&amp;#039;aménagement de routes départementales en agglomération dans le cadre d&amp;#039;opérations d&amp;#039;urbanisme, de modification ou d&amp;#039;aménagements routiers divers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Critères d&amp;#039;éligibilité des communes :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) : pas de critère d&amp;#039;éligibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la maîtrise d&amp;#039;oeuvre : population inférieure à 2000 habitants, potentiel fiscal inférieur à 700 k€ HT, montant de travaux inférieur à 150 k€ HT et projet sans enjeu paysager ou architectural majeur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...28 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/amenagements-routiers-sur-routes-departementales-en-agglomeration/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Département de la Drôme – Service études et travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secrétariat 04 75 75 92 27 •
+  &lt;a href="mailto:gyounsi&amp;#64;ladrome.fr"&gt;
+   gyounsi&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.ladrome.fr/"&gt;
+   www.ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9552-amenagements-routiers-sur-routes-departementa/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Réfection/aménagement de la voirie</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...33 lines deleted...]
-      <c r="K8" s="1" t="inlineStr">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>162803</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
-[...1216 lines deleted...]
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La pratique sportive nécessite de disposer d’équipements spécifiques, souvent coûteux mais nécessaire à une pratique sécurisée, lointaine et dans les meilleures conditions de performance. A ce titre, la Région souhaite aider les associations sportives de son territoire dans l&amp;#039;acquisition de véhicules nécessaires au transport de leurs équipes et de leurs sportifs.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt; Associations sportives ;&lt;/li&gt; 	&lt;li&gt;Ligues et comités sportifs régionaux&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Date de dépôt des dossiers :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
+      <c r="W5" s="1" t="inlineStr">
         <is>
           <t>https://subventionsenligne.maregionsud.fr/</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...4204 lines deleted...]
-      <c r="E36" s="1" t="inlineStr">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>104723</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la mise en accessibilité des points d'arrêts routiers du transport interurbain identifiés comme prioritaires</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Mise en accessibilité des points d&amp;apos;arrêts routiers du réseau régional</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="N36" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Mettre en accessibilité les points d&amp;#039;arrêts routiers prioritaires desservis par le réseau régional de transport.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois, la Région souhaite également cofinancer, les 15 premiers dossiers de demande de subvention par an, des PAR qui n&amp;#039;auraient pas été identifiés comme prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le montant maximum et le % concerne les PAR prioritaires.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les non prioritaires, le montant maximum passe à 3 500€ et le pourcentage à 35% du montant HT des travaux.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="U36" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>23/07/2018</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires sont les collectivités territoriales (Communes et départements) ou leurs groupements gestionnaires de voiries ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dossier complet comprenant tous les éléments demandés ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   conformité des travaux à la réglementation en matière d&amp;#039;accessibilité et aux préconisations énoncés par le CEREMA dans la dernière version à jour de son « Guide technique de conception des points d&amp;#039;arrêts routiers » ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   PAR identifié comme prioritaire au sein du SD&amp;#039;AP régional ou, pour les arrêts non prioritaires, être dans les 15 premiers dossiers déposés et relever du réseau régional de transport.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus du présent règlement d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les points d&amp;#039;arrêts facultatifs du réseau de lignes régulières,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plateformes ou arrêts exclusivement dédiés au transport scolaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les arrêts de transport à la demande,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les PAR financés par ailleurs dans le cadre de projets de PEM ou d&amp;#039;appels à projets relatifs au développement de l&amp;#039;attractivité des gares.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
-[...73 lines deleted...]
- –
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/mise-en-accessibilite-des-points-darrets-routiers-du-reseau-regional</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports et des mobilités
+ &lt;br /&gt;
+ Service Gares et infrastructures
+ &lt;br /&gt;
+ Pôle Gares,aménagements intermodaux et accessibilité
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  finalisation du réseau des Véloroutes Voies Vertes
+  Carole Garry
  &lt;/strong&gt;
- : Itinéraires de VVV à échelle supracommunale, avec un plafond de montant subventionnable de 300 000 € / km et 1 M€ par ouvrage d&amp;#039;art.
  &lt;br /&gt;
- –
-[...104 lines deleted...]
-  Drôm&amp;#039;Démat
+ &lt;a href="mailto:Carole.Garry&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  Carole.Garry&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
  &lt;br /&gt;
+ 0228205441
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Téléservice
+  Le bénéficiaire sollicitant une aide régionale devra à ce titre présenter un dossier de demande de subvention comprenant tout document utile, et composé à minima :
  &lt;/strong&gt;
- : Aménagement du territoire
-[...25 lines deleted...]
- Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019 et du 31 mai 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;une note descriptive du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan de situation,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan d&amp;#039;aménagement au 1/100ème présentant les situations actuelles et projetées,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan de financement détaillé présentant l&amp;#039;état des cofinancements,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un planning prévisionnel,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;une lettre de demande d&amp;#039;aide signée par la personne habilitée et de la délibération du ou des organes délibérant autorisant le représentant à solliciter une aide auprès de la Région.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les bénéficiaires doivent adresser leurs dossiers aux Services de Transports Routiers de Voyageurs (STRV) présents dans chaque département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
-[...100 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9af7-mise-en-accessibilite-des-points-darrets-rout/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="K38" s="1" t="inlineStr">
+      <c r="AE6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
-[...384 lines deleted...]
-      <c r="K41" s="1" t="inlineStr">
+      <c r="AF6" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
-[...8077 lines deleted...]
-          <t>published</t>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>