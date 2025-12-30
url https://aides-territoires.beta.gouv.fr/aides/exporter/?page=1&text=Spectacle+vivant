--- v0 (2025-11-06)
+++ v1 (2025-12-30)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA76"/>
+  <dimension ref="A1:AA62"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,87 +228,4236 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>139366</v>
+        <v>95245</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Aider les équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
-[...4 lines deleted...]
-          <t>Aides aux équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+          <t>Intervenir en faveur du spectacle vivant</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet de règlement se présente sous la forme de 3 dispositifs visant une réponse globale aux attentes des acteurs et aux spécificités du domaine :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aides à l&amp;#039;organisation de festivals, manifestations et programmations artistiques comprenant des représentations de spectacles et des activités culturelles accessibles au grand public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides à la production de spectacles destinés à une diffusion au sein des réseaux professionnels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides en faveur des structures artistiques permanentes assurant la gestion d&amp;#039;un équipement ou d&amp;#039;un projet itinérant sur le territoire dans le cadre d&amp;#039;une saison culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le dispositif n°1, le Département apporte son concours à l&amp;#039;organisation de festivals, manifestations et programmations artistiques comprenant des représentations de spectacles, des concerts et des activités culturelles (stages, ateliers de sensibilisation, résidences d&amp;#039;artistes) accessibles du grand public.
+ Les projets doivent comporter des recettes propres (billetterie, vente de marchandises) à l&amp;#039;exception des propositions dans l&amp;#039;espace public reposant sur une démarche artistique singulière (espace scénique, mise en valeur du patrimoine).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le dispositif n°2, l&amp;#039;action du Département dans le domaine du spectacle vivant a pour objectifs de favoriser l&amp;#039;accès du public à des propositions culturelles et artistiques de qualité, de soutenir la création artistique et d&amp;#039;accompagner les professionnels du secteur dans la recherche d&amp;#039;une économie viable de leurs activités. E
+ n la matière, le Département apporte son concours aux structures artistiques (collectif d&amp;#039;artistes, compagnie dramatique ou chorégraphique, entreprise artistique et culturelle etc.) pour la production de spectacles destinés à une diffusion au sein des réseaux professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le dispositif n°3, l&amp;#039;action du Département dans le domaine du spectacle vivant a pour objectifs de favoriser l&amp;#039;accès du public à des propositions culturelles et artistiques de qualité et de soutenir les professionnels du secteur. Elle vise notamment à consolider l&amp;#039;offre d&amp;#039;accueil et de diffusion sur le territoire départemental et son insertion dans les réseaux régionaux et nationaux du spectacle.
+ En la matière, le Département apporte son concours aux structures associatives et  publiques pour la réalisation d&amp;#039;un projet de développement artistique et culturel global.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°1 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Première édition d&amp;#039;un festival ou manifestation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet contenant une seule représentation d&amp;#039;un spectacle ou concert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet réservé à une catégorie particulière de public (spectacles en entreprises, spectacles destinés à des élèves en milieu scolaire, kermesses, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation artistique pour le compte d&amp;#039;un commanditaire dans le cadre d&amp;#039;une relation marchande (agence d&amp;#039;évènementiel, tourneur)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Association, collectivité territoriale, établissement public Société (SA, SNC etc.) pour la réalisation d&amp;#039;un projet culturel d&amp;#039;intérêt général
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat à une aide est titulaire de la licence d&amp;#039;entrepreneur du spectacle dans les cas prévus par la réglementation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La structure exerce à titre principal une activité dans le spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elle exerce à titre occasionnel une activité dans le domaine mais organise plus de 6 représentations professionnelles par an
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les associations justifient au moment de la demande d&amp;#039;au moins une année d&amp;#039;existence à partir de la date de publication au JO. Elles doivent avoir leur siège social dans l&amp;#039;Aude ou, pour les structures domiciliées dans un autre Département, faire la démonstration d&amp;#039;une activité régulière sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts artistiques et techniques (achat, rémunération, location etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Droits d&amp;#039;auteur et voisins, impôts et taxes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;administration, communication et de fourniture imputables au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fonctionnement général de la structure, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation comptable du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°2 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale concerne les activités suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création artistique (écriture, répétitions et filage)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montage et administration de la production
+ &lt;/li&gt;
+ &lt;li&gt;
+  Action culturelle associée à la création de l&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;outils de communication et d&amp;#039;opérations promotionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préparation de tournées et représentation en public pour une première exploitation (jusqu&amp;#039;à 6 mois suivant la première représentation au public)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation dans la mise en scène et l&amp;#039;interprétation d&amp;#039;une œuvre en vue d&amp;#039;une reprise de l&amp;#039;exploitation après une période d&amp;#039;interruption d&amp;#039;un an
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets portant exclusivement sur l&amp;#039;enseignement et l&amp;#039;intervention pédagogique (se référer en cela au Schéma départemental des enseignements artistiques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;administration ou de diffusion dans le cadre d&amp;#039;une relation marchande (agent d&amp;#039;artiste, producteur phonographique, bureau de production)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Association et société (SA, SARL, SCOP etc.) assurant une mission de production ou de production déléguée de spectacles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates à une aide dispose d&amp;#039;une organisation administrative et de la licence nécessaire à l&amp;#039;exercice de l&amp;#039;activité. Elles justifient au moment de la demande d&amp;#039;au moins une année d&amp;#039;existence à partir de la date de publication au JO ou de l&amp;#039;immatriculation.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles doivent avoir leur siège social dans l&amp;#039;Aude. Une exception s&amp;#039;adresse aux structures domiciliées dans un autre Département qui assurent la production déléguée pour le compte d&amp;#039;une équipe artistique implantée dans l&amp;#039;Aude ou bénéficiant d&amp;#039;un accompagnement par un établissement culturel audois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts artistiques et techniques (rémunération, défraiement, achat, location)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Droits d&amp;#039;auteur et voisins, taxes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matières et fournitures consommables, services liés au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;administration et de communication imputables au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais à caractère généraux, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation comptable du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°3 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Association, collectivité territoriale, établissement public
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations disposent d&amp;#039;une organisation stable, d&amp;#039;un personnel administratif permanent et de la (les) licence(s) nécessaire(s) à l&amp;#039;exercice de l&amp;#039;activité. Elles doivent avoir leur siège social dans l&amp;#039;Aude.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêts débiteurs, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Les dépenses d&amp;#039;investissement des structures publiques (construction de bâtiment, réhabilitation etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/des-aides-pour-soutenir-le-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Culture
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Secrétaire - Audrey De Bentzmann
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:audrey.debentzmann&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+   audrey.debentzmann&amp;#64;aude.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone :
+ 04.68.11.64.95
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il faut adresser votre dossier de demande avant le 31 décembre de l&amp;#039;année précédant votre action assorti d&amp;#039;un courrier d&amp;#039;accompagnement adressé à M. le Président du Conseil Départemental, à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   CONSEIL DÉPARTEMENTAL DE L&amp;#039;AUDE
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Culture
+  &lt;/li&gt;
+  &lt;li&gt;
+   allée Raymond-Courrière
+  &lt;/li&gt;
+  &lt;li&gt;
+   11855 CARCASSONNE cedex 9
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b2d9-intervention-en-faveur-du-spectacle-vivant/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>95023</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Aider le développement des équipes artistiques du Spectacle Vivant</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide financière apportée dans ce cadre recouvre l&amp;#039;activité de la compagnie dans sa totalité, y compris le fonctionnement de l&amp;#039;équipe artistique et les actions de médiation et de travail sur le territoire. Cette aide permet une permanence du travail de création et de diffusion.
+Ce dispositif vise ainsi à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;innovation culturelle en favorisant la création artistique professionnelle d&amp;#039;aujourd&amp;#039;hui en matière de théâtre, de marionnettes, d&amp;#039;arts de la rue, de cirque, de danse, de musique, d&amp;#039;arts de la parole ou de toute forme hybride relevant du spectacle vivant ou mettant l&amp;#039;accent sur la pluridisciplinarité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir le rayonnement de la création et de la production artistique en région et au-delà, en partenariat avec les lieux de diffusion qui ont une responsabilité essentielle dans ces domaines,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers du soutien aux projets de création.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subvention plafonnée à 30 000€
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  toute équipe artistique professionnelle de spectacle vivant ou tout bureau de production accompagnant les équipes artistiques dans leurs projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  toute personne morale publique ou privée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant son siège implanté en région depuis au moins trois ans et y exerçant une activité régulière ou étant accueillie en résidence les 3 dernières années au sein d&amp;#039;une structure culturelle régionale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant bénéficié au moins de 3 des aides suivantes de la Région : « Aide aux projets de création et de reprise – spectacle vivant », « Aide à la diffusion régionale, nationale et internationale – spectacle vivant », « Soutien aux émergences spectacle vivant » ou « Soutien aux résidences artistiques et culturelles – spectacle vivant ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et réglementaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être titulaire d&amp;#039;une licence d&amp;#039;entrepreneur de spectacle de catégorie 2 en cours de validité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  produire le bilan de l&amp;#039;équipe artistique au dépôt du dossier prouvant une diffusion d&amp;#039;au moins 20 représentations sur les 3 dernières années pour le théâtre, le cirque, les arts de la rue et d&amp;#039;au moins 15 représentations pour la musique, la marionnette, le conte et la danse. L&amp;#039;équipe artistique s&amp;#039;engage à maintenir cette visibilité sur la durée du conventionnement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un projet pluriannuel, en termes de création, de diffusion, de projet de territoire, d&amp;#039;action culturelle, mettant en avant notamment : une stratégie de développement et une progression de la reconnaissance régionale voire nationale, – une évolution de la structuration administrative, – des partenariats avec des structures culturelles professionnelles, sous forme de coproductions, coréalisations, achats et préachats, accueil en résidence, mise à disposition ou valorisation en nature.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter un budget global de fonctionnement de la structure sur 3 ans, sur la base de budgets prévisionnels annuels détaillés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-triennale-developpement-equipes-artistiques-spectacle-vivant/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Date limite pour le dépôt des dossiers
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   30 septembre 2020
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+   culture-subvention&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+   versements-creation&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1515-aide-triennale-au-developpement-des-equipes-a/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>131363</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de création et de diffusion du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le règlement « Aide au spectacle vivant » vise à soutenir les associations, les communes et EPCI dans les projets de création des compagnies professionnelles, de diffusion du spectacle vivant et de production d&amp;#039;évènements d&amp;#039;envergure régionale, nationale et internationale, sur le territoire haut-marnais.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers seront examinés au regard des éléments suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la qualité artistique et culturelle du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le rayonnement territorial du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;inscription dans un projet culturel de territoire et la capacité du projet à fédérer (autres acteurs culturels, inscription dans des réseaux locaux...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diversité des publics cibles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les compagnies professionnelles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la réalisation de spectacles professionnels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion des créations/productions en Haute-Marne (au moins trois représentations dans le département).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les structures de diffusion et d&amp;#039;évènementiel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une programmation professionnelle, ou encadrée par des professionnels, comportant au moins un spectacle issu de formations départementales,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les critères suivants seront obligatoirement remplis :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;aide au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication d&amp;#039;un EPCI ou de deux autres partenaires au moins dans l&amp;#039;élaboration et le plan de financement du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un seul financement du conseil départemental par structure, hors actions subventionnées dans le cadre du parcours d&amp;#039;éducation artistique et culturelle en milieu scolaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la conformité de la structure avec la réglementation en vigueur,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le dossier complet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/reglement_spectacle%20vivant%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, des sports et du monde associatif
+&lt;/p&gt;
+&lt;p&gt;
+ Service action culturelle, sportive et territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 25 32 88 19
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toute correspondance doit être adressée à :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Monsieur le Président du conseil départemental
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Direction de la culture, des sports et du monde associatif
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service action culturelle, sportive et territoriale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1 rue du Commandant Hugueny – CS 62127
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  52905 Chaumont Cedex 9
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/507f-accompagner-les-projets-de-creation-et-de-dif/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>135557</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création artistique sur les territoires - Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Aide au Spectacle vivant (accompagnement des artistes)</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Aide à 2 ans : jusqu à 35% du budget du projet, plafond d’aide de 10.000€ // Aide annuelle : 15% maximum du budget du projet, plafond d aide à 3 000€</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser les créations sur les territoires, leur diffusion et les liens artistes / publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;émergence et le développement d&amp;#039;artistes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département  en relation avec leur territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA)&lt;/li&gt;&lt;li&gt;Dossier artistique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ aide annuelle ou sur deux ans&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention en fonctionnement : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; : &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser les créations sur les territoires, leur diffusion et les liens artistes / publics, l&amp;#039;émergence et le développement d&amp;#039;artistes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Artistes professionnels confirmés dont le siège social est basé dans le département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de territoire (rencontre du public, sensibilisation artistique, étapes de travail publique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de résidence en Haute-Loire avec première du spectacle sur le lieu de résidence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sollicitation d&amp;#039;autres partenariats (DRAC, autres collectivités, organismes culturels)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Formulaire-de-demande-de.html</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaires : Jérôme TOURNAYRE - &lt;a href="mailto:jerome.tournayre&amp;#64;hauteloire.fr" target="_self"&gt; jerome.tournayre&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 43 53 et Emilie LANGLOIS - emilie.langlois&amp;#64;hauteloire.fr - 04 71 07 40 28&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/daa2-favoriser-les-creations-sur-les-territoires-e/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>1081</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et manifestations de spectacle vivant d'envergure</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  participer au rééquilibrage du territoire en termes d&amp;#039;offre culturelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel régional et la promotion des équipes artistiques/artistes du territoire prenant part à ces manifestations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner les festivals dans leur effort de rayonnement régional, national ou international et promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les manifestations soucieuses du développement durable et des partenariats locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certains festivals structurants et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être une manifestation relevant du champ des arts de la scène – théâtre, danse, cirque, marionnette, arts de la parole), de la musique (actuelle, classique et contemporaine -, des arts de la rue ou pluridisciplinaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être un projet artistique et culturel de qualité affirmant une ligne artistique identifiée et mettant en oeuvre des actions spécifiques pour développer et sensibiliser les publics,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être une manifestation dont une 1ère édition a déjà eu lieu, se déroulant sur une durée minimale de 3 jours ou justifiant d&amp;#039;un minimum de 9 représentations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel exclusivement à des artistes professionnels et intégrer des artistes en activité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une envergure a minima régionale par la fréquentation des publics, l&amp;#039;inscription dans les réseaux, le rayonnement et la visibilité médiatique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les projets à but strictement commercial.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-manifestations-denvergure-2/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef8f-soutien-aux-festivals-et-manifestations-denve/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>1067</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets de spectacle vivant structurants</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>http://culture-subvention@grandest.fr</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ culture-subvention&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/47f8-aide-aux-lieux-et-projets-annuels-structurant/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>105312</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les créations des professionnels du spectacle vivant - annuel</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Culture - aide à la création en faveur des professionnels du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;Associations ayant un siège social depuis plus de 3 ans avéré sur le territoire confirmé par la diffusion, co-productions, ou résidences sur la Charente&lt;/li&gt;&lt;li&gt;Autres organismes de droit privé ayant une activité depuis plus de 3 ans sur le territoire charentais&lt;/li&gt;&lt;li&gt;Artistes professionnels ayant une activité depuis plus de 3 ans sur le territoire charentais (étude du dossier au cas par cas)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création de spectacles par des compagnies professionnelles ou artistes professionnels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;30 % du projet artistique&lt;/li&gt;&lt;li&gt;Plafond de subvention : 4 000 €&lt;/li&gt;&lt;li&gt;Plancher de subvention : 1 500 € &lt;/li&gt;&lt;li&gt;aide à la diffusion applicable et majorée sur le spectacle &lt;/li&gt;&lt;li&gt;une aide complémentaire possible pour l’achat d’une représentation en fonction du coût de la cession&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nota : le Département, au regard de la nature de la création et des spectacles présentés, se réserve la possibilité de flécher au-delà de ce financement accordé pour la création, un montant lié à de l’achat de spectacle(s). Ce spectacle pourra ensuite être programmé dans un ou plusieurs lieux choisis par le Département.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Artistes et compagnies ayant un siège social depuis moins de trois ans en Charente&lt;/li&gt;&lt;li&gt;Etablissements publics de coopération intercommunale (EPCI)&lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Etablissements d’hébergement pour personnes âgées dépendantes (EHPAD)&lt;/li&gt;&lt;li&gt;Etablissements scolaires&lt;/li&gt;&lt;li&gt;Centres sociaux&lt;/li&gt;&lt;li&gt;Reprise de spectacle (déjà créé mais ayant une nouvelle distribution, mise en scène, décors…)&lt;/li&gt;&lt;li&gt;Spectacles déjà créés et ayant déjà eu une présentation publique avant le dépôt de la demande&lt;/li&gt;&lt;li&gt;Résidences&lt;/li&gt;&lt;li&gt;Compagnies préalablement accompagnées mais dont le projet n’aurait pas assez tourné sur le territoire (5 dates a minima hors auto-production)&lt;/li&gt;&lt;li&gt;Compagnies sises sur le territoire mais dont l’activité, la création et/ou la diffusion ne s’effectuent pas en Charente&lt;/li&gt;&lt;li&gt;Concerts dits « musiques actuelles » *&lt;/li&gt;&lt;li&gt;Projets musicaux d’enregistrement (CD, disques, clip…)&lt;/li&gt;&lt;li&gt;Projets sur des contenus n’impliquant pas d’écriture multimédia et numérique spécifique (ciné-concert, projection vidéo sur plateau faisant office de décor, court-métrage…)&lt;/li&gt;&lt;li&gt;Projets dont le budget prévisionnel puis réalisé est inférieur à 10 000 € et n’auraient pas d’autre partenaire que le Département de la Charente&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* à l’exception d’un projet par an sélectionné par La Nef d’Angoulême&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Détentrice des licences n° 2 et 3 ou/et veille au respect du travail et de la législation en vigueur&lt;/li&gt;&lt;li&gt;Projet de création de spectacle « jeune public » ou « tout public » intégrant au moins 4/5 diffusions dans son budget prévisionnel sur le territoire&lt;/li&gt;&lt;li&gt;le projet détaillé doit comporter :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;o	le descriptif de la création artistique :&lt;/p&gt;&lt;p&gt;-	définition du projet de spectacle (style, répertoire, scénographie…)&lt;/p&gt;&lt;p&gt;-	présentation de l’équipe artistique, technique&lt;/p&gt;&lt;p&gt;-	publics et lieux visés&lt;/p&gt;&lt;p&gt;-	types de scènes choisies&lt;/p&gt;&lt;p&gt;o	les charges de la compagnie :&lt;/p&gt;&lt;p&gt;-	salariat artistique et technique (DADS/ DSN)&lt;/p&gt;&lt;p&gt;-	charges artistiques (prestations, honoraires)&lt;/p&gt;&lt;p&gt;-	charges administratives (secrétariat, comptabilité)&lt;/p&gt;&lt;p&gt;-	partenariats publics et privés menés&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projet faisant intervenir que des professionnels rémunérés dans sa conception et sa diffusion&lt;/li&gt;&lt;li&gt;Demande de subvention doit être faite en amont de la présentation au public (au minimum 4 mois avant la première représentation)&lt;/li&gt;&lt;li&gt;Budget prévisionnel devra illustrer le caractère départemental de la création par la présence de plusieurs partenaires financiers (publics et privés)&lt;/li&gt;&lt;li&gt;Budget prévisionnel puis réalisé supérieur ou égal à 10 000 €&lt;/li&gt;&lt;li&gt;Limité à une demande par an et par bénéficiaire (les associations dites « productrices » de spectacles, porteuses de plusieurs projets issus de compagnies différentes seront examinées au cas par cas)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande&lt;/li&gt;&lt;li&gt;copie des contrat et/ou devis signés avec les artistes professionnels rémunérés associés à la création&lt;/li&gt;&lt;li&gt;copie des devis techniques signés&lt;/li&gt;&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : un premier acompte de 80 % à la notification de décision. Le solde (20 %) après transmission du budget réalisé de la création. Le versement interviendra environ deux mois avant la fin de l’année civile, sous réserve de la complétude du dossier.&lt;/p&gt;&lt;p&gt;En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l’action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/Aide_a_la_creation_professionnelle.pdf</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : &lt;span&gt;mars (1ère session) et septembre (2e session) de l’année civile&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La demande doit être déposée au minimum 4 mois avant le début du projet de création&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyen &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c68e-soutenir-les-creations-des-professionnels-du-/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>105323</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les associations du spectacle vivant ayant un parc de matériels</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Culture - parcs de matériels</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux associations ayant un parc de matériel scénique (son, lumière...) mis à disposition de structures, sous forme de location, pour l&amp;#039;accueil de manifestations culturelles et de spectacles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un autofinancement associatif égal ou supérieur à 20% du plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  la subvention s&amp;#039;applique à des achats de matériel dont le montant est supérieur à 500 € (les acquisitions inférieures à ce montant sont alors prises en charge par l&amp;#039;association, dans l&amp;#039;autofinancement et ce seuil permet au Département de financer des achats plus conséquents avec possibilité d&amp;#039;amortissement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un taux maximum de 50% est appliqué sur le plan de financement, avec devis à l&amp;#039;appui
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plafond annuel subventionnable fixé à 40.000 € HT pour un plafond de subvention fixé à 10.000 € pour la catégorie 1 et 4.500 € pour la catégorie 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 – les parcs de matériels départementaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Base de calcul : acquisition de matériels (plan de financement) ; achat supérieur à 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ Critère 1 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond subventionnable &amp;#61; 40.000 € HT / 25% par achat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafonné à 10.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 2 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Structure administrative (création, emplois permanents)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 à 2.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 3 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Activité de l&amp;#039;association (rayonnement, structures, bénéficiaires, interventions, grandes manifestations, tarification)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 à 1.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 4 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Impact développement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 ou 500 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 – les parcs de matériels secondaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Base de calcul : acquisition de matériels (plan de financement) ; achat supérieur à 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ Critère 1 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond subventionnable &amp;#61; 40.000 € HT / 25% par achat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafonné à 4.500 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 2 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Structure administrative (création, emplois permanents)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 à 2.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 3 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Activité de l&amp;#039;association (rayonnement, structures, bénéficiaires, interventions, grandes manifestations, tarification)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 à 1.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 4 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Impact développement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 ou 500 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eléments d&amp;#039;appréciation :
+&lt;/p&gt;
+&lt;p&gt;
+ La structure associative :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ancienneté de l&amp;#039;association
+ &lt;/li&gt;
+ &lt;li&gt;
+  prise en compte de la structure de gestion (bénévolat ou salarié permanent)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son activité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rayonnement des actions sur le territoire charentais
+ &lt;/li&gt;
+ &lt;li&gt;
+  actions hors département
+ &lt;/li&gt;
+ &lt;li&gt;
+  nombre d&amp;#039;interventions techniques et de locations de matériels par année civile
+ &lt;/li&gt;
+ &lt;li&gt;
+  budget de fonctionnement réalisé sur l&amp;#039;année N-1 (compte de résultat)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la tarification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les acquisitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  plan de financement des achats de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  devis à l&amp;#039;appui
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Développement durable :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  maîtrise de l&amp;#039;énergie, recyclage, prévention pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  revente du matériel amorti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, une classification à 2 niveaux est appliquée :
+&lt;/p&gt;
+&lt;p&gt;
+ 1.	les parcs de matériels départementaux (catégorie 1) :
+ il s&amp;#039;agit là d&amp;#039;associations ayant un lien avec le territoire départemental, disposant d&amp;#039;un budget de fonctionnement supérieur à 100 000 € et d&amp;#039;au moins un emploi permanent
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	les parcs de matériels secondaires (catégorie 2) :
+ dans ce second cas, sont identifiées les associations récentes disposant d&amp;#039;un parc en cours de constitution et nécessitant une empreinte sur le département ; leur gestion est assurée par des bénévoles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  les copies des devis des acquisitions envisagées
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inventaire du matériel
+ &lt;/li&gt;
+ &lt;li&gt;
+  les interventions de location de l&amp;#039;année N-1 avec les coordonnées des structures (nom de la commune uniquement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la liste du matériel vendu année N-1
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : 50% à la signature de la convention et solde au prorata des factures acquittées
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Action_culturelle/6121_Parcs_de_materiels.pdf</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : au moins 3 mois avant les acquisitions
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 74 51
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a670-soutenir-les-associations-ayant-un-parc-de-ma/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>165337</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les créations des professionnels du spectacle vivant - triennal</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Culture - aide à la création en faveur des professionnels du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;Associations ayant un siège social depuis plus de 3 ans avéré sur le territoire confirmé par la diffusion, co-productions, ou résidences sur la Charente&lt;/li&gt;&lt;li&gt;Autres organismes de droit privé ayant une activité depuis plus de 3 ans sur le territoire charentais&lt;/li&gt;&lt;li&gt;Artistes professionnels ayant une activité depuis plus de 3 ans sur le territoire charentais (étude du dossier au cas par cas)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création de spectacles par des compagnies professionnelles ou artistes professionnels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;N &amp;#61; 7 000 € ; N&amp;#43;1 &amp;#61; 6 000 € ; N&amp;#43;2 &amp;#61; 5 000 €&lt;/li&gt;&lt;li&gt;Facultatif : en fonction des projets de spectacles, un montant pourra être fléché au sein de cette convention pour de l’achat de spectacle(s)*&lt;/li&gt;&lt;li&gt;Subvention dégressive appuyée d’une convention triennale soumise à un avenant annuel&lt;/li&gt;&lt;li&gt;Dossier annuel devra être remis au Département, présentant le bilan qualitatif et financier et les perspectives (budget prévisionnel et actions à venir) du projet accompagné dans le cadre de cette convention&lt;/li&gt;&lt;li&gt;Cumul possible avec l’aide à la diffusion&lt;/li&gt;&lt;li&gt;Cumul non possible avec « La Charente s’exporte » pendant la durée du conventionnement* &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Au cas par cas, le Département, au regard de la nature de la création et des spectacles présentés, se réserve la possibilité de flécher au sein de cette convention un financement dédié à de l’achat et à de la diffusion du projet dans un ou plusieurs lieux choisis par le Département.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Artistes et compagnies ayant un siège social depuis moins de trois ans en Charente&lt;/li&gt;&lt;li&gt;Etablissements publics de coopération intercommunale (EPCI)&lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Etablissements d’hébergement pour personnes âgées dépendantes (EHPAD)&lt;/li&gt;&lt;li&gt;Etablissements scolaires&lt;/li&gt;&lt;li&gt;Centres sociaux&lt;/li&gt;&lt;li&gt;Reprise de spectacle (déjà créé mais ayant une nouvelle distribution, mise en scène, décors…)&lt;/li&gt;&lt;li&gt;Spectacles déjà créés et ayant déjà eu une présentation publique avant le dépôt de la demande&lt;/li&gt;&lt;li&gt;Résidences&lt;/li&gt;&lt;li&gt;Compagnies préalablement accompagnées mais dont le projet n’aurait pas assez tourné sur le territoire (5 dates a minima hors auto-production)&lt;/li&gt;&lt;li&gt;Compagnies sises sur le territoire mais dont l’activité, la création et/ou la diffusion ne s’effectuent pas en Charente&lt;/li&gt;&lt;li&gt;Concerts dits « musiques actuelles » *&lt;/li&gt;&lt;li&gt;Projets musicaux d’enregistrement (CD, disques, clip…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* à l’exception d’un projet par an sélectionné par La Nef d’Angoulême&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Compagnie ayant développé des projets et des spectacles justifiant une activité de compagnie&lt;/li&gt;&lt;li&gt;Détentrice des licences n° 2 et 3 et/ou de veiller au respect de la législation du travail&lt;/li&gt;&lt;li&gt;Projet de création de spectacle « jeune public » ou « tout public » intégrant au moins 4/5 diffusions dans son budget prévisionnel sur le territoire&lt;/li&gt;&lt;li&gt;le projet détaillé doit comporter :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;o	la création artistique :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	définition du projet de spectacle (style, répertoire, scénographie…)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	présentation de l’équipe artistique, technique&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	publics et lieux visés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	types de scènes choisies&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o	l’action culturelle :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	formation des publics, ateliers, médiations avec lieux, dates et participants&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	activités de la compagnie sur son lieu d’implantation (création, diffusion, accueil de compagnies extérieures, programmation, manifestations, gestion d’un lieu)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	partenariats publics et privés menés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o	les charges de la compagnie :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	salariat artistique et technique (DADS/ DSN)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	charges artistiques (prestations, honoraires)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	charges administratives (secrétariat, comptabilité)&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projet faisant intervenir que des professionnels rémunérés dans sa conception et sa diffusion&lt;/li&gt;&lt;li&gt;Demande de subvention doit être faite en amont de la présentation au public&lt;/li&gt;&lt;li&gt;Budget annuel supérieur à 40 000 €&lt;/li&gt;&lt;li&gt;Un emploi permanent ou chargé de diffusion/production mutualisé&lt;/li&gt;&lt;li&gt;Projet de spectacles identifié ou autour d’un thème clairement choisi pour 3 ans&lt;/li&gt;&lt;li&gt;Spectacle précédent diffusé au moins 5 fois sur le territoire et au-delà&lt;/li&gt;&lt;li&gt;Programmation du spectacle selon un nombre de représentations significatif, y compris en Charente. Les spectacles « à la recette » peuvent être pris en compte au titre de la promotion ou de l’expérimentation artistique&lt;/li&gt;&lt;li&gt;Partenariat ou soutien avec un lieu de diffusion en Charente ou de la Région Nouvelle-Aquitaine (accueil, résidence, achat de spectacles…)&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;Au terme de la convention triennale, un délai de carence de 3 ans sera observé avant de pouvoir à nouveau s’inscrire sur ce dispositif de conventionnement triennal.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande&lt;/li&gt;&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : un premier acompte de 80 % à la notification de décision. Le solde (20 %) après transmission du budget réalisé de la création. Le versement interviendra environ deux mois avant la fin de l’année civile, sous réserve de la complétude du dossier.&lt;/p&gt;&lt;p&gt;En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l’action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/Aide_a_la_creation_professionnelle.pdf</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : &lt;span&gt;mars (1ère session) et septembre (2e session) de l’année civile&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La demande doit être déposée 3 mois avant le début du projet de création&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyen &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-creations-des-professionnels-du-spectacle-vivant-annuel/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>95033</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux outils de promotion - Arts visuels et Spectacles Vivants</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Arts visuels
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  artiste professionnel du champ des arts visuels exerçant une activité régulière dans la région Grand Est,
+ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  association, porteur juridique du projet du collectif d¡¦artistes installée dans la région Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Spectacle vivant
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  équipe artistique professionnelle de spectacle vivant du Grand Est ou bureau de production accompagnant les équipes artistiques dans leurs projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   taux max 50%
+  &lt;/li&gt;
+  &lt;li&gt;
+   plafond 7 500€
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne sont pas éligibles les structures bénéficiant d&amp;#039;un label national ainsi que les structures conventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une activité artistique régulière et reconnue depuis plus de deux ans,
+  &lt;/li&gt;
+  &lt;li&gt;
+   témoigner d&amp;#039;une actualité justifiant la demande,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un plan de valorisation de l&amp;#039;outil de promotion et son intérêt dans le parcours artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : avoir déjà bénéficié d&amp;#039;une aide de la Région au titre de la politique culturelle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les arts visuels : les publications sur support papier ou numérique des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : les supports de promotion audio et audiovisuels réalisés dans des conditions professionnelles et ne faisant pas l&amp;#039;objet d&amp;#039;une commercialisation, ainsi que les support papier,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles les documents de communication : flyers, affiches, tracts.
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts de conception et de fabrication de l&amp;#039;outil. Ne sont pas éligibles les dépenses de valorisation, d&amp;#039;ajustements comptables et d&amp;#039;investissement, les frais bancaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-outils-de-promotion/</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0015/depot/simple</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80b5-aide-aux-outils-de-promotion-arts-visuels-et-/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>162467</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides au fonctionnement ou au projet ont comme objectif de soutenir la diversité des esthétiques, des expressions, des formes et des formats dans le champ des arts visuels, du théâtre, de la marionnette, des arts du cirque et de la rue, de la danse et de musique. Les services déconcentrés ou centraux du ministère de la culture apportent ainsi une aide au fonctionnement à des structures ou une aide à des projets spécifiques de création et de diffusion artistiques. &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;aide au projet ou au fonctionnement, spectacle vivant et arts visuels ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Selon les dispositifs et types d’aides, l’instruction de la demande est réalisée à partir de formulaires différents.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention, chaque dispositif a un calendrier propre, qui peut être différent selon les régions. &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_creation-artistique-2024</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question, vous êtes invités à vous adresser aux conseillers arts visuels et spectacle vivant de votre Direction régionale aux affaires culturelles (DRAC). Ils sont les interlocuteurs privilégiés des acteurs culturels et des porteurs de projet en&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>129695</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en danse</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en danse</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette page présente les spécificités de l&amp;#039;aide au projet en danse.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les aides déconcentrées au spectacle vivant (ADSV), et notamment sur les critères d&amp;#039;éligibilité, les modalités d&amp;#039;évaluation des dossiers et les modalités d&amp;#039;attribution de la subvention communs à toutes les esthétiques, rendez-vous ici :
+&lt;/p&gt;
+&lt;a href="https://www.culture.gouv.fr/fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-ADSV" rel="noopener noreferrer" target="_blank"&gt;
+ Présentation générale des ADSV
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;h3&gt;
+ L&amp;#039;aide déconcentrée au spectacle vivant en danse
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans le domaine de la danse
+ &lt;/strong&gt;
+ , la priorité des ADSV est de soutenir les équipes et artistes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qui développent une démarche originale d&amp;#039;écriture chorégraphique
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le travail témoigne d&amp;#039;un univers artistique singulier
+ &lt;/li&gt;
+ &lt;li&gt;
+  qui font ou sont susceptibles de faire référence dans leur domaine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet en danse est une aide ponctuelle, qui contribue à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la production d&amp;#039;une création attestant d&amp;#039;une démarche originale d&amp;#039;écriture chorégraphique et d&amp;#039;un univers artistique singulier
+ &lt;/li&gt;
+ &lt;li&gt;
+  la production d&amp;#039;une recréation ou d&amp;#039;une reprise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ L&amp;#039;aide déconcentrée au spectacle vivant en danse peut être allouée à des artistes ou compagnies professionnels.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le champ chorégraphique concerne
+ &lt;strong&gt;
+  toutes les danses
+ &lt;/strong&gt;
+ : danse baroque, danse contemporaine, danse classique, dans jazz, danse hip-hop, danse moderne, danses du monde, danse néo-classique, danses traditionnelles, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les représentations prévues devront faire l&amp;#039;objet de contrats de cession ou de co-réalisations avec un minimum garanti permettant de couvrir le coût du plateau.
+&lt;/p&gt;
+&lt;h4&gt;
+ Première demande
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucune condition d&amp;#039;éligibilité en terme de nombre de créations, représentations et partenaires préalables n&amp;#039;existe pour les premières demandes.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renouvellement
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour les
+ &lt;strong&gt;
+  projets de création ou de recréation
+ &lt;/strong&gt;
+ , l&amp;#039;équipe devra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter au moins 1 (re)création
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir diffusé au moins 4 représentations dans les 3 mois (3 pour l&amp;#039;outre-mer)
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les
+ &lt;strong&gt;
+  projets de reprise
+ &lt;/strong&gt;
+ , l&amp;#039;aide peut être attribuée pour des créations antérieures, dont l&amp;#039;exploitation a connu une interruption prolongée (au moins 12 mois après la dernière représentation). L&amp;#039;équipe devra justifier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 1 création
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 4 représentations dans les 3 mois (3 pour l&amp;#039;outre-mer), dans au moins 2 lieux différents et dont la visibilité est susceptible de relancer une nouvelle phase de tournée
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;équipe devra également préciser les éventuels ajustements artistiques (scénographie, reprises de rôle, etc.) et devra présenter un plan de travail indiquant les temps de répétition nécessaires, les coûts nouveaux et le calendrier de tournée.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide au projet ne peut être cumulée avec le conventionnement, sauf dans le cas d&amp;#039;une production déléguée portée par une équipe conventionnée pour un autre artiste
+ &lt;/strong&gt;
+ . Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides aux résidences, aides à la recherche, etc.).
+&lt;/p&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ La subvention versée au titre de l&amp;#039;aide au projet en musique est de
+ &lt;strong&gt;
+  10 000 € minimum par projet
+ &lt;/strong&gt;
+ . Ce minimum peut être ajusté à l&amp;#039;économie du projet, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention :
+ &lt;strong&gt;
+  l&amp;#039;aide au projet ne peut être cumulée avec le conventionnement, sauf dans le cas d&amp;#039;une production déléguée portée par une équipe conventionnée pour un autre artiste
+ &lt;/strong&gt;
+ . Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides aux résidences, aides à la recherche, etc.).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Première demande
+&lt;/h4&gt;
+&lt;p&gt;
+ Une attention particulière sera portée aux éléments suivants à la production d&amp;#039;une création attestant d&amp;#039;une démarche originale d&amp;#039;écriture chorégraphique et d&amp;#039;un univers artistique singulier.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renouvellement
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une nouvelle aide au projet prendra en compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le parcours antérieur de l&amp;#039;équipe
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;évolution de l&amp;#039;écriture et des formes produites par le chorégraphe concerné
+ &lt;/li&gt;
+ &lt;li&gt;
+  .l&amp;#039;accueil dont les réalisations antérieures ont bénéficié
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les perspectives avérées de diffusion constitueront un critère prioritaire dans l&amp;#039;attribution de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas d&amp;#039;une
+ &lt;strong&gt;
+  recréation
+ &lt;/strong&gt;
+ ou d&amp;#039;une
+ &lt;strong&gt;
+  reprise
+ &lt;/strong&gt;
+ , seront également appréciés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la place que tient cette pièce dans le parcours du  chorégraphe qui en est l&amp;#039;auteur et dans l&amp;#039;actualité chorégraphique de la période où elle a été créée
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;intérêt de la proposer à nouveau au public
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cohérence du projet avec la démarche de l&amp;#039;artiste, dans le cas où la pièce n&amp;#039;appartient pas au répertoire du chorégraphe concepteur du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts nouveaux entrainés par les modifications portant sur la distribution, la scénographie, les costumes, les lumières, le son ou les répétitions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les dossiers de conventionnement en danse pour 2023 seront à déposer entre mai 2022 et décembre 2022 selon les régions.
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier exact de la DRAC/DAC qui vous concerne.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Avant tout dépôt, il est nécessaire de prendre contact avec votre DRAC/DAC de référence pour vérifier la recevabilité de votre demande
+  &lt;/strong&gt;
+  et vous orienter en fonction de l&amp;#039;évaluation du projet (aide au projet) ou du projet global de l&amp;#039;artiste/équipe (conventionnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le
+  &lt;a rel="noopener" target="_blank"&gt;
+   formulaire de déclaration des engagements pris en matière de lutte contre les violences et le harcèlement sexistes et sexuels (VHSS)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne et déposer un dossier pour le conventionnement en musique, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; ci-dessous.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;h2&gt;
+ L&amp;#039;aide au projet danse en région
+&lt;/h2&gt;
+&lt;h5&gt;
+ Vous trouverez ci-dessous les modalités de dépôt et les contacts en fonction du lieu de réalisation de votre projet. Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier mis en place par la DRAC ou DAC qui vous concerne.
+&lt;/h5&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juin 2023.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yoann DEVUN, Conseiller Danse et Arts du cirque,
+  &lt;a href="mailto:yoann.devun&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   yoann.devun&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 04 72 00 44 63
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stéphanie LAFFORGUE, Assistante-gestionnaire,
+  &lt;a href="mailto:stephanie.lafforgue&amp;#64;culture.gouv.fr"&gt;
+   stephanie.lafforgue&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 24 juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 13 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Bourgogne-Franche-Comté, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alexandre HAILLOT, Conseiller Musique et danse, alexandre.haillot&amp;#64;culture.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fabienne MARCOT, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse ( départements 25-39-70-90),
+  &lt;a href="mailto:fabienne.marcot&amp;#64;culture.gouv.fr"&gt;
+   fabienne.marcot&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 81 65 72 78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Charline VIGNERON, Conseillère Musique et danse,
+  &lt;a href="mailto:charline.vigneron&amp;#64;culture.gouv.fr"&gt;
+   charline.vigneron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sophie RENARD, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse (départements 21-58-71-89),
+  &lt;a href="mailto:sophie.renard&amp;#64;culture.gouv.fr"&gt;
+   sophie.renard&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 80 68 50 38
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Centre-Val de Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jérôme BLOCH, Conseiller Danse, musique et enseignements spécialisés,
+  &lt;a href="mailto:jerome.bloch&amp;#64;culture.gouv.fr"&gt;
+   jerome.bloch&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elise POUGET, Assistante-gestionnaire, Musique et danse,
+  &lt;a href="mailto:elise.pouget&amp;#64;culture.gouv.fr"&gt;
+   elise.pouget&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand-Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 septembre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Grand-Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Anne IACUZZO, Assistante-gestionnaire, Musique et danse (départements 54,55, 88 et 57),
+  &lt;a href="mailto:anne.iacuzzo&amp;#64;culture.gouv.fr"&gt;
+   anne.iacuzzo&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 87 56 41 07
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aurélie ROGUIN, Conseillère Musique et danse (départements 08, 10, 51, 52),
+  &lt;a href="mailto:anne.iacuzzo&amp;#64;culture.gouv.fr"&gt;
+   aurelie.roguin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 26 70 36 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marie-Claude NICOLAS, Assistante-gestionnaire, ensemble du SV (départements 08, 10, 51, 52),
+  &lt;a href="mailto:marie-claude.nicolas&amp;#64;culture.gouv.fr"&gt;
+   marie-claude.nicolas&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria PARJOIE, Assistante-gestionnaire, ensemble du SV (départements 08, 10, 51, 52),
+  &lt;a href="mailto:maria.parjoie&amp;#64;culture.gouv.fr"&gt;
+   maria.parjoie&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 26 70 36 65
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elise SERVERIN, Conseillère Musique et danse (départements 54, 55, 88 et  57),
+  &lt;a href="mailto:elise.serverin&amp;#64;culture.gouv.fr"&gt;
+   elise.serverin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 87 56 41 09
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jean VERNE, Conseiller Musique et danse (départements 67, 68),
+  &lt;a href="mailto:jean.verne&amp;#64;culture.gouv.fr"&gt;
+   jean.verne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 88 15 57 36
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valérie BUCHERT, Assistante-gestionnaire, ensemble du SV (départements 67, 68),
+  &lt;a href="mailto:valerie.buchert&amp;#64;culture.gouv.fr"&gt;
+   valerie.buchert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 88 15 57 35
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 01 septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse dans les Hauts-de-France, vous êtes invités à vous adresser à la DRAC.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 18 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Normandie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mélanie OZOUF, Conseillère musiques actuelles et danse,
+  &lt;a href="mailto:melanie.ozouf&amp;#64;culture.gouv.fr"&gt;
+   melanie.ozouf&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Joëlle ROLLAND, Assistante-Gestionnaire, musiques actuelles et danse,
+  &lt;a href="mailto:joelle.rolland&amp;#64;culture.gouv.fr"&gt;
+   joelle.rolland&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : octobre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : novembre 2023
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Nouvelle-Aquitaine, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marianne VALKENBURG, Conseillère Danse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Florence CHAUDIERE, Conseillère Musique et Danse, florence.chaudiere&amp;#64;culture.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Olga DE LOS REYES, Assistante-Gestionnaire Musique et Danse ,
+  &lt;a href="mailto:olga.delos-reyes&amp;#64;culture.gouv.fr"&gt;
+   olga.delos-reyes&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sophie CARUSO, Assistante-Gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse ,
+  &lt;a href="mailto:sophie.caruso&amp;#64;culture.gouv.fr"&gt;
+   sophie.caruso&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse dans les Pays de la Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Émilie KRIEGER, Conseillère Musique et danse,
+  &lt;a href="mailto:emilie.krieger&amp;#64;culture.gouv.fr"&gt;
+   emilie.krieger&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Florence KLEIN, Assistante-Gestionnaire Danse,
+  &lt;a href="mailto:emilie.krieger&amp;#64;culture.gouv.fr"&gt;
+   florence.klein&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 02 40 14 23 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CALBO, Assistante-Gestionnaire, ensemble du spectacle vivant,
+  &lt;a href="mailto:magali.calbo&amp;#64;culture.gouv.fr"&gt;
+   magali.calbo&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 02 40 14 28 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 28 juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 18 novembre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Provence-Alpes-Côte d&amp;#039;Azur, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eva ANTONINI, Conseillère Danse,
+  &lt;a href="mailto:eva.antonini&amp;#64;culture.gouv.fr"&gt;
+   eva.antonini&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 04 42 16 14 34
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plamedi MATEMBELE, Assistant(e)-Gestionnaire Danse et musiques,
+  &lt;a href="mailto:plamedi.matembele&amp;#64;culture.gouv.fr"&gt;
+   plamedi.matembele&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 04 42 16 14 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-deconcentrees-au-spectacle-vivant-ADSV-Aide-au-projet-en-danse</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>Délégation générale de la création artistique (DGCA)
+demarches-sv-dgca&amp;#64;culture.gouv.fr
+01 40 15 80 00</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e89b-aides-deconcentrees-au-spectacle-vivant-adsv-/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>97735</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir et promouvoir le spectacle vivant - Dispositif "Un été / 100 spectacles"</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'intervention dépend du nombre d'habitants dans les communes</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de soutenir le monde du spectacle fortement impacté par la crise sanitaire du COVID19, le Département a décidé de renouveler  le dispositif « Un été / 100 spectacles » initié en 2020 visant à soutenir et promouvoir le spectacle vivant au sein du territoire audois.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une subvention de fonctionnement pour la prise en charge des spectacles organisés par les communes et les sites touristiques audois du réseau Pays Cathare gérés par une collectivité territoriale, un acteur associatif ou privé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département porte sur la prise en charge des coûts financiers du spectacle (contrat de cession et/ou GUSO).
+&lt;/p&gt;
+&lt;p&gt;
+ Un maximum de deux spectacles par commune pourra être pris en charge dans le cadre du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de transport, hébergement ou de repas ne seront pas éligibles au dispositif, ainsi que les indemnités forfaitaires en fonction des besoins matériels, la gestion et le paiement des droits d&amp;#039;auteurs, et la communication locale du dispositif, qui restent intégralement à la charge des communes bénéficiaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/un-ete-100-spectacles-subvention-aux-communes</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Aménagement Durable - Direction Education Collèges Culture Jeunesse Sports - Culture
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey De Bentzmann, Secrétaire
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:audrey.debentzmann&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  audrey.debentzmann&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel :
+ 04.68.11.64.95
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed30-intervenir-dans-le-cadre-du-dispositif-un-ete/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>144485</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la diffusion du spectacle vivant : Aide aux festivals - Aide aux saisons culturelles</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la diffusion du spectacle vivant : Aide aux festivals - Aide aux saisons culturelles</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>La subvention ne peut excéder 40% du budget global du projet</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le domaine de la diffusion du spectacle vivant, quelle que soit la discipline proposée, l&amp;#039;intervention de la collectivité départementale vise à soutenir les organisateurs de manifestations culturelles ou de saisons culturelles, qui proposent sur le territoire landais une programmation fondée sur des créations menées par des artistes professionnels, qui aménagent des lieux pour accueillir au mieux les œuvres, les publics et les artistes, et qui mettent en place un mode d&amp;#039;actions susceptible de fidéliser les spectateurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Parmi ses priorités d&amp;#039;intervention, le Département s&amp;#039;attache à accompagner les projets qui s&amp;#039;engagent à favoriser un accès qualitatif à la culture pour les publics qui en sont les plus éloignés, ainsi que ceux qui développent des programmes d&amp;#039;actions qui contribuent à l&amp;#039;éducation artistique et culturelle des plus jeunes. Il porte également une attention particulière aux projets qui visent à assurer la diversité de l&amp;#039;offre de spectacle vivant sur le territoire landais, en favorisant les esthétiques et les disciplines les moins présentes, et à ceux qui soutiennent l&amp;#039;exigence artistique professionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale a pour objectif de renforcer celle apportée localement par les communes, groupements de communes ou autres partenaires publics. Elle vient accompagner l&amp;#039;effort financier engagé en termes de programmation et de régie technique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;intervention du Département tient donc compte de la pluralité du financement, du montant d&amp;#039;engagement des différents échelons institutionnels, et de la capacité du porteur de projet à mobiliser des recettes propres (billetterie, fonds propres, buvette, etc.). Il tient également compte du soutien en nature éventuellement apporté par le Département dans le cadre de son règlement départemental de mise à disposition de matériels scéniques et muséographiques, et/ou de celui des collectivités de proximité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  AIDE AUX FESTIVALS :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout dossier déposé au titre du soutien aux festivals doit obligatoirement remplir les conditions d&amp;#039;éligibilité suivantes :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Être détenteur de la « licence d&amp;#039;entrepreneur du spectacle » à partir de 6 spectacles proposés.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être soutenu par son échelon institutionnel de proximité le plus compétent : commune, EPCI, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une programmation sur une durée minimale de deux jours consécutifs pour être qualifié de « festival ».
+  &lt;/li&gt;
+  &lt;li&gt;
+   Faire obligatoirement appel à l&amp;#039;intervention rémunérée d&amp;#039;artistes et de techniciens professionnels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer un renouvellement artistique de la programmation d&amp;#039;année en année.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prédominance de la part consacrée à la programmation artistique (coûts de cession des spectacles, accueil logistique des artistes et mise en œuvre technique) au regard du budget global.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Valoriser la manifestation et le soutien du Département par une communication adaptée avec des supports dédiés (imprimés ou numériques).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une politique tarifaire adaptée aux différents publics (minimum : tarif plein/ tarif réduit).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  AIDE AUX SAISONS CULTURELLES :
+ &lt;/strong&gt;
+&lt;p&gt;
+ Tout dossier déposé au titre du soutien aux saisons culturelles doit obligatoirement remplir les conditions d&amp;#039;éligibilité suivantes :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Programmer un minimum de 4 spectacles professionnels par an, avec une régularité minimale d&amp;#039;un spectacle par trimestre, dans des lieux publics aménagés techniquement pour recevoir publics et artistes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être détenteur de la « licence d&amp;#039;entrepreneur du spectacle » selon la réglementation en vigueur.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être soutenu par son échelon institutionnel de proximité le plus compétent : commune, EPCI, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Disposer d&amp;#039;une équipe dédiée, bénévole ou professionnelle, pour la programmation, l&amp;#039;organisation et le développement de la saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assurer la rémunération de tous les artistes et techniciens professionnels engagés dans la saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une programmation renouvelée chaque année, reposant sur un projet clairement défini dans ses objectifs artistiques et de développement de saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Programmer chaque année un ou plusieurs artistes professionnels landais ou régionaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développer des actions de sensibilisation en lien direct avec la programmation de la saison : représentations scolaires, ateliers de pratique, rencontres avec l&amp;#039;artiste, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Valoriser la saison culturelle et le soutien du Département par une communication adaptée avec des supports dédiés (imprimés ou numériques).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une politique tarifaire adaptée aux différents publics
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=53</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09de-aider-a-la-diffusion-du-spectacle-vivant-aide/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>137951</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les structures culturelles (salle de spectacle ...) sur le territoire - Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant (accompagnement des structures culturelles)</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Aide de 15% du cachet artistique qui ne pourra excéder 5.000€ par an et par structure.</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser les créations et les actions culturelles sur le territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département (collégiens, jeunes fréquentant les centres de loisirs, scolaires, extra-scolaires, plus de 60 ans, publics empêchés..) en relation avec leur territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et publics cibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA / Spécifique)&lt;/li&gt;&lt;li&gt;Présentation du projet&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour
+les demandes de subvention en fonctionnement : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271" target="_self"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt; &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;&lt;p&gt;
+  Partenariats : programme de projets d&amp;#039;actions culturelles
+ &lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au financement de spectacles/concerts dans le cadre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;accueil de créations d&amp;#039;artistes soutenus via l&amp;#039;accompagnement des artistes du Département (même après période de création/résidence) et/ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la mise en place d&amp;#039;actions culturelles avec les écoles de musique, et/ou en direction des publics cibles comme les collégiens, plus de 60 ans, centres de loisirs, publics empêchés et/ou mise en valeur des sites patrimoniaux majeurs du Département (Château de Chavaniac, Domaine du Sauvage, La Chaise-Dieu, le lac du Bouchet, la Pinatelle du Zouave, les Narces de la Sauvetat...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Bonification financière de l&amp;#039;accompagnement si esthétique proposée peu présente (musique classique, danse/musique contemporaine, musiques actuelles).
+&lt;/span&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Formulaire-de-demande-de.html</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine :
+ &lt;a href="mailto:emilie.langlois&amp;#64;hauteloire.fr" target="_self"&gt;
+  culture.patrimoine&amp;#64;hauteloire.f&lt;/a&gt;r - 04 71 07 43 76 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Gestionnaire : Jérôme TOURNAYRE - jerome.tournayre&amp;#64;hauteloire.fr - 04 71 07 43 53&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aaaf-favoriser-les-creations-et-les-actions-cultur/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>95024</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aider les lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dépôt des dossiers :
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures pouvant s&amp;#039;entourer ou étant dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;une autre collectivité ou de l&amp;#039;Etat pour leur fonctionnement. Ne sont pas concernées par ce dispositif les structures disposant d&amp;#039;un label national au titre de la circulaire du 31 août 2010 du Ministère de la culture et de la communication, ou du programme de scène conventionnée au titre de la circulaire du 5 mai 1999 du Ministère de la culture et de la communication.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-lieux-projets-annuels-structurants/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980b-aide-aux-lieux-et-projets-annuels-culturels-d/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>95032</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux et centres de ressources spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux et centres de ressources spectacle vivant et Arts visuels</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les structures professionnelles positionnées en réseaux ou en centres de ressources et qui contribuent, via l&amp;#039;animation de réseaux et des actions d&amp;#039;information, de médiation ou de formation, à l&amp;#039;accompagnement des acteurs culturels et au développement de la culture sur le territoire et en direction de tous les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités d&amp;#039;accès à la culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+Recommandation : le versement du solde de l&amp;#039;aide antérieure est demandé au plus tard à la date du dépôt du nouveau dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier du rayonnement de leur activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier de son rôle de réseau ou de centre de ressources pour les acteurs culturels et du rayonnement territorial de la structure, être en relation partenariale avec d&amp;#039;autres acteurs de la vie culturelle régionale,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ présenter un projet artistique et culturel global comprenant un ou plusieurs des volets suivants :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   veille sur un sujet déterminé du développement culturel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ingénierie, expertise, conseil aux porteurs de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conception et diffusion d&amp;#039;outils d&amp;#039;appui, d&amp;#039;études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ressources en diffusion ou en matériel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   animation, structuration de réseau,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement, appui, conseil, formation en direction d&amp;#039;artistes professionnels ou en voie de professionnalisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement des pratiques amateurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   actions culturelles en direction de publics spécifiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles adaptées à la nature du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir conventionné avec d&amp;#039;autres partenaires publics – Etat, Villes notamment – constitue un atout,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un budget global de fonctionnement de la structure sur 3 ans si le projet s&amp;#039;inscrit sur une durée de 3 ans dans le cadre d&amp;#039;une convention, sur la base de budgets prévisionnels annuels détaillés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-centres-de-ressources/</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0018/depot/simple</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc33-soutien-aux-reseaux-et-centres-de-ressources-/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>139366</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Aider les équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif des « aides déconcentrées au spectacle vivant » (ADSV) constitue le socle de la politique du ministère de la Culture en faveur des équipes artistiques. Ce dispositif soutient les artistes ou équipes artistiques indépendants pour qu&amp;#039;ils puissent développer leur travail de création et en faire bénéficier le public le plus large possible (diffusion). Il contribue à l&amp;#039;accompagnement du parcours de l&amp;#039;artiste ou de l&amp;#039;équipe artistique dans sa dynamique de création avec des aides ponctuelles (aide au projet) ou pluriannuelles (conventionnements pour 2, 3 ou 4 années consécutives).
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;h3&gt;
  Que sont les aides déconcentrées au spectacle vivant (ADSV) ?
 &lt;/h3&gt;
 &lt;p&gt;
  Le dispositif des aides déconcentrées au spectacle vivant (ADSV) constitue le socle de la politique du ministère de la Culture en faveur des équipes artistiques.
 &lt;/p&gt;
 &lt;p&gt;
  En 2021, le dispositif a concerné :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   1.412 équipes artistiques dont :
   &lt;ul&gt;
    &lt;li&gt;
     375 ensembles musicaux
    &lt;/li&gt;
    &lt;li&gt;
     313 compagnies de danse
@@ -873,147 +5022,750 @@
     4 partenaires avec apports en numéraire
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour une demande de conventionnement à 4 ans
   &lt;/strong&gt;
   :
   &lt;ul&gt;
    &lt;li&gt;
     180 représentations dans 3 régions minimum (150 représentations pour le cirque, les arts de la rue et les DOM)
    &lt;/li&gt;
    &lt;li&gt;
     5 partenaires avec apports en numéraire
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lors de la phase d&amp;#039;instruction du dossier, le service déconcentré du ministère de la Culture pourra identifier les projets qui rendent difficilement applicables l&amp;#039;ensemble des critères &amp;#34;
  &lt;em&gt;
   en raison de la singularité des esthétiques, de propositions de forme atypique, de conditions de production ou&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
 &lt;br /&gt;
 date de clôture de l&amp;#039;aide : Selon discipline et projet</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>DGCA
 demarches-sv-dgca&amp;#64;culture.gouv.fr ; 01 40 15 80 00
 182, rue Saint Honoré - 75001 Paris</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2d7a-aides-aux-equipes-independantes-aides-deconce/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>120638</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les représentations théâtrales d’œuvres dramatiques des entreprises du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Crédit d'impôt en faveur des représentations théâtrales d'œuvres dramatiques et de cirque</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour soutenir les entreprises de spectacle vivant et favoriser leur évolution, notamment dans le champ du théâtre, le ministère de la Culture verse une subvention, dite crédit d&amp;#039;impôt.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le crédit d&amp;#039;impôt en faveur des représentations théâtrales d&amp;#039;œuvres dramatiques ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un crédit d&amp;#039;impôt correspond à une réduction des impôts versés. Ici, le crédit d&amp;#039;impôts concerne les entreprises de spectacle vivant notamment du théâtre.
+&lt;/p&gt;
+&lt;p&gt;
+ Le crédit d&amp;#039;impôt a pour objectif de soutenir la création, l&amp;#039;exploitation et la numérisation de représentations théâtrales d&amp;#039;œuvres dramatiques et cible particulièrement le travail des entreprises de spectacles favorisant l&amp;#039;emploi artistique.
+ &lt;br /&gt;
+ (
+ &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000042821276" rel="noopener" target="_blank"&gt;
+  Art. 220 sexdecies du code général des impôts
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ )
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Montant du crédit d&amp;#039;impôt
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles est limité à 500 000 € par spectacle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux du crédit d&amp;#039;impôt est égal à 15% des dépenses éligibles engagées au cours de l&amp;#039;exercice au titre duquel le crédit d&amp;#039;impôt est calculé. Ce taux est porté à 30% pour les entreprises les micros, petites et moyennes entreprises (PME).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le crédit d&amp;#039;impôt est plafonné à 750 000€ par entreprise et par exercice.
+ &lt;/strong&gt;
+ Lorsque l&amp;#039;exercice est d&amp;#039;une durée inférieure ou supérieure à douze mois, le montant du plafond est diminué ou augmenté dans les mêmes proportions que la durée de l&amp;#039;exercice.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont déduites des bases de calcul du crédit d&amp;#039;impôt :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les aides directement affectées au spectacle soutenu par le crédit d&amp;#039;impôt : les subventions publiques non remboursables et les aides non remboursables versées par l&amp;#039;Association
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour le Soutien au Théâtre privé (ASTP) : les autres subventions publiques non remboursables reçues par les entreprises, calculées sur la base du rapport entre le montant des dépenses éligibles et le montant total des charges de l&amp;#039;entreprise figurant au compte de résultat
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : Les dépenses éligibles au crédit d&amp;#039;impôt ne sont prises en compte qu&amp;#039;à compter de la date de réception par le ministère de la demande d&amp;#039;agrément provisoire.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les représentations doivent porter sur un spectacle présentant les caractéristiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présenter des coûts de création majoritairement engagés sur le territoire français
+ &lt;/li&gt;
+ &lt;li&gt;
+  Constituer la première exploitation d&amp;#039;un spectacle caractérisé par une mise en scène et une scénographie nouvelles et qui n&amp;#039;a encore donné lieu à aucune représentation publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être interprété par une équipe d&amp;#039;artistes composée à 90 % au moins de professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;au moins six artistes au plateau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être programmé pour plus de vingt dates sur une période de douze mois consécutifs dans au moins deux lieux différents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Téléchargez le formulaire en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le formulaire et retournez-le par mail à l&amp;#039;adresse
+  &lt;a href="mailto:credit-impot-theatre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   credit-impot-theatre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; ou par courrier postal à :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ Direction générale de la création artistique
+ &lt;br /&gt;
+ Délégation au théâtre et aux arts associés
+ &lt;br /&gt;
+ 182, rue Saint Honoré - 75001 Paris
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprises du secteur de la culture
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pré-requis à la demande : les deux agréments
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les entreprises qui souhaitent bénéficier du crédit d&amp;#039;impôt doivent avoir obtenu du ministère de la Culture deux agréments :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un agrément provisoire
+  &lt;/strong&gt;
+  attestant, au vu des éléments transmis à l&amp;#039;appui de la demande formulée par l&amp;#039;entreprise, que l&amp;#039;œuvre rempliera les conditions lui permettant de bénéficier du crédit d&amp;#039;impôt. La demande d&amp;#039;agrément doit être adressée, par courriel ou par voie postale, par l&amp;#039;entreprise à la Direction générale de la création artistique, en charge du suivi du crédit d&amp;#039;impôt au sein du ministère de la culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La date de réception de la demande d&amp;#039;agrément provisoire par le ministère marque le début de la prise en compte des dépenses éligibles au crédit d&amp;#039;impôt. La demande d&amp;#039;agrément provisoire doit être accompagnée des pièces justificatives mentionnées à l&amp;#039;article 4 du décret d&amp;#039;application. La décision d&amp;#039;agrément provisoire est notifiée à l&amp;#039;entreprise et indique qu&amp;#039;au vu des renseignements et documents justificatifs présentés, le spectacle concerné remplit les conditions pour bénéficier du crédit d&amp;#039;impôt, sous réserve de l&amp;#039;obtention de l&amp;#039;agrément définitif.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un agrément définitif,
+  &lt;/strong&gt;
+  délivré dans un délai de trente-six mois, attestant que l&amp;#039;œuvre satisfait effectivement aux conditions d&amp;#039;éligibilité du crédit d&amp;#039;impôt. La demande d&amp;#039;agrément à titre définitif doit être adressée à la Direction générale de la création artistique, accompagnée des pièces justificatives mentionnées à l&amp;#039;article 8 du décret d&amp;#039;application. L&amp;#039;agrément définitif vise à établir que le spectacle a effectivement satisfait aux conditions d&amp;#039;application du dispositif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces deux agréments sont délivrés après avis d&amp;#039;un comité d&amp;#039;experts.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le crédit d&amp;#039;impôt s&amp;#039;adresse aux entreprises qui créent un spectacle de théâtre. Les entreprises concernées doivent respecter les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  exercer l&amp;#039;activité d&amp;#039;entrepreneur de spectacles vivants
+ &lt;/li&gt;
+ &lt;li&gt;
+  être assujetties à l&amp;#039;impôt sur les sociétés
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir la responsabilité du spectacle, notamment celle de l&amp;#039;employeur du plateau artistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  supporter les coûts de la création du spectacle
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter les obligations légales, fiscales et sociales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Constituent l&amp;#039;assiette du crédit d&amp;#039;impôt, les dépenses suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais de création et d&amp;#039;exploitation du spectacle dans la limite de 60 dates (frais de personnel permanent de l&amp;#039;entreprise directement concerné par le spectacle, frais de personnel non permanent de l&amp;#039;entreprise, frais de location de salles, frais d&amp;#039;achat du petit matériel, les frais d&amp;#039;assurance, dépenses nécessaires à la promotion du spectacle, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées à la numérisation du spectacle (frais d&amp;#039;acquisition des droits d&amp;#039;auteur, frais de captation, frais d&amp;#039;acquisition d&amp;#039;images préexistantes, cessions de droits facturés par les ayants droit, dépenses de postproduction, rémunérations et charges sociales nécessaires à la réalisation de ces opérations, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses engagées ne sont éligibles au crédit d&amp;#039;impôt qu&amp;#039;à compter de la date de réception par le ministère de la Culture d&amp;#039;une demande d&amp;#039;agrément provisoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Sont éligibles au crédit d&amp;#039;impôt « théâtre », les représentations dont l&amp;#039;action s&amp;#039;organise autour d&amp;#039;un thème central et qui concernent les registres de la comédie, de la tragédie, du drame et du vaudeville ainsi que les catégories du théâtre de marionnettes et du théâtre de mime et de geste. Elles peuvent concerner un texte préalablement écrit (quelle que soit sa date d&amp;#039;écriture), une adaptation de textes, une écriture au plateau sans texte préalable.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un spectacle d&amp;#039;improvisation ne peut pas être éligible au crédit d&amp;#039;impôt.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les représentations doivent porter sur un spectacle présentant les caractéristiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présenter des coûts de création majoritairement engagés sur le territoire français
+ &lt;/li&gt;
+ &lt;li&gt;
+  Constituer la première exploitation d&amp;#039;un spectacle caractérisé par une mise en scène et une scénographie nouvelles et qui n&amp;#039;a encore donné lieu à aucune représentation publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être interprété par une équipe d&amp;#039;artistes composée à 90 % au moins de professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;au moins six artistes au plateau justifiant chacun d&amp;#039;au moins vingt services de répétition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être programmé pour plus de vingt dates, dont la moitié au moins sur le territoire français, sur une période de douze mois consécutifs dans au moins deux lieux différents.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/credit-d-impot-en-faveur-des-representations-theatrales-d-aeuvres-dramatiques-et-de-cirque</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DGCA &amp;gt; Délégation au théâtre et aux arts associés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:credit-impot-theatre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  credit-impot-theatre&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8c24-credit-dimpot-en-faveur-des-representations-t/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>150679</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements mobiliers et immobiliers dans les secteurs du spectacle vivant et des arts visuels</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F21" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la culture peut attribuer des aides à l&amp;#039;investissement, mobilier ou immobilier, à des structures de production, diffusion, enseignement spécialisé ou enseignement supérieur, des arts visuels et du spectacle vivant.
+ &lt;br /&gt;
+ Ces aides sont notamment encadrées par le décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont attribuées dans le cadre d&amp;#039;opérations de travaux, et/ou d&amp;#039;investissements mobilier, par exemple pour des études préalables, des travaux sur les bâtiments, l&amp;#039;équipement mobilier dans le cadre de travaux de rénovation, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037106457?init&amp;#61;true&amp;amp;page&amp;#61;1&amp;amp;query&amp;#61;2018-514&amp;#43;du&amp;#43;25&amp;#43;juin&amp;#43;2018&amp;#43;&amp;amp;searchField&amp;#61;ALL&amp;amp;tab_selection&amp;#61;all" rel="noopener" target="_blank"&gt;
+  En savoir plus
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions relatives à des projets d&amp;#039;investissements peuvent être consacrées au financement des différentes phases d&amp;#039;une opération, telles que les études, la recherche et le développement, les acquisitions immobilières, les travaux de construction ou d&amp;#039;aménagement, les grosses réparations et restaurations, l&amp;#039;équipement en matériel à l&amp;#039;exclusion du simple renouvellement.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention peut financer des dépenses connexes qui concourent directement à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses doivent porter, en cas de biens mobiliers, sur des achats faisant l&amp;#039;objet d&amp;#039;immobilisation et d&amp;#039;amortissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est variable en fonction du projet, et calculé sur la base du plan de financement déposé dans le dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le processus d&amp;#039;attribution puis de versement de la subvention fait l&amp;#039;objet d&amp;#039;un encadrement par le décret n° 2018-514 du 25 juin 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ Une demande de subvention d&amp;#039;investissement est déposée, et fait l&amp;#039;objet d&amp;#039;un accusé de réception.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention : L&amp;#039;accusé de réception ne vaut pas attribution de la subvention, mais permet de démarrer le projet.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un délai de deux mois à partir de la date de réception de la demande permet à l&amp;#039;administration de juger de la recevabilité de la demande. L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de 2 mois à compter de réception de la demande de subvention vaut recevabilité de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Un autre délai de 8 mois à partir de l&amp;#039;accusé de réception court pour l&amp;#039;instruction du dossier et l&amp;#039;éventuelle décision d&amp;#039;attribution d&amp;#039;une subvention, qui fait alors l&amp;#039;objet d&amp;#039;un arrêté ou d&amp;#039;une convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de
+ &lt;strong&gt;
+  8 mois à compter de la date d&amp;#039;accusé de réception de la demande de subvention vaut refus d&amp;#039;attribution de subvention.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de décision favorable, des versements intermédiaires peuvent avoir lieu en cours de projet, sur présentation de pièces justifiant la dépense, c&amp;#039;est-à-dire des factures acquittées par le bénéficiaire de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ À la fin des travaux, le bénéficiaire doit ensuite fournir, dans un délai de 12 mois à compter de la date prévisionnelle d&amp;#039;achèvement du projet indiquée dans la convention, l&amp;#039;ensemble des factures acquittées et une attestation d&amp;#039;achèvement des travaux présentant le décompte final des dépenses et la liste des aides publiques perçues.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon région
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises privées
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises publiques locales
+  &lt;/li&gt;
+  &lt;li&gt;
+   EPCI à fiscalité propre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics / Services de l&amp;#039;État
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organismes de recherche
+  &lt;/li&gt;
+  &lt;li&gt;
+   Régions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides à l&amp;#039;investissement sont destinées aux structures culturelles et d&amp;#039;enseignement déjà soutenues en fonctionnement par le ministère de la culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet ne doit pas avoir débuté au moment du dépôt de la demande. L&amp;#039;exécution peut commencer seulement après la réception par le demandeur de l&amp;#039;accusé de réception du dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets ne doivent pas faire l&amp;#039;objet d&amp;#039;une aide par l&amp;#039;ASTP (association pour le soutien du théâtre privé) ou par le CNM (centre national de la musique).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;acquisition d&amp;#039;œuvres par les FRAC font l&amp;#039;objet d&amp;#039;une démarche spécifique, avec un formulaire spécifique
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;orgues non classés font l&amp;#039;objet d&amp;#039;une démarche spécifique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-investissement-mobilier-et-immobilier-dans-les-secteurs-du-spectacle-vivant-et-des-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les subventions d&amp;#039;investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels, vous êtes invités à vous adresser à la DRAC/DAC de votre région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf52-aide-a-linvestissement-mobilier-et-immobilier/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>129698</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
         </is>
       </c>
-      <c r="D3" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
 &lt;/p&gt;
 &lt;p&gt;
  Cette page présente les spécificités des aides au projet en théâtre, arts de la rue et arts du cirque.
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;p&gt;
  Pour en savoir plus sur les aides déconcentrées au spectacle vivant (ADSV), et notamment sur les critères d&amp;#039;éligibilité, les modalités d&amp;#039;évaluation des dossiers et les modalités d&amp;#039;attribution de la subvention communs à toutes les esthétiques, rendez-vous ici :
 &lt;/p&gt;
 &lt;a href="https://www.culture.gouv.fr/fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-ADSV" rel="noopener noreferrer" target="_blank"&gt;
  Présentation générale des ADSV
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;h3&gt;
  L&amp;#039;aide déconcentrée au spectacle vivant en théâtre, arts de la rue et arts du cirque
 &lt;/h3&gt;
 &lt;p&gt;
  L&amp;#039;aide au projet en théâtre, arts de la rue et arts du cirque est une aide ponctuelle, qui contribue à la production d&amp;#039;une création, d&amp;#039;une recréation ou d&amp;#039;une reprise et concoure prioritairement :
 &lt;/p&gt;
@@ -1603,152 +6355,362 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Une question ?
 &lt;/h4&gt;
 &lt;p&gt;
  Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Normandie, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Julien DELOT, Conseiller Théâtre et arts associés / site de Rouen,
   &lt;a href="mailto:julien.delot&amp;#64;culture.gouv.fr"&gt;
    julien.delot&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Joël COLLEVILLE, Assistant-Gestionnaire, Théâtre et arts associés / site de Rouen,
   &lt;a href="mailto:joel.colleville&amp;#64;culture.gouv.fr"&gt;
    joel.colleville&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Véronique FRICOTEAUX, Conseillère Théâtre et&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>10.000 € minimum
 &lt;br /&gt;
 périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
 &lt;br /&gt;
 date de clôture de l&amp;#039;aide : Suivant région</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv#:~:text=Le%20dispositif%20des%20aides%20déconcentrées,375%20ensembles%20musicaux</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>Délégation générale de la création artistique (DGCA)
 demarches-sv-dgca&amp;#64;culture.gouv.fr
 01 40 15 80 00</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b8b-aides-deconcentrees-au-spectacle-vivant-adsv-/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>103478</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des initiatives nouvelles dans le domaine du spectacle vivant sur des territoires peu pourvus en offre culturelle</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>L’aide au projet mutualisé dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 40.000€</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>La Région soutient des initiatives nouvelles dans le domaine du spectacle vivant sur des territoires peu pourvus en offre culturelle, dans des communes de moins de 20.000 habitants de la grande couronne francilienne.
+&lt;br /&gt;
+&lt;p&gt;
+ Le niveau de l&amp;#039;aide régionale tiendra compte du niveau d&amp;#039;engagement financier des autres partenaires publics ou cofinanceurs.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant et taux de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ Le soutien régional est plafonné à 60% des dépenses subventionnables du projet, dans la limite d&amp;#039;une subvention régionale de 40.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide annuelle renouvelable une fois sur le même projet après évaluation. Pour un nouveau projet, un délai de carence d&amp;#039;un an est appliqué.
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts de fonctionnement de la structure sont plafonnés à 30% du budget du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : personnes morales de droit public ou privé : équipes artistiques, lieux de spectacle vivant, opérateurs, communes et leurs groupements de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La structure doit être dotée de moyens humains, logistiques et techniques professionnels suffisants pour garantir la faisabilité du projet.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Elle doit respecter les différentes législations en vigueur.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Les bénéficiaires d&amp;#039;une autre aide régionale du spectacle vivant sont également éligibles
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Se dérouler dans une ou plusieurs communes franciliennes, rurales ou périurbaines ou de leurs groupements de moins de 20.000 habitants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;appuyer sur leur initiative conjointe et sur une mutualisation de moyens entre les partenaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir au moins un cofinanceur public (État et/ou collectivité territoriale) avéré,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comporter une action artistique et culturelle avec les publics dans le cadre d&amp;#039;une création et/ou la diffusion d&amp;#039;artistes professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec le ou la chargée de mission dédié(e).
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/rJvNmXVIF</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Chargée de mission développement territorial
+ &lt;/strong&gt;
+ | Peggy Chazarain |
+ &lt;a href="mailto:peggy.chazarain&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  peggy.chazarain&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestionnaire du dispositif
+ &lt;/strong&gt;
+ | Audrey Bosché
+ &lt;span&gt;
+  |
+ &lt;/span&gt;
+ &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  audrey.bosche&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/16ed-laide-au-projet-mutualise-dans-le-domaine-du-/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>145872</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (FALC)</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Lutte contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (version en français simplifié)</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le ministère de la Culture a mis en place un plan pour lutter contre les violences et harcèlement sexistes et sexuels ou VHSS. Vous travaillez dans le secteur du spectacle vivant et des arts visuels ? Vous demandez ou souhaitez renouveler une aide financière auprès du ministère de la culture ?
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 2022, les structures culturelles du
  &lt;strong&gt;
   spectacle vivant
  &lt;/strong&gt;
  et des
  &lt;strong&gt;
   arts visuels
  &lt;/strong&gt;
  doivent respecter le plan de lutte contre les VHSS. C&amp;#039;est une condition pour recevoir les aides financières du ministère de la culture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que le plan de lutte contre les VHSS ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le ministère de la Culture a mis en place le plan de lutte contre les VHSS (violences et harcèlements sexistes et sexuels). C&amp;#039;est la loi &amp;#34;Schiappa&amp;#34;, votée le 3 août 2018.
 &lt;/p&gt;
 &lt;p&gt;
  La loi &amp;#34;Schiappa&amp;#34; renforce la lutte contre les violences sexuelles et sexistes. Par exemple contre les violences sexuelles, contre les comportements ou les paroles mal placées à connotations sexuelles, ...
@@ -1858,523 +6820,264 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Cliquer sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
  &lt;/li&gt;
  &lt;li&gt;
   Connectez-vous ou créez un compte, puis laissez-vous guider pour remplir le formulaire.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  Si le ministère de la Culture vous accorde une aide financière, le formulaire sera un document officiel. Ce formulaire sera joint aux documents du projet, c&amp;#039;est-à-dire à la convention ou l&amp;#039;arrêté de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  Ceci signifie que vous devrez mettre en place les actions pour lutter contre les VHSS décrites dans le formulaire.
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous demanderons un bilan détaillé des actions réalisées à la fin du projet ou tous les ans si le projet dure plusieurs années.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Êtes-vous concerné par cette démarche ?
 &lt;/p&gt;
 &lt;p&gt;
  Vous devez déposer un dossier si :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous travaillez dans le secteur des arts visuels et du spectacle vivant
  &lt;/li&gt;
  &lt;li&gt;
   Vous êtes :
   &lt;ul&gt;
    &lt;li&gt;
     Une association
    &lt;/li&gt;
    &lt;li&gt;
     Une commune
    &lt;/li&gt;
    &lt;li&gt;
     Un département
    &lt;/li&gt;
    &lt;li&gt;
     Une EPCI à fiscalité propre
    &lt;/li&gt;
    &lt;li&gt;
     Un établissement public
    &lt;/li&gt;
    &lt;li&gt;
     Une entreprise privée
    &lt;/li&gt;
    &lt;li&gt;
     Une entreprise publique locale
    &lt;/li&gt;
    &lt;li&gt;
     Une personne physique qui travaille dans une structure culturelle
    &lt;/li&gt;
    &lt;li&gt;
     Une région
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Vous avez déposé une demande d&amp;#039;aide financière auprès du ministère de la culture pour un projet.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/lutte-contre-les-vhss-violences-et-harcelement-sexistes-et-sexuels-dans-le-spectacle-vivant-et-les-arts-visuels-version-en-francais-simplifie</t>
         </is>
       </c>
-      <c r="W4" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/theatre-spectacle_vhss</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La sous-direction des affaires financières et générales (SDAFIG) répond à toutes vos questions sur la lutte contre les VHSS :
 &lt;/p&gt;
 &lt;p&gt;
  Direction générale de la création artistique (DGCA)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sous-direction des affaires financières et générales
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:demarchevhss.creation&amp;#64;culture.gouv.fr" target="_self"&gt;
   demarchevhss.creation&amp;#64;culture.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 40 15 88 32
 &lt;/p&gt;
 &lt;p&gt;
  62 Rue Beaubourg, 75003 Paris
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1290-lutte-contre-les-vhss-violences-et-harcelemen/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...3 lines deleted...]
-      <c r="B5" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>103477</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Encourager les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Aide aux pôles de coopération territoriale dans le domaine du spectacle vivant</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>maximum de 100.000€</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...268 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  La Région encourage les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;h4&gt;
   Nature de l&amp;#039;aide et montant
  &lt;/h4&gt;
  &lt;p&gt;
   Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une aide régionale au titre d&amp;#039;autres dispositifs de soutien au spectacle vivant.
  &lt;/p&gt;
  &lt;p&gt;
   L&amp;#039;aide au projet de pôle de coopération territoriale n&amp;#039;est cumulable ni avec l&amp;#039;aide aux festivals et manifestations à rayonnement régional, ni avec l&amp;#039;aide à la résidence territoriale, ni avec l&amp;#039;aide au projet mutualisé pour les territoires ruraux et périurbains, ni avec l&amp;#039;aide à l&amp;#039;accompagnement de projet artistique dans le domaine du spectacle vivant.
  &lt;/p&gt;
  &lt;p&gt;
   Le soutien régional est plafonné à 50% du budget du projet dans la limite de 100.000€ .
  &lt;/p&gt;
  &lt;p&gt;
   Le niveau de financement régional tiendra compte du niveau d&amp;#039;engagement financier des autres collectivités, de l&amp;#039;État ou des autres cofinanceurs éventuels.
  &lt;/p&gt;
  &lt;p&gt;
   Les dépenses éligibles sont les dépenses artistiques, techniques, logistiques, de communication ainsi qu&amp;#039;une part des coûts de structures de l&amp;#039;organisme, limitée à 30% du budget du projet.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
+      <c r="P25" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires éligibles : Personnes morales de droit public ou privé ayant au moins un an d&amp;#039;existence et pouvant justifier du soutien financier avéré d&amp;#039;un partenaire public (Etat, EPCI ou collectivités territoriales) autre que la Région.
 &lt;/p&gt;
 &lt;p&gt;
  Les structures candidates sont des lieux ou opérateurs culturels, dont l&amp;#039;activité relève du champ du spectacle vivant.
 &lt;/p&gt;
 &lt;p&gt;
  Les structures adhérant à la convention collective nationale du spectacle vivant privé ainsi que celles dont l&amp;#039;activité principale concerne les enseignements artistiques, ne sont pas éligible au dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  Les structures candidates doivent être situées
  &lt;strong&gt;
   dans des communes franciliennes rurales ou périurbaines
  &lt;/strong&gt;
  &lt;strong&gt;
   de moins de 20.000 habitants
  &lt;/strong&gt;
  &lt;strong&gt;
   ou dans des communes de la grande couronne.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Le projet doit reposer sur :
@@ -2387,6512 +7090,1407 @@
   Des partenariats locaux de nature diverse à l&amp;#039;échelle d&amp;#039;un bassin de vie significatif, dans une logique de maillage territorial.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le projet doit concerner plusieurs équipes artistiques professionnelles ou projets artistiques professionnels. 
 Il doit s&amp;#039;articuler autour de la diffusion itinérante de spectacles sur le territoire et d&amp;#039;actions artistiques et culturelles avec les publics. Il peut comporter des résidences ainsi qu&amp;#039;un volet de soutien à la création ou de coproduction.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet doit aussi inclure des rémunérations artistiques.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Les demandes d&amp;#039;aide devront être déposées sur
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  , la plateforme des aides régionales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec la chargée de mission dédiée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/rJsWIXNIt</t>
         </is>
       </c>
-      <c r="W6" s="1" t="inlineStr">
+      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>http://mesdemarches.iledefrance.fr</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Chargée de mission développement territorial
  &lt;/strong&gt;
  | Peggy Chazarain |
  &lt;a href="mailto:peggy.chazarain&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   peggy.chazarain&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Gestionnaire du dispositif
  &lt;/strong&gt;
  | Audrey Bosché
  &lt;span&gt;
   |
  &lt;/span&gt;
  &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   audrey.bosche&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/682c-aide-aux-poles-de-cooperation-territoriale-da/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="H7" s="1" t="inlineStr">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>127926</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pôles de coopération territoriale dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>La Région encourage les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant.
+&lt;br /&gt;
+&lt;p&gt;
+ Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une aide régionale au titre d&amp;#039;autres dispositifs de soutien au spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet de pôle de coopération territoriale n&amp;#039;est cumulable ni avec l&amp;#039;aide aux festivals et manifestations à rayonnement régional, ni avec l&amp;#039;aide à la résidence territoriale, ni avec l&amp;#039;aide au projet mutualisé pour les territoires ruraux et périurbains, ni avec l&amp;#039;aide à l&amp;#039;accompagnement de projet artistique dans le domaine du spectacle vivant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...857 lines deleted...]
- Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec le ou la chargée de mission dédié(e).
+ Personnes morales de droit public ou privé ayant au moins 1 an d&amp;#039;existence et pouvant justifier du soutien financier avéré d&amp;#039;un partenaire public (État, EPCI ou collectivités territoriales) autre que la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates sont des lieux ou opérateurs culturels dont l&amp;#039;activité relève du champ du spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures adhérant à la convention collective nationale du spectacle vivant privén, ainsi que celles dont l&amp;#039;activité principale concerne les enseignements artistiques, ne sont pas éligible au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates doivent être situées
+ &lt;strong&gt;
+  dans des communes franciliennes rurales ou périurbaines
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  de moins de 20.000 habitants
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ou dans des communes de la grande couronne.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional est plafonné à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ du budget du projet
+ &lt;strong&gt;
+  dans la limite de 100.000€.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le niveau de financement régional tiendra compte du niveau d&amp;#039;engagement financier des autres collectivités, de l&amp;#039;État ou des autres cofinanceurs éventuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont les dépenses artistiques, techniques, logistiques, de communication ainsi qu&amp;#039;une part des coûts de structures de l&amp;#039;organisme limitée à 30% du budget du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit reposer sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des partenaires avec d&amp;#039;autres structures culturelles, dans une logique de coopération et de mutualisation de moyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des partenariats locaux de nature diverse à l&amp;#039;échelle d&amp;#039;un bassin de vie significatif, dans une logique de maillage territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit aussi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concerner plusieurs équipes artistiques professionnelles ou projets artistiques professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;articuler autour de la diffusion itinérante de spectacles sur le territoire et d&amp;#039;actions artistiques et culturelles avec les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inclure des rémunérations artistiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il peut par ailleurs comporter des résidences ainsi qu&amp;#039;un volet de soutien à la création ou de coproduction.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes d&amp;#039;aide devront être déposées sur
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  , la plateforme des aides régionales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec la chargée de mission dédiée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X11" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aide-aux-poles-de-cooperation-territoriale-dans-le-domaine-du-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Chargée de mission développement territorial
-[...3 lines deleted...]
-  peggy.chazarain&amp;#64;iledefrance.fr
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Chargés de mission :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon le département d&amp;#039;implantation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Marion Langlois de Septenville |95|
+   &lt;a href="mailto:marion.langlois-de-septenville&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+    marion.langlois-de-septenville&amp;#64;iledefrance.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Isabelle Roux |77|
+    &lt;a href="mailto:isabelle.roux&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+     isabelle.roux&amp;#64;iledefrance.fr
+     &lt;span&gt;
+      Ouvre une nouvelle fenêtre
+     &lt;/span&gt;
+    &lt;/a&gt;
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    En cours de recrutement |91 et 78|
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
   &lt;span&gt;
-   Ouvre une nouvelle fenêtre
+   Gestionnaire du dispositif :
   &lt;/span&gt;
- &lt;/a&gt;
-[...170 lines deleted...]
-   credit-impot-theatre&amp;#64;culture.gouv.fr
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
    &lt;span&gt;
-    Ouvre une nouvelle fenêtre
+    Audrey Bosché
    &lt;/span&gt;
-  &lt;/a&gt;
-[...317 lines deleted...]
-   le dossier complet.
+   &lt;span&gt;
+    |
+   &lt;/span&gt;
+   &lt;span&gt;
+    &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+     audrey.bosche&amp;#64;iledefrance.fr
+     &lt;span&gt;
+      Ouvre une nouvelle fenêtre
+     &lt;/span&gt;
+    &lt;/a&gt;
+   &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="X13" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b88-aide-aux-poles-de-cooperation-territoriale-da/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>117402</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la mise en œuvre de projets culturels, de spectacles et de résidences artistiques</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction de la culture, des sports et du monde associatif
-[...35 lines deleted...]
- &lt;/em&gt;
+ Permettre aux EPCI de développer leur offre culturelle dans les domaines du spectacle vivant et des arts visuels :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Accompagnement dans la mise en œuvre de projets culturels dans les domaines du spectacle vivant et des arts visuels : saisons de spectacles, festivals, résidences d&amp;#039;artistes, projets d&amp;#039;action culturelle...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conseil dans les domaines artistiques, techniques et administratifs et juridiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise à disposition de documents de référence. Accompagnement des processus de définition de projets.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Co-organisation de projets, impliquant l&amp;#039;intervention de professionnels du secteur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Variables (Jusqu&amp;#039;à 7500 € pour la mise en œuvre d&amp;#039;une résidence artistique).
+&lt;/p&gt;
+&lt;p&gt;
+ Cofinancements possibles Département de Seine-et-Marne / Région Ile-de-France / Direction régionale des Affaires Culturelles d&amp;#039;Ile-de-France.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/621a-accompagner-les-collectivites-dans-la-mise-en/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...223 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>163717</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Orchestres</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux Orchestres</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H15" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les compagnies artistiques professionnelles et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q28" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/soutien-aux-orchestres-0</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les compagnies artistiques professionnelles et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-orchestres/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>163718</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Labels d’Etat ou assimilés</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Labels d’Etat ou assimilés</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les lieux culturels de proximité et les labels d&amp;#039;Etat et assimilés et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q29" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/labels-detat-ou-assimiles</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/labels-detat-ou-assimiles/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>10304</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Programmer des spectacles présentés par des équipes artistiques régionales</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le ministère de la culture peut attribuer des aides à l&amp;#039;investissement, mobilier ou immobilier, à des structures de production, diffusion, enseignement spécialisé ou enseignement supérieur, des arts visuels et du spectacle vivant.
-[...81 lines deleted...]
- Selon région
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets soutenus par la Région doivent permettre :
+  &lt;/li&gt;
+  &lt;li&gt;
+   un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ L&amp;#039;aide accordée ne peut excéder 50% du montant mentionné dans le contrat de cession. Son montant ne peut être inférieur à 500 €  (plancher) et supérieur à 2 000 € (plafond). Le montant annuel cumulé pour un même programmateur est limité à 4 000 €, pour un maximum de 5 représentations par an. Dépenses éligibles : Dépenses artistiques liées à la programmation du spectacle faisant l&amp;#039;objet de la demande : cession ou rémunération directe (frais d&amp;#039;approche non pris en compte).
+ &lt;p&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ces spectacles peuvent faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 3 années civiles suivant l&amp;#039;année de leur création, dans la limite de 12 représentations maximum ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est sollicitée pour une représentation par spectacle programmé, hors séances scolaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un même programmateur peut mobiliser le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   De la même façon, un même lieu peut accueillir une programmation mobilisant le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine  Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : artsetspectaclevivant&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
-[...119 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04bb-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E16" s="1" t="inlineStr">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>164942</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Déclaration de représentation(s), dans un but lucratif, avec participation d'artistes amateurs</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Déclaration de représentation(s), dans un but lucratif, avec participation d'artistes amateurs</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="N16" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du dispositif&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Contexte&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La loi n° 2016-925 du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine précise à l’article 32 III les conditions à respecter par les entrepreneurs de spectacle vivant pour pouvoir faire appel à des artistes amateurs dans des représentations en public de spectacles organisés dans un cadre lucratif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette réglementation a pour objectif de sécuriser les représentations effectuées en public par des artistes amateurs, de prévenir les situations de concurrence déloyale entre les artistes amateurs non rémunérés et les artistes professionnels rémunérés, et à garantir les droits des artistes professionnels.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Qu’est-ce qu’un artiste amateur ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Est artiste amateur dans le domaine de la création artistique toute personne qui pratique seule ou en groupe une activité artistique à titre non professionnel et qui n&amp;#039;en tire aucune rémunération.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le cadre non lucratif constitue le cadre habituel de l’activité des artistes amateurs, y compris dans le cadre de festivals de pratique en amateur. La loi reconnait dans ce cadre le droit aux artistes amateurs ou aux groupements d’artistes amateurs / associations d’amateurs de participer à des représentations en public d’œuvres de l’esprit organisées dans un cadre non lucratif et de :&lt;/p&gt;&lt;p&gt;Faire de la publicité ;&lt;/p&gt;&lt;p&gt;D’utiliser du matériel professionnel ;&lt;/p&gt;&lt;p&gt;De mettre en place une billetterie payante servant à financer leurs activités et les frais engagés pour les représentations. &lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les artistes amateurs ne relèvent pas de la présomption de salariat.&lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les groupements d’artistes amateurs peuvent faire appel à des artistes professionnels rémunérés encadrants ou solistes, par exemple des chefs de chœur, chefs d’orchestre, ou metteurs en scène.&lt;/p&gt;&lt;p&gt;Participation d&amp;#039;artistes amateurs à une ou des représentations de spectacles dans un cadre lucratif&lt;/p&gt;&lt;p&gt;Dans un cadre lucratif, toute personne qui participe à un spectacle doit être rémunérée en contrepartie de sa prestation et relève des dispositions relatives à la présomption de salariat prévue par le code du travail (C. trav., art. L. 7121-3 et L. 7121-4). Lorsqu’ils participent à un spectacle organisé dans un cadre lucratif, l’artiste amateur ou le groupement d’artistes amateurs doivent donc être en principe déclarés et rémunérés au minimum conventionnel. Le simple défraiement ne constitue pas une rémunération au minimum conventionnel.&lt;/p&gt;&lt;p&gt;Par exception, l’article 32 III de la loi relative à la liberté de la création, à l’architecture et au patrimoine permet aux entrepreneurs de spectacles vivants de faire appel à des artistes amateurs pour participer à un spectacle organisé dans un cadre lucratif, sans être tenus de les rémunérer, si le spectacle est organisé dans le cadre d&amp;#039;un accompagnement de la pratique amateur ou d&amp;#039;actions pédagogiques et culturelles. Cette possibilité est toutefois soumise au respect de quatre conditions cumulatives (voir ci-après). &lt;/p&gt;&lt;p&gt;La participation d’un groupement d’amateurs constitué sous forme associative à de telles représentations dans un cadre lucratif ne doit pas constituer la part principale de leur activité.&lt;/p&gt;&lt;p&gt;Objectifs de la démarche&lt;/p&gt;&lt;p&gt;La démarche de « Déclaration de représentation(s) dans un but lucratif avec participation d’artistes amateurs » est l’outil permettant de déclarer les spectacles organisés dans un cadre lucratif faisant participer des artistes amateurs non rémunérés afin d’encadrer leur pratique qui déroge au principe de présomption de salariat prévu par le code du travail pour les artistes du spectacle (C. trav., art L. 7121-3 et L. 7121-4).&lt;/p&gt;&lt;p&gt;Les données collectées par le ministère de la culture, lors de la télédéclaration, peuvent donner lieu à des études ou des travaux statistiques, après avoir fait l’objet d’un traitement afin d’occulter les mentions permettant l’identification des personnes qui y sont nommées ou afin de rendre impossible leur identification.&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le schéma d&amp;#039;explication ci-dessous : &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Tout entrepreneur de spectacles vivants (structure de production, de diffusion et d’exploitation de lieux de spectacles) qui organise un spectacle faisant participer des artistes professionnels (obligatoirement rémunérés) et des artistes amateurs non rémunérés.&lt;/p&gt;&lt;p&gt;Il peut s&amp;#039;agir de :&lt;/p&gt;&lt;p&gt;Associations &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Communes&lt;/p&gt;&lt;p&gt;Départements &lt;/p&gt;&lt;p&gt;Entreprises privées &lt;/p&gt;&lt;p&gt;Entreprises publiques locales &lt;/p&gt;&lt;p&gt;EPCI à fiscalité propre &lt;/p&gt;&lt;p&gt;Établissements de recherche&lt;/p&gt;&lt;p&gt;Établissements publics / Services de l&amp;#039;État &lt;/p&gt;&lt;p&gt;Régions&lt;/p&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Pour pouvoir faire participer des artistes amateurs à un spectacle organisé dans un cadre lucratif, l’entrepreneur de spectacles vivants doit :&lt;/p&gt;&lt;p&gt;Avoir déclaré son activité d’entrepreneur de spectacles vivants à l’aide d’un récépissé de déclaration d’entrepreneur de spectacles vivants valant licence en cours de validité ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Avoir conclu une convention d’accompagnement de la pratique amateur avec l’Etat (généralement au niveau de la DRAC) ou une collectivité territoriale (voir détails dans la rubrique Procédure ci-dessous). &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-d-artistes-amateurs</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/declaration-representations-artistes-amateurs</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une question ?&lt;/p&gt;&lt;p&gt;Pour toute question sur la déclaration de représentation(s), dans un but lucratif, avec participation d&amp;#039;artistes amateurs, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;Direction Générale de la Création Artistique (DGCA) &lt;/p&gt;&lt;p&gt;Délégation aux politiques professionnelles et sociales des auteurs et aux politiques de l&amp;#039;emploi &amp;gt; Département des politiques de l’emploi et de la formation professionnelle du spectacle vivant et enregistré &lt;/p&gt;&lt;p&gt;amateurs.dgca&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;54, rue des Franc-Bourgeois 75004 Paris&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-dartistes-amateurs/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...192 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>163719</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Lieux culturels de proximité</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Lieux culturels de proximité</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Association
-[...780 lines deleted...]
-          <t>Etablissement public dont services de l'Etat
+Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...677 lines deleted...]
-      <c r="O25" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement. Elle a pour objectif de soutenir les lieux culturels de proximité et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;encourager l’habitation des forces artistiques sur les territoires de la Nouvelle-Aquitaine ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;accompagner la création artistique et la rencontre entre les œuvres et les personnes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P25" s="1" t="inlineStr">
-[...1465 lines deleted...]
-          <t>08/11/2023</t>
+      <c r="Q32" s="1" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
         </is>
       </c>
       <c r="R32" s="1" t="inlineStr">
         <is>
-          <t>&lt;ul&gt;&lt;li&gt;Associations loi 1901 de plus d’un an d’existence lors de la demande de subvention et pouvant justifier d’un bilan d’exercice comptable de l’année écoulée,&lt;/li&gt;&lt;li&gt;Collectivités territoriales et leurs groupements,&lt;/li&gt;&lt;li&gt;Établissements publics,&lt;/li&gt;&lt;li&gt;GIP,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Fondations,&lt;/li&gt;&lt;li&gt;Entreprises privées,&lt;/li&gt;&lt;li&gt;Groupements de coopération sanitaire, sociale ou médico-sociale dès lors qu’ils sont exclusivement constitués d’organismes cités au présent article.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; Subvention en investissement ou en fonctionnement : &lt;br /&gt;•&lt;span&gt;	&lt;/span&gt;La subvention régionale en fonctionnement s’élève à 50% maximum de la dépense subventionnable (total des dépenses éligibles), dans la limite de 40 000€.&lt;br /&gt;•&lt;span&gt;	&lt;/span&gt;La subvention régionale en investissement s’élève à 50% maximum de la dépense subventionnable dans une limite de 200 000 €. &lt;br /&gt;Les projets retenus devront être économiquement viables. Ils devront bénéficier d’un ou plusieurs partenariats financiers avérés (institutionnels et/ou privés).&lt;br /&gt;Les projets sélectionnés seront soumis pour approbation à la Commission Permanente, seule compétente à décider du soutien régional, dans la limite de la disponibilité des crédits.&lt;br /&gt;&lt;br /&gt; L’appel à projets se définit à travers 3 axes thématiques pour :&lt;br /&gt;&lt;br /&gt;1 – Mieux repérer, diagnostiquer et soigner&lt;br /&gt;2 – Mieux vivre au quotidien&lt;br /&gt;3 – Sensibiliser, mieux faire savoir&lt;br /&gt;&lt;br /&gt;Les projets retenus seront &lt;strong&gt;exclusivement&lt;/strong&gt; ceux listés dans le règlement d’intervention.&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Dossier à déposer sur la plateforme &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Dispositif ouvert en continu.&lt;/p&gt;&lt;br /&gt;</t>
-[...6 lines deleted...]
-Usage / valorisation</t>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;personnes morales de droit privé et de droit public ;&lt;/p&gt;&lt;p&gt;implantées sur le territoire régional ;&lt;/p&gt;&lt;p&gt;contribuant à des projets de développement des ressources artistiques et culturelles sur le territoire.&lt;/p&gt;&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Date de limite de téléchargement et de dépôts des dossiers : le 07/01/2026 à midi.&lt;/p&gt;&lt;p&gt;Un accusé de réception des demandes sera envoyé.&lt;/p&gt;&lt;p&gt;Une notification sera envoyée pour indiquer la date du passage en commission ainsi que le montant proposé au vote des élus.&lt;/p&gt;&lt;p&gt;La décision finale sera notifiée par courrier.&lt;/p&gt;&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Base socle calculée sur la base du Budget Prévisionnel (BP) sincère* détaillant les charges de fonctionnement et les charges artistiques envisagées ainsi que le taux de réalisation des Budgets Réalisés (BR) certifiés en année N-1 et N-2 (soit pour 2026 : 2023 et 2024).&lt;/p&gt;&lt;p&gt;*hors contributions volontaires&lt;/p&gt;&lt;p&gt;Le degré de dépendance aux fonds publics sera par ailleurs analysé.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lieux culturels de proximité (Lieux de création et / ou de diffusion de territoire) :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plancher : 5 000 € ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plafond : 40 000 € dans la limite de 20% maximum du dernier budget certifié (BR 2024 pour 2026).&lt;/p&gt;&lt;p&gt;Mesure d’équité Femmes - Hommes : Mesure de rattrapage automatiquement attribuée aux structures dont le projet artistique est dirigé par une femme 2 000 €.&lt;/p&gt;&lt;p&gt;Détails disponibles dans le RI (Règlement d&amp;#039;intervention) téléchargeable ci-dessous.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères obligatoires :&lt;/p&gt;&lt;p&gt;résidence administrative en Région Nouvelle-Aquitaine effective au moment de la demande ;&lt;/p&gt;&lt;p&gt;récépissé de déclaration de l’activité d’entrepreneur du spectacle vivant ;&lt;/p&gt;&lt;p&gt;insertion dans les réseaux professionnels du spectacle vivant : en région a minima pour les Lieux culturels de proximité, au national et à l’international pour les Labels d’Etat et assimilés (partenariats, coopérations…) ;&lt;/p&gt;&lt;p&gt;soutien à la création avec une part significative d’accompagnement dédiée aux artistes régionaux : production, production déléguée, coproduction, résidence rémunérée, compagnonnage, apport en industrie, médiation, diffusion…&lt;/p&gt;&lt;p&gt;Critères d’appréciation liés à l’intérêt régional :&lt;/p&gt;&lt;p&gt;engagement fort envers le territoire basé sur une démarche d’accessibilité des personnes notamment les moins favorisées et de coopération partenariale, en cohérence avec les enjeux spécifiques du territoire ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;engagement dans une démarche irriguée par les droits culturels : principe de réciprocité opérateurs et opératrices, ou habitants et habitantes et de qualité de la relation aux personnes pendant le processus de création, de diffusion et de médiation ; qualité de la gouvernance, prise en compte des droits des salariés (Responsabilité Sociétale des Organisation (RSO)) ;&lt;/p&gt;&lt;p&gt;engagement à tendre vers une parité des moyens de production et de résidence, à veiller aux équilibres dans la programmation des projets portés par les femmes et les hommes et dans leur mise en visibilité ;&lt;/p&gt;&lt;p&gt;la structure devra par ailleurs être soutenue par d’autres institutions (Commune et/ou Etablissement Public de Coopération Intercommunale (EPCI), Département, Direction régionale des affaires culturelles (DRAC) et/ou Direction générale de la création artistique (DGCA)) : soutien financier et/ou contributions en nature ;&lt;/p&gt;&lt;p&gt;mise en place d’actions d’éducation artistique et culturelle en particulier à l’attention des personnes les moins favorisées et des jeunes (16/30 ans) notamment les lycéennes et lycéens, apprenties et apprentis, jeunes suivis en missions locales, étudiantes et étudiants…&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U32" s="1" t="inlineStr">
         <is>
-          <t>Île-de-France</t>
+          <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V32" s="1" t="inlineStr">
         <is>
-          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/accompagnement-des-personnes-vivant-avec-un-trouble-du-spectre-de-lautisme-tsa</t>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/lieux-culturels-de-proximite</t>
         </is>
       </c>
       <c r="X32" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Délégation handicap&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:delegationhandicap&amp;#64;iledefrance.fr" target="_blank"&gt;delegationhandicap&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;prendre connaissance du dispositif Lieux culturels de proximité, du RI en faveur du Spectacle Vivant et de vérifier son éligibilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;télécharger les pièces constitutives de la demande : dossier à compléter, annexe : budget prévisionnel et autoévaluation en ligne https://forms.office.com/e/UjZJtPc7zg ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;joindre le dossier complet ainsi que le budget prévisionnel signé par le Président ou la Présidente de l&amp;#039;association, ou le Gérant ou la Gérante de la Société par courriel avant le 7/01/2026 à midi.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pièces justificatives à fournir obligatoirement au dossier :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;lettre de demande avec les montants ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;dossier de demande complété ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;budget prévisionnel 2026, équilibré et signé par le responsable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;avoir complété en ligne l&amp;#039;autoévaluation https://forms.office.com/e/UjZJtPc7zg ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;statuts de l&amp;#039;association à jour ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;RIB datant de moins de 2 mois au nom et adresse de l&amp;#039;association ou non daté ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;avis de situation à jour au répertoire SIREN (téléchargeable sur le site de l&amp;#039;Insee).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Envoi des dossiers de demande uniquement par courriel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les départements 24 - 33 - 40 - 47 - 64 : spectaclevivant-sud&amp;#64;nouvelle-aquitaine.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les départements 16 - 17- 19 - 23 - 79 - 86 - 87 : spectaclevivant-nord&amp;#64;nouvelle-aquitaine.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y32" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z32" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-personnes-vivant-avec-un-trouble-du-spectre-de-lautisme-tsa/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lieux-culturels-de-proximite/</t>
         </is>
       </c>
       <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:27" customHeight="0">
       <c r="A33" s="1">
-        <v>10304</v>
+        <v>31445</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Programmer des spectacles présentés par des équipes artistiques régionales</t>
+          <t>Soutenir la diffusion de proximité dans le domaine des arts de la scène</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
-        <is>
-[...141 lines deleted...]
-      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J34" s="1" t="inlineStr">
+      <c r="J33" s="1" t="inlineStr">
         <is>
           <t>on montant ne peut être inférieur à 500€ (plancher) et supérieur à 2.000€ (plafond). Le montant annu</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte et objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets soutenus par la Région doivent permettre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
  &lt;/li&gt;
  &lt;li&gt;
   la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
  &lt;/li&gt;
  &lt;li&gt;
   une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Calendrier :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers éligibles seront présentés en Commission Culture et Patrimoine selon le calendrier suivant : 2 commissions au 1er semestre et 2 commissions au 2nd semestre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
   &lt;/li&gt;
   &lt;li&gt;
    Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, ...) ;
   &lt;/li&gt;
   &lt;li&gt;
    Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
   &lt;/li&gt;
   &lt;li&gt;
    Ces spectacles peuvent faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 3 années civiles suivant l&amp;#039;année de leur création, dans la limite de 12 représentations maximum ;
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;aide est sollicitée pour une représentation par spectacle programmé, hors séances scolaires ;
   &lt;/li&gt;
   &lt;li&gt;
    Un même programmateur peut mobiliser le dispositif dans la limite de 5 dates au total par année civile ;
   &lt;/li&gt;
   &lt;li&gt;
    De la même façon, un même lieu peut accueillir une programmation mobilisant le dispositif dans la limite de 5 dates au total par année civile ;
   &lt;/li&gt;
   &lt;li&gt;
    La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  Dépenses artistiques liées à la programmation du spectacle faisant l&amp;#039;objet de la demande : cession ou rémunération directe (frais d&amp;#039;approche non pris en compte).
 </t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
         </is>
       </c>
-      <c r="W34" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://mesaidesenligne.laregion.fr/</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  Service Arts de la Scène
 &lt;/p&gt;
 &lt;p&gt;
  Mail : artsdelascene&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc72-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>58698</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Arts de la Scène - Aide à la diffusion de proximité</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Éligibilité du diffuseur
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le prix de vente pour chaque spectacle faisant l&amp;#039;objet de la demande ne peut être inférieur à 1 000 € HT (hors frais annexes).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, manifestations diverses) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est sollicitée pour une seule représentation par spectacle programmé, hors séances scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dispositif peut être mobilisé un maximum de 5 fois par année civile par le même programmateur et par un même lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Éligibilité des spectacles programmés
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un spectacle peut faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 4 années civiles suivant l&amp;#039;année de sa création, dans la limite de 12 représentations maximum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le spectacle doit être proposé par une équipe artistique repérée dans les réseaux de diffusion régionaux, attestant d&amp;#039;un répertoire, d&amp;#039;une diffusion antérieure, d&amp;#039;une activité exercée exclusivement à titre professionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de contrat de cession, l&amp;#039;équipe artistique doit être portée par une structure juridique de production (licence d&amp;#039;entrepreneur notamment), domiciliée en région Occitanie, dont les conditions réglementaires d&amp;#039;embauche et de rémunération des artistes et techniciens sont respectées (présence d&amp;#039;un personnel administratif notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont concernés les spectacles de création, mobilisant des formes et écritures artistiques contemporaines dans le domaine des arts de la scène, de la rue ou de la piste.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres propositions, notamment les productions relevant d&amp;#039;autres disciplines artistiques, du répertoire traditionnel, de l&amp;#039;animation ou de l&amp;#039;action pédagogique ne sont pas visées par les dispositifs régionaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière est accordée aux équipes artistiques ayant bénéficié d&amp;#039;un soutien de la Région au cours des 3 exercices précédant la demande (aide à la création notamment).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Arts de la Scène
+&lt;/p&gt;
+&lt;p&gt;
+ artsdelascene&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z34" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/bc72-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0df-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
         </is>
       </c>
       <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:27" customHeight="0">
       <c r="A35" s="1">
-        <v>130980</v>
+        <v>94924</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Soutenir financièrement les projets visant à développer et à valoriser le patrimoine linguistique (français, langues régionales et non territoriales, langue des signes...)</t>
+          <t>Soutenir les initiatives artistiques et culturelles locales</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>Valorisation des langues de France</t>
+          <t>Soutien aux initiatives artistiques et culturelles locales</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
-        <is>
-[...736 lines deleted...]
-      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide &amp;#34;Soutien aux initiatives artistiques et culturelles locales&amp;#34;
 &lt;/p&gt;
 &lt;p&gt;
  Objectif : Par ce dispositif, la Région Grand Est décide de contribuer au développement culturel des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soutenir des projets culturels ponctuels sur les territoires,
  &lt;/li&gt;
  &lt;li&gt;
   soutenir des initiatives enrichissant l&amp;#039;offre culturelle dans les territoires,
  &lt;/li&gt;
  &lt;li&gt;
   soutenir des projets de diffusion culturelle et participer à une démarche d&amp;#039;irrigation des territoires associant praticiens amateurs encadrés par des artistes et des techniciens professionnels,
  &lt;/li&gt;
  &lt;li&gt;
   soutenir des initiatives associatives portant un projet relevant d&amp;#039;une démarche artistique et culturelle favorisant l&amp;#039;accès des citoyens aux différentes formes d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -8903,156 +8501,304 @@
 &lt;p&gt;
  Les associations culturelles ou porteuses d&amp;#039;un projet culturel ayant leur siège dans la région Grand Est, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide revêt la forme d&amp;#039;une subvention de fonctionnement. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide est octroyée.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Demande d&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers sont traités au fil de l&amp;#039;eau. La date de réception par la Région du dossier complet doit être antérieure de 4 mois avant la date de démarrage de l&amp;#039;opération.
  &lt;strong&gt;
   Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
  &lt;/strong&gt;
  Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P36" s="1" t="inlineStr">
+      <c r="P35" s="1" t="inlineStr">
         <is>
           <t>18/06/2019</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    présenter dans la programmation une ligne éditoriale artistique identifiée et répondant aux exigences techniques et artistiques indispensables à la bonne conduite d&amp;#039;un tel projet,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    faire appel à des artistes et des techniciens professionnels,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    pour les manifestations, être d&amp;#039;une durée minimale de 3 jours pour les arts visuels et spectacle vivant ou donner au moins 6 représentations pour le spectacle vivant,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    faire apparaitre clairement la part artistique dans le budget,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale sachant que la Région ne saurait être le premier financeur,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    s&amp;#039;inscrire dans une dynamique et un rayonnement a minima intercommunal,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant et de arts visuels.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
   &lt;/strong&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/initiatives-artistiques-et-culturelles-locales/</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
 &lt;/p&gt;
 &lt;p&gt;
  Dossier de demande de subvention à retourner par email au minimum 4 mois avant la date de démarrage de l&amp;#039;opération à l&amp;#039;adresse suivante :
  &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   culture-subvention&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c472-soutien-aux-initiatives-artistiques-et-cultur/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>86328</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les associations dans la transmission et la valorisation de la langue occitane</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil Départemental accompagne les associations sur des projets visant à valoriser la langue occitane, à aider à sa transmission et à son développement dans les domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enseignement (y compris aux adultes),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création écrite, radio, film, numérique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recueil, conservation et valorisation de collectages oraux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évènements culturels, spectacle vivant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Edition.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande de subvention est établie sur un dossier type à retirer auprès du Conseil Départemental ou téléchargeable sur le site Internet.
+&lt;/p&gt;
+&lt;p&gt;
+ La lettre de demande est à adresser à Monsieur le Président du Conseil Départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conditions de financement sont les suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ 1/ les activités doivent être intégrées dans un plan départemental structuré,
+&lt;/p&gt;
+&lt;p&gt;
+ 2/ Les services du Conseil Départemental doivent être informés dès l&amp;#039;étude du projet et participent au suivi du projet,
+&lt;/p&gt;
+&lt;p&gt;
+ 3/ les projets doivent concerner l&amp;#039;ensemble du département ou des territoires présentant une cohérence pour le sujet traité,
+&lt;/p&gt;
+&lt;p&gt;
+ 4/ la demande est prise en compte au vu notamment
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  du projet précis de l&amp;#039;objet de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;activité globale de l&amp;#039;association
+ &lt;/li&gt;
+ &lt;li&gt;
+  des partenariats avec d&amp;#039;autres associations travaillant dans le domaine de la transmission, de la valorisation ou du développement de la langue occitane.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La durée de validité de l&amp;#039;aide est annuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de l&amp;#039;aide est exercé sur présentation d&amp;#039;un rapport de l&amp;#039;action et du bilan financier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Culture Occitane et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Sébastien PUGIN -
+ 05.62.56.71.37 -
+ sebastien.pugin&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y36" s="1" t="inlineStr">
         <is>
-          <t>olivier.claudel@grandest.fr</t>
+          <t>stephanie.divoux@ha-py.fr</t>
         </is>
       </c>
       <c r="Z36" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/c472-soutien-aux-initiatives-artistiques-et-cultur/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5d7-accompagner-les-associations-dans-la-valorisa/</t>
         </is>
       </c>
       <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:27" customHeight="0">
       <c r="A37" s="1">
         <v>153929</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Disposer du parc de matériel scénique</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Parc de matériel scénique</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
@@ -9159,1650 +8905,92 @@
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.33.05.90.92
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec36-parc-de-materiel-scenique/</t>
         </is>
       </c>
       <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:27" customHeight="0">
       <c r="A38" s="1">
-        <v>111712</v>
+        <v>103485</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Soutenir la diffusion culturelle en lien avec les territoires</t>
+          <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>Aide à la diffusion culturelle en lien avec les territoires</t>
+          <t>Investissement culturel - Aide aux travaux et à l'acquisition d'équipements</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Charente</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
-        <is>
-[...1556 lines deleted...]
-      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I47" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Le dispositif permet le soutien à la construction et la restructuration des équipements culturels relevant des quatre disciplines suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Enseignement artistique : conservatoires agrées par le ministère de la culture,
   &lt;/li&gt;
   &lt;li&gt;
    Spectacle vivant : lieux de répétition, de formation et de diffusion du spectacle vivant, lieux labellisés par le ministère de la culture,
   &lt;/li&gt;
   &lt;li&gt;
    Arts plastiques : centres d&amp;#039;art, espace collectifs de travail, ateliers,
   &lt;/li&gt;
   &lt;li&gt;
    livre et lecture : bibliothèques, médiathèques et lieux de vie littéraire.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif permet également l e soutien à la rénovation, l&amp;#039;extension ou l&amp;#039;aménagement des cinémas classés art et essai.
@@ -10818,103 +9006,103 @@
   &lt;/li&gt;
   &lt;li&gt;
    Fonds initial de la collection d&amp;#039;une nouvelle bibliothèque,
   &lt;/li&gt;
   &lt;li&gt;
    Matériel numérique et scénographique.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un dossier de candidature complet .
 &lt;/p&gt;
 &lt;p&gt;
  Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espace public</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P47" s="1" t="inlineStr">
+      <c r="P38" s="1" t="inlineStr">
         <is>
           <t>31/10/2019</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide régionale est une subvention, d&amp;#039;un montant maximum de 30% des dépenses éligibles , avec un plafond de dépense de 6,5 M€ pour les travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce plafond peut monter à 40 % des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets d&amp;#039;équipements, les dépenses éligibles correspondent aux montants des devis des acquisitions envisagées.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En fonction du secteur dont relève le projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Spectacle vivant et enseignement artistique
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Christine Vacher -
   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    christine.vacher&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Arts plastiques
   &lt;/strong&gt;
   &lt;strong&gt;
@@ -10935,180 +9123,721 @@
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
    cinema.audiovisuel&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Livre et lecture
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Delphine Martincourt -
   &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/326d-investissement-culturel-aide-aux-travaux-et-a/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>162305</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux  élèves et jeunes de l'enseignement Professionnel de découvrir de nouveaux domaines d’application aux savoir-faire</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Enseignement Professionnel : Lycées Professionnels  et CFA au Festival d’Aix</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Ce parcours professionnel invite à la découverte de l’opéra. Il est proposé à l’ensemble des lycées professionnels, des CFA de la Région SUD, rattachés aux Académies d‘Aix- Marseille et de Nice.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;S’adressant spécifiquement lycées professionnels, aux CFA de la Région SUD Provence-Alpes-Côte d&amp;#039;Azur, le Parcours professionnel  invite à la découverte de l’opéra en proposant un focus technique du spectacle vivant : les Professions et les savoirs-faire du spectacle vivant et de l’opéra, les étapes qui précédent la première représentation d’un opéra.&lt;br /&gt; &lt;br /&gt; L’objectif est de permettre à ces  élèves et jeunes  adultes au début de leur vie professionnelle et jeunes de découvrir de nouveaux domaines d’application aux savoir-faire et aux compétences qu’ils acquièrent dans leur formation, élargissant ainsi leur champ des possibles et la construction de leur projet professionnel.  &lt;/p&gt;
+&lt;p&gt;Fondé sur la réciprocité, ce parcours se construit avec l’équipe pédagogique : chaque étape du parcours, ainsi que  l’opéra auquel les élèves assisteront en fonction des filières  et spécialisation. &lt;/p&gt; &lt;p&gt;Les lycées professionnels, CFA  de la Région SUD, rattachés aux Académies d‘Aix- Marseille et de Nice&lt;strong&gt;. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>27/11/2020</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les modalités d&amp;#039;inscription :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;ACADEMIE d’AIX MARSEILLE | INSCRIPTIONS VIA LA DAAC  &lt;/strong&gt;&lt;br /&gt; Les inscriptions au dispositif se font via un formulaire accessible  en ligne  sur le site de la DAAC.&lt;br /&gt; L’adresse vous sera communiquée par Mme Isabelle Tourtet - courriel : &lt;a href="mailto:isabelle.tourtet&amp;#64;ac-aix-marseille.fr"&gt;isabelle.tourtet&amp;#64;ac-aix-marseille.fr&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;ACADEMIE DE NICE | INSCRIPTIONS VIA LA DAAC  &lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Académie de Nice | DAAC chargé du domaine musique conseiller EAC&lt;/strong&gt;,&lt;br /&gt; Philippe Mopin - courriel : &lt;a href="mailto:philippe.mopin&amp;#64;ac-nice.fr"&gt;philippe.mopin&amp;#64;ac-nice.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Festival d’Aix | &lt;/strong&gt;&lt;strong&gt;Responsable du Service éducatif, &lt;/strong&gt;&lt;br /&gt; Frédérique Tessier - courriel : &lt;a href="mailto:frederique.tessier&amp;#64;festival-aix.com"&gt;frederique.tessier&amp;#64;festival-aix.com&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Modalité de remboursement des frais de transports &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Remboursements des 2 transports pour 10 établissements professionnels sélectionnés (6 de l’Académie d’Aix-Marseille et 6 de l’Académie de Nice).&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Votre demande de remboursement&lt;/strong&gt; et &lt;strong&gt;votre facture&lt;/strong&gt; doivent être adressées &lt;strong&gt;par courriel&lt;/strong&gt; à la Direction de la Jeunesse, des Sports et de la Citoyenneté :&lt;br /&gt; &lt;strong&gt;Joëlle HANANIA&lt;/strong&gt;, chargée de mission Education artistique et culturelle : &lt;a href="mailto:jhanania&amp;#64;maregionsud.fr"&gt;jhanania&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Françoise Bouchetière, &lt;/strong&gt;gestionnaire au Service Jeunesse et Citoyenneté  : &lt;a href="mailto:fbouchetière&amp;#64;maregionsud.fr"&gt;fbouchetière&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/enseignement-professionnel-lycees-professionnels-et-cfa-au-festival-daix</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/enseignement-professionnel-lycees-professionnels-et-cfa-au-festival-daix/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>111711</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les pratiques artistiques collectives en amateur</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création pour des concerts / spectacles en amateur</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un spectacle ou d&amp;#039;un concert revêtant un caractère d&amp;#039;ampleur départementale par des associations (troupes, chorales) encadrées par des professionnels du spectacle vivant rémunérés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets seront étudiés au cas par cas.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% des charges artistiques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de la subvention : 2.000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de la subvention : 500 euros
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet doit être à destination du public charentais
+ &lt;/li&gt;
+ &lt;li&gt;
+  la subvention doit être sollicitée &lt;strong&gt;en amont&lt;/strong&gt; de la première représentation du spectacle
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit faire intervenir un ou des professionnels du spectacle vivant lors du temps de création ou de présentation
+ &lt;/li&gt;
+ &lt;li&gt;
+  le(s) professionnel(s) doit(vent) être rémunéré(s) pour leur(s) prestation(s)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit faire l&amp;#039;objet d&amp;#039;au moins &lt;strong&gt;3 présentations publiques
+ &lt;/strong&gt;&lt;/li&gt;
+ &lt;li&gt;
+  les compagnies professionnelles ne peuvent porter elles-mêmes un projet amateur
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets en temps scolaires et hors temps scolaires, portés par les collèges ou des associations annexes ne seront pas éligibles sur ce dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus les projets basés sur un événementiel, sur une seule représentation, les stages sans présentation publique soumise à billetterie, les stages qui se déroulent dans des lieux privés (écoles de danse, réservés à des adhérents), les spectacles arts de la rue, les carnavals, les cavalcades, les kermesses, les projets développés en temps scolaire, les cours de théâtre sans objectif de scène
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : ce dispositif ne permet en aucun cas aux troupes en amateur ou chorales de bénéficier de l&amp;#039;aide à la diffusion du spectacle vivant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis signés mentionnant la rémunération et les charges sociales
+ &lt;/li&gt;
+ &lt;li&gt;
+  le curriculum vitae des artistes professionnels associés au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  calendrier des représentations (3 au minimum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à la notification de décision ou de la convention, sous réserve de la complétude du dossier
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Action_culturelle/6121_Aide_a_la_creation_Amateur.pdf</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : &lt;span&gt;mars (1ère session) et septembre (2e session) de l’année civile&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La demande doit être déposée 3 mois avant le début du projet de création&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6586-soutenir-les-pratiques-artistiques-collective/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>153930</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures de développement et de diffusion culturelle et les équipes artistiques</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Structures et actions d&amp;rsquo;intérêt départemental ou supra-départemental dans le domaine culturel</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de soutenir les structures de développement et de diffusion culturelle et les équipes artistiques (tous secteurs confondus : arts plastiques, audiovisuel, livre et lecture, musiques, patrimoine, spectacle vivant).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt de la demande d&amp;#039;aide :
+La demande pour l&amp;#039;année N doit être déposée sur la plateforme à la mi-octobre de l&amp;#039;année N-1.
+Exemple : le Département n&amp;#039;instruit plus de demandes de subventions pour l&amp;#039;année 2024 ; pour les demandes de 2025, elles peuvent être déposées jusqu&amp;#039;au dimanche 15 octobre 2024.;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conditions d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Adéquation du projet avec les objectifs départementaux &amp;#34;partagés&amp;#34; avec les opérateurs locaux :
+&lt;/p&gt;
+&lt;p&gt;
+ - caractère professionnel de l&amp;#039;organisation,
+&lt;/p&gt;
+&lt;p&gt;
+ - respect de la réglementation,
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser des partenaires et travail en réseau,
+&lt;/p&gt;
+&lt;p&gt;
+ - rayonnement de l&amp;#039;action et cohérence action/territoire (action en territoire rural déficitaire, action structurante en
+&lt;/p&gt;
+&lt;p&gt;
+ - territoire urbain, absence de concurrence/thématique),
+&lt;/p&gt;
+&lt;p&gt;
+ - impact du projet en termes de dynamique et d&amp;#039;attractivité du territoire,
+&lt;/p&gt;
+&lt;p&gt;
+ - reconnaissance ou label culturel,
+&lt;/p&gt;
+&lt;p&gt;
+ - inscription dans une démarche de développement durable (éco-festival),
+&lt;/p&gt;
+&lt;p&gt;
+ - ouverture au plus grand nombre.,
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Qualité du projet ou de l&amp;#039;action :
+&lt;/p&gt;
+&lt;p&gt;
+ - risque artistique avéré,
+&lt;/p&gt;
+&lt;p&gt;
+ - développement d&amp;#039;actions périphériques,
+&lt;/p&gt;
+&lt;p&gt;
+ - maturité de l&amp;#039;action et identité culturelle.,
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Mobilisation des financements :
+&lt;/p&gt;
+&lt;p&gt;
+ - implication des collectivités locales,
+&lt;/p&gt;
+&lt;p&gt;
+ - participation d&amp;#039;autres partenaires publics et privés,
+&lt;/p&gt;
+&lt;p&gt;
+ - autofinancement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/structures-et-actions-dinteret-departemental-ou-supra-departemental-dans-le-domaine-culturel/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e855-structures-et-actions-drsquointeret-departeme/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
         <v>90731</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'organisation de manifestations culturelles</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Manifestations culturelles</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I48" s="1" t="inlineStr">
+      <c r="I42" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Nouvelle-Aquitaine accompagne l&amp;#039;organisation des manifestations culturelles implantées sur l&amp;#039;ensemble de son territoire en cohérence avec un des axes majeurs de sa politique culturelle : l&amp;#039;aménagement culturel durable du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aménagement culturel durable du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Diversité des expressions artistiques
  &lt;/li&gt;
  &lt;li&gt;
   Accès à la culture pour l&amp;#039;ensemble des personnes et notamment les jeunes
  &lt;/li&gt;
  &lt;li&gt;
   Partenariats et ancrage territorial
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Budget plancher de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   20 000 € pour les esthétiques suivantes : spectacle vivant, musiques, cinéma.
  &lt;/li&gt;
  &lt;li&gt;
   15 000 € pour les esthétiques : livre, arts plastiques, langues et cultures régionales.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Valorisation des contributions volontaires en nature: Le budget prévisionnel peut intégrer des contributions volontaires relatives au bénévolat, à la mise à disposition gratuite de prestations et de biens. Ce montant ne peut excéder 30% du budget prévisionnel global ; il doit apparaître en dépenses et recettes.
 &lt;/p&gt;
 &lt;p&gt;
  Plafond du taux d&amp;#039;aide : 20% du budget.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R48" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q42" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2026</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Fin de dépôt des dossiers :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Avant le 31 décembre 2020 pour les manifestations ayant lieu entre le 1er janvier et le 31 mai 2021,
  &lt;/li&gt;
  &lt;li&gt;
   Avant le 28 février 2021 pour les manifestations ayant lieu entre le 1er juin et le 30 septembre 2021,
  &lt;/li&gt;
  &lt;li&gt;
   Avant le 30 avril 2021 pour les manifestations ayant lieu entre le 1er octobre et le 31 décembre 2021.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -11173,303 +9902,466 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Disposer d&amp;#039;un ancrage territorial par des partenariats avec des structures locales notamment culturelles et artistiques et par l&amp;#039;implication des habitants dans la mise en œuvre de la manifestation,
  &lt;/li&gt;
  &lt;li&gt;
   Se dérouler à une fréquence annuelle ou biannuelle :
   &lt;ul&gt;
    &lt;li&gt;
     Pour le spectacle vivant et le cinéma : avec une programmation d&amp;#039;au moins 6 propositions professionnelles différentes sur une durée minimale de 2 jours,
    &lt;/li&gt;
    &lt;li&gt;
     Pour le livre : sur une durée minimale de 2 jours,
    &lt;/li&gt;
    &lt;li&gt;
     Pour les arts plastiques et visuels : sur une durée minimale de 4 jours.
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Etre soutenu financièrement par au moins une collectivité locale dont celle du lieu de réalisation de la manifestation, que ce soit en subvention ou en valorisation par mise à disposition de compétences ou de matériels.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/manifestations-culturelles</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e30e-manifestations-culturelles/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G49" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>163658</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de construction ou de rénovation d'équipements culturels structurants</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Equipements culturels</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...7 lines deleted...]
-      <c r="K49" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine apporte son soutien aux opérations de construction ou de rénovation d&amp;#039;équipements culturels structurants pour le territoire. Cet accompagnement concerne les lieux de spectacle vivant, les médiathèques, les salles de cinémas indépendants de proximité, les musées de France et centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine, les établissements d&amp;#039;enseignement supérieur artistique, les centres d&amp;#039;art et lieux de diffusion de l&amp;#039;art contemporain, les lieux de création et de production et l&amp;#039;équipement en matériel des lieux.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Contribuer à un aménagement culturel équilibré du territoire régional en corrigeant les inégalités territoriales en matière d’équipements culturels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer la qualité des équipements culturels, les remettre à niveau notamment en regard des enjeux de la création contemporaine, des nouvelles technologies et des enjeux environnementaux, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir les projets d’équipements culturels qui intègrent les droits culturels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Offrir sur le territoire de la Nouvelle-Aquitaine une offre culturelle et artistique riche, diversifiée et de qualité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit public&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d&amp;#039;éligibilité pour les lieux :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;besoin d&amp;#039;un équipement culturel au regard du bassin de vie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;viabilité du modèle économique (investissement et fonctionnement),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;gestion par une équipe professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;réalisation d&amp;#039;une étude préalable concluant à la faisabilité du projet,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;si portage par une commune rurale ou de moins de 30 000 habitants, soutien financier de l’intercommunalité (excepté pour les musées),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;si portage privé, financement par au moins une collectivité autre que la Région, ou par l’Etat, ou par un établissement public,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;intégration du développement durable dans le projet (conditions d’éco-responsabilité répondant à la feuille de route de Néo terra) dans la conception du projet (intégration paysagère, énergie, eau, matériaux bio-sourcés, mobilité durable).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères éligibilité pour le matériel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Equipement en matériel pour structure culturelle professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Achat de matériel pour l’aménagement du lieu dans le cadre de sa création, de son extension ou de sa réhabilitation,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipement en matériel en lien direct avec le projet artistique de la structure ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La demande est formulée au moins cinq années après l’obtention d’une aide régionale de ce type.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Attribution au bénéficiaire de l’aide directe représentant un taux maximal de 20 % des dépenses éligibles (toutes tranches confondues) dans la limite du montant plafond (détail dans le RI et fiches thématiques à télécharger ci-dessous)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/equipements-culturels</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Compléter le formulaire de demande en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/equipements-culturels/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>20428</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Financer des festivals d'arts de la scène</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Permettre aux EPCI de développer leur offre culturelle dans les domaines du spectacle vivant et des arts visuels :
+ La région Occitanie est une région particulièrement riche en festivals. Les festivals sont d&amp;#039;importants diffuseurs de la culture. Ils participent à la circulation des artistes et permettent à un large public de découvrir des œuvres de qualité. Ils renforcent la cohésion territoriale et sociale par la mobilisation d&amp;#039;un important bénévolat, par la conduite d&amp;#039;actions hors période festivalière (programmation à l&amp;#039;année, actions  de médiation : stages, rencontres, échanges). Ils contribuent ainsi à la démocratisation culturelle et à l&amp;#039;aménagement du territoire, en palliant parfois le manque d&amp;#039;infrastructure, notamment en milieu rural.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, les festivals œuvrent pour la valorisation du patrimoine régional et pour le développement du tourisme. Leur rôle est conséquent en matière économique directe et indirecte (hôtels, restaurants, campings...). Ils jouent un rôle croissant dans le champ du développement durable. La Région soutient de nombreux festivals et promeut leur action via son site Web.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un soutien à l&amp;#039;économie des festivals et au tourisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une aide pour développer des actions en faveur du développement durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant est déterminé en fonction des critères énoncés ci-dessus et de l&amp;#039;économie globale du projet. Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides s&amp;#039;adressent aux festivals ayant au minimum un an d&amp;#039;existence.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets, pour bénéficier de l&amp;#039;aide de la Région, doivent répondre aux conditions suivantes :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Accompagnement dans la mise en œuvre de projets culturels dans les domaines du spectacle vivant et des arts visuels : saisons de spectacles, festivals, résidences d&amp;#039;artistes, projets d&amp;#039;action culturelle...
-[...8 lines deleted...]
-   Co-organisation de projets, impliquant l&amp;#039;intervention de professionnels du secteur.
+   Implantation et activité en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Durée minimale : 2 jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Situation régulière au regard des obligations réglementaires en matière de spectacle vivant (obligations fiscales et sociales, licence d&amp;#039;entrepreneur de spectacles...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Budget réalisé de la dernière édition du festival : 25 000 € minimum.
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;&lt;/p&gt;
-[...4 lines deleted...]
- Cofinancements possibles Département de Seine-et-Marne / Région Ile-de-France / Direction régionale des Affaires Culturelles d&amp;#039;Ile-de-France.
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses artistiques, techniques et administratives, à l&amp;#039;exception de la valorisation du bénévolat, des mises à disposition en nature, des dotations aux amortissements, des provisions, des intérêts des emprunts et des agios. Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="X49" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-Festivals</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Sylvie ROGNON, Directrice du G.I.P. ID77
-[...8 lines deleted...]
- Téléphone : 01 64 14 73 56
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2eb1-arts-de-la-scene-aide-aux-festivals/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-      <c r="A50" s="1">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
         <v>127288</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements (mobilier, fonds initial d’une nouvelle bibliothèque, matériel numérique et scénographique)</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>INVESTISSEMENT CULTUREL - Aide aux travaux et à l'acquisition d'équipements</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
 &lt;/p&gt;
 &lt;p&gt;
  Les autres aides à l&amp;#039;investissement culturel :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques"&gt;
    Investissement culturel – Aide aux investissements numériques
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
    Investissement culturel – Aide aux structures itinérantes
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espace public</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P50" s="1" t="inlineStr">
+      <c r="P45" s="1" t="inlineStr">
         <is>
           <t>31/10/2019</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
  &lt;/li&gt;
  &lt;li&gt;
   Aménageurs mandatés par les collectivités locales,
  &lt;/li&gt;
  &lt;li&gt;
   Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est une subvention, d&amp;#039;un
  &lt;strong&gt;
   montant maximum de 30% des dépenses éligibles
  &lt;/strong&gt;
  , avec un plafond de dépense de 6,5 M€ pour les travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce plafond peut monter à 40% des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
@@ -11536,73 +10428,73 @@
 &lt;br /&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux
  &lt;/strong&gt;
  (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
  &lt;br /&gt;
  La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un
  &lt;strong&gt;
   dossier de candidature complet
  &lt;/strong&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet objet de la demande d&amp;#039;aide doit être financé
  &lt;strong&gt;
   à hauteur de 20% minimum par la structure porteuse.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T50" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En fonction du secteur dont relève le projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Spectacle vivant et enseignement artistique
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Christine Vacher -
   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    christine.vacher&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Arts plastiques
   &lt;/strong&gt;
   &lt;strong&gt;
@@ -11621,3438 +10513,271 @@
    Cinéma
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Livre et lecture
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Delphine Martincourt -
   &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>162788</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux professionnels qui mettent en œuvre la mise en réseau, la professionnalisation et l’animation des acteurs professionnels</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux agences et réseaux</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat
-[...213 lines deleted...]
-Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K52" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
-[...319 lines deleted...]
-      <c r="O53" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les agences de la Région ont pour mission :&lt;/span&gt;&lt;/p&gt;
+&lt;ol&gt; 	&lt;li&gt; Accompagner / professionnaliser les filières des arts de la scène, des arts visuels et du livre ;&lt;/li&gt; 	&lt;li&gt; Programmer / promouvoir les richesses artistiques et patrimoniales auprès du grand public ;&lt;/li&gt; 	&lt;li&gt; Observer / informer en faveur de prise de décisions stratégiques par les acteurs publics.&lt;/li&gt; &lt;/ol&gt;
+&lt;p&gt;&lt;br /&gt; Dans un même dynamique d’accompagnement des filières, la Région soutient les réseaux professionnels qui mettent en œuvre la mise en réseau, la professionnalisation et l’animation des acteurs professionnels.&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les associations et établissements publics ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt; situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt; en conformité avec la réglementation liée avec l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt; subventionnés par au moins deux partenaires institutionnels&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Les projets devront attester des actions suivantes :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; des actions de mise en valeur des compétences et des réalisations culturelles de la région&lt;/li&gt; 	&lt;li&gt; des actions d’information générale et régulière des structures de la filière culturelle&lt;/li&gt; 	&lt;li&gt; une attention particulière pour les publics lycéens, apprentis ou éloignés de la culture (quartiers urbains sensibles éloignement géographique, publics empêchés) &lt;/li&gt; 	&lt;li&gt; l’organisation de manifestations destinés à promouvoir les capacités des acteurs culturels régionaux &lt;/li&gt; 	&lt;li&gt;des actions d’assistance technique aux acteurs culturels régionaux par le conseil et le soutien logistique &lt;/li&gt; 	&lt;li&gt; des activités de ressources, d’études et d’observations&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur.&lt;/p&gt;
+&lt;p&gt;Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;strong&gt;Ne sont pas éligibles : &lt;/strong&gt;Les actions pouvant être examinées dans le cadre des dispositifs de la Culture dédiés aux actions culturelles, aux aides à la création ou aux programmations artistiques ; les actions destinées aux pratiques amateurs, les stages et master-classes, les tremplins, les concours, les cours de pratiques artistiques.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;exploitation, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux....&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
-[...366 lines deleted...]
-      <c r="S54" s="1" t="inlineStr">
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les projets devront attester des actions suivantes :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; des actions de mise en valeur des compétences et des réalisations culturelles de la région&lt;/li&gt; 	&lt;li&gt; des actions d’information générale et régulière des structures de la filière culturelle&lt;/li&gt; 	&lt;li&gt; une attention particulière pour les publics lycéens, apprentis ou éloignés de la culture (quartiers urbains sensibles éloignement géographique, publics empêchés) &lt;/li&gt; 	&lt;li&gt; l’organisation de manifestations destinés à promouvoir les capacités des acteurs culturels régionaux &lt;/li&gt; 	&lt;li&gt;des actions d’assistance technique aux acteurs culturels régionaux par le conseil et le soutien logistique &lt;/li&gt; 	&lt;li&gt; des activités de ressources, d’études et d’observations&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur.&lt;/p&gt;
+&lt;p&gt;Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;strong&gt;Ne sont pas éligibles : &lt;/strong&gt;Les actions pouvant être examinées dans le cadre des dispositifs de la Culture dédiés aux actions culturelles, aux aides à la création ou aux programmations artistiques ; les actions destinées aux pratiques amateurs, les stages et master-classes, les tremplins, les concours, les cours de pratiques artistiques.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T54" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-agences-et-reseaux</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-agences-et-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E55" s="1" t="inlineStr">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>22445</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de recherche, la conservation, la diffusion et/ou la valorisation auprès du public relatifs à la Retirada</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
-[...2268 lines deleted...]
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J67" s="1" t="inlineStr">
+      <c r="J47" s="1" t="inlineStr">
         <is>
           <t>Le montant de l'aide accordée par la Région ne pourra excéder 50% de la dépense subventionnable.</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La mémoire et l&amp;#039;histoire participent à la construction de l&amp;#039;identité régionale et leurs transmissions aux générations futures sont porteuses de valeurs d&amp;#039;éducation et de citoyenneté que la Région Occitanie, Pyrénées – Méditerranée entend porter sur son territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Riche, diversifié et réparti sur l&amp;#039;ensemble des 13 départements, le patrimoine historique et mémoriel régional est lié aux mutations économiques et sociales mais aussi aux grands conflits qui ont traversé la société. Plus particulièrement, le territoire régional porte en lui, notamment, l&amp;#039;héritage de la Retirada, la Seconde Guerre Mondiale et la Guerre d&amp;#039;Algérie.
 &lt;/p&gt;
 &lt;p&gt;
  La séquence historique, singulièrement douloureuse et dramatique qu&amp;#039;est la Retirada, a participé à la construction de l&amp;#039;identité et de la mémoire de notre région. 80 ans après, de nombreux enfants et petits-enfants d&amp;#039;anciens réfugiés espagnols installés en Occitanie se chargent toujours d&amp;#039;entretenir la mémoire de cet épisode méconnu.
 &lt;/p&gt;
 &lt;p&gt;
  Lors de l&amp;#039;année 2019, la Région Occitanie entend commémorer cet événement afin d&amp;#039;exprimer avec force et conviction les valeurs républicaines qu&amp;#039;elle porte et défend. Se souvenir de la Retirada en 2019, c&amp;#039;est aussi nous engager à une vigilance républicaine quant à la défense de nos idéaux démocratiques, de liberté et de progrès social.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif s&amp;#039;inscrit dans le prolongement de l&amp;#039;appel à manifestation d&amp;#039;intérêt (AMI) voté lors de la Commission permanente du 20 juillet 2018 avec la vocation de repérer les projets relatifs à cette période de la Retirada. Il est complémentaire du dispositif de soutien aux projets collectifs en lien avec la Mémoire voté en Commission Permanente du 15 juin 2018.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le présent dispositif a pour objectifs de soutenir les projets qui traitent de cette période de l&amp;#039;histoire, que ces projets aient pour but la recherche, la conservation, la diffusion et/ou la valorisation auprès du public, par la mise en œuvre d&amp;#039;un contenu scientifique, artistique, culturel, patrimonial ou pédagogique approprié. Les projets bénéficiaires de ce dispositif pourront être labellisés dans le cadre de la commémoration de la Retirada, en vue d&amp;#039;une communication mutualisée et rendue visible auprès des citoyens et des touristes auxquels ces projets seront destinés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Jeunesse
 Cohésion sociale et inclusion
 Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour être éligible, le projet devra réunir les trois critères cumulatifs ci-dessous :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La structure porteuse du projet doit être un acteur public ou privé agissant, notamment dans les domaines de la culture, du patrimoine, des arts visuels, de la danse, du spectacle vivant, des arts de la rue, du livre et de la lecture publique, du cinéma, de l&amp;#039;audiovisuel, de la radio, de l&amp;#039;éducation et de la jeunesse.
   &lt;/li&gt;
   &lt;li&gt;
    Le projet doit se dérouler en majeure partie sur le territoire régional.
   &lt;/li&gt;
   &lt;li&gt;
    Le projet doit présenter un contenu scientifique et/ou artistique et/ou culturel et/ou patrimonial et/ou pédagogique.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Sont exclus de l&amp;#039;assiette subventionnable et donc de la dépense éligible :
  &lt;/strong&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     La valorisation du bénévolat et des mises à disposition en nature
@@ -15060,267 +10785,1845 @@
    &lt;li&gt;
     Les dotations aux amortissements et aux provisions
    &lt;/li&gt;
    &lt;li&gt;
     Les intérêts des emprunts et les agios,
    &lt;/li&gt;
    &lt;li&gt;
     Les impôts et taxes foncières
    &lt;/li&gt;
    &lt;li&gt;
     Le fonctionnement courant des structures
    &lt;/li&gt;
    &lt;li&gt;
     Les manifestations de convivialité et d&amp;#039;intérêt local, ne présentant pas de contenu scientifique, patrimonial, culturel ou artistique
    &lt;/li&gt;
    &lt;li&gt;
     Les projets de conservation/restauration des monuments aux morts
    &lt;/li&gt;
    &lt;li&gt;
     Les cérémonies de commémoration isolées
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Patrimoine-memoriel-Aide-aux-projets-memoriels-relatifs-a-la</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour la gestion administrative du dossier :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hilham Mahida Mail : hilham.mahida&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour la nature du projet :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Morgane Visière Mail : morgane.visiere&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;envoi des dossiers :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Région Occitanie / Pyrénées-Méditerranée 201 avenue de la Pompignane 34064 Montpellier cedex 2
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b394-patrimoine-memoriel-aide-aux-projets-memoriel/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G68" s="1" t="inlineStr">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>130980</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les projets visant à développer et à valoriser le patrimoine linguistique (français, langues régionales et non territoriales, langue des signes...)</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation des langues de France</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>1.500 à 20.000 €</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La France dispose d&amp;#039;un patrimoine linguistique d&amp;#039;une grande richesse : français, langues régionales, langues non territoriales, langue des signes française... Le ministère de la Culture soutient financièrement les projets visant à développer et à valoriser ce patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Présentation du dispositif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Que sont les langues de France ? Aux côtés du français, langue nationale, les langues de France façonnent notre identité culturelle et constituent une richesse immatérielle vivante et créative. Sont considérées comme langues de France :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   les langues régionales
+  &lt;/strong&gt;
+  , inscrites dans la Constitution depuis 2008 : &amp;#34;
+  &lt;em&gt;
+   Les langues régionales appartiennent au patrimoine de la France
+  &lt;/em&gt;
+  &amp;#34; (
+  &lt;a href="https://www.legifrance.gouv.fr/loda/article_lc/LEGIARTI000019241104" rel="noopener" target="_blank"&gt;
+   article 75-1
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ). Il s&amp;#039;agit des langues historiquement parlées sur une partie du territoire de la République, depuis plus longtemps que le français : alsacien, basque, breton, catalan, corse, créoles, flamand occidental, francique, francoprovençal, futunien, langues autochtones de Nouvelle-Calédonie, langues autochtones de Guyane, langues autochtones de Polynésie française, langues d&amp;#039;oïl (bourguignon-morvandiau, champenois, franc-comtois, gallo, lorrain, normand, picard, poitevin-saintongeais, wallon), kibushi, mahorais, occitan, parlers du Croissant, parlers liguriens, wallisien.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   six langues non-territoriales
+  &lt;/strong&gt;
+  , sans lien géographique avec le territoire de la République mais pratiquées par des citoyens français depuis plusieurs générations : arabe dialectal maghrébin, arménien occidental, berbère, judéo-espagnol, rromani, yiddish.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   la langue des signes française
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le ministère de la Culture encourage
+ &lt;strong&gt;
+  la création culturelle en langues de France
+ &lt;/strong&gt;
+ , considérées comme des vecteurs de création artistique, dans des disciplines comme l&amp;#039;audiovisuel, la chanson, le livre ou le spectacle vivant. Il soutient également
+ &lt;strong&gt;
+  les projets de recherche
+ &lt;/strong&gt;
+ visant à documenter et mieux faire connaître les langues de France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a&gt;
+   → Montant de la subvention
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la nature et la qualité du projet, et selon le budget de réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention varie entre 1500 et 20 000 euros en moyenne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois, dès réception des justificatifs nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets à dimension régionale doivent être adressés en priorité aux services déconcentrés du ministère : directions régionales des affaires culturelles (DRAC- France hexagonale), directions des affaires culturelles (DAC- Guadeloupe, Martinique, Mayotte, La Réunion), DCJS de Guyane, missions aux affaires culturelles (MAC- Nouvelle-Calédonie, Polynésie française).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les interventions de la DGLFLF privilégient les projets susceptibles d&amp;#039;élargir les publics aux questions relatives aux langues de France, et prennent en compte leur exigence scientifique. Elles s&amp;#039;efforcent dans la mesure du possible de respecter un équilibre des différentes langues dans le choix des projets retenus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions allouées par la DGLFLF sont attribuées sur une base annuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées
+ &lt;strong&gt;
+  avant le 15 décembre chaque année
+ &lt;/strong&gt;
+ pour pouvoir être prises en compte pour l&amp;#039;année suivante.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bilan du projet devra être transmis au plus tard 6 mois après la réalisation du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Colloque &amp;#34;Rencontres sur les parlers du Croissant&amp;#34; (CNRS / INALCO, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Organisé à Boussac (Creuse) en octobre 2022, ce colloque a présenté les travaux de recherche les plus récents sur ces parlers gallo-romans encore pratiqués de nos jours dans la frange nord du Massif central et dont la caractéristique est de présenter simultanément des traits typiques de l&amp;#039;occitan (auvergnat, limousin) et des langues d&amp;#039;oïl (français, berrichon, poitevin-saintongeais).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet de recherche et d&amp;#039;édition en langues amérindiennes (Association IPÊ, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 6 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association Ipê, spécialisée dans la recherche et le développement des langues amérindiennes de Guyane, a réalisé deux dictionnaires bilingues (wayana-français et apalaï-français) et un jeu de dominos thématique bilingue wayana-français.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Spectacle &amp;#34;Le Tabou (l&amp;#039;illettrisme chez les sourds&amp;#34; (Association Art&amp;#039;Sign, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un spectacle-performance visuel en langue des signes et en dessins afin d&amp;#039;aborder le délicat sujet de l&amp;#039;illettrisme chez les personnes sourdes et de lever ce tabou.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ateliers éducatifs en arménien occidental (Association Mgnig, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 3 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;activité principale de l&amp;#039;association Mgnig est l&amp;#039;organisation d&amp;#039;ateliers hebdomadaires linguistiques et culturels en arménien occidental (cours de théâtre, ateliers scientifiques, travaux manuels, séances de lectures et discussions) à destination du jeune public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / Services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible à cette aide, le demandeur doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être majeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer d&amp;#039;un numéro SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un projet en rapport avec une ou plusieurs langues de France, réalisé sur le territoire français et porté par une structure de droit français ou par une collectivité territoriale française
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un demandeur sans numéro fiscal (SIRET) n&amp;#039;est pas éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les formes d&amp;#039;expression artistique peuvent bénéficier d&amp;#039;une aide : théâtre, chanson et spectacle vivant en général, cinéma et audiovisuel, littérature. Il s&amp;#039;agit de
+ &lt;strong&gt;
+  montrer la vitalité des langues de France
+ &lt;/strong&gt;
+ et leur actualité, en manifestant leur capacité à produire des œuvres de valeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  projets de recherche
+ &lt;/strong&gt;
+ sur une ou plusieurs langues de France sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets sans rapport avec au moins une langue de France ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention ne peut couvrir les dépenses de fonctionnement ou d&amp;#039;équipement d&amp;#039;une structure.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle sert à financer la réalisation d&amp;#039;un projet culturel ou de recherche.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/valorisation-des-langues-de-france</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_transmission-culturelle</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur la valorisation des langues de France, vous êtes invités à vous adresser à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Délégation générale à la langue française et aux langues de France (DGLFLF)
+&lt;/p&gt;
+&lt;p&gt;
+ Mission Langues de France et Outre-mer
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:dglflf.min&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  dglflf.min&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 40 15 36 62
+&lt;/p&gt;
+&lt;p&gt;
+ 3 rue de Valois, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT-LANDRE :
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bourgogne-Franche-Comté
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL (Dijon) :
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN (Besançon) :
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bretagne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN :
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Corse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jean-Luc SARROLA :
+  &lt;a href="mailto:jean-luc.sarrola&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   jean-luc.sarrola&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Grand Est
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Delphine QUÉREUX-SBAÏ (Châlons-en-Champagne) :
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER (Metz) :
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER (Strasbourg) :
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hauts-de-France
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacques SAUTERON (Lille) :
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Laëtitia BONTAN (Amiens) :
+  &lt;a href="mailto:laetitia.bontan&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   laetitia.bontan&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nouvelle Aquitaine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Justine DUJARDIN (Bordeaux) :
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO (Limoges) :
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Occitanie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Magali CASTILLON :
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pays de la Loire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT :
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE :
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Guadeloupe
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie ERNY :
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Guyane
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEÏTA :
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr" rel="noopener" target="_blank"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  /
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   abdoulaye.keita&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Réunion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE :
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Martinique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON :
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mayotte
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED :
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nouvelle-Calédonie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michel RICHARD :
+  &lt;a href="mailto:michel.richard&amp;#64;nouvelle-caledonie.gouv.fr" rel="noopener" target="_blank"&gt;
+   michel.richard&amp;#64;nouvelle-caledonie.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Polynésie française
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Emmanuelle CHARRIER :
+  &lt;a href="mailto:emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr" rel="noopener" target="_blank"&gt;
+   emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizaraga&amp;#64;spm975.gouv.fr" rel="noopener" target="_blank"&gt;
+   rosiane.de-lizaraga&amp;#64;spm975.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2a09-valorisation-des-langues-de-france/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>120281</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet de développement de l'Education aux Arts et à la Culture (EAC)</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Projet de développement de l'Education aux Arts et à la Culture (EAC)</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   OPÉRATIONS CONCERNÉES
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une stratégie de développement de l&amp;#039;Education aux Arts et à la Culture à l&amp;#039;échelle des territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre d&amp;#039;actions d&amp;#039;éducation aux arts et à la culture dans les domaines du spectacle vivant, de la musique, des arts plastiques, du cinéma, de la lecture,...à destination des publics jeunes, des publics spécifiques (personnes âgés, en situation de handicap), habitants de territoires ruraux éloignés de l&amp;#039;offre culturelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le contexte réglementaire et la politique départementale et nationale de l&amp;#039;éducation aux arts et à la culture
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement à la définition d&amp;#039;un projet territorial d&amp;#039;éducation aux arts et à la culture, si nécessaire aide à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;un diagnostic EAC et accompagnement au choix du prestataire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;identification des acteurs culturels en présence sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Orientation vers les partenaires institutionnels potentiels (Etat – Région – Education nationale...) et les dispositifs techniques et financiers mobilisables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à la construction de l&amp;#039;offre d&amp;#039;éducation aux arts et à la culture d&amp;#039;un territoire (Mise en complémentarité et maillage territoriale des acteurs et des projets).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide ponctuelle au montage d&amp;#039;une action spécifique ( définition de l&amp;#039;action à conduire – expertise technique et méthodologie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en matériel scénique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Si nécessaire accompagnement à la rédaction d&amp;#039;une convention avec les partenaires institutionnels.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Education et renforcement des compétences
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/projet-developpement-education-aux-arts-et-culture/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction culture et patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement culturel
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;ladrome.fr"&gt;
+  culture&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0475 79 26 01
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ced5-projet-de-developpement-de-leducation-aux-art/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>94981</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel scénique ou scénographique</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;implantation ou conforter la présence d&amp;#039;équipes et de projets artistiques
+de qualité sur l&amp;#039;ensemble des territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre une meilleure irrigation culturelle des territoires dans des lieux de
+spectacles culturels ou d&amp;#039;exposition dotés d&amp;#039;équipements scéniques ou
+scénographiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  offrir des conditions optimales d&amp;#039;accueil aux formations artistiques
+professionnelles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner et encourager la pratique et la diffusion des oeuvres sur tout le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les lieux de diffusion bénéficiant d&amp;#039;un label national ou d&amp;#039;un conventionnement pluriannuel et pluripartite ou les lieux portant un projet structurant de développement culturel inscrit dans les priorités de la politique régionale, implanté sur le territoire et conventionné par le Conseil régional,
+&lt;/p&gt;
+&lt;p&gt;
+ Les personnes morale de droit public ou privé situées sur le territoire de la région Grand Est.
+&lt;/p&gt;
+&lt;h3&gt;
+ Nature des projets
+&lt;/h3&gt;
+&lt;p&gt;
+ Dans le domaine du spectacle vivant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition de matériel scénique et de diffusion de lieux de spectacle assurant une
+programmation artistique professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition de matériel nécessaire aux répétitions, à l&amp;#039;enregistrement ou plus
+généralement à l&amp;#039;accueil d&amp;#039;équipes artistiques en résidence de création.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le domaine des arts visuels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition d&amp;#039;équipement scénographique de lieux d&amp;#039;exposition assurant une
+programmation artistique professionnelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention et est plafonnée à 30 %.
+Le montant de l&amp;#039;intervention régionale est déterminé au cas par cas, comme suit, en fonction
+de l&amp;#039;intérêt du projet et de sa pertinence :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;aide concernant des projets d&amp;#039;aménagements d&amp;#039;équipements est accordée dans la limite
+d&amp;#039;un plafond de dépenses HT de 500 000 €,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une manière générale, l&amp;#039;aide est arrêtée à 30% au maximum du coût HT des
+équipements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute demande fait l&amp;#039;objet d&amp;#039;une  lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif. Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne peut être accordée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour les lieux de spectacles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;équipements scéniques : éclairage scénique, matériel de sonorisation,
+équipement de tenture, équipement audiovisuel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien pour les équipements scéniques ne peut être remobilisé qu&amp;#039;à l&amp;#039;issue d&amp;#039;un délai de 10
+ans entre deux demandes, délai réduit à 5 ans pour les matériels de sonorisation.
+Pour les lieux de répétition ou d&amp;#039;enregistrement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les équipements nécessaires aux répétitions ou à l&amp;#039;enregistrement : matériel informatique
+et logiciels permettant la MAO, les équipements de sonorisations et d&amp;#039;enregistrement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien en acquisition d&amp;#039;équipement ne peut intervenir que tous les 5 ans.
+Pour les lieux d&amp;#039;exposition et de production :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;équipements scénographiques : aménagement et matériel d&amp;#039;exposition, éclairage,
+équipement audiovisuel et numérique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien pour les équipements scénographiques ne peut être remobilisé qu&amp;#039;à l&amp;#039;issue d&amp;#039;un
+délai de 10 ans entre deux demandes, 5 ans pour le matériel audiovisuel et numérique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-a-lacquisition-de-materiel-scenique-ou-scenographique/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Siège du conseil régional,
+   Strasbourg : 03 88 15 68 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hôtel de Région,
+   Metz : 03 87 33 60 00
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hôtel de Région,
+   Châlons-en-Champagne : 03 26 70 31 31
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4bee-aide-a-lacquisition-de-materiel-scenique-ou-s/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>24913</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création artistique régionale en langue catalane et/ou occitane et au conventionnement tremplin</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...21 lines deleted...]
-      <c r="K68" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
-[...65 lines deleted...]
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite encourager et soutenir les créations en langues régionales et leur diffusion, ainsi que la professionnalisation des compagnies et groupes dont les matériaux de création sont les langues catalane et/ou occitane.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs : Soutenir la création en langue catalane et/ou occitane dans les domaines du théâtre, de la musique, de la danse, de la littérature, de l&amp;#039;édition et de l&amp;#039;audiovisuel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Toutes les dépenses de fonctionnement sauf :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la création et la maintenance de sites Internet
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion de CD.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides et dispositions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   A) Aide au projet
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;écriture dramatique ou composition d&amp;#039;œuvres contenant au moins 50% de texte en langues catalane et/ou occitane, la création ou la reprise d&amp;#039;une œuvre en occitan ou en catalan.
+&lt;/p&gt;
+&lt;p&gt;
+ La sélection du dossier et le montant de l&amp;#039;aide régionale sont conditionnés à l&amp;#039;analyse de tous les critères suivants par le comité conseil :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   exigence artistique : elle renvoie à un engagement et à la recherche d&amp;#039;une rigueur dans un travail suivi. L&amp;#039;exigence artistique s&amp;#039;exprime et se construit dans le parcours d&amp;#039;un artiste. Elle se distingue de la notion d&amp;#039;excellence fondée sur une échelle de valeur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité des créateurs à diffuser leurs œuvres. Tous les éléments permettant d&amp;#039;analyser la capacité du projet de création à entrer dans les circuits de diffusion devront être communiqués : préachat, budget de production faisant apparaître d&amp;#039;autres financeurs publics (collectivités territoriales, Etat), des sociétés civiles, des lieux de diffusion (coproduction, production déléguée, coréalisation...), diffusion et repérage des compagnies par les professionnels sur leurs précédents projets etc...
+  &lt;/li&gt;
+  &lt;li&gt;
+   qualité de la langue catalane et/ou occitane
+  &lt;/li&gt;
+  &lt;li&gt;
+   Après avis du comité conseil, et sous réserve de complétude du dossier, les projets retenus sont présentés à la commission culture du Conseil Régional puis soumis au vote de l&amp;#039;Assemblée Régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   B) Conventionnement « tremplin » 2 ans
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;aider les compagnies émergentes qui créent en occitan et/ou en catalan, la Région peut accompagner de façon globale, dans leurs projets de création, de diffusion, de reprise, d&amp;#039;action culturelle, des équipes artistiques professionnelles de rayonnement régional et dont l&amp;#039;exigence artistique est avérée. Ce conventionnement permet à la compagnie de se professionnaliser afin de pouvoir ensuite émarger sur les dispositifs d&amp;#039;aides au spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cette aide porte sur deux ans et doit permettre aux équipes artistiques de se doter d&amp;#039;une permanence administrative. La sélection du dossier et le montant de l&amp;#039;aide régionale sont conditionnés à l&amp;#039;analyse de tous les critères suivants par le comité conseil :
+  &lt;/li&gt;
+  &lt;li&gt;
+   régularité de l&amp;#039;exigence du propos artistique de la compagnie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à s&amp;#039;inscrire dans une dynamique territoriale et à mobiliser des ressources d&amp;#039;autres partenaires publics ou privés pour construire l&amp;#039;activité régulière avec permanence administrative
+  &lt;/li&gt;
+  &lt;li&gt;
+   investissement régulier auprès des publics, et en particulier éloignés de la culture, par une activité d&amp;#039;action culturelle diversifiée et tournée vers la recherche de formes singulières ou innovantes de médiation ou de rencontres
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La compagnie conventionnée est aidée pour l&amp;#039;ensemble de ses activités et ne peut pas bénéficier d&amp;#039;une aide au projet ou à la résidence pendant la durée de son conventionnement. Pendant la durée de la convention, le projet de la compagnie devra comporter au moins une création. Après la fin de la convention, celle-ci pourra être renouvelée une fois seulement.
+&lt;/p&gt;
+&lt;p&gt;
+ Après avis du comité conseil, et sous réserve de complétude du dossier, les projets retenus sont présentés à la commission culture du Conseil Régional puis soumis au vote de l&amp;#039;Assemblée Régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   C) Conventionnement 3 ou 4 ans
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les compagnies déjà structurées, il s&amp;#039;agit alors d&amp;#039;émarger sur les critères des dispositifs génériques accompagnant le spectacle vivant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Langues-et-cultures-catalane-et-occitane-Aide-a-la-creation</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour la gestion administrative du dossier :
+ &lt;/strong&gt;
+ Audrey CASSAR Mail : audrey.cassar&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la nature du projet :
+ &lt;/strong&gt;
+ Philippe VIALARD Mail : philippe.vialard&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89c0-langues-et-cultures-catalane-et-occitane-aide/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>30745</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux structurants dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie souhaite conforter le maillage de son territoire au travers d&amp;#039;un ensemble d&amp;#039;établissements culturels « de référence » à l&amp;#039;échelle régionale, mais également nationale et internationale pour certains d&amp;#039;entre eux.  Ces lieux structurants oeuvrent activement tout au long de l&amp;#039;année en faveur de la diffusion, de la création, de l&amp;#039;action en direction des publics et du développement territorial. Ils intègrent la diversité des esthétiques des arts de la scène. Ils jouent un rôle spécifique au sein d&amp;#039;une filière du spectacle vivant ou d&amp;#039;un territoire. Ils peuvent bénéficier ou pas d&amp;#039;un label ou d&amp;#039;un conventionnement d&amp;#039;Etat. Dans le cadre d&amp;#039;une convention d&amp;#039;objectifs, ils répondent à un cahier des charges impliquant  une programmation professionnelle exigeante, un soutien à la création  et aux compagnies régionales, un programme d&amp;#039;action culturelle en direction des publics, une inscription dans les réseaux professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  personnes morales de droit privé (associations, sociétés) titulaires d&amp;#039;une licence d&amp;#039;entrepreneur du spectacle en cours de validité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  personnes morales de droit public : collectivités territoriales (dont communes et communautés de communes) et établissements publics domiciliés en région titulaires d&amp;#039;une licence d&amp;#039;entrepreneur de spectacles en cours de validité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Sélection
+&lt;/h3&gt;
+&lt;p&gt;
+ Est notamment appréciée la capacité des lieux à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès de tous les publics à une offre artistique et culturelle de qualité
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une recherche de complémentarité et de coopération vis-à-vis du réseau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en œuvre des démarches d&amp;#039;action culturelle actives, riches et inventives
+ &lt;/li&gt;
+ &lt;li&gt;
+  agir pour la promotion des disciplines insuffisamment représentées de la création contemporaine (danse contemporaine, musique contemporaine, théâtre d&amp;#039;objets-marionnettes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accueillir au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation en veillant à l&amp;#039;équilibre des esthétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la circulation des créations régionales soutenues dans les lieux structurants de la région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la création régionale en partageant les outils et les moyens (co-production, production déléguée...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la présence artistique en leur sein et sur leur territoire (résidences, compagnies associées...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer au repérage et à l&amp;#039;émergence des talents.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide annuelle apportée est évaluée au regard de l&amp;#039;implication du lieu structurant dans les différentes missions évoquées ci-dessus et en fonction des critères de sélection détaillés plus haut.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ces structures doivent présenter une stabilité structurelle quant à l&amp;#039;exercice de leurs missions de service aux publics :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme de la gestion et permanence de l&amp;#039;équipe administrative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   indépendance des choix artistiques de la direction ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation d&amp;#039;une programmation ambitieuse et de qualité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   spectacles professionnels de rayonnement a minima régional, choix traduisant une ligne artistique définie, complémentarités et synergie avec l&amp;#039;environnement local et départemental) ; locaux et moyens techniques mobilisables (plateau en ordre de marche) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   implication dans l&amp;#039;accompagnement des artistes par des coproductions, le cas échéant des productions déléguées, et des résidences pluridisciplinaires de longue durée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   ancrage local et rayonnement régional confirmés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mobilisation d&amp;#039;autres financements publics ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   part du budget consacré aux dépenses artistiques d&amp;#039;au moins 30 %.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+ toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention : charges de fonctionnement de la structure, rémunération du personnel de la structure, charges artistiques (achats de spectacles, coproductions, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur, actions culturelles (location de matériel technique, salaires de personnels intermittents).
+&lt;/p&gt;
+&lt;p&gt;
+ Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+ la valorisation du bénévolat, des mises à disposition et les aides en nature, les dotations aux amortissements et aux provisions, les intérêts des emprunts et les agios.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-lieux-structurants</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e635-arts-de-la-scene-aide-aux-lieux-structurants/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>162756</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux lieux : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible et de qualité toute l’année, complémentaires aux festivals et manifestations&lt;/li&gt; 	&lt;li&gt;Favoriser la présence d’artistes sur le territoire et accompagner les artistes, notamment régionaux, dans leur parcours et soutenir l’emploi des professionnels&lt;/li&gt; 	&lt;li&gt; Accueillir les artistes et les œuvres majeures de l’art d’aujourd’hui dans le domaine des arts visuels&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et à l’attractivité économique et touristique du territoire&lt;/li&gt; 	&lt;li&gt;Favoriser la rencontre de l’offre culturelle avec les publics les plus diversifiés, par des actions de diffusion, de médiation, de participation et de recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; Encourager la coopération professionnelle et territoriale dans une dynamique de filière et de mutualisations&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles à une aide régionale :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;span&gt; &lt;/span&gt;les lieux et structures de production et/ou de diffusion dirigés par des artistes ou des professionnels du monde culturel,&lt;/li&gt; 	&lt;li&gt;ayant un établissement ou une succursale situés en région Provence-Alpes-Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote,&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée,&lt;/li&gt; 	&lt;li&gt;le droit de la propriété intellectuelle et du travail,&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et présentant un dossier complet :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; - Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;br /&gt; - Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les spectacles de cabaret ou pratiquant uniquement de l’achat de spectacles&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
         <v>94983</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Soutenir la coopération culturelle transfrontalière</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Soutien à la coopération culturelle transfrontalière</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes un acteur culturel et vous portez un projet transfrontalier à impact pour le Grand Est en lien avec ses voisins belges, luxembourgeois, allemands ou suisses ? La Région Grand Est peut vous apporter son soutien.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif « Soutien à la coopération culturelle transfrontalière » contribue à la mise en œuvre de la feuille de route en matière de politique culturelle transfrontalière et européenne de la Région Grand Est, élaborée en coopération avec les acteurs culturels régionaux réunis au sein du Conseil Consultatif de la Culture. Il s&amp;#039;inscrit ainsi dans l&amp;#039;objectif ambitieux de permettre l&amp;#039;essor d&amp;#039;un espace culturel transfrontalier entre le Grand Est et ses pays voisins.
 &lt;/p&gt;
 &lt;p&gt;
  À cet effet, ce dispositif vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Améliorer la connaissance réciproque et développer les collaborations entre structures, réseaux et acteurs culturels de part et d&amp;#039;autre de la frontière ;
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser les projets culturels construits entre le Grand Est et les pays voisins ;
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir l&amp;#039;activité transfrontalière des entreprises culturelles et créatives ;
  &lt;/li&gt;
  &lt;li&gt;
   Contribuer au rayonnement des acteurs culturels de la région Grand Est en dehors de son territoire, auprès des professionnels de la culture mais également des publics ;
  &lt;/li&gt;
  &lt;li&gt;
   Contribuer à la mise en œuvre de stratégies communes de coopération culturelle transfrontalière et au développement d&amp;#039;un cadre structurant et durable pour les échanges culturels transfrontaliers.
@@ -15367,568 +12670,209 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   31 janvier de l&amp;#039;année N pour les projets débutant entre juin et septembre de l&amp;#039;année N
  &lt;/li&gt;
  &lt;li&gt;
   31 mai de l&amp;#039;année N pour les projets débutant entre octobre de l&amp;#039;année N et janvier de l&amp;#039;année N&amp;#43;1
  &lt;/li&gt;
  &lt;li&gt;
   15 octobre de l&amp;#039;année N pour les projets débutant entre février et mai de l&amp;#039;année N&amp;#43;1
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nous vous invitons à lire attentivement le contenu de l&amp;#039;appel à projet en annexe précisant notamment l&amp;#039;ensemble des critères d&amp;#039;éligibilité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h2&gt;
  Appel à projet spécifique
 &lt;/h2&gt;
 &lt;p&gt;
  Actuellement aucun appel à projet spécifique n&amp;#039;est en cours.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P69" s="1" t="inlineStr">
+      <c r="P54" s="1" t="inlineStr">
         <is>
           <t>09/08/2017</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-la-cooperation-culturelle-transfrontaliere/</t>
         </is>
       </c>
-      <c r="W69" s="1" t="inlineStr">
+      <c r="W54" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0033/depot/simple</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
   Guide utilisateurs du portail des aides dématérialisées
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
   Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Contact :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question, vous pouvez envoyer un mail à l&amp;#039;adresse suivante :
  &lt;br /&gt;
  &lt;a href="mailto:culture-europe-transfrontalier&amp;#64;grandest.fr"&gt;
   culture-europe-transfrontalier&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;appel à projet spécifique
  &lt;/strong&gt;
  : aucun appel à projet spécifique n&amp;#039;est en cours.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e621-soutien-a-la-cooperation-culturelle-transfron/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-[...359 lines deleted...]
-      <c r="A72" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>120839</v>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités territoriales, les structures privées dans leur projet d’acquisitions, construction et restauration de structures itinérantes</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Investissement culturel Aide à l'acquisition construction restauration structures itinérantes (SV)</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G72" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H72" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I72" s="1" t="inlineStr">
+      <c r="I55" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K72" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient les collectivités territoriales et/ou leurs mandataires et, les structures privées dans leur projet d&amp;#039;acquisitions, construction et restauration de structures itinérantes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Equipement public
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P72" s="1" t="inlineStr">
+      <c r="P55" s="1" t="inlineStr">
         <is>
           <t>31/12/2021</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif de soutien s&amp;#039;adresse aux collectivités territoriales ou à des personnes morales de droit privé ou public ayant au moins 1 an d&amp;#039;existence.
 &lt;/p&gt;
 &lt;p&gt;
  Pour être éligible, le porteur de projet doit avoir son siège social et son projet situés en Ile-de-France.
  &lt;br /&gt;
 &lt;/p&gt;
 Le renouvellement de l&amp;#039;aide régionale aux structures itinérantes ne pourra être sollicité qu&amp;#039;après une période de 5 ans minimum.
 &lt;br /&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Cette aide permet de financer la construction, la restauration et l&amp;#039;acquisition des structures itinérantes.
 &lt;/p&gt;
 &lt;p&gt;
  Sont concernées les structures itinérantes (chapiteaux, péniches, yourtes...) accueillant des manifestations culturelles ou permettant la réalisation d&amp;#039;actions culturelles.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Toutes les demandes doivent être faites sur la plateforme dédiée de la Région :
  &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
@@ -15961,1261 +12905,1397 @@
  &lt;/li&gt;
  &lt;li&gt;
   Les documents attestant de l&amp;#039;engagement des financeurs cités dans le budget prévisionnel (notification, convention...),
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;attestation de non-commencement des travaux avant le vote de la subvention ou la demande motivée de démarrage anticipée,
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;attestation de récupération de la TVA*,
  &lt;/li&gt;
  &lt;li&gt;
   La lettre d&amp;#039;engagement concernant l&amp;#039;accueil de stagiaires dans le cadre de la mesure « 100.000 nouveaux stages »,
  &lt;/li&gt;
  &lt;li&gt;
   Les comptes annuels (bilan et compte de résultat) du dernier exercice clos certifiés pour les structures privées,
  &lt;/li&gt;
  &lt;li&gt;
   La charte régionale des valeurs de la République et de la laïcité tamponnée et signée,
  &lt;/li&gt;
  &lt;li&gt;
   Une copie de la délibération ou de la décision de solliciter l&amp;#039;aide à l&amp;#039;investissement culturel auprès de la Région et adoptant le projet et intégrant la demande d&amp;#039;aide auprès du Conseil régional et des différents partenaires pour les collectivités territoriales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-lacquisition-construction-restauration-structures-itinerantes-sv</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Christine Vacher :
  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   christine.vacher&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction culture - Service spectacle vivant
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ad63-investissement-culturel-aide-a-lacquisition-c/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G73" s="1" t="inlineStr">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>162757</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
+Département
+Région
+Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K73" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="O73" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible, diversifiée et de qualité,&lt;/li&gt; 	&lt;li&gt; Favoriser la programmation d’artistes professionnels régionaux, nationaux, internationaux&lt;/li&gt; 	&lt;li&gt;Soutenir l’emploi et participer à l’émergence d’artistes et au développement des carrières,&lt;/li&gt; 	&lt;li&gt; Développer des événements artistiques, festivals et expositions dans le domaine des arts visuels,&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et au développement économique et touristique des territoires,&lt;/li&gt; 	&lt;li&gt; Favoriser la rencontre avec un public large et diversifié, en période estivale et aussi toute l’année,&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt;Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (collectivités, Etat, Europe...)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Et présentant un dossier complet :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt; Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations portés par les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les grands orchestres, opéras, ballets et centres chorégraphiques nationaux&lt;/li&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
-[...459 lines deleted...]
-      <c r="S75" s="1" t="inlineStr">
+      <c r="P56" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X75" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>137949</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les organisateurs d événements culturels - Festivals</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant - Festival (accompagnement des organisateurs d événements culturels)</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>Aides selon le lieu de la manifestation, l’originalité du thème, la période, la fréquentation.</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;:&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir la diffusion et la programmation des différentes disciplines artistiques par des évènements porteurs d&amp;#039;une identité départementale, et par des évènements de moindre ampleur mais qui permettent l&amp;#039;animation de territoires ruraux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département  en relation avec leur territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre demande&lt;/li&gt;&lt;li&gt;Dossier artistique&lt;/li&gt;&lt;li&gt;Présentation du projet&lt;/li&gt;&lt;li&gt;Budget&lt;/li&gt;&lt;li&gt;Bilan
+de l&amp;#039;année N-1 (si une aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Dossier de demande de subvention complété
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour
+les demandes de subvention en fonctionnement
+: &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf) &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Service santé :
-[...1 lines deleted...]
-  sante&amp;#64;iledefrance.fr
+ Aide au financement de manifestations organisées (plus d&amp;#039;une dizaine de festivals : Festival Musiques en Vivarais Lignon...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Pierre FAIVRE :
-[...5 lines deleted...]
- Téléphone : 01.53.85.53.85
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Gestionnaire : Jérôme TOURNAYRE - jerome.tournayre&amp;#64;hauteloire.fr - 04 71 07 43 53&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cca9-soutenir-la-diffusion-et-la-programmation-des/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>120641</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Faire découvrir des lieux patrimoniaux, leur histoire et leurs collections aux jeunes et à leurs familles à travers une pratique artistique</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>C'est mon Patrimoine !</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La découverte et la familiarisation des enfants et des adolescents à la culture passe par la découverte d&amp;#039;un patrimoine et d&amp;#039;une pratique artistique. Le ministère de la Culture soutient ces actions en allouant une subvention aux porteurs de projets dans le cadre de l&amp;#039;appel à projets &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancée en 2005 par le ministère de la Culture (&amp;#34;Les Portes du temps&amp;#34;), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; contribue à l&amp;#039;émancipation des jeunes par les arts et la culture et repose sur les trois piliers de l&amp;#039;éducation artistique et culturelle (EAC) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rencontre avec les artistes et les œuvres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la connaissance des arts et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  et la pratique artistique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette opération a vocation à s&amp;#039;inscrire dans les projets de territoire contractualisés. Elle encourage des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; est coordonné, au niveau national, par la délégation générale à la transmission, aux territoires et à la démocratie culturel (DG2TDC) du ministère de la Culture et l&amp;#039;Agence nationale de la cohésion des territoires (ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; s&amp;#039;appuie sur l&amp;#039;intervention de divers professionnels du monde de la culture et de l&amp;#039;éducation populaire. Cet appel à projets, qui implique une pratique artistique, doit permettre aux jeunes et à leurs familles de s&amp;#039;approprier de façon originale les lieux patrimoniaux, leur histoire et leurs collections.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisée en partenariat avec l&amp;#039;Agence nationale de la cohésion des territoires (ANCT), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; poursuit des objectifs communs de cohésion sociale, d&amp;#039;accès à l&amp;#039;offre culturelle des personnes qui en sont les plus éloignées et de participation à la vie culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Contexte de création
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accès aux patrimoines (architecture, musées, monuments, archéologie, patrimoine immatériel, paysages, archives, etc.) occupe une place significative et structurante dans les parcours d&amp;#039;éducation artistique et culturelle à destination des enfants et adolescents et constitue l&amp;#039;un des leviers des politiques territorialisées de démocratisation culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; vise à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  couvrir la diversité des territoires urbains, périphériques et ruraux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à toucher des publics diversifiés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en compte la pluralité des patrimoines (ensembles urbains, patrimoine immatériel, patrimoine rural de proximité, friches industrielles par exemple),
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en avant des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;enjeu reste toutefois prioritairement la découverte et l&amp;#039;accès à des lieux patrimoniaux dont la fréquentation spontanée par les publics visés peut rencontrer des freins.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle tend aussi à développer de nouvelles temporalités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Possibilité de dérouler les activités durant l&amp;#039;ensemble du temps extrascolaire, sur tous les temps de vacances scolaires (pas uniquement sur la période estivale) ou jours isolés dans l&amp;#039;année (mercredis, samedis)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en avant des temps de restitution des projets, ouverts à tous les publics, par exemple en lien avec les Journées européennes du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention versée par l&amp;#039;État ne peut excéder 80 % du budget total du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financement &amp;#34;politique de la ville&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets visent l&amp;#039;ensemble des territoires prioritaires, dont les territoires ruraux. Pour être éligible à un financement spécifique des crédits politiques de la ville, le public bénéficiaire visé par le projet doit être composé d&amp;#039;au moins 60 % de jeunes issus des quartiers prioritaires de la politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets touchant majoritairement d&amp;#039;autres publics éloignés peuvent être financés sur d&amp;#039;autres crédits, notamment apportés par le ministère de la Culture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligibles à un financement, les projets devront remplir les conditions suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Co-construction et co-financement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être co-construit entre professionnels de différentes disciplines : médiateurs des patrimoines, artistes professionnels, acteurs de l&amp;#039;enfance et de la jeunesse, du secteur public ou de l&amp;#039;éducation populaire, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur un partenariat impliquant au moins un service ou une structure patrimoniale : le partenaire patrimonial est pleinement associé à l&amp;#039;élaboration et à la réalisation du projet. Deux services différents d&amp;#039;une même collectivité, patrimoine et jeunesse, peuvent par dérogation être considérés comme partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une formation préalable est attendue pour chaque projet à destination des différents acteurs, notamment les animateurs encadrant les jeunes. Cette formation peut être dispensée par l&amp;#039;établissement patrimonial, par une structure d&amp;#039;accueil de jeunes et/ou un réseau d&amp;#039;éducation populaire (dans le cadre d&amp;#039;un seul projet ou pour un territoire plus vaste et pour plusieurs projets mutualisés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités se dérouleront durant le temps extrascolaire, ou périscolaire dans le cas du plan mercredi.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet global comportera au moins 7 jours, pour une participation à la journée ou sous forme de stage de plusieurs jours.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du plan mercredi, des demi-journées peuvent être programmées, à condition que chacun des participants soit bénéficiaire d&amp;#039;un minimum de 2 demi-journées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Publics cibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit viser particulièrement les jeunes de 6 à 18 ans et notamment les adolescents. Les parents et les familles peuvent être associés à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de partenariats avec des structures d&amp;#039;accueil, l&amp;#039;opération est également ouverte aux jeunes placés sous-main de justice, aux personnes en situation de handicap, ainsi qu&amp;#039;aux réfugiés et migrants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités doivent se dérouler sur un site patrimonial (ou plusieurs) et/ou s&amp;#039;articuler autour d&amp;#039;éléments du patrimoine culturel immatériel de la région concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Restitution
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La restitution, à laquelle sont conviés les familles, les amis et si possible le grand public, prend la forme d&amp;#039;une exposition avec un temps de réunion type inauguration ou d&amp;#039;un spectacle impliquant les jeunes (spectacle vivant avec présence des jeunes sur le plateau ou projection d&amp;#039;une œuvre réalisée par/avec eux).
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures sont encouragées à prévoir un temps de restitution des projets pendant les Journées européennes du patrimoine (16, 17 et 18 septembre 2022). Les réalisations des jeunes seront valorisées auprès d&amp;#039;un large public.
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation du projet fera l&amp;#039;objet d&amp;#039;une valorisation sur le site internet de l&amp;#039;établissement patrimonial.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles les projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qui ne respectent pas la composition du public cible (jeunes de 6 à 18 ans, issus à 60% minimum des quartiers prioritaires de la ville),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne comportant pas d&amp;#039;axe de pratique artistique avec un professionnel du domaine artistique concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le partenaire patrimonial n&amp;#039;est pas explicitement impliqué dans l&amp;#039;élaboration et la réalisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne reposant pas sur plusieurs financements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une simple visite au musée ou dans un monument historique, sans contrepartie créative de la part des jeunes, n&amp;#039;est pas considérée comme déterminante dans la validation des projets.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/c-est-mon-patrimoine</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la DRAC :
+  &lt;a href="mailto:CMP.drac.hdf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   CMP.drac.hdf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au SGAR :
+  &lt;a href="mailto:sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr" rel="noopener" target="_blank"&gt;
+   sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a2f0-cest-mon-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G76" s="1" t="inlineStr">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>90803</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer et valoriser des sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I76" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le patrimoine doit être considéré comme une ressource pour les territoires, parfois la seule dans les zones rurales, dans une perspective d&amp;#039;aménagement et de développement socio-économique et touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations globales de valorisation concernent des sites ou édifices majeurs, mais aussi des entités patrimoniales plus modestes, reconnus de préférence par un label patrimonial, qui présentent un intérêt tout particulier par leur forte singularité historique ou architecturale, dans une optique d&amp;#039;aménagement maillant le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ De tels sites ou monuments, à l&amp;#039;attractivité touristique potentielle ou avérée, peuvent contribuer au développement économique local s&amp;#039;ils sont suffisamment mis en valeur et accessibles au public. Ils doivent correspondre à des programmes d&amp;#039;investissement, à la fois matériels et immatériels, comprenant nécessairement plusieurs volets : restauration – cristallisation / création de contenus de supports de visite, scénographie, muséographie  / aménagements liés à l&amp;#039;accueil du public, prestations intellectuelles, outils de médiation, mise en tourisme...
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de favoriser les pratiques culturelles et de découvertes et notamment des formes de valorisation nouvelles et originales, aujourd&amp;#039;hui sous-exploitées, et le développement des activités de service et de tourisme correspondantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets seront, si nécessaire, examinés, voire instruits et soutenus de manière transversale en mobilisant toutes les politiques régionales potentiellement concernées, et tout particulièrement celle du tourisme à travers ses dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, Établissements publics de coopération intercommunale (communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux...), Départements, Associations, Entreprises (à l&amp;#039;exclusion de SCI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25 % du coût total HT, avec un montant de subvention plafonné à 500 000 € par opération, hors bonification éventuelle.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 % du coût total HT, si le projet bénéficie d&amp;#039;une aide du FEADER ou du FEDER, avec un montant de subvention plafonné à 300 000 € par opération, hors bonification éventuelle.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans tous les cas, une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (cf. carte EPCI en annexe).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité (tous ces critères sont obligatoires):
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sites patrimoniaux publics et privés (hors particuliers et SCI), protégés ou non
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites disposant d&amp;#039;une billetterie (gratuite ou payante)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites ouverts au public au minimum de 3 à 6 mois dans l&amp;#039;année, selon leur localisation sur le territoire régional et leur potentiel touristique (données de fréquentation)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites gérés par une équipe professionnelle (permanente ou saisonnière) et adhérant à l&amp;#039;office tourisme local
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet envisagé de manière globale et faisant (ou ayant fait) l&amp;#039;objet d&amp;#039;une étude préalable de développement et de faisabilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet comprenant plusieurs volets, dont un volet médiation obligatoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Critères de priorisation :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet structurant pour le territoire (notoriété, intérêt patrimonial, fréquentation, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site en gestion publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites inscrits sur un territoire engagé dans une démarche de qualité, dans un dispositif de reconnaissance officielle de son patrimoine (labélisation, protection, UNESCO...) ou de mise en réseau de sites....
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet aidé au titre des dispositifs de la politique touristique de la Région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficiaire dans un territoire en situation de vulnérabilité socio-économique relative (Carte EPCI en annexe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte du patrimoine culturel immatériel dans l&amp;#039;ensemble du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte d&amp;#039;une approche environnementale dans la conception du projet pour réduire les coûts de fonctionnement sur les postes : gestion des déchets, restauration du bâti, médiation, scénographie, muséographie, aménagements liés à l&amp;#039;accueil du public. Exemplarités dans les économies de flux (eau, électricité, ...). Encouragement aux déplacements doux et actifs. Prise en compte de l&amp;#039;accessibilité au public handicapé. Utilisation de matériaux et de produits locaux. Inscription du projet dans son environnement par l&amp;#039;intégration paysagère des équipements liés à l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte de l&amp;#039;innovation et du numérique dans les outils de médiation et l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site faisant l&amp;#039;objet d&amp;#039;une animation culturelle spécifique (festivals, spectacles vivants, arts plastiques, expositions temporaires, etc...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Volet restauration et cristallisation :
+ &lt;/strong&gt;
+ les dépenses portant sur la restauration d&amp;#039;un édifice ou d&amp;#039;un site, ou la cristallisation de vestiges faisant partie intégrante du site remarquable. Dans certains cas, les fouilles archéologiques complémentaires, nécessaires à la compréhension et la visite du site. La maîtrise d&amp;#039;œuvre associée aux travaux de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, les travaux d&amp;#039;urgence qui constituent un préalable indispensable à la mise en œuvre d&amp;#039;un projet de valorisation du site, pourront être retenus. Le projet devra alors être défini dans ses grandes lignes et sa mise en œuvre devra être prévue, sans en être encore au stade de la programmation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Volet médiation/scénographie/muséographie :
+ &lt;/strong&gt;
+ pour les aménagements scénographiques ou muséaux, les dépenses matérielles et les prestations intellectuelles pour réaliser les outils de médiation et leurs contenus. La maîtrise d&amp;#039;œuvre associée aux travaux de scénographie/muséographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Volet accueil du public.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La répartition précise des postes de dépenses entre les politiques « patrimoine » et « tourisme », voire d&amp;#039;autres politiques régionales, sera établie par les directions concernées au moment de l&amp;#039;instruction du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région devra être associée au projet par le maitre d&amp;#039;ouvrage en tant que membre du Comité de pilotage ou de suivi.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préalables à la définition du projet et de son programme sont éligibles au titre du dispositif 2.3 du présent règlement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Parkings, voiries et réseaux.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de simple entretien du site.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses générales de fonctionnement et frais de communication.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-globales-de-valorisation-de-sites-patrimoniaux</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Laurence Fouquet
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  (P
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  our les Départements 24-33-40-47-64)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 14, Rue François de Sourdis
+ &lt;br /&gt;
+ 33077
+                                                    Bordeaux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05.57.57.74.10
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nadia Jabnoun-Verger (Pour les Départements 19-23-87)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 27, boulevard de la Corderie.
+&lt;/p&gt;
+&lt;p&gt;
+ CS 3116
+ 87031
+                                                    Limoges Cedex 1
+&lt;/p&gt;
+&lt;p&gt;
+ 05.55.45.19.61
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aurélie Riffaud (Pour les Départements 16-17-79-86)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 15, rue de l&amp;#039;Ancienne Comédie
+&lt;/p&gt;
+&lt;p&gt;
+ 86021
+                                                    Poitiers CS 70575
+&lt;/p&gt;
+&lt;p&gt;
+ 0549363005
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5e22-operations-globales-de-valorisation-de-sites-/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>163027</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Développer et structurer une offre touristique rurale, diversifiée, innovante et décarbonée</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°2 : Développer et structurer une offre touristique rurale, diversifiée, innovante et décarbonée</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Développer une offre touristique durable en cohérence avec les ressources du territoire et les aspirations des touristes&lt;/h2&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Développer une itinérance touristique responsable&lt;/h3&gt;&lt;h4&gt;Adaptation des aménités touristiques du territoire au tourisme itinérant&lt;/h4&gt;&lt;p&gt;Les aménités de l&amp;#039;espace rural (paysages, sites, forêts, cours d’eau, produits locaux, exploitations agricoles, patrimoines…) constituent de forts facteurs d’attractivité mais aussi la « scène » d’une activité en plein essor, l’itinérance. Les demandes de pratiques d’itinérance pédestre, cyclo, équestre et fluviale permettent de constituer une offre touristique de découvertes, des expériences de rencontres très recherchées par les clientèles. Cette offre d’itinérance est pleinement durable car constituée de mobilités douces appréciée et utilisée par les habitants (y compris parfois pour des déplacements « domicile-travail »). Toutefois cela reste une offre à améliorer : jalonnements sentiers, circuits, offre d’interprétation, cohérences des circuits, signalétique, présence de services (pour les vélos par exemple) …&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Développement de services proposant des séjours touristiques décarbonés (ou à faible impact)&lt;/h4&gt;&lt;p&gt;Pour répondre aux enjeux climatiques et énergétiques et aux attentes des clientèles de plus en plus sensibles sur ces sujets, les gestionnaires du tourisme et les professionnels doivent construire des offres de séjours touristiques décarbonés et peu consommateurs d’énergie. Des projets innovants peuvent émerger pour améliorer l’intermodalité, les recours mobilités douces, les éco-hébergements, les activités avec une faible empreinte écologique. Des calculateurs sont disponibles (Good Planet, Green Tripper) pour expérimenter des initiatives de mesures locales&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Valoriser les atouts culturel, patrimoniaux et les savoir-faire du territoire&lt;/h3&gt;&lt;h4&gt;Valorisation de la présence de l’eau et amélioration de son accessibilité&lt;/h4&gt;&lt;p&gt;L’eau est fortement présente sur le territoire de la CASE. S’il existe déjà des offres touristiques et de loisirs (croisière promenade à la découverte des moulins et impressionnistes / musée de la Batellerie, parc de Léry-Poses et ses plages…), l’itinérance fluviale, les activités nautiques, la baignade, la pêche sont autant de domaines dans lesquels le territoire est déjà engagé mais qui restent porteurs d’un fort potentiel de développement en coopération avec les territoires voisins.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Amélioration de la visibilité des patrimoines et des savoir-faire&lt;/h4&gt;&lt;p&gt;Le territoire est riche de ses patrimoines et savoir-faire mais ils peuvent gagner en visibilité, en mise en cohérence et en mise en tourisme. Le développement de circuits, l’amélioration de la médiation et de l’interprétation, la mise en réseau des acteurs sont autant de leviers qui pourront être soutenus par le GAL.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Renforcement du lien culture-tourisme&lt;/h4&gt;&lt;p&gt;L’offre culturelle sur le territoire est une offre conséquente et présente sur l’ensemble du territoire tant en milieu urbain que rural (lecture publique, enseignement musical spectacle vivant, patrimoine, musique, arts plastiques, cinéma, etc.). La culture doit donc pouvoir constituer une offre touristique majeure pour le territoire. Les Patrimoines (avec approche ludique et numérique via l’application « Seine Eure s’imagine », les évènements (festivals, expositions…), les musées et sites, les résidences d’artistes, les créations sont autant d’opportunités pour ouvrir encore plus la culture vers les habitants et les touristes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement de l’évènementiel dans sa dimension éco-responsable&lt;/h4&gt;&lt;p&gt;Modestes ou conséquents de nombreux évènements remplissent l’agenda du territoire et constituent des facteurs d’attractivité importants pour la destination. Mais le champ de l’évènementiel est grandement améliorable dans ses impacts ; gestion des déchets, modalités d’accessibilité, consommation énergétique, protection des milieux, accessibilité sociale et inclusive… Autant de sujets qui peuvent donner lieu à des projets inventifs.&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Renforcer, diversifier et accompagner la qualification et la diversification des offres touristiques&lt;/h3&gt;&lt;h4&gt;Développement d’une offre de restauration et d’hébergement durable&lt;/h4&gt;&lt;p&gt;Pour une offre touristique durable il est impératif de chercher à améliorer l’offre de restauration et d’hébergements. Cela peut passer par le renforcement des circuits courts et la valorisation des produits locaux (en lien avec l’alimentation – axe 1 mais aussi produits artisanaux et écoconstruction pour les hébergements). Les professionnels doivent être sensibilisés, formés et accompagnés sur les potentiels d’utilisation des produits locaux, sur des pratiques plus économes en énergie, sur la gestion des déchets et de l’eau, sur les offres liées aux mobilités douces pour leurs clients.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Adaptation des offres aux différents publics&lt;/h4&gt;&lt;p&gt;Un tourisme véritablement durable doit adapter son offre à la diversité des publics et porter une attention particulière aux publics en situation de handicap et aux publics en situation de précarité. Cet objectif doit s’articuler avec la démarche en cours de diagnostic sur l’accessibilité Handicap mené par la CASE en partenariat avec les acteurs institutionnels et associatifs concernés. De vraies marges de progrès existent pour améliorer l’accessibilité, en particulier de l’offre patrimoniale, mais aussi sur l’itinérance, pour les publics en situation de handicap et pour les familles (présence seniors et enfants), par exemple. Enfin, la question de l’accessibilité tarifaire doit, autant que possible, être prise en compte pour que certaines activités soient ouvertes à plus de touristes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des opérateurs dans les démarches de qualification et d’optimisation de leurs services&lt;/h4&gt;&lt;p&gt;De nombreux labels existent (culturels et patrimoniaux/ l’accueil, la qualité et le bien-être / alimentaires / environnementaux…) qui jouent un rôle de certification de qualité, de reconnaissance pour le client. Mais les professionnels ont besoin d’être informés et accompagnés pour choisir les labels qui sont les plus pertinents et efficaces au regard de leurs activités et spécificités. Le GAL doit faciliter ces démarches d’engagement mais en privilégiant les labels cohérents avec la stratégie locale de développement (écolabels, accueil vélo, tourisme et handicap…).&lt;/p&gt;&lt;h4&gt;Amélioration de la communication et de la promotion pour la rendre plus efficiente&lt;/h4&gt;&lt;p&gt;Les actions de communication et de promotion doivent gagner en lisibilité, en cohérence et en efficience. C’est par un travail partenarial, par des gouvernances innovantes que la progression pourra se mettre en œuvre. Le GAL peut jouer un rôle important de facilitateur et d’initiateur de projets qui y contribueront.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=Le%20programme%20LEADER%20(Liaisons%20Entre,est%20%C3%A0%20sa%20sixi%C3%A8me%20programmation.</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>flavien.andre@seine-eure.com</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-une-offre-touristique-rurale-diversifiee-innovante-et-decarbonee/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>165418</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Etudes préalables aux opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Etudes préalables aux opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine, partenaire incontournable de la valorisation patrimoniale, accompagne les collectivités par une aide aux études – qu’elles soient historiques, juridiques, de faisabilité, de programmation ou diagnostiques – en s’associant étroitement à leur suivi pour garantir des projets cohérents et durables.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Ces études ont pour objectif d’analyser les besoins, le potentiel (atouts et faiblesses) d’un site patrimonial et de proposer un projet adapté aux contraintes identifiées, pour procéder à une valorisation ou à une mise en tourisme optimisées. De telles études sont indispensables à la prise de décision pour des projets de développement touristique d’envergure.&lt;/p&gt;&lt;p&gt;L’accompagnement financier de ces opérations a pour but de favoriser l’émergence de projets viables de valorisation de sites patrimoniaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Dépenses éligibles : études historiques, études juridiques, études diagnostic, études de faisabilité et programmation.&lt;/p&gt;&lt;p&gt;Modalités de calcul de la subvention régionale : 20 % du coût.&lt;/p&gt;&lt;p&gt;La subvention est plafonné e à 20 000 € par projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;communes ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;établissements publics de coopération intercommunale (EPCI) : communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;associations propriétaires ou détentrices d’une contractualisation pérenne avec le propriétaire (exemple : bail emphytéotique) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;entreprises, à l’exclusion des Sociétés Civiles Immobilières (SCI).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;sites patrimoniaux publics et privés (hors particuliers et SCI), protégés ou non au titre des Monuments historiques ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;sites ouverts au public au minimum de 3 à 6 mois dans l’année, selon leur localisation sur le territoire régional et leur potentiel touristique (données de fréquentation) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;sites gérés par une équipe professionnelle (permanente ou saisonnière) et adhérant à l’office de tourisme intercommunal ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte des droits culturels par l’association étroite des habitants du territoire concerné au projet de valorisation (ateliers citoyens…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dépenses éligibles&lt;/p&gt;&lt;p&gt;Un diagnostic « biodiversité et espèces protégées » en amont des travaux.&lt;/p&gt;&lt;p&gt;Honoraires de l’architecte maître d’oeuvre sur l’ensemble du projet.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet connaissance&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Un état des lieux de la connaissance du site sera fait au début du projet et pourra être complété, le cas échéant, par une étude historique ou dans certains cas, par des fouilles archéologiques complémentaires, nécessaires à la compréhension et la visite du site.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le service du Patrimoine et de l’Inventaire de la Région pourra être mobilisé le cas échéant sur sa compétence Inventaire Général du Patrimoine Culturel.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet restauration&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les dépenses portant sur la restauration d’un édifice ou d’un site.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La cristallisation des vestiges.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’accessibilité du site et l’accueil des visiteurs, à condition que leur coût ne représente pas la plus importante part des dépenses.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans certains cas, les travaux d’urgence qui constituent un préalable indispensable à la mise en œuvre d’un projet de valorisation du site, pourront être retenus.&lt;/p&gt;&lt;p&gt;Volet médiation scénographie muséographie les dépenses matérielles et les prestations intellectuelles pour réaliser les outils de médiation et leurs contenus&lt;/p&gt;&lt;p&gt;La Région devra être associée au projet par le maître d’ouvrage en tant que membre du comité de pilotage ou de suivi.&lt;/p&gt;&lt;p&gt;Dépenses non éligibles&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;parkings, voiries et réseaux ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;travaux de simple entretien du site ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;dépenses générales de fonctionnement et frais de communication.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les projets éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;les projets inscrits dans un contrat de territoire en tant que projet structurant (notoriété, rayonnement, intérêt patrimonial, fréquentation …) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte du patrimoine culturel immatériel et des politiques mémorielles dans l’ensemble du projet (réunions d’information, ateliers…). Selon la nature du site, cette prise en compte sera considérée comme obligatoire (ex : patrimoine industriel) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;liens établis avec le Campus régional du Patrimoine bâti* (conseils, coopération, chantier école…) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte de l’accessibilité au public en situation de handicap ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte d’une approche environnementale dans la conception du projet pour réduire les coûts de fonctionnement sur les postes : gestion des déchets, restauration du bâti, médiation, scénographie, muséographie, aménagements liés à l&amp;#039;accueil du public. Exemplarités dans les économies de flux (eau, électricité...). Encouragement aux déplacements doux et actifs. Utilisation de matériaux et de produits locaux. Inscription du projet dans son environnement par l’intégration paysagère des équipements liés à l’accueil du public…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;site faisant l’objet d’une animation culturelle spécifique (festivals, spectacles vivants, arts plastiques, expositions temporaires, etc…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* Campus régional du patrimoine bâti : Le Conseil Régional et la Région Académique de Nouvelle-Aquitaine ont souhaité unir leurs labels respectifs CMQ (Campus des Métiers et de Qualifications) et TTNA (Talents et Territoires de Nouvelle-Aquitaine) autour d’un projet commun : le Campus régional du patrimoine bâti. Incarné au lycée des métiers du bâtiment (LMB) de Felletin (23), ce campus rassemble les objectifs et les champs d’actions des deux labels.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/etudes-prealables-aux-operations-globales-de-valorisation-de-sites-patrimoniaux</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier :&lt;/p&gt;&lt;p&gt;un courrier de demande, daté et signé, adressé à Monsieur le Président du Conseil Régional ;&lt;/p&gt;&lt;p&gt;un descriptif précis de l’objet de l’étude (par exemple le cahier des charges adressé aux cabinets d’étude potentiels prestataires) ;&lt;/p&gt;&lt;p&gt;un budget prévisionnel détaillé, équilibré en dépenses et en recettes (en HT et TTC) ;&lt;/p&gt;&lt;p&gt;fiche d’identité SIRENE de la structure porteuse du projet / extrait Kbis pour les entreprises ;&lt;/p&gt;&lt;p&gt;un relevé d’identité bancaire ;&lt;/p&gt;&lt;p&gt;la délibération ou le compte-rendu du Conseil d&amp;#039;Administration par laquelle la structure engage l&amp;#039;étude avec le budget prévisionnel.&lt;/p&gt;&lt;p&gt;Conformément à la délibération n°2023.487.SP relative aux éco socio conditionnalités adoptée en assemblée plénière du 27 mars 2023, la Région Nouvelle-Aquitaine demande à chaque bénéficiaire d’une subvention de signer la « Charte d’engagements du bénéficiaire d’une aide régionale envers la Région Nouvelle-Aquitaine CULTURE PATRIMOINE », et d’adhérer à ses principes (cf. délibération 2024.267.SP du 11 mars 2024).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-prealables-aux-operations-globales-de-valorisation-de-sites-patrimoniaux/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>163227</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Financer mon projet de pratique artistique</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projet "publics et pratiques artistiques" : Financer mon projet de pratique artistique</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
-[...462 lines deleted...]
-      <c r="S76" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Objectif &lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet « Publics &amp;amp; pratiques artistiques » est destiné à :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;favoriser la rencontre entre des publics impliqués dans une pratique artistique en amateur et des équipes artistiques professionnelles et/ou&lt;/li&gt;    &lt;li&gt;faire découvrir et rendre accessible une pratique artistique à des publics éloignés de l’offre culturelle.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Opérations éligibles&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit d’élèves inscrits dans un établissement d’enseignement artistique ou de publics engagés dans une pratique artistique au sein d’un groupement d’amateurs (chorale, fanfare, troupe de théâtre amateur, etc.).&lt;br /&gt;Le projet doit permettre la rencontre entre amateurs et artistes professionnels (ayant une actualité de création/diffusion) par la pratique artistique.&lt;br /&gt;Les échanges interdisciplinaires et l’ouverture à de nouvelles esthétiques seront à privilégier, ainsi que la coopération de plusieurs établissements d’enseignement artistique ou structures de pratiques en amateur autour d’un projet commun.&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit des publics éloignés de l’offre culturelle, prioritairement les publics situés en zone très rurale (notamment communes en ZRR-Zone de Revitalisation Rurale- et EPCI de moins de 30 hbts/km²) et les publics cibles du Département (collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance), ainsi les publics ne fréquentant pas les établissements d’enseignement artistique.&lt;br /&gt;Le projet doit permettre de favoriser l’élargissement et la diversification des publics, ainsi que l’ancrage territorial des structures sur leur bassin de vie.&lt;br /&gt;Les projets faisant appels à des artistes professionnels (ayant une actualité de création/diffusion) seront à privilégier.&lt;br /&gt;Les partenariats développés avec des lieux culturels, compagnies artistiques mais aussi les acteurs du champ social, éducatif, socio-culturel, de la santé seront à privilégier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour l’ensemble des projets, une attention particulière sera portée aux projets conçus en partenariat avec :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;les équipements culturels du Département : médiathèques départementales et bibliothèques partenaires, Musée départemental de la Résistance du Vercors, les Châteaux de la Drôme, l’Auberge des Dauphins, les archives départementales.&lt;/li&gt;    &lt;li&gt;les structures et acteurs culturels (spectacle vivant, arts visuels, cinéma d’animation, …) soutenus par le Département dans le cadre de ses dispositifs&lt;/li&gt;    &lt;li&gt;des Centres Médico-Sociaux (CMS), les services de protection de l’enfance, les établissements et services sociaux et médico-sociaux (Maisons d’enfant à caractère social, EHPAD …) et les établissements médico-sociaux (IME, ITEP…)&lt;/li&gt;&lt;li&gt;les collèges de la Drôme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Par ailleurs, l’appel à projets vise à soutenir des projets de pratique artistique en amateur &lt;/span&gt;&lt;strong&gt;inscrits dans la durée&lt;/strong&gt;&lt;span&gt;. Ils doivent être pensés dans une logique de progression et s’articuler autour de plusieurs séquences (minimum 5 jours consécutifs ou non).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le projet doit impérativement bénéficier d’un &lt;/span&gt;&lt;strong&gt;co-financement &lt;/strong&gt;&lt;span&gt;et/ou d’une part de financement sur les fonds propres.&lt;/span&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur du projet doit avoir plus de 2 ans d’existence à la date du dépôt, et son siège social doit être domicilié dans la Drôme.&lt;/p&gt;&lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique&lt;/strong&gt; : les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les groupements de pratiquants amateurs (chorale, fanfare, troupe de théâtre amateur, etc. (association, collectivités territoriales et leurs regroupements)).&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique &lt;/strong&gt;: les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les acteurs culturels (associations, collectivités territoriales, …), à l’exclusion des structures culturelles soutenues dans le cadre des Conventions Pluriannuelles d’Objectifs (CPO) ou bénéficiant d’une autre aide financière de &amp;#43; de 15 000 € émanant de la Direction Culture et Patrimoine sur l’année N.&lt;/p&gt;&lt;p&gt;Un projet par an et par structure pourra être aidé. Pour les établissements d’enseignement artistique, il sera possible d’aider deux projets par structure et par an à condition que l’un des projets s’adresse à des publics non-inscrits au sein de la structure.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Type d’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet Publics et pratiques artistiques permet l’attribution d’une subvention de fonctionnement.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépenses subventionnables&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Les dépenses éligibles sont les dépenses artistiques, pédagogiques, logistiques (frais de transport, restauration, hébergement), de communication, techniques.&lt;/p&gt;&lt;p&gt;Sont exclues les dépenses de fonctionnement liées aux activités habituelles de la structure (notamment ateliers hebdomadaires conduits sur une année scolaire).&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Montant/taux de l’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’aide départementale est attribuée sous la forme d’une subvention qui ne peut excéder 50% du budget réalisé. Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Pièces constitutives du dossier&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Les éléments demandés sont notamment :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Description détaillée du projet et calendrier&lt;/li&gt;    &lt;li&gt;Budget prévisionnel du projet&lt;/li&gt;    &lt;li&gt;CV des artistes et professionnels impliqués&lt;/li&gt;    &lt;li&gt;Détails des structures partenaires impliquées&lt;/li&gt;    &lt;li&gt;Nombre et typologie des publics concernés&lt;/li&gt;    &lt;li&gt;Préciser si le projet est gratuit pour les participants, ou indiquer les conditions tarifaires&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Instruction des dossiers_Demande dématérialisée&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépôt des dossiers : &lt;/strong&gt;&lt;br /&gt;Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme : &lt;strong&gt;&lt;span&gt;&lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôme Démat’.&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;Téléservice &lt;/strong&gt;: Culture et Patrimoine&lt;br /&gt;&lt;strong&gt;Dispositif&lt;/strong&gt; : Publics et pratiques artistiques&lt;/p&gt;    &lt;p&gt;Le dossier réputé complet est instruit par les services de la Direction Culture &amp;amp; Patrimoine, ceux-ci peuvent solliciter un rendez-vous avec le porteur de projet.&lt;br /&gt;Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Cette commission rend un avis consultatif.&lt;br /&gt;L’avis de la commission est ensuite soumis à la délibération de la Commission permanente du Conseil départemental.&lt;br /&gt;En cas d’acceptation, une notification est alors adressée au porteur de projet.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Versement&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur de projet devra se conformer aux obligations départementales de communication qui seront précisés dans la notification.&lt;br /&gt;En cas de réajustement substantiel du budget, le bénéficiaire doit en informer le Département. Il s’engage également à informer le Département dans les plus brefs délais si une modification importante ou une annulation du projet intervient.&lt;br /&gt;Le porteur de projet aura jusqu’au 31 décembre de l’année suivant l’année du vote pour justifier de la réalisation du projet, en fournissant un bilan budgétaire et qualitatif.&lt;br /&gt;Plusieurs indicateurs seront également demandés à cette occasion : nombre de participants, typologie des publics concernés par les projets (publics cibles du Département – collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance, publics inscrits au sein d’un établissement d’enseignement artistique ou d’un groupement d’amateurs, publics ne fréquentant pas les établissements d’enseignement artistique, publics situés en zone très rurale), partenaires impliqués dans le projet (dans et hors Drôme), durée du projet (nombre de jours), conditions tarifaires pour les&lt;br /&gt;participants, plus-value du projet pour les bénéficiaires, nombre de spectateurs sur les restitutions le cas échéant, nombre de structures impliquées dans le cas d’un projet de coopération, ouverture à de nouvelles esthétiques, etc. &lt;br /&gt;Le Département se réserve la possibilité de proratiser l’aide dans le cas où le budget réalisé présenterait un écart supérieur à -25% du budget prévisionnel.&lt;br /&gt;Le Département se réserve le droit de demander toute pièce justificative.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bases réglementaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Délibération du 25 mars 2024&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T76" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Direction CULTURE ET PATRIMOINE – Service Développement Culturel – &lt;/strong&gt;&lt;strong&gt;Tél : 04 75 79 26 01&lt;/strong&gt; – &lt;strong&gt;&lt;a href="mailto:culture&amp;#64;ladrome.fr" target="_self"&gt;culture&amp;#64;ladrome.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>