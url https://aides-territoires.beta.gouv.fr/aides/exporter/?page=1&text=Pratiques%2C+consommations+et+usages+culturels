--- v0 (2025-10-25)
+++ v1 (2026-02-03)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA62"/>
+  <dimension ref="A1:AA5"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,14719 +228,593 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>155118</v>
+        <v>165313</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Créer, rénover, étendre, développer des services au sein des bibliothèques et/ou des ludothèques</t>
+          <t>Utiliser les intelligences artificielles génératives dans sa pratique professionnelle</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Bibliothèque, ludothèque (politique territoriale 22-28)</t>
+          <t>[FORMATION] Intelligences artificielles génératives, usages et pratiques professionnels</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté
+Réseau Canopé : Atelier Canopé 70 Vesoul
+Réseau Canopé : Atelier Canopé 71 Macon
+Réseau Canopé : Atelier Canopé 89 Auxerre
+Réseau Canopé : Atelier Canopé 90 Belfort
+Réseau Canopé : Atelier Canopé 21 Dijon
+Réseau Canopé : Atelier Canopé 25 Besançon
+Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
+Réseau Canopé : Atelier Canopé 58 Nevers</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​Les intelligences artificielles génératives offrent de nouvelles opportunités pour enrichir les ​pratiques professionnelles des personnels des services administratif, culturel, éducatif ou de ​direction. Durant cette formation d’une journée, à travers des activités pratiques et collaboratives, nos formateurs vous proposent de découvrir les intelligences artificielles génératives, d’apprendre à sélectionner parmi les outils disponibles et à rédiger des prompts efficaces pour une utilisation immédiate en situation professionnelle. &lt;/p&gt;&lt;p&gt;​&lt;strong&gt;Objectifs &lt;/strong&gt;:  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;​Identifier les concepts fondamentaux des IA génératives et leur utilisation dans divers contextes professionnels. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;​Expliquer les avantages et les limites de l’utilisation des IA génératives (éthiques, sociétales…) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;​Utiliser des outils et des applications d’IA générative pour des activités spécifiques adaptées au contexte professionnel​ &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Formation des personnels d&amp;#039;une collectivité pour un usage raisonné des intelligences artificielles génératives dans le cadre de leurs activités professionnelles : synthèse de documents, production de textes et d&amp;#039;images...&lt;/li&gt;&lt;li&gt;Formation de formateurs pour un usage de l&amp;#039;IA en contexte de formation professionnelle &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​Effectif de 6 à 15 participants maximum, en présentiel, possibilité de rassembler​ un public intercatégoriel.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour plus d&amp;#039;information prenez contact avec l&amp;#039;Atelier Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_self"&gt;https://www.reseau-canope.fr/nous-trouver/&lt;/a&gt; ou &lt;a target="_self"&gt;canope-collectivites&amp;#64;reseau-canope.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>christel.renaud@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/utiliser-les-intelligences-artificielles-generatives-dans-sa-pratique-professionnelle/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>131362</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les pratiques artistiques et culturelles en amateur</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pratiques artistiques et culturelles en amateur</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...23 lines deleted...]
- Pièces justifiant la bonification si sollicitation
+ Le règlement « Aide aux pratiques artistiques et culturelles en amateur » vise à soutenir les associations, les communes et EPCI dans le développement qualitatif des pratiques artistiques et culturelles innovantes, non professionnelles, dans les domaines suivants : musique, danse, théâtre, chant choral, arts visuels, culture numérique, etc..., ainsi que les projets des structures émergentes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O2" s="0" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...23 lines deleted...]
- &lt;/strong&gt;
+ Les dossiers seront examinés au regard des éléments suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public,
-[...8 lines deleted...]
-   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+   la qualité artistique et culturelle du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le rayonnement territorial du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;inscription dans un projet culturel de territoire et la capacité du projet à fédérer (autres acteurs culturels, inscription dans des réseaux locaux...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diversité des publics cibles.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
-[...15 lines deleted...]
- &lt;/strong&gt;
+ Les critères suivants seront obligatoirement remplis :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   &lt;strong&gt;
-[...100 lines deleted...]
-   Les coûts de formation et de suivi de projet pour l&amp;#039;informatisation et projet de sites web.
+   l&amp;#039;aide au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication d&amp;#039;un EPCI ou de deux autres partenaires au moins dans l&amp;#039;élaboration et le plan de financement du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un seul financement du conseil départemental par structure,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la conformité de la structure avec la réglementation en vigueur,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le dossier complet.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
-[...264 lines deleted...]
-      </c>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U3" s="1" t="inlineStr">
         <is>
-          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+          <t>Haute-Marne</t>
         </is>
       </c>
       <c r="V3" s="1" t="inlineStr">
         <is>
-          <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/reglement_pratiques_amateurs%20modifi%C3%A9%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr/</t>
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
-        <is>
-[...3872 lines deleted...]
-      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, des sports et du monde associatif
 &lt;/p&gt;
 &lt;p&gt;
  Service action culturelle, sportive et territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 03 25 32 86 50
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Toute correspondance doit être adressée à :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Monsieur le Président du conseil départemental
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Direction de la culture, des sports et du monde associatif
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Service action culturelle, sportive et territoriale
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   1 rue du Commandant Hugueny – CS 62127
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   52905 Chaumont Cedex 9
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>romain.paillard@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5056-accompagner-les-pratiques-artistiques-et-cult/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...4115 lines deleted...]
-      <c r="A36" s="1">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
         <v>163227</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Financer mon projet de pratique artistique</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Appel à projet "publics et pratiques artistiques" : Financer mon projet de pratique artistique</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I4" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J36" s="1" t="inlineStr">
+      <c r="J4" s="1" t="inlineStr">
         <is>
           <t>Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Objectif &lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet « Publics &amp;amp; pratiques artistiques » est destiné à :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;favoriser la rencontre entre des publics impliqués dans une pratique artistique en amateur et des équipes artistiques professionnelles et/ou&lt;/li&gt;    &lt;li&gt;faire découvrir et rendre accessible une pratique artistique à des publics éloignés de l’offre culturelle.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Opérations éligibles&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit d’élèves inscrits dans un établissement d’enseignement artistique ou de publics engagés dans une pratique artistique au sein d’un groupement d’amateurs (chorale, fanfare, troupe de théâtre amateur, etc.).&lt;br /&gt;Le projet doit permettre la rencontre entre amateurs et artistes professionnels (ayant une actualité de création/diffusion) par la pratique artistique.&lt;br /&gt;Les échanges interdisciplinaires et l’ouverture à de nouvelles esthétiques seront à privilégier, ainsi que la coopération de plusieurs établissements d’enseignement artistique ou structures de pratiques en amateur autour d’un projet commun.&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit des publics éloignés de l’offre culturelle, prioritairement les publics situés en zone très rurale (notamment communes en ZRR-Zone de Revitalisation Rurale- et EPCI de moins de 30 hbts/km²) et les publics cibles du Département (collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance), ainsi les publics ne fréquentant pas les établissements d’enseignement artistique.&lt;br /&gt;Le projet doit permettre de favoriser l’élargissement et la diversification des publics, ainsi que l’ancrage territorial des structures sur leur bassin de vie.&lt;br /&gt;Les projets faisant appels à des artistes professionnels (ayant une actualité de création/diffusion) seront à privilégier.&lt;br /&gt;Les partenariats développés avec des lieux culturels, compagnies artistiques mais aussi les acteurs du champ social, éducatif, socio-culturel, de la santé seront à privilégier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour l’ensemble des projets, une attention particulière sera portée aux projets conçus en partenariat avec :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;les équipements culturels du Département : médiathèques départementales et bibliothèques partenaires, Musée départemental de la Résistance du Vercors, les Châteaux de la Drôme, l’Auberge des Dauphins, les archives départementales.&lt;/li&gt;    &lt;li&gt;les structures et acteurs culturels (spectacle vivant, arts visuels, cinéma d’animation, …) soutenus par le Département dans le cadre de ses dispositifs&lt;/li&gt;    &lt;li&gt;des Centres Médico-Sociaux (CMS), les services de protection de l’enfance, les établissements et services sociaux et médico-sociaux (Maisons d’enfant à caractère social, EHPAD …) et les établissements médico-sociaux (IME, ITEP…)&lt;/li&gt;&lt;li&gt;les collèges de la Drôme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Par ailleurs, l’appel à projets vise à soutenir des projets de pratique artistique en amateur &lt;/span&gt;&lt;strong&gt;inscrits dans la durée&lt;/strong&gt;&lt;span&gt;. Ils doivent être pensés dans une logique de progression et s’articuler autour de plusieurs séquences (minimum 5 jours consécutifs ou non).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le projet doit impérativement bénéficier d’un &lt;/span&gt;&lt;strong&gt;co-financement &lt;/strong&gt;&lt;span&gt;et/ou d’une part de financement sur les fonds propres.&lt;/span&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur du projet doit avoir plus de 2 ans d’existence à la date du dépôt, et son siège social doit être domicilié dans la Drôme.&lt;/p&gt;&lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique&lt;/strong&gt; : les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les groupements de pratiquants amateurs (chorale, fanfare, troupe de théâtre amateur, etc. (association, collectivités territoriales et leurs regroupements)).&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique &lt;/strong&gt;: les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les acteurs culturels (associations, collectivités territoriales, …), à l’exclusion des structures culturelles soutenues dans le cadre des Conventions Pluriannuelles d’Objectifs (CPO) ou bénéficiant d’une autre aide financière de &amp;#43; de 15 000 € émanant de la Direction Culture et Patrimoine sur l’année N.&lt;/p&gt;&lt;p&gt;Un projet par an et par structure pourra être aidé. Pour les établissements d’enseignement artistique, il sera possible d’aider deux projets par structure et par an à condition que l’un des projets s’adresse à des publics non-inscrits au sein de la structure.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Type d’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet Publics et pratiques artistiques permet l’attribution d’une subvention de fonctionnement.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépenses subventionnables&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Les dépenses éligibles sont les dépenses artistiques, pédagogiques, logistiques (frais de transport, restauration, hébergement), de communication, techniques.&lt;/p&gt;&lt;p&gt;Sont exclues les dépenses de fonctionnement liées aux activités habituelles de la structure (notamment ateliers hebdomadaires conduits sur une année scolaire).&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Montant/taux de l’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’aide départementale est attribuée sous la forme d’une subvention qui ne peut excéder 50% du budget réalisé. Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Pièces constitutives du dossier&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Les éléments demandés sont notamment :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Description détaillée du projet et calendrier&lt;/li&gt;    &lt;li&gt;Budget prévisionnel du projet&lt;/li&gt;    &lt;li&gt;CV des artistes et professionnels impliqués&lt;/li&gt;    &lt;li&gt;Détails des structures partenaires impliquées&lt;/li&gt;    &lt;li&gt;Nombre et typologie des publics concernés&lt;/li&gt;    &lt;li&gt;Préciser si le projet est gratuit pour les participants, ou indiquer les conditions tarifaires&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Instruction des dossiers_Demande dématérialisée&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépôt des dossiers : &lt;/strong&gt;&lt;br /&gt;Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme : &lt;strong&gt;&lt;span&gt;&lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôme Démat’.&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;Téléservice &lt;/strong&gt;: Culture et Patrimoine&lt;br /&gt;&lt;strong&gt;Dispositif&lt;/strong&gt; : Publics et pratiques artistiques&lt;/p&gt;    &lt;p&gt;Le dossier réputé complet est instruit par les services de la Direction Culture &amp;amp; Patrimoine, ceux-ci peuvent solliciter un rendez-vous avec le porteur de projet.&lt;br /&gt;Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Cette commission rend un avis consultatif.&lt;br /&gt;L’avis de la commission est ensuite soumis à la délibération de la Commission permanente du Conseil départemental.&lt;br /&gt;En cas d’acceptation, une notification est alors adressée au porteur de projet.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Versement&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur de projet devra se conformer aux obligations départementales de communication qui seront précisés dans la notification.&lt;br /&gt;En cas de réajustement substantiel du budget, le bénéficiaire doit en informer le Département. Il s’engage également à informer le Département dans les plus brefs délais si une modification importante ou une annulation du projet intervient.&lt;br /&gt;Le porteur de projet aura jusqu’au 31 décembre de l’année suivant l’année du vote pour justifier de la réalisation du projet, en fournissant un bilan budgétaire et qualitatif.&lt;br /&gt;Plusieurs indicateurs seront également demandés à cette occasion : nombre de participants, typologie des publics concernés par les projets (publics cibles du Département – collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance, publics inscrits au sein d’un établissement d’enseignement artistique ou d’un groupement d’amateurs, publics ne fréquentant pas les établissements d’enseignement artistique, publics situés en zone très rurale), partenaires impliqués dans le projet (dans et hors Drôme), durée du projet (nombre de jours), conditions tarifaires pour les&lt;br /&gt;participants, plus-value du projet pour les bénéficiaires, nombre de spectateurs sur les restitutions le cas échéant, nombre de structures impliquées dans le cas d’un projet de coopération, ouverture à de nouvelles esthétiques, etc. &lt;br /&gt;Le Département se réserve la possibilité de proratiser l’aide dans le cas où le budget réalisé présenterait un écart supérieur à -25% du budget prévisionnel.&lt;br /&gt;Le Département se réserve le droit de demander toute pièce justificative.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bases réglementaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Délibération du 25 mars 2024&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Direction CULTURE ET PATRIMOINE – Service Développement Culturel – &lt;/strong&gt;&lt;strong&gt;Tél : 04 75 79 26 01&lt;/strong&gt; – &lt;strong&gt;&lt;a href="mailto:culture&amp;#64;ladrome.fr" target="_self"&gt;culture&amp;#64;ladrome.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...37 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>149334</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Encourager la pratique sportive et culturelle</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Pass'Sport culture</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Lérouville</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...22 lines deleted...]
-&lt;p&gt;
+ Pour encourager la pratique sportive et culturelle chez les jeunes hors temps scolaire, la commune de Lérouville a décidé de mettre en place un dispositif Pass&amp;#039;sport culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce à lui, les licenciés sportifs de moins de 18 ans pourront obtenir 15€ de réduction sur leur inscription dans un club sportif ou culturel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O37" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ Pour en bénéficier, il faut :
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   &lt;strong&gt;
-[...1 lines deleted...]
-   &lt;/strong&gt;
+   être licencié sportif dans un club ou adhérent dans une association culturelle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être âgé de moins de 18 ans,
+  &lt;/li&gt;
+  &lt;li&gt;
+   résider dans la commune et être toujours résident au moment de la demande.
   &lt;/li&gt;
  &lt;/ul&gt;
- &lt;strong&gt;
-[...159 lines deleted...]
-      <c r="X37" s="1" t="inlineStr">
+&lt;p&gt;
+ Le club doit être affilié à une fédération sportive ou culturelle reconnue par les ministères en charge des sports et de la culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Un seul pass&amp;#039;sport culture sera accordé par saison et par jeune.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide accordée sans conditions de ressources.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif ne concerne que les licences annuelles et ne peut donc pas ouvrir droit à une réduction dans le cas de licence découverte d&amp;#039;une durée inférieure à une saison sportive ou culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations sportives scolaires ne sont pas concernées par ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Lérouville</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lerouville.fr</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
-[...474 lines deleted...]
-  &lt;/span&gt;
+ Mairie de Lérouville
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 03 29 91 06 22
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mairie.lerouville&amp;#64;wanadoo.fr" target="_self"&gt;
+  mairie.lerouville&amp;#64;wanadoo.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
-[...5231 lines deleted...]
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>mairie.lerouville@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6063-encourager-la-pratique-sportive-et-culturelle/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>