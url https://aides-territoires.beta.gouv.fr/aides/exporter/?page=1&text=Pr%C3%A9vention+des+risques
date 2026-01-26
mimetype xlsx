--- v0 (2025-11-03)
+++ v1 (2026-01-26)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA23"/>
+  <dimension ref="A1:AA29"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,95 +228,883 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>70923</v>
+        <v>94945</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Prévenir les risques naturels majeurs  - Fonds de Prévention des Risques Naturels Majeurs (FPRNM)</t>
+          <t>Sécuriser les productions agricoles vis-à-vis des aléas climatiques et des attaques des ravageurs</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Prévention des risques en agriculture</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
-[...5 lines deleted...]
-          <t>Directions départementales des territoires et de la mer (DDTM)</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - &amp;#34;Prévention des risques en agriculture&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Sécuriser les productions agricoles vis-à-vis des aléas climatiques et des attaques des ravageurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les exploitants agricoles individuels personnes physiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les exploitants agricoles personnes morales dont l&amp;#039;objet est agricole (Société à objet agricole telles que GAEC, EARL, SARL, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures collectives (y compris les coopératives agricoles, les coopératives d&amp;#039;utilisation de matériel agricole (CUMA) dont 100% des parts sociales sont détenues par des agriculteurs ou qui sont composées exclusivement par des agriculteurs, dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures collectives portant un projet reconnu en qualité de GIEE dont la création est prévue dans le cadre de la loi d&amp;#039;avenir et exerçant une activité agricole au sens du L. 311-1 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les fondations, associations, établissements d&amp;#039;enseignement et de recherche agricoles mettant en valeur une exploitation agricole ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations et personnes morales issues de regroupement d&amp;#039;exploitants individuels, de sociétés, de coopératives agricoles, de tiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide: l
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  es dossiers sont reçus au fil de l&amp;#039;eau.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Investissements matériels de prévention contre le gel, la grêle et les filets anti-oiseaux. Les productions éligibles sont les suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Maraîchage y compris les légumes plein champs (hors betterave)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Productions fruitières
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Dépenses éligibles :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Les dépenses matérielles de lutte contre le gel et la grêle : filets paragrêles, brasseurs d&amp;#039;airs, tours à vent...
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les filets anti-oiseaux sont éligibles uniquement pour les exploitations situés en zone de montagne.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  Les consommables ne sont pas éligibles.
+  &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>14/12/2018</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/prevention-risques-agriculture/</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0200/depot/simple</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter la Région Grand Est - DIRECTION DE L&amp;#039;AGRICULTURE ET DE LA FORÊT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6482-prevention-des-risques-en-agriculture/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>163734</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour la prévention des risques pour forêts – Volet DFCI</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Prévention des risques pour forêts – Volet DFCI</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous êtes propriétaire forestier en Nouvelle-Aquitaine ? La Region vous accompagne dans vos investissements qui concourent à la mise en sécurité des massifs et à la défense des forêts contre le risque incendie (DFCI). &lt;/p&gt;&lt;p&gt;Objectifs : &lt;/p&gt;&lt;p&gt;Peut faire l’objet d’une aide tous travaux au sein des massifs forestiers visant à : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer des ouvrages ou des équipements pérennes de prévention pour la défense des forêts contre l’incendie, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Remettre à niveau opérationnel les ouvrages ou équipements existants de prévention pour la défense des forêts contre l’incendie.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Le taux d’aide publique s’applique au montant HT des dépenses éligibles.&lt;/p&gt;&lt;p&gt;Il est fixé à 80 % sauf en cas de catastrophe naturelle où le taux peut être modulé de 20 % supplémentaire.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Forêts</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Propriétaires forestiers privés et leurs associations, structures de regroupement,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Personnes morales de droit public ou leurs groupements : service départemental d’incendie et de secours (SDIS), associations syndicales autorisées de DFCI (Défense des Forêts Contre les Incendies),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; L’Office National des Forêts (ONF) pour les forêts domaniales.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/prevention-des-risques-pour-forets-volet-dfci</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Le formulaire de demande d’aide publique accompagné des pièces justificatives et des annexes doit être déposé sur la plateforme MDNA (Mes démarches en Nouvelle-Aquitaine, en cliquant sur le bouton rouge, en bas de page : &amp;#34;Déposer ma demande&amp;#34;).&lt;/p&gt;&lt;p&gt;Vous trouverez ces documents sur ce lien Vous avez un projet concernant l&amp;#039;agriculture, la forêt ou Natura 2000 | Europe (europe-en-nouvelle-aquitaine.eu). (La prévention des risques pour les forets : mesure 73.04.05)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après le dépôt, un accusé de recevabilité sera transmis au demandeur dans les conditions mentionnées au 4.1 du cahier des charges.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après instruction, les dossiers feront l’objet d’un passage en Commission Permanente de la Région Nouvelle-Aquitaine puis en Instance de Consultation des Partenaires, instance de décision du FEADER. Le porteur de projet sera informé de la décision globale.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevention-des-risques-pour-forets-volet-dfci/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>164177</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue - Prévention des risques</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réduction de la vulnérabilité aux risques d’inondation par débordement de cours d’eau et par ruissellement
+dans le bassin versant, au sens de la protection des biens et des personnes, n’entre pas dans le champ
+d’intervention de l’Agence de l’eau. Toutefois, dans un souci d’approche globale et intégrée des bassins versants, les programmes de gestion des risques qui concilient la régulation hydraulique et la préservation/restauration
+des fonctionnalités des milieux naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Sont ainsi concernées les opérations « mixtes », alliant approches hydraulique et écologique :
+&lt;br /&gt;• Permettant, en priorité, d’intervenir sur les causes des inondations, en particulier sur les
+dysfonctionnements hydrauliques à l’échelle des bassins versants (accélération des écoulements
+amont, point de blocage aval, ...) ;
+&lt;br /&gt;• Contribuant à la réduction des risques et des aléas tout en intégrant la préservation/restauration des
+milieux naturels d’une part et à l’infiltration des eaux dans les sols et nappes phréatiques d’autre part,
+en particulier par l’implantation de haies sur les versants, d’infrastructures naturelles constituant des
+rugosités et freins à l’écoulement, ... ;
+&lt;br /&gt;• Constituant une réponse adaptée à la hauteur des enjeux hydrauliques au regard d’un niveau de risque
+identifié et d’une approche coûts/bénéfices ;
+&lt;br /&gt;• S’inscrivant dans un programme global intégrant les enjeux de préservation et de restauration de la
+fonctionnalité des milieux naturels. &lt;/p&gt;&lt;p&gt;L’éligibilité des projets, et des actions qui en découlent, sera conditionnée à la préservation du milieu,
+particulièrement sur les secteurs en bon état écologique qui présentent un bon fonctionnement
+hydromorphologique et/ou des zones humides remarquables, ainsi qu’à la restauration des écosystèmes
+dégradés dans le périmètre du projet. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau peut soutenir les actions rustiques et diffuses sur les bassins versants permettant de limiter les
+ruissellements, de mieux infiltrer l’eau, ainsi que les ouvrages hydrauliques plus lourds permettant le
+ralentissement dynamique des crues en zone alluviale si ces ouvrages respectent les critères énoncés
+précédemment. &lt;/p&gt;&lt;p&gt;Au titre de la gestion des risques d’inondations et de ruissellements, sont ainsi éligibles les actions :
+&lt;br /&gt;• De reconquête de zones d’expansion naturelles des crues incluant des actions de maîtrise foncière
+(article 4.2.2), de suppression ou de recul/déplacement de digues et merlons, de restauration de milieux
+alluviaux et en particulier de prairies humides, ... ;
+&lt;br /&gt;• De reconstitution de « rugosités » en bordure de cours d’eau ou de fossés ou sur les versants : mise en
+place de bandes enherbées au-delà des mesures règlementaires en vigueur dans ce domaine,
+plantations de haies et ripisylves, création de zones humides tampons, fermeture des drains et
+reconstitution de milieux humides, recul des sorties de drains avec création de zones tampons, ... ; &lt;br /&gt;• De création de zones de ralentissement dynamique des crues par l’aménagement de barrages/digues
+en travers du lit majeur qui utilisent le caractère déjà inondable des terrains en augmentant la capacité
+d’inondation. Les travaux de protection des biens et des personnes rendus nécessaires par ces zones de
+sur-inondation sont également éligibles. &lt;/p&gt;&lt;p&gt;A l’inverse, le champ d’intervention de l’Agence de l’eau ne concerne pas, sauf cas très particuliers évoqués ci-dessus, les actions de protections localisées des biens et des personnes liées aux programmes de gestion des
+inondations (digues latérales, murs de protection à proximité des habitations, ...) ainsi que la création de bassins
+de stockage hydraulique des crues et ruissellements ne reposant pas sur la fonctionnalité des milieux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité conditionnée à la mise
+en œuvre d’opérations mixtes,
+alliant approches hydraulique et
+écologique&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-continuite-ecologique-aquatique/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>40600</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner aux démarches de prévention des risques professionnels toutes thématiques</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale de retraites des agents des collectivités locales (CNRACL)</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>L'accompagnement financier est forfaitaire, selon le nombre d'affiliés à la CNRACL</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche de prévention, conduite par une ou plusieurs collectivités,  est destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail.
+ &lt;strong&gt;
+  Elle cible un thème donné, un métier ou une structure et s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les instances représentatives du personnel
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;accompagnement du FNP se traduit par un appui méthodologique au montage de projet, à son suivi et son évaluation, et par une aide financière destinée
+ &lt;/strong&gt;
+ à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Peuvent également être financés, sous certaines conditions, les achats de matériel, de prestations ou de formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prévention des risques psychosociaux, gestion des transitions professionnelles, amélioration des conditions de travail des agents techniques des collèges, prévention des troubles musculosquelettiques liés au métier d&amp;#039;ATSEM, voici quelques exemples de thématiques de prévention des risques professionnels que le FNP accompagne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre immatriculé et à jour de ses cotisations de retraite auprès de la CNRACL
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;au moins un agent affilié à la CNRACL et avoir un document unique d&amp;#039;évaluation des risques professionnels à jour
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ne pas mener de démarche en cours bénéficiant du soutien financier du FNP et que la démarche sur laquelle porte la demande ne soit pas finalisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utiliser ou s&amp;#039;engager à l&amp;#039;utilisation du logiciel de saisie des AT/MP Prorisq
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un document unique à jour
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir réalisé son diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remettre toutes les pièces attendues dans le dossier de demande d&amp;#039;accompagnement
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/dispositifs-generaux-les-demarches-de-prevention</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toutes questions, et pour déposer la demande, utilisez le courriel :
+&lt;/p&gt;
+&lt;p&gt;
+ demarche-prevention&amp;#64;caissedesdepots.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>celine.thenieres@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d4df-appel-a-projets-sur-la-prevention-des-risques/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>165344</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir des risques d'inondation et gérer les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Prévention des risques d'inondation et gestion des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;apporter une animation technique aux collectivités maîtres d&amp;#039;ouvrage sur la prise en compte et la gestion des risques d&amp;#039;inondation par débordement et ruissellement, la restauration des milieux aquatiques et de la continuité écologique et l&amp;#039;accompagnement à l&amp;#039;élaboration des PICS.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation de prédiagnostic du risque d&amp;#039;inondation par ruissellement ou débordement sur les territoires communaux&lt;/li&gt;&lt;li&gt;Facilitation de l&amp;#039;émergence des études de bassin versant et accompagnement technique des maîtres d&amp;#039;ouvrage pour la réalisation de ces études (établissement du cahier des charges, aides aux démarches administratives, juridiques, financières, suivi des études et participation aux choix des travaux à entreprendre)&lt;/li&gt;&lt;li&gt;Accompagnement administratif des Communes dans les actions d’identification et de préservation des milieux humides afin de préserver les zones naturelles d’expansion des crues&lt;/li&gt;&lt;li&gt;Assistance aux collectivités pour la réalisation d&amp;#039;opération d&amp;#039;investissement de rétablissement de la continuité écologique et de renaturation des cours d&amp;#039;eau : aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, aide à la rédaction de marché, aide au choix du prestataire)&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration de PICS : mise en relation avec les acteurs compétents, accompagnement au lancement de la démarche, proposition d&amp;#039;une méthodologie, suivi du projet et relecture des documents.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Sols
+Risques naturels
+Appui méthodologique
+Animation et mise en réseau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie, Directrice ID77&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-des-risques-dinondation-et-gerer-les-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>161824</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Rembourser l'achat de matériel à visée de prévention des risques</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Remboursement de matériel</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale de retraites des agents des collectivités locales (CNRACL)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I2" s="0" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Plafonné à 3 000 € ou 1 500 € selon le % d'affiliés</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le dispositif s&amp;#039;adresse aux employeurs de moins de 50 affiliés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le remboursement est destiné au financement de tout type de matériel ayant trait à la prévention des risques professionnels et prioritairement aux matériels techniques et d’équipements de protection individuelle.&lt;/p&gt;&lt;p&gt;Ce matériel doit être identifié comme utile à la prévention des risques professionnels et en lien avec votre DUERP (Document Unique d’Évaluation des Risques Professionnels).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Il est ouvert une fois sur l’exercice,&lt;/li&gt;&lt;li&gt;Il vise à couvrir 80 % de la dépense réalisée et est plafonné à 3 000 € TTC,&lt;/li&gt;&lt;li&gt;Il est minoré de 50 % pour les employeurs ayant moins de 50 % de leurs effectifs affiliés à la CNRACL.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;&lt;strong&gt;Il est précisé que sont notamment exclus du dispositif, les &lt;/strong&gt;:&lt;/em&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;sièges ergonomiques de bureau standard,&lt;/em&gt;&lt;/font&gt;&lt;/li&gt;&lt;li&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;aménagements de poste de travail prescrits par la médecine du travail à titre individuel et aménagements de poste au titre des travailleurs en situation de handicap,&lt;/em&gt;&lt;/font&gt;&lt;/li&gt;&lt;li&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;aménagements bâtimentaires et accessoires au bâti,&lt;/em&gt;&lt;/font&gt;&lt;/li&gt;&lt;li&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;montants ayant trait à de la facturation de main d’œuvre, aux abonnements et frais annexes (frais de port/préparation) …*&lt;/em&gt;&lt;/font&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;&lt;/em&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;&lt;/em&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;* liste non exhaustive&lt;/em&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les employeurs souhaitant déposer une demande, doivent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;être immatriculés à la CNRACL et être à jour de leurs cotisations,&lt;/li&gt;&lt;li&gt;avoir au moins un agent affilié à la CNRACL,&lt;/li&gt;&lt;li&gt;avoir au moins un agent bénéficiaire du matériel affilié à la CNRACL,&lt;/li&gt;&lt;li&gt;disposer d’un document unique à jour,&lt;/li&gt;&lt;li&gt;ne pas avoir bénéficié d’un remboursement total ou partiel de ce matériel par d’autres organismes,&lt;/li&gt;&lt;li&gt;ne pas avoir déjà effectué une demande de remboursement de matériel auprès du FNP ,&lt;/li&gt;&lt;li&gt;ne pas mener de démarche en cours financée par le FNP,&lt;/li&gt;&lt;li&gt;remettre toutes les pièces attendues dans le dossier de demande d’accompagnement sur le site &lt;em&gt;Mes démarches simplifiées&lt;/em&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;ul&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/remboursement-de-materiel</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/fnp-cnracl-accompagnement-financier-en-materiel</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/Contact-FNP&amp;#64;caissedesdepots.fr"&gt;Contact-FNP&amp;#64;caissedesdepots.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>celine.thenieres@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-aux-demarches-de-prevention-des-risques-professionnels-toutes-thematiques/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>70923</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les risques naturels majeurs  - Fonds de Prévention des Risques Naturels Majeurs (FPRNM)</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale de la Prévention des Risques (DGPR)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
+        <is>
+          <t>Directions départementales des territoires et de la mer (DDTM)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J2" s="0" t="inlineStr">
+      <c r="J8" s="1" t="inlineStr">
         <is>
           <t>en fonction du type d'investissement (études, travaux ou équipements)</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le fonds de prévention des risques naturels majeurs (FPRNM), dit fonds Barnier, permet de soutenir des mesures de prévention et de protection des personnes et des biens exposés aux risques naturels majeurs.
 &lt;/p&gt;
 &lt;p&gt;
  Ce fonds peut être mobilisé par les collectivités territoriales, les petites entreprises, les particuliers et les services de l&amp;#039;État afin de garantir la préservation des vies humaines et de mettre en place des démarches de prévention des dommages selon le cadre fixé par la loi.
 &lt;/p&gt;
 &lt;p&gt;
  Face à des catastrophes toujours plus fréquentes et intenses, le fonds Barnier est aujourd&amp;#039;hui un levier indispensable pour l&amp;#039;adaptation des territoires au changement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du projet de loi de finances 2021, le Gouvernement proposera au Parlement de fixer les moyens du fonds à 205M€ pour la prévention des risques naturels dans le contexte du changement climatique.
 &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;
  Accompagner les démarches globales de prévention des risques naturels
 &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;
  Le fonds Barnier peut être mobilisé pour des dépenses d&amp;#039;investissement afin de réaliser des études, des travaux ou des équipements de prévention ou de protection contre les risques naturels. Il est aussi mobilisable pour les actions d&amp;#039;information préventive sur les risques majeurs qui contribuent à développer la conscience du risque.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qui peut bénéficier du fonds ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -382,51 +1170,51 @@
  &lt;li&gt;
   60 % pour les établissements scolaires ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   40 à 50 % pour les SDIS ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   50 % pour les bâtiments domaniaux utiles à la gestion de crise ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   35 % pour les HLM.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Résorption de l&amp;#039;habitat informel dans une zone exposée à un risque naturel
 &lt;/p&gt;
 &lt;p&gt;
  Le fonds Barnier peut intervenir sous la forme d&amp;#039;une aide financière plafonnée à hauteur de 40 000 € par unité foncière* de biens à usage d&amp;#039;habitation, y compris non assurés à titre exceptionnel et participer aux frais de démolition sous-conditions dans tous les outre-mer.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LA MOBILISATION DU FONDS PAR DES COLLECTIVITÉS TERRITORIALES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Accompagner les démarches globales de prévention des risques naturels
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le fonds Barnier peut être mobilisé pour des dépenses d&amp;#039;investissement afin de réaliser des études, des travaux ou des équipements de prévention ou de protection contre les risques naturels. Il est aussi mobilisable pour les actions d&amp;#039;information préventive sur les risques majeurs qui contribuent à développer la conscience du risque.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Exemples d&amp;#039;études :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Acquisition de connaissances
 &lt;/p&gt;
 &lt;p&gt;
  • Prise en compte des risques dans l&amp;#039;élaboration et la révision des documents d&amp;#039;urbanisme
@@ -501,2437 +1289,156 @@
     1) Travaux individuels de réduction de la vulnérabilité aux inondations
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Un particulier ou une entreprise de moins de vingt salariés peut bénéficier d&amp;#039;une subvention du fonds pour la réalisation de travaux de réduction de la vulnérabilité sur des biens existants exposés à un risque d&amp;#039;inondation.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux doivent être inscrits dans un plan de prévention des risques d&amp;#039;inondation (PPRI) ou identifiés par un diagnostic et inscrits dans un programme d&amp;#039;action de prévention des inondations (PAPI). Le financement possible s&amp;#039;élève à hauteur de 80 % pour les biens à usage d&amp;#039;habitation ou mixte et 20 % à pour les biens à usage professionnel.
   &lt;/li&gt;
   &lt;li&gt;
    Exemple de travaux finançables : barrières anti-inondation, équipements adaptés
    à l&amp;#039;inondation (évacuation, drains, pompes...), création d&amp;#039;une zone refuge, travaux pour rehausser le plancher, les circuits électriques, batardeaux...
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     2) Cas particulier pour les cavités souterraines
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Pour les biens couverts par un contrat d&amp;#039;assurance, situés en zone à risques d&amp;#039;effondrement du sol causés par des cavités souterraines ou des marnières (cavités provoquées par l&amp;#039;extraction de la craie), le fonds peut participer aux opérations de reconnaissance, travaux de traitement ou de comblement de ces cavités à hauteur de 30 % des coûts
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Risques naturels</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/20121_Fonds%20Barnier-A4_WEB.pdf</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &amp;gt; Les directions départementales des territoires - et de la mer (DDT-M) sont vos interlocuteurs privilégiés pour toute demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; La note technique du 11 février 2019 relative au fonds de prévention des risques naturels majeurs intègre un guide qui précise les modalités de gestion et les conditions d&amp;#039;éligibilité aux différentes mesures du fonds.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e47c-fonds-de-prevention-des-risques-naturels-maje/</t>
-        </is>
-[...770 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/6733-etude-dimpact-agricole-et-protocole-de-sur-in/</t>
         </is>
       </c>
       <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:27" customHeight="0">
       <c r="A9" s="1">
-        <v>10108</v>
+        <v>40792</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Prévenir et réduire les risques d'inondation</t>
+          <t>Accompagner aux démarches de prévention des risques professionnels portant sur une thématique prioritaire : réalisation d'un diagnostic approfondi</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Occitanie</t>
+          <t>Caisse nationale de retraites des agents des collectivités locales (CNRACL)</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
-        <is>
-[...791 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>L'accompagnement financier est plafonné à 25 % et selon le  nombre d'affiliés à la CNRACL</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La démarche de prévention, conduite par une ou plusieurs collectivités,  est destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail.
+ La démarche de prévention, destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail, s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les représentants du personnel. Elle porte sur
  &lt;strong&gt;
-  Elle cible un thème donné, un métier ou une structure et s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les instances représentatives du personnel
+  la réalisation
  &lt;/strong&gt;
- .
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  L&amp;#039;accompagnement du FNP se traduit par un appui méthodologique au montage de projet, à son suivi et son évaluation, et par une aide financière destinée
+  diagnostic approfondi
  &lt;/strong&gt;
- à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Peuvent également être financés, sous certaines conditions, les achats de matériel, de prestations ou de formation.
-[...712 lines deleted...]
- La démarche de prévention, destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail, s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les représentants du personnel. Elle porte sur l&amp;#039;élaboration et le déploiement d&amp;#039;un plan d&amp;#039;actions et cible un thème défini comme prioritaire par le FNP.
+ et cible un thème défini comme prioritaire par le FNP.
 &lt;/p&gt;
 &lt;p&gt;
  L
  &lt;strong&gt;
   es axes prioritaires
  &lt;/strong&gt;
  sont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Métiers :
   &lt;strong&gt;
    auxiliaires de puériculture
   &lt;/strong&gt;
   ,
   &lt;strong&gt;
    aides à domicile
   &lt;/strong&gt;
   ,
   &lt;strong&gt;
    aides-soignants
   &lt;/strong&gt;
   ,
   &lt;strong&gt;
    ATSEM
@@ -2943,200 +1450,191 @@
   et
   &lt;strong&gt;
    métiers en lien avec le transport logistique
   &lt;/strong&gt;
   .
  &lt;/li&gt;
  &lt;li&gt;
   Thématiques :
   &lt;strong&gt;
    les transitions professionnelles
   &lt;/strong&gt;
   et
   &lt;strong&gt;
    le travail sur écran
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Structures :
   &lt;strong&gt;
    toutes les structures d&amp;#039;accueil institutionnalisé pour personnes âgées
   &lt;/strong&gt;
   (EHPAD, ULSD...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le plan d&amp;#039;actions doit couvrir a minima deux risques liés au métier, ou a minima deux métiers pour une thématique, en
+ La réalisation du diagnostic approfondi doit
  &lt;strong&gt;
-  incluant une réflexion sur l&amp;#039;organisation collective du travail.
+  couvrir l&amp;#039;ensemble des dimensions
  &lt;/strong&gt;
- Si le diagnostic n&amp;#039;a pas fait l&amp;#039;objet d&amp;#039;un accompagnement financier du FNP, ce-dernier s&amp;#039;assurera, lors de l&amp;#039;instruction, que le diagnostic réalisé est conforme à ses attendus, et reviendra le cas échéant, vers le demandeur.
+ liées au métier, à la structure ou à la thématique prioritaire identifié.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  L&amp;#039;accompagnement du FNP se traduit par
+  L&amp;#039;accompagnement du FNP se traduit par un appui méthodologique au montage de projet, à son suivi et son évaluation, et par une aide financière destinée
  &lt;/strong&gt;
- &lt;strong&gt;
-[...2 lines deleted...]
- destinée à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Si le plafond n&amp;#039;est pas atteint au vu du nombre de jours passés en interne, le montant de l&amp;#039;accompagnement financier peut être complété pour des achats externes, selon un pourcentage maximum, portant sur des prestations d&amp;#039;accompagnement spécialisées (hors conduite et méthodologie de projet), du matériel (hors situation individuelle d&amp;#039;adaptation de poste), de la formation.
+ à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Si le plafond n&amp;#039;est pas atteint au vu du nombre de jours passés en interne, le montant de l&amp;#039;accompagnement financier peut être complété pour des achats externes, selon un pourcentage maximum, portant sur des prestations d&amp;#039;accompagnement spécialisées (hors conduite et méthodologie de projet), du matériel (hors situation individuelle d&amp;#039;adaptation de poste), de la formation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Santé
 Education et renforcement des compétences
 Prévention des risques</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etre immatriculé et à jour de ses cotisations de retraite auprès de la CNRACL
  &lt;/li&gt;
  &lt;li&gt;
   Disposer d&amp;#039;au moins un agent affilié à la CNRACL
  &lt;/li&gt;
  &lt;li&gt;
   Disposer d&amp;#039;un document unique d&amp;#039;évaluation des risques professionnels à jour
  &lt;/li&gt;
  &lt;li&gt;
   Ne pas mener de démarche en cours bénéficiant du soutien financier du FNP et que la démarche sur laquelle porte la demande ne soit pas finalisée
  &lt;/li&gt;
  &lt;li&gt;
   Utiliser ou s&amp;#039;engager à l&amp;#039;utilisation du logiciel de saisie des AT/MP Prorisq
- &lt;/li&gt;
-[...2 lines deleted...]
-approfondi
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Remettre toutes les pièces attendues dans le dossier de demande d&amp;#039;accompagnement
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/dispositifs-generaux-les-demarches-de-prevention</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toutes questions, et pour déposer la demande, utilisez le courriel :
 &lt;/p&gt;
 &lt;p&gt;
  demarche-prevention&amp;#64;caissedesdepots.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>celine.thenieres@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/838d-accompagnement-aux-demarches-de-prevention-de/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E20" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>40601</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner aux démarches de prévention des risques professionnels portant sur une thématique prioritaire : élaboration et déploiement d'un plan d'actions</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Caisse nationale de retraites des agents des collectivités locales (CNRACL)</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K20" s="1" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 75</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>L'accompagnement financier est plafonné à 75 % et selon le nombre d'affiliés à la CNRACL</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La démarche de prévention, destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail, s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les représentants du personnel. Elle porte sur
-[...6 lines deleted...]
- et cible un thème défini comme prioritaire par le FNP.
+ La démarche de prévention, destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail, s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les représentants du personnel. Elle porte sur l&amp;#039;élaboration et le déploiement d&amp;#039;un plan d&amp;#039;actions et cible un thème défini comme prioritaire par le FNP.
 &lt;/p&gt;
 &lt;p&gt;
  L
  &lt;strong&gt;
   es axes prioritaires
  &lt;/strong&gt;
  sont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Métiers :
   &lt;strong&gt;
    auxiliaires de puériculture
   &lt;/strong&gt;
   ,
   &lt;strong&gt;
    aides à domicile
   &lt;/strong&gt;
   ,
   &lt;strong&gt;
    aides-soignants
   &lt;/strong&gt;
   ,
   &lt;strong&gt;
    ATSEM
@@ -3148,563 +1646,2633 @@
   et
   &lt;strong&gt;
    métiers en lien avec le transport logistique
   &lt;/strong&gt;
   .
  &lt;/li&gt;
  &lt;li&gt;
   Thématiques :
   &lt;strong&gt;
    les transitions professionnelles
   &lt;/strong&gt;
   et
   &lt;strong&gt;
    le travail sur écran
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Structures :
   &lt;strong&gt;
    toutes les structures d&amp;#039;accueil institutionnalisé pour personnes âgées
   &lt;/strong&gt;
   (EHPAD, ULSD...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- La réalisation du diagnostic approfondi doit
+ Le plan d&amp;#039;actions doit couvrir a minima deux risques liés au métier, ou a minima deux métiers pour une thématique, en
  &lt;strong&gt;
-  couvrir l&amp;#039;ensemble des dimensions
+  incluant une réflexion sur l&amp;#039;organisation collective du travail.
  &lt;/strong&gt;
- liées au métier, à la structure ou à la thématique prioritaire identifié.
+ Si le diagnostic n&amp;#039;a pas fait l&amp;#039;objet d&amp;#039;un accompagnement financier du FNP, ce-dernier s&amp;#039;assurera, lors de l&amp;#039;instruction, que le diagnostic réalisé est conforme à ses attendus, et reviendra le cas échéant, vers le demandeur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  L&amp;#039;accompagnement du FNP se traduit par un appui méthodologique au montage de projet, à son suivi et son évaluation, et par une aide financière destinée
+  L&amp;#039;accompagnement du FNP se traduit par
  &lt;/strong&gt;
- à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Si le plafond n&amp;#039;est pas atteint au vu du nombre de jours passés en interne, le montant de l&amp;#039;accompagnement financier peut être complété pour des achats externes, selon un pourcentage maximum, portant sur des prestations d&amp;#039;accompagnement spécialisées (hors conduite et méthodologie de projet), du matériel (hors situation individuelle d&amp;#039;adaptation de poste), de la formation.
+ &lt;strong&gt;
+  un appui méthodologique au montage de projet, à son suivi et son évaluation, et par une aide financière
+ &lt;/strong&gt;
+ destinée à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Si le plafond n&amp;#039;est pas atteint au vu du nombre de jours passés en interne, le montant de l&amp;#039;accompagnement financier peut être complété pour des achats externes, selon un pourcentage maximum, portant sur des prestations d&amp;#039;accompagnement spécialisées (hors conduite et méthodologie de projet), du matériel (hors situation individuelle d&amp;#039;adaptation de poste), de la formation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Santé
 Education et renforcement des compétences
 Prévention des risques</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etre immatriculé et à jour de ses cotisations de retraite auprès de la CNRACL
  &lt;/li&gt;
  &lt;li&gt;
   Disposer d&amp;#039;au moins un agent affilié à la CNRACL
  &lt;/li&gt;
  &lt;li&gt;
   Disposer d&amp;#039;un document unique d&amp;#039;évaluation des risques professionnels à jour
  &lt;/li&gt;
  &lt;li&gt;
   Ne pas mener de démarche en cours bénéficiant du soutien financier du FNP et que la démarche sur laquelle porte la demande ne soit pas finalisée
  &lt;/li&gt;
  &lt;li&gt;
   Utiliser ou s&amp;#039;engager à l&amp;#039;utilisation du logiciel de saisie des AT/MP Prorisq
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir réalisé un diagnostic
+approfondi
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Remettre toutes les pièces attendues dans le dossier de demande d&amp;#039;accompagnement
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/dispositifs-generaux-les-demarches-de-prevention</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toutes questions, et pour déposer la demande, utilisez le courriel :
 &lt;/p&gt;
 &lt;p&gt;
  demarche-prevention&amp;#64;caissedesdepots.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>celine.thenieres@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4ce3-accompagnement-aux-demarches-de-prevention-de/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-      <c r="A21" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>120320</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Protéger la santé des usagers-sécurité sanitaire et alimentaire</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Protection de la santé des usagers-sécurité sanitaire et alimentaire</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;p&gt;
+ En lien étroit avec les collectivités et les services de l&amp;#039;état (DDPP26, ARS) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réunions de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visites sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Aide à la définition des besoins, objectifs et priorités.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contrôle annuel des installations collectives d&amp;#039;eau chaude sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérification de la désinfection de réseaux d&amp;#039;eau chaude sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle réglementaire des tours aéroréfrigérées d&amp;#039;un bâtiment
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prélèvements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de paramètres microbiologiques
+  &lt;em&gt;
+   Legionella spp
+  &lt;/em&gt;
+  et
+  &lt;em&gt;
+   pneumophila
+  &lt;/em&gt;
+  selon les limites de qualité prescrites par la réglementation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du traitement des circuits
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissement du carnet sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contrôle de la qualité sanitaire des aliments pour la restauration collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un système d&amp;#039;autocontrôles dans le respect des exigences réglementaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de micro-organismes pathogènes et indicateurs d&amp;#039;hygiène, vérification des procédés pour les entrées, plats et desserts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de l&amp;#039;eau de consommation sur les points d&amp;#039;usage type robinets, fontaines dans les salles de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyses microbiologiques des locaux et du matériel pour les professionnels de l&amp;#039;alimentation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de contaminants et substances indésirables : nitrates, bromures, métaux lourds, dioxines &amp;amp; furanes...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation HACCP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention dans le cadre des Toxi Infections Alimentaires Collectives (TIAC)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prélèvements et analyses des eaux de distribution, eaux de consommation,eaux de production, eaux de ressources (autosurveillance, ARS...), des eaux de piscines et baignade, balnéothérapie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyses d&amp;#039;eau de forage ou de puits pour les demandes de permis de construire (particuliers et collectivités)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le laboratoire départemental de la Drôme assure une veille épidémiologique. Il met au service des drômois son expertise technique et vétérinaire pour la mise en œuvre d&amp;#039;analyses réglementaires et plans de surveillance ordonnés par l&amp;#039;état (DDPP26) pour éviter la propagation des maladies à l&amp;#039;homme et aux animaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eaux dans le cadre de santé publique en prévention du risque légionelle et pour les contrôles officiels demandés par les A.R.S, Hygiène alimentaire en restauration collective et analyses d&amp;#039;échantillons alimentaires Dépistage des maladies contagieuses à l&amp;#039;Homme et aux animaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/protection-de-la-sante-des-usagers-securite-sanitaire-et-alimentaire/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Drôme Laboratoire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
+  laboratoire&amp;#64;ladrome.fr
+ &lt;/a&gt;
+ &lt;a href="http://www.ladrome.fr/"&gt;
+  – 04.75.81.70.70
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
+  www.ladromelaboratoire.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c803-protection-de-la-sante-des-usagers-securite-s/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>98525</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Consigner pour faire face aux risques technologiques</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>La consignation pour faire face aux risques technologiques</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre d&amp;#039;un Plan de Prévention des Risques Technologiques (PPRT), la Banque des Territoires vous accompagne grâce à une offre de consignation des montants arrêtés dans une convention financière tripartite (industriel, collectivité et État).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations/consignation-risques-technologiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=risques_tech_psat</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c1f-faire-face-aux-risques-technologiques-grace-a/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>164133</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Assurer la distribution de l'eau potable (Travaux d'amélioration)</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les opérations permettant de :
+&lt;br /&gt;• Prévenir le risque bactériologique ; &lt;br /&gt;• Respecter les limites de qualité réglementaires en vigueur (hors nitrates et pesticides et hors per- et 
+polyfluoroalkylées PFAS) ; &lt;br /&gt;• Respecter les valeurs de référence de qualité réglementaire en vigueur ; &lt;br /&gt;• Améliorer la connaissance via l’acquisition et la mise en place des équipements d’autosurveillance des 
+ressources en eau, dès lors que cela s’inscrit dans le cadre d’un Plan de Gestion de la Sécurité Sanitaire 
+des Eaux. &lt;/p&gt;&lt;p&gt; En revanche, les travaux mentionnés ci-dessous ne sont pas éligibles :
+&lt;br /&gt;• Le remplacement des branchements en plomb ; &lt;br /&gt;• Les opérations de traitement d’eau (traitement curatif) ou d’évitement comme la recherche de nouvelle 
+ressource ou d’interconnexion visant à restaurer la qualité de l’eau distribuée contaminée par des 
+nitrates ou des pesticides. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le recours à des solutions curatives (interconnexions, traitement de l’eau brute, nouvelle ressource…) visant à 
+restaurer la qualité de l’eau distribuée contaminée par des pesticides et leurs métabolites ou par des PFAS sera 
+examiné de manière dérogatoire, au cas par cas. Le financement de l’Agence de l’eau sera réservé à des cas 
+particulièrement épineux où la surface financière de la collectivité est insuffisante pour assurer une desserte en 
+eau potable aux normes et sous des conditions strictes permettant une reconquête de la qualité en eau brute 
+et dans des formes ne conduisant pas au désengagement des exploitants agricoles pour la mise en œuvre des 
+plans de reconquête de la qualité des captages (cf. les orientations générales du 12e programme)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les opérations 
+concernant notamment :
+&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La mise en place d’un traitement 
+de potabilisation ou sa remise à 
+niveau ;
+&lt;/li&gt;&lt;li&gt;Le raccordement à une usine de 
+potabilisation existante ;
+&lt;/li&gt;&lt;li&gt;La création d’un nouveau point 
+d’approvisionnement
+(interconnexion ou création d’un 
+nouveau captage) ;
+&lt;/li&gt;&lt;li&gt;Le mélange de ressources 
+assurant par dilution la 
+distribution d’une eau conforme. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En dehors de la prévention du 
+risque bactériologique, les 
+opérations ne sont éligibles 
+qu’en cas de dépassement des 
+limites de qualité en vigueur 
+(hors nitrates et pesticides et 
+PFAS*) ou des références de 
+qualité. &lt;/p&gt;&lt;p&gt;Pas d’aide à la reconversion des 
+stations de neutralisation si l’eau 
+distribuée avant reconversion est 
+conforme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-realisation-des-travaux-damelioration-des-rendements-des-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>98480</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Consigner des fonds pour garantir ses activités</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Consignations et dépôts spécialisés</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires accompagne les EPL par la consignation de fonds afin de garantir leurs actions dans le cadre d&amp;#039;un Plan de Prévention des Risques Technologiques et des risques environnementaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez souscrire à cette offre dans les cas de figure suivants si vous avez un projet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de protection des riverains à proximité d&amp;#039;installations industrielles à risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour prévenir les risques environnementaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Industrie</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=garantie_actions_epl_psat</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b70-securiser-vos-fonds-et-anticiper-les-risques-/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>164185</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame verte - Trame bocagère</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Au titre des nombreux co-bénéfices pour la biodiversité et la gestion de l’eau sur les versants, la mise en place
+d’opérations de plantations agroécologiques, et en particulier la plantation de haies champêtres et diversifiées
+dans un objectif de reconstitution de corridors écologiques est éligible. &lt;/p&gt;&lt;p&gt;Ces opérations peuvent être mises en œuvre en complément des opérations de limitation des ruissellements
+sur les versants. &lt;/p&gt;&lt;p&gt;Dans l’objectif d’un maintien pérenne de ces actions de plantations, sont éligibles :
+&lt;br /&gt;• Les actions d’élaboration de plans de gestion durables des haies (ou assimilées) ;
+&lt;br /&gt;• Et l’ensemble des frais liés à la bonne reprise de ces plantations. &lt;/p&gt;&lt;p&gt;Des plantations, à titre plus ponctuel, peuvent être éligibles, constituant en effet un premier pas d’un réseau
+écologique sur les bassins versants.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Actions ponctuelles de plantations de haies, sans
+lien direct avec la restauration de corridors
+écologiques&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
+régie (voir modalités reprises dans
+la fiche relative aux actions,
+études et travaux réalisées par les
+moyens propres du bénéficiaire)
+et frais associés ; &lt;/p&gt;&lt;p&gt;- Travaux réalisés en prestation
+externalisée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Actions intégrées dans un programme global
+(restauration de milieux naturels, restauration de la
+trame verte, prévention des risques intégrée à
+l’échelle d’un bassin versant, …)&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
+régie (voir modalités reprises dans
+la fiche relative aux actions,
+études et travaux réalisées par les
+moyens propres du bénéficiaire)
+et frais associés ;
+&lt;br /&gt;- Travaux réalisés en prestation
+externalisée et frais associés.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-prairiale/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>117565</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Consigner des sommes d'argent pour sécuriser vos projets</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Consignations et dépôts spécialisés</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un service de consignation pouvant être utilisé comme garantie financière auprès de vos partenaires financiers et économiques. Il permet de consigner les sommes relatives à :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une implantation ICPE (Installation Classée pour la Protection de l&amp;#039;Environnement) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expropriation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un PPRT (Plan de Prévention des Risques Technologiques) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet de réhabilitation des friches industrielles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=garantie_projets_ti_psat</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3a4-consigner-des-sommes-dargent-pour-securiser-v/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>162751</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Accompagner la résilience du territoire régional face aux risques naturels majeurs</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Accompagner la résilience du territoire régional face aux risques naturels majeurs</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il s&amp;#039;agit d&amp;#039;accompagner les territoires à vivre avec les risques naturels à travers notamment une meilleure connaissance des aléas et des enjeux mais également une approche renouvelée de l&amp;#039;aménagement du territoire, le développement d&amp;#039;une conscience du risque et une meilleure surveillance et prévision.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités et leurs groupements&lt;/li&gt; 	&lt;li&gt;Etablissements publics&lt;/li&gt; 	&lt;li&gt;Chambres consulaires&lt;/li&gt; 	&lt;li&gt; Associations&lt;/li&gt; 	&lt;li&gt; Gestionnaires de milieux aquatiques.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d’actions soutenues&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;  Développer et partager la connaissance&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Amélioration et développement de la connaissance sur les aléas, sur les enjeux (populations, habitats, activités économiques, réseaux, enjeux environnementaux) et de la vulnérabilité des territoires ; Elaboration de stratégie de résilience du territoire.&lt;/li&gt; 	&lt;li&gt;Amélioration et développement de la connaissance sur l’incidence du changement climatique sur les aléas et la vulnérabilité des territoires par des études prospectives.&lt;/li&gt; 	&lt;li&gt;Actions de valorisation, capitalisation et diffusion de la connaissance.&lt;/li&gt; 	&lt;li&gt; Diagnostic de réduction de la vulnérabilité individuelle des biens et des personnes.&lt;/li&gt; 	&lt;li&gt; Caractérisation des risques à l’échelle d’un document d’urbanisme (plui ou scot), sous réserve que les territoires concernés ne disposent pas d’études réalisées dans le cadre de l’élaboration des plans de prévention des risques.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;    &lt;strong&gt;Apprendre à vivre avec le risque&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Actions d’information et de sensibilisation permettant une meilleure appropriation des risques naturels et le développement d’une culture du risque et de la résilience par les différents acteurs du territoire régional. Ceci doit permettre de favoriser les bons comportements pour prévenir le risque et de développer les bons réflexes en cas de crise pour limiter ses conséquences.&lt;/li&gt; 	&lt;li&gt;Actions permettant l’intégration des enjeux liés aux risques naturels dans les politiques d’aménagement du territoire et la montée en compétence de l’ensemble des acteurs de l’urbanisme sur ce sujet.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;    &lt;strong&gt;Outils de surveillance, de prévision, d’alerte et gestion de crise&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes préalables (définition d’objectifs, enjeux, localisation) et mise en place d’équipements permettant de développer et d’améliorer, la surveillance, la prévision et/ou l’avertissement sous réserve que l’opération soit portée à minima à l’échelle d’un bassin de risque.&lt;/li&gt; 	&lt;li&gt; Actions visant à l’appropriation des outils de surveillance, de prévision et d’alerte par les acteurs locaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Dépenses non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La réalisation des schémas directeurs de gestion des eaux pluviales et zonages pluviaux hormis les études globales à l’échelle bassin versant sur les ruissellements intenses urbains dont le financement sera étudié au cas par cas.&lt;/li&gt; 	&lt;li&gt; Les actions d’éducation à l’environnement.&lt;/li&gt; 	&lt;li&gt; L’élaboration des Documents d’Information Communaux sur les Risques Majeurs (dicrim) pour les communes disposant d’un plan de prévention des risques naturels (pprn) exceptées les actions inscrites dans un Programme d’Actions de Prévention des Inondations (papi) voté par la Région.&lt;/li&gt; 	&lt;li&gt; L’achat et la pose des panneaux de signalétique des repères de crues.&lt;/li&gt; 	&lt;li&gt;La mise en place des réseaux citoyens ou réserve communale de sauvegarde ;&lt;/li&gt; 	&lt;li&gt; La réalisation des Plans Communaux de Sauvegarde ;&lt;/li&gt; 	&lt;li&gt;La réalisation des exercices de gestion de crise ;&lt;/li&gt; 	&lt;li&gt; L’entretien des systèmes de prévision, de surveillance et d’alerte.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Conditions de réalisation :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les actions réalisées en régie ne sont pas éligibles sauf pour les bénéficiaires autres que les collectivités territoriales et leurs groupements.&lt;/li&gt; 	&lt;li&gt; Les opérations doivent être portées à minima à l’échelle d’un bassin versant ou d’un bassin de risque.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Se référer plus précisément au cadre d&amp;#039;intervention&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P21" s="1" t="inlineStr">
+      <c r="P17" s="1" t="inlineStr">
         <is>
           <t>23/05/2024</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Types d’actions soutenues&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;  Développer et partager la connaissance&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Amélioration et développement de la connaissance sur les aléas, sur les enjeux (populations, habitats, activités économiques, réseaux, enjeux environnementaux) et de la vulnérabilité des territoires ; Elaboration de stratégie de résilience du territoire.&lt;/li&gt; 	&lt;li&gt;Amélioration et développement de la connaissance sur l’incidence du changement climatique sur les aléas et la vulnérabilité des territoires par des études prospectives.&lt;/li&gt; 	&lt;li&gt;Actions de valorisation, capitalisation et diffusion de la connaissance.&lt;/li&gt; 	&lt;li&gt; Diagnostic de réduction de la vulnérabilité individuelle des biens et des personnes.&lt;/li&gt; 	&lt;li&gt; Caractérisation des risques à l’échelle d’un document d’urbanisme (plui ou scot), sous réserve que les territoires concernés ne disposent pas d’études réalisées dans le cadre de l’élaboration des plans de prévention des risques.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;    &lt;strong&gt;Apprendre à vivre avec le risque&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Actions d’information et de sensibilisation permettant une meilleure appropriation des risques naturels et le développement d’une culture du risque et de la résilience par les différents acteurs du territoire régional. Ceci doit permettre de favoriser les bons comportements pour prévenir le risque et de développer les bons réflexes en cas de crise pour limiter ses conséquences.&lt;/li&gt; 	&lt;li&gt;Actions permettant l’intégration des enjeux liés aux risques naturels dans les politiques d’aménagement du territoire et la montée en compétence de l’ensemble des acteurs de l’urbanisme sur ce sujet.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;    &lt;strong&gt;Outils de surveillance, de prévision, d’alerte et gestion de crise&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes préalables (définition d’objectifs, enjeux, localisation) et mise en place d’équipements permettant de développer et d’améliorer, la surveillance, la prévision et/ou l’avertissement sous réserve que l’opération soit portée à minima à l’échelle d’un bassin de risque.&lt;/li&gt; 	&lt;li&gt; Actions visant à l’appropriation des outils de surveillance, de prévision et d’alerte par les acteurs locaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Dépenses non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La réalisation des schémas directeurs de gestion des eaux pluviales et zonages pluviaux hormis les études globales à l’échelle bassin versant sur les ruissellements intenses urbains dont le financement sera étudié au cas par cas.&lt;/li&gt; 	&lt;li&gt; Les actions d’éducation à l’environnement.&lt;/li&gt; 	&lt;li&gt; L’élaboration des Documents d’Information Communaux sur les Risques Majeurs (dicrim) pour les communes disposant d’un plan de prévention des risques naturels (pprn) exceptées les actions inscrites dans un Programme d’Actions de Prévention des Inondations (papi) voté par la Région.&lt;/li&gt; 	&lt;li&gt; L’achat et la pose des panneaux de signalétique des repères de crues.&lt;/li&gt; 	&lt;li&gt;La mise en place des réseaux citoyens ou réserve communale de sauvegarde ;&lt;/li&gt; 	&lt;li&gt; La réalisation des Plans Communaux de Sauvegarde ;&lt;/li&gt; 	&lt;li&gt;La réalisation des exercices de gestion de crise ;&lt;/li&gt; 	&lt;li&gt; L’entretien des systèmes de prévision, de surveillance et d’alerte.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Conditions de réalisation :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les actions réalisées en régie ne sont pas éligibles sauf pour les bénéficiaires autres que les collectivités territoriales et leurs groupements.&lt;/li&gt; 	&lt;li&gt; Les opérations doivent être portées à minima à l’échelle d’un bassin versant ou d’un bassin de risque.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Se référer plus précisément au cadre d&amp;#039;intervention&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/accompagner-la-resilience-du-territoire-regional-face-aux-risques-naturels-majeurs</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-resilience-du-territoire-regional-face-aux-risques-naturels-majeurs/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>117563</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Consigner des sommes d'argent pour les collectivités locales</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Consignations et dépôts spécialisés</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Par le biais de la Caisse des Dépôts, la Banque des Territoires propose un service de consignation de sommes d&amp;#039;argent dans l&amp;#039;attente de résoudre un litige ou dans l&amp;#039;optique de réaliser un projet. Cette consignation gratuite peut être demandée dans les situations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Expropriation en vue de réaliser un projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préemption d&amp;#039;un bien immobilier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un PPRT (Plan de Prévention des Risques Technologiques) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Survenue de risques environnementaux sur le territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Volonté de garantir la finition d&amp;#039;un lotissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Volonté d&amp;#039;assurer une contribution financière à l&amp;#039;occasion d&amp;#039;un plan social.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=consignation_securisee_cl_psat</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50fb-consigner-des-sommes-dargent-pour-les-collect/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>105065</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement portant sur des équipements publics collectifs via le fonds exceptionnel d'investissement (FEI)</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Fonds exceptionnel d'investissement (FEI)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du fonds exceptionnel d&amp;#039;investissement (FEI) est de favoriser et d&amp;#039;accélérer les projets d&amp;#039;investissements innovants et/ou structurants, portés par les collectivités ultramarines dont l&amp;#039;impact est visible sur l&amp;#039;emploi, le développement économique et durable et l&amp;#039;amélioration de la vie quotidienne.
+ &lt;br /&gt;
+ Il porte ainsi sur la réalisation ou la modernisation d&amp;#039;infrastructures ou d&amp;#039;équipements à usage collectif (eau et assainissement, construction et rénovations scolaires, équipements sportifs, prévention des risques majeurs, désenclavement du territoire, infrastructure numérique, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Un appel à projets du ministère des outre-mer est lancé chaque année au dernier trimestre. L&amp;#039;instruction est réalisée par les services territoriaux de l&amp;#039;Etat. La décision d&amp;#039;attribution relève de la compétence du ministre des outre-mer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Construction du groupe scolaire de Chateaubrun (Guadeloupe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de protection contre les inondations de la Plaine de Rivière Salée (Martinique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de la ressource en eau potable sur la commune de Houaïlou (Nouvelle Calédonie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Natitua Sud, câble numérique vers l&amp;#039;archipel des Australes (Polynésie Française)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude de réhabilitation des ouvrages maritimes sur Amsterdam (TAAF)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Risques naturels
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projets matures dont la réalisation peut débuter dans les 6 mois après la signature de la convention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée maximale du projet : 4 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenabilité du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets co-financés (octroi de financement bancaires, européens...) ou qui ne pourraient être réalisés sans l&amp;#039;attribution du fonds
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.outre-mer.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Guadeloupe :
+  &lt;a href="https://www.guadeloupe.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.guadeloupe.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique :
+  &lt;a href="https://www.martinique.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.martinique.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guyane :
+  &lt;a href="https://www.guyane.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.guyane.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Réunion :
+  &lt;a href="https://www.guyane.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.reunion.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saint-Pierre-et-Miquelon :
+  &lt;a href="http://www.saint-pierre-et-miquelon.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.saint-pierre-et-miquelon.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte :
+  &lt;a href="https://www.mayotte.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.mayotte.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Terres australes et antarctiques françaises :
+  &lt;a href="https://taaf.fr/" rel="noopener" target="_blank"&gt;
+   https://taaf.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Wallis-et-Futuna :
+  &lt;a href="https://www.wallis-et-futuna.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.wallis-et-futuna.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie Française :
+  &lt;a href="http://www.polynesie-francaise.pref.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.polynesie-francaise.pref.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie :
+  &lt;a href="https://www.nouvelle-caledonie.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.nouvelle-caledonie.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>contribution-aides-terr@outre-mer.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/698a-financer-les-projets-dinvestissement-portant-/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>94496</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Réduire l'impact des activités humaines sur l'environnement</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Fondation UEM</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Fondation UEM soutient des projets locaux et régionaux mais peut aussi accompagner des projets portant sur des problématiques plus vastes, dans un périmètre national.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle apporte son soutien à des actions concrètes dont la finalité vise à réduire l&amp;#039;impact des activités humaines sur l&amp;#039;environnement. Cet engagement se traduit par la lutte contre les pollutions et les nuisances, la prévention des risques naturels et technologiques et la préservation des équilibres naturels (faune, flore, sites et milieux naturels).
+&lt;/p&gt;
+&lt;p&gt;
+ La Fondation se donne pour priorité de contribuer à réduire le changement climatique et de préserver la biodiversité par tous les moyens possibles. Ce soutien peut être financier mais peut aussi consister à assurer une meilleure visibilité à votre projet grâce à une meilleure communication autour de celui-ci, en informant et sensibilisant le grand public sur les questions environnementales soulevées par votre initiative.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;appel à projets est ouvert à tout organisme ou personne dans la mesure où le but poursuivi est
+ non lucratif et l&amp;#039;activité d&amp;#039;intérêt général.
+&lt;/p&gt;
+&lt;p&gt;
+ La fondation ne soutiendra qu&amp;#039;un projet par candidat à la fois. Tout examen d&amp;#039;un nouveau projet
+ sera conditionné par la concrétisation du projet précédent, ou a minima par la preuve d&amp;#039;un
+ avancement significatif du projet précédent. Un projet pourra faire l&amp;#039;objet d&amp;#039;une subvention étalée
+ dans le temps sur plusieurs années.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères d&amp;#039;éligibilité sont impératifs. Un projet ne remplissant pas ces exigences ne sera pas
+ étudié.
+ Pour être retenu, le projet du candidat doit répondre aux critères d&amp;#039;éligibilité énoncés ci-après :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Il doit correspondre à une action promue par la Fondation d&amp;#039;Entreprise UEM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet ne doit pas avoir d&amp;#039;objectifs religieux, politiques ou commerciaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;exception des projets dont le budget est inférieur à 10 000 €, la Fondation
+   d&amp;#039;Entreprise UEM privilégiera les projets pluri-financés (la Fondation d&amp;#039;Entreprise UEM
+   soutiendra au maximum 50% du budget total du projet).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il ne doit pas servir à financer des dépenses courantes de fonctionnement d&amp;#039;une
+   structure, des besoins de trésorerie, des collectes de fonds (hors les coûts directs de
+   main d&amp;#039;œuvre éventuellement liés au projet).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-uem.org/program/actions-diverses/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de candidature doit être obligatoirement déposé sur le site internet de la Fondation
+ d&amp;#039;Entreprise UEM.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque dossier doit comprendre les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La fiche de candidature, téléchargeable sur le site internet de la Fondation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note de présentation de votre projet et du budget associé (10 pages maximum). Cette note pourra être accompagnée d&amp;#039;annexes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La liste des autres financements obtenus ou sollicités ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En cas d&amp;#039;avis favorable du jury de la Fondation d&amp;#039;Entreprise UEM, les documents suivants vous
+ seront demandés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les rapports d&amp;#039;activité et financier du candidat pour les 2 dernières années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les statuts de l&amp;#039;organisme le cas échéant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;extrait d&amp;#039;enregistrement au Journal Officiel ou tout document équivalent, le cas
+   échéant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;attestation d&amp;#039;assurance de responsabilité civile du candidat ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un relevé d&amp;#039;identité bancaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>flavie.berdu@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d9b-actions-diverses/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>164387</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises sur la formation des salariés</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l&amp;apos;entreprise sur la formation des salariés</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide régionale soutient les plans de développement des compétences et des qualifications pour la formation des salariés au sein d&amp;#039;une entreprise du secteur industriel.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner les entreprises à mettre en œuvre des formations permettant de développer et maintenir les compétences des salariés pour faire face aux évolutions et aux transitions économiques, écologiques, technologiques, numériques et organisationnelles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;accompagnement de la Région, au regard de l&amp;#039;effort de formation des entreprises pour adapter et élever le niveau de qualification des salariés, constitue un levier pour l&amp;#039;adaptation des entreprises aux évolutions du marché pour le développement économique de la Région.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;Intensité maximale de l&amp;#039;aide Régionale : 30 à 60 % des dépenses éligibles avec un plafond de subvention:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Petites Entreprises: taux maximum de 60 % avec un plafond de subvention de 40 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Moyennes Entreprises: taux maximum de 50 % avec un plafond de subvention de 50 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de Taille Intermédiaire: taux maximum de 40 % avec un plafond de subvention de 60 000 € &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Grandes Entreprises: taux maximum de 30 % avec un plafond de subvention de 60 000 €, accompagnements pouvant être envisagés pour des formations en lien avec les transitions énergétiques et écologiques (NéoTerra) et des formations certifiantes et qualifiantes.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les coûts pédagogiques sont plafonnés à 50 € de l’heure/stagiaire, à l’exception des formations TEE (Néo Terra) et des formations certifiantes et qualifiantes (validation totale ou partielle)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Durée maximale d&amp;#039;accompagnement fixée à 3 aides consécutives sur une période de 5 ans révolue pour les entreprises de moins de 250 salariés en ETP, 2 aides consécutives sur une période de 5 ans révolue pour les entreprises de plus de 250 salariés en ETP.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les entreprises de production et de transformation relevant de l&amp;#039;Industrie dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Prioritairement les salariés (CDI) de premier niveau de qualification au sein des entreprises. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;Critères de sélection&lt;p&gt;&lt;br /&gt;&lt;span&gt; Les dépenses éligibles sont celles liées aux coûts pédagogiques (coûts de personnel des formateurs, frais de déplacement des formateurs et autres dépenses courantes, matériaux, fournitures), hors rémunération des salariés en formation. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les formations externes et internes sont éligibles à l’aide régionale. &lt;/span&gt;Pour les formations externes, les organismes de formations doivent obligatoirement être certifiés Qualiopi (article L6316-1 du code du travail). &lt;/p&gt;&lt;p&gt;&lt;span&gt; Actions dont les dépenses sont non éligibles: &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les actions d’une durée inférieure à 7 heures &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions de formation syndicale (CES, CHSCT…) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions d’information (conférences, colloques…), de présentation de nouveaux matériels par des fournisseurs &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions généralistes dans le domaine du développement personnel (stages de survie, stages de motivation personnelle ou de « dépassement de soi ») &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions relatives à la réglementation et à la sécurité individuelle au travail (prévention des risques d’accident du travail) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions relatives à des questions de société (addictions, lutte contre la violence routière…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="U21" s="1" t="inlineStr">
         <is>
-          <t>Provence-Alpes-Côte d'Azur</t>
+          <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V21" s="1" t="inlineStr">
         <is>
-          <t>https://www.maregionsud.fr/vos-aides/detail/accompagner-la-resilience-du-territoire-regional-face-aux-risques-naturels-majeurs</t>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-la-formation-des-salaries</t>
         </is>
       </c>
       <c r="X21" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
         </is>
       </c>
       <c r="Y21" s="1" t="inlineStr">
         <is>
-          <t>webpresse@maregionsud.fr</t>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z21" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-resilience-du-territoire-regional-face-aux-risques-naturels-majeurs/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-la-formation-des-salaries/</t>
         </is>
       </c>
       <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:27" customHeight="0">
       <c r="A22" s="1">
-        <v>143316</v>
+        <v>383</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Construire la résilience de son territoire : préparation à la crise et accompagnement post-crise</t>
+          <t>Bénéficier d'un Prêt bonifié Vert</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>PSP Vert</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Cerema</t>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>Intercommunalité / Pays
-Département</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Prêt</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les territoires ultramarins sont de plus en plus sensibles
+ aux impacts du changement climatique et aux risques
+ naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les soutenir, l&amp;#039;AFD accompagne la réalisation
+ des investissements s&amp;#039;inscrivant dans les objectifs
+ d&amp;#039;atténuation des effets du changement climatique, de
+ protection de la biodiversité, et de réduction des vulnérabilités
+ liées aux aléas climatiques, afin d&amp;#039;accélérer et
+ d&amp;#039;amplifier le
+ développement durable et la résilience de
+ ces territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification : 15 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances
+constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Votre besoin :
-  &lt;br /&gt;
+  Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Vous êtes responsable d&amp;#039;une collectivité ou d&amp;#039;un groupement de collectivités territoriales, opérateur ou représentant de l&amp;#039;État. Vous souhaitez :
+ Tout projet d&amp;#039;investissement intégrant une dimension en
+faveur de l&amp;#039;atténuation au changement climatique et
+ de la préservation de la biodiversité ou de l&amp;#039;adaptation
+ au changement climatique et de la réduction des vulnérabilités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+  Atténuation et biodiversité » :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  connaître la vulnérabilité de votre territoire face aux risques naturels
-[...8 lines deleted...]
-  faire appel à une expertise technique « post crise » pour préparer le retour à la normale.
+  Efficacité et transition énergétique (production
+   d&amp;#039;énergie renouvelable : éolien, photovoltaïque, biomasse) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éco-quartiers (construction HQE ou norme équivalente) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et mise à niveau d&amp;#039;équipements et d&amp;#039;infrastructures de transport durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement intégrant une dimension atténuation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports collectifs et mobilités douces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits d&amp;#039;approvisionnement courts, investissements liés à la mise en œuvre du Plan Climat-Air-Énergie Territorial (PCAET) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parc naturel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration des écosystèmes fragiles ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  La réponse du Cerema :
+  Prêt Secteur Public bonifié -Vert, « Composantes
+   Adaptation et vulnérabilité » :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  préparation à la gestion de crise
-[...23 lines deleted...]
-  anticipation et accompagnement au retour à la normale (diagnostics, reconstruction).
+  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction ou reconstruction aux normes parasismiques suite à destruction par un évènement climatique majeur, avec prise en compte des vulnérabilités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement traitant une vulnérabilité en lien avec le changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévention des risques climatiques y compris les inondations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les algues sargasses ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les épisodes de sécheresse ou canicules ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etc.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...111 lines deleted...]
-&lt;/p&gt;</t>
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
         </is>
       </c>
       <c r="Y22" s="1" t="inlineStr">
         <is>
-          <t>partenariats@cerema.fr</t>
+          <t>belliotl@afd.fr</t>
         </is>
       </c>
       <c r="Z22" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/5f6a-construire-la-resilience-de-son-territoire-pr/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
         </is>
       </c>
       <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:27" customHeight="0">
       <c r="A23" s="1">
+        <v>164385</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions collectives de formation pour les entreprises d'une filière</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Actions collectives de formation pour les entreprises d&amp;apos;une filière</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux actions collectives de formation au sein d&amp;#039;une même filière ou inter-filières. Les actions collectives de formation doivent s&amp;#039;inscrire dans une approche globale des questions d&amp;#039;emploi et de qualifications au sein d&amp;#039;une filière économique ou inter-filières sur un territoire/bassin d&amp;#039;emploi déterminé,
+	Elles doivent ainsi permettre aux salariés de maintenir et développer leurs compétences au sein d’un secteur d’activité,
+	Un effort particulier sera poursuivi pour les entreprises ayant des enjeux en termes d’emploi et de recrutement ou confrontées à des problématiques d’adaptation des compétences des salariés en raison du développement de leurs activités.</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>Les dépenses de diagnostic et d&amp;#039;ingénierie pédagogique : taux d&amp;#039;intervention retenu qui ne peut excéder 50 % des dépenses,
+	Les coûts pédagogiques (coûts de personnel de formateurs, frais de déplacement des formateurs, autres dépenses courantes,matériaux, fournitures) hors rémunération des salariés en formation : le taux maximal d’intervention retenu ne saurait excéder 50 % des dépenses dans la limite d’un plafonnement de 50 € de l’heure par stagiaire, à l&amp;#039;exception des formations TEE (NéoTerra) et des formations certifiantes et qualifiantes.</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>Entreprises cibles :de moins de 250 salariés (effectifs consolidés au niveau du groupe en ETP) dont le siège social et ou les établissements sont en Nouvelle-Aquitaine.
+Les porteurs de projets éligibles sont:
+	Branches professionnelles,
+	Opérateurs de Compétences (OPCO),
+	Pôles de compétitivité, clusters,
+	Groupements d’IntérêtEconomique,
+	Chambres consulaires,
+	Associations.
+ Deux catégories d&amp;#039;action:
+	Les dépenses de diagnostic et d&amp;#039;ingénierie pédagogique liées à la construction de démarches, d&amp;#039;actions, d&amp;#039;outils visant le développement de l&amp;#039;emploi et des compétences
+	Les coûts pédagogiques (coûts de personnel de formateurs, frais de déplacement des formateurs, autres dépenses courantes, matériaux, fournitures) hors rémunération des salariés en formation. Les formations externes et internes sont éligibles à l&amp;#039;aide régionale.
+Actions dont les dépenses sont non éligibles:
+	durée inférieure à 7 heures ;
+	formation syndicale (CES, CHSCT…) ;
+	information (conférences, colloques…), présentation de nouveaux matériels par des fournisseurs ;
+	généralistes dans le domaine du développement personnel (stages de survie, stages de motivation personnelle ou de « dépassement de soi ») ;
+	relatives à la réglementation et à la sécurité individuelle au travail (prévention des risques d’accident du travail) ;
+	relatives à des questions de société (addictions, lutte contre la violence routière…).
+	frais de gestion liés au montage des projets.</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/actions-collectives-de-formation-pour-les-entreprises-dune-filiere</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>Prise de contact avec le référent de votre secteur d&amp;#039;activité, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/actions-collectives-de-formation-pour-les-entreprises-dune-filiere/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>139434</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les risques naturels et technologiques</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région des Hauts-de-France est exposée à de multiples risques naturels : inondation, mouvements de terrains, présence de cavités ou risques propres au littoral. De plus, le passé industriel des Hauts-de-France a légué un certain nombre de sites présentant des risques technologiques (périmètres SEVESO) et miniers. L&amp;#039;Etablissement Public Foncier Hauts de France est donc amené à intervenir pour maîtriser les fonciers exposés à ces risques, déconstruire les biens les plus exposés et renaturer les emprises acquises. L&amp;#039;établissement accompagne également les collectivités dans la mobilisation des dispositifs financiers dédiés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les sites classés à risque sur sollicitation des collectivités, de la Direction Régionale de Environnement, de l&amp;#039;Aménagement et du Logement (DREAL) et des entreprises concernées par les risques technologiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des sources de pollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de démolition et de déconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renaturation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût des études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût de l&amp;#039;opération travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Foncier du Plan de Prévention des Risques Technologiques des sites EPV et Antargaz, Thiant (Nord)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF intervient dans le cadre de la mise en œuvre des mesures foncières du Plan de Prévention des Risques Technologiques du parc d&amp;#039;activités Haulchin-Thiant. Il a acquis et démoli les habitations et bâtiments situés à proximité de deux sites classés SEVESO (stockage et distribution de butane et propane et entrepôt pétrolier).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Thivencelle, berges de l&amp;#039;Hogneau (Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF poursuit son intervention à Thivencelle sur les berges de l&amp;#039;Hogneau, afin de démolir cinq habitations situées en PPRI risquant de s&amp;#039;effondrer. La déconstruction de ces habitations permettra de redéfinir le plan d&amp;#039;aménagement de la digue gauche de la rivière.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bords de falaise, Wimereux (Pas-de-Calais)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Côte d&amp;#039;Opale est soumise à l&amp;#039;érosion progressive de ses falaises qui menace les villas qui y sont implantées. En réponse, la préfecture du Pas-de-Calais a instauré en octobre 2007 un Plan de Prévention des Risques Littoraux (PPRL) qui concerne notamment la commune de Wimereux. Ne disposant pas de l&amp;#039;ingénierie technique et financière nécessaire pour mettre en œuvre les dispositions du PPRL, la commune de Wimereux a sollicité l&amp;#039;intervention de l&amp;#039;EPF en 2009 pour acquérir cinq maisons, procéder à leur déconstruction et restaurer les habitats naturels présents en bord de falaise. Acteur de la préservation du capital environnemental régional, l&amp;#039;EPF a pris en compte lors de la phase de chantier les espèces protégées et patrimoniales (crambe, armérie, lavatère arbustif) et a permis la restauration des pelouses aérohalines. Une partie des acquisitions et travaux a été prise en charge par les fonds Barnier et le foncier a été restitué à la collectivité sous forme d&amp;#039;espace de nature.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0dd8-gerer-les-risques-naturels-et-technologiques/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>151703</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnements de la DDT 53</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>DDT de Mayenne</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment, l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;habitat, le logement social et la rénovation urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts et plus d&amp;#039;informations:
+ &lt;strong&gt;
+  vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Alimentation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et autres acteurs situés en Mayenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse du service territorial (Référents territoriaux)
+ :
+ &lt;strong&gt;
+  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
+   ddt-st&amp;#64;mayenne.gouv.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>95344</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Investir dans le domaine de la Gestion des Milieux Aquatiques et de la Prévention des Inondations</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
-[...2 lines deleted...]
-Conseil départemental de l'Aude
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
 Agence de l'eau Rhône-Méditerranée-Corse
+Conseil régional d'Occitanie
 Syndicat Mixte des Milieux Aquatiques et des Rivières (SMMAR)</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J23" s="1" t="inlineStr">
+      <c r="J26" s="1" t="inlineStr">
         <is>
           <t>Le montant de l'intervention dépend du dispositif demandé</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département de l&amp;#039;Aude s&amp;#039;est engagé, suite à la catastrophe de Novembre 1999, dans un programme prioritaire de « Prévention et de Gestion du Risque inondation », destiné à se prémunir des effets dommageables des crues sur les zones habitées, dans un objectif de protection des personnes et des biens.
 &lt;/p&gt;
 &lt;p&gt;
  Enrichis, par le bilan très positif de l&amp;#039;ensemble des PAPI « première génération », et dans une logique de transposition de la Directive Cadre Inondations (DCI), l&amp;#039;Etat a souhaité impulser une nouvelle dynamique PAPI. C&amp;#039;est pourquoi, le SMMAR EPTB a élaboré la maquette d&amp;#039;un PAPI 2 « seconde génération » pour les années 2015/2020.
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agira de poursuivre cette orientation stratégique sur les rivières en l&amp;#039;élargissant aux risques littoraux, et à une gestion régulière du bassin versant et des milieux aquatiques pour œuvrer à la restauration et la revalorisation de zones humides et des cours d&amp;#039;eau afin de protéger les ressources en eau et lutter contre les pollutions, mais aussi afin de préserver l&amp;#039;équilibre géomorphologique du cours d&amp;#039;eau, et sa biodiversité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Risques naturels
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires de ces aides sont les collectivités territoriales et leurs groupements, les Associations Syndicales Autorisées (ASA) et leurs groupements, les Sociétés d&amp;#039;Aménagement Régionales, dans le respect de leurs compétences statutaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Eligibilité des opérations
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent s&amp;#039;inscrire dans l&amp;#039;un des 7 axes suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;em&gt;
    Axe
   1
   &lt;/em&gt;
   &lt;em&gt;
    :
   &lt;/em&gt;
   Amélioration des connaissances et renforcement de la conscience du risque ; c&amp;#039;est-à-dire poursuite de la sensibilisation auprès du grand public et des scolaires, pose de repères de crues et de laisses de mer pour la submersion marine mais aussi poursuite des études d&amp;#039;aléas...
@@ -3762,111 +4330,689 @@
    Axe 2 :
   &lt;/em&gt;
   Gestion quantitative de la ressource en eau : développer un dispositif de  gestion quantitative de la ressource en eau conformément aux conclusions de l&amp;#039;étude sur la détermination des volumes prélevables portée sous maîtrise d&amp;#039;ouvrage du SMMAR et finalisée en 2013.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;em&gt;
    Axe 3 :
   &lt;/em&gt;
   Reconquête de la qualité de l&amp;#039;eau : accompagner les actions de lutte contre les pollutions diffuses, notamment type phytosanitaires.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;em&gt;
    Axe 4 :
   &lt;/em&gt;
   Zones humides : protéger et gérer les zones humides inventoriées conformément à la hiérarchisation élaborée par les plans de gestion. L&amp;#039;inventaire des zones humides mené sous maîtrise d&amp;#039;ouvrage du SMMAR sera complété sur tous les secteurs à ce jour non recensés (secteurs Orbieu-Aude médiane notamment).
  &lt;/li&gt;
  &lt;li&gt;
   &lt;em&gt;
    Axe 5 :
   &lt;/em&gt;
   Gestion de la ripisylve : prévenir la formation d&amp;#039;embâcles et maintenir le développement d&amp;#039;une ripisylve équilibrée (accroître le rôle régulateur épurateur, tout en conservant le rôle protecteur, préserver le rôle de connecteur de zones humides, favoriser la biodiversité en conformité avec les inventaires réalisés dans le cadre des SAGE ou des démarches Natura 2000, PNR, ENS...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.aude.fr/ressources/gestion-des-milieux-aquatiques-et-prevention-des-inondations-gemapi</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  David MOURET - Chef du Service Hydraulique - Observatoire de l&amp;#039;Eau
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   courriel :
   &lt;a href="mailto:david.mouret&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
    david.mouret&amp;#64;cg11.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Alain ERADES  - Ingénieur
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   courriel :
   &lt;a href="mailto:alain.erades&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
    alain.erades&amp;#64;cg11.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   téléphone : 04.68.11.67.62
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa9b-investir-dans-le-domaine-de-la-gestion-des-mi/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>162271</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Financer à faible coût les investissements matériels et immatériels nécessaires à la transition énergétique et écologique des PME</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Sud Prêt Climat</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;En adoptant son Plan Climat : Gardons une Cop d&amp;#039;avance, la Région Sud a fait de la lutte contre le changement climatique sa priorité.&lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; Avec SUD Prêt Climat, et en partenariat avec Bpifrance, la Région Sud entend donc répondre au besoin des PME de financer à faible coût, les investissements matériels et immatériels nécessaires à leur transition énergétique et écologique et/ou de soutenir leurs besoins en trésorerie liés à ces transitions.&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un &lt;strong&gt;effectif inférieur à 250 personnes&lt;/strong&gt; et un&lt;strong&gt; chiffre d’affaires inférieur à 50 M€&lt;/strong&gt; ou un &lt;strong&gt;total bilan inférieur à 43 M€.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;De plus de 3 ans&lt;/strong&gt; ou en capacité de fournir deux bilans couvrant une durée minimum de 24 mois.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quelle que soit leur forme juridique&lt;/strong&gt; (à l&amp;#039;exclusion des entreprises individuelles et des SCI).&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Exerçant l&amp;#039;essentiel de leur activité sur le territoire régional ou s&amp;#039;y installant.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Financièrement saines.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;A jour de leurs &lt;strong&gt;obligations fiscales et sociales.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Eligibles au &lt;strong&gt;&lt;strong&gt;&lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis" target="_blank" title="régime de minimis (nouvelle fenêtre) (nouvelle fenêtre)"&gt;régime de minimis&lt;/a&gt;&lt;/strong&gt;&lt;/strong&gt;&lt;/strong&gt; (Cumul d’aides publiques inférieur à 300 000 € sur les 3 dernières années).&lt;br /&gt; 	  &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises en difficulté au sens de la réglementation européenne.&lt;/li&gt; 	&lt;li&gt;Les SCI (Société Civile Immobilière).&lt;/li&gt; 	&lt;li&gt;Les associations et fondations sans activité économique et qui n’emploient pas au moins 1 salarié.&lt;/li&gt; 	&lt;li&gt;Les autoentrepreneurs.&lt;/li&gt; 	&lt;li&gt;Les entreprises individuelles.&lt;/li&gt; 	&lt;li&gt;Les activités d’intermédiation financière (NAF : section K64 sauf 64-2).&lt;/li&gt; 	&lt;li&gt;Les activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1).&lt;/li&gt; 	&lt;li&gt;Les activités auxiliaires de services financiers et d&amp;#039;assurance (NAF : section 66).&lt;/li&gt; 	&lt;li&gt;Le secteur agricole ayant un code NAF section A01 (culture et production animale, chasse et services annexes) ou A02 (sylviculture et autres activités forestières, exploitation forestière, récolte de produits forestiers non ligneux poussant à l&amp;#039;état sauvage et services de soutien à l&amp;#039;exploitation forestière).&lt;/li&gt; 	&lt;li&gt;Le secteur de la pêche et de l’aquaculture ayant un code NAF section A03 (pêche en mer, pêche en eau douce, aquaculture en mer et aquaculture en eau douce) ou code NAF 4638A (commerce de gros (commerce interentreprise) de poissons, crustacés et mollusques).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>06/06/2023</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne   &lt;br /&gt;                                             &lt;/span&gt;&lt;br /&gt; Afin d’assurer la distribution rapide des fonds régionaux, la constitution et l&amp;#039;instruction des dossiers sont assurés par Bpifrance. A l&amp;#039;issue, une notification est envoyée aux entreprises ayant finalisé leur demande.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de prêt. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;br /&gt; &lt;br /&gt; &lt;a href="https://flash.bpifrance.fr/pret/relance-region?regionId&amp;#61;provence-alpes-cote-azur" target="_blank" title="PRÊT INFÉRIEUR OU ÉGAL À 50 000 €"&gt;PRÊT INFÉRIEUR OU ÉGAL À 50 000 €&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;a href="https://auth.web.bpifrance.fr/mga/sps/authsvc?PolicyId&amp;#61;urn:ibm:security:authentication:asf:LoginBPI&amp;amp;TAM_OP&amp;#61;login&amp;amp;URL&amp;#61;https%3A%2F%2Fauth.web.bpifrance.fr%2Fmga%2Fsps%2Fauth%3FPartnerId%3DYdaGZikOi2zIZ6ftRVaY%26Target%3Dhttps%253A%252F%252Fapp.bel.bpifrance.fr%252Fsso%252Fcode%26SSORequest%3DY29kZV9jaGFsbGVuZ2U9bUpTZjRiQjdLRFBsamFRZVNTZUllbGJPUU1VLW82dUk2Xy1DZGxpcEg3WSZyZWRpcmVjdF91cmk9aHR0cHM6Ly9hcHAuYmVsLmJwaWZyYW5jZS5mci9zc28vY29kZSZub25jZT1WVnB6VW1wNlNsOXBUMDFQV25WMkxYUkRTRlp1U0c4d2EybFVjMDVrVEVKalUxTjBTRXN4VHpSbVVFRjUmc2NvcGU9b3BlbmlkIHByb2ZpbGUgZW1haWwmY29kZV9jaGFsbGVuZ2VfbWV0aG9kPVMyNTYmc3RhdGU9VlZwelVtcDZTbDlwVDAxUFduVjJMWFJEU0ZadVNHOHdhMmxVYzA1a1RFSmpVMU4wU0VzeFR6Um1VRUY1OyUyRnN1YnNjcmliZSUyRnByZXQtcmVsYW5jZS1yZWdpb24mcmVzcG9uc2VfdHlwZT1jb2RlJmNsaWVudF9pZD1ZZGFHWmlrT2kyeklaNmZ0UlZhWQ%253D%253D" target="_blank" title="PRÊT SUPÉRIEUR À 50 000 €"&gt;PRÊT SUPÉRIEUR À 50 000 €&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sud-pret-climat</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique tous les jours de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (service et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sud-pret-climat/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>142698</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Évaluer et atténuer la vulnérabilité sismique de votre patrimoine d'ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cadre national d&amp;#039;Actions pour la Prévention du Risque Sismique (CAPRiS) appelle les gestionnaires territoriaux à réduire la vulnérabilité de leur patrimoine, seul levier pour atténuer l&amp;#039;impact du risque sismique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation, suivie d&amp;#039;opérations ciblées de réduction de cette vulnérabilité, améliore la résilience de vos infrastructures vis-à-vis de l&amp;#039;aléa sismique, tout en en maîtrisant le coût.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour prioriser les ouvrages à diagnostiquer, définir et mettre en œuvre des techniques de renforcement adaptées aux enjeux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment évaluer le niveau d&amp;#039;exposition et de vulnérabilité de vos ouvrages vis-à-vis de l&amp;#039;aléa sismique ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels ouvrages diagnostiquer et renforcer en priorité ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quel niveau de performance viser et à quel coût ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions techniques mettre en œuvre et comment les justifier ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études de risque sismique à l&amp;#039;échelle globale de votre patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation préliminaire de la sensibilité des ouvrages par calcul d&amp;#039;indices de vulnérabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quantification des aléas (vibrations, risques gravitaires, liquéfaction du sol, effondrement de bâtiments sur les routes...) et évaluation de la réponse (ou risque d&amp;#039;effondrement) des ouvrages pour différents scénarios sismiques prédéfinis
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cartographie des risques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des ouvrages à diagnostiquer et à renforcer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de scénarios sismiques pour la préparation à la gestion de crises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui opérationnel au gestionnaire sur les ouvrages critiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cadrage et suivi des opérations de diagnostic et d&amp;#039;avant-projets de renforcement sismiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de solutions techniques économiquement raisonnables et adaptées aux enjeux, analyse multicritères
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision, conseil et expertise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibiliser et former vos équipes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation au contexte normatif et réglementaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acculturation aux guides et outils méthodologiques développés par le Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montage et pilotage de plans de formations ou journées techniques sur-mesure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de sessions et clubs d&amp;#039;experts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un pôle de référence sismique dédié, mettant à profit :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise neutre et indépendante reconnue nationalement (dont Commission de Normalisation ParaSismique, Association Française de Génie ParaSismique) et internationalement (dont Commission Européenne de Normalisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des compétences pluridisciplinaires : modélisation et calcul dynamique des structures, géotechnique parasismique, sismologie, caractérisation dynamique des ouvrages et des sols par méthodes instrumentales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une participation active à l&amp;#039;élaboration des normes et règles parasismiques européennes et nationales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un réseau d&amp;#039;expert OA territorialisé assurant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un relais au plus près de votre patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation de la profession (clubs métiers)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Nice Côte d&amp;#039;Azur et Conseil Départemental des Alpes-Maritimes
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Évaluation de la tenue au séisme des ouvrages d&amp;#039;art essentiels à la gestion de crise pour la métropole de Nice et le conseil départemental 06
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ESCOTA et VINCI Autoroutes
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Assistance à Maîtrise d&amp;#039;Ouvrage pour l&amp;#039;évaluation du risque sismique sur un itinéraire prioritaire d&amp;#039;accès des secours à Nice
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conseil Départemental de Loire Atlantique
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Diagnostic de vulnérabilité sismique du Pont de Saint-Nazaire</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Equipement public
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluer-attenuer-vulnerabilite-sismique-votre-patrimoine</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c14d-evaluer-et-attenuer-la-vulnerabilite-sismique/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>144513</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des diagnostics de réduction de vulnérabilité au risque inondation - MIRAPI</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Particulier</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La loi de finances 2021 a créé, à titre expérimental, un nouveau dispositif dénommé « mieux reconstruire après inondation » (MIRAPI), sur le fondement de l&amp;#039;article 37-1 de la Constitution. Ce programme a pour objectif d&amp;#039;améliorer la résilience des biens à usage d&amp;#039;habitation suite aux inondations par débordement de cours d&amp;#039;eau, par ruissellement et/ou par remontée de nappe.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, la vocation de ce programme est de permettre la réalisation de diagnostics et de travaux de réduction de vulnérabilité des biens à l&amp;#039;image de ce qui est aujourd&amp;#039;hui proposé dans le cadre des programmes d&amp;#039;actions de prévention des inondations (PAPI). Le retour d&amp;#039;expérience de ces démarches, à l&amp;#039;échelle nationale, a montré dans bien des cas que, malgré les financements incitatifs à la réalisation des travaux (50 à 80% d&amp;#039;aide publique), ceux-ci ne sont que trop peu souvent réalisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Le département des Landes a été désigné comme l&amp;#039;un des deux territoires tests au niveau national pour le déploiement de ce dispositif. Les territoires éligibles à ce dispositif sont ceux des communes landaises listées dans les arrêtés ministériels et la cartographie fournis en annexe.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la convention tripartite signée entre l&amp;#039;Etat, l&amp;#039;Institution Adour et le Département des Landes le 30 novembre 2021, l&amp;#039;Etablissement Public Territorial de Bassin (EPTB) assure le portage de l&amp;#039;animation de cette opération en collaboration avec les collectivités locales concernées sur deux années (24 mois), la première année étant majoritairement mobilisée pour l&amp;#039;animation initiale et la réalisation des diagnostics, la seconde pour la réalisation des travaux et du bilan de l&amp;#039;expérimentation. Ce volet « animation » est financé à hauteur de 80 % par le Fonds de Prévention des Risques Naturels Majeurs (FPRNM dit « Fonds Barnier »), les 20 % restant étant pris en charge par le Département via sa participation statutaire à l&amp;#039;EPTB au titre de ses compétences en matière de solidarité et de cohésion territoriales. Les Communes concernées ne sont pas toutes situées sur le bassin de l&amp;#039;Adour, périmètre de l&amp;#039;EPTB. Toutefois, à l&amp;#039;exception de la Communauté de Communes de Mimizan, tous les EPCI-FP concernés sont membres de l&amp;#039;Institution Adour. Par ailleurs, d&amp;#039;un point de vue statutaire, l&amp;#039;EPTB peut intervenir sur un territoire dépassant le bassin de l&amp;#039;Adour.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPTB dimensionne et organise la commande publique des diagnostics qui sont réalisés chez les particuliers, habitants des communes éligibles, et fait appliquer, durant la phase ultérieure « travaux », les préconisations qui en seront tirées. Il assiste, conseille et accompagne les particuliers, avant et pendant les diagnostics, dans les démarches administratives afférentes, les guide dans la définition du programme de travaux, la constitution du dossier de demande de financement et s&amp;#039;assure du bon déroulement des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Le volet « diagnostics » est également financé à hauteur de 80 % par le Fonds Barnier, l&amp;#039;enveloppe dédiée à cet accompagnement spécifique ayant été dimensionnée par l&amp;#039;Etat à hauteur de 1 million d&amp;#039;euros, pour une dépense totale estimée à 1,25 millions d&amp;#039;euros.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs poursuivis
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation des diagnostics doit permettre de connaître :
+&lt;/p&gt;
+&lt;p&gt;
+ •	le niveau d&amp;#039;exposition des biens à usage d&amp;#039;habitation aux inondations,
+&lt;/p&gt;
+&lt;p&gt;
+ •	la vulnérabilité de ces biens ainsi que les sources potentielles de dommages,
+&lt;/p&gt;
+&lt;p&gt;
+ •	les préconisations techniques et les évaluations financières de travaux de réduction de vulnérabilité.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;après tous les retours d&amp;#039;expérience en la matière, un faible reste-à-charge pour les particuliers sur ce volet « diagnostics » permet à un maximum d&amp;#039;entre eux d&amp;#039;engager par la suite les travaux de réduction de vulnérabilité de leurs biens, travaux qui seront également financés à hauteur de 80 % par le Fonds Barnier.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;objectif d&amp;#039;atteindre un taux de conversion qui se veut optimal entre la phase « diagnostics » et la phase « travaux », ce taux étant trop souvent observé à un niveau très faible dans le cadre des démarches usuelles des PAPI, la mobilisation de l&amp;#039;ensemble des différents échelons de collectivités territoriales en termes d&amp;#039;accompagnement financier est indispensable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département fait donc le choix d&amp;#039;accompagner également les particuliers des communes éligibles au dispositif MIRAPI soumis aux sinistres de leurs biens à usage d&amp;#039;habitation (depuis le 1er janvier 2014) par l&amp;#039;une des 3 typologies d&amp;#039;évènements susceptibles de provoquer un risque d&amp;#039;inondation (débordement de cours d&amp;#039;eau, ruissellement, remontée de nappe) pour la réalisation des diagnostics, et ce dans les territoires où les collectivités locales s&amp;#039;engageront également dans un soutien financier de ce volet de l&amp;#039;expérimentation, sur la base d&amp;#039;une répartition de 50/50 du reste à charge entre le Département et le bloc communal (EPCI-FP et/ou Communes).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions d&amp;#039;éligibilité
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La maîtrise d&amp;#039;ouvrage de toutes les opérations relatives aux diagnostics devra être assurée par l&amp;#039;Institution Adour, pour le compte des particuliers, dans le cadre de la mise en œuvre du dispositif MIRAPI. L&amp;#039;aide départementale sera donc directement versée à l&amp;#039;Institution Adour afin de rétribuer le/les prestataire(s) en charge des diagnostics qui auront été reconnus éligibles au titre du présent document.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles à l&amp;#039;accompagnement départemental les diagnostics réalisés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   chez les propriétaires et/ou gestionnaires de biens à usage d&amp;#039;habitation situés au sein des communes concernées par le dispositif MIRAPI ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   et dans les territoires qui bénéficient également d&amp;#039;un engagement financier des collectivités locales et sur la base d&amp;#039;une répartition 50/50 du reste à charge entre le Département et le bloc communal (EPCI-FP et/ou Communes).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour être réputé éligible, un diagnostic devra être précédé de la fourniture préalable des pièces suivantes à l&amp;#039;Institution Adour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le nom et les coordonnées (adresse postale et coordonnées GPS) du propriétaire et/ou gestionnaire du bien à usage d&amp;#039;habitation (personne dûment mandatée [écrit à l&amp;#039;appui] par le propriétaire pour le représenter lors de l&amp;#039;intervention sur site du prestataire),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la copie d&amp;#039;une attestation d&amp;#039;assurance du bien à usage d&amp;#039;habitation pour l&amp;#039;année en cours,
+  &lt;/li&gt;
+  &lt;li&gt;
+   tout élément de preuve d&amp;#039;un/de sinistre(s) par inondation du bien concerné qui aurait eu lieu à compter du 1er janvier 2014 (récépissé de sinistre(s) ou photographies horodatées du/des sinistre(s) ou, à défaut, attestation sur l&amp;#039;honneur du Maire de la Commune),
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;engagement écrit du propriétaire et/ou gestionnaire du bien à usage d&amp;#039;habitation sur son engagement à payer intégralement le diagnostic dit « réduit », dans les cas où le contrôle sur le terrain et ce, malgré les conseils apportés par la structure animatrice, révèlerait que le bâtiment est hors d&amp;#039;eau (y compris les réseaux) ou est concerné par la submersion marine.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Actions exclues du champ d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles au présent dispositif d&amp;#039;aide :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les diagnostics réalisés sur un bien qui ne serait pas situé sur une commune éligible au dispositif MIRAPI,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les diagnostics qui ne bénéficient pas d&amp;#039;un accompagnement complémentaire sur la base d&amp;#039;une répartition 50/50 du reste à charge entre le Département et le bloc communal (EPCI-FP et/ou Communes),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les diagnostics réalisés à la demande des usagers et/ou gestionnaires et portant sur des biens à usage d&amp;#039;habitations éligibles au dispositif MIRAPI (et donc potentiellement au financement de l&amp;#039;Etat), mais n&amp;#039;apportant pas de preuve d&amp;#039;un sinistre postérieur au 1er janvier 2014 (cf. article 2),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les diagnostics dits « réduits », dans les cas où le contrôle sur le terrain révèlerait que le bâtiment est hors d&amp;#039;eau ou est concerné par la submersion marine, cette expertise étant réalisée à la demande des usagers et/ou gestionnaires de biens inéligibles au dispositif MIRAPI et ce, malgré les conseils apportés par la structure animatrice,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les diagnostics réalisés dans le cadre des démarches de PAPI, hors MIRAPI.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités de versement de l&amp;#039;aide départementale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement départemental sera calculé sur la base des coûts éligibles, toutes taxes comprises (TTC). Le taux de participation sera de 10% du montant des dépenses éligibles au présent document.
+&lt;/p&gt;
+&lt;p&gt;
+ Le plafond maximal de l&amp;#039;aide départementale attribuée pour la réalisation des diagnostics dans le cadre du dispositif MIRAPI est fixé à 10% du montant global de l&amp;#039;opération sur la base de l&amp;#039;enveloppe dimensionnée par l&amp;#039;Etat.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de l&amp;#039;aide départementale interviendra sur production par la structure animatrice du dispositif MIRAPI, l&amp;#039;Institution Adour, et a minima détaillé par EPCI-FP :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   du décompte général des dépenses éligibles visé par le comptable public de l&amp;#039;EPTB,
+  &lt;/li&gt;
+  &lt;li&gt;
+   du plan de financement définitif des opérations éligibles visé par le Président de l&amp;#039;EPTB, incluant obligatoirement la participation de l&amp;#039;Etat à hauteur de 80% et celle de la/des collectivité(s) locale(s) à hauteur de 10%.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le Département se réserve le droit de demander une copie des factures justificatives du total des dépenses, des justificatifs de constitution des dossiers d&amp;#039;éligibilité et des justificatifs d&amp;#039;engagement des autres partenaires financiers figurant sur le plan de financement définitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=183</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e0a-mirapi-conditions-deligibilite-de-laide-depar/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>