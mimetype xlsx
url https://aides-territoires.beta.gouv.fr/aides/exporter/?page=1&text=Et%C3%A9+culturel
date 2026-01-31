--- v0 (2025-10-25)
+++ v1 (2026-01-31)
@@ -24,111 +24,103 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rIdSheet1" state="visible"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Unknown</author>
   </authors>
   <commentList>    </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
-[...4 lines deleted...]
-    </font>
+  <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA43"/>
+  <dimension ref="A1:AA2"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,3864 +220,105 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>155118</v>
+        <v>120634</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Créer, rénover, étendre, développer des services au sein des bibliothèques et/ou des ludothèques</t>
+          <t>Soutenir des projets culturels et artistiques organisés pendant l’été</t>
+        </is>
+      </c>
+      <c r="C2" s="0" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Bibliothèque, ludothèque (politique territoriale 22-28)</t>
+          <t>L&amp;apos;Été culturel</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F2" s="0" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...3767 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J16" s="1" t="inlineStr">
+      <c r="J2" s="0" t="inlineStr">
         <is>
           <t>12.000€</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de favoriser la participation à la vie culturelle, le ministère de la Culture apporte son soutien à des projets culturels et artistiques organisées pendant l&amp;#039;été.
 &lt;/p&gt;
 &lt;p&gt;
  Votre structure propose un projet culturel en été ? Le ministère de la Culture apporte un soutien financier à des projets culturels et artistiques en ce sens, organisés en juillet et en août.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que l&amp;#039;été culturel ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lancé en 2020, l&amp;#039;été culturel est une opération nationale visant à
  &lt;strong&gt;
   soutenir des propositions artistiques et culturelles
  &lt;/strong&gt;
  (concerts, représentations, ateliers, projets participatifs...), toutes disciplines confondues, ayant lieu en juillet et août. Ces  projets peuvent être proposés par une association, un particulier, une collectivité (territoriale, régionale, départementale, communale), un établissement public ou bien un organisme privé.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les objectifs de la démarche
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -4175,7277 +408,199 @@
  &lt;span&gt;
   &lt;strong&gt;
    Montant de la subvention
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Chaque équipe ou artiste retenu sera accompagnée par la DRAC Hauts-de-France à hauteur de 12 000 €.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Modalités d&amp;#039;attribution de la subvention
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   La subvention est versée dans son entièreté dès que les résultats de la commission sont connus et que le dossier de subvention est complet.
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M2" s="0" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Dans le cadre de l&amp;#039;Eté culturel 2022, en Normandie, dix musiciens à vélos ont proposé des concerts, une découverte des instruments baroques, des étapes cyclistes avec le public.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Une compagnie a proposé dans des quartiers prioritaires de la métropole de Bordeaux des ateliers de médiation ainsi que la création d&amp;#039;un spectacle de danse verticale par les artistes et les habitants.
  &lt;/li&gt;
  &lt;li&gt;
   En Martinique, des comédiens ont animé le quotidien des personnes âgées et des équipes de 4 EHPAD. Ces derniers ont découvert la nouvelle création de la compagnie, ont participé à des ateliers et se sont laissés surprendre par des jeux de clown impromptus.
  &lt;/li&gt;
  &lt;li&gt;
   En Grand Est, le dispositif Jeunes ESTivants a compté 63 projets artistiques, 210 jeunes artistes et 60 lieux mobilisés en 2021.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité du demandeur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont sollicités dans ce cadre des compagnies ou collectifs artistiques, des ensembles musicaux ou vocaux, des regroupements factuels d&amp;#039;artistes, des artistes des arts visuels, des artistes auteurs illustrateurs – tous professionnels souhaitant s&amp;#039;engager collectivement ou individuellement dans la réalisation de ces impromptus.
 &lt;/p&gt;
 &lt;p&gt;
  Ces artistes et compagnies doivent avoir une expérience professionnelle dans les Hauts-de-France.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères de non-éligibilité du demandeur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures culturelles, lieux de diffusion et agences de production ne sont pas éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité des projets
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les équipes ou artistes, volontaires et autonomes, doivent proposer au minimum 10 impromptus artistiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de courte durée (n&amp;#039;excédant pas 45 minutes)
  &lt;/li&gt;
  &lt;li&gt;
   au dispositif technique le plus léger possible
  &lt;/li&gt;
  &lt;li&gt;
   permettant leur diffusion en une grande diversité de lieux/sites et à toutes sortes de moments
  &lt;/li&gt;
  &lt;li&gt;
   se déroulant au cours de la période allant du 1er juin au 30 septembre 2023.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Cette série peut prendre la forme de différents impromptus sur un même lieu, d&amp;#039;un impromptu identique proposé dans différents lieux ou un mix des deux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Hauts-de-France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/l-ete-culturel</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/dev-culturel_plaines-ete</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur la démarche &amp;#34;Plaines d&amp;#039;été&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;p&gt;
  DRAC des Hauts-de-France
 &lt;/p&gt;
 &lt;p&gt;
  Pôle Publics, territoires et industries culturelles
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:plaines-drac-hauts-de-france&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
   plaines-drac-hauts-de-france&amp;#64;culture.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 03 28 36 61 89
 &lt;/p&gt;
 &lt;p&gt;
  3 Rue du Lombard, 59800 Lille
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0fad-ete-culturel/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
-[...7077 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>