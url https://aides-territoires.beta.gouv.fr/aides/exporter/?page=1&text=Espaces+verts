--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA9"/>
+  <dimension ref="A1:AA19"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,618 +228,618 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>120966</v>
+        <v>103419</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Soutenir les projets de création et d’ouverture au public de nouveaux espaces verts et de nature, et les projets d’amélioration de la qualité des espaces verts existants</t>
+          <t>Créer des espaces verts</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Création et amélioration d'espaces verts ouverts au public</t>
+          <t>Création d'espaces verts</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...265 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Min : 40 Max : 50</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
 &lt;p&gt;
  Dans le cadre de son Plan vert, la Région soutient les projets de création et d&amp;#039;ouverture au public de nouveaux espaces verts et de nature, et les projets d&amp;#039;amélioration de la qualité des espaces verts existants.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  La Région soutient les porteurs de projets d&amp;#039;investissement concourant à la réalisation des objectifs quantitatifs du Plan vert par l&amp;#039;augmentation du ratio en mètres-carrés d&amp;#039;espaces verts et de nature ouverts au public par habitant ainsi qu&amp;#039;en améliorant l&amp;#039;accessibilité et la qualité de ces espaces.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;espaces verts et de liaisons vertes ouverts au public,
  &lt;/li&gt;
  &lt;li&gt;
   Requalification ou amélioration de l&amp;#039;accessibilité d&amp;#039;espaces verts ou de nature existants,
  &lt;/li&gt;
  &lt;li&gt;
   Jardins partagés dès lors qu&amp;#039;ils permettent l&amp;#039;association du public et qu&amp;#039;ils sont soutenus par les communes et les intercommunalités,
  &lt;/li&gt;
  &lt;li&gt;
   Toitures et murs végétalisés accessibles au public,
  &lt;/li&gt;
  &lt;li&gt;
   Créations d&amp;#039;alignement d&amp;#039;arbres...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Calendrier prévisionnel
  &lt;/strong&gt;
  &lt;br /&gt;
  Dépôt jusqu&amp;#039;au 6 juillet &amp;gt; vote en novembre 2021
  &lt;br /&gt;
  Sinon &amp;gt; vote en 2022
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : dans le cadre de l&amp;#039;élaboration de leurs projets, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le taux d&amp;#039;intervention est modulé au regard du niveau de carence en espaces verts de la commune de localisation du projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Communes très carencées
   &lt;/strong&gt;
   : 50% des dépenses éligibles,
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Autres territoires
   &lt;/strong&gt;
   : 40% des dépenses éligibles.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le montant maximum de la subvention régionale dépend de la nature du projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Création et ouverture au public de nouveaux espaces verts et de nature
   &lt;/strong&gt;
   : 500 k€ par projet (600 k€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées),
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Amélioration de la qualité d&amp;#039;espaces verts et de nature existants et déjà ouverts au public
   &lt;/strong&gt;
   : 250 k€ par projet (350 k€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/creation-despaces-verts</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:planvert&amp;#64;iledefrance.fr"&gt;
   planvert&amp;#64;iledefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projet doivent déposer leurs dossiers de candidature sur
  &lt;a rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>biodiversite@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e8ea-creation-despaces-verts/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
         <v>163582</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création et la requalification d'espaces verts</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Plan Vert</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Ile-de-France Nature</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Taux de subvention lié au taux de carence en espaces verts du territoire du projet</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif d&amp;#039;appel à projets &amp;#34;Plan Vert&amp;#34;, géré par Île-de-France Nature, soutient des projets de &lt;strong&gt;c&lt;/strong&gt;&lt;strong&gt;réation et de requalification d&amp;#039;espaces verts &lt;/strong&gt;(ouverts au public gratuitement pour une durée d&amp;#039;au moins 20 ans). L&amp;#039;objectif du Plan Vert est de décarencer l&amp;#039;Île-de-France en espaces verts. &lt;/p&gt;&lt;p&gt;Le Plan Vert soutient des travaux de création ou d&amp;#039;amélioration d’espaces verts « en pleine terre », qui favorisent la désimperméabilisation des sols et la biodiversité locale tout en s’adaptant au réchauffement climatique. &lt;/p&gt;&lt;p&gt;Le Plan Vert soutient par exemple la création ou la requalification de parcs, squares, de jardins familiaux, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Plan Vert finance par exemple &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;ouverture au public de nouveaux espaces de nature&lt;/li&gt;&lt;li&gt;la requalification de parcs vieillissants&lt;/li&gt;&lt;li&gt;la désimperméabilisation d&amp;#039;espaces urbanisés (parking, place, bâti) pour la création d&amp;#039;espaces verts&lt;/li&gt;&lt;li&gt;la création de jardins familiaux&lt;/li&gt;&lt;li&gt; ...&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="767"&gt;&lt;tbody&gt;&lt;tr height="202"&gt;&lt;td height="202" width="767"&gt;&lt;font&gt;Les bénéficiaires éligibles sont :&lt;/font&gt;&lt;font&gt;&lt;br /&gt;-les collectivités territoriales et leurs groupements ;&lt;br /&gt;- les sociétés publiques locales (SPL) ;&lt;br /&gt;- les associations dont les statuts permettent la création de jardins familiaux, pédagogiques,&lt;br /&gt;partagés, collectifs ou d’insertion, ou leurs confèrent un rôle de conservatoire des espaces&lt;br /&gt;naturels ;&lt;br /&gt;- les bailleurs sociaux ;&lt;br /&gt;- les hôpitaux.&lt;br /&gt;&lt;br /&gt;Les conditions d&amp;#039;éligibilité sont : un bilan d&amp;#039;imperméabilisation nul ou négatif, une palette végétale majoritairement locale, et pas d&amp;#039;abattage d&amp;#039;arbres (ou uniquement justifiés par un diagnostic phytosanitaire).&lt;br /&gt;&lt;/font&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance-nature.fr/je-souhaite-creer-un-espace-vert-ou-renaturer-ma-ville/</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/dashboard/accueil</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;adresse mail générique est : &lt;a target="_self"&gt;planvert&amp;#64;iledefrance-nature.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour obtenir une aide, il faut candidater sur la plateforme régionale Mes Démarches, au dispositif Plan Vert. La plateforme est toujours ouverte ; 4 à 5 commissions ont lieu par an.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>alice.plessis@iledefrance-nature.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-creation-et-la-requalification-despaces-verts/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>120966</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de création et d’ouverture au public de nouveaux espaces verts et de nature, et les projets d’amélioration de la qualité des espaces verts existants</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Création et amélioration d'espaces verts ouverts au public</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de son Plan vert, la Région soutient les projets de création et d&amp;#039;ouverture au public de nouveaux espaces verts et de nature, et les projets d&amp;#039;amélioration de la qualité des espaces verts existants.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seules les dépenses d&amp;#039;investissement sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant maximum de la subvention régionale
+ dépend de la nature du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création et ouverture au public de nouveaux espaces verts et de nature :
+  500.000€ par projet (600.000€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la qualité d&amp;#039;espaces verts et de nature existants et déjà ouverts au public :
+  250.000€ par projet (350.000€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention
+ est modulé au regard du niveau de carence en espaces verts de la commune de localisation du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes très carencées :
+  50% des dépenses éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres territoires :
+  40% des dépenses éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces verts et de liaisons vertes ouverts au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Requalification ou amélioration de l&amp;#039;accessibilité d&amp;#039;espaces verts ou de nature existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jardins partagés dès lors qu&amp;#039;ils permettent l&amp;#039;association du public et qu&amp;#039;ils sont soutenus par les communes et les intercommunalités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toitures et murs végétalisés accessibles au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créations d&amp;#039;alignement d&amp;#039;arbres...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur mesdemarches.iledefrance.fr. Dans le cadre de l&amp;#039;élaboration de leurs projets, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un jury d&amp;#039;élus et de personnalités qualifiées se réunit plusieurs fois par an pour sélectionner les dossiers, sur la base d&amp;#039;une instruction technique confiée à l‘Agence des espaces verts (AEV) d&amp;#039;Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers, l&amp;#039;attribution définitive des aides est votée en Commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/creation-et-amelioration-despaces-verts-ouverts-au-public</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:planvert&amp;#64;iledefrance.fr"&gt;
+  planvert&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e10f-creation-et-amelioration-despaces-verts/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>162882</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Réduire la carence en espaces verts en Île-de-France, en créant ou requalifiant des surfaces d'espaces verts accessibles gratuitement aux Franciliens</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Plan Vert d'Île-de-France : soutien à la création et à la requalification d'espaces verts</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association</t>
+        </is>
+      </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Le dispositif d&amp;#039;appel à projets &amp;#34;Plan Vert&amp;#34;, géré par Île-de-France Nature, soutient des projets de &lt;strong&gt;c&lt;/strong&gt;&lt;strong&gt;réation et de requalification d&amp;#039;espaces verts &lt;/strong&gt;(ouverts au public gratuitement pour une durée d&amp;#039;au moins 20 ans). L&amp;#039;objectif du Plan Vert est de décarencer l&amp;#039;Île-de-France en espaces verts. &lt;/p&gt;&lt;p&gt;Le Plan Vert soutient des travaux de création ou d&amp;#039;amélioration d’espaces verts « en pleine terre », qui favorisent la désimperméabilisation des sols et la biodiversité locale tout en s’adaptant au réchauffement climatique. &lt;/p&gt;&lt;p&gt;Le Plan Vert soutient par exemple la création ou la requalification de parcs, squares, de jardins familiaux, etc.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Le Plan Vert finance par exemple &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;ouverture au public de nouveaux espaces de nature&lt;/li&gt;&lt;li&gt;la requalification de parcs vieillissants&lt;/li&gt;&lt;li&gt;la désimperméabilisation d&amp;#039;espaces urbanisés (parking, place, bâti) pour la création d&amp;#039;espaces verts&lt;/li&gt;&lt;li&gt;la création de jardins familiaux&lt;/li&gt;&lt;li&gt; ...&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>Le Plan Vert vise à réduire la carence en espaces verts en Île-de-France, en créant ou requalifiant des surfaces d&amp;#039;espaces verts accessibles gratuitement aux Franciliens. &lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
       <c r="N5" s="1" t="inlineStr">
         <is>
-          <t>Espaces verts</t>
+          <t>Santé
+Biodiversité</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
+          <t>Récurrente</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
-          <t>&lt;table cellpadding="0" cellspacing="0" width="767"&gt;&lt;tbody&gt;&lt;tr height="202"&gt;&lt;td height="202" width="767"&gt;&lt;font&gt;Les bénéficiaires éligibles sont :&lt;/font&gt;&lt;font&gt;&lt;br /&gt;-les collectivités territoriales et leurs groupements ;&lt;br /&gt;- les sociétés publiques locales (SPL) ;&lt;br /&gt;- les associations dont les statuts permettent la création de jardins familiaux, pédagogiques,&lt;br /&gt;partagés, collectifs ou d’insertion, ou leurs confèrent un rôle de conservatoire des espaces&lt;br /&gt;naturels ;&lt;br /&gt;- les bailleurs sociaux ;&lt;br /&gt;- les hôpitaux.&lt;br /&gt;&lt;br /&gt;Les conditions d&amp;#039;éligibilité sont : un bilan d&amp;#039;imperméabilisation nul ou négatif, une palette végétale majoritairement locale, et pas d&amp;#039;abattage d&amp;#039;arbres (ou uniquement justifiés par un diagnostic phytosanitaire).&lt;br /&gt;&lt;/font&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+          <t>&lt;p&gt;Les bénéficiaires éligibles sont : &lt;/p&gt;&lt;p&gt;- Les collectivités territoriales et leurs groupements, &lt;br /&gt;- Les sociétés publiques locales (SPL),&lt;br /&gt;- Les associations dont les statuts permettent la création de jardins familiaux, pédagogiques, &lt;br /&gt;partagés, collectifs ou d’insertion, ou leurs confèrent un rôle de conservatoire des espaces &lt;br /&gt;naturels,&lt;br /&gt;- Les bailleurs sociaux,&lt;br /&gt;- Les hôpitaux.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; Dispositif d&amp;#039;Île-de-France Nature (anciennement Agence des espaces verts, établissement public à caractère administratif).&lt;br /&gt; Le dispositif Plan Vert, géré par Île-de-France Nature, a pour objectif de soutenir les projets de création et d’amélioration des espaces verts ouverts au public gratuitement. Il contribue à la création ou requalification d’espaces verts « en pleine terre » qui favorisent la désimperméabilisation des sols et la biodiversité locale, tout en s’adaptant au réchauffement climatique.&lt;br /&gt; &lt;p&gt;Pour plus d&amp;#039;information sur les conditions d&amp;#039;accès au dispositif Plan Vert, vous pouvez consulter le règlement d&amp;#039;intervention [lien : &lt;a href="https://www.iledefrance-nature.fr/wp-content/uploads/2023/07/Reglement-dintervention-du-Plan-Vert.pdf"&gt;https://www.iledefrance-nature.fr/wp-content/uploads/2023/07/Reglement-dintervention-du-Plan-Vert.pdf&lt;/a&gt; ] disponible sur le site d&amp;#039;Île-de-France Nature.&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
       <c r="S5" s="1" t="inlineStr">
         <is>
-          <t>Mise en œuvre / réalisation</t>
-[...4 lines deleted...]
-          <t>Dépenses d’investissement</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V5" s="1" t="inlineStr">
         <is>
-          <t>https://www.iledefrance-nature.fr/je-souhaite-creer-un-espace-vert-ou-renaturer-ma-ville/</t>
-[...4 lines deleted...]
-          <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/dashboard/accueil</t>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-vert-dile-de-france-soutien-la-creation-et-la-requalification-despaces-verts</t>
         </is>
       </c>
       <c r="X5" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;L&amp;#039;adresse mail générique est : &lt;a target="_self"&gt;planvert&amp;#64;iledefrance-nature.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour obtenir une aide, il faut candidater sur la plateforme régionale Mes Démarches, au dispositif Plan Vert. La plateforme est toujours ouverte ; 4 à 5 commissions ont lieu par an.&lt;br /&gt;&lt;/p&gt;</t>
+          <t>planvert&amp;#64;iledefrance-nature.fr</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
-          <t>alice.plessis@iledefrance-nature.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-creation-et-la-requalification-despaces-verts/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-vert-dile-de-france-soutien-a-la-creation-et-a-la-requalification-despaces-verts-1/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
         <v>117154</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la mise en place d'une gestion différenciée des espaces verts</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
@@ -931,1073 +931,2264 @@
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8549-accompagner-les-collectivites-a-la-mise-en-pl/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:27" customHeight="0">
       <c r="A7" s="1">
-        <v>152446</v>
+        <v>111680</v>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aider à la création et la réhabilitation du patrimoine bâti des collectivités (hors scolaire et périscolaire)</t>
+          <t>Résorber les dépôts sauvages en milieux urbanisé</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>CONSTRUCTIONS ET RÉNOVATIONS PUBLIQUES</t>
+          <t>Développement durable : Territoire zéro déchet et économie circulaire</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Oise</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Min : 20 Max : 52</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
+          <t>Aide en ingénierie technique : logistique. Pas d'aide financière.</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aider à la création, la rénovation, la réhabilitation et à l&amp;#039;extension du patrimoine bâti des collectivités (hors scolaire et périscolaire).
+ Aide logistique à la résorption des dépôts sauvages en milieux urbanisés, par la mise à disposition de bennes d&amp;#039;une capacité de 30 m3, jusqu&amp;#039;à deux fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2019-04-0010 (AD du 25/03/2019)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
-[...51 lines deleted...]
-  Réhabilitation du local des services techniques &amp;#34;outils modernes pour la commune&amp;#34;
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espace public
+Recyclage et valorisation des déchets
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les sites publics situés en zone urbanisée, hors terrains naturels et agricoles, présentant un fort taux d&amp;#039;occupation des riverains,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne sont pas concernés par ce dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les espaces verts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les espaces sportifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aires d&amp;#039;accueil des gens du voyage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les routes nationales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
-[...377 lines deleted...]
-      </c>
       <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U7" s="1" t="inlineStr">
         <is>
-          <t>Oise</t>
-[...9 lines deleted...]
-          <t>https://www.aidesetsubventions.oise.fr</t>
+          <t>Essonne</t>
         </is>
       </c>
       <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...18 lines deleted...]
- &lt;/a&gt;
+ Mission développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 96
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
-          <t>contact-aidesetsubventions@oise.fr</t>
+          <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e1e2-aider-a-la-realisation-de-travaux-damenagemen/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d5-resorber-les-depots-sauvages-en-milieux-urban/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
-        <v>117377</v>
+        <v>155569</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Conseiller les collectivités en matière d'aménagement d'espaces publics : rue, place, jardin,cimetière, cours d'école etc. (programme, conception, entretien, réhabilitation...)</t>
+          <t>Favoriser la mise en place d’éco-pâturage sur les espaces publics</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>MISE EN PLACE D’ÉCO-PÂTURAGE SUR LES ESPACES PUBLICS</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>ID77</t>
+          <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités qui souhaitent mettre en place l&amp;#039;éco-pâturage sur certains de leurs espaces verts (hors espaces naturels d&amp;#039;intérêt écologique).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures intercommunales et autres groupements de collectivités (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables, plans et outils de communication associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de la parcelle nécessaires à l&amp;#039;accueil des animaux et à la sécurité : abris, abreuvoirs, clôtures...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition ou location d&amp;#039;animaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation de service pour la surveillance ou la gestion des animaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement des aménagements, entretien courant...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Plancher/plafond :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles : 1.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses éligibles : 30.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-place-decopaturage-sur-les-espaces-publics/</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0233-modele/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>117407</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la communication et sensibilisation "paysage architecture" : production de supports et animation</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;espace public en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
-[...2 lines deleted...]
- Approche pluridisciplinaire des paysagistes concepteurs conseils et de l&amp;#039;arboriste-forestier du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du Département)
+ Mise en valeur du paysage local :
  &lt;br /&gt;
- Le conseil du CAUE vise à intégrer dans le projet une approche :
- &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Qualitative (paysage),
-[...5 lines deleted...]
-  Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
+  Organisation, animation - mise en valeur d&amp;#039;espaces verts publics, création de documents destinés aux visiteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation, animation - valorisation du patrimoine végétal, audit simplifié, comité national des villes et villages fleuris
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;br /&gt;
-[...74 lines deleted...]
-          <t>Espaces verts
+ Gratuité (part TA du CAUE).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
 Espace public
-Voirie et réseaux
-Réhabilitation
+Biodiversité
+Bâtiments et construction
 Architecture
 Paysage
-Accessibilité
-[...3 lines deleted...]
-      <c r="O8" s="1" t="inlineStr">
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W8" s="1" t="inlineStr">
+      <c r="W9" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/23b2-accompagner-les-collectivites-a-la-communicat/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>120979</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Prêt social</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
+  Qu&amp;#039;est-ce que le prêt social ?
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisissez une
+  &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
+   banque engagée en matière de RSE
+  &lt;/a&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  et dotée d&amp;#039;une trajectoire de décarbonation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  5 thématiques éligibles :
+ &lt;/li&gt;
+ &lt;li&gt;
+  1) L&amp;#039;action sanitaire, sociale et familiale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  2) Le développement et la cohésion territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  3) L&amp;#039;enseignement et la formation professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  4) Le sport, culture et vie associative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  5) Les services d&amp;#039;incendies et de secours.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Valorisation d'actions
+Bibliothèques et livres
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 300 000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  via le
+  &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
+   formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>165269</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études d’aide à la décision pour infiltrer les eaux pluviales</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision pour infiltrer les eaux pluviales</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 60</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Majoration de 10 % en zone France ruralités revitalisation (FRR).</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;À travers des études d’aide à la décision, l&amp;#039;agence accompagne les 
+collectivités dans le choix et la conception d&amp;#039;aménagements adaptés, 
+tels que des espaces verts végétalisés ou des infrastructures 
+perméables, permettant une infiltration efficace des eaux pluviales. 
+L&amp;#039;objectif de ce dispositif est de favoriser des solutions durables qui 
+non seulement améliorent la gestion des eaux pluviales, mais contribuent
+ également à la reconquête de la biodiversité et l’adaptation au 
+changement climatique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude vise l’infiltration d’eaux pluviales actuellement captées par
+ un réseau. L’étude sera réalisée par un prestataire externe.&lt;/p&gt;
+&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
+recommandations techniques de l’agence de l’eau, avec plans de 
+nivellement montrant les réseaux et la circulation des eaux pluviales 
+avant et après travaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviale.html</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-pour-les-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviales/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>165267</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Infiltrer des eaux pluviales urbaines (autres travaux)</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Autres travaux visant l’infiltration des eaux pluviales urbaines</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau aide le déraccordement des eaux pluviales des réseaux 
+de collecte pour leur infiltration dans les sols au plus près de leur 
+point de chute, sur des aménagements non dédiés uniquement à l’eau. Ce 
+dispositif concerne les aménagements non majoritairement végétalisés. 
+Différents types d’aménagements peuvent être mis en œuvre dans ce cadre :
+ espaces verts creux, toiture stockante végétalisée raccordée à un 
+dispositif infiltrant, trottoir ou chaussée perméables sur structure 
+stockante et infiltrante, tranchée d’infiltration...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
+recommandations techniques de l’agence de l’eau, avec plans de 
+nivellement montrant les réseaux et la circulation des eaux pluviales 
+avant et après travaux.&lt;/p&gt;&lt;p&gt;Le projet est dimensionné pour les pluies importantes. Il est donc 
+demandé que les aménagements d’infiltration permettant de stocker au 
+minimum 35 litres d’eau par m&lt;sup&gt;2&lt;/sup&gt; déconnecté des réseaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-autres-travaux-visant-linfiltration-des-eaux-pluviales-urba.html</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/infiltrer-des-eaux-pluviales-urbaines-autres-travaux/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>111753</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Rédiger des actes authentiques en la forme administrative</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etablir les Actes en la Forme Administrative (AFA), alternative à l&amp;#039;acte notarié, pour régulariser rapidement les opérations foncières des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ MODALITES D&amp;#039;ACCOMPAGNEMENT
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide à l&amp;#039;établissement de l&amp;#039;acte (délibérations, modèles...): voirie (élargissement des voies communales, alienation de chemins ruraux...), instauration de servitudes (canalisation ou de passage, chemin de randonnée...), petites ventes ou acquisitions (alignements, délaissés de parcelles non bâties...), biens vacants sans maître - rétrocession d&amp;#039;espaces verts, voiries de loitissement, transfert de patrimoine foncier entre une commune et une interciommunalité, bail emphythéotique administratif
+ &lt;/li&gt;
+ &lt;li&gt;
+  rédaction d&amp;#039;un acte à partir de pièces et de renseignements fournis par la collectivité en vue de son authentification par le maire ou le président d&amp;#039;une intercommunalité
+ &lt;/li&gt;
+ &lt;li&gt;
+  publication de l&amp;#039;acte, après signature au Service de la Publicité Foncière (SPF)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courriers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bordereau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition foncière dans le cadre de la création d&amp;#039;une piste cyclable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de servitude de passage de canalisations de réseaux souterrains.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rétrocession voiries de lotissements appartenant à des associations syndicales libres.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition de parcelles vacantes et sans maître.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Equipement public
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  entre 300€ et 450 € (si adhérent au SDEEG) selon la catégorie d&amp;#039;acte ou 600 € (si non adhérent au SDEEG)
+ &lt;/li&gt;
+ &lt;li&gt;
+  acceptation du devis
+ &lt;/li&gt;
+ &lt;li&gt;
+  transmission de tous les éléments (délibération, renseignements urbanisme...) permettant la rédaction de l&amp;#039;acte
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/urbanisme-et-foncier/197-foncier.html</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie GAUTIER - Responsable service foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  nathalie.gautier&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paul VALLET - Rédacteur Actes Authentiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  paul.vallet&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 44 89
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b913-rediger-des-actes-en-la-forme-administrative/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>165268</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Infiltrer des eaux pluviales urbaines majoritairement dans des aménagements de pleine terre</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Travaux visant l’infiltration des eaux pluviales urbaines majoritairement dans des aménagements de pleine terre</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide les travaux de déraccordement 
+des eaux pluviales des réseaux de collecte pour leur infiltration dans 
+les sols au plus près de leur point de chute, sur des aménagements non 
+dédiés uniquement à l’eau. Ce dispositif concerne les projets ou l’eau 
+pluviale est géré majoritairement sur des aménagements végétalisés. 
+Différents types d’aménagements peuvent être mis en œuvre dans ce cadre :
+ espaces verts creux, toiture stockante végétalisée raccordée à un 
+dispositif infiltrant, trottoir ou chaussée perméables sur structure 
+stockante et infiltrante, tranchée d’infiltration...&lt;/p&gt;
+&lt;p&gt;Les solutions en pleine terre végétalisées, plus durables et sources 
+de co-bénéfices (reconquête de la biodiversité, lutte contre les îlots 
+de chaleur, qualité de vie…) seront privilégiées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Equipement public
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
+recommandations techniques de l’agence de l’eau, avec plans de 
+nivellement montrant les réseaux et la circulation des eaux pluviales 
+avant et après travaux.&lt;/p&gt;&lt;p&gt;Le projet doit être dimensionné pour les pluies importantes. Il est 
+donc demandé que les aménagements d’infiltration permettant de stocker 
+temporairement, le temps de leur infiltration, au minimum 35 litres 
+d’eau par m&lt;sup&gt;2&lt;/sup&gt; déconnecté des réseaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-travaux-visant-linfiltration-des-eaux-pluviales-urbaines-da.html</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/infiltrer-des-eaux-pluviales-urbaines-majoritairement-dans-des-amenagements-de-pleine-terre/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>97324</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la labellisation des espaces naturels sensibles en vue de soutenir leur préservation</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Schéma départemental des Espaces naturels Sensibles 2021-2026
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de la Vendée a, depuis les années 1970, mené une politique de protection foncière des milieux naturels, par l&amp;#039;acquisition, la gestion et l&amp;#039;ouverture au public de sites d&amp;#039;intérêt écologique majeur au titre des Espaces Naturels Sensibles. Cette politique a vocation à préserver les habitats naturels remarquables du département et à les valoriser auprès du public (dans le respect de la sensibilité du milieu).
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;occasion de la mise en place de son deuxième schéma départemental des Espaces Naturels Sensibles 2021-2026, le Département a développé de nouvelles actions, qui vont au-delà de la politique d&amp;#039;acquisition historiquement mise en place. Parmi ces nouvelles mesures, un label Espace Naturel Sensible (ENS) est créé pour soutenir les projets de préservation des sites naturels, publics ou privés avec des enjeux forts pour la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette reconnaissance permet au Département de fournir un accompagnement technique et financier à tout propriétaire et/ou gestionnaire souhaitant valoriser et participer à la protection de la biodiversité sur son patrimoine foncier grâce au dispositif présenté.
+&lt;/p&gt;
+&lt;p&gt;
+ Un site retenu doit faire l&amp;#039;objet d&amp;#039;une convention de labellisation entre le propriétaire du site, le gestionnaire du site (si différent) et le Département fixant les conditions d&amp;#039;attribution du label, le plan global et la participation accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement : 80% HT
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention de fonctionnement : 50%  HT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inventaires naturalistes, études fonctionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des enjeux écologiques du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;un plan de gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation du plan de gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de restauration des milieux naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des milieux naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;équipements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Biodiversité
+Paysage
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne peuvent être présentés au présent dispositif que les sites vendéens au caractère « naturel » ou « semi-naturel » : forêts, landes, zones humides, marais, prairie, dunes, tels qu&amp;#039;identifiés dans le schéma départemental des ENS 2021-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ Les espaces verts et jardins, ne sont pas concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sites candidats doivent justifier d&amp;#039;enjeux écologiques majeurs pour la Vendée : flore, faune, fonge, géotope et/ou habitats naturels patrimoniaux, protection de la qualité des cours d&amp;#039;eau, .... Ces enjeux seront étudiés et évalués par le Département avant validation ou non de la candidature, notamment au regard des données fournies par le candidat, des justificatifs fournis et des données disponibles dans la base de données du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sites candidats doivent proposer une ouverture au public qui peut être permanente (ex : aménagement simple d&amp;#039;accueil) ou temporaire (ex : animations sur la thématique de la biodiversité) sur tout ou partie du site, sans que cela ne puisse porter atteinte à la biodiversité et aux milieux naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les subventions d&amp;#039;investissement, les projets éligibles sont les suivants : rédaction d&amp;#039;un plan de gestion ou d&amp;#039;une notice de gestion, opérations de création et restauration d&amp;#039;habitats naturels, opération initiale pour la lutte contre les espèces exotiques envahissantes, création d&amp;#039;ouvrages ou d&amp;#039;infastructures associés directement à la gestion des milieux naturels et création d&amp;#039;équioements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public (hors signalétique ENS spécifique).
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les subventions de fonctionnement, les suivis et études pour l&amp;#039;amélioration des connaissances, l&amp;#039;entretien des habitats et milieux naturels, le développement d&amp;#039;animation et outils de communication pour valoriser le site naturel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Service Nature et biodiversité
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 48
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:nature&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  nature&amp;#64;vendee.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>sophie.gouel@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4519-accompagner-la-labellisation-des-espaces-natu/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>117170</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un réseau au service de la santé du végétal et de la protection de l'environnement</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>FREDON  Occitanie</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>FREDON Occitanie</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...7 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  NATURE DES PROJETS ÉLIGIBLES
+  FREDON Occitanie
  &lt;/strong&gt;
-&lt;/p&gt;
-[...12 lines deleted...]
-&lt;p&gt;
+ regroupe des experts en botanique, phytopathologie, agronomie et environnement.
+ &lt;br /&gt;
+ Des métiers portés par un ensemble de compétences internes et externes reconnues dans le réseau des FDGDON de la région.
+ &lt;br /&gt;
+ Pour la partie délégation de missions en santé des végétaux, nous sommes reconnus comme organisme à vocation sanitaire (O.V.S) par arrêt ministériel (ministère de l&amp;#039;Agriculture).
+ &lt;br /&gt;
+ Nous mettons au profit des détenteurs de végétaux (agriculteurs, collectivités et particuliers) et des services publics (DRAAF, DREAL, ARS, DDTM, collectivités territoriales et locales ...) notre savoir-faire, afin de gérer la prévention, la surveillance et la lutte contre les dangers sanitaires en santé des végétaux (ravageurs et pathogènes) et en santé humaine (ambroisie, chenille processionnaire ...)
+ &lt;br /&gt;
+ Nous agissons aussi dans un objectif de réduction de l&amp;#039;usage des produits phytosanitaires par l&amp;#039;animation de la démarche Captages d&amp;#039;Eauccitanie et ECOPHYTO Jardins, Espaces Verts et Infrastructures (JEVI).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
  &lt;strong&gt;
-  MODALITÉS FINANCIÈRES
+  NOS MISSIONS DE DÉLÉGATION DE SERVICE PUBLIC
  &lt;/strong&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-&lt;p&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LA SURVEILLANCE DES ORGANISMES NUISIBLES RÉGLEMENTÉS OU ÉMERGENTS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Surveillance sanitaire du végétal, informations sur les maladies et les ravageurs des végétaux, les espèces invasives, la surveillance des organismes nuisibles réglementés ou émergents
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous sommes en charge avec nos sections départementales (FDGDON) de la surveillance et de l&amp;#039;inspection sanitaire des végétaux sur tout le territoire régional. Cette délégation de service public comprend toutes les actions contribuant à la surveillance, la prévention et la lutte contre les organismes nuisibles ou les dangers sanitaires. La surveillance est organisée en plans d&amp;#039;inspection classés selon de grandes thématiques (Passeport sanitaire, export, surveillance générale). Ils évoluent au grès des réglementations européenne et française.
+ &lt;br /&gt;
+ L&amp;#039;objectif est de préserver les productions agricoles sur notre territoire ainsi que les autres économies liées au secteur végétal (ex. : tourisme).
+&lt;/p&gt;
+&lt;h1&gt;
  &lt;strong&gt;
-  PIÈCES À FOURNIR
+  NOS MISSIONS D&amp;#039;INTÉRÊT GÉNÉRAL
  &lt;/strong&gt;
-&lt;/p&gt;
-[...38 lines deleted...]
-      <c r="O9" s="1" t="inlineStr">
+ &lt;br /&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;ANIMATION RÉGIONALE AMBROISIES
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau de mobilisation collective pour limiter l‘implantation des ambroisies et les risques pour la santé des citoyens
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous participons à la
+ &lt;strong&gt;
+  stratégie de gestion des plantes allergisantes
+ &lt;/strong&gt;
+ pilotée par l&amp;#039;ARS* (Agence Régionale de Santé).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coordination régionale des actions de lutte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de comités départementaux de coordination de lutte et formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structuration d&amp;#039;un réseau de référents et de compétences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle des signalements et cartographie de la présence de la plante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public aux risques d&amp;#039;allergies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  DES ALTERNATIVES DURABLES AUX PESTICIDES DANS LES ESPACES PRIVÉS ET PUBLICS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau régional des gestionnaires de Jardins, Espaces Verts et Infrastructures (JEVI), chartes régionales «Zéro Phyto »
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous accompagnons tous les gestionnaires de la région souhaitant mettre en œuvre des actions
+ &lt;strong&gt;
+  visant à abandonner l&amp;#039;usage des produits phytosanitaires
+ &lt;/strong&gt;
+ dans une logique de gestion durable des espaces privés et publics.
+ &lt;br /&gt;
+ Les objectifs sont de coordonner un
+ &lt;strong&gt;
+  réseau de compétences régionales
+ &lt;/strong&gt;
+ et de produire et mutualiser des références techniques. L&amp;#039;animation de ce réseau passe notamment par le développement des
+ &lt;strong&gt;
+  chartes «Objectif/Engagé Zéro Phyto»
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Ce réseau est à destination :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des collectivités et gestionnaires publics de sites non agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires d&amp;#039;infrastructures (routes, autoroutes, réseaux, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires privés (infrastructures de tourisme, de loisirs, jardiniers amateurs, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  POUR UNE EAU POTABLE DE QUALITÉ
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation de réseaux d&amp;#039;acteurs en charge de la reconquête et la protection des captages d&amp;#039;alimentation en eau potable
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Cette démarche regroupe un réseau technique régional composé des «acteurs de terrain», des collectivités gestionnaires ou autres professionnelles impliqués. L&amp;#039;objectif principal est d&amp;#039;acc
+ &lt;strong&gt;
+  ompagner ces acteurs œuvrant dans les dispositifs locaux
+ &lt;/strong&gt;
+ (captages prioritaires, animateurs de bassins versants...) en Occitanie, sur les bassins Adour-Garonne et Rhône Méditerranée Corse, par la production et la mutualisation de références techniques, l&amp;#039;organisation de journées techniques, la formation ou encore la gestion de projet communs.
+&lt;/p&gt;
+&lt;h1&gt;
+ NOS SERVICES
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;EXPERTISE SANITAIRE
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous réalisons ou aidons à la réalisation de toutes les actions contribuant à la surveillance des problèmes sanitaires en santé des végétaux et sur les exotiques envahissantes. Nous avons un rôle de référent sanitaire et environnemental qui nous amène à être référencés sur des dossiers à la marge de nos actions principales : santé publique (pollens, chenilles urticantes), sécurité publique (frelon asiatique, hyménoptères), droit urbain et environnemental.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LE DIAGNOSTIC
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous effectuons des diagnostics pour le compte de particuliers, de collectivités ou d&amp;#039;entreprises. Nous apportons notre expertise lors du dépérissement d&amp;#039;un végétal, la suspicion de maladie ou l&amp;#039;état général d&amp;#039;un patrimoine végétal. La FREDON Occitanie fait partie du réseau «CLINIQUE DU VÉGÉTAL®».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ LES FORMATIONS
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous organisons ou animons des sessions de formation auprès de différents publics. Nous proposons notamment des formations spécifiques aux élus des collectivités locales et territoriales, aux propriétaires ou détenteurs de végétaux, aux groupements de représentants professionnels ou toute autre personne pouvant être intéressée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Recyclage et valorisation des déchets
+Santé
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Médias et communication
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+  FREDON Occitanie
  &lt;/strong&gt;
-&lt;/p&gt;
-[...100 lines deleted...]
-      <c r="S9" s="1" t="inlineStr">
+ fédère les initiatives locales et s&amp;#039;appuie dans ses actions sur les fédérations départementales (FDGDON) et les groupements de défense (GDON).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est également membre du réseau FREDON FRANCE.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X9" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fredonoccitanie.com/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Formulaire de contact :
-[...1 lines deleted...]
-  https://www.manche.fr/contacter-le-departement/
+ FREDON Occitanie
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
+ &lt;br /&gt;
+ Téléphone : 04 67 75 64 48
+ &lt;br /&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Téléphone : 02 33 05 96 79
+ &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
+  https://www.fredonoccitanie.com/nous-contacter/
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>contact@fredon-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a04-beneficier-dun-reseau-au-service-de-la-sante-/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>30523</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir la voirie, programmer les travaux d'entretien routier et limiter les risques du gestionnaire</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette action consiste à donner les notions de base dans la gestion et la réalisation de l&amp;#039;entretien routier visant à préserver le patrimoine et limiter les risques pour les maitres d&amp;#039;ouvrages (Communes ou EPCI).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions concernent l&amp;#039;entretien de tous les composants du domaine routier : chaussée, espaces verts, ouvrages, signalisation ...
+&lt;/p&gt;
+&lt;p&gt;
+ Sont aussi abordées des méthodes simples de programmation de travaux d&amp;#039;entretien périodique des chaussées avec une stratégie propre à chaque collectivité en fonction de la nature de son patrimoine (quantitatif et qualitatif) et du budget consacré.Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 42 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c654-entretenir-la-voirie-programmer-les-travaux-d/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>162303</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Permettre de financer l’achat et la plantation d’arbres, d’arbustes et arbrisseaux en milieu urbain</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Nature ta ville</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présence de la nature en milieu urbain est reconnue dans son rôle de préservation de la biodiversité, d&amp;#039;amélioration du cadre de vie, d&amp;#039;attractivité, de lutte contre la pollution atmosphérique et d&amp;#039;atténuation des effets du changement climatique. Le dispositif permet de financer l’achat et la plantation d’arbres, d’arbustes et arbrisseaux en milieu urbain à l’exclusion de toutes autres dépenses (systèmes d’arrosage, aménagements paysagers, achat et plantation de plantes, aménagements urbains types dallages, trottoirs, etc.). La région soutient également les prestations de conseil et d’assistance techniques des opérations de plantation et de restauration (localisation, choix des essences, périodes de réalisation…) et la formation du personnel en charge de l’entretien des espaces verts.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment syndicats mixtes), établissements publics, groupements d’intérêts publics, gestionnaires d’espaces naturels, associations, entreprises.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Il sera exigé des essences autochtones, de type « végétal local » ou équivalent, dont les garanties de reprises sont optimales. La plantation ne devra pas utiliser d’espèces exotiques envahissantes et d’espèces fortement allergènes (cyprès).&lt;/li&gt; 	&lt;li&gt;S’inscrire dans une réflexion stratégique mettant en avant la politique de biodiversité ancrée dans le projet de territoire, avec notamment un mode de gestion détaillé et pérenne (gestion en eau raisonné, économe en moyen humain, etc.).&lt;/li&gt; 	&lt;li&gt;Projet intégré dans une politique globale de désimperméabilisation.&lt;/li&gt; 	&lt;li&gt;Projet accompagné d’actions de communication &amp;amp; sensibilisation à destination à minima du grand public.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Règlement complet du dispositif disponible sur demande (cf. adresse mail de contact).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>21/07/2023</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Il sera exigé des essences autochtones, de type « végétal local » ou équivalent, dont les garanties de reprises sont optimales. La plantation ne devra pas utiliser d’espèces exotiques envahissantes et d’espèces fortement allergènes (cyprès).&lt;/li&gt; 	&lt;li&gt;S’inscrire dans une réflexion stratégique mettant en avant la politique de biodiversité ancrée dans le projet de territoire, avec notamment un mode de gestion détaillé et pérenne (gestion en eau raisonné, économe en moyen humain, etc.).&lt;/li&gt; 	&lt;li&gt;Projet intégré dans une politique globale de désimperméabilisation.&lt;/li&gt; 	&lt;li&gt;Projet accompagné d’actions de communication &amp;amp; sensibilisation à destination à minima du grand public.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/nature-ta-ville</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:naturetaville&amp;#64;maregionsud.fr"&gt;naturetaville&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/nature-ta-ville/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>117397</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Être conseillé et accompagné dans la rédaction et la mise en œuvre de la clause sociale dans les marchés publics</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'insertion - Initiatives77</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appuyer les collectivités locales dans la mise en place de la clause sociale dans leurs marchés publics (travaux, espaces verts, prestations intellectuelles et marchés de services)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A propos d&amp;#039;Initiatives77
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 1991, Initiatives77 est un
+ organisme associé du Conseil Départemental de Seine-et-Marne chargé de
+ promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle
+ : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
+&lt;/p&gt;
+&lt;p&gt;
+ La clause sociale permet de :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lutter
+   contre le chômage et l&amp;#039;exclusion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aider
+   les entreprises attributaires dans leurs recrutements,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Répondre
+   aux objectifs de développement durable.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Notre offre de service
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Initiatives77 apporte un
+ appui technique aux acheteurs publics et privés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Repérage des ressources du territoire (public demandeur d&amp;#039;emploi,
+   structures de l&amp;#039;emploi et de l&amp;#039;insertion),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Analyse des marchés pouvant donner lieu à de la clause sociale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rédaction des clauses sociales et le calibrage des heures
+   d&amp;#039;insertion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Suivi de la bonne exécution de la clause sociale et évaluation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le code de la commande publique impose aux acheteurs de prendre en
+   compte des objectifs de développement durable. Les acteurs publics ont donc
+   l&amp;#039;obligation d&amp;#039;étudier la possibilité d&amp;#039;insérer dans leurs marchés des clauses
+   environnementales, mais aussi des clauses sociales (article L.2111-1 du code de
+   la commande publique 2019).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment mettre en œuvre la clause sociale avec Initiatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui d&amp;#039;Initiatives77 consiste à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Analyser les marchés pouvant donner lieu à la clause sociale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conseiller à la rédaction des clauses sociales et au calibrage des heures d&amp;#039;insertion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Suivre la bonne exécution de la clause sociale et l&amp;#039;évaluer.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b422-etre-conseille-et-accompagne-dans-la-redactio/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>