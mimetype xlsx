--- v0 (2025-10-04)
+++ v1 (2025-11-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA41"/>
+  <dimension ref="A1:AA35"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -964,55 +964,50 @@
         <is>
           <t>Bibliothèques et livres</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/recrutement-qualification-et-accompagnement-animation-equipe-en-bibliotheque/</t>
         </is>
       </c>
-      <c r="W4" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme – Service des médiathèques
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;a href="mailto:mdvd-crest&amp;#64;ladrome.fr"&gt;
     mdvd-crest&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="mailto:mddv-die&amp;#64;ladrome.fr"&gt;
     mddv-die&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="mailto:mddp-nyons&amp;#64;ladrome.fr"&gt;
     mddp-nyons&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="mailto:mddc-stvallier&amp;#64;ladrome.fr"&gt;
     mddc-stvallier&amp;#64;ladrome.fr
    &lt;/a&gt;
@@ -1147,55 +1142,50 @@
         <is>
           <t>Bibliothèques et livres</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/actions-culturelles-bibliotheque/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme – Service des médiathèques
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;a href="mailto:mdvd-crest&amp;#64;ladrome.fr"&gt;
     mdvd-crest&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="mailto:mddv-die&amp;#64;ladrome.fr"&gt;
     mddv-die&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="mailto:mddp-nyons&amp;#64;ladrome.fr"&gt;
     mddp-nyons&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="mailto:mddc-stvallier&amp;#64;ladrome.fr"&gt;
     mddc-stvallier&amp;#64;ladrome.fr
    &lt;/a&gt;
@@ -1210,96 +1200,789 @@
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9975-actions-culturelles-en-bibliotheque/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>152464</v>
+        <v>115180</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aider à la préservation, restauration et mise en valeur du patrimoine architectural et historique protégé et non protégé au titre des MH</t>
+          <t>Aider à l'animation d'une bibliothèque</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>PRÉSERVATION ET MISE EN VALEUR DU PATRIMOINE PUBLIC</t>
+          <t>Bibliothèques : aide à l'animation</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Oise</t>
+          <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement au développement de la lecture publique sur l&amp;#039;ensemble du département
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  animation du réseau des bibliothèques et des points lecture (150 structures) de l&amp;#039;Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise à disposition des collectivités, voire des associations, de services et compétences pour les soutenir dans le fonctionnement de leurs bibliothèques
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à la création d&amp;#039;un nouvel équipement et/ou tout autre projet lié au livre et à la lecture au sens large (accès à la culture et à l&amp;#039;information, usages numériques...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Montant : 30% de la dépense subventionnable plafonnée à 450€ par animation - 4 animations subventionnables par an par bénéficiaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide à la création d&amp;#039;une médiathèque :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accompagnement à la définition du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   formation initiale des professionnels et bénévoles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   constitution d&amp;#039;un fonds de base de documents (livres, CD, DVD),
+  &lt;/li&gt;
+  &lt;li&gt;
+   installation du logiciel départemental de gestion de bibliothèque
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à la mise en place d&amp;#039;un projet livre et lecture (accès à la culture et à l&amp;#039;information, usages numériques...) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accompagnement à la définition et la mise en place du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   soutien aux partenariats,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accès aux formations des salariés et/ou bénévoles de la structure portant le projet et des partenaires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en relation avec la bibliothèque du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prêt éventuel de collections et de ressources de médiation via la bibliothèque locale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement d&amp;#039;une bibliothèque ou d&amp;#039;un point lecture :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   prêt de documents (livres, CD, DVD, ressources numériques),
+  &lt;/li&gt;
+  &lt;li&gt;
+   prêt de ressources de médiation (expositions, malles thématiques ...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   formation continue des professionnels et bénévoles. Les stages sont également accessibles l&amp;#039;ensemble des acteurs des champs culturel, social, éducatif et de la petite enfance,
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à l&amp;#039;animation : actions culturelles co-construites ou « clé en main »,
+  &lt;/li&gt;
+  &lt;li&gt;
+   maintenance du logiciel de gestion de bibliothèque,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conseil pour la gestion de l&amp;#039;équipement
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement à la mise en réseau, au développement de partenariats ainsi qu&amp;#039;à la définition et à la mise en place de projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de communes dont la bibliothèque ou le point lecture fait partie du réseau départemental de lecture publique et ayant donc signé une convention avec le Département et respectant les engagements de la convention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;aide à la création d&amp;#039;une médiathèque ou à la mise en place d&amp;#039;un projet livre et lecture (accès à la culture et à l&amp;#039;information, usages numériques...) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   désignation d&amp;#039;un porteur de projet, interlocuteur privilégié de la médiathèque départementale
+  &lt;/li&gt;
+  &lt;li&gt;
+   signature de la convention entre la commune (ou l&amp;#039;intercommunalité) et le Département définissant les modalités de partenariat pour bénéficier du fonds de base de documents et du logiciel de gestion de bibliothèque.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;aide au fonctionnement des bibliothèques et points-lecture :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   signature de la convention entre la commune (ou intercommunalité) et le Départemental définissant les modalités de partenariat
+  &lt;/li&gt;
+  &lt;li&gt;
+   Respect des critères en matière de personnel, horaires d&amp;#039;ouverture, budget et surface,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Cotisation : 0,30 € par habitant pour les structures municipales / 0,15 € par habitant par commune pour les structures intercommunales
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/92/18-soutien-a-la-lecture-publique.htm</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  departement&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf2f-aider-a-lanimation-dune-bibliotheque/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>162797</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives innovantes du réseau régional de lecture publique : le Fonds régional d’innovation en bibliothèque</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Fonds régional d’innovation en bibliothèque</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif de ce dispositif est de soutenir des projets innovants qui favorisent la transition des bibliothèques vers une offre de services leur permettant de répondre aux défis technologiques ainsi qu’aux nouvelles pratiques de leurs usagers.&lt;br /&gt;  &lt;/p&gt; &lt;p&gt;Sont éligibles dans le cadre de ce dispositif les collectivités territoriales de la région Provence-Alpes-Côte d’Azur ou leurs regroupements ainsi que les associations qui œuvrent dans le domaine de la lecture publique et sont domiciliées en Provence-Alpes-Côte d&amp;#039;Azur ou disposent d’un établissement ou d’une succursale en région et ayant plus d’une année d’existence.&lt;/p&gt;
+ &lt;p&gt;Projets éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Numérisation des fonds des bibliothèques&lt;/li&gt; 	&lt;li&gt;Création de contenus numériques&lt;/li&gt; 	&lt;li&gt;Développement de pratiques numériques&lt;/li&gt; 	&lt;li&gt;Ouverture de la bibliothèque à de nouvelles pratiques&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projets éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Numérisation des fonds des bibliothèques&lt;/li&gt; 	&lt;li&gt;Création de contenus numériques&lt;/li&gt; 	&lt;li&gt;Développement de pratiques numériques&lt;/li&gt; 	&lt;li&gt;Ouverture de la bibliothèque à de nouvelles pratiques&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer le dossier en cliquant sur bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/fonds-regional-dinnovation-en-bibliotheque</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-initiatives-innovantes-du-reseau-regional-de-lecture-publique-le-fonds-regional-dinnovation-en-bibliotheque-frib/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>120307</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Aménager une bibliothèque (mobilier)</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une bibliothèque</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement ou réaménagement mobilier d&amp;#039;une bibliothèque, signalétique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le mobilier en bibliothèque (intervention gratuite) :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Visite sur place ou accompagnement à distance
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la définition du besoin
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Visite sur place ou accompagnement à distance
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réalisation d&amp;#039;une étude de faisabilité financière et technique du projet, aide décisionnelle
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la mise en place de la gestion du projet (organisation, calendrier)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Appui à la sélection des prestataires et au suivi du chantier
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/amenagement-bibliotheque/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme – Service des médiathèques
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:mdvd-crest&amp;#64;ladrome.fr"&gt;
+    mdvd-crest&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:mddv-die&amp;#64;ladrome.fr"&gt;
+    mddv-die&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:mddp-nyons&amp;#64;ladrome.fr"&gt;
+    mddp-nyons&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:mddc-stvallier&amp;#64;ladrome.fr"&gt;
+    mddc-stvallier&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:mdd-valence&amp;#64;ladrome.fr"&gt;
+    mdd-valence&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1d8-amenagement-dune-bibliotheque/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>137962</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la formation qualifiante d'auxiliaire de bibliothèque dans le cadre du schéma départemental de lecture publique</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'inscription à la formation qualifiante d'Auxiliaire de Bibliothèque</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>50% du coût de l'inscription</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien à l&amp;#039;inscription à la formation qualifiante d&amp;#039;Auxiliaire de Bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Bibliothèques  - tous usagers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ dossier de demande de subvention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ 1 an
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ol&gt;&lt;li&gt;
+ 4 postes aidés maximum par an.
+&lt;/li&gt;&lt;li&gt;Avoir signé le contrat d&amp;#039;objectifs et de moyens avec le Département &lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mediatheque.departementale&amp;#64;hauteloire.fr" target="_self"&gt;
+  mediatheque.departementale&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.02.17.00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4151-soutenir-la-formation-qualifiante-dauxiliaire/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>152464</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la préservation, restauration et mise en valeur du patrimoine architectural et historique protégé et non protégé au titre des MH</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>PRÉSERVATION ET MISE EN VALEUR DU PATRIMOINE PUBLIC</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 60</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la préservation, restauration et mise en valeur du patrimoine architectural et historique protégé et non protégé au titre des Monuments Historiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Travaux de restauration des façades de l&amp;#039;église Saint-Pierre
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes de l&amp;#039;électricité de l&amp;#039;ancien presbytère communal
  &lt;/li&gt;
  &lt;li&gt;
   Réfection de la toiture de la chapelle Notre-Dame
  &lt;/li&gt;
  &lt;li&gt;
   Restauration des objets protégés classés de l&amp;#039;église Saint-Michel
  &lt;/li&gt;
  &lt;li&gt;
   Protection et sécurisation des vitraux de l&amp;#039;église Saint-Jean
  &lt;/li&gt;
  &lt;li&gt;
   Mise en sécurité contre les déprédations des objets mobiliers d&amp;#039;art de l&amp;#039;église Sainte-Marie
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de restauration des calvaires communaux
  &lt;/li&gt;
  &lt;li&gt;
   Restauration de la sacristie de l&amp;#039;église Saint-André
@@ -1309,64 +1992,64 @@
  &lt;/li&gt;
  &lt;li&gt;
   Restauration des verrières de la nef de l&amp;#039;église Sainte-Catherine
  &lt;/li&gt;
  &lt;li&gt;
   Restauration des éléments sculptés du portail de l&amp;#039;église Saint-François
  &lt;/li&gt;
  &lt;li&gt;
   Restauration des boiseries intérieures de l&amp;#039;église Saint-Louis
  &lt;/li&gt;
  &lt;li&gt;
   Restauration des peintures murales de l&amp;#039;église Saint-Étienne
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de sauvegarde et de restauration du château médiéval du village
  &lt;/li&gt;
  &lt;li&gt;
   Restauration des vitraux de la chapelle de la Vierge
  &lt;/li&gt;
  &lt;li&gt;
   Restauration des orgues de l&amp;#039;église Sainte-Cécile
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Réhabilitation
 Architecture</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;div&gt;
   &lt;table&gt;
    &lt;tbody&gt;
     &lt;tr&gt;
      &lt;td&gt;
       &lt;p&gt;
        &lt;span&gt;
         &lt;strong&gt;
          Dépenses éligibles
         &lt;/strong&gt;
        &lt;/span&gt;
       &lt;/p&gt;
      &lt;/td&gt;
      &lt;td&gt;
       &lt;p&gt;
        &lt;span&gt;
         &lt;strong&gt;
          Taux de financement
         &lt;/strong&gt;
        &lt;/span&gt;
       &lt;/p&gt;
      &lt;/td&gt;
      &lt;td&gt;
@@ -1585,863 +2268,798 @@
      &lt;/td&gt;
      &lt;td&gt;
       &lt;p&gt;
        - Plancher de dépense subventionnable fixé à
        &lt;br /&gt;
        1 000 € HT
       &lt;/p&gt;
      &lt;/td&gt;
     &lt;/tr&gt;
    &lt;/tbody&gt;
   &lt;/table&gt;
  &lt;/div&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien (démoussage, nettoyages divers...,)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W6" s="1" t="inlineStr">
+      <c r="W10" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b3fb-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>44632</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Gérer et faire vivre une médiathèque</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...13 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Accompagnement au développement de la lecture publique sur l&amp;#039;ensemble du département
-[...13 lines deleted...]
- Montant : 30% de la dépense subventionnable plafonnée à 450€ par animation - 4 animations subventionnables par an par bénéficiaire.
+ Conseils et accompagnement pour la gestion et le fonctionnement des bibliothèques et médiathèques : fonds documentaires, animations, informatiques et numériques, formation du personnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 81 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...78 lines deleted...]
-      <c r="O7" s="1" t="inlineStr">
+ Stage &amp;#34;Découvrir et animer la musique classique en bibliothèque&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Animation / Manifestation culturelle
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Atelier à la demande &amp;#34;&amp;#34;Désherbage&amp;#34;&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Stage &amp;#34;Numérique et petite enfance&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Tournées en bibliobus (échange d&amp;#039;un grand nombre d&amp;#039;ouvrages)
+&lt;/p&gt;
+&lt;p&gt;
+ Atelier à la demande &amp;#34;Classer en Dewey&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Récolement : opération consistant à effectuer un état des lieux, une photographie des collections d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Désherbage : opération consistant à retirer des collections, les documents détériorés, au contenu obsolète, démodés ou peu empruntés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Bénéficiaires :
-[...46 lines deleted...]
-      <c r="S7" s="1" t="inlineStr">
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8f66-gerer-et-faire-vivre-une-mediatheque/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>140791</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de restauration patrimoniale (monument historique)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>A déterminer au cas par cas</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Préserver le patrimoine bâti remarquable des collectivités
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Objectifs : conservation du patrimoine historique
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Architecture</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X7" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Mail :
-[...1 lines deleted...]
-  departement&amp;#64;aube.fr
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  dper&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 04 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2398-realiser-des-travaux-de-restauration-patrimon/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>158938</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser une subvention pour l'entretien du monument aux morts de ma commune</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>France Ruralités</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Office national des combattants et des victimes de guerre (ONaCVG)
+Ministère des Armées</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de subvention de 5000€</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIF POURSUIVI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagner financièrement les projets de rénovation (restauration et entretien) des monuments aux morts.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PROJETS SOUTENUS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Les communes sont propriétaires depuis plus de cent ans des monuments aux morts qui ont été érigés à l&amp;#039;issue du premier conflit mondial. Ces monuments commémoratifs nécessitent un entretien et des travaux de restauration réguliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;État subventionne ces travaux, sous maîtrise d&amp;#039;ouvrage des collectivités territoriales propriétaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS DE FINANCEMENT /TYPE DE DÉPENSES ÉLIGIBLES (INVESTISSEMENT, INGÉNIERIE, FONCTIONNEMENT)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Les projets de rénovation (restauration et entretien) des monuments aux morts existants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Les créations de nouveaux monuments commémoratifs ne rentrent pas dans ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Aide à hauteur de 50% du budget nécessaire à la rénovation avec un plafond de subvention de 5000€. Un budget de 250.000€ par an, de 2024 à 2026, est alloué pour cette mesure par le ministère des Armées via son opérateur, l&amp;#039;Office national des combattants et victimes de guerre (ONaCVG).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT CANDIDATER ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Auprès de quelle structure ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Le service départemental de l&amp;#039;Office national des combattants et victimes de guerre (ONaCVG), opérateur du ministère des Armées, à l&amp;#039;attention du directeur départemental (il existe un service par département).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Par quel biais/sous quelle forme ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Par courrier auprès du service départemental de l&amp;#039;ONaCVG
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BÉNÉFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Collectivités territoriales (communes) de moins de 2 000 habitants, propriétaires de monuments aux morts.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS/CRITÈRES D&amp;#039;ACCÈS À LA MESURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Projet situé dans une commune de moins de 2000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Une attention sera apportée aux projets de rénovation prenant en compte les enjeux environnementaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Communes de moins de 2000 habitants</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2023-12/Guide_France_ruralit%C3%A9s_v5.pdf</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les demandent sont à faire auprès des antennes départementales de l&amp;#039;ONaCVG :
+ &lt;a href="https://www.onac-vg.fr/services" target="_self"&gt;
+  104 services de proximité à votre disposition
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9597-mobiliser-une-subvention-pour-lentretien-du-m/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...118 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>44631</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Construire  et aménager une médiathèque</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L9" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...68 lines deleted...]
-      <c r="O9" s="1" t="inlineStr">
+ Construction ou rénovation et aménagement intérieur de bibliothèques ou médiathèques.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 80 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Échanges
+ &lt;span&gt;
+  ponctuels d&amp;#039;ouvrages
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tournées en bibliobus (échange d&amp;#039;un grand nombre d&amp;#039;ouvrages)
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement et faisabilité d&amp;#039;un projet dans un grand nombre de communes
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Désherbage&amp;#34; : Suppression d&amp;#039;ouvrages inutiles ou devenus obsolètes dans de nombreuses communes
+&lt;/p&gt;
+&lt;p&gt;
+ Récolement : opération consistant à effectuer un état des lieux, une photographie des collections d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation d&amp;#039;un stage &amp;#34;Pégase, un outil Canopé : comment dynamiser une exposition ?&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Animation de manifestations culturelles : &amp;#34;Contes en balade&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Animation d&amp;#039;atelier à la demande &amp;#34;Classer en Dewey&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X9" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Département de la Drôme – Service des médiathèques
-[...124 lines deleted...]
- &lt;/a&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="T10" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X10" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>http://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...24 lines deleted...]
- Téléphone : 04.71.02.17.00
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e7e4-construire-et-amenager-une-mediatheque/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>133037</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études et des travaux sur les monuments historiques</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>France Ruralités</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Études et travaux sur monuments historiques</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Chaque année, plusieurs milliers d&amp;#039;immeubles et d&amp;#039;objets mobiliers protégés au titre des monuments historiques (MH) font l&amp;#039;objet d&amp;#039;études et de travaux d&amp;#039;entretien, de réparation, de restauration ou de mise en sécurité. Les propriétaires d&amp;#039;immeubles ou d&amp;#039;objets mobiliers classés ou inscrits au titre des monuments historiques peuvent, sous certaines conditions, bénéficier de subventions pour ces études et travaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Qu&amp;#039;est-ce qu&amp;#039;un monument historique ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un monument historique est un
  &lt;strong&gt;
   immeuble
  &lt;/strong&gt;
  (bâti ou non bâti : bâtiment, ouvrage d&amp;#039;art, jardin, place publique, grotte ornée, site archéologique, etc.) ou un
  &lt;strong&gt;
   objet mobilier
  &lt;/strong&gt;
  (objet d&amp;#039;art, meuble, orgue, bateau, machine, etc.) recevant un
  &lt;strong&gt;
   statut juridique destiné à le protéger pour son intérêt
  &lt;/strong&gt;
  historique, artistique, technique ou scientifique afin qu&amp;#039;il soit conservé, restauré et mis en valeur.
 &lt;/p&gt;
 &lt;p&gt;
@@ -2747,98 +3365,98 @@
  &lt;li&gt;
   le montant de la participation éventuelle des autres collectivités
  &lt;/li&gt;
  &lt;li&gt;
   pour les objets mobiliers, l&amp;#039;existence d&amp;#039;un projet de mise en valeur avec présentation au public
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation de l&amp;#039;État dépend du niveau de protection du bien (inscrit ou classé) et des disponibilités budgétaires l&amp;#039;année considérée. Les subventions accordées par les services déconcentrés du ministère de la Culture sont toutefois cumulables avec d&amp;#039;autres sources de financement (subventions de la Région, du Département, de l&amp;#039;Union européenne, mécénats, dons, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt des dossiers s&amp;#039;effectue tout au long de l&amp;#039;année.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dossier de demande de subvention doit, dans le cas général, être déposé l&amp;#039;année précédant celle de la réalisation du projet.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Église Saint-Yves - Minihy Tréguier (Côtes d&amp;#039;Armor)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de l&amp;#039;opération : 1,3 M€ subventionnés à hauteur de 50% par le ministère de la Culture au titre du Fonds Incitatif et Partenarial
 &lt;/p&gt;
 &lt;p&gt;
  Le projet porté par la commune de Minihy Tréguier accompagnée par la DRAC Bretagne vise à une restauration complète de l&amp;#039;édifice (façades, clocher, intérieurs). Les travaux ont débuté en 2020 et devraient s&amp;#039;achever en 2023.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Fort Cigogne - Fouesnant (Finistère)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de l&amp;#039;opération : 2,9 M€ subventionnés à hauteur de 25% par le ministère de la Culture au titre de la Mission Patrimoine en Péril
 &lt;/p&gt;
 &lt;p&gt;
  Porté par la commune de Fouesnant - Les Glénans le projet vise à la restauration complète et à la mise en valeur de ce fort construit dans la seconde partie du XVIIIe siècle. Les travaux ont débuté en 2019 et devraient se poursuivre jusqu&amp;#039;en 2024.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Collégiale Notre-Dame de l&amp;#039;Assomption - Crécy la Chapelle (Seine-et-Marne)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de l&amp;#039;opération : 139 800 € HT subventionnés à hauteur de 50% par le ministère de la Culture au titre du Fonds Incitatif et Partenarial
 &lt;/p&gt;
 &lt;p&gt;
  Phasé en cinq étapes, le projet de restauration globale de cet édifice du XIIIe siècle a commencé en 2021 par la réfection de la toiture et en 2022 par la restauration des parements intérieurs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du demandeur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout propriétaire d&amp;#039;un monument historique peut déposer un dossier, et notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les collectivités territoriales et leurs groupements au sens de l&amp;#039;
   &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000037739105/2019-04-01" rel="noopener" target="_blank"&gt;
    article L. 5111-1 du code général des collectivités territoriales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   les particuliers
  &lt;/li&gt;
  &lt;li&gt;
   les personnes morales (associations, fondations, entreprises, etc.)
  &lt;/li&gt;
@@ -2937,73 +3555,73 @@
  &lt;li&gt;
   la création de mobilier liturgique et d&amp;#039;instruments de musique
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation d&amp;#039;installations de réseaux électriques, de chauffage, de plomberie, d&amp;#039;installations sanitaires, etc. si elle ne relève pas de travaux de sécurité nécessaires à la conservation de l&amp;#039;immeuble
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation ou la mise en œuvre de systèmes de mise en lumière
  &lt;/li&gt;
  &lt;li&gt;
   les vérifications périodiques des fluides, éclairage, chauffage, etc.
  &lt;/li&gt;
  &lt;li&gt;
   les équipements ou les installations liés à l&amp;#039;accessibilité (création et entretien des ascenseurs, rampes, etc.)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Par principe,
  &lt;strong&gt;
   les travaux sur des parties non protégées d&amp;#039;un immeuble partiellement protégé au titre des monuments historiques ne sont pas éligibles
  &lt;/strong&gt;
  . Une exception existe à ce principe pour les travaux qui sont strictement nécessaires à la conservation de la partie protégée de l&amp;#039;immeuble.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-monuments-historiques</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les conservations régionales des monuments historiques dans les services déconcentrés du ministère de la Culture sont les interlocuteurs des propriétaires de monuments historiques pour les accompagner et les conseiller dans leurs projets d&amp;#039;études ou de travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Les conservations régionales des monuments historiques dans les services déconcentrés du ministère de la Culture sont les interlocuteurs des propriétaires de monuments historiques pour les accompagner et les conseiller dans leurs projets d&amp;#039;études ou de travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question sur les travaux sur monuments historiques (immeubles, objets mobiliers et orgues), vous êtes invités à vous adresser au service déconcentré du ministère de la Culture territorialement compétent :
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Auvergne-Rhône-Alpes
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="mailto:subvention.crmh.drac.ara&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    subvention.crmh.drac.ara&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -3351,937 +3969,145 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Saint-Pierre-et-Miquelon
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rosiane DE LIZARAGA :
   &lt;a href="mailto:rosiane.de-lizaraga&amp;#64;spm975.gouv.fr" rel="noopener" target="_blank"&gt;
    rosiane.de-lizaraga&amp;#64;spm975.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bb9d-aide-aux-etudes-et-travaux-sur-monuments-hist/</t>
-        </is>
-[...631 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/e7e4-construire-et-amenager-une-mediatheque/</t>
         </is>
       </c>
       <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:27" customHeight="0">
       <c r="A16" s="1">
-        <v>165136</v>
+        <v>127288</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Accompagner la Valorisation et Médiation du Patrimoine Culturel</t>
+          <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements (mobilier, fonds initial d’une nouvelle bibliothèque, matériel numérique et scénographique)</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Valorisation et Médiation du Patrimoine Culturel</t>
+          <t>INVESTISSEMENT CULTUREL - Aide aux travaux et à l'acquisition d'équipements</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
-        <is>
-[...157 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
 &lt;/p&gt;
 &lt;p&gt;
  Les autres aides à l&amp;#039;investissement culturel :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques"&gt;
    Investissement culturel – Aide aux investissements numériques
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
    Investissement culturel – Aide aux structures itinérantes
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espace public</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P17" s="1" t="inlineStr">
+      <c r="P16" s="1" t="inlineStr">
         <is>
           <t>31/10/2019</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
  &lt;/li&gt;
  &lt;li&gt;
   Aménageurs mandatés par les collectivités locales,
  &lt;/li&gt;
  &lt;li&gt;
   Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est une subvention, d&amp;#039;un
  &lt;strong&gt;
   montant maximum de 30% des dépenses éligibles
  &lt;/strong&gt;
  , avec un plafond de dépense de 6,5 M€ pour les travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce plafond peut monter à 40% des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
@@ -4348,78 +4174,73 @@
 &lt;br /&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux
  &lt;/strong&gt;
  (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
  &lt;br /&gt;
  La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un
  &lt;strong&gt;
   dossier de candidature complet
  &lt;/strong&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet objet de la demande d&amp;#039;aide doit être financé
  &lt;strong&gt;
   à hauteur de 20% minimum par la structure porteuse.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
         </is>
       </c>
-      <c r="W17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En fonction du secteur dont relève le projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Spectacle vivant et enseignement artistique
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Christine Vacher -
   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    christine.vacher&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Arts plastiques
   &lt;/strong&gt;
   &lt;strong&gt;
@@ -4438,58 +4259,217 @@
    Cinéma
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Livre et lecture
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Delphine Martincourt -
   &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>165136</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la Valorisation et Médiation du Patrimoine Culturel</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation et Médiation du Patrimoine Culturel</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de valorisation et médiation du patrimoine culturel ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 50 000 € en investissement et 20 000 € en fonctionnement &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Un taux d’aide maximal à hauteur de&lt;/strong&gt;&lt;strong&gt; 20% &lt;/strong&gt;&lt;strong&gt;du montant HT ou TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Une personne morale de droit privé en charge d’un monument, d’un site ou d’un équipement patrimonial ou portant un projet de médiation et de valorisation du patrimoine culturel&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;L’aménagement ou la création de lieux d’interprétation du patrimoine culturel, s’inscrivant dans un projet global à fort rayonnement dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;La création de parcours de médiation de sites patrimoniaux à fort rayonnement et dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;Les projets de médiation de sites, monuments ou collections, présentant un fort intérêt patrimonial, un potentiel de rayonnement, dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;Les projets événementiels d’envergure, structurants, valorisant le patrimoine culturel et dont la qualité est assurée par un comité scientifique. Les événements ou programmation annuels ne sont pas éligibles à cet appel à projet&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera proposé en comité de sélection, les lauréats seront proposés au vote des élus régionaux en Commission Permanente.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;En fonctionnement : &lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;20 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT(TTC si le bénéficiaire n’est pas assujetti à la TVA) &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 20 000 €&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;En investissement : &lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;15 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA) &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 50 000 € en investissement&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;En fonctionnement : &lt;/strong&gt;les dépenses liées au projet de médiation et de valorisation (hors frais bancaires, valorisation du bénévolat, dépenses courantes de la structure).&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;En investissement &lt;/strong&gt;: les dépenses liées au projet de médiation (hors achat immobilier, mises aux normes et VRD)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;h4&gt;Pendant les périodes d’ouverture de l’appel à projets :&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne avant tout engagement de dépense dès un stade d’avancement permettant la présentation de votre projet, et ce au moins 3 mois avant le démarrage de ce dernier. &lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;Hors périodes d’ouverture de l’appel à projets :&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Adressez &lt;/strong&gt;&lt;strong&gt;une &lt;/strong&gt;&lt;strong&gt;lettre d’intention &lt;/strong&gt;&lt;strong&gt;à la Région. &lt;/strong&gt;Cette lettre sollicite officiellement l’aide régionale et doit décrire de façon synthétique votre projet.&lt;br /&gt;
+Privilégiez un envoi par mail : &lt;a href="mailto:patrimoines-subventions&amp;#64;grandest.fr"&gt;patrimoines-subventions&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Vous pouvez également nous envoyer votre lettre par voie postale aux coordonnées suivantes :&lt;br /&gt;
+Siège du Conseil Régional&lt;br /&gt;
+A l’attention de la Direction de la Culture, du Patrimoine et de la Mémoire&lt;br /&gt;
+Dispositif Appel à projet de valorisation et médiation du patrimoine culturel&lt;br /&gt;
+1 place Adrien Zeller&lt;br /&gt;
+BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2023</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/valorisation-mediation-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0175/depot/simple</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Prochaine session en 2025 :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;15 octobre&lt;br /&gt;
+&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Comment demander l&amp;#039;aide régionale ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pendant les périodes d’ouverture de l’appel à projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne avant tout engagement de dépense dès un stade d’avancement permettant la présentation de votre projet, et ce au moins 3 mois avant le démarrage de ce dernier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hors périodes d’ouverture de l’appel à projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Adressez une lettre d’intention à la Région. Cette lettre sollicite officiellement l’aide régionale et doit décrire de façon synthétique votre projet.&lt;/p&gt;&lt;p&gt;Privilégiez un envoi par mail : patrimoines-subventions&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez également nous envoyer votre lettre par voie postale aux coordonnées suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Siège du Conseil Régional&lt;/p&gt;&lt;p&gt;A l’attention de la Direction de la Culture, du Patrimoine et de la Mémoire&lt;/p&gt;&lt;p&gt;Dispositif Appel à projet de valorisation et médiation du patrimoine culturel&lt;/p&gt;&lt;p&gt;1 place Adrien Zeller&lt;/p&gt;&lt;p&gt;BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y17" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z17" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-mediation-du-patrimoine-culturel/</t>
         </is>
       </c>
       <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:27" customHeight="0">
       <c r="A18" s="1">
         <v>104724</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Financer les opérations d'inventaire général du patrimoine culturel</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Convention de coopération pour la réalisation d'opérations d'inventaire général du patrimoine culturel</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
@@ -5331,95 +5311,184 @@
       <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dossier de candidature à adresser au Président de la Région Grand Est.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a5-soutien-au-patrimoine-classe-au-titre-des-mon/</t>
         </is>
       </c>
       <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:27" customHeight="0">
       <c r="A22" s="1">
+        <v>165420</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Opérations d'Inventaire Général du Patrimoine Culturel</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Opérations d'Inventaire Général du Patrimoine Culturel</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite accompagner les collectivités qui veulent s&amp;#039;engager dans une étude d&amp;#039;Inventaire du patrimoine culturel de leur territoire. Elle propose un contrôle scientifique de l&amp;#039;opération et une aide à l&amp;#039;emploi d&amp;#039;un chargé d&amp;#039;étude dédié.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;placer la connaissance en amont des politiques de valorisation, de médiation, d’aménagement du territoire et de développement des territoires ;&lt;/p&gt;&lt;p&gt;contribuer à la qualité des projets patrimoniaux, grâce à la constitution d’une documentation à caractère scientifique.&lt;/p&gt;&lt;p&gt;Pour ce faire, conformément à sa compétence, la Région Nouvelle-Aquitaine soutient le recrutement de chargés d’étude. Cette aide pour les opérations d’Inventaire Général du Patrimoine Culturel et pour la valorisation de la recherche est soumise à une programmation pluriannuelle sur l’ensemble du territoire régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Dépenses éligibles et modalités de calcul de la subvention régionale&lt;/p&gt;&lt;p&gt;Pour le chargé d’étude :&lt;/p&gt;&lt;p&gt;La subvention est calculée sur la base d’un salaire brut chargé (grille d’attaché territorial de conservation du patrimoine). Les dépenses liées à l’activité du chargé d’étude (frais de mission, matériel) ne sont pas prises en compte.&lt;/p&gt;&lt;p&gt;Calcul de la subvention régionale : 50 % du salaire brut chargé du chargé d’étude plafonné à 50 000 € de dépenses TTC par an, soit une subvention de 25 000 € maximum par an.&lt;/p&gt;&lt;p&gt;Dans le cadre d’un cofinancement FEADER, l’aide régionale ne pourra pas excéder 25% du salaire brut chargé du chargé d’étude.&lt;/p&gt;&lt;p&gt;Pour la valorisation de la recherche :&lt;/p&gt;&lt;p&gt;Concernant la valorisation de la recherche, une subvention complémentaire pourra être attribuée pendant les 3 ans qui suivent la fin de l’opération :&lt;/p&gt;&lt;p&gt;publication dans les collections nationales et régionales de l’Inventaire Général ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;exposition ;&lt;/p&gt;&lt;p&gt;projet multimédia.&lt;/p&gt;&lt;p&gt;Les supports de communication ne sont pas éligibles (exemple : dépliants).&lt;/p&gt;&lt;p&gt;Calcul de la subvention régionale : 50 % maximum du montant du projet de valorisation, en l’absence d’autres partenaires financiers. La subvention est plafonnée à 20 000 € par projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;Communes ;&lt;/p&gt;&lt;p&gt;Établissements publics ;&lt;/p&gt;&lt;p&gt;Établissements Publics de Coopération Intercommunale (EPCI) : communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux...&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Sous la responsabilité scientifique du service Patrimoine et Inventaire de la Région Nouvelle-Aquitaine, l’étude devra prendre en compte les points suivants :&lt;/p&gt;&lt;p&gt;respect des normes nationales de l’Inventaire Général du Patrimoine Culturel. Ces normes sont définies dans les livrets de prescription et aboutissent à une documentation normalisée sur le plan national bénéficiant des garanties d’homogénéité, de pérennité et d’accessibilité (Principes, méthode et conduite de l’Inventaire Général du Patrimoine Culturel, Système descriptif de l’architecture, Système descriptif du mobilier, Système descriptif de l’illustration…) ;&lt;/p&gt;&lt;p&gt;utilisation des applications métiers de l’Inventaire Général fournis par la Région : Gertrude (production de dossiers), Augustin (gestion de l’illustration) ;&lt;/p&gt;&lt;p&gt;élaboration en amont de l’opération d’un cahier des clauses scientifiques et techniques et d’une convention de partenariat ;&lt;/p&gt;&lt;p&gt;recrutement d’un ou plusieurs chargé(s) d’étude ayant de solides compétences en matière d’histoire de l’art, d’histoire ou d’architecture (Bac &amp;#43; 5).&lt;/p&gt;&lt;p&gt;La Région sera associée à ce recrutement et engagera un partenariat de plusieurs années avec le bénéficiaire, selon la nature et l’étendue de l’aire d’étude.&lt;/p&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les projets éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;les projets provenant d’E.P.C.I, afin de favoriser des aires d’études plus grandes assurant une bonne couverture du territoire régional ;&lt;/p&gt;&lt;p&gt;les projets prenant en compte les droits culturels par l’association étroite des habitants du territoire concerné au projet de valorisation (inventaire participatif, ateliers citoyens…) ;&lt;/p&gt;&lt;p&gt;les projets prévoyant l’étude du patrimoine culturel immatériel et ceux concernant les politiques mémorielles ;&lt;/p&gt;&lt;p&gt;les projets prévoyant l’intégration de l’étude d’inventaire dans une politique plus globale en matière de restauration, de protection, de valorisation du patrimoine ;&lt;/p&gt;&lt;p&gt;les projets situés dans des territoires à enjeux culturels (cf. carte en annexe).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-dinventaire-general-du-patrimoine-culturel</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;lettre de saisine motivant la demande ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;descriptif détaillé du projet avec calendrier prévisionnel ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;délibération du futur bénéficiaire avec budget prévisionnel du salaire du chargé d&amp;#039;étude sur la durée totale du recrutement (en € TTC) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;fiche d&amp;#039;identité Sirene.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Conformément à la délibération n°2023.487.SP relative aux éco socio conditionnalités adoptée en assemblée plénière du 27 mars 2023, la Région Nouvelle-Aquitaine demande à chaque bénéficiaire d’une subvention de signer la « Charte d’engagements du bénéficiaire d’une aide régionale envers la Région Nouvelle-Aquitaine Culture Patrimoine », et d’adhérer à ses principes (cf. délibération 2024.267.SP du 11 mars 2024).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/operations-dinventaire-general-du-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>120633</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Soutenir des opérations d'investissement et des projets d’extension des horaires d’ouverture des bibliothèques - DGD</t>
         </is>
       </c>
-      <c r="D22" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Dotation générale de décentralisation (DGD)</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F22" s="1" t="inlineStr">
+      <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Direction régionale des Affaires culturelles (DRAC) — Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation générale de décentralisation pour les bibliothèques est accordée aux collectivités territoriales gestionnaires de bibliothèques publiques municipales, intercommunales ou départementales afin de soutenir des opérations d&amp;#039;investissement ainsi que des projets d&amp;#039;extension des horaires d&amp;#039;ouverture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que la dotation générale de décentralisation ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le concours particulier relatif aux bibliothèques au sein de la dotation générale de décentralisation (DGD) est le principal dispositif de soutien de l&amp;#039;État
  &lt;strong&gt;
   à l&amp;#039;investissement et au fonctionnement non pérenne (projets d&amp;#039;extension des horaires) des bibliothèques municipales et intercommunales et des bibliothèques départementales.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est divisé en deux fractions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la première fraction est dédiée principalement aux
   &lt;strong&gt;
    projets courants de construction et d&amp;#039;équipement des bibliothèques
   &lt;/strong&gt;
   municipales, intercommunales et départementales;
@@ -5461,79 +5530,79 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les crédits inscrits au budget de l&amp;#039;État au titre de la construction et de l&amp;#039;équipement des bibliothèques municipales, intercommunales ou départementales
  &lt;strong&gt;
   font l&amp;#039;objet d&amp;#039;un concours particulier au sein de la dotation générale de décentralisation (DGD).
  &lt;/strong&gt;
  À ce titre, les bibliothèques qui répondent aux différents critères (surface minimale et qualité du projet culturel) peuvent en bénéficier.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant final de la subvention est déterminée par chaque région.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;accompagnement représentera 20 à 80% du coût total hors taxes du projet, selon la nature et la qualité du projet.
 &lt;/p&gt;
 &lt;p&gt;
  En complément des crédits du concours particulier, il est possible de solliciter d&amp;#039;autres crédits de l&amp;#039;État, notamment auprès des conseils départementaux, des conseils régionaux et des instances de l&amp;#039;Union européenne, dans le respect du cadre fixé par la loi.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Attention : L&amp;#039;aide accordée dans le cadre de la DGD n&amp;#039;est pas cumulable avec l&amp;#039;aide DETR (dotation d&amp;#039;équipement des territoires ruraux).
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M23" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Restructuration d&amp;#039;un bâtiment à Fillinges (Auvergne-Rhône-Alpes) - 2017
  &lt;/li&gt;
  &lt;li&gt;
   Changement du SIGB de la bibliothèque de Koungou (Mayotte) - 2020
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de collection pour le point lecture de Sohoa (Mayotte) - 2021
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement de la bibliothèque de Dzaoudzi Labattoir (Mayotte) - 2021
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité du demandeur :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Seules les bibliothèques publiques sont concernées, c&amp;#039;est à dire les bibliothèques offrant un service de lecture publique à l&amp;#039;ensemble de la population.
 &lt;/p&gt;
 &lt;p&gt;
  Le cas échéant, ces bibliothèques peuvent conserver des fonds patrimoniaux.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité des projets :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Seules les opérations suivantes sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Opérations de construction, rénovation, restructuration, extension ou mise en accessibilité
@@ -5718,176 +5787,176 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Acquisition de documents (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le terme &amp;#34;document&amp;#34; fait référence à tous les supports, physiques et dématérialisés.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;acquisition de documents tous supports est accompagnée sur l&amp;#039;année de démarrage du projet. Si celui-ci le justifie, il est possible d&amp;#039;accompagner cette acquisition sur deux ou trois ans.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Extension ou évolution des horaires d&amp;#039;ouverture (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités sont éligibles lorsqu&amp;#039;elles prévoient de mettre en place un projet d&amp;#039;extension ou d&amp;#039;évolution des horaires d&amp;#039;ouverture de tout ou partie de la bibliothèque.
 &lt;/p&gt;
 &lt;p&gt;
  Les ouvertures de nouvelles bibliothèques ne sont pas concernées lorsqu&amp;#039;aucun équipement précédent n&amp;#039;existait dans la commune où s&amp;#039;effectue cette ouverture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/dotation-generale-de-decentralisation-dgd</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur la dotation générale de décentralisation en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser au service Livre, Lecture, Archives et Langue Française :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les départements 01, 26, 38, 69 et métropole de Lyon, 73 et 74 :
   &lt;/strong&gt;
   DRAC Auvergne-Rhône-Alpes, Service Livre, Lecture, Archives et Langue Française :
   &lt;a href="mailto:drac.ara-ll&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    drac.ara-ll&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   / 04 72 00 44 31
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les départements 03, 07, 15, 42, 43 et 63 :
   &lt;/strong&gt;
   DRAC Auvergne-Rhône-Alpes, Service Livre, Lecture, Archives et Langue Française :
   &lt;a href="mailto:drac.ara-ll&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    drac.ara-ll&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   / 04 73 41 27 53
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a9f-dotation-generale-de-decentralisation-dgd/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...3 lines deleted...]
-      <c r="B23" s="1" t="inlineStr">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>128227</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Soutenir des opérations d'investissement et des projets d’extension des horaires d’ouverture des bibliothèques - DGD</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Dotation générale de décentralisation (DGD)</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L23" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation générale de décentralisation pour les bibliothèques est accordée aux collectivités territoriales gestionnaires de bibliothèques publiques municipales, intercommunales ou départementales afin de soutenir des opérations d&amp;#039;investissement ainsi que des projets d&amp;#039;extension des horaires d&amp;#039;ouverture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que la dotation générale de décentralisation ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le concours particulier relatif aux bibliothèques au sein de la dotation générale de décentralisation (DGD) est le principal dispositif de soutien de l&amp;#039;État
  &lt;strong&gt;
   à l&amp;#039;investissement et au fonctionnement non pérenne (projets d&amp;#039;extension des horaires) des bibliothèques municipales et intercommunales et des bibliothèques départementales.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est divisé en deux fractions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la première fraction est dédiée principalement aux
   &lt;strong&gt;
    projets courants de construction et d&amp;#039;équipement des bibliothèques
   &lt;/strong&gt;
   municipales, intercommunales et départementales;
@@ -5929,79 +5998,79 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les crédits inscrits au budget de l&amp;#039;État au titre de la construction et de l&amp;#039;équipement des bibliothèques municipales, intercommunales ou départementales
  &lt;strong&gt;
   font l&amp;#039;objet d&amp;#039;un concours particulier au sein de la dotation générale de décentralisation (DGD).
  &lt;/strong&gt;
  À ce titre, les bibliothèques qui répondent aux différents critères (surface minimale et qualité du projet culturel) peuvent en bénéficier.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant final de la subvention est déterminée par chaque région.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;accompagnement représentera 20 à 80% du coût total hors taxes du projet, selon la nature et la qualité du projet.
 &lt;/p&gt;
 &lt;p&gt;
  En complément des crédits du concours particulier, il est possible de solliciter d&amp;#039;autres crédits de l&amp;#039;État, notamment auprès des conseils départementaux, des conseils régionaux et des instances de l&amp;#039;Union européenne, dans le respect du cadre fixé par la loi.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Attention : L&amp;#039;aide accordée dans le cadre de la DGD n&amp;#039;est pas cumulable avec l&amp;#039;aide DETR (dotation d&amp;#039;équipement des territoires ruraux).
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Restructuration d&amp;#039;un bâtiment à Fillinges (Auvergne-Rhône-Alpes) - 2017
  &lt;/li&gt;
  &lt;li&gt;
   Changement du SIGB de la bibliothèque de Koungou (Mayotte) - 2020
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de collection pour le point lecture de Sohoa (Mayotte) - 2021
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement de la bibliothèque de Dzaoudzi Labattoir (Mayotte) - 2021
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du demandeur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Seules les bibliothèques publiques sont concernées, c&amp;#039;est à dire les bibliothèques offrant un service de lecture publique à l&amp;#039;ensemble de la population.
 &lt;/p&gt;
 &lt;p&gt;
  Le cas échéant, ces bibliothèques peuvent conserver des fonds patrimoniaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité des projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Seules les opérations suivantes sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Opérations de construction, rénovation, restructuration, extension ou mise en accessibilité
@@ -6187,168 +6256,165 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Acquisition de documents (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le terme &amp;#34;document&amp;#34; fait référence à tous les supports, physiques et dématérialisés.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;acquisition de documents tous supports est accompagnée sur l&amp;#039;année de démarrage du projet. Si celui-ci le justifie, il est possible d&amp;#039;accompagner cette acquisition sur deux ou trois ans.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Extension ou évolution des horaires d&amp;#039;ouverture (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités sont éligibles lorsqu&amp;#039;elles prévoient de mettre en place un projet d&amp;#039;extension ou d&amp;#039;évolution des horaires d&amp;#039;ouverture de tout ou partie de la bibliothèque.
 &lt;/p&gt;
 &lt;p&gt;
  Les ouvertures de nouvelles bibliothèques ne sont pas concernées lorsqu&amp;#039;aucun équipement précédent n&amp;#039;existait dans la commune où s&amp;#039;effectue cette ouverture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V23" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Dotation-generale-de-decentralisation-DGD</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/livre-lecture_dgd-hdf</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute question sur la dotation générale de décentralisation en Occitanie, vous êtes invités à vous adresser au service Livre et Lecture :
-[...29 lines deleted...]
-      <c r="Y23" s="1" t="inlineStr">
+ Pour toute question sur la dotation générale de décentralisation en Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction régionale des affaires culturelles (DRAC) Hauts-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Publics &amp;amp; Territoires et Industries Culturelles
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:clement.croise&amp;#64;culture.gouv.fr" target="_self"&gt;
+  clement.croise&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 03 22 97 33 01
+&lt;/p&gt;
+&lt;p&gt;
+ 5 Rue Henri Daussy, 80000 Amiens
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f059-soutenir-des-operations-dinvestissement-et-de/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...3 lines deleted...]
-      <c r="B24" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>128228</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Soutenir des opérations d'investissement et des projets d’extension des horaires d’ouverture des bibliothèques - DGD</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Dotation générale de décentralisation (DGD)</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G24" s="1" t="inlineStr">
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Occitanie</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I24" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L24" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation générale de décentralisation pour les bibliothèques est accordée aux collectivités territoriales gestionnaires de bibliothèques publiques municipales, intercommunales ou départementales afin de soutenir des opérations d&amp;#039;investissement ainsi que des projets d&amp;#039;extension des horaires d&amp;#039;ouverture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que la dotation générale de décentralisation ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le concours particulier relatif aux bibliothèques au sein de la dotation générale de décentralisation (DGD) est le principal dispositif de soutien de l&amp;#039;État
  &lt;strong&gt;
   à l&amp;#039;investissement et au fonctionnement non pérenne (projets d&amp;#039;extension des horaires) des bibliothèques municipales et intercommunales et des bibliothèques départementales.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est divisé en deux fractions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la première fraction est dédiée principalement aux
   &lt;strong&gt;
    projets courants de construction et d&amp;#039;équipement des bibliothèques
   &lt;/strong&gt;
   municipales, intercommunales et départementales;
@@ -6390,79 +6456,79 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les crédits inscrits au budget de l&amp;#039;État au titre de la construction et de l&amp;#039;équipement des bibliothèques municipales, intercommunales ou départementales
  &lt;strong&gt;
   font l&amp;#039;objet d&amp;#039;un concours particulier au sein de la dotation générale de décentralisation (DGD).
  &lt;/strong&gt;
  À ce titre, les bibliothèques qui répondent aux différents critères (surface minimale et qualité du projet culturel) peuvent en bénéficier.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant final de la subvention est déterminée par chaque région.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;accompagnement représentera 20 à 80% du coût total hors taxes du projet, selon la nature et la qualité du projet.
 &lt;/p&gt;
 &lt;p&gt;
  En complément des crédits du concours particulier, il est possible de solliciter d&amp;#039;autres crédits de l&amp;#039;État, notamment auprès des conseils départementaux, des conseils régionaux et des instances de l&amp;#039;Union européenne, dans le respect du cadre fixé par la loi.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Attention : L&amp;#039;aide accordée dans le cadre de la DGD n&amp;#039;est pas cumulable avec l&amp;#039;aide DETR (dotation d&amp;#039;équipement des territoires ruraux).
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Restructuration d&amp;#039;un bâtiment à Fillinges (Auvergne-Rhône-Alpes) - 2017
  &lt;/li&gt;
  &lt;li&gt;
   Changement du SIGB de la bibliothèque de Koungou (Mayotte) - 2020
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de collection pour le point lecture de Sohoa (Mayotte) - 2021
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement de la bibliothèque de Dzaoudzi Labattoir (Mayotte) - 2021
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du demandeur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Seules les bibliothèques publiques sont concernées, c&amp;#039;est à dire les bibliothèques offrant un service de lecture publique à l&amp;#039;ensemble de la population.
 &lt;/p&gt;
 &lt;p&gt;
  Le cas échéant, ces bibliothèques peuvent conserver des fonds patrimoniaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité des projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Seules les opérations suivantes sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Opérations de construction, rénovation, restructuration, extension ou mise en accessibilité
@@ -6648,218 +6714,113 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Acquisition de documents (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le terme &amp;#34;document&amp;#34; fait référence à tous les supports, physiques et dématérialisés.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;acquisition de documents tous supports est accompagnée sur l&amp;#039;année de démarrage du projet. Si celui-ci le justifie, il est possible d&amp;#039;accompagner cette acquisition sur deux ou trois ans.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Extension ou évolution des horaires d&amp;#039;ouverture (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités sont éligibles lorsqu&amp;#039;elles prévoient de mettre en place un projet d&amp;#039;extension ou d&amp;#039;évolution des horaires d&amp;#039;ouverture de tout ou partie de la bibliothèque.
 &lt;/p&gt;
 &lt;p&gt;
  Les ouvertures de nouvelles bibliothèques ne sont pas concernées lorsqu&amp;#039;aucun équipement précédent n&amp;#039;existait dans la commune où s&amp;#039;effectue cette ouverture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V24" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Dotation-generale-de-decentralisation-DGD</t>
         </is>
       </c>
-      <c r="W24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute question sur la dotation générale de décentralisation en Hauts-de-France, vous êtes invités à vous adresser à :
-[...21 lines deleted...]
-      <c r="Y24" s="1" t="inlineStr">
+ Pour toute question sur la dotation générale de décentralisation en Occitanie, vous êtes invités à vous adresser au service Livre et Lecture :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Départements 11, 30, 34, 48, 66 :
+  &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr" target="_self"&gt;
+   fleur.bouillanne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements 09, 12, 31, 32, 46, 65, 81, 82 :
+  &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr" target="_self"&gt;
+   henri.gay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collections patrimoniales (aménagements de conservation, signalement-numérisation) :
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr" target="_self"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour toute demande de mode d&amp;#039;emploi :
+  &lt;a href="mailto:ghislaine.domenech&amp;#64;culture.gouv.fr" target="_self"&gt;
+   ghislaine.domenech&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
-[...106 lines deleted...]
-      </c>
       <c r="Z25" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-fonds-dintervention-durgence-pour-le-patrimoine-communal/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be20-soutenir-des-operations-dinvestissement-et-de/</t>
         </is>
       </c>
       <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:27" customHeight="0">
       <c r="A26" s="1">
         <v>152446</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Aider à la création et la réhabilitation du patrimoine bâti des collectivités (hors scolaire et périscolaire)</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>CONSTRUCTIONS ET RÉNOVATIONS PUBLIQUES</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
@@ -7381,143 +7342,251 @@
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
       <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1e2-aider-a-la-realisation-de-travaux-damenagemen/</t>
         </is>
       </c>
       <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:27" customHeight="0">
       <c r="A27" s="1">
+        <v>162761</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du fonds d’intervention d’urgence pour le patrimoine communal</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine - Fonds d’intervention d’urgence pour le patrimoine communal</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif d&amp;#039;aide d&amp;#039;urgence pour une mise en sécurité du patrimoine communal ayant subi de graves dommages suite à un accident civil majeur, une catastrophe naturelle (inondation, tempête, orage, mouvement de terrain, affaissement de terrain ou secousse sismique, avalanche), attentat, acte de terrorisme, acte de vandalisme, effraction ou tentative d’effraction ayant gravement endommagé le patrimoine visé et rendant nécessaire un sauvetage ou une mise en sécurité.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt;Communes&lt;/li&gt; 	&lt;li&gt;intercommunalités&lt;/li&gt; 	&lt;li&gt;groupements de communes&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Domaines patrimoniaux éligibles :&lt;br /&gt; Le patrimoine architectural et le patrimoine mobilier, y compris les archives communales.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Types de travaux éligibles : &lt;/span&gt;étaiement, confortement, mise hors d’eau, ainsi que toute intervention nécessaire à la préservation des œuvres.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les communes et agglomérations de plus de 100 000 habitants,&lt;/li&gt; 	&lt;li&gt; Les communes ayant bénéficié des aides dans le cadre du Plan d’Urgence décrété par la Préfecture&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Domaines patrimoniaux éligibles :&lt;br /&gt; Le patrimoine architectural et le patrimoine mobilier, y compris les archives communales.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Types de travaux éligibles : &lt;/span&gt;étaiement, confortement, mise hors d’eau, ainsi que toute intervention nécessaire à la préservation des œuvres.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les communes et agglomérations de plus de 100 000 habitants,&lt;/li&gt; 	&lt;li&gt; Les communes ayant bénéficié des aides dans le cadre du Plan d’Urgence décrété par la Préfecture&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-fonds-dintervention-durgence-pour-le-patrimoine-communal</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Patrimoine et Musée :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Gaëlle Cuesta: &lt;a href="mailto:gcuesta&amp;#64;maregionsud.fr"&gt;gcuesta&amp;#64;maregionsud.fr &lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Chef de service adjoint (Patrimoine, traditions, Inventaire) :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pascal Guillermin: &lt;a href="mailto:pguillermin&amp;#64;maregionsud.fr"&gt;pguillermin&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-fonds-dintervention-durgence-pour-le-patrimoine-communal/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>95011</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Soutenir les structures réseaux dans le domaine du patrimoine culturel</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Soutien aux structures réseaux dans le domaine du patrimoine culturel</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I28" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J27" s="1" t="inlineStr">
+      <c r="J28" s="1" t="inlineStr">
         <is>
           <t>Plancher de la subvention : 1 000 €</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Nature des projets
 &lt;/h4&gt;
 &lt;p&gt;
  Sont susceptibles d&amp;#039;être soutenues au titre du dispositif les opérations de fonctionnement liées à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la recherche dans le domaine d&amp;#039;excellence de la structure et sa diffusion,
  &lt;/li&gt;
  &lt;li&gt;
   la formation portées par une structure du Grand Est à l&amp;#039;adresse des autres acteurs du domaine à l&amp;#039;échelle du territoire régional ou au-delà,
  &lt;/li&gt;
  &lt;li&gt;
   au développement d&amp;#039;outils de structuration du réseau, ex : site internet, annuaire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  Les associations, les laboratoires et les institutions de recherche, les établissements publics, les collectivités publiques, les musées de France.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P27" s="1" t="inlineStr">
+      <c r="P28" s="1" t="inlineStr">
         <is>
           <t>03/08/2017</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Méthode de sélection
 &lt;/h4&gt;
 &lt;p&gt;
  La demande se fait à partir d&amp;#039;un dossier comportant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une présentation de la structure : domaine d&amp;#039;expertise, équipe, projets déjà menés,
  &lt;/li&gt;
  &lt;li&gt;
   la programmation annuelle chiffrée précisant les actions pour lesquelles un soutien est demandé,
  &lt;/li&gt;
  &lt;li&gt;
   un descriptif des projets pour lesquels un financement est demandé,
  &lt;/li&gt;
  &lt;li&gt;
   le cas échéant un bilan chiffré de l&amp;#039;année antérieure.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Pour être éligibles, les projets doivent satisfaire, selon les cas, aux critères suivants :
 &lt;/h4&gt;
 &lt;ul&gt;
@@ -7560,284 +7629,284 @@
 &lt;p&gt;
  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région Grand Est. La demande d&amp;#039;aide contient au moins les informations suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le nom du porteur de projet et sa taille s&amp;#039;il s&amp;#039;agit d&amp;#039;une entreprise ;
  &lt;/li&gt;
  &lt;li&gt;
   une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements) ;
  &lt;/li&gt;
  &lt;li&gt;
   la localisation du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;ensemble des postes de dépenses du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   le montant de l&amp;#039;aide sollicitée et le montant du financement public estimé nécessaire pour le projet.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-structures-reseaux-domaine-patrimoine-culturel/</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0025/depot/simple</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les demandes de paiement :
  &lt;a href="mailto:versements-patrimoines&amp;#64;grandest.fr"&gt;
   versements-patrimoines&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes se font exclusivement en ligne.
  &lt;br /&gt;
  Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
   Guide utilisateurs du portail des aides dématérialisées
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
   Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5c86-soutien-aux-structures-reseaux-dans-le-domain/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
         <v>144491</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Aider à la restauration du patrimoine culturel des communes ou de leurs groupements</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Aide à la restauration du patrimoine culturel des communes ou de leurs groupements</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I28" s="1" t="inlineStr">
+      <c r="I29" s="1" t="inlineStr">
         <is>
           <t> Max : 17</t>
         </is>
       </c>
-      <c r="J28" s="1" t="inlineStr">
+      <c r="J29" s="1" t="inlineStr">
         <is>
           <t>17 % du coût HT de la dépense subventionnable, modulé par le CSD défini pour l'année en cours</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une subvention départementale peut être octroyée à une commune ou à un groupement de communes pour la réalisation des études diagnostic sanitaires préalables à la réalisation des travaux ainsi que pour les travaux de restauration d&amp;#039;un meuble ou d&amp;#039;un immeuble dont la gestion et le fonctionnement leur incombent directement et dont l&amp;#039;intérêt patrimonial et historique est reconnu par l&amp;#039;État (inscription ou classement).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le meuble ou l&amp;#039;immeuble sur lequel l&amp;#039;étude porte et/ou les travaux sont réalisés doit faire l&amp;#039;objet d&amp;#039;une mesure de protection par l&amp;#039;administration du Ministère de la Culture au sens de l&amp;#039;article L 111-1 du Code du Patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;étude et/ou le projet de restauration, pour ouvrir droit à une aide, devra avoir reçu l&amp;#039;aval technique du Ministère de la Culture, et avoir bénéficié de l&amp;#039;attribution d&amp;#039;une subvention de celui-ci.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département limite son soutien à une subvention par commune ou groupement de communes par an, sauf cas d&amp;#039;urgence liée à la sécurité attestée par la Direction Régionale des Affaires culturelles ou l&amp;#039;Architecte des bâtiments de France.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention est plafonné à 60 000 € par tranche de travaux par an et par collectivité, dans la limite des crédits inscrits.
 &lt;/p&gt;
 &lt;p&gt;
  La dépense subventionnable retenue par le Département sera celle que l&amp;#039;État aura utilisée pour le calcul de sa propre subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=88</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
   culture&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2276-aider-a-la-restauration-du-patrimoine-culture/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>111998</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Soutenir la restauration du patrimoine historique protégé privé</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Restauration du patrimoine historique protégé - restauration du patrimoine protégé privé</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Association
 Particulier</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ensemble des propriétaires de monuments historiques situés sur le territoire charentais et respectant les critères d&amp;#039;ouverture du site au public :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Particuliers
  &lt;/li&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Sociétés civiles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -7925,61 +7994,61 @@
 &lt;p&gt;
  o	ayant une fréquentation annuelle de l&amp;#039;exercice N-1 supérieure à 20 000 visiteurs (entrées payantes)
 &lt;/p&gt;
 &lt;p&gt;
  o	disposant d&amp;#039;un personnel d&amp;#039;accueil pendant la haute saison
 &lt;/p&gt;
 &lt;p&gt;
  Obligations pour le propriétaire (3 ans minimum) :
 &lt;/p&gt;
 &lt;p&gt;
  o	participation aux actions de valorisation du patrimoine proposées par le Département
 &lt;/p&gt;
 &lt;p&gt;
  o	démarche auprès de la DRAC Nouvelle Aquitaine pour figurer dans la brochure régionale des JEP
 &lt;/p&gt;
 &lt;p&gt;
  → Valorisation
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Subvention plafonnée à 1.500 €
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   sauf exception, coût plancher du projet (études et travaux) : 3.000 € HT
  &lt;/li&gt;
  &lt;li&gt;
   édifice protégé au titre des monuments historiques
  &lt;/li&gt;
  &lt;li&gt;
   si protection partielle, sauf dérogation, le projet devra concerner la partie de l&amp;#039;édifice protégée
  &lt;/li&gt;
  &lt;li&gt;
   validation du projet par la Direction régionale des affaires culturelles
  &lt;/li&gt;
  &lt;li&gt;
   co-financement Département / Direction régionale des affaires culturelles (DRAC) nouvelle Aquitaine
  &lt;/li&gt;
  &lt;li&gt;
   ouverture du site au public
  &lt;/li&gt;
@@ -8133,77 +8202,77 @@
  Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : possibilité d&amp;#039;acomptes (jusqu&amp;#039;à 80% du montant de la subvention) ; solde à l&amp;#039;achèvement de l&amp;#039;opération
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
 &lt;/p&gt;
 &lt;p&gt;
  → Valorisation
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : versement d&amp;#039;un acompte (50% du montant de la subvention) dès la notification de la décision ; le solde à l&amp;#039;achèvement de l&amp;#039;opération et au vu du bilan financier
 &lt;/p&gt;
 &lt;p&gt;
  En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Patrimoine/6127_Restauration_du_patrimoine_protege_prive.pdf</t>
         </is>
       </c>
-      <c r="W29" s="1" t="inlineStr">
+      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   http://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le télé-service : Monuments historiques - Subvention d&amp;#039;investissement pour toute demande relative à une étude ou une restauration
  &lt;/li&gt;
  &lt;li&gt;
   le télé-service : Subvention de fonctionnement affecté pour toute demande d&amp;#039;aide à la valorisation
  &lt;/li&gt;
@@ -8218,653 +8287,839 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   néant : pour un projet d&amp;#039;étude ou de travaux
  &lt;/li&gt;
  &lt;li&gt;
   15 avril pour un projet de valorisation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Service du patrimoine et tourisme ; Tél. : 05 16 09 74 21
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c645-soutenir-la-restauration-du-patrimoine-histor/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>120306</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Construire et moderniser sa bibliothèque</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Construction et modernisation des bibliothèques</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de construction ou de modernisation d&amp;#039;une bibliothèque.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur une construction de bibliothèque
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visite sur place ou accompagnement à distance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition de l&amp;#039;étude d&amp;#039;opportunité (analyse des besoins du territoire, état des lieux, organisation possible de visites de bibliothèques)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visite sur place ou accompagnement à distance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une étude de faisabilité financière et technique du projet, aide décisionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place de la gestion du projet (organisation, calendrier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche de financements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction du pré-programme et au suivi du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/construction-et-modernisation-des-bibliotheques/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme – Service des médiathèques
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:mdvd-crest&amp;#64;ladrome.fr"&gt;
+   mdvd-crest&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:mddv-die&amp;#64;ladrome.fr"&gt;
+   mddv-die&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:mddp-nyons&amp;#64;ladrome.fr"&gt;
+   mddp-nyons&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:mddc-stvallier&amp;#64;ladrome.fr"&gt;
+   mddc-stvallier&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:mdd-valence&amp;#64;ladrome.fr"&gt;
+   mdd-valence&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f2d3-construction-et-modernisation-des-bibliothequ/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>111999</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la restauration du patrimoine historique protégé public</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Restauration du patrimoine historique protégé - restauration du patrimoine protégé public</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, y compris celles situées dans les zones à contrat d&amp;#039;agglomération et celles ayant une convention d&amp;#039;investissement les liant au Département
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département apporte son soutien aux
+ &lt;strong&gt;
+  études et travaux
+ &lt;/strong&gt;
+ qui contribuent à la sauvegarde, la conservation et la restauration du patrimoine historique charentais protégé au titre des monuments historiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département soutient également la
+ &lt;strong&gt;
+  valorisation
+ &lt;/strong&gt;
+ des restaurations auxquelles il a apporté une aide. Cette valorisation, envisageable sous différentes formes (visite guidée de chantier, exposition photos, manifestation culturelle...) doit permettre de sensibiliser les charentais à leur patrimoine de proximité. Elle peut aussi valoriser des savoir-faire, rendre accessible un patrimoine caché visible uniquement dans le cadre de cette restauration, mettre en valeur des manœuvres exceptionnelles....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Etudes et Travaux de restauration
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25% du coût HT du projet si classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  20% du coût HT du projet si inscrit au titre des monuments historiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention sera diminué afin de respecter le règlement financier, instituant le partage de la charge nette à 50 % entre le Département et le maître d&amp;#039;ouvrage, déductions faites des autres subventions allouées pour l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ → Valorisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Subvention plafonnée à 1.500 €
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sauf exception, coût plancher du projet (études et travaux) : 3 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  édifice protégé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  si protection partielle, sauf dérogation, le projet devra concerner la partie de l&amp;#039;édifice protégée
+ &lt;/li&gt;
+ &lt;li&gt;
+  validation du projet par la Direction régionale des affaires culturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  co-financement Département/Etat (Direction régionale des affaires culturelles, Dotation de Soutien à l&amp;#039;Investissement Local, Dotation d&amp;#039;Equipement des Territoires Ruraux...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ → Etudes
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  étude archéologique et historique préalable à la restauration de monument historique
+ &lt;/li&gt;
+ &lt;li&gt;
+  étude liée à l&amp;#039;établissement d&amp;#039;une aire de valorisation de l&amp;#039;architecture et du patrimoine (AVAP)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ → Travaux de restauration
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  édifices
+ &lt;/li&gt;
+ &lt;li&gt;
+  objets mobiliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  jardins
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  tous types de travaux de restauration à l&amp;#039;exclusion des dépenses d&amp;#039;entretien courant
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses inéligibles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les dépenses pour « hausses et imprévus »
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ → Valorisation
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nécessité d&amp;#039;une restauration en amont (globale ou partielle), soutenue par le Département au titre du dispositif en faveur des Monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration globale ou visible de l&amp;#039;espace public (façade, statue...) ou atypique/monumentale (dépose de charpente...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière attendue sur le volet « communication »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entrée gratuite
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Etudes et Travaux de restauration
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours financier du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant la nature de l&amp;#039;opération envisagée, approuvant le projet, et sollicitant le soutien financier du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  un échéancier prévisionnel des travaux et des paiements de la subvention (en adéquation avec l&amp;#039;échéancier de réalisation des travaux) : disponible sur le portail Subventions16. Utiliser obligatoirement ce formulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  le devis descriptif et estimatif des travaux (avant-projet détaillé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les plans des travaux selon la nature du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  la copie de l&amp;#039;arrêté de subvention de l&amp;#039;Etat
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ → Valorisation
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours financier du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant la nature de l&amp;#039;opération envisagée, approuvant le projet, et sollicitant le soutien financier du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  le descriptif détaillé du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis le cas échéant
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Etudes et Travaux de restauration
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : possibilité d&amp;#039;acomptes (jusqu&amp;#039;à 80% du montant de la subvention) ; solde à l&amp;#039;achèvement de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;
+&lt;p&gt;
+ → Valorisation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : versement d&amp;#039;un acompte (50% du montant de la subvention) dès la notification de la décision ; le solde à l&amp;#039;achèvement de l&amp;#039;opération et au vu du bilan financier
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Patrimoine/6127_Restauration_du_patrimoine_protege_public_01.pdf</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le télé-service : Monuments historiques - Subvention d&amp;#039;investissement pour toute demande relative à une étude ou une restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  le télé-service : Subvention de fonctionnement affecté pour toute demande d&amp;#039;aide à la valorisation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour les études et travaux : néant
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour un projet de valorisation : 15 avril
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service du patrimoine et tourisme ; Tél. : 05 16 09 74 21
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/13a6-copie-10h23-soutenir-la-restauration-du-patri/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>162808</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Viser à la régulation des initiatives en matière d’inventaire du patrimoine matériel et à la mise en place de pratiques cohérentes</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Patrimoine - Recherche en partenariat et soutien aux projets de recherche</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Axer la politique patrimoniale sur la connaissance scientifique implique d&amp;#039;étendre et de renforcer cette connaissance afin qu&amp;#039;elle puisse fournir une expertise la plus large et la plus approfondie possible sur un spectre de plus en plus grand d&amp;#039;objets et de territoires.&lt;/p&gt;
 &lt;p&gt;Ce dispositif vise à la régulation des initiatives en matière d’inventaire du patrimoine matériel, à la mise en place de pratiques cohérentes, et à susciter l&amp;#039;émergence de projet de haute qualité scientifique.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Recherche partenariale&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Collectivité territoriale ou groupement de collectivités compris sur le territoire régional&lt;/li&gt; 	&lt;li&gt; Association dont l&amp;#039;objet patrimonial est ancré sur le territoire régional&lt;/li&gt; 	&lt;li&gt;Université ou unité de recherche du CNRS&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Soutien aux projets de recherche&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Universités ou unité de recherche du CNRS&lt;/li&gt; 	&lt;li&gt;Associations dont l&amp;#039;objet patrimonial est ancré sur le territoire régional&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;&lt;span&gt;La recherche en partenariat&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Cadre réglementaire : loi 2004-809 Libertés et responsabilités locales, article 95&lt;/li&gt; 	&lt;li&gt;Domaine éligible : toute étude d&amp;#039;inventaire topographique ou thématique du patrimoine culturel matériel (architectural ou mobilier) situé sur le territoire géographique de la région Provence-Alpes-Côte d&amp;#039;Azur, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent (champ de compétence chronologique de l&amp;#039;Inventaire général du patrimoine culturel).&lt;/li&gt; 	&lt;li&gt; Une convention entre la Région et le partenaire précise les conditions administratives, juridiques, financières et scientifiques du partenariat. Toute convention doit être accompagnée d&amp;#039;un cahier des clauses scientifiques et techniques en annexe.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Tout inventaire conduit ou soutenu par la Région doit respecter les normes et la méthodologie nationale de l&amp;#039;Inventaire général.&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les résultats de l&amp;#039;opération doivent être publics sans restriction pour ce qui concerne les œuvres de propriété publique. La diffusion des informations sur les œuvres de propriété privée est soumise aux restrictions d&amp;#039;usage (droit à l&amp;#039;image des personnes, protection de la vie privée).&lt;/li&gt; 	&lt;li&gt;Le service de l&amp;#039;Inventaire conserve, quels que soient les termes de la convention, le contrôle scientifique et technique de l&amp;#039;opération. Il est le seul habilité à valider les résultats de l&amp;#039;opération pour versement dans le système d&amp;#039;information documentaire national du patrimoine culturel aux fins de mise à disposition du public.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Le soutien aux projets de recherche&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Domaine éligible : étude du patrimoine culturel matériel situé sur le territoire régional, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/li&gt; 	&lt;li&gt;Existence d&amp;#039;un protocole scientifique rédigé ou validé par un chercheur universitaire compétent dans le domaine visé.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P30" s="1" t="inlineStr">
+      <c r="P33" s="1" t="inlineStr">
         <is>
           <t>23/05/2024</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La recherche en partenariat&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Cadre réglementaire : loi 2004-809 Libertés et responsabilités locales, article 95&lt;/li&gt; 	&lt;li&gt;Domaine éligible : toute étude d&amp;#039;inventaire topographique ou thématique du patrimoine culturel matériel (architectural ou mobilier) situé sur le territoire géographique de la région Provence-Alpes-Côte d&amp;#039;Azur, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent (champ de compétence chronologique de l&amp;#039;Inventaire général du patrimoine culturel).&lt;/li&gt; 	&lt;li&gt; Une convention entre la Région et le partenaire précise les conditions administratives, juridiques, financières et scientifiques du partenariat. Toute convention doit être accompagnée d&amp;#039;un cahier des clauses scientifiques et techniques en annexe.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Tout inventaire conduit ou soutenu par la Région doit respecter les normes et la méthodologie nationale de l&amp;#039;Inventaire général.&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les résultats de l&amp;#039;opération doivent être publics sans restriction pour ce qui concerne les œuvres de propriété publique. La diffusion des informations sur les œuvres de propriété privée est soumise aux restrictions d&amp;#039;usage (droit à l&amp;#039;image des personnes, protection de la vie privée).&lt;/li&gt; 	&lt;li&gt;Le service de l&amp;#039;Inventaire conserve, quels que soient les termes de la convention, le contrôle scientifique et technique de l&amp;#039;opération. Il est le seul habilité à valider les résultats de l&amp;#039;opération pour versement dans le système d&amp;#039;information documentaire national du patrimoine culturel aux fins de mise à disposition du public.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Le soutien aux projets de recherche&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Domaine éligible : étude du patrimoine culturel matériel situé sur le territoire régional, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/li&gt; 	&lt;li&gt;Existence d&amp;#039;un protocole scientifique rédigé ou validé par un chercheur universitaire compétent dans le domaine visé.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-recherche-en-partenariat-et-soutien-aux-projets-de-recherche</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Chef de service adjoint&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Pascal Guillermin :&lt;a href="mailto:pguillermin&amp;#64;maregionsud.fr"&gt; pguillermin&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-recherche-en-partenariat-et-soutien-aux-projets-de-recherche/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...380 lines deleted...]
-      <c r="A32" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>1039</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Soutenir la valorisation et la médiation du patrimoine culturel</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
+      <c r="I34" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 30</t>
         </is>
       </c>
-      <c r="J32" s="1" t="inlineStr">
+      <c r="J34" s="1" t="inlineStr">
         <is>
           <t>Cette aide est plafonnée à 20 000 € en fonctionnement. Taux maximum : 30 % en fonctionnement / 15 % </t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Par ce dispositif, la Région Grand Est décide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;encourager la création et le développement d&amp;#039;équipements et de projets oeuvrant à la valorisation et à la médiation du patrimoine culturel régional, à la sensibilisation du public par la visite, les ateliers ou les chantiers ;
  &lt;/li&gt;
  &lt;li&gt;
   de garantir la qualité des contenus et des projets culturels ;
  &lt;/li&gt;
  &lt;li&gt;
   de fédérer les monuments, sites et équipements patrimoniaux et de garantir la cohérence de l&amp;#039;offre culturelle à l&amp;#039;échelle de la région Grand Est .
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités et les établissements publics, les personnes morales de droit privé en charge d&amp;#039;un monument, d&amp;#039;un site ou d&amp;#039;un équipement patr imonial ou portant un projet de médiation et de valorisation du patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 International</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Projets éligibles :
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   &lt;em&gt;
    En fonctionnement :
   &lt;/em&gt;
  &lt;/strong&gt;
  &lt;ul&gt;
   &lt;li&gt;
    les opérations de médiation – ex : cycles de conférences, colloques, ateliers, visites, publications – sur la base d&amp;#039;une programmation annuelle ou associant au moins deux structures, sites ou monuments,
   &lt;/li&gt;
   &lt;li&gt;
    les chantiers de restauration s&amp;#039;inscrivant dans le cadre d&amp;#039;une programmation concertée avec l&amp;#039;État (DRAC).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
@@ -8974,1975 +9229,250 @@
    Ne sont pas éligibles les frais de réception, les dépenses courantes du site ; ex : frais de personnel, entretien ; ou distinctes des opérations de médiation.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Sont éligibles en investissement les dépenses liées :
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    aux dépenses de prestation ; ex : études préalables, scénographie,
   &lt;/li&gt;
   &lt;li&gt;
    à l&amp;#039;achat de matériel muséographique,
   &lt;/li&gt;
   &lt;li&gt;
    aux travaux de construction, de restauration et d&amp;#039;aménagement.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-valorisation-a-mediation-patrimoine-culturel/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7936-soutien-a-la-valorisation-et-a-la-mediation-d/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E33" s="1" t="inlineStr">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>120311</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné à l'informatisation de sa bibliothèque</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Informatisation des bibliothèques</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Opérations de construction ou de modernisation d&amp;#039;une bibliothèque.
+ Opérations d&amp;#039;informatisation ou de ré-informatisation de bibliothèque ou de réseau de bibliothèques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Contact téléphonique ou par mail
+  Contact téléphonique ou mail
  &lt;/li&gt;
  &lt;li&gt;
   Visite sur site
  &lt;/li&gt;
  &lt;li&gt;
-  Informations générales sur une construction de bibliothèque
+  Informations générales sur les logiciels de gestion et portails internet des bibliothèques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Visite sur place ou accompagnement à distance
  &lt;/li&gt;
  &lt;li&gt;
-  Aide à la définition de l&amp;#039;étude d&amp;#039;opportunité (analyse des besoins du territoire, état des lieux, organisation possible de visites de bibliothèques)
+  Aide à l&amp;#039;expression du besoin et à la définition du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des offres des fournisseurs existantes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Visite sur place ou accompagnement à distance
-[...11 lines deleted...]
-  Aide à la rédaction du pré-programme et au suivi du projet
+  Visite sur place ou accompagnement à distance Réalisation d&amp;#039;une étude de faisabilité financière et technique du projet Aide à la méthode de gestion projet (organisation du chantier, calendrier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la sélection du prestataire et au suivi du chantier
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Bâtiments et construction
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X33" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/informatisation-des-bibliotheques/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Département de la Drôme – Service des médiathèques
-[...28 lines deleted...]
-&lt;/ul&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Services des médiathèques
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Informatique et Numérique
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 78 41 90
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:jrieu&amp;#64;ladrome.fr"&gt;
+  jrieu&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
-[...171 lines deleted...]
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9000-informatisation-des-bibliotheques/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
-[...170 lines deleted...]
-      </c>
       <c r="AA35" s="1" t="inlineStr">
-        <is>
-[...1355 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>