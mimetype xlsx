--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA39"/>
+  <dimension ref="A1:AA28"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,984 +228,121 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>163164</v>
+        <v>156151</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+          <t>Aider au classement et à la préservation des archives</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Etudes et travaux sur les bâtiments d’archives</t>
+          <t>CLASSEMENT ET PRÉSERVATION DES ARCHIVES</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Commune
-[...2 lines deleted...]
-Région</t>
+          <t>Commune</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J2" s="0" t="inlineStr">
-[...1 lines deleted...]
-          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
-[...154 lines deleted...]
- Respect de la procédure d&amp;#039;instruction du dossier :
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aider au classement et à la préservation des archives par le biais d&amp;#039;actions de :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Visite préalable des Archives départementales de la Somme pour un diagnostic matériel des documents en mairie.
-[...211 lines deleted...]
-   Soutien aux commémorations de la mort de Toussaint-Louverture à La Réunion.
+   Classement des archives par un intervenant qualifié
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement et mise en sécurité des locaux d&amp;#039;archivage
+  &lt;/li&gt;
+  &lt;li&gt;
+   Achat de fournitures de conservation (boîtes...)
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
-[...501 lines deleted...]
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Communes de moins de 5.000 habitants
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Conditions de conservation des archives dans la commune : existence ou aménagement d&amp;#039;un local spécifique et sécurisé
  &lt;/li&gt;
  &lt;li&gt;
   Pertinence des matériaux utilisés au regard des normes de conservation
  &lt;/li&gt;
  &lt;li&gt;
   Organisation de la maintenance des fonds classés et/ou des locaux aménagés
  &lt;/li&gt;
  &lt;li&gt;
@@ -1216,290 +353,698 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plancher/Plafond :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de la subvention : 1.000€
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de la subvention : 4.000€, soit 50% du montant de la dépense plafonnée à 8.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Procédure :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La commune prendra au préalable l&amp;#039;attache de la direction des archives départementales pour étudier la faisabilité du projet (visite sur place à prévoir). La direction des archives départementales fournira toute documentation nécessaire et plus généralement toute aide, conseil ou formation pour l&amp;#039;élaboration du dossier ou le déroulement de la prestation. Au titre du contrôle scientifique et technique, la direction des archives départementales prononcera un avis conforme sur la recevabilité de la demande de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/classement-et-preservation-des-archives/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bc91-aider-au-classement-et-a-la-preservation-des-/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>44627</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Gérer des archives communales</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Classement et inventaire, conservation, tri et élimination, communication au public, mise en valeur ; reliure et restauration des documents ; construction et aménagement de locaux d&amp;#039;archives.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 61 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &amp;#34;Abbaye-école : révision complète du classement (effectué en 2009 par l&amp;#039;archiviste Marie-Odile Munier).
+&lt;/p&gt;
+&lt;p&gt;
+ Établissement du récolement complet et d&amp;#039;un nouveau répertoire normalisé des archives.&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Contrôle des archives : récolement, préconisations en matière de conservation des archives et procédures pour l&amp;#039;élimination des archives.
+&lt;/p&gt;
+&lt;p&gt;
+ Préconisations pour le classement des archives de la commune
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt de 3 volumes de registres paroissiaux à la demande du Maire de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide et conseil pour la création du blason de la commune nouvelle
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/76fe-gerer-des-archives-communales/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>120313</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des documents d’archives</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Restauration de documents d’archives</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Toutes opérations portant sur les fonds d&amp;#039;archives publiques des communes et EPCI (documents papier et électroniques) : structuration, classement, conservation, tri, éliminations, réglementaires, communication au public, mise en valeur, etc.
+ Opérations de conservation préventive ou de conservation, restauration sur des fonds d&amp;#039;archives dégradés.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail.
  &lt;/li&gt;
  &lt;li&gt;
-  Informations sur le cadre juridique, le contexte réglementaire, les procédures administratives, les délais de conservation et le sort final des documents, les délais de communicabilité au public.
-[...5 lines deleted...]
-  Envoi de documentation selon besoins (voir fiches conseil).
+  Informations sur le cadre juridique, le contexte réglementaire, les procédures administratives, les préconisations techniques en matière de restauration des documents d&amp;#039;archives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi de documentation selon besoins (voir fiche conseil).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;/p&gt;&lt;p&gt;
-[...22 lines deleted...]
-   Accompagnement pour la gestion des archives numériques (classement, gestion des courriels, des documents numérisés, conservation sur le long terme).
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Visite sur place pour examen des archives concernées et formulation de recommandations.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement pour la rédaction du cahier des charges de la prestation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude comparative des propositions des prestataires et délivrance d&amp;#039;un avis technique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement pour la constitution de dossiers de demandes de subventions (Etat :
+   &lt;a href="https://mesdemarches.culture.gouv.fr/loc_fr/mcc/requests/ARCHI_ARCHI_numerisation_01/?__CSRFTOKEN__&amp;#61;9609b914-3b43-42e4-b47f-b64bb1846d81"&gt;
+    en cliquant ici
+   &lt;/a&gt;
+   et Département :
+   &lt;a href="https://www.ladrome.fr/miseenavant/drome-demat-demande-de-subventions-en-ligne/"&gt;
+    en suivant ce lien
+   &lt;/a&gt;
+   )
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
-  Maîtrise d&amp;#039;œuvre (intervention gratuite) :
+  Maîtrise d&amp;#039;oeuvre ou maîtrise d&amp;#039;ouvrage de niveau 1 (intervention payante) :
  &lt;/strong&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Classement de fonds d&amp;#039;archives spécifiques (fonds clos, archives contemporaines).
-[...2 lines deleted...]
-   Production de plans de classement et arborescences pour l&amp;#039;archivage numérique.
+   Attribution de subvention ( de 20% à 70% selon le potentiel fiscal de la commune).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X6" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/restauration-documents-archives/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme
 &lt;/p&gt;
 &lt;p&gt;
  Archives départementales
 &lt;/p&gt;
 &lt;p&gt;
  Pôle aide aux communes
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 82 44 80
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:archives&amp;#64;ladrome.fr"&gt;
   archives&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/19d9-restauration-de-documents-darchives/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>72752</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Enrichir les collections des services d'archives</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Service Interministériel des Archives de France</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Présentation du dispositif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est accordée ponctuellement et annuellement. Elle permet de pourvoir, dans une limite de 50% du prix d&amp;#039;achat, à l&amp;#039;acquisition de documents originaux isolés, ensembles de documents, fonds iconographiques, fonds audiovisuels, cartes, plans, ouvrages imprimés anciens et toutes autres typologies documentaires correspondant à la définition légale des archives.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont éligibles que les pièces dont l&amp;#039;intérêt patrimonial au plan local est avéré.
+&lt;/p&gt;
+&lt;p&gt;
+ La priorité porte sur l&amp;#039;acquisition de fonds d&amp;#039;archives. Toutefois, l&amp;#039;intérêt patrimonial majeur d&amp;#039;un document isolé peut également justifier l&amp;#039;attribution d&amp;#039;une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;attribution et de versement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes sont instruites par le Bureau de la protection du patrimoine archivistique du Service interministériel des archives de France (SIAF). Le montant de la subvention est modulé en fonction des capacités financières de la collectivité territoriale et des crédits d&amp;#039;acquisition du SIAF.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement est effectué après réception du dossier complet de demande de la collectivité et une fois le paiement de l&amp;#039;achat effectué par la collectivité (https://francearchives.fr/fr/article/91645360).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour candidater, il est toujours préférable d&amp;#039;informer au préalable le Bureau de tout projet de demande de subvention, afin qu&amp;#039;il puisse vérifier la disponibilité des crédits.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous devez ensuite remplir le formulaire en ligne. Votre dossier sera transmis pour instruction au Service interministériel des Archives de France, Sous-direction de la collecte, de la conservation et de l&amp;#039;archivage électronique, Bureau de la protection du patrimoine archivistique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Après transmission aux services financiers, en cas d&amp;#039;accord, une notification est ensuite adressée à la collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.culture.gouv.fr/loc_fr/mcc/requests/ARCHI_ARCHI_enrichissement_02/?__CSRFTOKEN__=2f018248-09ec-4da1-90cb-3a3b68622b01</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.culture.gouv.fr/loc_fr/mcc/account/authentification/?callback=requests/ARCHI_ARCHI_enrichissement_02/&amp;__CSRFTOKEN__=2f018248-09ec-4da1-90cb-3a3b68622b01</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ frederique.bazzoni&amp;#64;culture.gouv.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ nathalie.albin-portier&amp;#64;culture.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.albin-portier@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0bf-enrichir-les-collections-des-services-darchiv/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>115167</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Conserver et communiquer sur les archives publiques</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Conservation et communication d'archives publiques</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement des communes dans leurs obligations règlementaires de conservation et de communication de leurs archives.
+&lt;/p&gt;
+&lt;p&gt;
+ Prestation règlementaire sans participation financière des bénéficiaires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Champs d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collecte des documents de plus de 50 ans (120 ans pour les registres de l&amp;#039;état civil).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Classement des documents selon des méthodes de tri, d&amp;#039;analyse et d&amp;#039;inventaire normées permettant de faciliter les recherches du public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conservation des documents dans de bonnes conditions matérielles et climatiques, les restaurer s&amp;#039;ils sont endommagées, les microfilmer et les numériser le cas échéant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication et valorisation éventuelle : assurer la mise à disposition du patrimoine collecté au public dans les limites imposées par la règlementation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Élaboration d&amp;#039;un bordereau de dépôt, visé par les deux parties. Une fois les archives déposées et classées, l&amp;#039;instrument de recherche et les éventuelles éliminations proposées par la direction des Archives et du Patrimoine sont soumises au conseil municipal.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Communes de moins de 2000 habitants (pour les communes de plus de 2000 habitants : seulement sur décision extraordinaire de l&amp;#039;Assemblée départementale et du Conseil municipal concerné).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/90/18-conservation-et-communication-d-archives-publiques.htm</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  departement&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
-          <t>ingenieriepublique@ladrome.fr</t>
+          <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/4ecd-classement-des-archives-dans-les-communes-et-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4484-conserver-et-communiquer-sur-les-archives-pub/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:27" customHeight="0">
       <c r="A7" s="1">
         <v>120312</v>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Construire et aménager des locaux d’archives</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Construction et aménagement de locaux d’archives</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
@@ -1667,1242 +1212,1619 @@
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4ff8-construction-et-amenagement-de-locaux-darchiv/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
-        <v>120313</v>
+        <v>115168</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Restaurer des documents d’archives</t>
+          <t>Gérer les archives communales et intercommunales numériques</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Restauration de documents d’archives</t>
+          <t>Gestion des archives communales et intercommunales numériques</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Drôme</t>
+          <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les communes dans leurs obligations règlementaires de conservation et de communication de leurs documents numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Prestation réglementaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Champs d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collecte automatisée des documents.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conservation et communication réglementaires des documents.
+ &lt;/li&gt;
+ &lt;li&gt;
+  À terme, possibilité de gérer les procédures d&amp;#039;élimination réglementaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Signer une convention tripartite entre le représentant légal de la commune ou de l&amp;#039;EPCI, le Président du Conseil départemental et le directeur des archives départementales, chargé du contrôle scientifique et technique des archives publiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes et EPCI de moins de 20.000 habitants adhérents à la société SPL-Xdemat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/91/18-gestion-des-archives-communales-et-intercommunales-numeriques.htm</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  departement&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/485f-gerer-les-archives-communales-et-intercommuna/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>117404</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités pour la conservation et la gestion de leurs archives</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Assistance et veille téléphonique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Visites de conseil et/ou diagnostic
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre des prescriptions fixées par le Code du patrimoine et dans le prolongement du contrôle scientifique exercé au titre de l&amp;#039;Etat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Technologies numériques et numérisation
+Appui méthodologique
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/014f-conseiller-les-collectivites-pour-la-conserva/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>150686</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les archives communales d'intérêt historique</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration d'archives communales d'intérêt historique</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Cumulable avec la subvention de la Direction Régionale des Affaires Culturelles</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique culturelle, le Département peut accorder aux communes une aide financière pour les aider à restaurer leurs archives patrimoniales en mauvais état. Le Département a souhaité compléter les subventions de l&amp;#039;État versées par la Direction régionale des affaires culturelles (DRAC), en y apportant sa propre contribution pour rendre le dispositif plus attractif. Au-delà d&amp;#039;une aide financière, l&amp;#039;objectif poursuivi par ce dispositif est de sauvegarder le patrimoine écrit local, en garantissant des travaux de restauration de qualité, respectant l&amp;#039;intégrité des archives traitées, ainsi que la réversibilité et la durabilité des matériaux utilisés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Restauration des registres de délibérations ou d&amp;#039;état civil, plans cadastraux du XIXe siècle...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout document d&amp;#039;archives communales antérieur à 1940 (à simple titre d&amp;#039;exemple : registres de délibérations ou d&amp;#039;état civil, plans cadastraux du XIXe siècle...). Il peut être dérogé à la date butoir de 1940 si l&amp;#039;intérêt historique d&amp;#039;un document plus récent est avéré.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions de versement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Respect de la procédure d&amp;#039;instruction du dossier :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Visite préalable des Archives départementales de la Somme pour un diagnostic matériel des documents en mairie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avis technique des Archives départementales préconisant le choix du devis s&amp;#039;inscrivant le mieux dans une démarche de préservation sur le long terme des documents à restaurer.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Après rapport des Archives départementales, délibération de la commission permanente du Conseil départemental pour l&amp;#039;attribution de la subvention.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Envoi d&amp;#039;un courrier de notification à la mairie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Versement de la subvention sur présentation d&amp;#039;une facture acquittée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La commune ne doit pas engager les travaux de restauration avant d&amp;#039;avoir reçu le courrier de notification du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire dispose de 12 mois maximum à compter de la notification de l&amp;#039;acte attributif de subvention pour justifier du commencement de l&amp;#039;opération de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Courrier de demande de subvention du Maire à adresser au Président du Conseil départemental de la Somme.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Délibération du conseil municipal décidant la restauration des documents en désignant le devis choisi conformément à l&amp;#039;avis technique des Archives départementales et sollicitant la subvention du Département.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avis technique des Archives départementales de la Somme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Devis signé et daté par la société en charge des travaux de restauration.
+  &lt;/li&gt;
+  &lt;li&gt;
+   RIB de la commune.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/culture-et-patrimoine/les-aides-culturelles/restauration-archives-communales/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme.
+&lt;/p&gt;
+&lt;p&gt;
+ Archives départementales
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 03.60.03.49.50
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:archives&amp;#64;somme.fr" target="_self"&gt;
+  archives&amp;#64;somme.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>auboyer@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87f8-restaurer-les-archives-communales-dinteret-hi/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>161861</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les archives et le patrimoine des communes et intercommunalités</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation des archives et du patrimoine des communes et intercommunalités</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le projet
+valorisation des archives et du patrimoine des communes s’adresse à l’ensemble
+des collectivités territoriales du département de Seine-et-Marne qui souhaitent
+valoriser une histoire, un bâtiment ou produire toute manifestation culturelle
+s’appuyant sur les archives présentes en commune et/ou aux Archives
+départementales.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p align="left"&gt;&lt;strong&gt;La nature des projets : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La condition principale étant de s’appuyer sur les sources
+archivistiques, les collectivités disposent d’une liberté d’action importante
+dans la nature des projets proposés. Pouvant prendre la forme d’une exposition,
+d’un parcours historique ou encore d’une collecte de témoignages oraux en lien
+avec une thématique historique. L’originalité, la créativité ou encore la
+faisabilité de la proposition sont autant de critères conditionnant la prise en
+charge du projet par le Département.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les acteurs du partenariat :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le partenariat est établi entre le Département, représenté
+par la direction des archives départementales, et les collectivités locales. L’objectif
+est également d’associer les acteurs issus du tissu local comme les
+associations d’histoire ou les érudits locaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contenu :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recherches documentaires et archives ;&lt;/li&gt;&lt;li&gt;Accompagnement dans le processus de définition du projet (contenu, support,…) ;&lt;/li&gt;&lt;li&gt;La direction des Archives Départementales travaillant en amont du projet avec les collectivités candidates, l’objectif est de définir un projet cohérent permettant d’être financé dans le cadre de la politique culturelle du Département.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Appui méthodologique
+Valorisation d'actions
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S&amp;#039;adresse aux collectivités de Seine-et-Marne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sylvie ROGNON, Directrice du GIP ID77&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-archives-et-le-patrimoine-des-communes-et-intercommunalites/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>163164</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>120314</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné au classement des archives dans les communes et EPCI</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Classement des archives dans les communes et EPCI</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Opérations de conservation préventive ou de conservation, restauration sur des fonds d&amp;#039;archives dégradés.
+ Toutes opérations portant sur les fonds d&amp;#039;archives publiques des communes et EPCI (documents papier et électroniques) : structuration, classement, conservation, tri, éliminations, réglementaires, communication au public, mise en valeur, etc.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail.
  &lt;/li&gt;
  &lt;li&gt;
-  Informations sur le cadre juridique, le contexte réglementaire, les procédures administratives, les préconisations techniques en matière de restauration des documents d&amp;#039;archives.
-[...2 lines deleted...]
-  Envoi de documentation selon besoins (voir fiche conseil).
+  Informations sur le cadre juridique, le contexte réglementaire, les procédures administratives, les délais de conservation et le sort final des documents, les délais de communicabilité au public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils scientifiques et techniques généraux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi de documentation selon besoins (voir fiches conseil).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Visite sur site :
+ &lt;/p&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Etat des lieux du classement de la totalité du fonds.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Préconisations pour son traitement par priorités.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assistance pour le classement, le tri et l&amp;#039;organisation des dossiers courants dans les secrétariats (conformément au tableau de gestion fourni par les archives départementales).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sensibilisation des services producteurs aux bonnes pratiques en matière d&amp;#039;archivage.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la bonne tenue des registres de délibérations et arrêtés du maire (fiche conseil).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement pour la préparation des éliminations réglementaires de documents dont l&amp;#039;utilité est échue.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement pour la gestion des archives numériques (classement, gestion des courriels, des documents numérisés, conservation sur le long terme).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Visite sur place pour examen des archives concernées et formulation de recommandations.
-[...25 lines deleted...]
-   Attribution de subvention ( de 20% à 70% selon le potentiel fiscal de la commune).
+   Classement de fonds d&amp;#039;archives spécifiques (fonds clos, archives contemporaines).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Production de plans de classement et arborescences pour l&amp;#039;archivage numérique.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X8" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/archivage-communes-et-epci/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme
 &lt;/p&gt;
 &lt;p&gt;
  Archives départementales
 &lt;/p&gt;
 &lt;p&gt;
  Pôle aide aux communes
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 82 44 80
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:archives&amp;#64;ladrome.fr"&gt;
   archives&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4ecd-classement-des-archives-dans-les-communes-et-/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>111648</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer du patrimoine, du mobilier et des archives présentant un intérêt patrimonial</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Culture et action extérieure : Accompagnement des territoires et opérateurs culturels</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Plafond d'aide : 50.000€ / peut être porté à 100.000€</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
-[...11 lines deleted...]
- &lt;/strong&gt;
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;investissement culturel (AIC) : restauration du patrimoine bâti, du mobilier et des archives présentant un intérêt patrimonial (édifices et objets mobiliers : églises, lavoirs, châteaux, fontaines, statues, tableaux, sculptures...).
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond d&amp;#039;aide : 50.000€ ; peut être porté à 100.000€ pour la restauration des édifices protégés (Monument historique ou non)
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-02-0003 (AD du 06/03/2016)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture et de l&amp;#039;action internationale
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 93 52
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/892b-restaurer-du-patrimoine-du-mobilier-et-des-ar/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>155545</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Traiter, numériser et valoriser les archives à l'échelle communale, départementale et régionale</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Traitement, numérisation et valorisation d'archives à l'échelle communale, départementale et régionale</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le classement, la numérisation et la valorisation des archives assurent leur pérennité autant qu&amp;#039;ils en favorisent l&amp;#039;accès et contribuent à la diffusion des savoirs et des connaissances auprès des publics. Le ministère de la Culture soutient les porteurs de tels projets en leur allouant une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le traitement, la numérisation et la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale et régionale ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nombreux sont les acteurs territoriaux à détenir des archives qu&amp;#039;ils souhaitent rendre accessibles le plus largement possible aux publics. Cette mise à disposition peut passer par la restauration d&amp;#039;archives ; le traitement, c&amp;#039;est-à-dire le classement des documents ; la numérisation, c&amp;#039;est-à-dire la conversion d&amp;#039;un support physique vers un support numérique ; ou encore la valorisation, qui peut se faire par la mise en ligne de documents, la publication d&amp;#039;ouvrages, le montage d&amp;#039;expositions, l&amp;#039;organisation de journées d&amp;#039;étude, la mise en œuvre de projets culturels et éducatifs, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche a vocation à permettre aux demandeurs de déposer en ligne une demande de subvention concernant des projets destinés à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Collecte des documents de plus de 50 ans (120 ans pour les registres de l&amp;#039;état civil).
-[...21 lines deleted...]
-      <c r="N9" s="1" t="inlineStr">
+  sauvegarder des archives au niveau communal, départemental ou régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer leurs conditions de communication, notamment par leur numérisation et leur mise en ligne ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  établir leur classement et leur inventaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les mettre en valeur par l&amp;#039;organisation d&amp;#039;expositions, de publications, de colloques et de journées d&amp;#039;étude. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant de la subvention accordée est de 1.000 à 10.000 euros par projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les demandes sont instruites par chacune des directions régionales des affaires culturelles et, dans les outre-mer, par chacune des directions des affaires culturelles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant de la subvention est déterminé selon la nature du projet et les dépenses nécessaires à sa réalisation. La subvention est versée en une seule fois.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le versement de la subvention interviendra entre 3 et 6 mois après instruction et vérification de la complétude du dossier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de projets soutenus précédemment
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aide à la restauration d&amp;#039;un compoix de la ville d&amp;#039;Uzès (région Auvergne-Rhône-Alpes) : 1 500 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la numérisation du fonds photographique de la Maison Léger (région Auvergne-Rhône-Alpes) : 5 000 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien à l&amp;#039;exposition « Au pays de l&amp;#039;or bleu : maîtriser, utiliser, préserver l&amp;#039;eau en Lozère », du 17 octobre 2023 au 12 avril 2024 (région Occitanie).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien aux commémorations de la mort de Toussaint-Louverture à La Réunion.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
-Médias et communication</t>
-[...2 lines deleted...]
-      <c r="O9" s="1" t="inlineStr">
+Musée
+Technologies numériques et numérisation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S9" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Vous êtes une structure de rang communal, départemental ou régional et vous souhaitez sauvegarder, traiter, numériser ou valoriser des archives ? Ce dispositif est fait pour vous !
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont éligibles les personnes morales qui entendent mener une opération de traitement, de numérisation ou de valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Modalités d&amp;#039;évaluation des dossiers
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les projets sont évalués selon leur apport en matière d&amp;#039;accès aux sources et de valorisation des archives et selon leur faisabilité au regard du calendrier et du budget prévus.
+ &lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
-[...251 lines deleted...]
-&lt;p&gt;
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/traitement-numerisation-et-valorisation-d-archives-a-l-echelle-communale-departementale-et-regionale2</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine-2024</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale, vous êtes invités à vous adresser à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des patrimoines et de l&amp;#039;architecture
  &lt;br /&gt;
-&lt;/p&gt;</t>
-[...114 lines deleted...]
- Le versement est effectué après réception du dossier complet de demande de la collectivité et une fois le paiement de l&amp;#039;achat effectué par la collectivité (https://francearchives.fr/fr/article/91645360).
+ Service interministériel des archives de France
  &lt;br /&gt;
-&lt;/p&gt;
-[...484 lines deleted...]
-  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr"&gt;
+  martine.leroy&amp;#64;culture.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
-&lt;/p&gt;</t>
-[...12 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+ 01 40 15 09 52
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+  Auvergne-Rhône-Alpes
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT-LANDRE ;
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Bourgogne-Franche-Comté
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Bourgogne-Franche-Comté, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL ;
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN ;
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Bretagne
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Bretagne, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULCHEN​​​​ ;
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Centre-Val de Loire
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Centre-Val de Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Damien LEROY​​​​​ ;
+  &lt;a href="mailto:damien.leroy&amp;#64;culture.gouv.fr"&gt;
+   damien.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Corse
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Corse, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valérie PAOLI ; ​​​​​
+  &lt;a href="mailto:valerie.paoli&amp;#64;culture.gouv.fr"&gt;
+   valerie.paoli&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Grand Est
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Grand Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Philippe CHARRIER ;
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX ;
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER ;
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Hauts-de-France
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale dans les Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Colette DREAN ;
+  &lt;a href="mailto:colette.drean&amp;#64;culture.gouv.fr"&gt;
+   colette.drean&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Ile-de-France
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Ile-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylvie BONNEL​​​​​ ;
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Normandie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Normandie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS​​​​​​ ;
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agnès LEROY ;
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Nouvelle-Aquitaine
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Nouvelle-Aquitaine, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Justine DUJARDIN ;
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO​​​​​​ ;
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE ;
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Occitanie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Occitanie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Magali CASTILLON ;
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Pays de la Loire
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Pays de la Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alexandra MANIERE ;
+  &lt;a href="mailto:alexandra.maniere&amp;#64;culture.gouv.fr"&gt;
+   alexandra.maniere&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Provence-Alpes-Côte d&amp;#039;Azur, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE​​​​​​ ;
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Guadeloupe
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Guadeloupe, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie ERNY​​​​​​ ;
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Guyane
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Guyane, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA ; ​​​​​​
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr%C2%A0"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  La Réunion
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à La Réunion, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE​​​​​​ ;
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Martinique
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Martinique, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande Salomé TOUMSON ;
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Mayotte
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à Mayotte, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED ​​​​​​;
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Nouvelle-Calédonie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Nouvelle-Calédonie, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Polynésie française
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Polynésie française, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Saint-Pierre-et-Miquelon
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à Saint-Pierre-et-Miquelon, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/57d8-traitement-numerisation-et-valorisation-darch/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>120409</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Aide à la restauration et à la valorisation du patrimoine bâti protégé, objets et archives publiques</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>AIDE A LA RESTAURATION ET A LA VALORISATION DU PATRIMOINE</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Objectif
 &lt;/h4&gt;
 &lt;p&gt;
  Dans une perspective de développement local et d&amp;#039;aménagement du territoire, contribuer à la sauvegarde du patrimoine, à sa mise en valeur et à son appropriation par le public.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes à l&amp;#039;exception de bénéficiaires de la Dotation Grandes Villes
  &lt;/li&gt;
  &lt;li&gt;
   Privés sur leur patrimoine privé et non économique
  &lt;/li&gt;
  &lt;li&gt;
   Associations : propriétaires ou bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage du propriétaire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Type d&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
@@ -2966,5368 +2888,2103 @@
  &lt;/li&gt;
  &lt;li&gt;
   Plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   Dossier de restauration et de présentation du projet avec plans, photos et devis selon la nature de l&amp;#039;intervention.
  &lt;/li&gt;
  &lt;li&gt;
   Échéancier des travaux
  &lt;/li&gt;
  &lt;li&gt;
   Pour les associations joindre un RIB et numéro de Siret
  &lt;/li&gt;
  &lt;li&gt;
   Pour les privés joindre un RIB et l&amp;#039;imprimé d&amp;#039;engagement de non-revente du bien
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  Acompte de 50 % de la subvention possible à voir avec le service.   Solde de la subvention au vu des factures ou état récapitulatif d&amp;#039;achèvement des travaux signés en original par le maire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M15" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etudes préalables et travaux dans les édifices classés ou inscrits monuments historiques, sur les décors et objets mobiliers protégés ou non protégés au titre des MH et sur les archives publiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    les travaux d&amp;#039;entretien, de conservation, de restauration et d&amp;#039;acquisition en cas de péril du patrimoine bâti protégé au titre des monuments historiques ;
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    les travaux d&amp;#039;entretien, de conservation, de restauration et de mise en sécurité des objets mobiliers et des décors protégés et non protégés ;
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    les travaux de désinfection, de reliure, de restauration, de conditionnement d&amp;#039;archives accompagnés ou non de leur numérisation ;
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    les études préalables : diagnostics, sondages, études archéologiques ou architecturales ;
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    les projets de valorisation du patrimoine immobilier et mobilier : signalétique historique, mise en lumière, vitrines / soclage.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour les propriétaires privés (associations ou particuliers), les interventions doivent concerner des parties visibles depuis le domaine public. Dans le cas où les opérations portent sur des éléments intérieurs, le propriétaire s&amp;#039;engage à ouvrir au public au minimum à l&amp;#039;occasion des Journées européennes du patrimoine.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-la-restauration-et-a-la-valorisation-du-patrimoine/</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction
  : CULTURE  ET PATRIMOINE
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service
  : Conservation Départementale du Patrimoine
  &lt;br /&gt;
  Damien HANRIOT, Chef de service
  &lt;br /&gt;
  Nicole YOUNSI, gestionnaire administratif et financier
  &lt;br /&gt;
  Tel – 04 75 79 27-17
 &lt;/p&gt;
 &lt;h4&gt;
  Instruction des dossiers/Demande dématérialisée
 &lt;/h4&gt;
 &lt;p&gt;
  Le dossier complet est instruit par le service de la Conservation du patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt du dossier via
  &lt;a href="https://mesdemarches.ladrome.fr/" rel="noopener" target="_blank"&gt;
   https://mesdemarches.ladrome.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléservice : Culture et patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  Dispositif : Patrimoine – Aide à la restauration et à la valorisation du patrimoine bâti protégé, des objets et des archives publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0497-aide-a-la-restauration-et-a-la-valorisation-d/</t>
-        </is>
-[...117 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/892b-restaurer-du-patrimoine-du-mobilier-et-des-ar/</t>
         </is>
       </c>
       <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:27" customHeight="0">
       <c r="A17" s="1">
+        <v>156150</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la restauration de documents significatifs de l’histoire de la commune</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>RESTAURATION DE DOCUMENTS SIGNIFICATIFS DE L’HISTOIRE DE LA COMMUNE</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider financièrement à la restauration de documents significatifs de l&amp;#039;histoire de la commune (registres paroissiaux et d&amp;#039;état civil, registres de délibérations du Conseil municipal, plans).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes de moins de 5.000 habitants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères utilisés dans le cadre de l&amp;#039;examen de la demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt patrimonial et historique des archives devant être restaurées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Examen des conditions de conservation des archives dans la commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protocole technique de transport et de restauration proposé par le prestataire (procédures, matériels, qualifications)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les documents d&amp;#039;archives faisant l&amp;#039;objet d&amp;#039;un projet de restauration doivent être soumis au préalable à l&amp;#039;examen de la direction des archives départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La restauration et la reliure doivent être effectuées par un atelier spécialisé et les interventions du prestataire seront conformes au cahier des charges préconisé par le Service interministériel des Archives de France.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La commune et le prestataire retenu s&amp;#039;engagent à réaliser les travaux dans l&amp;#039;année de demande de la subvention.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/Plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de la subvention : 500€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de la subvention : 1.250€, soit 50% du montant de la dépense plafonnée à 2.500€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Procédure :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La commune prendra au préalable l&amp;#039;attache de la direction des archives départementales pour étudier la faisabilité du projet (visite sur place à prévoir). La direction des archives départementales fournira toute documentation nécessaire et plus généralement toute aide et conseil pour l&amp;#039;élaboration du dossier ou le déroulement de la prestation. Au titre du contrôle scientifique et technique, la direction des archives départementales prononcera un avis conforme sur la recevabilité de la demande de subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/restauration-de-documents-significatifs-de-lhistoire-de-la-commune/</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b1c2-modele/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>104754</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Soutenir la recherche universitaire sur l’histoire régionale : territoire, société, institutions</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E17" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Bourse de recherche en histoire régionale (&amp;quot;L'histoire à portée de main&amp;quot;)</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient la recherche universitaire en histoire régionale afin de faire progresser la connaissance sur le territoire régional, de promouvoir des thèmes de recherche inédits et de faire profiter le public des résultats de ces recherches.
  &lt;br /&gt;
  Un à trois projets de recherche exploitant le fonds d&amp;#039;Archives régionales sont soutenus par année universitaire.
 &lt;/p&gt;
 &lt;p&gt;
  La recherche envisagée doit respecter les conditions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contribution à l&amp;#039;histoire des Pays de la Loire du XXème siècle et/ou du XIXème siècle : histoire du territoire, histoire économique et sociale régionale, histoire institutionnelle et administrative, histoire politique, ... ;
  &lt;/li&gt;
  &lt;li&gt;
   Les projets doivent porter à titre principal sur le territoire des Pays de la Loire ;
  &lt;/li&gt;
  &lt;li&gt;
   Recherche s&amp;#039;appuyant au moins partiellement sur les fonds disponibles aux Archives régionales des Pays de la Loire ;
  &lt;/li&gt;
  &lt;li&gt;
   Recherche dans le cadre d&amp;#039;un master 1 ou 2 Recherche ou d&amp;#039;un doctorat.
  &lt;/li&gt;
  &lt;li&gt;
   Elle ne doit pas déjà faire l&amp;#039;objet d&amp;#039;une aide de la Région dans le cadre de ses politiques publiques de soutien à la recherche ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les dossiers devront respecter des critères tels que la pertinence du sujet au regard de l&amp;#039;objet de la bourse, la qualité du projet de recherche et d&amp;#039;argumentation du dossier, et l&amp;#039;utilisation envisagée de sources écrites et/ou orales conservées aux Archives régionales des Pays de la Loire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P17" s="1" t="inlineStr">
+      <c r="P18" s="1" t="inlineStr">
         <is>
           <t>07/01/2018</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Le dossier de candidature doit comprendre
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un formulaire de candidature visé par le directeur/la directrice de recherche et une présentation du projet de recherche (5000-10 000 signes) incluant définition du sujet, axes d&amp;#039;études, première identification des sources-CV ;
  &lt;/li&gt;
  &lt;li&gt;
   Certificat de scolarité ou copie de la carte d&amp;#039;étudiant et RIB ;
  &lt;/li&gt;
  &lt;li&gt;
   Autre document étayant la candidature : courrier de recommandation, exemple de travail de recherche (article, contribution à un colloque, etc.) ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Il est demandé aux candidats d&amp;#039;utiliser le modèle de dossier proposé, en veillant à ce que toutes les rubriques soient renseignées et impérativement visé par le directeur de recherche de l&amp;#039;étudiant.
  &lt;br /&gt;
  Les dossiers doivent être remis à l&amp;#039;adresse électronique :
  &lt;a href="mailto:archives&amp;#64;paysdelaloire.fr"&gt;
   archives&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
  , et/ou à l&amp;#039;adresse suivante :
  &lt;br /&gt;
  Archives régionales des Pays de la Loire
  &lt;br /&gt;
  Bourses de recherche
  &lt;br /&gt;
  1 rue de la Loire
  &lt;br /&gt;
  44966 Nantes Cedex 9.
  &lt;br /&gt;
  &lt;br /&gt;
  Octobre : dépôt des dossiers
  &lt;br /&gt;
  Février : notification des résultats
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/bourse-de-recherche-en-histoire-regionale</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Direction de la culture, du sport et des associations
    &lt;br /&gt;
    Pôle Archives régionales
    &lt;br /&gt;
    Séverine Ménet
    &lt;br /&gt;
    &lt;a rel="noopener" target="_blank"&gt;
     archives&amp;#64;paysdelaloire.fr
    &lt;/a&gt;
    &lt;br /&gt;
    0228205248
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0c6a-bourse-de-recherche-en-histoire-regionale/</t>
-        </is>
-[...115 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/014f-conseiller-les-collectivites-pour-la-conserva/</t>
         </is>
       </c>
       <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:27" customHeight="0">
       <c r="A19" s="1">
-        <v>145002</v>
+        <v>161684</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Favoriser le développement de la pratique culturelle et artistique</t>
+          <t>Questionner l’organisation interne de votre collectivité et optimiser, mutualiser les ressources</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>AIDE AU DÉVELOPPEMENT DE LA PRATIQUE CULTURELLE ET ARTISTIQUE</t>
+          <t>Conseil en organisation des ressources publiques</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Bouches-du-Rhône</t>
+          <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>- se référer au paragraphe "TAUX DE LA SUBVENTION" dans la description de l'aide</t>
+          <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...194 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Vous souhaitez mener une réflexion sur l’organisation interne de votre collectivité et optimiser, mutualiser les ressources. &lt;/p&gt;&lt;p&gt;L&amp;#039;Agence vous propose :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un conseil et un accompagnement en mode agile (design de service),&lt;/li&gt;&lt;li&gt;D’aider à la décision en matière de stratégie organisationnelle des ressources pour optimiser votre organisation et nouer des partenariats afin de répondre à l’exercice de vos compétences et maitriser vos dépenses de fonctionnement,&lt;/li&gt;&lt;li&gt;D’élaborer ou réviser un organigramme / des fiches de postes ; d’identifier de potentielles mutualisations, en lien avec les interlocuteurs appropriés (CDG / CNFPT, etc.),&lt;/li&gt;&lt;li&gt;D’optimiser fonctionnellement vos espaces de travail (notamment conseil en matière de gestion et de conservation des archives en lien avec les Archives Départementales),&lt;/li&gt;&lt;li&gt;De suivre les préconisations dans le temps.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N19" s="1" t="inlineStr">
         <is>
-          <t>Patrimoine et monuments historiques
-[...10 lines deleted...]
-Bibliothèques et livres</t>
+          <t>Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R19" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...7 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S19" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
-[...4 lines deleted...]
-          <t>Dépenses d’investissement</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U19" s="1" t="inlineStr">
         <is>
-          <t>Bouches-du-Rhône</t>
+          <t>Aveyron</t>
         </is>
       </c>
       <c r="V19" s="1" t="inlineStr">
         <is>
-          <t>https://www.departement13.fr/nos-actions/aides-aux-communes/</t>
-[...4 lines deleted...]
-          <t>https://www.departement13.fr/nos-services/vous-etes-une-collectivite/demander-une-aide/</t>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
       <c r="X19" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...38 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y19" s="1" t="inlineStr">
         <is>
-          <t>alizee.champy@departement13.fr</t>
+          <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
       <c r="Z19" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/bc93-favoriser-le-developpement-de-la-pratique-cul/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/poser-des-questions-sur-lorganisation-interne-de-votre-collectivite-et-optimiser-mutualiser-les-ressources/</t>
         </is>
       </c>
       <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:27" customHeight="0">
       <c r="A20" s="1">
-        <v>147698</v>
+        <v>155117</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Soutenir l'acquisition et la restauration de documents patrimoniaux des bibliothèques (FRRAB)</t>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Aide à l&amp;apos;acquisition et restauration de documents patrimoniaux des bibliothèques (FRRAB)</t>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Conseil départemental de la Manche</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le dispositif d&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux, qui n&amp;#039;existe que dans certaines régions françaises, vise à accompagner les bibliothèques territoriales dans leurs projets d&amp;#039;acquisition et/ou de restauration de manuscrits, livres imprimés anciens ou livres d&amp;#039;artistes, estampes ou photographies à travers des fonds régionaux financés à parité entre l&amp;#039;État (services déconcentrés du ministère de la Culture c&amp;#039;est-à-dire les DRAC) et les régions.
-[...26 lines deleted...]
-&lt;/h2&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Communes
-[...2 lines deleted...]
-  EPCI à fiscalité propre
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h2&gt;
-[...43 lines deleted...]
- Les dépenses éligibles sont :
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  le prix d&amp;#039;acquisition auprès d&amp;#039;un libraire ou d&amp;#039;adjudication en vente aux enchères publiques hors frais
-[...5 lines deleted...]
-  les coûts engagés dans le cadre d&amp;#039;une opération de valorisation exceptionnelle, hors taxes
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h2&gt;
-[...79 lines deleted...]
-&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...2 lines deleted...]
-  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h3&gt;
-[...3 lines deleted...]
- Pour toute question sur l&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  à la DRAC, Jocelyne Despinasse :
-[...366 lines deleted...]
-date de clôture de l&amp;#039;aide : Suivant région</t>
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U20" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Manche</t>
         </is>
       </c>
       <c r="V20" s="1" t="inlineStr">
         <is>
-          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-acquisition-et-restauration-de-documents-patrimoniaux-des-bibliotheques-frrab</t>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
         </is>
       </c>
       <c r="X20" s="1" t="inlineStr">
         <is>
-          <t>DGMIC &amp;gt; Bureau du patrimoine
-[...1 lines deleted...]
-182 rue Saint-Honoré, 75033 Paris cedex 01</t>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y20" s="1" t="inlineStr">
         <is>
-          <t>webmaster@culture.gouv.fr</t>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z20" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1ed3-aide-a-lacquisition-et-restauration-de-docume/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
         </is>
       </c>
       <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:27" customHeight="0">
       <c r="A21" s="1">
-        <v>94676</v>
+        <v>103252</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+          <t>Soutenir les projets de restauration et de numérisation d’œuvre d’un fonds patrimonial identifié</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et numérisation d’œuvre d’un fonds patrimonial identifié</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Ardennes
-Ardennes Ingenierie</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
-        <is>
-[...1285 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient la préservation et la conservation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié. Constitutives du patrimoine matériel et immatériel, ces archives présentent un réel intérêt à être valorisées auprès du public.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40 % maximum des dépenses éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent aux coûts de la restauration de l&amp;#039;œuvre, des travaux de numérisation et d&amp;#039;indexation des données, sur la base du devis présenté.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant des dépenses éligibles est plafonné à 1 000 000 M€.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet doit être financé à hauteur de 20 % minimum par la structure porteuse du projet.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide porte sur les travaux de restauration et de numérisation d&amp;#039;archives photographiques, audiovisuelles, papier qu&amp;#039;elles soient privées ou publiques en lien avec l&amp;#039;histoire et la mémoire de l&amp;#039;Ile-de-France.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes d&amp;#039;aide devront être déposées sur
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  , la plateforme des aides régionales. La plateforme sera accessible à compter d&amp;#039;avril 2019.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-restauration-et-numerisation-doeuvre-dun-fonds-patrimonial-identifie</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture
 &lt;/p&gt;
 &lt;p&gt;
  Service Patrimoines et inventaire
 &lt;/p&gt;
 &lt;p&gt;
  Chargée de mission pour les départements 75, 77, 92, 93
 &lt;/p&gt;
 &lt;p&gt;
  Héloïse Maillé
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01 53 85 66 27
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
    heloise.maille-virole&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission pour les départements 78, 91, 94, 95
  &lt;br /&gt;
  Kamel Kacihi
  &lt;br /&gt;
  Tél. : 01 53 85 64 72
  &lt;br /&gt;
  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   kamel.kacihi&amp;#64;iledefrance.fr
   &lt;br /&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c39-aide-a-la-restauration-et-numerisation-duvre-/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...910 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>162761</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du fonds d’intervention d’urgence pour le patrimoine communal</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine - Fonds d’intervention d’urgence pour le patrimoine communal</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif d&amp;#039;aide d&amp;#039;urgence pour une mise en sécurité du patrimoine communal ayant subi de graves dommages suite à un accident civil majeur, une catastrophe naturelle (inondation, tempête, orage, mouvement de terrain, affaissement de terrain ou secousse sismique, avalanche), attentat, acte de terrorisme, acte de vandalisme, effraction ou tentative d’effraction ayant gravement endommagé le patrimoine visé et rendant nécessaire un sauvetage ou une mise en sécurité.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt;Communes&lt;/li&gt; 	&lt;li&gt;intercommunalités&lt;/li&gt; 	&lt;li&gt;groupements de communes&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Domaines patrimoniaux éligibles :&lt;br /&gt; Le patrimoine architectural et le patrimoine mobilier, y compris les archives communales.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Types de travaux éligibles : &lt;/span&gt;étaiement, confortement, mise hors d’eau, ainsi que toute intervention nécessaire à la préservation des œuvres.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les communes et agglomérations de plus de 100 000 habitants,&lt;/li&gt; 	&lt;li&gt; Les communes ayant bénéficié des aides dans le cadre du Plan d’Urgence décrété par la Préfecture&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Domaines patrimoniaux éligibles :&lt;br /&gt; Le patrimoine architectural et le patrimoine mobilier, y compris les archives communales.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Types de travaux éligibles : &lt;/span&gt;étaiement, confortement, mise hors d’eau, ainsi que toute intervention nécessaire à la préservation des œuvres.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les communes et agglomérations de plus de 100 000 habitants,&lt;/li&gt; 	&lt;li&gt; Les communes ayant bénéficié des aides dans le cadre du Plan d’Urgence décrété par la Préfecture&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-fonds-dintervention-durgence-pour-le-patrimoine-communal</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Patrimoine et Musée :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Gaëlle Cuesta: &lt;a href="mailto:gcuesta&amp;#64;maregionsud.fr"&gt;gcuesta&amp;#64;maregionsud.fr &lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Chef de service adjoint (Patrimoine, traditions, Inventaire) :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pascal Guillermin: &lt;a href="mailto:pguillermin&amp;#64;maregionsud.fr"&gt;pguillermin&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-fonds-dintervention-durgence-pour-le-patrimoine-communal/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>1030</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions de mutualisation des opérations d'inventaire général du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
-[...33 lines deleted...]
- Avec quatre priorités :
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de la subvention : 2.000€ / La subvention est plafonnée à : 75.000€ sur 5 ans ou 20.000€ po</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de renforcer la connaissance et la reconnaissance du patrimoine culturel régional, matériel et immatériel, par la réalisation de programmes de
+ recherche et par la mutualisation des moyens en aidant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Lutter contre les contenus haineux et déconstruire les théories complotistes dont la massification de la diffusion en ligne, notamment sur les réseaux sociaux, constitue un défi croissant pour notre société et notre démocratie
-[...60 lines deleted...]
-      <c r="O32" s="1" t="inlineStr">
+  les opérations réalisées par ou avec des partenaires qui s&amp;#039;engagent par convention à respecter les normes de l&amp;#039;Inventaire général. Ces opérations peuvent être des recensements (cf. définition dans « Principes, méthodes et conduites »), des diagnostics (définition en cours), des inventaires topographiques ou thématiques, avec ou sans dépouillement d&amp;#039;archives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la professionnalisation des personnes en charge de l&amp;#039;identification et de la connaissance du patrimoine sur le territoire, afin de créer un maillage de professionnels aptes à intégrer les préoccupations patrimoniales dans la politique d&amp;#039;aménagement du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion du résultat de l&amp;#039;étude au cours de sa réalisation puis à son achèvement sur tout support et pour tout public.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+International</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
-[...11 lines deleted...]
-&lt;/p&gt;
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles les opérations d&amp;#039;Inventaire général portant sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le patrimoine bâti public ou privé présentant un intérêt pour l&amp;#039;histoire, l&amp;#039;histoire de l&amp;#039;art, des techniques, de l&amp;#039;urbanisme, des mentalités et des manières de vivre sur le territoire régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le patrimoine mobilier public ou privé présentant un intérêt pour l&amp;#039;histoire, l&amp;#039;histoire de l&amp;#039;art, des techniques, des mentalités et des manières de vivre sur le territoire régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le patrimoine immatériel en lien avec le patrimoine matériel régional.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de valorisation issues d&amp;#039;opérations d&amp;#039;Inventaire général telles que :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les publications dans les collections nationales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les publications dans des collections en région Grand Est ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les expositions, les colloques et les publications qui en découlent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les cycles de conférences et de visites guidées et les documents d&amp;#039;accompagnement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la création d&amp;#039;outils documentaires permettant d&amp;#039;améliorer l&amp;#039;accès du public aux résultats des opérations d&amp;#039;Inventaire général.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pourront être comprises dans cette action, des publications ou expositions permettant de mettre en valeur le corpus patrimonial régional dans un espace géographique plus grand comprenant le cas échéant les pays frontaliers. Les outils de valorisation s&amp;#039;entendent tant matériels que dématérialisés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le respect des normes de l&amp;#039;Inventaire général telles que décrites dans le décret ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La qualité scientifique du projet de recherche et des problématiques proposées ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La mise en oeuvre du projet par un personnel qualifié ou en cours de qualification professionnelle ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La qualité du projet de diffusion et de valorisation des données collectées par la recherche ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La cohérence du projet avec les programmes de recherche des équipes régionales de l&amp;#039;Inventaire général sur le territoire ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le travail en réseau avec d&amp;#039;autres partenaires notamment patrimoniaux ou universitaires, CNRS ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un programme concernant un territoire ou une thématique non couvert par l&amp;#039;Inventaire général ou couvert anciennement (plus de 15 ans) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;utilisation de l&amp;#039;outil Gertrude avec possibilité d&amp;#039;un traitement SIG ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une étude en lien avec un projet d&amp;#039;aménagement du territoire (PLU, PSMV, AVAP, charte de parc naturel régional).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Seront considérés avec un intérêt particulier les opérations présentant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Un lien entre patrimoine naturel et patrimoine culturel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un lien entre patrimoine matériel et patrimoine immatériel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une opération transfrontalière ou internationale en lien avec le patrimoine de la région Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sans être discriminant, le caractère pluriannuel sera un élément apprécié.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Président de la Région pourra solliciter l&amp;#039;avis d&amp;#039;un comité scientifique et technique ad hoc avant présentation au vote des élus. Pour toute opération, une convention cadre pluriannuelle, pourvue de conventions d&amp;#039;application annuelles, est signée entre le Conseil régional et le porteur de projet qui comprend :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   un volet scientifique (obligatoire) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet diffusion abordant aussi la question des droits (obligatoire) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet financier, quel que soit le montant de la subvention (le cas échéant).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les coûts des personnels spécifiques à la réalisation de l&amp;#039;opération ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le coût du matériel spécifique (photographie, relevés,...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le coût des analyses nécessaires si elles sont présentées dans le protocole de recherche (dendrochronologie, pigment, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le coût de l&amp;#039;édition des publications et catalogues d&amp;#039;exposition ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le coût de la réalisation des actions de valorisation (conception, mise en oeuvre).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les dépenses de communication ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses liées aux inaugurations, déplacements d&amp;#039;intervenants et repas.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-actions-de-mutualisation-operations-dinventaire-general-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Direction de la Culture, du Patrimoine et de la Mémoire
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
+ &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  acteurs locaux de l&amp;#039;éducation aux médias
-[...166 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d473-soutien-aux-actions-de-mutualisation-des-oper/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>117403</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Aider les collectivités pour leurs recherches et leurs études historiques</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Diffuser les ressources des Archives départementales et les mettre à disposition des territoires :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Conseils sur les instruments de recherche, sur la méthode à mettre en œuvre ou les acteurs à associer pour développer un projet historique
   &lt;/li&gt;
   &lt;li&gt;
    Participation à la conception de projets sur l&amp;#039;histoire de la commune, éventuellement subventionnable.
   &lt;/li&gt;
   &lt;li&gt;
    Communications d&amp;#039;actes à des fins légales
   &lt;/li&gt;
   &lt;li&gt;
    Expertise sur l&amp;#039;héraldique (blasons) et la paléographie (connaissance des écritures anciennes)...
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Gratuit si conseil /
  Selon tarif si fournitures de photocopies et dans le respect du règlement sur la réutilisation des données publiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Appui méthodologique
 Valorisation d'actions
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W33" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/10df-aider-les-colletcivites-pour-leurs-recherches/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>153928</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les productions audiovisuelles à caractère documentaire</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Productions audiovisuelles à caractère documentaire</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chacune des productions soutenues fera l&amp;#039;objet d&amp;#039;une convention qui fixe les contreparties attendues par le Conseil départemental ; il s&amp;#039;agit notamment :
+&lt;/p&gt;
+&lt;p&gt;
+ - de la mention obligatoire du soutien de la collectivité au générique,
+&lt;/p&gt;
+&lt;p&gt;
+ - de la remise de copies pour les archives départementales et/ou le service départemental audiovisuel,
+&lt;/p&gt;
+&lt;p&gt;
+ - de droits non commerciaux pour le réseau des salles rurales,
+&lt;/p&gt;
+&lt;p&gt;
+ - de droits d&amp;#039;utilisation d&amp;#039;image par la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ DATE LIMITE DE DEPOT DE LA DEMANDE D&amp;#039;AIDE : 
+La demande pour l&amp;#039;année N doit être déposée sur la plateforme à la mi-octobre de l&amp;#039;année N-1. 
+Exemple : pour les demandes de 2024, elles peuvent être déposées jusqu&amp;#039;au dimanche 15 octobre 2023.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les documentaires s&amp;#039;attachant à une mise en valeur du patrimoine et/ou de l&amp;#039;histoire départementale (paysages, traditions, ethnographie...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les réalisations dont la viabilité économique est assurée (pré-achat, co-productions),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les réalisations assurées d&amp;#039;une diffusion (achat France 3, programmation festivals, réseau Génériques).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/productions-audiovisuelles-a-caractere-documentaire/</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8a02-productions-audiovisuelles-a-caractere-docume/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>162790</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'action des structures qui œuvrent pour la Mémoire des 20e et 21e siècles</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Mémoire des 20e et 21e siècles</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;objectif de cette mesure est de soutenir l&amp;#039;action des structures qui œuvrent pour :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Perpétuer le souvenir et honorer la Mémoire de tous ceux qui ont combattu, sont morts pour la France et pour notre liberté lors des conflits des 20e et 21e siècles.&lt;/li&gt; 	&lt;li&gt;Honorer ceux qui ont été victimes de tous les génocides et de la barbarie.&lt;/li&gt; 	&lt;li&gt;Faire vivre le travail de mémoire engagé par nos concitoyens rapatriés d’Algérie, Harkis et Pieds Noirs.&lt;/li&gt; 	&lt;li&gt;Transmettre l’histoire et le souvenir aux générations futures.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités&lt;/li&gt; 	&lt;li&gt;associations&lt;/li&gt; 	&lt;li&gt;fondations&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Est éligible tout projet contribuant au devoir de mémoire, à titre commémoratif, documentaire ou pédagogique.&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Construction, agrandissement et rénovation de bâtiments à usage de centres de documentation historiques ouverts au public&lt;/li&gt; 	&lt;li&gt;Numérisation d’archives spécifiques dans l’objectif d’une communication publique&lt;/li&gt; 	&lt;li&gt; Achat de matériel numérique et multimédia contribuant à une diffusion publique des connaissances&lt;/li&gt; 	&lt;li&gt;Publication d’ouvrages historiques papier ou numérique, création et enrichissement de sites internet dédiés à l’histoire et à la diffusion de la connaissance&lt;/li&gt; 	&lt;li&gt; Achat de matériel commémoratif dédié aux cérémonies publiques&lt;/li&gt; 	&lt;li&gt;Organisation de journées d’hommage ou de commémoration publiques, organisation d’événements centrés sur la diffusion de la connaissance et la sensibilisation des publics (salons, festivals, actions pédagogiques en direction de tout type de public, expositions, etc.)&lt;/li&gt; 	&lt;li&gt; Constitution, gestion, enrichissement de fonds documentaires spécifiques.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Est éligible tout projet contribuant au devoir de mémoire, à titre commémoratif, documentaire ou pédagogique.&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Construction, agrandissement et rénovation de bâtiments à usage de centres de documentation historiques ouverts au public&lt;/li&gt; 	&lt;li&gt;Numérisation d’archives spécifiques dans l’objectif d’une communication publique&lt;/li&gt; 	&lt;li&gt; Achat de matériel numérique et multimédia contribuant à une diffusion publique des connaissances&lt;/li&gt; 	&lt;li&gt;Publication d’ouvrages historiques papier ou numérique, création et enrichissement de sites internet dédiés à l’histoire et à la diffusion de la connaissance&lt;/li&gt; 	&lt;li&gt; Achat de matériel commémoratif dédié aux cérémonies publiques&lt;/li&gt; 	&lt;li&gt;Organisation de journées d’hommage ou de commémoration publiques, organisation d’événements centrés sur la diffusion de la connaissance et la sensibilisation des publics (salons, festivals, actions pédagogiques en direction de tout type de public, expositions, etc.)&lt;/li&gt; 	&lt;li&gt; Constitution, gestion, enrichissement de fonds documentaires spécifiques.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/memoire-des-20e-et-21e-siecles</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Mémoire:&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Adeline Aouni: &lt;a href="mailto:aaouni&amp;#64;maregionsud.fr"&gt;aaouni&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/memoire-des-20e-et-21e-siecles/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>107202</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de valorisation et/ou restauration du patrimoine public ou privé</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Valorisation et restauration du patrimoine</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Morbihan</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I27" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 50</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutien financier en faveur des projets de valorisation et/ou restauration du patrimoine public ou privé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M27" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Edifices protégés monuments Historiques (MH).
-[...2 lines deleted...]
-  Edifices non-protégés mais d&amp;#039;intérêt patrimonial public ou privé.
+  Edifices protégés monuments historiques (MH).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Edifices non-protégés mais d&amp;#039;intérêt patrimonial public.
  &lt;/li&gt;
  &lt;li&gt;
   Objets classés MH.
  &lt;/li&gt;
  &lt;li&gt;
   Objets inscrits MH et collections Musées de France.
  &lt;/li&gt;
  &lt;li&gt;
-  Numérisation d&amp;#039;archives
- &lt;/li&gt;
+  Numérisation d&amp;#039;archives publiques.&lt;/li&gt;&lt;li&gt;Etudes préalables à la restauration.&lt;/li&gt;&lt;li&gt;Equipements de valorisation du patrimoine (Pour le privé, uniquement les associations).&lt;/li&gt;&lt;li&gt;Equipements de conservation des archives (hors construction).&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dépôt de la demande avant le démarrage des travaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Morbihan</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://morbihan.fr</t>
         </is>
       </c>
-      <c r="W34" s="1" t="inlineStr">
+      <c r="W27" s="1" t="inlineStr">
         <is>
           <t>https://mesaides.morbihan.fr</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Générale Adjointe Education, Culture, Attractivité, Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture
  &lt;br /&gt;
-&lt;/p&gt;
+&lt;/p&gt;&lt;p&gt;Service de la valorisation et de la conservation du patrimoine&lt;/p&gt;
 &lt;p&gt;
  Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Tél. : 02 97 46 32 57
-[...3 lines deleted...]
-      <c r="Y34" s="1" t="inlineStr">
+ Tél. : 02 97 54 83 09&lt;/p&gt;&lt;p&gt;Mail : patrimoine&lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;&amp;#64;morbihan.fr &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>direction.territoires@morbihan.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/34e8-copie-15h00-soutenir-les-projets-de-creation-/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-[...211 lines deleted...]
-      <c r="G36" s="1" t="inlineStr">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>156149</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les recensements des indices de cavités souterraines ainsi que leurs mises à jour</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>RECENSEMENT DES INDICES DE CAVITÉS SOUTERRAINES</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K36" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
-[...12 lines deleted...]
-formes précitées, des opérations d’aménagement foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Subventionner les recensements des indices de cavités souterraines ainsi que leurs mises à jour menés par des bureaux d&amp;#039;études spécialisés, notamment dans le cadre de l&amp;#039;élaboration ou de la révision des documents d&amp;#039;urbanisme (PLU, carte communale, schéma directeur...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M36" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="O36" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
-[...83 lines deleted...]
- &lt;/em&gt;
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le cahier des charges de l&amp;#039;étude doit intégrer les éléments suivants :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collecte et exploitation des documents d&amp;#039;archives et des cartes anciennes disponibles auprès des organismes publics (DDE, BRGM, CEREMA...) et des collectivités territoriales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse par photo-interprétation des missions aériennes de l&amp;#039;Institut Géographique National.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enquête de terrain pour valider et rechercher de nouveaux indices. Les carrières les plus anciennes ne sont souvent connues que par ouï-dire, les informations s&amp;#039;étant
+  transmises de génération en génération. Aussi, une enquête auprès des personnes âgées permet souvent d&amp;#039;obtenir des renseignements sur l&amp;#039;existence possible de cavités souterraines.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une fiche signalétique pour chaque indice recensé. Le chargé d&amp;#039;études devra indiquer sur chaque fiche le type d&amp;#039;investigation à mener pour identifier l&amp;#039;indice et, le cas échéant, les travaux nécessaires à la mise en sécurité de la cavité souterraine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Positionnement précis et report des indices sur planches
+   cadastrales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond des dépenses subventionnables :
+ &lt;/strong&gt;
+ 11.000€ HT
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
-[...7 lines deleted...]
-&lt;p&gt;
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/recensement-des-indices-de-cavites-souterraines/</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
-[...456 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e674-modele/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>