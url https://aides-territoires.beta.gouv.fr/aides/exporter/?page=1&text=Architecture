--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA26"/>
+  <dimension ref="A1:AA41"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,71 +228,214 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>126132</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Etre conseillé en amont d'un projet de construction, d'aménagement, d'architecture et paysage</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Architectes Conseils</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Particulier</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prestation gratuite, sur RDV :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous avez un projet de construction :
+  &lt;/strong&gt;
+  Des architectes-conseils, missionnés par le Département, vous aident dans le choix de l&amp;#039;implantation de votre construction, sa conception, l&amp;#039;aménagement extérieur, l&amp;#039;utilisation des énergies renouvelables, les démarches administratives...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous souhaitez réhabiliter un bâtiment :
+  &lt;/strong&gt;
+  Les architectes-conseil vous orientent pour aménager un espace de vie, réaliser une extension, créer une nouvelle ouverture, rénover une toiture, une façade... Ils peuvent également vous informer sur les techniques d&amp;#039;isolation efficaces, le choix des matériaux, les normes accessibilité et sécurité, la réglementation thermique, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous désirez être orienté dans vos démarches :
+  &lt;/strong&gt;
+  Les architectes-conseil vous guident dans les démarches administratives (planification, des droits des sols, commande publique...), sur les étapes et les acteurs d&amp;#039;un projet de construction.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Domaine de l&amp;#039;architecture :
+ &lt;/strong&gt;
+ logements, écoles, cantines, équipements petites enfances, bibliothèques, pôles sportifs, églises, maisons séniors et habitat adapté...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme :
+ &lt;/strong&gt;
+ aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers),  valorisation des centres bourgs, stationnements...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1313816/l-assistance-architecturale-pour-les-collectivites</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule Ingénierie et Animation territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 77 12 52 26
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f6f-etre-conseille-en-amont-dun-projet-de-constru/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
         <v>82912</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
         </is>
       </c>
-      <c r="C2" s="0" t="inlineStr">
+      <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Nouveaux lieux, nouveaux liens
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>CAUE de l'Ain
 CAUE du Lot
 CAUE du Var
 CAUE du Cher
 CAUE du Gard
 CAUE du Gers
 CAUE du Tarn
 CAUE d'Alsace
 CAUE de Corse
 CAUE de la Vendée
 CAUE de l'Aude
 CAUE de l'Oise
 CAUE de l'Orne
 CAUE du Cantal
 CAUE du Loiret
 CAUE de Corrèze
 CAUE de l'Aisne
 CAUE de l'Isère
 CAUE de l'Yonne
 CAUE du Morbihan
 CAUE de Mayotte
 CAUE des Landes
 CAUE des Vosges
 CAUE de l'Ariège
@@ -324,76 +467,76 @@
 CAUE du Val-de-Marne
 CAUE de la Martinique
 CAUE des Hautes-Alpes
 CAUE du Pas-de-Calais
 CAUE de la Haute-Loire
 CAUE Lot-et-Garonne
 CAUE de la Haute-Savoie
 CAUE de la Haute-Vienne
 CAUE de Rhône-Métropole
 CAUE des Hauts-de-Seine
 CAUE du Tarn-et-Garonne
 CAUE de la Haute-Garonne
 CAUE de la Savoie
 CAUE de la Seine-et-Marne
 CAUE de la Seine-Maritime
 CAUE des Bouches-du-Rhône
 CAUE de Meurthe-et-Moselle
 CAUE de l'Île-de-la-Réunion
 CAUE de la Charente-Maritime
 CAUE des Pyrénées-Orientales
 CAUE des Pyrénées-Atlantiques
 Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
 CAUE des Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les formations proposées par les CAUE ont plusieurs objectifs :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   mettre à jour ou approfondir les connaissances des professionnels
@@ -417,91 +560,91 @@
  &lt;li&gt;
   de nombreux CAUE sont datadockés
  &lt;/li&gt;
  &lt;li&gt;
   les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  NB : Nature de l&amp;#039;aide complémentaire aux formations
  &lt;br /&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formations dans les domaines de:
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
   &lt;br /&gt;
  &lt;/strong&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
   &lt;br /&gt;
  &lt;/strong&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
   &lt;br /&gt;
  &lt;/strong&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   TRANSVERSALEMENT
   &lt;br /&gt;
  &lt;/strong&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Cohésion sociale et inclusion
 Citoyenneté
@@ -515,79 +658,79 @@
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
  &lt;br /&gt;
  &lt;br /&gt;
@@ -770,90 +913,797 @@
  CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Loiret
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Gers
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Vendée
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Seine-Maritime
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE de la Haute-Loire
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE du Puy-de-Dôme
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE de la Dordogne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE du Pas-de-Calais
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>117407</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la communication et sensibilisation "paysage architecture" : production de supports et animation</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mise en valeur du paysage local :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organisation, animation - mise en valeur d&amp;#039;espaces verts publics, création de documents destinés aux visiteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation, animation - valorisation du patrimoine végétal, audit simplifié, comité national des villes et villages fleuris
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gratuité (part TA du CAUE).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Espace public
+Biodiversité
+Bâtiments et construction
+Architecture
+Paysage
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/23b2-accompagner-les-collectivites-a-la-communicat/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>82915</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C3" s="1" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>CAUE de l'Ardèche
 CAUE de la Drôme
 CAUE de l'Oise
 CAUE du Gard
 CAUE de la Haute-Garonne
 CAUE de la Gironde
 CAUE de l'Hérault
 CAUE de l'Isère
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE de l'Aude
 CAUE de la Haute-Loire
 CAUE du Lot
 CAUE Lot-et-Garonne
 CAUE du Maine-et-Loire
 CAUE de la Manche
 CAUE de la Mayenne
 CAUE de Meurthe-et-Moselle
 CAUE de la Moselle
 CAUE des Landes
 CAUE de la Dordogne
 CAUE du Tarn
 CAUE de la Meuse
 CAUE du Gers
 CAUE de l'Ain
@@ -885,77 +1735,77 @@
 CAUE de la Creuse
 CAUE du Loir-et-Cher
 CAUE du Loiret
 CAUE du Morbihan
 CAUE d'Alsace
 CAUE de la Somme
 CAUE de la Seine-et-Marne
 CAUE des Pyrénées-Atlantiques
 CAUE des Hautes-Pyrénées
 CAUE des Pyrénées-Orientales
 CAUE de Rhône-Métropole
 CAUE de la Sarthe
 CAUE de la Savoie
 CAUE de l'Orne
 CAUE de l'Yonne
 CAUE du Pas-de-Calais
 CAUE des Deux-Sèvres
 CAUE de la Vendée
 CAUE de la Haute-Vienne
 CAUE des Vosges
 CAUE de l'Essonne
 Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
 CAUE de la Haute-Savoie</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -997,88 +1847,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -1097,79 +1947,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -1641,126 +2491,126 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>83479</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
         </is>
       </c>
-      <c r="C4" s="1" t="inlineStr">
+      <c r="C7" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE des Hauts de France
 Union régionale des CAUE Normands
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -1818,77 +2668,77 @@
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
  &lt;/li&gt;
  &lt;li&gt;
   Animations interprofessionnelles, mise en réseaux des acteurs du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -1910,79 +2760,79 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>http://www.fncaue.fr</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts des unions régionales :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -2015,1014 +2865,122 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...892 lines deleted...]
-      <c r="A7" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>83481</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Normands
 Union régionale des CAUE des Hauts de France</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -3065,85 +3023,85 @@
  &lt;/li&gt;
  &lt;li&gt;
   Ateliers, conférences, journées de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
  &lt;/li&gt;
  &lt;li&gt;
   Rendez-vous culturels
  &lt;/li&gt;
  &lt;li&gt;
   Organisation et réalisation de prix, palmarès, concours, appels à idées
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
  &lt;/li&gt;
  &lt;li&gt;
   Participation à des commissions techniques thématiques (commerce, agriculture...)
  &lt;/li&gt;
  &lt;li&gt;
   Actions pédagogiques en milieu scolaire et hors ce milieu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les actions de sensibilisation peuvent toucher les domaines suivants :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -3166,79 +3124,79 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -3271,2575 +3229,3217 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G8" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>120584</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les maîtres d'ouvrages publics sur le processus de mise en oeuvre de leurs projets d'architecture, de paysage ou d'urbanisme</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Particulier</t>
-[...7 lines deleted...]
-      <c r="K8" s="1" t="inlineStr">
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Prestation gratuite, sur RDV :
-[...23 lines deleted...]
-      <c r="M8" s="1" t="inlineStr">
+ Vous souhaitez bénéficier de conseils gratuits pour concrétiser un projet d&amp;#039;architecture, de paysage ou d&amp;#039;urbanisme, monter un concours ou une procédure en réfléchissant sur les principes, et les éléments de méthode ou outils de la commande publique à aborder, connaître les conditions de sa mise en œuvre : préciser le rôle et mission de la maîtrise d&amp;#039;ouvrage publique, l&amp;#039;importance des études préalables et de la programmation en amont de la commande architecturale et urbaine, comment choisir sa maîtrise d&amp;#039;oeuvre, les critères d&amp;#039;analyse de la qualité architecturale, comment établir une relation de confiance entre les différents acteurs (maître d&amp;#039;ouvrage public, maître d&amp;#039;œuvre, maîtrise d&amp;#039;usage, assistance à maîtrise d&amp;#039;usage, bureaux d&amp;#039;études, entreprises...).
+&lt;/p&gt;
+&lt;p&gt;
+ La MIQCP assure une assistance gratuite téléphonique et par mail qui offre, en réactivité, une possibilité d&amp;#039;échanges et de conseils personnalisés contextualisée, suivant la situation particulière évaluée.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conseils et les pistes discutées avec les acteurs de la commande publique d&amp;#039;architecture, de paysage ou d&amp;#039;aménagement, s&amp;#039;appuient sur l&amp;#039;expertise et l&amp;#039;expérience acquise par l&amp;#039;équipe pluridisciplinaire de la MIQCP. Les opérations peuvent concerner toute opération concernant la fabrique du cadre de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur peut aussi s&amp;#039;appuyer directement sur les publications consultables et téléchargeables gratuitement en ligne :
+ &lt;a href="http://www.miqcp.gouv.fr/index.php?option&amp;#61;com_content&amp;amp;view&amp;#61;article&amp;amp;id&amp;#61;6&amp;amp;Itemid&amp;#61;108&amp;amp;lang&amp;#61;fr" rel="noopener" target="_blank"&gt;
+  www.miqcp.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...9 lines deleted...]
- &lt;br /&gt;
+ Montage d&amp;#039;un concours de maîtrise d&amp;#039;œuvre : équipement culturel, logements sociaux, espaces public...
+&lt;/p&gt;
+&lt;p&gt;
+ Quelles modalités de consultation pour choisir son maître d&amp;#039;œuvre ? Concours, dialogue compétitif, procédure négocié ou MAPA ?
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Comment mettre en place des démarches de programmation ?
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les différents montages pour la mise en oeuvre d&amp;#039;une opération de réhabilitation, rénovation ou restructuration, transformation du bâti existant.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les méthodes pour le montage et l&amp;#039;accompagnement d&amp;#039;une opération pour un équipement public, la végétalisation d&amp;#039;espaces publics, la mise au point de stratégies urbaine ou de schéma d&amp;#039;intentions paysagères...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du code de la commande publique, conseil ou expertise pour le montage d&amp;#039;un projet de maîtrise d&amp;#039;œuvre, en construction neuve ou réhabilitation, paysage, espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Ex : Montage d&amp;#039;un concours de maîtrise d&amp;#039;œuvre ? comment choisir son maître d&amp;#039;œuvre ? Démarche de programmation, montage d&amp;#039;une opération de réhabilitation pour un équipement public végétalisation d&amp;#039;espaces publics, stratégie urbaine ou schéma d&amp;#039;intentions paysagères...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
-Friche
-Economie d'énergie et rénovation énergétique
+Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
-Accessibilité
-[...3 lines deleted...]
-      <c r="O8" s="1" t="inlineStr">
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X8" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>http://www.miqcp.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Cellule Ingénierie et Animation territoriales
-[...3 lines deleted...]
- &lt;br /&gt;
+ Mireille Guignard, Architecte urbaniste en chef de l&amp;#039;Etat, Secrétaire général adjointe
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr" rel="noopener" target="_blank"&gt;
+  mireille.guignard&amp;#64;developpement-durable.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphones : 01 40 81 23 72 / 07 64 80 10 67
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/208c-conseil-aux-maitres-douvrages-publics-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>142212</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités territoriales qui ont signé la convention Ville ou Pays d'art et d’histoire</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux collectivités territoriales qui ont signé la convention Ville ou Pays d'art et d’histoire</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &amp;#34;Villes ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; est un label attribué par le ministère de la Culture aux collectivités qui s&amp;#039;engagent dans une politique active de qualité du patrimoine, de l&amp;#039;architecture et du cadre de vie sur l&amp;#039;ensemble de leur territoire. La labellisation ouvre droit à l&amp;#039;attribution d&amp;#039;une subvention lorsque les porteurs de projet en font la demande pour l&amp;#039;aménagement d&amp;#039;un centre de ressources et de partage des informations relatives à l&amp;#039;évolution du territoire, à son histoire et à ses richesses culturelles, patrimoniales et architecturales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 1985, le label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; est attribué à des territoires qui s&amp;#039;engagent à s&amp;#039;appuyer sur leurs ressources culturelles, patrimoniales et architecturales pour aménager leur territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le terme de patrimoine doit être entendu dans son acception la plus large, puisqu&amp;#039;il concerne aussi bien l&amp;#039;ensemble du patrimoine bâti que les patrimoines naturel, industriel, maritime, technique ainsi que la mémoire des habitants.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la Culture accompagne les collectivités tout au long de leur démarche de &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;. Une convention, renégociable tous les dix ans, est signée entre le territoire labellisé et l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle engage la collectivité à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  recruter un animateur de l&amp;#039;architecture et du patrimoine en charge de la mise en œuvre de la convention
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser le patrimoine et promouvoir la création et la qualité architecturale
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer une politique des publics : sensibilisation des habitants et de tous les professionnels à leur environnement architectural et paysager, initiation du public jeune à l&amp;#039;architecture et au patrimoine, accueil du public touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en place un Centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine (CIAP) qui présente de manière didactique l&amp;#039;architecture et le patrimoine de la ville ou du pays. Il constitue un véritable lieu d&amp;#039;accueil des visiteurs, de ressources et de débat pour les habitants et pour les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce label engage les collectivités à mettre en œuvre une
+ &lt;strong&gt;
+  politique active en matière de valorisation du patrimoine et de qualité architecturale
+ &lt;/strong&gt;
+ et présente de nombreux avantages. Il permet ainsi aux territoires labellisés de gagner en visibilité, de rejoindre le réseau national des Villes ou Pays d&amp;#039;art et d&amp;#039;histoire et de bénéficier de l&amp;#039;expertise du ministère de la Culture dans plusieurs domaines, notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la création et la qualité architecturale
+ &lt;/li&gt;
+ &lt;li&gt;
+  la conservation et la restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  les expositions et programmes culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  la médiation écrite, humaine, numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éducation artistique et culturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accueil des publics en situation de handicap
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;édition
+ &lt;/li&gt;
+ &lt;li&gt;
+  la professionnalisation du secteur en ouvrant le droit d&amp;#039;accès aux formations dispensées par les services du ministère de la Culture : une formation &amp;#34;prise de poste&amp;#34; et un séminaire annuel de formation à l&amp;#039;attention des animateurs de l&amp;#039;architecture et du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les collectivités territoriales avec lesquelles l&amp;#039;État a signé une convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; peuvent également bénéficier d&amp;#039;une
+ &lt;strong&gt;
+  aide financière
+ &lt;/strong&gt;
+ pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le salaire d&amp;#039;un animateur de l&amp;#039;architecture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;étude de scénographie du centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine (CIAP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents de communication chartés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les actions pédagogiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous souhaitez en savoir plus sur le label Ville ou Pays d&amp;#039;art et d&amp;#039;histoire ? Rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Aides-demarches/Protections-labels-et-appellations/Label-Ville-et-Pays-d-art-et-d-histoire" rel="noopener" target="_blank"&gt;
+  En savoir plus sur le label
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Montant de la subvention
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;. La subvention représente 50% du montant total de la dépense affectée au projet, dans la mesure du possible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À savoir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  100 000€ maximum pour la scénographie des centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  50% du salaire de l&amp;#039;animateur de l&amp;#039;architecture et du patrimoine dans la limite de 20 000€ pendant 3 ans
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Modalités d&amp;#039;attribution de la subvention
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois sur la base d&amp;#039;une demande annuelle et d&amp;#039;un compte d&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : janvier 2023.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 15 octobre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  PAYS D&amp;#039;ART ET D&amp;#039;HISTOIRE DE MOULINS COMM UNAUTÉ
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le 7 janvier 2021 a été signée la nouvelle convention du label Pays d&amp;#039;art et d&amp;#039;histoire qui regroupe désormais 44 communes. Le territoire du Pays d&amp;#039;art et d&amp;#039;histoire s&amp;#039;étend au périmètre de la communauté d&amp;#039;agglomération de Moulins Communauté, regroupant 65 000 habitants sur un territoire de 1 336 km 2 . Il associe trois types de paysage : le Bocage à l&amp;#039;ouest, la Sologne bourbonnaise à l&amp;#039;est, reliés par le Val d&amp;#039;Allier où coule l&amp;#039;une des dernières rivières sauvages d&amp;#039;Europe. Le projet de Pays d&amp;#039;art et d&amp;#039;histoire s&amp;#039;inscrit pleinement dans la stratégie de la collectivité qui souhaite désenclaver le territoire tout en le rendant plus attractif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TROYES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3 mars 2022 , le label &amp;#34;Ville d&amp;#039;art et d&amp;#039;histoire&amp;#34; a officiellement été renouvelé à la ville de Troyes pour la décennie 2022-2032. 15 Villes et Pays d&amp;#039;art et d&amp;#039;histoire sont labellisés dans le Grand Est sur un total de 206 en France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  REIMS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La nouvelle convention du label &amp;#34;Ville et pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; a été signée le 29 juin 2021, permettant de confirmer la place de Reims parmi les territoires labellisés sur le Grand Est. La Ville de Reims Ouvre une nouvelle fenêtre est labellisée Ville d&amp;#039;art et d&amp;#039;histoire depuis 1987 et compte deux sites classés UNESCO.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Architecture</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales ayant signé la convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; peuvent faire une demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour garantir l&amp;#039;attribution de la subvention, il est conseillé de prendre contact préalablement avec les services déconcentrés du ministère de la Culture dans votre région afin de vérifier que votre demande est compatible avec les objectifs du label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités n&amp;#039;étant pas labellisées &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; ne sont pas autorisées à faire une demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses de fonctionnement peuvent être subventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses d&amp;#039;investissement concernant la scénographie des centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine peuvent être subventionnées par le ministère de la Culture.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-aux-collectivites-territoriales-qui-ont-signe-la-convention-ville-ou-pays-d-art-et-d-histoire</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DGPA &amp;gt; Bureau de la qualité architecturale et du paysage
+aide-architecture&amp;#64;culture.gouv.fr ; 01 40 15 84 08
+182 rue Saint-Honoré, 75033 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur le soutien aux collectivités territoriales qui ont signé la convention Ville ou Pays d&amp;#039;art et d&amp;#039;histoire, vous êtes invités à vous adresser au service déconcentré du ministère de la Culture dans votre région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Départements 01, 07, 26, 38, 42, 69, métropole de Lyon, 73, 74 :
+  &lt;a href="mailto:gilles.soubigou&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   gilles.soubigou&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements 03, 15, 43, 63 :
+  &lt;a href="mailto:claire.raflin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   claire.raflin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clermont-Ferrand :
+  &lt;a href="mailto:dorothee.lanno&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   dorothee.lanno&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dijon :
+  &lt;a href="mailto:gael.tournemolle&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   gael.tournemolle&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 80 68 50 78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Besançon :
+  &lt;a href="mailto:stephane.aubertin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   stephane.aubertin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 81 65 72 40
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:xavier.de-saint-chamas&amp;#64;culture.gouv.fr"&gt;
+   xavier.de-saint-chamas&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:sylvie.marchant&amp;#64;culture.gouv.fr"&gt;
+   sylvie.marchant&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:eleonore.bozzi&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   eleonore.bozzi&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:irene.jornet&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   irene.jornet&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 88 15 57 03
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lille :
+  &lt;a href="mailto:colette.drean&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   colette.drean&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 28 36 61 45 ; 06 85 99 80 00
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amiens :
+  &lt;a href="mailto:sandrine.platerier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sandrine.platerier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 22 97 33 74 ; 06 31 78 75 03
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:agathe.cartier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   agathe.cartier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 28 36 61 88 ; 06 67 54 27 64
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:katya.samardzic&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   katya.samardzic&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:ariane.salmet&amp;#64;culture.gouv.fr"&gt;
+   ariane.salmet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:daniele.moureu&amp;#64;culture.gouv.fr"&gt;
+   daniele.moureu&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bordeaux :
+  &lt;a href="mailto:emmanuelle.maillet&amp;#64;culture.gouv.fr"&gt;
+   emmanuelle.maillet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (coordination régionale du Label)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poitiers :
+  &lt;a href="mailto:marie-claude.aubert&amp;#64;culture.gouv.fr"&gt;
+   marie-claude.aubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (9 départements)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Limoges :
+  &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
+   nicolas.bel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (3 départements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:nathalie.poux&amp;#64;culture.gouv.fr"&gt;
+   nathalie.poux&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:alexandra.maniere&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   alexandra.maniere&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:etienne.bartczak&amp;#64;culture.gouv.fr"&gt;
+   etienne.bartczak&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:sylvaine.leyondre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sylvaine.leyondre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:marienoelle.martial&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   marie-noelle.martial&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 90 41 14 48 ; 06 90 35 38 11
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.olive&amp;#64;culture.gouv.fr"&gt;
+   carine.olive&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.olive&amp;#64;guyane.pref.gouv.fr%20"&gt;
+   carine.olive&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.durand&amp;#64;culture.gouv.fr"&gt;
+   carine.durand&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:uap.martinique&amp;#64;culture.gouv.fr%C2%A0" rel="noopener" target="_blank"&gt;
+   uap.martinique&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:david.briot&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   david.briot&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 96 60 79 64
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;a href="mailto:dac-mayotte&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  dac-mayotte&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7339-soutien-aux-collectivites-territoriales-qui-o/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>104617</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>restaurer des immeubles dans un Site patrimonial remarquable (SPR)</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Centres anciens protégés (CAP) de 10 Petites cités de caractère (PCC)</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valoriser des centres-bourgs des communes homologuées ou homologables « Petite cité de caractère® » par
+&lt;/p&gt;
+&lt;p&gt;
+ l&amp;#039;association des Petites cités de caractère® des Pays de la Loire, reconnues « site patrimonial remarquable »,
+&lt;/p&gt;
+&lt;p&gt;
+ protégées sous le régime d&amp;#039;un plan de valorisation de l&amp;#039;architecture et du patrimoine (PVAP) ou d&amp;#039;une aire de
+&lt;/p&gt;
+&lt;p&gt;
+ mise en valeur de l&amp;#039;architecture et du patrimoine (AVAP) ou d&amp;#039;une zone de protection du patrimoine architectural,
+&lt;/p&gt;
+&lt;p&gt;
+ urbain et paysager (ZPPAUP).
+&lt;/p&gt;
+&lt;p&gt;
+ Les dix Petites Cités de Caractère® sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Loire-Atlantique : Piriac-sur-Mer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maine-et-Loire : Le Coudray-Macouard, Montsoreau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sarthe : Asnières-sur-Vègre, Parcé-sur-Sarthe, Sillé-le-Guillaume
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vendée : Faymoreau, Foussais-Payré, Mouchamps,  Rives-d&amp;#039;Autise pour la commune déléguée de Nieul-sur-l&amp;#039;Autise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2025</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;immeuble doit être situé dans une commune éligible qui s&amp;#039;engage contractuellement avec la
+&lt;/p&gt;
+&lt;p&gt;
+ Région à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Déterminer en concertation avec l&amp;#039;architecte du patrimoine chargé de l&amp;#039;opération par l&amp;#039;association des Petites cités de caractère® des Pays de la Loire et la Région des Pays de la Loire un périmètre de restauration inclus dans le PVAP/AVAP/ZPPAUP. Les subventions régionales porteront exclusivement sur ce secteur.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mettre à disposition régulière les moyens humains nécessaires pour lancer, animer et assurer le suivi et la gestion de l&amp;#039;opération notamment en recourant aux services d&amp;#039;un architecte du patrimoine.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Abonder financièrement l&amp;#039;effort consenti par la Région à hauteur de 5 % minimum avec les mêmes limites que la Région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Le propriétaire s&amp;#039;engage à :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Ne pas céder la propriété avant un délai de 9 ans après l&amp;#039;attribution de la subvention de la Région.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne pas utiliser du PVC ou tout autre matériau non compatible avec l&amp;#039;approche patrimoniale reconnue par l&amp;#039;unité départementale de l&amp;#039;architecture et du patrimoine (maintien ou pose).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/centres-anciens-proteges-cap-de-10-petites-cites-de-caractere-pcc</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/PATRIM_CAP_PCC/depot/simple</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 0228205133
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26d8-centres-anciens-proteges-cap-de-10-petites-ci/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>104591</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des immeubles dans un Site patrimonial remarquable (SPR)</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Centres anciens protégés (CAP)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>subvention mini de 1000 euros/ subvention max de 10 000 euros</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valoriser des centres urbains ou centres-bourgs reconnus site patrimonial remarquable, protégés sous le
+ régime d&amp;#039;un plan de sauvegarde et de mise en valeur (PSMV) ou d&amp;#039;un plan de valorisation de l&amp;#039;architecture et du
+ patrimoine (PVAP) ou d&amp;#039;une aire de mise en valeur de l&amp;#039;architecture et du patrimoine (AVAP) ou d&amp;#039;une zone de
+ protection du patrimoine architectural, urbain et paysager (ZPPAUP)
+&lt;/p&gt;
+&lt;p&gt;
+ Communes pouvant être aidées  :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Batz sur Mer (PCC) jusqu&amp;#039;au 07/04/2021
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aubigné sur Layon (PCC) jusqu&amp;#039;au 19/05/2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pouancé (PCC) jusqu&amp;#039;au 13/07/2024
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fontevraud l&amp;#039;Abbaye (site protégé) jusqu&amp;#039;au 28/09/2024
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Lude (PCC) jusqu&amp;#039;au 15/11/2025
+ &lt;/li&gt;
+ &lt;li&gt;
+  St Léonard des Bois (PCC) jusqu&amp;#039;au 15/11/2025
+ &lt;/li&gt;
+ &lt;li&gt;
+  Château Gontier et Fontenay le Comte jusqu&amp;#039;au 20/04/2021
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>07/12/2022</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Personnes physiques propriétaires ou membres d&amp;#039;une copropriété,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé : syndics de copropriété, fondations, offices d&amp;#039;HLM, associations - hors Association Foncière Urbaine Libre (AFUL) et Associations Syndicales Libres (ASL) -, les Société
+     Civiles Immobilières supports de patrimoine familial immobilier sans activité de location ou avec
+     une activité de location accessoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Etre dans les communes:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Batz-sur-Mer (PCC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aubigné-sur-Layon (PCC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fontevraud-l&amp;#039;Abbaye (SPR)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ombrée-d&amp;#039;Anjou, pour Pouancé (PCC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Château-Gontier (PSMV)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Lude (PCC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saint-Léonard-des-Bois (PCC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fontenay-le-Comte (PSMV)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bénéficier d&amp;#039;une aide communale complémentaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;engager à ne pas céder le bien sous 9 ans,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouvrir gratuitement pendant les Journées européennes du patrimoine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide cumulable avec les avantages liés au label de la Fondation du patrimoine pour les particuliers et SCI.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/centres-anciens-proteges-cap</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/PATRIM_CAP/depot/simple</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, du sport et des associations
+ &lt;br /&gt;
+ Service Patrimoine
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 0228205133
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2dc4-centres-anciens-proteges-cap/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>148615</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l’urbanisme expérimental vivrier : récits, outils et méthodes de permanence architecturale et programmation ouverte</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>L'École du terrain</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain est une plateforme numérique regroupant des outils et ressources pour l&amp;#039;expérimentation architecturale, urbaine et paysagère.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle
+réunit et explore des projets et démarches singulières qui permettent, par l&amp;#039;expérimentation, la mise en œuvre de nouvelles manières de faire. Chacun de ces projets s&amp;#039;ancre dans son territoire aux fins de travailler à sa meilleure habitabilité en répondant à des problématiques sociétales. Ainsi, ces projets s&amp;#039;élaborent à partir des besoins et des désirs. Ils s&amp;#039;appuient sur le déjà-là matériel - le bâti, le paysage, le vivant - et immatériel - les habitant.es, les usager.es, leurs savoirs, leurs mémoires, leur organisation sociale. Cet urbanisme vivrier et partagé porte l&amp;#039;ambition profonde de réactiver nos démocraties locales, grâce à l&amp;#039;alliance d&amp;#039;acteurs et d&amp;#039;actrices autour d&amp;#039;un intérêt commun sur le terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ Confrontés aux cadres normés de l&amp;#039;architecture et de l&amp;#039;aménagement du territoire, ces acteurs et actrices les (ré)interprètent et les mettent à l&amp;#039;épreuve. Nous faisons l&amp;#039;hypothèse que ces multiples projets, tels des laboratoires en actes, créent des précédents et font jurisprudence. C&amp;#039;est pourquoi l&amp;#039;École du terrain veut contribuer à l&amp;#039;essaimage de ces démarches et à la transformation des cadres – culturels, économiques, administratifs, réglementaires – pour donner voix à des pratiques jusque-là en marge.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit désormais de prendre acte de ces pas de côté, de transmettre les récits de ces expérimentations, mais aussi les outils techniques et juridiques, afin de tirer des enseignements pour le passage à d&amp;#039;autres échelles et ainsi mieux les inscrire dans les pratiques, dans les politiques publiques et dans le droit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En accès libre et gratuit, l&amp;#039;École du terrain s&amp;#039;adresse aux collectivités, services déconcentrés de l&amp;#039;État, porteurs de projets, associations, habitant.es , professionnell.es de l&amp;#039;architecture, urbanisme et paysage...etc. désireux.ses de se former à la programmation ouverte à travers notamment l&amp;#039;outil de permanence architecturale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous pouvez nous écrire pour nous proposer un projet d&amp;#039;architecture, d&amp;#039;urbanisme ou de paysage expérimental que vous menez, et qui interroge ou produit des enseignements et/ou des jurisprudences à essaimer. Mais aussi pour nous partager une recherche théorique sur ces nouvelles manières de faire, ou pour toute autre contribution.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain va à la rencontre de celles et ceux qui œuvrent sur le terrain à de nouvelles expérimentations, questionnant les pratiques de l&amp;#039;architecture et de l&amp;#039;urbanisme, et parviennent à créer des jurisprudences. Répondant à des enjeux locaux, ces acteurs et actrices ont notamment profité de la plasticité du droit et de son pouvoir d&amp;#039;imagination pour dénouer des situations en inventant, chemin faisant, des dispositifs singuliers qui pourront, en retour, inspirer la loi, les politiques publiques et légitimer des pratiques de la société civile. A Roubaix ou à Billom, comment rouvrir au public un monument historique et y construire une programmation ouverte avec les usager.es ? A Boulogne-sur-Mer ou à Bordeaux, comment dénormer le logement social en le rénovant sur mesure avec la participation de ses habitant.es ? A Beaumont, comment mobiliser la commande artistique pour construire collectivement sept logements sociaux en milieu rural ?
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site en accès libre et gratuit
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://lecoleduterrain.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;lecoleduterrain.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>caroline.niemant@lapreuvepar7.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a82f-se-former-a-lurbanisme-experimental-vivrier-r/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>94540</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les partenaires de l'atelier d'urbanisme en Livradois-Forez pour un accompagnement sur mesure !</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Atelier d'Urbanisme en Livradois-Forez</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional Livradois-Forez (PNR)</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...87 lines deleted...]
-      <c r="M9" s="1" t="inlineStr">
+ Dispositif d&amp;#039;accompagnement des collectivités dans leurs projets d&amp;#039;aménagement dans les domaines de l&amp;#039;urbanisme, de l&amp;#039;architecture, du paysage et dans la revitalisation des centres-bourgs.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...23 lines deleted...]
- &lt;br /&gt;
+ L&amp;#039;Atelier d&amp;#039;Urbanisme en Livradois-Forez accompagne des documents d&amp;#039;urbanisme, des projets de rénovation de bâtiments ou constructions publiques et aménagements d&amp;#039;espaces publics. Sur le lien suivant, vous trouverez des exemples de projets accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ https://www.parc-livradois-forez.org/inventer/urbanisme/les-projets-de-l-atelier/
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
-[...5 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Foncier
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute commune ou EPCI du périmètre labellisé Parc naturel régional Livradois-Forez sollicitant l&amp;#039;Atelier d&amp;#039;urbanisme sur ses champs de compétence peut bénéficier de cet accompagnement technique.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>PNR Livradois-Forez (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-livradois-forez.org/inventer/urbanisme/accompagner-les-collectivites/</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Juliane COURT, responsable du pôle Aménagement, urbanisme, énergies.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ E.mail : j.court&amp;#64;parc-livradois-forez.org
+&lt;/p&gt;
+&lt;p&gt;
+ tel. : 04 73 95 57 57
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>v.arthaud@parc-livradois-forez.org</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3720-atelier-durbanisme-en-livradois-forez/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>162945</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier gratuitement de la compétence d'un architecte pour participer à son jury</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Architecte consultant de la MIQCP</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Mission interministérielle pour la qualité des constructions publiques (MIQCP) se fait assister par trente architectes consultants et consultantes en vue de 
+promouvoir la qualité de l&amp;#039;architecture publique dans le cadre de consultations de maîtrise d’œuvre, 
+notamment à travers des participations aux jurys de concours de maîtrise d’œuvre. &lt;/p&gt;&lt;p&gt;La mission de ces architectes consultants et consultantes de la MIQCP consiste à siéger 
+en qualité de juré/jurée intuitu personae dans le collège des personnes qualifiées des jurys et des 
+commissions chargées de donner un avis sur la sélection des candidatures et/ou des prestations 
+remises, organisés par des pouvoirs adjudicateurs ou entités adjudicatrices pour la passation de 
+marchés publics de maîtrise d’œuvre ou de marchés globaux. La participation à ces jurys est gratuite. Tout maître d&amp;#039;ouvrage public peut en bénéficier pour ses concours ou procédures de passation des marchés.&lt;/p&gt;&lt;p&gt;Ces architectes sont au nombre de 30. Sélectionnés pour leurs compétences, leur capacité à faire pédagogie, la qualité de leurs réalisations architecturales, ils et elles sont formés aux règles de la commande publique et sont légitimes, dans ce contexte, à accompagner et conseiller au mieux les maîtres d&amp;#34;ouvrage dans l&amp;#039;organisation de leur concours. &lt;/p&gt;&lt;p&gt;Leur objectif premier reste d&amp;#039;assurer l&amp;#039;avis constructif critique des projets des concurrents et de faciliter pour les maîtres d&amp;#039;ouvrage publics, notamment occasionnels, le tiers règlementaire et obligatoire de maîtres d’œuvre exigé dans les jurys par les dispositions du livre IV du code de la commande publique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
+Espace public
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Être un Maître d&amp;#039;ouvrage public avec une procédure règlementaire suivant le livre IV du code de la commande publique.&lt;/p&gt;&lt;p&gt;Préparer un concours et avoir la date de la réunion de son jury, ainsi que les pièces écites (règlement, projet d&amp;#039;avis)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.miqcp.gouv.fr/index.php?option=com_content&amp;view=article&amp;id=121:solliciter-la-miqcp-pour-la-participation-d-un-de-ses-architectes-consultant-a-un-jury-de-concours-de-maitrise-d-oeuvre&amp;catid=39&amp;Itemid=158&amp;lang=fr</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-prestation-d-un-architecte-consultant-p</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Carol KELLY&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.36&lt;/p&gt;&lt;p&gt;&lt;span id="cloak58914"&gt;&lt;a href="mailto:carol.kelly&amp;#64;developpement-durable.gouv.fr"&gt;carol.kelly&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;et en copie &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-gratuitement-de-la-competence-dun-architecte-pour-participer-a-son-jury/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>164760</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le lien entre les politiques de l’eau et de l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Eau et urbanisme</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets d’urbanisme de planification ou opérationnels 
+devront prendre en compte les effets du changement climatique, en particulier ceux portant sur la gestion quantitative 
+de la ressource en eau, dans un objectif de sobriété des 
+usages.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/eau-urbanisme"&gt;Eau et urbanisme | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau finance par exemple  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les partenariats avec un acteur de l&amp;#039;urbanisme, &lt;/li&gt;&lt;li&gt;la sensibilsation et la communication, &lt;/li&gt;&lt;li&gt;les études Volet Eau SCOT/PLUi&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espace public
+Paysage</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q16" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires pour les opérations relevant des missions 
+« Eau et Urbanisme » portées par des acteurs de l’urbanisme 
+(hors étude diagnostic SCoT/PLUi) : Agence d’urbanisme, 
+Conseil d’architecture d’urbanisme et de l’environnement 
+(CAUE), Association de professionnels de l’urbanisme, 
+Conseil départemental.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/60-24-Gestion%20territoriale_0_0_0.pdf"&gt;60-24-Gestion territoriale_0_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20et%20urbanisme.pdf</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-apports-de-macrodechets-dans-les-milieux-dans-le-domaine-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>111727</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la valorisation, l'embellissement et aménagement des espaces publics</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Etudes opérationnelles et aménagement et embellissement des bourgs</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Amélioration du cadre de vie du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30 % d&amp;#039;une dépense plafonnée à 153 000 € HT par tranche fonctionnelle de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  30 % d&amp;#039;une dépense plafonnée à 70 000 € HT pour les projets de végétalisation et de création de cheminement doux (non précédés obligatoirement d&amp;#039;une étude opérationnelle)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Majorations éventuelles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Majoration de 10 points pour les travaux entrant dans le périmètre d&amp;#039;un site protégé, si ce dernier a engendré un surcoût architectural, justifié par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Majoration de 15 points pour les projets les plus vertueux en termes de développement durable, sur demande expresse du bénéficiaire et avis favorable de l&amp;#039;instance départementale compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Paysage
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;obtention pour les aménagements d&amp;#039;espaces publics et de places dans les bourgs
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations d&amp;#039;aménagement devront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  recueillir l&amp;#039;avis conforme du gestionnaire de la voirie sur la structure, les matériaux et le fonctionnement général du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir fait systématiquement l&amp;#039;objet d&amp;#039;un avis (simple) du CAUE 16
+ &lt;/li&gt;
+ &lt;li&gt;
+  être réalisées en fonction d&amp;#039;une étude opérationnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  privilégier la végétalisation et la sobriété sauf contrainte particulière à justifier
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter l&amp;#039;ensemble des normes en vigueur, notamment l&amp;#039;accessibilité à tous, l&amp;#039;absence d&amp;#039;utilisation de pesticides...
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir fait l&amp;#039;objet d&amp;#039;une concertation élargie auprès des partenaires, des représentants d&amp;#039;usagers et de la population locale (participation citoyenne)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses subventionnables :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  démolition, suppression points noirs architecturaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  végétalisation et engazonnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement de ruelles, de cheminements doux, trottoirs, venelles, caniveaux avec des matériaux de qualité (pierre, calcaire, béton désactivé, pavés, stabilisé calcaire et calcaire renforcé...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobilier urbain de qualité (bancs, bornes, potelets, candélabres, abribus...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de maîtrise d&amp;#039;œuvre au prorata de la dépense éligible
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de pure sécurité routière : plateau surélevé, alternat, rétrécissement de chaussée, giratoire, modification de carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  les couches de roulement, sur route départementale et voie communale et stationnements
+ &lt;/li&gt;
+ &lt;li&gt;
+  toute intervention sur les réseaux d&amp;#039;eau, d&amp;#039;électricité ou de télécommunication
+ &lt;/li&gt;
+ &lt;li&gt;
+  signalisation verticale et horizontale
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  les périmètres d&amp;#039;aménagement déjà financés par des amendes de police
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la charte « Charente 2030 » signée par le représentant de la collectivité ainsi que la délibération de la collectivité l&amp;#039;autorisant à signer
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  un extrait de la délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération et le plan de financement prévisionnel incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative
+ &lt;/li&gt;
+ &lt;li&gt;
+  un calendrier de réalisation des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  un devis descriptif et estimatif des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan d&amp;#039;aménagement définitif et, le cas échéant, des photos de l&amp;#039;espace ou du bâtiment concerné
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets d&amp;#039;espaces publics qui solliciteraient une majoration : une note circonstanciée du maître d&amp;#039;ouvrage attestant de l&amp;#039;engagement du projet dans cette démarche
+ &lt;/li&gt;
+ &lt;li&gt;
+  un avis conforme du gestionnaire de la voirie sur la nature des travaux envisagés
+ &lt;/li&gt;
+ &lt;li&gt;
+  une copie de l&amp;#039;étude qui a conditionné l&amp;#039;aménagement pour lequel est requise la subvention
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : selon la nature et la complexité du dossier, le projet peut faire l&amp;#039;objet d&amp;#039;une instruction dite « renforcée » d&amp;#039;une analyse approfondie associant le maître d&amp;#039;ouvrage et les autres partenaires éventuels (CAUE, ABF, DDT...)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : possibilité d&amp;#039;acomptes (jusqu&amp;#039;à 80% du montant de la subvention) ; solde à l&amp;#039;achèvement de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/embellissement_des_espaces_publics.pdf</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 74 13
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7aa1-soutenir-lamenagement-et-lembellissement-des-/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>165341</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Agir contre la vacance commerciale en centre-bourgs (commerce, attractivité,proximité)</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Mission de conseil aux collectivités (AMO, phase pré-opérationnelle, programmation…)</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil en architecture et urbanisme&lt;br /&gt;L’objectif de l’agence est de mettre au service des collectivités, des propriétaires et des usagers mon expertise concernant l’animation des centre-bourgs et particulièrement la reconquête des locaux disponibles.&lt;br /&gt;Accompagnement de stratégie politique, programmation, aménagement, communication, événementiel, participation citoyenne, médiation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Mission d’assistance à maitrise d’ouvrage pour une étude de stratégie de revitalisation commerciale&lt;/strong&gt;
+ dont aménagement d’une halle couverte et reconquête de cellules 
+vacantes (ORI), à Thizy-les-Bourgs (69), en 2024-2025, DISPO 
+(Mandataire) &amp;amp; Villages Vivants (Sous-Traitant) &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Bâtiments et construction
+Réhabilitation
+Architecture
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q18" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://dispo-urbanisme.fr/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;dispo.c.vernay&amp;#64;gmail.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>dispo.c.vernay@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-contre-la-vacance-commerciale-en-centre-bourgs-locaux-commerciaux/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
 Tourisme
-Forêts
-[...1 lines deleted...]
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...6 lines deleted...]
-Education et renforcement des compétences
 Commerces et services
 Tiers-lieux
-Economie circulaire
-[...1 lines deleted...]
-Agriculture et agroalimentaire
 Revitalisation
-Innovation, créativité et recherche
-[...2 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-International
 Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-Valorisation d'actions
 Artisanat
-Mobilité partagée
-[...2 lines deleted...]
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Mers et océans
-Milieux humides
+Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="T9" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X9" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...216 lines deleted...]
- &lt;/a&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E10" s="1" t="inlineStr">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>117375</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans le pilotage et la coordination des projets d’aménagement : aide au suivi des procédures administratives et réglementaires</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Mise en valeur du paysage local :
-[...11 lines deleted...]
- Gratuité (part TA du CAUE).
+ Renforcer le pilotage de projets d&amp;#039;aménagement en régie :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Assistance opérationnelle et juridique au pilotage d&amp;#039;une opération d&amp;#039;aménagement ou de construction réalisée en régie par une collectivité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Participation en réunion
+  &lt;/li&gt;
+  &lt;li&gt;
+   Production de supports (ppt, notes)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Prestation payante
+&lt;/p&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
-[...4 lines deleted...]
-Biodiversité
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Revitalisation
 Bâtiments et construction
 Architecture
-Paysage
-[...5 lines deleted...]
-      <c r="O10" s="1" t="inlineStr">
+Accessibilité
+Attractivité économique
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W10" s="1" t="inlineStr">
+      <c r="W20" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df54-assister-les-collectivites-dans-le-pilotage-e/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...36 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>117378</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des anciennes zones d'activité</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le ministère de la Culture apporte son soutien à la diffusion des résultats de la recherche archéologique en accordant des subventions pour la préparation de publication et l&amp;#039;édition d&amp;#039;ouvrages, ainsi que pour l&amp;#039;organisation de colloques.
-[...15 lines deleted...]
- Trois types de subvention sont accordées :
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages et de sécuriser ses investissements
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  L&amp;#039;aide à la préparation de publication d&amp;#039;un travail de recherche. Elle permet de réaliser un travail de mise en forme pour obtenir un manuscrit publiable, structuré avec des illustrations éditables et une bibliographie harmonisée à partir de données de terrain.
-[...5 lines deleted...]
-  L&amp;#039;aide à la valorisation permet de soutenir la réalisation de colloques ou d&amp;#039;évènements en lien avec la recherche archéologique.
+  Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic global de zones d&amp;#039;activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation en réunion de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  (le cas échéant), production d&amp;#039;une note de synthèse
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...97 lines deleted...]
-      <c r="M11" s="1" t="inlineStr">
+ Sur devis au cas par cas (temps passé estimé).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Entre 2019 et 2022, le SPDRA a apporté son soutien à l&amp;#039;édition de plus de 50 ouvrages et l&amp;#039;organisation d&amp;#039;une dizaine de colloques.
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
-[...170 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b8e3-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>1045</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les meublés de tourisme afin de proposer une offre touristique d’excellence</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Valoriser des centres-bourgs des communes homologuées ou homologables « Petite cité de caractère® » par
-[...31 lines deleted...]
- .
+ Par ce dispositif, la Région Grand Est décide de promouvoir les meublés de tourisme afin de proposer une offre touristique d&amp;#039;excellence et renforcer l&amp;#039;attractivité du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ PME au sens de l&amp;#039;union européenne, exploitants en nom propre, associations, particuliers, porteurs de projets publics pour les hébergements situés dans des communes de 2 000 habitants maximum dans les zones dépourvues d&amp;#039;hébergements touristiques, appréciation faite par la Région au travers de données fournies par l&amp;#039;Observatoire Régional du Tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les meublés de tourisme → Taux maxi : 20 % / Plafond : 60 000 €
+ &lt;br /&gt;
+ Pour les meublés de tourisme de grande capacité → Taux maxi : 20 % / Plafond : 100 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : Une période de franchise de 2 ans est appliquée avant toute nouvelle demande de subvention dès lors que le plafond d&amp;#039;aides a été perçu. Ce délai court à partir de la dernière délibération visée en Commission Permanente permettant de prendre en compte ce plafond.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération. Enfin, le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O12" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;immeuble doit être situé dans une commune éligible qui s&amp;#039;engage contractuellement avec la
-[...2 lines deleted...]
- Région à :
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme : Investissements permettant la création ou la rénovation fondamentale d&amp;#039;équipements dans des bâtiments existants, en respectant l&amp;#039;architecture locale.
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme de grande capacité : Investissements permettant la création, la rénovation fondamentale ou l&amp;#039;extension d&amp;#039;équipements (chambres et/ou équipement complémentaire de type SPA, piscine, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme : seront éligibles les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement et dont la dépense éligible est égale ou supérieure à 30 000 € HT &amp;#43; les honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme de grande capacité : Seront éligibles les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement de groupe et dont la dépense éligible est égale ou supérieure à 50 000 € HT &amp;#43; les honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ mobilier, matériel, éléments de décoration, literie, factures de matériaux mis en œuvre par le maître d&amp;#039;ouvrage ou par une association ainsi que les acquisitions immobilières et foncières et les investissements prévisibles et réglementaires (travaux de mise aux normes seuls).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/meubles-de-tourisme/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Siège du Conseil Régional - Strasbourg :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Déterminer en concertation avec l&amp;#039;architecte du patrimoine chargé de l&amp;#039;opération par l&amp;#039;association des Petites cités de caractère® des Pays de la Loire et la Région des Pays de la Loire un périmètre de restauration inclus dans le PVAP/AVAP/ZPPAUP. Les subventions régionales porteront exclusivement sur ce secteur.
+   Tél. &amp;#43;33 (0)3 88 15 68 67
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Coordonnées des Maisons de la Région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Maison de la Région – Charleville-Mézières / Verdun : 22 Avenue Georges Corneau 08000 CHARLEVILLE-MÉZIÈRES – Téléphone : 03 26 70 86 30 – maison.charleville-verdun&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
-   Mettre à disposition régulière les moyens humains nécessaires pour lancer, animer et assurer le suivi et la gestion de l&amp;#039;opération notamment en recourant aux services d&amp;#039;un architecte du patrimoine.
+   Service Transport : 03 26 70 77 99
   &lt;/li&gt;
   &lt;li&gt;
-   Abonder financièrement l&amp;#039;effort consenti par la Région à hauteur de 5 % minimum avec les mêmes limites que la Région.
-[...6 lines deleted...]
-   Ne pas céder la propriété avant un délai de 9 ans après l&amp;#039;attribution de la subvention de la Région.
+   Maison de la Région – Charleville-Mézières / Verdun : 44 Rue du Ru 55000 VERDUN – Téléphone : 03 26 70 74 80 – maison.charleville-verdun&amp;#64;grandest.fr
   &lt;/li&gt;
   &lt;li&gt;
-   Ne pas utiliser du PVC ou tout autre matériau non compatible avec l&amp;#039;approche patrimoniale reconnue par l&amp;#039;unité départementale de l&amp;#039;architecture et du patrimoine (maintien ou pose).
+   Maison de la Région – Saint-Dizier / Bar-le-Duc : 4 Rue des Romains 55000 BAR-LE-DUC – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Saint-Dizier / Bar-le-Duc : 9 Avenue de la République 52100 SAINT-DIZIER – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Châlons-en-Champagne : 5 Rue de Jéricho 51000 CHALONS-EN-CHAMPAGNE – Téléphone : 03 26 70 31 20 – maison.chalons&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Troyes / Chaumont : 9 Rue Charbonnet 10000 TROYES – Téléphone : 03 26 70 86 25 – maison.troyes-chaumont&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Troyes / Chaumont : 1 Boulevard Gambetta 52000 CHAUMONT – Téléphone : 03 26 70 86 50 – maison.troyes-chaumont&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Thionville / Longwy : 32 Rue du Vieux Collège 57100 THIONVILLE – Téléphone : 03 87 33 61 78 – maison.thionville&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Metz : 1 Place Gabriel Hocquard 57000 METZ – Téléphone : 03 87 61 65 49 – maison.metz&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Nancy : 4 Rue Piroux 54000 NANCY – Téléphone : 03 87 54 32 51 – maison.nancy&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Epinal : 40 Quai des Bons Enfants 88000 ÉPINAL – Téléphone : 03 87 33 62 47 – maison.epinal&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Saverne /Haguenau : 39 Rue Saint Nicolas 67700 SAVERNE – Téléphone : 03 88 03 40 80 – maison.saverne-haguenau&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Strasbourg : 26 Avenue de la Paix 67000 STRASBOURG – Téléphone : 03 88 15 67 40 – maison.strasbourg&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Sélestat : 1 Avenue de la Liberté 67600 SÉLESTAT – Téléphone : 03 88 58 41 11 – maison.selestat&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
-[...42 lines deleted...]
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b306-meubles-de-tourisme-grandest/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>56454</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine bâti</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
-[...48 lines deleted...]
-      <c r="S13" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>l'aide porte sur une réduction du prix de revient EPFLO (soit le prix de cession du foncier)</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ Le bâti d&amp;#039;intérêt patrimonial peut difficilement accueillir de nouveaux usages du fait des surcoûts engendrés par son adaptation. L&amp;#039;attribution d&amp;#039;une minoration foncière au titre du patrimoine bâti peut favoriser des projets optimisant l&amp;#039;existant, contribuant ainsi à limiter l&amp;#039;étalement urbain, tout en valorisant le patrimoine, facteur d&amp;#039;attractivité et de qualité du cadre de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -    Le montant de la minoration peut atteindre jusqu&amp;#039;à 400 € par mètre carré de surface de plancher de bâti préservé.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Attribution sur dossier de la minoration pour des projets entrant dans le cadre du PPI
+&lt;/p&gt;
+&lt;p&gt;
+ -    Le maitre d&amp;#039;ouvrage doit s&amp;#039;associer des compétences d&amp;#039;un architecte. Le dossier doit présenter les plans du projet et les coûts associés à la valorisation du patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Une commission, notamment composée de représentants de l&amp;#039;EPFLO et des CAUE de l&amp;#039;Oise et de l&amp;#039;Aisne (Conseils d&amp;#039;Architecture, d&amp;#039;Urbanisme et de l&amp;#039;Environnement), émet un avis sur l&amp;#039;éligibilité des projets, préalablement à leur présentation au Conseil d&amp;#039;Administration de l&amp;#039;EPFLO qui reste le seul organe compétent pour acter du montant des minorations foncières.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Foncier
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...33 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Départements de l'Aisne et de l'Oise</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a2f-soutenir-le-logement-locatif-social-et-lacces/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...962 lines deleted...]
-      <c r="A19" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>1028</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer le patrimoine non protégé</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J19" s="1" t="inlineStr">
+      <c r="J24" s="1" t="inlineStr">
         <is>
           <t>L'aide revêt la forme d'une subvention plafonnée à 100 000 €.</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par ce dispositif, la région Grand Est décide de préserver et restaurer le patrimoine architectural non protégé et les édifices inscrit au titre des Monuments Historiques (IMH), encourager la transmission des métiers et savoir-faire et la création d&amp;#039;emplois, et mobiliser le mécénat populaire de proximité en faveur du patrimoine bâti par le partenariat avec la Fondation du Patrimoine ou tout autre organisme ou association en charge du mécénat populaire en faveur du patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Le patrimoine bâti non protégé :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Public : cultuel, domestique, industriel, militaire, édicules (lavoir, croix de chemin, fontaine, etc.), ouvrages liés à l&amp;#039;eau (à l&amp;#039;exception des ponts postérieurs à 1789)
  &lt;/li&gt;
  &lt;li&gt;
   Privé : demeure, moulin, ferme, château, édicules, industriel etc.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   Le patrimoine bâti Inscrit au titre des Monuments Historiques (IMH) :
@@ -5849,63 +6449,63 @@
  &lt;li&gt;
   Public : cultuel, domestique, édicules (lavoir, croix de chemin, fontaine, etc.), ouvrages liés à l&amp;#039;eau (à l&amp;#039;exception des ponts postérieurs à 1789), etc.
  &lt;/li&gt;
  &lt;li&gt;
   Privé : demeure, moulin, ferme, château, édicules, etc.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les travaux de restauration portant sur le clos, le couvert et le décor porté (ferronneries, mosaïques, peintures murales, etc.).
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux pouvant présenter un caractère d&amp;#039;urgence et de mise en sécurité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Architecture
 Emploi</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les collectivités territoriales et associations propriétaires d&amp;#039;édifices situés dans une commune de moins de 6 000 habitants ;
   &lt;/li&gt;
   &lt;li&gt;
    Les personnes physiques propriétaires d&amp;#039;édifices situés dans une commune de moins de 3 500 habitants.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Les critères d&amp;#039;éligibilité :
  &lt;/strong&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     les édifices remarquables et d&amp;#039;intérêt patrimonial et historique exceptionnel ou représentatif au niveau régional ;
    &lt;/li&gt;
    &lt;li&gt;
     les édifices visibles de l&amp;#039;espace public ;
@@ -5924,929 +6524,139 @@
    &lt;/li&gt;
    &lt;li&gt;
     les travaux de valorisation en vue de l&amp;#039;animation, de l&amp;#039;ouverture au public, de salle d&amp;#039;exposition, etc... ;
    &lt;/li&gt;
    &lt;li&gt;
     la présentation d&amp;#039;un plan de financement faisant apparaître les subventions demandées et le cas échéant la part estimative provenant du mécénat ;
    &lt;/li&gt;
    &lt;li&gt;
     un phasage des travaux prévoyant le projet dans son ensemble ;
    &lt;/li&gt;
    &lt;li&gt;
     l&amp;#039;engagement de réaliser les travaux dans l&amp;#039;année de la décision de l&amp;#039;assemblée régionale ;
    &lt;/li&gt;
    &lt;li&gt;
     l&amp;#039;intérêt du projet de restauration de valorisation ou de réhabilitation de qualité, selon l&amp;#039;analyse effectuée par l&amp;#039;Inventaire général du patrimoine culturel, par l&amp;#039;Unité Départemental de l&amp;#039;Architecture et du Patrimoine (UDAP) ou le Conseil d&amp;#039;Architecture, d&amp;#039;Urbanisme et d&amp;#039;Environnement concerné (CAUE) ;
    &lt;/li&gt;
    &lt;li&gt;
     la possibilité accordée aux équipes de l&amp;#039;Inventaire général du patrimoine culturel d&amp;#039;étudier l&amp;#039;édifice et d&amp;#039;en effectuer des photographies dont la diffusion, lorsqu&amp;#039;il s&amp;#039;agit des parties privatives, sera soumise à l&amp;#039;autorisation du propriétaire ou de l&amp;#039;occupant.
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;p&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/preservation-restauration-patrimoine-non-protege/</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture, du Patrimoine et de la Mémoire
 &lt;/p&gt;
 &lt;p&gt;
  patrimoines-subventions&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  03 87 54 32 36
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/44b3-preservation-et-restauration-du-patrimoine-no/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...790 lines deleted...]
-      <c r="A23" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>90802</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Soutenir au recrutement de chargés d’études pour les opérations d'inventaire</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Opérations d'inventaire</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      L&amp;#039;aide de la Région Nouvelle-Aquitaine porte sur le soutien au recrutement de chargés d&amp;#039;études.
     &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif est de placer la connaissance en amont des politiques de valorisation, de médiation, d&amp;#039;aménagement du territoire et de développement touristique. Ce dispositif contribue également à la qualité des projets patrimoniaux, grâce à la constitution d&amp;#039;une documentation à caractère scientifique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
@@ -6878,61 +6688,61 @@
   &lt;li&gt;
    50 % du salaire brut chargé du chargé d&amp;#039;étude en l&amp;#039;absence d&amp;#039;autres partenaires financiers.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    dans le cadre d&amp;#039;un plan de financement multi-partenarial, le total des aides ne pourra pas excéder 70 %.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    dans le cadre d&amp;#039;un cofinancement FEADER, l&amp;#039;aide régionale ne pourra pas excéder 25 %.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    une bonification de 10 % sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (Cf. carte EPCI en annexe).
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide régionale est plafonné à 20 000 € par an, hors bonification éventuelle.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;intervention régionale sera soumise à une programmation pluriannuelle des opérations d&amp;#039;inventaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critère d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sous la responsabilité scientifique de la Région Nouvelle-Aquitaine (services du patrimoine et de l&amp;#039;Inventaire), l&amp;#039;étude devra prendre en compte les points suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    respect des normes nationales de l&amp;#039;Inventaire Général du Patrimoine Culturel. Ces normes sont définies dans les livrets de prescription et aboutissent à une documentation normalisée sur le plan national bénéficiant des garanties d&amp;#039;homogénéité, de pérennité et d&amp;#039;accessibilité (Principes, méthode et conduite de l&amp;#039;Inventaire Général du Patrimoine Culturel, Système descriptif de l&amp;#039;architecture, Système descriptif du mobilier, Système descriptif de l&amp;#039;illustration...).
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    utilisation des applications « métiers » de l&amp;#039;Inventaire général : Gertrude (production de dossiers), Augustin (gestion de l&amp;#039;illustration), Cindoc...
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    élaboration en amont de l&amp;#039;opération d&amp;#039;un cahier des clauses scientifiques et techniques et d&amp;#039;une convention de partenariat.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    recrutement d&amp;#039;un ou plusieurs chargé(s) d&amp;#039;études ayant de solides compétences en matière d&amp;#039;histoire de l&amp;#039;art, d&amp;#039;histoire ou d&amp;#039;architecture. La Région sera associée à ce recrutement.
@@ -6955,67 +6765,67 @@
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    les projets prévoyant l&amp;#039;étude du patrimoine culturel immatériel.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La subvention est calculée sur la base d&amp;#039;un salaire brut chargé.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les outils informatiques et professionnels (appareil photographique) et les frais divers (repas, transport...) ne sont pas pris en compte.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-dinventaire</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Laurence Fouquet
  &lt;/strong&gt;
  &lt;strong&gt;
   (Pour les Départements 24-33-40-47-64)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  14, Rue François de Sourdis
  &lt;br /&gt;
  33077
                                                     Bordeaux cedex
 &lt;/p&gt;
 &lt;p&gt;
  0557577410
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nadia Jabnoun-Verger (Pour les Départements 19-23-87)
  &lt;/strong&gt;
@@ -7029,107 +6839,834 @@
  87031
                                                     Limoges Cedex 1
 &lt;/p&gt;
 &lt;p&gt;
  05.55.45.19.61
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Aurélie Riffaud (Pour les Départements 16-17-79-86)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  15, rue de l&amp;#039;Ancienne Comédie
  &lt;br /&gt;
  86021
                                                     Poitiers CS 70575
 &lt;/p&gt;
 &lt;p&gt;
  0549363005
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8890-operations-dinventaire/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>163591</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les Villes et Pays d'Art et d'Histoire</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Villes et Pays d’Art et d’Histoire</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les Villes et Pays d&amp;#039;Art et d&amp;#039;Histoire dans la valorisation et l&amp;#039;animation du patrimoine, au plus près des citoyens, grâce à leurs programmes annuels d&amp;#039;actions de sensibilisation, de médiation et d&amp;#039;éducation au patrimoine et à l&amp;#039;architecture.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine reconnaît que le patrimoine culturel est un facteur essentiel de développement de ses territoires et qu’il reste, pour certains d’entre eux, la principale ressource disponible.&lt;/p&gt;&lt;p&gt;Dans une région caractérisée par sa grande superficie, la valorisation du patrimoine permet donc de promouvoir l’idée d’un aménagement raisonné de tous ses territoires. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Date limite de dépôt du dossier : 1er avril de chaque année&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Coût du personnel gérant le label VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prestations extérieures (techniques, intellectuelles, cachets artistiques)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication sur les actions VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Location/achat de matériel pour réaliser les actions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Expositions, outils de médiation du patrimoine, valises pédagogiques, outils numériques d&amp;#039;aide à la visite.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Modalités de calcul de la subvention régionale &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Maximum de 20% du coût des dépenses éligibles avec une aide plafonnée à 15 000 € / an.&lt;/p&gt;&lt;p&gt;Une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (Cf. carte EPCI en annexe).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les gestionnaires du label (collectivités territoriales ou associations) des :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Villes d&amp;#039;art et d&amp;#039;histoire de moins de 50 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pays d&amp;#039;art et d&amp;#039;histoire de moins de 150 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programme d&amp;#039;actions équilibrées sur les publics touristiques, habitants et jeunes publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Convention de labellisation VPAH avec le Ministère de la Culture&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Équipe de valorisation du patrimoine professionnelle.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les dossiers éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les VPAH situés en territoires ruraux&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les VPAH mettant en œuvre des actions innovantes et importantes en direction du public jeune et scolaire, notamment dans le cadre de Parcours d&amp;#039;Éducation Artistique et Culturelle en partenariat avec l&amp;#039;Éducation Nationale, ou intégrant d’autres approches patrimoniales comme le patrimoine culturel immatériel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La valorisation des données de l&amp;#039;Inventaire Général du patrimoine culturel in situ&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions en faveur des publics en situation précaire et des publics en situation de handicap (accessibilité des contenus culturels, partenariats avec des structures gérant ces publics…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/villes-et-pays-dart-et-dhistoire</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes les demandes devront faire l&amp;#039;objet d&amp;#039;une prise de contact via l&amp;#039;e-mail de contact ci-dessous, merci de préciser votre département.&lt;/p&gt;&lt;p&gt;Les demandes pendront en compte la programmation des projets &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programmation annuelle avec une date limite de dépôt des dossiers le 1er avril de chaque année.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets éligibles seront programmés en fonction de l&amp;#039;enveloppe budgétaire annuelle dévolue à ce dispositif.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre saisine motivant la demande&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Budget prévisionnel (en € HT) et décision (délibération de la collectivité, acte du conseil d’administration ou autre acte décisionnel)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Programme prévisionnel d&amp;#039;actions détaillé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fiche d&amp;#039;identité Siren&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Patrimoine et Inventaire - Unité Politiques Publiques et Budget&lt;/p&gt;&lt;p&gt;Direction de la Culture et du Patrimoine&lt;/p&gt;&lt;p&gt;15, rue de l’Ancienne Comédie&lt;/p&gt;&lt;p&gt;86021 Poitiers CS 70575&lt;/p&gt;&lt;p&gt;05 49 36 30 05&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/villes-et-pays-dart-et-dhistoire/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>144492</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Musées, le Patrimoine et l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Réglement des aides départementales aux Musées, au Patrimoine, et à l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Reconnaissant le patrimoine comme facteur d&amp;#039;identité et d&amp;#039;attractivité des territoires, de développement personnel du citoyen, le Département des Landes soutient et promeut une action culturelle et patrimoniale globale s&amp;#039;appuyant sur un réseau de partenaires structurants, qui vise la qualité, l&amp;#039;accessibilité pour tous les publics, l&amp;#039;implication des territoires et des populations, et l&amp;#039;équité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du règlement d&amp;#039;aide à la restauration du patrimoine protégé des communes et de leur groupement, le présent règlement d&amp;#039;aides aux musées, au patrimoine et à l&amp;#039;archéologie des Landes a pour objectifs de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   conforter les musées de France comme des acteurs-équipements structurants de cette dynamique par leurs missions permanentes réglementaires inscrites dans un projet scientifique et culturel pluriannuel (telles que définies à l&amp;#039;article L441-2 du Code du Patrimoine, et conformément à la loi du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine).
+  &lt;/li&gt;
+  &lt;li&gt;
+   renforcer les actions en réseau, afin de mieux valoriser les Landes comme destination muséale et patrimoniale.
+  &lt;/li&gt;
+  &lt;li&gt;
+   soutenir des actions d&amp;#039;études, recherches et inventaires qui favorisent des projets territoriaux, en matière de culture, tourisme et patrimoine, ou y participent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   valoriser le patrimoine landais auprès du plus grand nombre par des expositions et manifestations présentant un caractère départemental et un intérêt scientifique et culturel avérés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser le &amp;#34;&amp;#34;parcours d&amp;#039;éducation artistique et culturelle&amp;#34;&amp;#34; de l&amp;#039;élève, instauré par la loi du 8 juillet 2013 d&amp;#039;orientation et de programmation pour la refondation de l&amp;#039;école de la République et formalisé dans la loi du 7 juillet 2016 relative à la liberté de création, à l&amp;#039;architecture et au patrimoine ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   encourager le partage, la mutualisation d&amp;#039;expériences, la formation des acteurs du territoire, l&amp;#039;implication citoyenne.&amp;#34;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide départementale sera octroyée à partir des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la spécificité des territoires concernés (rural, urbain, éloigné ou proche d&amp;#039;une offre culturelle et patrimoniale) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les caractéristiques des projets (intérêt départemental, cohérence de la programmation, qualité des contenus scientifiques et culturels, respect des cadres réglementaires et déontologiques, intérêt éducatif, originalité, accessibilité, pertinence des actions proposées et leur adéquation avec les publics visés) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la contribution au renforcement du réseau ou au projet territorial ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la concertation avec la conservation départementale et la cohérence des projets avec les missions et prérogatives des services de l&amp;#039;Etat (DRAC Nouvelle-Aquitaine) et de la Région Nouvelle-Aquitaine.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide départementale tiendra compte d&amp;#039;une éventuelle contribution en nature du Département. En outre, ne seront pas retenues dans le cadre du présent règlement les actions déjà financés par ailleurs par la politique culturelle et patrimoniale du Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=90</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ee-soutenir-les-musees-le-patrimoine-et-larcheol/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>162776</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les établissements muséaux et les centres d'interprétation</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine - Plan musées et Ciap</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif vise à favoriser les établissements muséaux et les centres d&amp;#039;interprétation répondant aux attentes du public en terme de qualité scientifique et culturelle, validé par le ministère en charge de la culture.&lt;/p&gt;
+&lt;p&gt;Il permet d&amp;#039;aider les collectivités à entreprendre des investissements ambitieux en matière d&amp;#039;aménagement culturel des territoires.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt; Collectivités territoriales (communes, intercommunalités, départements)&lt;/li&gt; 	&lt;li&gt;Association ou fondation si elle est propriétaire des murs et des collections musée de France&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Sont éligibles:&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les établissements justifiant de l’appellation Musées de France ainsi que les projets de création de Centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine&lt;/li&gt; 	&lt;li&gt;dans les communes ou territoires&lt;/li&gt; 	&lt;li&gt;ayant le label Villes et Pays d’art et d’histoire, délivré par le Ministère en charge de la culture&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Type de projets éligibles :&lt;/span&gt;&lt;br /&gt; &lt;strong&gt;Musées de France :&lt;/strong&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de construction, de rénovation et d’agrandissement &lt;/li&gt; 	&lt;li&gt;opérations d&amp;#039;entretien, de restauration&lt;/li&gt; 	&lt;li&gt;mise aux normes de sécurité et d&amp;#039;accueil du public&lt;/li&gt; 	&lt;li&gt;équipement en conservation préventive&lt;/li&gt; 	&lt;li&gt;aménagement de centres de conservation &lt;/li&gt; 	&lt;li&gt;modernisation de la muséographie&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;CIAP :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de construction, de réhabilitation, d’aménagement intérieur et de scénographie pour l’exposition principale.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Études d&amp;#039;ingénierie et de muséographie-scénographie préalables aux travaux de ces deux types de lieux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles:&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les établissements justifiant de l’appellation Musées de France ainsi que les projets de création de Centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine&lt;/li&gt; 	&lt;li&gt;dans les communes ou territoires&lt;/li&gt; 	&lt;li&gt;ayant le label Villes et Pays d’art et d’histoire, délivré par le Ministère en charge de la culture&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Type de projets éligibles :&lt;/span&gt;&lt;br /&gt; &lt;strong&gt;Musées de France :&lt;/strong&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de construction, de rénovation et d’agrandissement &lt;/li&gt; 	&lt;li&gt;opérations d&amp;#039;entretien, de restauration&lt;/li&gt; 	&lt;li&gt;mise aux normes de sécurité et d&amp;#039;accueil du public&lt;/li&gt; 	&lt;li&gt;équipement en conservation préventive&lt;/li&gt; 	&lt;li&gt;aménagement de centres de conservation &lt;/li&gt; 	&lt;li&gt;modernisation de la muséographie&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;CIAP :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de construction, de réhabilitation, d’aménagement intérieur et de scénographie pour l’exposition principale.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Études d&amp;#039;ingénierie et de muséographie-scénographie préalables aux travaux de ces deux types de lieux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-plan-musees-et-ciap</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Patrimoine et Musée &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Gaëlle Cuesta: &lt;a href="mailto:gcuesta&amp;#64;maregionsud.fr"&gt;gcuesta&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-plan-musees-et-ciap/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>101590</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Inciter les propriétaires à s'engager dans une démarche de labellisation des travaux de rénovation de leur patrimoine immobilier</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez embellir le centre-bourg et inciter les propriétaires d&amp;#039;habitations anciennes dans votre commune à les restaurer dans les règles de l&amp;#039;art.
+&lt;br /&gt;
+&lt;br /&gt;
+La Fondation du patrimoine délivre un label aux propriétaires privés accomplissant des travaux extérieurs de restauration chez eux respectant certaines règles et vérifiés par l&amp;#039;unité départementale de l&amp;#039;architecture et du patrimoine. Ce label ouvre droit, sous conditions, à une aide financière couvrant une partie des travaux et déclenche 50% de défiscalisation. Avec une subvention de 20%, la défiscalisation est de 100% du coût des travaux.</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un propriétaire privé / une commune souhaitant inciter les propriétaires à faire des travaux de rénovation ou de restauration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/aides-au-patrimoine/aide-au-patrimoine-prive/le-label</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez la Fondation du patrimoine : https://www.fondation-patrimoine.org/contact
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/436f-inciter-les-proprietaires-a-sengager-dans-une/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>71251</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Défiscaliser vos travaux - Label de la Fondation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le label de la Fondation du patrimoine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le label de la Fondation du patrimoine est destiné aux propriétaires privés et permet de déduire ses travaux de l&amp;#039;impôt sur le revenu. Accordé aux sites bâtis ou parcs et jardins qui ne bénéficient pas du régime des monuments historiques, notre label vous aide à financer les travaux de restauration réalisés chez vous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quels sont les biens éligibles ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes propriétaire d&amp;#039;un site visible de la voie publique ou accessible au public, financez vos travaux de façade et de couverture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quels travaux sont concernés ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre bien est ancien ou présente des qualités architecturales distinctives ? Réalisez vos travaux dans les règles de l&amp;#039;art afin d&amp;#039;en préserver ou de restituer l&amp;#039;authenticité. Le programme de travaux sera validé par l&amp;#039;Unité départementale de l&amp;#039;architecture et du patrimoine (Ministère de la Culture).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sur quel territoire ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le label concerne les communes rurales et les villes de moins de 20 000 habitants. Il peut aussi être accordé pour les sites patrimoniaux remarquables et les sites classés au titre du code de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Avantages du label:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 à 100 % déduction sur l&amp;#039;impôt sur le revenu du montant des travaux réalisés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 à 20 % aide accordée par la Fondation et par les collectivités territoriales partenaires
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  66% réduction d&amp;#039;impôt sur le revenu au titre des dons accordés à votre projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://strapi-upload.cdn.fondation-patrimoine.org/Plaquette_Label_edc61a9123.pdf"&gt;
+   Plus d&amp;#039;information sur la plaquette
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/soumettre-un-projet/defiscaliser-travaux</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Fondation du patrimoine est animée par des délégations locales. Dans chaque région et dans chaque département, bénévoles et salariés sont présents pour vous accompagner.
+ &lt;strong&gt;
+  Trouvez le contact de votre région dans le formulaire de contact :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fondation-patrimoine.org/contact"&gt;
+  https://www.fondation-patrimoine.org/contact
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Siège de la fondation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 153 bis, avenue Charles de Gaulle
+&lt;/p&gt;
+&lt;p&gt;
+ 92200 Neuilly-sur-Seine
+&lt;/p&gt;
+&lt;p&gt;
+ 01 70 48 48 00
+&lt;/p&gt;
+&lt;p&gt;
+ info&amp;#64;fondation-patrimoine.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/70bf-label-de-la-fondation-du-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>165420</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Opérations d'Inventaire Général du Patrimoine Culturel</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Opérations d&amp;apos;Inventaire Général du Patrimoine Culturel</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite accompagner les collectivités qui veulent s&amp;#039;engager dans une étude d&amp;#039;Inventaire du patrimoine culturel de leur territoire. Elle propose un contrôle scientifique de l&amp;#039;opération et une aide à l&amp;#039;emploi d&amp;#039;un chargé d&amp;#039;étude dédié.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;placer la connaissance en amont des politiques de valorisation, de médiation, d’aménagement du territoire et de développement des territoires ;&lt;/p&gt;&lt;p&gt;contribuer à la qualité des projets patrimoniaux, grâce à la constitution d’une documentation à caractère scientifique.&lt;/p&gt;&lt;p&gt;Pour ce faire, conformément à sa compétence, la Région Nouvelle-Aquitaine soutient le recrutement de chargés d’étude. Cette aide pour les opérations d’Inventaire Général du Patrimoine Culturel et pour la valorisation de la recherche est soumise à une programmation pluriannuelle sur l’ensemble du territoire régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Dépenses éligibles et modalités de calcul de la subvention régionale&lt;/p&gt;&lt;p&gt;Pour le chargé d’étude :&lt;/p&gt;&lt;p&gt;La subvention est calculée sur la base d’un salaire brut chargé (grille d’attaché territorial de conservation du patrimoine). Les dépenses liées à l’activité du chargé d’étude (frais de mission, matériel) ne sont pas prises en compte.&lt;/p&gt;&lt;p&gt;Calcul de la subvention régionale : 50 % du salaire brut chargé du chargé d’étude plafonné à 50 000 € de dépenses TTC par an, soit une subvention de 25 000 € maximum par an.&lt;/p&gt;&lt;p&gt;Dans le cadre d’un cofinancement FEADER, l’aide régionale ne pourra pas excéder 25% du salaire brut chargé du chargé d’étude.&lt;/p&gt;&lt;p&gt;Pour la valorisation de la recherche :&lt;/p&gt;&lt;p&gt;Concernant la valorisation de la recherche, une subvention complémentaire pourra être attribuée pendant les 3 ans qui suivent la fin de l’opération :&lt;/p&gt;&lt;p&gt;publication dans les collections nationales et régionales de l’Inventaire Général ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;exposition ;&lt;/p&gt;&lt;p&gt;projet multimédia.&lt;/p&gt;&lt;p&gt;Les supports de communication ne sont pas éligibles (exemple : dépliants).&lt;/p&gt;&lt;p&gt;Calcul de la subvention régionale : 50 % maximum du montant du projet de valorisation, en l’absence d’autres partenaires financiers. La subvention est plafonnée à 20 000 € par projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;Communes ;&lt;/p&gt;&lt;p&gt;Établissements publics ;&lt;/p&gt;&lt;p&gt;Établissements Publics de Coopération Intercommunale (EPCI) : communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux...&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Sous la responsabilité scientifique du service Patrimoine et Inventaire de la Région Nouvelle-Aquitaine, l’étude devra prendre en compte les points suivants :&lt;/p&gt;&lt;p&gt;respect des normes nationales de l’Inventaire Général du Patrimoine Culturel. Ces normes sont définies dans les livrets de prescription et aboutissent à une documentation normalisée sur le plan national bénéficiant des garanties d’homogénéité, de pérennité et d’accessibilité (Principes, méthode et conduite de l’Inventaire Général du Patrimoine Culturel, Système descriptif de l’architecture, Système descriptif du mobilier, Système descriptif de l’illustration…) ;&lt;/p&gt;&lt;p&gt;utilisation des applications métiers de l’Inventaire Général fournis par la Région : Gertrude (production de dossiers), Augustin (gestion de l’illustration) ;&lt;/p&gt;&lt;p&gt;élaboration en amont de l’opération d’un cahier des clauses scientifiques et techniques et d’une convention de partenariat ;&lt;/p&gt;&lt;p&gt;recrutement d’un ou plusieurs chargé(s) d’étude ayant de solides compétences en matière d’histoire de l’art, d’histoire ou d’architecture (Bac &amp;#43; 5).&lt;/p&gt;&lt;p&gt;La Région sera associée à ce recrutement et engagera un partenariat de plusieurs années avec le bénéficiaire, selon la nature et l’étendue de l’aire d’étude.&lt;/p&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les projets éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;les projets provenant d’E.P.C.I, afin de favoriser des aires d’études plus grandes assurant une bonne couverture du territoire régional ;&lt;/p&gt;&lt;p&gt;les projets prenant en compte les droits culturels par l’association étroite des habitants du territoire concerné au projet de valorisation (inventaire participatif, ateliers citoyens…) ;&lt;/p&gt;&lt;p&gt;les projets prévoyant l’étude du patrimoine culturel immatériel et ceux concernant les politiques mémorielles ;&lt;/p&gt;&lt;p&gt;les projets prévoyant l’intégration de l’étude d’inventaire dans une politique plus globale en matière de restauration, de protection, de valorisation du patrimoine ;&lt;/p&gt;&lt;p&gt;les projets situés dans des territoires à enjeux culturels (cf. carte en annexe).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-dinventaire-general-du-patrimoine-culturel</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;lettre de saisine motivant la demande ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;descriptif détaillé du projet avec calendrier prévisionnel ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;délibération du futur bénéficiaire avec budget prévisionnel du salaire du chargé d&amp;#039;étude sur la durée totale du recrutement (en € TTC) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;fiche d&amp;#039;identité Sirene.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Conformément à la délibération n°2023.487.SP relative aux éco socio conditionnalités adoptée en assemblée plénière du 27 mars 2023, la Région Nouvelle-Aquitaine demande à chaque bénéficiaire d’une subvention de signer la « Charte d’engagements du bénéficiaire d’une aide régionale envers la Région Nouvelle-Aquitaine Culture Patrimoine », et d’adhérer à ses principes (cf. délibération 2024.267.SP du 11 mars 2024).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/operations-dinventaire-general-du-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>58575</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Développer, restaurer et valoriser le patrimoine culturel</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I24" s="1" t="inlineStr">
+      <c r="I32" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   La Région Occitanie s&amp;#039;engage pour la restauration du patrimoine culturel.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La région est riche d&amp;#039;un patrimoine historique allant de la préhistoire à l&amp;#039;époque contemporaine. Sa diversité et sa qualité confèrent une forte personnalité au territoire régional, constituant un témoignage de la permanence de l&amp;#039;occupation humaine, de la circulation des savoirs et des techniques ainsi que de la dynamique ou de l&amp;#039;inventivité architecturale de ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  La richesse et la diversité du patrimoine est reconnue au travers de nombreux labels internationaux et nationaux : 8 biens inscrits sur la liste du Patrimoine Mondial par l&amp;#039;UNESCO, 20 secteurs sauvegardés, 24 Villes ou Pays d&amp;#039;Art et Histoire, 134 « musées de France », près de 5 000 Monuments Historiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs stratégiques
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   contribuer au renforcement de la personnalité de la région Occitanie car l&amp;#039;offre patrimoniale a un impact déterminant sur l&amp;#039;attractivité du territoire et la fréquentation touristique ; cette personnalité est l&amp;#039;expression de l&amp;#039;excellence et de la qualité de la vie ;
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;appuyer sur le réseau des sites labellisés UNESCO pour renforcer la notoriété patrimoniale du territoire régional au plan national et international ;
  &lt;/li&gt;
  &lt;li&gt;
@@ -7185,64 +7722,64 @@
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier complet est adressé à la Région :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   au plus tard le
   &lt;strong&gt;
    30 novembre
   &lt;/strong&gt;
   de l&amp;#039;année N-1, pour instruction et décision au cours du 1er semestre de l&amp;#039;année N ;
  &lt;/li&gt;
  &lt;li&gt;
   au plus tard le
   &lt;strong&gt;
    30 avril
   &lt;/strong&gt;
   de l&amp;#039;année N, pour instruction et décision au cours du 2ème semestre de la même année.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dossier de demande de subvention réceptionné par la Région doit être administrativement complet avant le démarrage des travaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Architecture
 Emploi
 Artisanat</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Patrimoine culturel éligible
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  1- Le patrimoine bâti ou archéologique protégé au titre des Monuments Historiques ou situé dans un site patrimonial remarquable.
 &lt;/p&gt;
 &lt;p&gt;
  2 - Le patrimoine bâti public d&amp;#039;architecture traditionnelle non protégé.
 &lt;/p&gt;
 &lt;p&gt;
  3 - Le patrimoine mobilier (objets d&amp;#039;art et bateaux) protégé au titre des Monuments Historiques.
 &lt;/p&gt;
 &lt;p&gt;
  4 - Le patrimoine musical (orgues et carillons).
 &lt;/p&gt;
 &lt;p&gt;
  5 - Les études en vue de la création d&amp;#039;un site patrimonial remarquable.
@@ -7250,559 +7787,146 @@
 &lt;p&gt;
  &lt;strong&gt;
   Travaux éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   restauration extérieure, peintures monumentales, vitraux, pour les Monuments Historiques
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   restauration extérieure uniquement, pour les édifices non protégés au titre des Monuments Historiques
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   restauration et mise en sécurité des objets mobiliers protégés Monuments Historiques, ainsi que des orgues et carillons
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   restauration extérieure et des structures pour les bateaux protégés Monuments Historiques
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Developpement-Restauration-et-Valorisation-du-Patrimoine-Aide-a</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact
 &lt;/p&gt;
 &lt;p&gt;
  Région Occitanie / Pyrénées-Méditerranée
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement, Restauration et Valorisation du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  patrimoinerestauration&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ed07-developpement-restauration-et-valorisation-du/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E25" s="1" t="inlineStr">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>10200</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer le patrimoine culturel des communes de moins de 30.000 habitants</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
-[...412 lines deleted...]
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 30</t>
         </is>
       </c>
-      <c r="J26" s="1" t="inlineStr">
+      <c r="J33" s="1" t="inlineStr">
         <is>
           <t>30% maximum du coût des travaux éligibles pour les biens inscrits sur la liste du Patrimoine mondial</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La région est riche d&amp;#039;un patrimoine historique allant de la préhistoire à l&amp;#039;époque contemporaine. Sa diversité et sa qualité confèrent une forte personnalité au territoire régional, constituant un témoignage de la permanence de l&amp;#039;occupation humaine, de la circulation des savoirs et des techniques ainsi que de la dynamique ou de l&amp;#039;inventivité architecturale de ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  La richesse et la diversité du patrimoine est reconnue au travers de nombreux labels internationaux et nationaux : 8 biens inscrits sur la liste du Patrimoine Mondial par l&amp;#039;UNESCO, 20 secteurs sauvegardés, 24 Villes ou Pays d&amp;#039;Art et Histoire, 134 « musées de France », près de 5 000 Monuments Historiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs stratégiques :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   contribuer au renforcement de la personnalité de la région Occitanie car l&amp;#039;offre patrimoniale a un impact déterminant sur l&amp;#039;attractivité du territoire et la fréquentation touristique ; cette personnalité est l&amp;#039;expression de l&amp;#039;excellence et de la qualité de la vie ;
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;appuyer sur le réseau des sites labellisés UNESCO pour renforcer la notoriété patrimoniale du territoire régional au plan national et international ;
  &lt;/li&gt;
  &lt;li&gt;
@@ -7828,117 +7952,117 @@
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier complet est adressé à la Région :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   au plus tard le
   &lt;strong&gt;
    30 novembre
   &lt;/strong&gt;
   de l&amp;#039;année N-1, pour instruction et décision au cours du 1er semestre de l&amp;#039;année N ;
  &lt;/li&gt;
  &lt;li&gt;
   au plus tard le
   &lt;strong&gt;
    30 avril
   &lt;/strong&gt;
   de l&amp;#039;année N, pour instruction et décision au cours du 2ème semestre de la même année.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dossier de demande de subvention réceptionné par la Région doit être administrativement complet avant le démarrage des travaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Bâtiments et construction
 Réhabilitation
 Architecture</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  Propriétaires publics ou privés d&amp;#039;un bien patrimonial éligible et situé dans une commune d&amp;#039;Occitanie de moins de 30 000 habitants. Pour les biens inscrits par l&amp;#039;UNESCO sur la Liste du patrimoine mondial, aucun seuil de population n&amp;#039;est appliqué.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Patrimoine culturel éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Le patrimoine bâti ou archéologique protégé au titre des Monuments Historiques ou situé dans un site patrimonial remarquable.
  &lt;/li&gt;
  &lt;li&gt;
   Le patrimoine bâti public d&amp;#039;architecture traditionnelle non protégé. 3 - Le patrimoine mobilier (objets d&amp;#039;art et bateaux) protégé au titre des Monuments Historiques. 4 - Le patrimoine musical (orgues et carillons). 5 - Les études en vue de la création d&amp;#039;un site patrimonial remarquable.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Travaux éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   restauration extérieure, peintures monumentales, vitraux, pour les Monuments Historiques
  &lt;/li&gt;
  &lt;li&gt;
   restauration extérieure uniquement, pour les édifices non protégés au titre des Monuments Historiques
  &lt;/li&gt;
  &lt;li&gt;
   restauration et mise en sécurité des objets mobiliers protégés Monuments Historiques, ainsi que des orgues et carillons
  &lt;/li&gt;
  &lt;li&gt;
   restauration extérieure et des structures pour les bateaux protégés Monuments Historiques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Restauration-du-patrimoine-culturel</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Région Occitanie / Pyrénées-Méditerranée Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement, Restauration et Valorisation du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les départements 11, 30, 34, 48 et 66
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Site de Montpellier : 201, avenue de la Pompignane 34 064 MONTPELLIER Cedex 2
  &lt;/li&gt;
  &lt;li&gt;
   Monique BENOIT Tél : 04 67 22 93 49 Mél :
   &lt;a href="mailto:monique.benoit&amp;#64;laregion.fr" rel="noopener" target="_blank"&gt;
    monique.benoit&amp;#64;laregion.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Ondine VIGIER Tél : 04 67 22 80 83 Mél :
   &lt;a href="mailto:ondine.vigier&amp;#64;laregion.fr" rel="noopener" target="_blank"&gt;
@@ -7948,60 +8072,1638 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Site de Toulouse : 22, boulevard du Maréchal Juin 31 406 TOULOUSE Cedex 9
  &lt;/li&gt;
  &lt;li&gt;
   Patricia RODRIGUES Tél : 05 61 39 62 22 Mél :
   &lt;a href="mailto:patricia.rodrigues&amp;#64;laregion.fr" rel="noopener" target="_blank"&gt;
    patricia.rodrigues&amp;#64;laregion.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Geneviève GUILHEM Tél : 05 61 39 62 10 Mél :
   &lt;a href="mailto:genevieve.guilhem&amp;#64;laregion.fr" rel="noopener" target="_blank"&gt;
    genevieve.guilhem&amp;#64;laregion.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/91a6-patrimoine-aide-a-la-restauration-du-patrimoi/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>117374</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’élaboration des documents d’urbanisme</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre des procédures d&amp;#039;évolution des documents d&amp;#039;urbanisme, le Département met ses compétences techniques à disposition des communes et des EPCI, afin que ces derniers élaborent un document de planification durable permettant la mise en œuvre opérationnelle de leurs perspectives de développement urbain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Conseils / informations en urbanisme et aménagement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise en relation des partenaires
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sensibilisation sur l&amp;#039;architecture et les paysages, la biodiversité...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte de l&amp;#039;impact des projets de développement sur la voirie départementale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Intégration des mobilités (bus, modes actifs...) dans les documents d&amp;#039;urbanisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la révision des documents d&amp;#039;urbanisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prestations écrites - Envoi d&amp;#039;un porter-à-connaissance
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions Personnes Publiques Associées
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement technique lors des réunions obligatoires en communes ou à la demande
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Bâtiments et construction
+Réhabilitation
+Paysage
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/349d-accompagner-les-collectivites-dans-lelaborati/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>163658</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de construction ou de rénovation d'équipements culturels structurants</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Equipements culturels</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine apporte son soutien aux opérations de construction ou de rénovation d&amp;#039;équipements culturels structurants pour le territoire. Cet accompagnement concerne les lieux de spectacle vivant, les médiathèques, les salles de cinémas indépendants de proximité, les musées de France et centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine, les établissements d&amp;#039;enseignement supérieur artistique, les centres d&amp;#039;art et lieux de diffusion de l&amp;#039;art contemporain, les lieux de création et de production et l&amp;#039;équipement en matériel des lieux.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Contribuer à un aménagement culturel équilibré du territoire régional en corrigeant les inégalités territoriales en matière d’équipements culturels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer la qualité des équipements culturels, les remettre à niveau notamment en regard des enjeux de la création contemporaine, des nouvelles technologies et des enjeux environnementaux, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir les projets d’équipements culturels qui intègrent les droits culturels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Offrir sur le territoire de la Nouvelle-Aquitaine une offre culturelle et artistique riche, diversifiée et de qualité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit public&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d&amp;#039;éligibilité pour les lieux :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;besoin d&amp;#039;un équipement culturel au regard du bassin de vie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;viabilité du modèle économique (investissement et fonctionnement),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;gestion par une équipe professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;réalisation d&amp;#039;une étude préalable concluant à la faisabilité du projet,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;si portage par une commune rurale ou de moins de 30 000 habitants, soutien financier de l’intercommunalité (excepté pour les musées),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;si portage privé, financement par au moins une collectivité autre que la Région, ou par l’Etat, ou par un établissement public,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;intégration du développement durable dans le projet (conditions d’éco-responsabilité répondant à la feuille de route de Néo terra) dans la conception du projet (intégration paysagère, énergie, eau, matériaux bio-sourcés, mobilité durable).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères éligibilité pour le matériel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Equipement en matériel pour structure culturelle professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Achat de matériel pour l’aménagement du lieu dans le cadre de sa création, de son extension ou de sa réhabilitation,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipement en matériel en lien direct avec le projet artistique de la structure ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La demande est formulée au moins cinq années après l’obtention d’une aide régionale de ce type.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Attribution au bénéficiaire de l’aide directe représentant un taux maximal de 20 % des dépenses éligibles (toutes tranches confondues) dans la limite du montant plafond (détail dans le RI et fiches thématiques à télécharger ci-dessous)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/equipements-culturels</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Compléter le formulaire de demande en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/equipements-culturels/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>117147</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Faire bénéficier les collectivités d'une expertise  sur la définition et le montage de projets d'aménagements d'ensemble</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Réaliser une étude de faisabilité des projets et créer les conditions de leur viabilité prévisionnelle financière, juridique et technique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude de faisabilité d&amp;#039;un projet d&amp;#039;aménagement d&amp;#039;ensemble (viabilité économique, analyse du marché, analyse juridique comparative des procédures possibles d&amp;#039;aménagement ZAC/permis d&amp;#039;aménagement/convention de PUP, analyse juridique, calendaire et financière des modes de portage concession/mandat/régie...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide juridique, technique et administrative pour la procédure de récupération de biens vacants ou sans maître
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise en archéologie préventive (niveau d&amp;#039;exposition de la zone, informations sur les procédures, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation en réunion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Production de supports (ppt, notes)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Prestation payante si nécessite d&amp;#039;une analyse/expertise de plus d&amp;#039;une demi-journée de temps passé.
+&lt;/p&gt;
+&lt;p&gt;
+ Si payante à voir sur devis au cas par cas.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Logement, activité économique, commerce, équipements publics...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Bâtiments et construction
+Logement et habitat
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de Seine-et-Marne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0df0-faire-beneficier-les-collectivites-dune-exper/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>111710</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir le patrimoine communal</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'initiative locale et environnementale</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 9 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes de moins de 3 000 habitants pour les services marchands
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entretien du patrimoine communal et maintien de services publics à la population dont les derniers services marchands
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 20% d&amp;#039;une dépense plafonnée à 70.000 € HT
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets dont le coût est inférieur à 3 000 € sont inéligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les opérations dont le coût dépasse le plafond de la dépense subventionnable, la présentation par tranches fonctionnelles de travaux est possible (présentation d&amp;#039;une tranche par exercice budgétaire). Le nombre de tranches est limité à deux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les communes volontaires qui s&amp;#039;engageraient, dans le cadre d&amp;#039;une convention, à ne pas solliciter de nouvelle subvention au titre du Soutien à l&amp;#039;Initative Locale et Environnementale pendant une durée de 4 ans, la dépense subventionnable peut être portée à un maximum de 600 000 € HT. En ce sens, la participation départementale peut atteindre un maximum de 120 000 € y compris la majoration éventuelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Majorations éventuelles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Majoration de 10 points pour les travaux extérieurs (toitures et façades) entrant dans le périmètre d&amp;#039;un site protégé, si ce dernier a engendré un surcoût architectural, justifié par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Majoration de 15 points pour les projets les plus vertueux en termes de développement durable, sur demande expresse du bénéficiaire et avis favorable de l&amp;#039;instance départementale compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois projets maximum par commune subventionnés au cours d&amp;#039;un même exercice budgétaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;obtention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent respecter la réglementation thermique en vigueur et les opérations de réhabilitation énergétique doivent être précédées d&amp;#039;un diagnostic thermique du bâtiment.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accessibilité aux personnes handicapées (handicap physique, sensoriel, cognitif, mental ou psychique) est obligatoire dans le cadre de travaux soumis à permis de construire.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet de construction neuve est soumis à un examen au sein de l&amp;#039;instance départementale compétente.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit s&amp;#039;engager dans la démarche de la charte « Charente 2030 », à un minimum de 3 critères (2 critères pour un projet inférieur à 15 000 € HT). Pour bénéficier de la majoration de l&amp;#039;aide départementale, le bénéficiaire doit s&amp;#039;engager à 1 critère supplémentaire identifié en rouge.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de gros œuvre, tous types de grosses réparations (dont remplacement des chaudières par des systèmes de chauffage à énergies renouvelables, sous réserve qu&amp;#039;ils soient bien utilisés comme chauffage à titre principal) et mises aux normes immobilières du patrimoine communal (dont démolition, désamiantage, accessibilité aux personnes à mobilité réduite et équipement d&amp;#039;assainissement non collectif), y compris les frais d&amp;#039;étude et de maîtrise d&amp;#039;œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ •	bâtiments faisant partie du patrimoine communal (ou intercommunal dans le cadre des bâtiments scolaires), pour lesquels aucun loyer n&amp;#039;est perçu hormis pour les derniers commerces, les logements et les équipements de tourisme :
+&lt;/p&gt;
+&lt;p&gt;
+ -	mairies, ateliers, garages municipaux, presbytères, halles et marchés, cuisines centrales, sanitaires publics...
+&lt;/p&gt;
+&lt;p&gt;
+ -	équipements culturels : centres culturels, théâtres et salles spécialisées, auditoriums, salles d&amp;#039;animations ou d&amp;#039;expositions...
+&lt;/p&gt;
+&lt;p&gt;
+ -	équipements à vocation polyvalente : salles des fêtes, salles polyvalentes, centres de loisirs, locaux socio-éducatifs, points destinés à l&amp;#039;accueil de services en lien avec les Schéma départemental d&amp;#039;amélioration de l&amp;#039;accessibilité des services au public
+&lt;/p&gt;
+&lt;p&gt;
+ -	bâtiments scolaires du premier degré : salles de classe, végétalisation des cours d&amp;#039;écoles, murs d&amp;#039;enceinte, locaux annexes (restaurants, préaux, bibliothèques, salles de jeux...)
+&lt;/p&gt;
+&lt;p&gt;
+ -	édifices cultuels non protégés dont acquisition, installation, électrification et restauration des cloches
+&lt;/p&gt;
+&lt;p&gt;
+ -	patrimoine vernaculaire : fours à pain, lavoirs, croix de mission, fontaine, puits...
+&lt;/p&gt;
+&lt;p&gt;
+ -	meublés de tourisme, camping, halte camping-cars
+&lt;/p&gt;
+&lt;p&gt;
+ •	cimetières : clôtures (murs ou grillages avec écran végétal), ossuaires, caveaux communaux, columbariums, allées végétalisées, jardins du souvenir, déplacement des monuments aux morts...
+&lt;/p&gt;
+&lt;p&gt;
+ •	services marchands, lorsque l&amp;#039;initiative privée est défaillante ou absente :
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition, l&amp;#039;extension, la rénovation et/ou la construction de bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition de matériels directement liés à l&amp;#039;activité (production, mobilier...)
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition d&amp;#039;un distributeur de produits alimentaires en circuits courts sous réserve qu&amp;#039;aucune entreprise de même activité ne soit implantée dans un rayon de 5 km
+&lt;/p&gt;
+&lt;p&gt;
+ •	équipements sportifs :
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de terrains de grands jeux (rugby, football) et de gymnases non utilisés par les collèges ou dont le taux d&amp;#039;occupation par les collèges est inférieur à 50 %
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de plateaux sportifs omnisports
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de salles spécialisées (dojo, salles d&amp;#039;escrime...), de structure artificielle d&amp;#039;escalade, de locaux techniques de rangement du matériel pour les activités de plein air
+&lt;/p&gt;
+&lt;p&gt;
+ -	aménagement des piscines
+&lt;/p&gt;
+&lt;p&gt;
+ -	petits équipements connexes à la pratique sportive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ les constructions neuves envisagées hors des zones agglomérées des bourgs, les travaux réalisés en régie ou aux abords (parkings en particulier), les dépenses d&amp;#039;équipement et d&amp;#039;entretien courant (notamment les climatiseurs qui ne sont pas utilisés comme des systèmes de chauffage à titre principal), les installations photovoltaïques et les bâches à incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;instruction de la demande :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la charte « Charente 2030 » signée par le représentant de la collectivité ainsi que la délibération de la collectivité l&amp;#039;autorisant à signer
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  un extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative (plan de situation, diagnostic technique, descriptif de l&amp;#039;opération, plans des travaux, photos...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  des devis descriptifs et estimatifs de l&amp;#039;opération établis par « un homme de l&amp;#039;art » (architecte, paysagiste, bureau d&amp;#039;études) ou offre retenue à l&amp;#039;issue du marché public lancé (les estimations réalisées par l&amp;#039;ATD16 ne suffisent pas)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets sollicitant la majoration « Périmètre protégé », une copie des préconisations émises par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets sollicitant la majoration « Bâti vacant », une déclaration sur l&amp;#039;honneur
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets touristiques : adhésion à une charte de qualité ou un label national et au label Tourisme et Handicap
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour le paiement de la subvention :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le formulaire de demande de paiement visé par le trésorier
+ &lt;/li&gt;
+ &lt;li&gt;
+  une copie de l&amp;#039;attestation de conformité à la réglementation thermique en vigueur soit sur l&amp;#039;ensemble du bâtiment, soit élément par élément
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux soumis à permis de construire, une copie de l&amp;#039;attestation d&amp;#039;accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux portant uniquement sur une mise en accessibilité, un engagement du maître d&amp;#039;œuvre ou toute autre justification (attestation contrôleur technique ou association référente...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le décompte général et définitif de l&amp;#039;opération joint aux factures acquittées
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement final avec copies des décisions attributives des autres partenaires financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  les supports de communication où l&amp;#039;aide départementale a été citée
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : l&amp;#039;intérêt départemental des projets susceptibles de faire l&amp;#039;objet d&amp;#039;un contrat est proposé par la Commission Solidarités territoriales puis examiné par la Commission permanente du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/soutien_initiative_locale_environnementale.pdf</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 74 18 ou 05 16 09 74 12 (hébergements touristiques) ou 05 16 09 74 24 (services marchands) ou 05 16 09 74 13 (patrimoine vernaculaire)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f682-entretenir-le-patrimoine-communal/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>97347</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'aménagement de parcours à volailles</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le parcours à volailles est un aménagement fondamental de l&amp;#039;élevage de volailles de plein air. Cet espace extérieur influe sur la santé animale et la qualité des produits finis, et au-delà sur l&amp;#039;image de marque d&amp;#039;une production.
+&lt;/p&gt;
+&lt;p&gt;
+ Bien arboré, le parcours à volailles contribue à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer les conditions d&amp;#039;élevage des volailles par une meilleure prise en compte du bien-être animal, et notamment du confort thermique du bâtiment, face aux aléas climatiques (soleil, vent...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer le maintien de la ressource en eau et l&amp;#039;amélioration de la qualité de l&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir la qualité des paysages ruraux par l&amp;#039;intégration paysagère des zones d&amp;#039;élevages.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ propriétaires d&amp;#039;exploitations agricoles, exploitations agricoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent l&amp;#039;étude, les travaux et les matériaux nécessaires à la réalisation des projets de plantations liés directement à un parcours avicole à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;étude technique du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat des végétaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat des matériaux relatifs à la plantation (paillage, protection et tuteurage),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de préparation de terrain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de plantation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préparation du paillage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la pose du paillage, des protections et du tuteurage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Tout projet de plantations doit tenir compte de la liste des essences subventionnées annexée à ce règlement et établie en concertation avec le Conseil d&amp;#039;Architecture, d&amp;#039;Urbanisme et de l&amp;#039;Environnement (C.A.U.E.), la Chambre d&amp;#039;Agriculture, le Centre Régional de la Propriété Forestière et le Département de la Vendée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif d&amp;#039;aides s&amp;#039;applique aux dépenses réalisées :
+&lt;/p&gt;
+&lt;p&gt;
+ -	50 % du coût H.T. de l&amp;#039;étude plafonné à 310,00 € H.T.
+&lt;/p&gt;
+&lt;p&gt;
+ -	50 % du coût H.T. des travaux plafonné à 3 000,00 € H.T. par parcours.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Agriculture et Pêche
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue du Maréchal Foch
+85923 LA ROCHE-SUR-YON CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.28.85.86.42      Fax : 02.51.44.20.25
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:agriculture&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  agriculture&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.daviaud@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46e-soutenir-lamenagement-de-parcours-a-volailles/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>162775</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la conservation, la restauration et la mise en valeur du patrimoine public</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine - Plan concerté de restauration et valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir la conservation, la restauration et la mise en valeur du patrimoine public, aider les collectivités gestionnaires à mener des programmations concertées de valorisation à l’échelle d’un territoire dans un objectif de dynamisation économique et touristique.&lt;/strong&gt;&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les communes et les intercommunalités en charge du patrimoine&lt;/li&gt; 	&lt;li&gt; Les personnes publiques propriétaires d’une œuvre située sur le territoire visé par le Plan concerté ou agissant en tant que maître d’ouvrage délégué d’une autre personne publique.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les projets doivent porter sur un territoire pris dans sa globalité (commune, intercommunalité) et être inscrits dans des logiques de développement et d&amp;#039;aménagement du territoire. Ils doivent faire l’objet d’une planification pluriannuelle des travaux et des financements.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Domaines patrimoniaux éligibles&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Architecture, décors portés, mobilier monumental et objets de propriété publique, qu&amp;#039;ils soient protégés ou non au titre des Monuments historiques, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les édifices protégés au titre des Monuments historiques, le plan de financement devra obligatoirement faire apparaître une participation du ministère en charge de la Culture (Direction régionale des Affaires culturelles).&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations de conservation préventive, de restauration, de réhabilitation, de mise aux normes de sécurité&lt;/li&gt; 	&lt;li&gt; Les études de diagnostic ou expertise d&amp;#039;ingénierie patrimoniale&lt;/li&gt; 	&lt;li&gt; Pour les édifices du culte, le projet doit englober le bâti et le mobilier&lt;/li&gt; 	&lt;li&gt; Le projet doit comporter un volet de mise en valeur ou de restitution au public.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent porter sur un territoire pris dans sa globalité (commune, intercommunalité) et être inscrits dans des logiques de développement et d&amp;#039;aménagement du territoire. Ils doivent faire l’objet d’une planification pluriannuelle des travaux et des financements.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Domaines patrimoniaux éligibles&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Architecture, décors portés, mobilier monumental et objets de propriété publique, qu&amp;#039;ils soient protégés ou non au titre des Monuments historiques, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les édifices protégés au titre des Monuments historiques, le plan de financement devra obligatoirement faire apparaître une participation du ministère en charge de la Culture (Direction régionale des Affaires culturelles).&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations de conservation préventive, de restauration, de réhabilitation, de mise aux normes de sécurité&lt;/li&gt; 	&lt;li&gt; Les études de diagnostic ou expertise d&amp;#039;ingénierie patrimoniale&lt;/li&gt; 	&lt;li&gt; Pour les édifices du culte, le projet doit englober le bâti et le mobilier&lt;/li&gt; 	&lt;li&gt; Le projet doit comporter un volet de mise en valeur ou de restitution au public.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-plan-concerte-de-restauration-et-valorisation-du-patrimoine</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chef de service adjoint (Patrimoine, Traditions, Inventaire) :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pascal Guillermin: &lt;a href="mailto:pguillermin&amp;#64;maregionsud.fr"&gt;pguillermin&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-plan-concerte-de-restauration-et-valorisation-du-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>75457</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer et valoriser les « Grands sites patrimoniaux »</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renforcer l&amp;#039;attractivité de la Bourgogne-Franche-Comté par la restauration et la mise en valeur des sites patrimoniaux majeurs de la région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets patrimoniaux inscrits aux contrats de plan État-région 2015-2020,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les grands sites patrimoniaux qui s&amp;#039;inscrivent dans des projets de développement culturel et touristique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Dépenses éligibles :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une étude afin de définir le projet culturel lié au monument ou au site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration d&amp;#039;éléments d&amp;#039;architecture ou de confortation du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation d&amp;#039;un monument ou un site par la mise en œuvre de dispositifs permanents à destination de publics variés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Subvention d&amp;#039;investissement.
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;ingénierie de projet : dépense minimale 10 000 €, taux maximal 40 %,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de restauration : dépense minimale 50 000 €, taux maximal 20 %,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation : dépense minimale 30 000 €, taux maximal 40 %.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre du plan d&amp;#039;accélération de l&amp;#039;investissement régional, une bonification de 10 % est possible pour les travaux de restauration du patrimoine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt patrimonial et qualité du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conduite du projet sur l&amp;#039;ensemble de la chaîne patrimoniale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit avoir fait l&amp;#039;objet d&amp;#039;une réflexion pluridisciplinaire préalable au regard des enjeux et besoins du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Efficacité énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/node/395</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ patrimoineculturel&amp;#64;bourgognefranchecomte.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4381-restaurer-valoriser-grands-sites-patrimoniaux/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>142648</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la publication et à la diffusion de la recherche archéologique</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la publication et à la valorisation de la recherche archéologique</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture apporte son soutien à la diffusion des résultats de la recherche archéologique en accordant des subventions pour la préparation de publication et l&amp;#039;édition d&amp;#039;ouvrages, ainsi que pour l&amp;#039;organisation de colloques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le soutien à la publication et à la diffusion de la recherche archéologique ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions accordées par le ministère de la Culture dans le cadre du soutien à la publication et à la diffusion de la recherche archéologique sont destinées à aider les chercheurs à publier les résultats de leurs recherches ou à organiser des colloques.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces recherches doivent témoigner d&amp;#039;un intérêt national ou international à travers le caractère exemplaire ou novateur des méthodes développées, l&amp;#039;importance ou la pertinence des résultats fournis, l&amp;#039;approche synthétique et la mise en perspective d&amp;#039;un certain nombre de résultats jusque-là épars.
+ &lt;br /&gt;
+ Les projets de diffusion de la recherche archéologique de niveau régional peuvent être subventionnés par les DRAC.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois types de subvention sont accordées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide à la préparation de publication d&amp;#039;un travail de recherche. Elle permet de réaliser un travail de mise en forme pour obtenir un manuscrit publiable, structuré avec des illustrations éditables et une bibliographie harmonisée à partir de données de terrain.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide à l&amp;#039;édition d&amp;#039;une thèse, d&amp;#039;un rapport de fouille, d&amp;#039;une monographie de site, des résultats d&amp;#039;un PCR etc. Elle permet de passer du manuscrit au produit fini. Elle contribue à financer l&amp;#039;édition de l&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide à la valorisation permet de soutenir la réalisation de colloques ou d&amp;#039;évènements en lien avec la recherche archéologique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien à la publication et à la diffusion de la recherche archéologique participe à la politique générale du ministère de la Culture d&amp;#039;étude et de transmission d&amp;#039;un patrimoine commun. Les fouilles archéologiques permettent de documenter les modes de vie des sociétés qui nous ont précédé. Avec la conservation des vestiges, la rédaction du rapport de fouille constitue la première étape des recherches qui permet la restitution historique du site fouillé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est plafonné à 80% du budget du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée par le ministère de la Culture sur le compte bancaire de la structure porteuse du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les publications, le bénéficiaire s&amp;#039;engage à mentionner la participation du ministère de la culture en plaçant sur la page de titre &amp;#34;Ministère de la culture, direction générale des patrimoines et de l&amp;#039;architecture, service du patrimoine, sous-direction de l&amp;#039;archéologie&amp;#34; sur chaque livraison des éditions concernées et à faire figurer le logo du ministère en 4e de couverture.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les colloques, le logo du ministère doit être placé sur les outils de diffusion (programmes et affiches).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont examinés au regard des critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la complétude des dossiers financier, administratif et scientifique
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;équilibre financier de la structure porteuse du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  les subventions sont accordées en fonction de la cohérence et de l&amp;#039;aboutissement du projet, évalués par des experts qui soumettent leurs préconisations au sous-directeur de l&amp;#039;archéologie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;examen des dossiers est fait selon le processus suivant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étape 1 :
+ &lt;/strong&gt;
+ Le dossier comprend un formulaire administratif, un ensemble de pièces obligatoires communes à toutes les aides et des pièces complémentaires spécifiques à chaque type d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étape 2 :
+ &lt;/strong&gt;
+ Le dossier numérique complet est transmis par le demandeur (porteur de projet ou éditeur) à la DRAC ou au Drassm (département de recherches archéologiques subaquatiques ou sous-marines) s&amp;#039;il s&amp;#039;agit d&amp;#039;un projet de recherche en sous-marin.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étape 3 :
+ &lt;/strong&gt;
+ La complétude du dossier est vérifiée par le service compétent. Il est assorti d&amp;#039;un avis de la CTRA (commission territoriale de la recherche archéologique) et d&amp;#039;un avis du Conservateur régional de l&amp;#039;archéologie ou du directeur du Drassm témoignant de la portée nationale ou internationale du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étape 4 :
+ &lt;/strong&gt;
+ Le dossier est transmis à la direction générale des patrimoines et de l&amp;#039;architecture (sous-direction de l&amp;#039;archéologie) qui examine la demande et décide de l&amp;#039;octroi d&amp;#039;une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La direction générale des patrimoines et de architecture (sous-direction de l&amp;#039;archéologie) examine les demandes 3 fois par an :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  07 mars 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  25 mai 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  28 septembre 2023
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Entre 2019 et 2022, le SPDRA a apporté son soutien à l&amp;#039;édition de plus de 50 ouvrages et l&amp;#039;organisation d&amp;#039;une dizaine de colloques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personne privée adossée à une personne morale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets qui répondent aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir une portée nationale voire internationale. L&amp;#039;intérêt national peut reposer sur le caractère exemplaire ou novateur des méthodes développées, l&amp;#039;importance ou la pertinence des résultats fournis. Le cadre géographique de la recherche n&amp;#039;est pas forcément restrictif de son intérêt national
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets francophones ou intégrant une traduction en français
+ &lt;/li&gt;
+ &lt;li&gt;
+  être porté par une structure détenant un numéro SIRET (association, maison d&amp;#039;édition, UMR, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles les projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dont l&amp;#039;intérêt n&amp;#039;est pas de portée nationale ou internationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  portant sur des recherches effectuées hors du territoire français et ne concernant pas l&amp;#039;archéologie nationale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dans le cadre d&amp;#039;une demande d&amp;#039;aide à la préparation de publication :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les crédits alloués ne peuvent abonder des demandes d‘aide pour analyses ou pour mise en état de mobilier en vue de leur étude, qui relèvent des DRAC et DAC au titre de l&amp;#039;archéologie programmée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de fonctionnement ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dans tous les cas de demandes :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le montant de la subvention demandé ne peut pas dépasser 80% du budget global du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-a-la-publication-et-a-la-valorisation-de-la-recherche-archeologique</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur le SPDRA, vous êtes invités à vous adresser au :
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat du SPDRA
+ &lt;br /&gt;
+ Direction générale des patrimoines et de l&amp;#039;architecture
+ &lt;br /&gt;
+ Service du Patrimoine – Sous-direction de l&amp;#039;archéologie
+ &lt;br /&gt;
+ &lt;a href="mailto:secretariat.SPDRA&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  secretariat.SPDRA&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 01 40 15 77 15
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75033 Paris cedex 01
+&lt;/p&gt;
+&lt;p&gt;
+ ou au
+ &lt;a href="https://www.culture.gouv.fr/Regions" rel="noopener" target="_blank"&gt;
+  service déconcentré
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ du ministère de la Culture du lieu de réalisation de votre projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/822d-soutien-a-la-publication-et-a-la-diffusion-de/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>