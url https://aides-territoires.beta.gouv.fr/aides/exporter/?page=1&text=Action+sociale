--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA61"/>
+  <dimension ref="A1:AA50"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -843,86 +843,206 @@
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
+        <v>153403</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du revenu de solidarité active (RSA)</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Revenu de solidarité active (RSA)</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  C&amp;#039;EST QUOI LE RSA ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le RSA (Revenu de solidarité active) assure aux personnes sans ressources un niveau minimum de revenu qui varie selon la composition du foyer. Le Revenu de solidarité active (RSA) a pour objet d&amp;#039;assurer à ses bénéficiaires des moyens convenables d&amp;#039;existence, de lutter contre la pauvreté et de favoriser l&amp;#039;insertion sociale et professionnelle (article L.262.-1 du code de l&amp;#039;action sociale et des familles).
+&lt;/p&gt;
+&lt;p&gt;
+ Le RSA garantit donc un minimum de ressources en complément de revenus professionnels ou en l&amp;#039;absence de tout revenu d&amp;#039;activité. En effet, le revenu de solidarité active est un complément de ressources pour les personnes en situation professionnelle précaire. Ces personnes peuvent cumuler le RSA sans limitation de durée avec leurs revenus d&amp;#039;activité. Il est possible de bénéficier de l&amp;#039;allocation RSA au taux plein ou d&amp;#039;une allocation différentielle en fonction du montant des ressources et de la composition du foyer.
+&lt;/p&gt;
+&lt;p&gt;
+ Le RSA dans la Manche est financé par le Département et versé par la Caisse d&amp;#039;Allocations Familiales (CAF) ou la Mutualité Sociale Agricole (MSA).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/revenu-de-solidarite-active-rsa/</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/269c-revenu-de-solidarite-active-rsa/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>111707</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Soutenir les structures du domaine de l'insertion par l'activité économique (IAE)</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Soutien aux structures du domaine de l'insertion par l'activité économique</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Organismes conventionnés par l&amp;#039;Etat en qualité de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   atelier et chantier d&amp;#039;insertion (ACI)
  &lt;/li&gt;
  &lt;li&gt;
   entreprise d&amp;#039;insertion (EI)
  &lt;/li&gt;
  &lt;li&gt;
   association intermédiaire (AI)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;activité peut être portée par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -987,62 +1107,62 @@
 &lt;p&gt;
  → Pour les AI, le principe est le même que pour les ACI :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   montant forfaire de 1.800 euros/ETP et par an ;
  &lt;/li&gt;
  &lt;li&gt;
   bonification au placement de 350 euros par sortie positive
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  → Pour les EI, le principe est le même que pour les ACI :
 &lt;/p&gt;
 &lt;p&gt;
  •	montant forfaitaire de 2.800 euros/ETP et par an ;
 &lt;/p&gt;
 &lt;p&gt;
  •	bonification au placement de 1.400 euros par sortie positive&lt;/p&gt;
 &lt;p&gt;
  * Est considérée comme sortie positive : la conclusion d&amp;#039;un contrat de travail à durée indéterminée (CDI), d&amp;#039;un contrat à durée déterminée (CDD) supérieure ou égale à 3 mois, d&amp;#039;une mission de travail temporaire d&amp;#039;une durée supérieure ou égale à 2 mois, l&amp;#039;entrée en formation qualifiante et la création d&amp;#039;entreprise. Les sorties seront prises en compte jusqu&amp;#039;à 3 mois après la fin du parcours au sein de la SIAE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les actions en fonctionnement
  &lt;/li&gt;
  &lt;li&gt;
   les demandes portant sur un projet ou une action clairement définis
  &lt;/li&gt;
  &lt;li&gt;
   les projets ayant une résonnance sur le territoire charentais
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Sont inéligibles : les demandes de subvention inférieures à 500 euros
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -1086,246 +1206,126 @@
   le dossier unique de l&amp;#039;Etat/Département « insertion par l&amp;#039;activité économique » (idem en cas de renouvellement)
  &lt;/li&gt;
  &lt;li&gt;
   tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
  &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : conformément aux dispositions de la convention signée.
 &lt;/p&gt;
 &lt;p&gt;
  En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : conformément aux dispositions de la convention signée ou, à défaut, deux ans à compter de la notification de décision attributive.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/06-Insertion_et_action_sociale/soutien_insertion_par_activite_economique.pdf</t>
         </is>
       </c>
-      <c r="W6" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Action d&amp;#039;insertion - fonctionnement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : les dossiers devront avoir été déposés au plus tard le 30 décembre de l&amp;#039;année N-1
 &lt;/p&gt;
 &lt;p&gt;
  Direction insertion et de l&amp;#039;économie sociale et solidaire ; Tél. : 05 16 09 69 54 ou 69 69
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a621-soutenir-les-structures-du-domaine-de-linsert/</t>
-        </is>
-[...118 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/269c-revenu-de-solidarite-active-rsa/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
         <v>164774</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets de solidarité et de coopération internationales</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Solidarité et coopération internationales</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
@@ -1770,168 +1770,395 @@
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-pour-les-structures-dinsertion-par-lactivite-economique/</t>
         </is>
       </c>
-      <c r="W9" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chef de service
  &lt;/strong&gt;
  : Florane BAFFERT-DIAKITE – 04 75 79 70 51
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chargés de Développement Territorial Economie
  &lt;/strong&gt;
  : 07 60 31 09 54 ou 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1d65-aide-a-limmobilier-pour-les-structures-dinser/</t>
         </is>
       </c>
       <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:27" customHeight="0">
       <c r="A10" s="1">
+        <v>120428</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Lever les obstacles à la mise en œuvre d‘un projet d'insertion</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>ALLOCATION D'INSERTION</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lever les obstacles à la mise en œuvre d‘un projet d&amp;#039;insertion dans le cadre d&amp;#039;un accompagnement social ou socio-professionnel.
+&lt;/p&gt;
+&lt;h4&gt;
+ Type d&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide individuelle et ponctuelle.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions collectives d&amp;#039;accompagnement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Montant : Forfait / Maximum 80 % de la dépense engagée dans la limite du montant maximum  indiqué ci-dessus.
+&lt;/p&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rapport social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces justificatives (devis)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Instruction des dossiers - Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ La demande motivée est faite par l&amp;#039;usager, le référent du contrat d&amp;#039;engagements réciproques.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette demande est adressée à l&amp;#039;adjoint territorial d&amp;#039;insertion qui l&amp;#039;instruit et émet un avis.
+&lt;/p&gt;
+&lt;p&gt;
+ Décision prise par le Président du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ La décision fait l&amp;#039;objet d&amp;#039;une notification écrite précisant les voies et les délais de recours.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout refus est motivé.
+&lt;/p&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prioritairement au prestataire en paiement direct d&amp;#039;une dépense.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+ : Réalisation d&amp;#039;une démarche d&amp;#039;insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Mobilité : frais de déplacements en transport collectif en priorité, frais de transport individuel (forfait 0,18 € du km), achat d&amp;#039;un véhicule deux roues (120 € maxi), réparation véhicule (maxi : 500 €), assurance véhicule (maxi : 6 mois de cotisation), permis de conduire (maxi : 300 €)
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Frais annexes liés à un projet professionnel : frais d&amp;#039;équipement technique et professionnel (maxi : 150 €), repas (forfait 5 € par jour durant 1 mois, renouvelable un mois si formation ou emploi éloigné du domicile), hébergement pour une formation ou une période d&amp;#039;essai lors d&amp;#039;une reprise d&amp;#039;emploi (forfait 150 € mensuel pour un mois maxi, renouvelable un mois si formation), frais de participation à un salon, un forum ou une exposition pour les travailleurs indépendants (150 € maxi), garde d&amp;#039;enfant (2 mois maxi), accès à des activités socio-culturelles ou sportives
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Santé : participation à des soins, visite médicale obligatoire à l&amp;#039;exercice d&amp;#039;une activité (maxi : 200 €) ou prothèses (maxi : 500 €)
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Logement : mobilier de première nécessité (maxi 300 €).
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Lutte contre la précarité
+Emploi</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions / Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subsistance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résorption d&amp;#039;une dette
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement financier pris par le bénéficiaire du RSA antérieurement à la demande
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires du RSA relevant de l&amp;#039;obligation d&amp;#039;insertion et ayant signé un contrat d&amp;#039;engagements réciproques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/allocation-dinsertion/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Direction Économie Emploi Insertion – Service Développement économique/Insertion
+&lt;/p&gt;
+&lt;p&gt;
+ Cheffe de service :
+  Florane BAFFERT-DIAKITE
+  04 75 79 69 65
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ee0d-allocation-dinsertion/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>158022</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Développer une action pour accompagner les personnes en difficultés quant à l'entretien et l’organisation de leur logement afin d'acquérir une autonomie et un mieux-être quotidien</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Appel à projets 2024-2025 Fonds de solidarité pour le logement &amp;#8211; Accompagnement social à l&amp;rsquo;entretien du logement (ASEL)</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Si vous souhaitez développer une action pour accompagner les personnes en difficultés quant à l&amp;#039;entretien et l&amp;#039;organisation de leur logement afin d&amp;#039;acquérir une autonomie et un mieux-être au quotidien.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de réception des dossiers le 31 janvier 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Logement et habitat
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appel à projets porte sur tout le département de la Manche.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action proposée aura pour objet de favoriser l&amp;#039;insertion par le logement des locataires et propriétaires occupants en difficultés, en les aidant à acquérir les bons réflexes pour l&amp;#039;entretien de leur logement.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accompagnement peut être demandé dans deux cadres :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   D&amp;#039;une part, lorsque des difficultés liées à l&amp;#039;entretien du logement représentent un frein au relogement de la personne,
  &lt;/li&gt;
  &lt;li&gt;
   D&amp;#039;autre part, lorsqu&amp;#039;un signalement de défaut d&amp;#039;entretien a été effectué et remet en cause le maintien dans le logement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -1941,147 +2168,380 @@
 &lt;p&gt;
  Cette action se concrétise par un accompagnement individuel, à domicile, axé sur le développement des savoir-faire et des acquisitions techniques de la personne.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action se déclinera par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une évaluation de l&amp;#039;état du logement et une définition des actions à mener,
  &lt;/li&gt;
  &lt;li&gt;
   une transmission de conseils à la personne sur l&amp;#039;usage des produits et techniques d&amp;#039;entretien
  &lt;/li&gt;
  &lt;li&gt;
   un accompagnement dans l&amp;#039;appropriation et la mise en application des conseils
  &lt;/li&gt;
  &lt;li&gt;
   une évaluation du niveau d&amp;#039;autonomie de la personne et des résultats obtenus,
  &lt;/li&gt;
  &lt;li&gt;
   une évaluation de la prestation par la personne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/appel-a-projets-2024-2025-fonds-de-solidarite-pour-le-logement-accompagnement-social-a-lentretien-du-logement-asel/</t>
         </is>
       </c>
-      <c r="W10" s="1" t="inlineStr">
+      <c r="W11" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/GESTION/jsp/nouveauContexte.action?codeAction=M42-ACCUEIL</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sabrina Lair - Insertion sociale : 06 10 98 60 31
 &lt;/p&gt;
 &lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/46cc-appel-a-projets-2024-2025-fonds-de-solidarite/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>105105</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les acteurs du domaine de l'insertion - fonctionnement</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux acteurs du domaine de l'insertion - fonctionnement</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département souhaite apporter son soutien aux organismes porteurs d&amp;#039;un projet dans le domaine de l&amp;#039;insertion, prioritairement en faveur des allocataires du revenu de solidarité active (RSA).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est attribué en fonction de la nature du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les actions en fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  les demandes portant sur un projet ou une action clairement définis
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets ayant une résonnance sur le territoire charentais
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont inéligibles : les demandes de subvention inférieures à 500 euros
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un formulaire et les pièces nécessaires à l&amp;#039;instruction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres,...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le formulaire du Département « Actions d&amp;#039;insertion (nouvelle ou renouvellement) »
+ &lt;/li&gt;
+ &lt;li&gt;
+  en cas de renouvellement, le bilan de l&amp;#039;action précédente
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : &lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : conformément aux dispositions de la convention signée ou, à défaut de la notification de décision attributive
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : conformément aux dispositions de la convention signée ou, à défaut, deux ans à compter de la notification de décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Insertion/1311_ORGANISMES_INSERTION_FONCT.pdf</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser les télé-services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Action d&amp;#039;insertion - fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement pour les aides forfaitaires uniquement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Date limite de dépôt des demandes : toute demande déposée à partir du 30 septembre de l’année N sera notifiée au demandeur comme irrecevable pour l’exercice en cours&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Direction insertion et économie sociale et solidaire ; Tél. : 05 16 09 69 54 ou 69 69
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1219-soutenir-les-acteurs-du-domaine-de-linsertion/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>120375</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Aider à la réhabilitation et au et conventionnement du parc locatif social et très social</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>REHABILITATION ET CONVENTIONNEMENT DU PARC LOCATIF SOCIAL ET TRES SOCIAL</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J11" s="1" t="inlineStr">
+      <c r="J13" s="1" t="inlineStr">
         <is>
           <t>jusqu'à 5500€/logement</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aider à la réhabilitation des logements (ou des locaux), intégrant un volet de rénovation énergétique, en contrepartie d&amp;#039;un conventionnement en vue de favoriser la création d&amp;#039;un parc privé à loyer et charges minorés, accessible au public du Plan départemental d&amp;#039;action pour le logement et l&amp;#039;hébergement des personnes défavorisées (PDALHPD).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
  : Subvention d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
  : Prime forfaitaire
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant/Taux de l&amp;#039;aide
  &lt;/strong&gt;
@@ -2142,141 +2602,136 @@
   &lt;li&gt;
    &lt;span&gt;
     Le plan de financement définitif et la demande de mise en paiement, adressés par l&amp;#039;opérateur à l&amp;#039;Anah
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Le cas échéant, convention ou contrat de gestion en intermédiation locative
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Règlement financier du Département en vigueur.
  &lt;/li&gt;
  &lt;li&gt;
   Dispositif départemental d&amp;#039;intervention en faveur de l&amp;#039;Habitat (DIH) du 21 novembre 2022
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Opérations éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Opération accompagnée par un opérateur agréé comportant des travaux d&amp;#039;amélioration qui permettent d&amp;#039;aboutir à un conventionnement type LOC 2 ou 3 en référence au programme Loc Avantage de l&amp;#039;ANAH, et garantissant ainsi une offre de logement social ou très social.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Opérations de rénovation permettant d&amp;#039;atteindre l&amp;#039;étiquette C ou de progresser de 2 étiquettes si les conditions techniques du bâtiment ne permettent pas d&amp;#039;atteindre l&amp;#039;étiquette C.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Les transformations d&amp;#039;usage peuvent être acceptées
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   Ne sont pas éligibles / Exclusions :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Loyers intermédiaires (ou LOC1) en référence au programme Loc Avantage de l&amp;#039;ANAH
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Bâtiments et construction
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Propriétaires bailleurs privés, associations agréées par l&amp;#039;État pour la maîtrise d&amp;#039;ouvrage
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/rehabilitation-et-conventionnement-du-parc-locatif-social-et-tres-social/</t>
         </is>
       </c>
-      <c r="W11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Politiques Territoriales -Service Habitat-Territoires :
  &lt;a href="mailto:habitat&amp;#64;ladrome.fr"&gt;
   habitat&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nathalie BRUNET
  &lt;/strong&gt;
  – Gestionnaire de subventions –
  &lt;strong&gt;
   Tél : 04 75 79 26 91
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Véronique REYNAUD
  &lt;/strong&gt;
  – Gestionnaire de subventions –
  &lt;strong&gt;
   Tél :
  &lt;/strong&gt;
  &lt;strong&gt;
   04 75 79 82 12
@@ -2287,916 +2742,603 @@
   Instruction des dossiers/Demande dématérialisée
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Instruction du dossier par la Direction départementale des territoires (délégation Anah) et le Service Habitat-Territoires.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Pas de dépôt en ligne à ce jour
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Délibération de la Commission permanente.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2487-rehabilitation-du-parc-locatif-prive-social/</t>
-        </is>
-[...384 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/cbbe-accompagner-la-creation-dun-centre-intercommu/</t>
         </is>
       </c>
       <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:27" customHeight="0">
       <c r="A14" s="1">
-        <v>105105</v>
+        <v>138042</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les acteurs du domaine de l'insertion - fonctionnement</t>
+          <t>Bénéficier du Revenu de Solidarité Active (RSA)</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Soutien aux acteurs du domaine de l'insertion - fonctionnement</t>
+          <t>Le Revenu de Solidarité Active (RSA)</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Revenu de Solidarité Active a pour objet d&amp;#039;assurer à ses bénéficiaires des moyens convenables d&amp;#039;existence de lutter contre la pauvreté et de favoriser l&amp;#039;insertion sociale et professionnelle. C&amp;#039;est un droit à caractère subsidiaire. Il ne peut se substituer aux droits légaux, réglementaires ou conventionnels auxquels les intéressés peuvent prétendre.
+&lt;/p&gt;
+&lt;p&gt;
+ Il se compose :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;une prestation financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;un dispositif d&amp;#039;accompagnement social et professionnel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Toute personne âgée de plus de 25 ans résidant en France sous conditions de ressources et d&amp;#039;activité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>Sous conditions de ressources et de nationalité.</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.formulaires.service-public.fr/gf/cerfa_15481.do</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction des Solidarités Humaines (DSH)/Direction déléguée action sociale-insertion
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.41.47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5d6a-beneficier-du-revenu-de-solidarite-active-rsa/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>138045</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les chantiers d'insertion</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'investissement pour les chantiers d'insertion</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>Financement plafonné 50 % dans la limite de 7700 € par atelier et chantier d'insertion</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une aide à l&amp;#039;investissement pour les ateliers et chantiers d&amp;#039;insertion. C&amp;#039;est une subvention maximale de 7 700 euros attribuée dans la limite de 50% de la dépense globale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Les ateliers et chantiers d&amp;#039;insertion agréés par le CDIAE, embauchant des bénéficiaires du RSA et dans le cadre d&amp;#039;un projet d&amp;#039;investissement bien fondé.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande à formuler auprès de la direction déléguée Action sociale Insertion
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Achat d&amp;#039;équipement de propreté et entretien.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Emploi</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Un-promoteur-du-lien-social,946.html</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction de la vie sociale (DIVIS)/Direction déléguée action sociale-insertion
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.41.47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/51db-soutenir-les-chantiers-dinsertion/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>138043</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier des aides à l’insertion</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>RSA - les aides à l’insertion</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ C&amp;#039;est un accompagnement financier ayant pour l&amp;#039;objet de concourir à la concrétisation d&amp;#039;un projet d&amp;#039;insertion sociale et/ou professionnelle en favorisant la dynamique et la progression des parcours d&amp;#039;insertion et en soutenant le processus de résolutions des freins périphériques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide peut intervenir dans les domaines du logement, de la mobilité, de la santé, de la socialisation, de la formation, ou tout autre domaine entrant dans le cadre de l&amp;#039;objet défini précédemment.
+&lt;/p&gt;
+&lt;p&gt;
+ Public concerné et conditions d&amp;#039;éligibilité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Allocataires du RSA et leurs conjoints
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidant en Haute-Loire, soumis aux droits et devoirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficiaires d&amp;#039;autres minima sociaux ne pouvant prétendre à toute autre aide de droit, et inscrits dans une démarche active d&amp;#039;insertion
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande à formuler auprès d&amp;#039;une assistante sociale
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Santé
+Formation professionnelle
+Logement et habitat
+Lutte contre la précarité
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction des Solidarités Humaines (DSH)/Direction déléguée action sociale-insertion
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.41.47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8365-beneficier-des-aides-a-linsertion/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>111708</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les acteurs du domaine de l'insertion - investissement</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux acteurs du domaine de l'insertion - investissement</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
-[...381 lines deleted...]
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département est susceptible d&amp;#039;accorder son soutien aux organismes partenaires dans le domaine de l&amp;#039;insertion, pour des investissements en lien avec les actions d&amp;#039;insertion mises en œuvre
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention est attribué en fonction de la nature du projet. Il ne pourra pas excéder :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    60 % du coût total du projet pour les organismes de droit privés
   &lt;/li&gt;
   &lt;li&gt;
    40 % du coût total du projet pour les communes, les établissements publics de coopération intercommunale et les autres organismes de droit public
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les demandes portant sur un projet clairement défini
  &lt;/li&gt;
  &lt;li&gt;
   Les projets en lien avec la politique d&amp;#039;insertion du Département, notamment ceux concourant au développement de l&amp;#039;activité du demandeur ou à sa réorientation
  &lt;/li&gt;
  &lt;li&gt;
   Les projets ayant une résonnance sur le territoire départemental
  &lt;/li&gt;
  &lt;li&gt;
   Pour les communes, établissements publics et autres organismes de droit public, les demandes portant uniquement sur l&amp;#039;acquisition de biens mobiliers et matériels
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Sont inéligibles :
@@ -3230,429 +3372,291 @@
  &lt;li&gt;
   tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
  &lt;/li&gt;
  &lt;li&gt;
   2 devis au moins
  &lt;/li&gt;
  &lt;li&gt;
   le contrat d&amp;#039;engagement républicain signé (pour les associations)&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : conformément à la notification de décision attributive.
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : l&amp;#039;opération devra être achevée dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/06-Insertion_et_action_sociale/soutien_insertion_en_fonctionnement.pdf</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W17" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;Date limite de dépôt des demandes : toute demande déposée à partir du 30 septembre de l’année N sera notifiée au demandeur comme irrecevable pour l’exercice en cours &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  Direction insertion et économie sociale et solidaire ; Tél. : 05 16 09 69 54 ou 69 69
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e4f0-soutenir-les-acteurs-du-domaine-de-linsertion/</t>
-        </is>
-[...153 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/8365-beneficier-des-aides-a-linsertion/</t>
         </is>
       </c>
       <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:27" customHeight="0">
       <c r="A18" s="1">
-        <v>138042</v>
+        <v>126137</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier du Revenu de Solidarité Active (RSA)</t>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Le Revenu de Solidarité Active (RSA)</t>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Haute-Loire</t>
+          <t>Conseil départemental de la Loire</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le Revenu de Solidarité Active a pour objet d&amp;#039;assurer à ses bénéficiaires des moyens convenables d&amp;#039;existence de lutter contre la pauvreté et de favoriser l&amp;#039;insertion sociale et professionnelle. C&amp;#039;est un droit à caractère subsidiaire. Il ne peut se substituer aux droits légaux, réglementaires ou conventionnels auxquels les intéressés peuvent prétendre.
-[...22 lines deleted...]
-  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
- &lt;br /&gt;
-[...4 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="Y18" s="1" t="inlineStr">
         <is>
-          <t>sea@hauteloire.fr</t>
+          <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
       <c r="Z18" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/5d6a-beneficier-du-revenu-de-solidarite-active-rsa/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
         </is>
       </c>
       <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:27" customHeight="0">
       <c r="A19" s="1">
         <v>120429</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’innovation et à la mutualisation du secteur de l’insertion par l’activité économique</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>FONDS IAE INNOV 26 : fonds départemental de soutien a l’innovation et à la mutualisation du secteur de l’insertion par l’activité économique</t>
@@ -3874,1661 +3878,1016 @@
  les Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (associations et entreprises dans le secteur de l&amp;#039;insertion) conventionnées par l&amp;#039;Etat au titre de IAE.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/fonds-iae-innov-26-fonds-departemental-de-soutien-a-linnovation-et-a-la-mutualisation-du-secteur-de-linsertion-par-lactivite-economique/</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
  &lt;br /&gt;
  Cheffe de service : Florane BAFFERT-DIAKITE
   04 75 79 70 51
  &lt;br /&gt;
  Chargées de Développement Territorial Economie :
 &lt;/p&gt;
 &lt;p&gt;
  Johana PASTORE
   04 75 79 26 76 – 07 60 31 09 54
 &lt;/p&gt;
 &lt;p&gt;
  Audrey FOROT
   04 75 79 27 57 – 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8008-fonds-iae-innov26-fonds-departemental-de-sout/</t>
         </is>
       </c>
       <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:27" customHeight="0">
       <c r="A20" s="1">
-        <v>126137</v>
+        <v>138041</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+          <t>Bénéficier du Fonds de Solidarité Logement (FSL)</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Fond de solidarité - Enveloppes de solidarité</t>
+          <t>Le Fonds de Solidarité Logement</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Loire</t>
+          <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Particulier</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+          <t>Subvention
+Autre aide financière</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
-[...2 lines deleted...]
- Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+ Le Fonds de Solidarité Logement (FSL)  peut accorder des aides pour:
+&lt;/p&gt;
+&lt;p&gt;
+ - &lt;strong&gt;Accéder à un logement &lt;/strong&gt;( dépôt de garantie, le 1er lois de loyer, assurance, mobilier de première nécessité ....)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Se maintenir dans son logement&lt;/strong&gt; ( impayés de loyer, dettes d&amp;#039;énergie,dettes d&amp;#039;eau, dettes de téléphone)&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Toute personne ou famille éprouvant des difficultés particulières, en raison notamment de l&amp;#039;inadaptation de ses ressources ou de ses conditions d&amp;#039;existence, pour accéder à un logement décent et indépendant ou s&amp;#039;y maintenir.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont concernés :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les locataires ou sous locataires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Propriétaires occupants leur propre logement
+ &lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande à formuler auprès d&amp;#039;une assistante sociale
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N20" s="1" t="inlineStr">
         <is>
-          <t>Eau potable
-[...17 lines deleted...]
-Bâtiments et construction
+          <t>Cohésion sociale et inclusion
 Réhabilitation
 Logement et habitat
-Architecture
-Paysage
 Accessibilité
-Bibliothèques et livres</t>
+Lutte contre la précarité</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
-[...8 lines deleted...]
- Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+ Sous conditions de ressources.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S20" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
+          <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T20" s="1" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U20" s="1" t="inlineStr">
         <is>
-          <t>Loire</t>
+          <t>Haute-Loire</t>
         </is>
       </c>
       <c r="V20" s="1" t="inlineStr">
         <is>
-          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
-[...4 lines deleted...]
-          <t>https://subventions.loire.fr/</t>
+          <t>https://docs-aides.hauteloire.fr/DSH/RI_FSL.pdf</t>
         </is>
       </c>
       <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction de l&amp;#039;ingénierie et des solidarités territoriales
-[...13 lines deleted...]
-  &lt;/span&gt;
+ &lt;strong&gt;
+  - Élus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction des Solidarités Humaines (DSH)/Maison départementale de l&amp;#039;habitat
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.43.07.11.30
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y20" s="1" t="inlineStr">
         <is>
-          <t>helene.goodsir@loire.fr</t>
+          <t>sea@hauteloire.fr</t>
         </is>
       </c>
       <c r="Z20" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0208-beneficier-du-fond-de-solidarite-logement/</t>
         </is>
       </c>
       <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:27" customHeight="0">
       <c r="A21" s="1">
-        <v>121783</v>
+        <v>164882</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Financer le permis B des jeunes Franciliens en formation ou suivis par une structure d'insertion professionnelle</t>
-[...4 lines deleted...]
-          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+          <t>Améliorer la qualité de l’eau potable distribuée en traitant mieux les eaux brutes (études) - Solidarité urbain-rural</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Chèque permis de conduire pour les jeunes en insertion</t>
+          <t>Études dans le cadre de l’amélioration de la qualité de l’eau potable distribuée - Réservé à la solidarité urbain-rural</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Ile de France</t>
+          <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
-        <is>
-[...296 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de la solidarité urbain rural, l’agence de l’eau 
 Loire-Bretagne accompagne les collectivités les plus défavorisées qui 
-souhaitent améliorer la qualité de l’eau potable distribuée en 
-améliorant la performance des usines de traitement.&lt;/p&gt;
+souhaitent améliorer la qualité de l’eau potable distribuée en traitant 
+mieux les eaux brutes.&lt;/p&gt;
 &lt;p&gt;Ces actions essentielles s’appuient sur une structuration solide et 
 bien définie de la compétence eau potable et un prix d du service public
  suffisant, pour entretenir les ouvrages financés et maintenir la 
 performance du service.&lt;/p&gt;</t>
         </is>
       </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep2-etudes-dans-le-cadre-de-lamelioration-de-la-qualite-de-leau.html</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html" rel="noopener" target="_blank"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-la-qualite-de-leau-potable-distribuee-en-traitant-mieux-les-eaux-brutes-etudes-solidarite-urbain-rural/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>165163</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Créer des unités de désinfection et de traitement de l’agressivité (travaux) - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de création d’unités de désinfection et de traitement de l’agressivité - Réservé à la solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la solidarité urbain rural, l’agence de l’eau 
+Loire-Bretagne accompagne les collectivités les plus défavorisées qui 
+souhaitent améliorer la qualité de l’eau potable distribuée en traitant 
+mieux les eaux brutes.&lt;/p&gt;
+&lt;p&gt;Ces actions essentielles s’appuient sur une structuration solide et 
+bien définie de la compétence eau potable et un prix du service public 
+suffisant, pour entretenir les ouvrages financés et maintenir la 
+performance du service.&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux</t>
         </is>
       </c>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="P22" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
       <c r="Q22" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
       <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;Existence préalable de la déclaration d’utilité publique (DUP) des 
+périmètres de protection des captages (PPC) des ressources concernées ou
+ dépôt du dossier en préfecture.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep2-travaux-de-creation-dunites-de-desinfection-et-de-traitemen.html</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-des-unites-de-desinfection-et-de-traitement-de-lagressivite-travaux-solidarite-urbain-rural/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>30797</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Remplacer les tronçons de conduites en PVC relarguant du chlorure de vinyle monomère CVM (travaux) - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de remplacement des tronçons de conduites en PVC relarguant du CVM - Réservé à la solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la solidarité urbain rural, l’agence de l’eau 
+Loire-Bretagne accompagne les collectivités les plus défavorisées qui 
+souhaitent maîtriser le risque lié au chlorure de vinyle monomère (CVM) 
+présent dans l’eau distribuée par le remplacement des conduites en 
+polychlorure de vinyle (PVC).&lt;/p&gt;
+&lt;p&gt;Ces actions essentielles s’appuient sur une structuration solide et 
+bien définie de la compétence eau potable et un prix d du service public
+ suffisant, pour entretenir les ouvrages financés et maintenir la 
+performance du service.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
 d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
 action).&lt;/p&gt;
 &lt;p&gt;Engagement par délibération de l’abandon de la tarification 
 dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
 collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
 &lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
  national des services publics d’eau et d’assainissement (SISPEA) pour 
 toutes les collectivités.&lt;/p&gt;
 &lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;
  &lt;br /&gt;
 Existence préalable de la déclaration d’utilité publique (DUP) des 
 périmètres de protection des captages (PPC) des ressources concernées ou
  dépôt du dossier en préfecture.&lt;br /&gt;
  &lt;br /&gt;
 Travaux de traitement des pollutions diffuses (nitrates, pesticides, 
 métabolites et autres micropolluants organiques) : pour les captages 
 prioritaires faisant l’objet d’un accord de territoire comportant un 
 volet de lutte contre les pollutions diffuses.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X22" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep2-travaux-de-remplacement-des-troncons-de-conduites-en-pvc-re.html</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e81-remplacer-les-troncons-de-conduites-en-pvc-re/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E23" s="1" t="inlineStr">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>30796</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Créer et améliorer la performance des usines de production (travaux) - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de création et d’amélioration de la performance des usines de production -Réservé à la solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 50</t>
         </is>
       </c>
-      <c r="J23" s="1" t="inlineStr">
+      <c r="J24" s="1" t="inlineStr">
         <is>
           <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de la solidarité urbain rural, l’agence de l’eau 
 Loire-Bretagne accompagne les collectivités les plus défavorisées qui 
-souhaitent maîtriser le risque lié au chlorure de vinyle monomère (CVM) 
-[...1 lines deleted...]
-polychlorure de vinyle (PVC).&lt;/p&gt;
+souhaitent améliorer la qualité de l’eau potable distribuée en 
+améliorant la performance des usines de traitement.&lt;/p&gt;
 &lt;p&gt;Ces actions essentielles s’appuient sur une structuration solide et 
 bien définie de la compétence eau potable et un prix d du service public
  suffisant, pour entretenir les ouvrages financés et maintenir la 
 performance du service.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O23" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P23" s="1" t="inlineStr">
+      <c r="P24" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q23" s="1" t="inlineStr">
+      <c r="Q24" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
 d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
 action).&lt;/p&gt;
 &lt;p&gt;Engagement par délibération de l’abandon de la tarification 
 dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
 collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
 &lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
  national des services publics d’eau et d’assainissement (SISPEA) pour 
 toutes les collectivités.&lt;/p&gt;
 &lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;
  &lt;br /&gt;
 Existence préalable de la déclaration d’utilité publique (DUP) des 
 périmètres de protection des captages (PPC) des ressources concernées ou
  dépôt du dossier en préfecture.&lt;br /&gt;
  &lt;br /&gt;
 Travaux de traitement des pollutions diffuses (nitrates, pesticides, 
 métabolites et autres micropolluants organiques) : pour les captages 
 prioritaires faisant l’objet d’un accord de territoire comportant un 
 volet de lutte contre les pollutions diffuses.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X23" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep2-travaux-de-creation-et-damelioration-de-la-performance-des.html</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
-[...147 lines deleted...]
-      </c>
       <c r="Z24" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/0208-beneficier-du-fond-de-solidarite-logement/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4679-creer-des-usines-de-traitement-de-traitement-/</t>
         </is>
       </c>
       <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:27" customHeight="0">
       <c r="A25" s="1">
-        <v>164882</v>
+        <v>92608</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Améliorer la qualité de l’eau potable distribuée en traitant mieux les eaux brutes (études) - Solidarité urbain-rural</t>
-[...4 lines deleted...]
-          <t>Études dans le cadre de l’amélioration de la qualité de l’eau potable distribuée - Réservé à la solidarité urbain-rural</t>
+          <t>Soutenir les actions sportives permettant de promouvoir l’inclusion sociale, l’insertion, la solidarité, la citoyenneté et la santé</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>Agence de l'Eau Loire-Bretagne</t>
+          <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
-        <is>
-[...280 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J27" s="1" t="inlineStr">
+      <c r="J25" s="1" t="inlineStr">
         <is>
           <t>30% maximum du budget de l’action</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif vise à aider les actions qui, par le sport, permettent de promouvoir l&amp;#039;inclusion sociale, l&amp;#039;insertion, la solidarité, la citoyenneté et la santé.
 Subvention attribuée dans la limite de l&amp;#039;enveloppe dédiée ne pouvant dépasser 30% du budget de l&amp;#039;action et plafonnée à 10 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Projet utilisant le sport comme vecteur d&amp;#039;intégration, d&amp;#039;insertion et valorisation personnelle
  &lt;/li&gt;
  &lt;li&gt;
   Projet utilisant le sport comme support d&amp;#039;une pratique respectueuse de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Projet spécifique lié à l&amp;#039;encouragement de la mixité de genre, sociale et/ou intergénérationnelle dans le sport
  &lt;/li&gt;
  &lt;li&gt;
   Projet favorisant l&amp;#039;accès à la pratique du sport pour les personnes en situation de handicap
  &lt;/li&gt;
  &lt;li&gt;
   Projet spécifique lié à la pratique du sport contribuant au bien-être et à la santé du pratiquant
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Forêts
 Montagne
 Sols
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Risques naturels
 Qualité de l'air
 Lutte contre la précarité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Groupements de communes
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats intercommunaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9087-soutenir-les-actions-sportives-permettant-de-/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E28" s="1" t="inlineStr">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>120720</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'insertion professionnelle des lycéens</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>École-Entreprise - C'Possible : Favoriser l'insertion professionnelle des lycéens</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
-[...168 lines deleted...]
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Le programme a pour objectif de favoriser l&amp;#039;insertion professionnelle des lycéens des filières professionnelle et technologique.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Les actions sont menées en collaboration avec les équipes pédagogiques des lycées partenaires pour parfaire les connaissances des élèves sur le monde de l&amp;#039;entreprise, son fonctionnement et ses métiers
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Intervention de professionnels en classe afin de témoigner sur leurs parcours professionnels et conseiller les jeunes qui recherchent des stages ou un emploi après leur Bac ou leur BTS. Des projets pédagogiques sont mis en place avec les entreprises partenaires de C&amp;#039;Possible, qui parrainent des classes pendant toute une année scolaire et les accueillent pendant des journées en immersion.
 &lt;/p&gt;
 &lt;p&gt;
  Les actions menées dans le cadre de ce projet suivent plusieurs modalités :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Des interventions en classe interactives basées sur les échanges entre intervenants et élèves
@@ -5553,1201 +4912,1666 @@
  &lt;li&gt;
   Connaissance des métiers : des ateliers de présentation des métiers sont animés par des professionnels, en classe ou au sein des entreprises lors de journées d&amp;#039;immersion : métiers de la Logistique, de la communication, du commercial, des ressources humaines, du Marketing ou du Numérique.
  &lt;/li&gt;
  &lt;li&gt;
   Préparation aux entretiens d&amp;#039;embauche : des ateliers d&amp;#039;éloquence permettent d&amp;#039;apprendre à se présenter et à mieux s&amp;#039;exprimer ; des sessions de travail sur le CV et la lettre de motivation sont organisées pour les élèves et également pour les professeurs qui souhaitent parfaire leurs connaissances.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gratuité de l&amp;#039;action pour les établissements franciliens.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de ce programme, il convient de s&amp;#039;inscrire directement auprès de l&amp;#039;association C&amp;#039;Possible.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Qui peut en bénéficier ?
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Elèves de Seconde, Première, Terminale.
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/ecole-entreprise-cpossible-favoriser-linsertion-professionnelle-des-lyceens</t>
         </is>
       </c>
-      <c r="W29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Madame Emmanuelle Lartigue
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:emmanuelle.lartigue&amp;#64;cpossible-asso.fr" rel="noopener" target="_blank"&gt;
   emmanuelle.lartigue&amp;#64;cpossible-asso.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b5f2-cpossible-favoriser-linsertion-professionnell/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E30" s="1" t="inlineStr">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>103473</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Financer tout ou partie du permis B des jeunes en insertion</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Aide au permis jeunes en insertion</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J27" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximun de 1300€</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région finance tout ou partie du permis B pour les jeunes franciliens en insertion. Cette action d&amp;#039;aide à la mobilité vise à favoriser l&amp;#039;accès à l&amp;#039;emploi ou à la formation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide individuelle finançant des actions de formation à la conduite en vue d&amp;#039;obtenir le permis de conduire B.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le jeune se rapproche d&amp;#039;une auto-école de son choix située en Île-de-France. L&amp;#039;auto-école et le jeune conviennent ensemble des modalités de règlement, sans pouvoir préjuger du résultat de l&amp;#039;instruction effectuée sur la base de l&amp;#039;ensemble des justificatifs requis.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est destinée à payer tout ou partie de la prestation d&amp;#039;auto-école par le jeune. En aucun cas, elle ne peut être destinée en tout ou partie à un financement sans rapport avec son objet.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles à l&amp;#039;aide individuelle les contrats de formation conformes au contrat type d&amp;#039;enseignement de la conduite défini par
+ &lt;a href="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000041609995/#:~:text&amp;#61;Copier%20le%20texte-,D%C3%A9cret%20n%C2%B0%202020%2D142%20du%2020%20f%C3%A9vrier%202020%20d%C3%A9finissant,du%20code%20de%20la%20route&amp;amp;text&amp;#61;Publics%20concern%C3%A9s%20%3A%20exploitants%20d&amp;#039;%C3%A9tablissements,candidats%20aux%20permis%20de%20conduire." rel="noopener" target="_blank"&gt;
+  le décret n°2020-142 du 20 février 2020
+ &lt;/a&gt;
+ signés entre le jeune et l&amp;#039;auto-école à compter du 1er mars 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide fait l&amp;#039;objet de 2 versements :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un 1er versement forfaitaire de 650€ vient valider la démarche de formation engagée, attestée par le contrat de formation avec l&amp;#039;auto-école et la réalisation des 10 premières heures de conduite,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un 2d versement vient valider la réussite au permis (sur présentation de l&amp;#039;attestation de réussite au permis de conduire) ; il correspond au solde de l&amp;#039;aide versée (jusqu&amp;#039;à 650€ max., en fonction de la facture acquittée et déduction faite du 1er versement perçu).
+ &lt;/li&gt;
+ &lt;li&gt;
+  La demande de 2d versement doit être présentée au plus tard 6 mois après la demande du 1er versement. À défaut, la Région ne procède pas au 2d versement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2020</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les justificatifs adéquats doivent être joints :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Formulaire de demande en ligne accompagné des justificatifs d&amp;#039;éligibilité : carte nationale d&amp;#039;identité (CNI), attestation du conseiller de la mission locale (confirmation PACEA et nécessité du permis dans le cadre d&amp;#039;un projet professionnel validé), attestation d&amp;#039;inscription à Pôle emploi,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrat de formation avec l&amp;#039;auto-école signé et facture des 10 premières heures de conduite,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation préfectorale de réussite,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Facture globale des prestations acquittées par le jeune à l&amp;#039;auto-école avec la mention « acquittée »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;identité bancaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation sur l&amp;#039;honneur certifiant ne pas bénéficier d&amp;#039;une autre aide de même nature.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aide-au-permis-de-conduire-pour-jeunes-en-insertion</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépôt de la demande à effectuer sur la plateforme régionale mesdemarches.iledefrance.fr par le jeune ou un représentant de la structure attestant du caractère professionnel de la formation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a33-aide-au-permis-jeunes-en-insertion/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>165172</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Remplacer des canalisations fuyardes en zone de répartition des eaux (solidarité urbain-rural) ainsi que pour les Îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Remplacement de canalisations fuyardes en zone de répartition des eaux dans le cadre de la solidarité urbain-rural ainsi que pour les Îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I30" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K30" s="1" t="inlineStr">
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
-[...147 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne soutient le remplacement des 
 canalisations fuyardes pour réduire les pertes d&amp;#039;eau potable. Cette 
 initiative, inscrite dans le plan d&amp;#039;action gouvernemental, vise à 
 améliorer l&amp;#039;efficacité des réseaux et optimiser la gestion de la 
 ressource en eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P31" s="1" t="inlineStr">
+      <c r="P28" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q31" s="1" t="inlineStr">
+      <c r="Q28" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
 d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
 action).&lt;/p&gt;
 &lt;p&gt;Engagement par délibération de l’abandon de la tarification 
 dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
 collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
 &lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
  national des services publics d’eau et d’assainissement (SISPEA) pour 
 toutes les collectivités.&lt;/p&gt;
 &lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
 &lt;p&gt;Travaux réalisés sur une commune située à la fois en zone de 
 répartition des eaux (ZRE) et en zonage France Ruralité Revitalisation 
 (FRR) ou dans le cadre d’un programme d’actions élaboré avec l’agence de
  l’eau.&lt;/p&gt;
 &lt;p&gt;Travaux conformes à une campagne de recherche de fuites préalable 
 permettant de justifier le caractère fuyard des canalisations à 
 remplacer et permettant de quantifier le volume des fuites pouvant être 
 évitées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep4-remplacement-de-canalisations-fuyardes.html</t>
         </is>
       </c>
-      <c r="W31" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/remplacer-de-canalisations-fuyardes-en-zone-de-repartition-des-eaux-solidarite-urbain-rural-ainsi-que-pour-les-iles-du-bassin-loire-bretagne-non-alimentees-par-le-continent/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>165167</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Créer des réservoirs et forages de sécurisation sur les îles non alimentées par le continent - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Travaux d’interconnexion, de création de réservoirs et de forage de sécurisation dans le cadre de la solidarité urbain-rural et pour les îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J29" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 50 % à 70 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
-[...299 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne les collectivités dans la 
+sécurisation de la distribution de l&amp;#039;eau potable face aux risques 
+climatiques, qu&amp;#039;il s&amp;#039;agisse de sécheresse ou de pollutions diffuses. 
+Elle soutient la mise en place d&amp;#039;infrastructures visant à garantir un 
+approvisionnement fiable, telles que des études d’aide à la décision, 
+des travaux d’interconnexion, de stockage ou de réhabilitation de 
+forages. Ces actions s&amp;#039;inscrivent dans des stratégies visant à renforcer
+ la résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q29" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
-[...20 lines deleted...]
-  evelyne.novello&amp;#64;aude.fr
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-travaux-dinterconnexion-de-creation-de-reservoirs-et-de-for.html</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
  &lt;/a&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
- 04.68.11.06.65
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-des-reservoirs-et-forages-de-securisation-sur-les-iles-non-alimentees-par-le-continent-solidarite-urbain-rural/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>165105</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Développer la mobilité européenne des apprentis et des professionnels de l’insertion - ESCALE</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Mobilité européenne des apprentis et des professionnels de l’insertion - ESCALE</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de mobilité pour vos apprentis de niveau 3 et 4 ou pour vos personnels, et vous êtes membres du consortium régional ESCALE ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale et européenne :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Une &lt;/strong&gt;&lt;strong&gt;avance de trésorerie de 50% &lt;/strong&gt;&lt;strong&gt;dès l’accord de financement&lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses remboursées jusqu’à 100% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une structure membre du consortium régional ERASMUS &amp;#43; ESCALE&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Un projet de mobilité européenne ou internationale pour des apprentis de niveau 3 et 4, ou pour votre personnel&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 100 % du montant des dépenses retenues en € TTC&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Les frais de transport, de restauration et d’hébergement liés à la réalisation d’une visite préparatoire si celle-ci est nécessaire ;&lt;/li&gt;
 &lt;li&gt;Les frais de transport, de restauration et d’hébergement au cours du séjour ;&lt;/li&gt;
 &lt;li&gt;Les activités culturelles et pédagogiques sous réserve que celles-ci soient en lien avec la formation des apprentis et/ ou avec des thématiques liées à la citoyenneté européenne.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
 &lt;p&gt;Privilégiez un envoi par mail : &lt;a href="mailto:nomdudispositif&amp;#64;grandest.fr"&gt;escale&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;ET/OU&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;(à partir du 4 novembre) &lt;strong&gt;ou par mail selon l’indication du service instructeur,&lt;/strong&gt;&lt;strong&gt; le plus tôt possible et impérativement avant&lt;/strong&gt; le démarrage de votre projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>International</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P33" s="1" t="inlineStr">
+      <c r="P30" s="1" t="inlineStr">
         <is>
           <t>21/10/2024</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une structure membre du consortium régional ERASMUS &amp;#43; ESCALE&lt;/p&gt;&lt;p&gt;Et si votre projet concerne :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un projet de mobilité européenne ou internationale pour des apprentis de niveau 3 et 4, ou pour votre personnel&lt;/p&gt;&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/mobilite-europeenne-apprentis-professionnels-insertion/</t>
         </is>
       </c>
-      <c r="W33" s="1" t="inlineStr">
+      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0283/depot/simple</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Privilégiez un envoi par mail : escale&amp;#64;grandest.fr&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;ET/OU&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Déposez votre demande en ligne (à partir du 4 novembre) ou par mail selon l’indication du service instructeur, le plus tôt possible et impérativement avant le démarrage de votre projet.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-europeenne-des-apprentis-et-des-professionnels-de-linsertion-escale/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>149333</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Participer financièrement aux frais d'inscription aux associations adréchoises</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité jeunesse</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Centre Communal d'Action Sociale (CCAS) - Les Adrets de l'Estérel
+Association Abankor - Les Adrets de l'Estérel</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de faciliter l&amp;#039;accès des enfants aux activités sportives ou culturelles proposées par les associations adréchoises, les membres du CCAS ont souhaité soutenir les familles en attribuant une aide financière pour toute nouvelle inscription.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ainsi, une famille ayant un quotient familial de 657€ perçoit un soutien total de 200€ (100€ du CCAS et 100€ de l&amp;#039;association Abankor) et une famille dont le quotient est à 859 touche une aide totale de 150€ (50€ du CCAS et 100€ de l&amp;#039;association Abankor).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide accordée dans la limite de la cotisation de l&amp;#039;association pour un montant maximal de 100€ par enfant, s&amp;#039;adresse aux familles dont le quotient familial est inférieur ou égal à 700€ ou de 50€ par enfant pour un quotient familial compris entre 701 et 900€.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association locale Abankor apporte un soutien supplémentaire de 100€.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Les Adrets-de-l'Estérel</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lesadretsdelesterel.fr/ccas/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ CCAS Les Adrets de l&amp;#039;Estérel:
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:ccas&amp;#64;mairie-adrets-esterel.fr" target="_self"&gt;
+  ccas&amp;#64;mairie-adrets-esterel.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 94 19 36 55 / 04 94 19 36 66
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>s.luz@mairie-adrets-esterel.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c59d-participation-des-frais-dadhesion-a-une-assoc/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>162524</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Développer un territoire inclusif et cohésif</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F34" s="1" t="inlineStr">
+      <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I32" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P34" s="1" t="inlineStr">
+      <c r="P32" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q34" s="1" t="inlineStr">
+      <c r="Q32" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>97242</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Aider financièrement les personnes en situation de précarité</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>La subvention dépend de la nature de l'aide et des personnes déclarées</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de mettre en place un dispositif d&amp;#039;aides  financières aux personnes en matière d&amp;#039;action sociale, d&amp;#039;insertion et  d&amp;#039;aide sociale à l&amp;#039;enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette politique s&amp;#039;appuie sur les compétences confiées par la loi qui définit 5 domaines d&amp;#039;intervention en faveur des familles en difficulté au titre :
+&lt;/p&gt;
+&lt;p&gt;
+ Règlement départemental des aides financières aux personnes en matière d&amp;#039;action sociale, d&amp;#039;insertion et d&amp;#039;aide sociale à l&amp;#039;enfance
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Règlement du Fonds Unique Logement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Règlement du Fonds d&amp;#039;Aide aux Jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Règlement du Fonds d&amp;#039;Action Sociale Territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Règlement du Fonds d&amp;#039;Aide à la Formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Règlement de l&amp;#039;Aide Personnalisée au Retour à l&amp;#039;Emploi
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+   &lt;strong&gt;
+    &lt;br /&gt;
+   &lt;/strong&gt;
+  &lt;/p&gt;
+  1. Le Fonds Unique Logement
+ peut prendre en charge des aides financières aux personnes en matière d&amp;#039;action sociale, d&amp;#039;insertion et d&amp;#039;aide sociale à l&amp;#039;enfance, tout ou partie des frais générés par l&amp;#039;accès ou le maintien dans un logement
+&lt;p&gt;
+ Il a pour objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;aider les ménages en difficulté à accéder et à se maintenir dans un logement décent, durable et adapté
+ &lt;/li&gt;
+ &lt;li&gt;
+  De mettre en œuvre des mesures de prévention et d&amp;#039;accompagnement visant à éviter ou à réduire l&amp;#039;endettement chronique, à aider les personnes à mieux gérer leur budget ou leur consommation et à faciliter l&amp;#039;intégration dans le logement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les aides accordées sont de nature éducative et/ou financière. Elles tendent à installer les demandeurs dans des conditions de logement qui soient stables, décentes, tout en restant supportables par leur niveau de revenu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Le Fonds d&amp;#039;Aide aux Jeunes
+ &lt;/strong&gt;
+ a pour objectif de favoriser une démarche d&amp;#039;insertion sociale ou professionnelle, de responsabiliser le jeune et de l&amp;#039;aider à acquérir une autonomie sociale. Ces aides peuvent s&amp;#039;inscrire dans 2 contextes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  permettre au jeune de faire face rapidement à des besoins urgents, liés principalement à la subsistance, qui constituent des freins majeurs à toute démarche d&amp;#039;insertion, par l&amp;#039;attribution d&amp;#039;aides à la vie quotidienne,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter l&amp;#039;élaboration ou la réalisation par le jeune d&amp;#039;un projet d&amp;#039;insertion sociale ou professionnelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Le Fonds d&amp;#039;action Sociale Territoriale
+ &lt;/strong&gt;
+ attribue des aides financières aux personnes dont la situation justifie l&amp;#039;intervention de la collectivité soit pour répondre à des besoins primaires non satisfaits dans le domaine de la vie courante (Aides à la vie quotidienne) soit pour soutenir un projet d&amp;#039;autonomie et d&amp;#039;insertion (Aides au projet).
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides financières au projet s&amp;#039;inscrivent dans le cadre d&amp;#039;un accompagnement de la personne visant à la soutenir dans ses démarches. Les projets concernent les domaines suivants limitativement définis :  l&amp;#039;éducation des enfants, le logement, l&amp;#039;insertion sociale, l&amp;#039;insertion professionnelle, l&amp;#039;autonomie budgétaire et l&amp;#039;engagement d&amp;#039;une démarche de soins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Le Règlement du Fonds d&amp;#039;Aide à la Formation
+ &lt;/strong&gt;
+ a pour objectif de développer l&amp;#039;accès à la formation des  personnes bénéficiaires du RSA particulièrement éloignées de l&amp;#039;emploi.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il peut prendre en charge, dans les conditions prévues par le règlement départemental d&amp;#039;attribution des aides financières aux personnes en matière d&amp;#039;action sociale, d&amp;#039;insertion et d&amp;#039;aide sociale à l&amp;#039;enfance d&amp;#039;une part et par le présent règlement d&amp;#039;attribution du fonds d&amp;#039;autre part, les frais pédagogiques de formation visant l&amp;#039;acquisition d&amp;#039;une pré qualification, d&amp;#039;une qualification ou permettant l&amp;#039;accès direct à l&amp;#039;emploi dans le cadre des besoins en main-d&amp;#039;œuvre repérés sur le territoire du département de l&amp;#039;Aude.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  5. L&amp;#039;&amp;#039;Aide Personnalisée au Retour à l&amp;#039;Emploi
+ &lt;/strong&gt;
+ peut prendre en charge tout ou partie des frais générés par un projet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De reprise d&amp;#039;un emploi,
+ &lt;/li&gt;
+ &lt;li&gt;
+  De maintien dans l&amp;#039;emploi,
+ &lt;/li&gt;
+ &lt;li&gt;
+  De création d&amp;#039;une activité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  De suivi d&amp;#039;une action de formation visant à favoriser le retour direct à l&amp;#039;emploi.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sauf dispositions particulières prévues dans le règlement de chaque fonds, le demandeur doit être âgé de 18 ans au moins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1. Fonds Unique Logement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Toute personne ou ménage éprouvant des difficultés particulières, notamment en raison de l&amp;#039;inadaptation de ses ressources ou de ses conditions d&amp;#039;existence doit être aidée pour accéder à un logement décent et indépendant, pour s&amp;#039;y maintenir durablement ou pour y disposer de la fourniture d&amp;#039;eau, d&amp;#039;énergie et de services téléphoniques. Le dispositif est ouvert :
+&lt;/p&gt;
+&lt;p&gt;
+ - Aux locataires, sous-locataires et résidents de logements foyers, en situation de précarité
+&lt;/p&gt;
+&lt;p&gt;
+ - Aux propriétaires occupants en situation de précarité, éprouvant des difficultés à s&amp;#039;acquitter de leurs charges d&amp;#039;énergie, d&amp;#039;eau ou de téléphone.
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur doit occuper régulièrement son logement, il doit être titulaire d&amp;#039;un bail écrit, d&amp;#039;un contrat d&amp;#039;abonnement auprès du fournisseur d&amp;#039;énergie, d&amp;#039;eau ou de téléphone et être occupant de bonne foi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Critères d&amp;#039;éligibilité :
+ &lt;/em&gt;
+ Un quotient familial est utilisé pour définir l&amp;#039;éligibilité au FUL, selon les modalités définies dans le règlement départemental d&amp;#039;attribution des aides  financières aux personnes en matière d&amp;#039;action sociale, d&amp;#039;insertion et d&amp;#039;aide sociale à l&amp;#039;enfance. Conformément au décret 2005-212 relatif aux fonds de solidarité pour le logement, les ressources prises en compte sont celles de toutes les personnes composant le foyer (au sens de toutes les personnes vivant sous le même toit), et comprennent l&amp;#039;ensemble des ressources de quelque nature qu&amp;#039;elles soient (revenus du travail, revenus du capital, patrimoine, ...), à l&amp;#039;exception de l&amp;#039;aide personnelle au logement, de l&amp;#039;allocation logement, de l&amp;#039;allocation de rentrée scolaire, de l&amp;#039;allocation d&amp;#039;éducation spéciale et de ses compléments, et des aides, allocations et prestations à caractère gracieux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les charges liées à l&amp;#039;occupation du logement doivent être compatibles avec les ressources de l&amp;#039;intéressé, pour lui permettre de demeurer dans des conditions dignes dans le logement qu&amp;#039;il occupe ou auquel il accède. Ces charges sont constituées par le loyer mensuel,  l&amp;#039;assurance habitation, les frais de fourniture des flux (eau énergie et téléphone) déduction faite de l&amp;#039;aide au logement. L&amp;#039;aide peut être refusée si le montant des charges est globalement trop élevé par rapport aux ressources du foyer. Les montants des loyers plafond, des consommations d&amp;#039;eau, d&amp;#039;énergie  ou de téléphone pris en compte sont fixés en annexe I du règlement départemental des aides financières aux personnes en matière d&amp;#039;action sociale, d&amp;#039;insertion et d&amp;#039;aide sociale à l&amp;#039;enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant du loyer ne doit pas dépasser 50 % des ressources, y compris l&amp;#039;Aide au Logement. La capacité contributive du ménage est fixée à 12% des ressources annuelles, pour ce qui est de l&amp;#039;énergie liée au logement.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois, les charges de logements s&amp;#039;apprécient globalement ; chaque poste composant ces charges pouvant être variable selon la situation du demandeur, dès lors que l&amp;#039;ensemble reste compatible avec son niveau de ressources.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le logement doit :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre la résidence principale du demandeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répondre aux critères d&amp;#039;éligibilité à l&amp;#039;A.L ou à l&amp;#039;A.P.L notamment pour ce qui concerne la décence, et la surface minimum afin de ne pas induire de sur occupation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre situé dans le département de l&amp;#039;Aude.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ne pas être propriété d&amp;#039;un ascendant ou d&amp;#039;un descendant ou d&amp;#039;un conjoint; la solidarité familiale et/ou l&amp;#039;obligation alimentaire devant alors se substituer aux aides publiques relatives à l&amp;#039;accès et à une dette de loyer.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Fonds d&amp;#039;aide aux jeunes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ L
+ es jeunes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  âgés de 18 à 25 ans; à titre dérogatoire, les jeunes de 16 à 18 ans en apprentissage ou en formation professionnelle dans le cadre des formations du Conseil Régional pourront solliciter une aide ponctuelle du fonds pour le financement des frais inhérents au démarrage du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  autonomes ou résidant chez leurs parents ou hébergés (dans ce dernier cas, une attestation d&amp;#039;hébergement précisant le lien éventuel de parenté de l&amp;#039;hébergeant avec le jeune devra être communiquée),
+ &lt;/li&gt;
+ &lt;li&gt;
+  domiciliés dans l&amp;#039;Aude, sans nécessité d&amp;#039;une durée minimale de résidence,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en situation de précarité, voire de marginalisation, en danger d&amp;#039;exclusion sociale, cumulant des difficultés sociales et professionnelles,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les étudiants peuvent être aidés, à titre dérogatoire,  lorsque les revenus de leurs parents sont équivalents aux minima sociaux  et que le cursus universitaire entrepris est de courte durée (3 ans au plus) et permet l&amp;#039;accès direct à un type d&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Fonds d&amp;#039;Action Sociale Territoriale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Fonds d&amp;#039;action sociale territoriale peut attribuer :
+&lt;/p&gt;
+&lt;p&gt;
+ - des aides à la vie quotidienne à toute personne de plus de 18 ans résidant dans l&amp;#039;Aude,
+&lt;/p&gt;
+&lt;p&gt;
+ - des aides au projet demandées par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des adultes résidant dans l&amp;#039;Aude,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des personnes morales agréées au titre de l&amp;#039;Aide Sociale à l&amp;#039;Enfance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des personnes bénéficiaires du RSA dans l&amp;#039;Aude  avec une obligation d&amp;#039;insertion et un contrat d&amp;#039;engagement en cours de validité au moment de la demande. La date faisant foi pour l&amp;#039;examen des conditions d&amp;#039;attribution est celle de la signature du contrat d&amp;#039;engagement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Fonds d&amp;#039;Aide à la Formation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Le Fonds d&amp;#039;Aide à la Formation s&amp;#039;adresse aux personnes bénéficiaires du revenu de solidarité active résidant dans l&amp;#039;Aude, ayant une obligation d&amp;#039;insertion et un référent au moment de la demande.  La demande d&amp;#039;aide doit être en rapport avec les objectifs du projet d&amp;#039;insertion du bénéficiaire et les actions prévues pour sa réalisation, figurant dans le contrat d&amp;#039;engagement. Si le contrat d&amp;#039;engagement est rejeté, l&amp;#039;aide ne peut pas être attribuée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  5. Aide Personnalisée au Retour à l&amp;#039;Emploi :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ L&amp;#039;A.P.R.E s&amp;#039;adresse aux personnes bénéficiaires du RSA résidant dans l&amp;#039;Aude
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ayant une obligation d&amp;#039;insertion
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant signé un contrat d&amp;#039;engagement, un P.P.A.E. ou un contrat unique d&amp;#039;insertion  toujours en cours de validité au moment de la demande. La date faisant foi pour l&amp;#039;examen des conditions d&amp;#039;attribution est celle de la signature d&amp;#039;un de ces documents.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Action Sociale Insertion / Lutte contre la précarité financière
+&lt;/p&gt;
+&lt;p&gt;
+ Evelyne Novello, Secrétaire
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:evelyne.novello&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  evelyne.novello&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone :
+ 04.68.11.06.65
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc04-aider-financierement-les-personnes-en-situati/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>165438</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Création d'établissement d'accueil du jeune enfant, d'accueil de loisirs, d'actions Reaap (soutien à la parentalité, CLAS (contrats locaux d'accompagnement à la scolarité et autres</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Règlement intérieur d'action sociale des Landes</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>CAF DES LANDES - Département Enfance Famille Ingénierie Action Sociale</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>50% sous forme de prêt, 50% sous forme de subvention pour les investissements entrant dans notre champs d'aide. Les aides de la Caf ne peuvent excéder 80% (cf. certains fonds nationaux)</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Création d&amp;#039;établissement d&amp;#039;accueil du jeune enfant, d&amp;#039;accueil de loisirs, d&amp;#039;actions Reaap (soutien à la parentalité, CLAS (contrats locaux d&amp;#039;accompagnement à la scolarité et autres prestations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Bâtiments et construction
+Réhabilitation
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Voir RI : &lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U34" s="1" t="inlineStr">
         <is>
-          <t>PETR CENTRE-CHER</t>
+          <t>Landes</t>
         </is>
       </c>
       <c r="V34" s="1" t="inlineStr">
         <is>
-          <t>https://www.sirdab.fr/</t>
+          <t>https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://elan.caf.fr</t>
         </is>
       </c>
       <c r="X34" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Page 5 du &lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y34" s="1" t="inlineStr">
         <is>
-          <t>anthony.affouard@petr-centrecher.fr</t>
+          <t>jean-francois.fillon-camgrand@caf.fr</t>
         </is>
       </c>
       <c r="Z34" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/porteurs-de-projets/</t>
         </is>
       </c>
       <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:27" customHeight="0">
       <c r="A35" s="1">
-        <v>149333</v>
+        <v>158021</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Participer financièrement aux frais d'inscription aux associations adréchoises</t>
+          <t>Développer une action pour accompagner les personnes en difficulté quant à la maîtrise des charges liées au logement afin de prévenir les situations d'une précarité énergétique</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>Solidarité jeunesse</t>
+          <t>Appel à projets 2024-2025- Fonds de solidarité pour le logement (FSL)- Accompagnement personnalisé à la maîtrise des énergies (APME)</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>Centre Communal d'Action Sociale (CCAS) - Les Adrets de l'Estérel
-Association Abankor - Les Adrets de l'Estérel</t>
+          <t>Conseil départemental de la Manche</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Afin de faciliter l&amp;#039;accès des enfants aux activités sportives ou culturelles proposées par les associations adréchoises, les membres du CCAS ont souhaité soutenir les familles en attribuant une aide financière pour toute nouvelle inscription.
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous souhaitez développer une action pour accompagner les personnes en difficulté quant à la maîtrise des charges liées au logement afin de prévenir les situations d&amp;#039;une précarité énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de réponse le 31 janvier 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M35" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Ainsi, une famille ayant un quotient familial de 657€ perçoit un soutien total de 200€ (100€ du CCAS et 100€ de l&amp;#039;association Abankor) et une famille dont le quotient est à 859 touche une aide totale de 150€ (50€ du CCAS et 100€ de l&amp;#039;association Abankor).
- &lt;br /&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action se concrétise par un accompagnement individuel, à domicile, axé sur le développement des connaissances « énergétiques » logement et de leur maîtrise.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action se déclinera par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un diagnostic sociotechnique du logement
+ &lt;/li&gt;
+ &lt;li&gt;
+  une sensibilisation des ménages aux économies d&amp;#039;énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  un accompagnement des ménages dans la maîtrise de leur consommation
+ &lt;/li&gt;
+ &lt;li&gt;
+  une réorientation du ménage vers un travailleur social, lorsque la situation le nécessite
+ &lt;/li&gt;
+ &lt;li&gt;
+  une évaluation de la prestation par la personne
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets porte sur tout le département de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque porteur de projet peut se porter candidat, étant ou non associé à d&amp;#039;autres partenaires, sur l&amp;#039;ensemble du territoire de la Manche ou bien sur une partie. Cela implique que la structure, ou celle qui fédère l&amp;#039;action, s&amp;#039;engage à favoriser un fonctionnement de l&amp;#039;action permettant l&amp;#039;accès aux locataires et propriétaires occupants positionnés sur l&amp;#039;action résidant sur le ou les territoires concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;hypothèse où l&amp;#039;action présentée serait réalisée avec d&amp;#039;autres partenaires, le projet comprendra les relations entre les différents partenaires notamment financières.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="R35" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/appel-a-projets-2024-2025-fonds-de-solidarite-pour-le-logement-fsl-accompagnement-personnalise-a-la-maitrise-des-energies-apme/</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/GESTION/jsp/nouveauContexte.action?codeAction=M42-ACCUEIL</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aide accordée dans la limite de la cotisation de l&amp;#039;association pour un montant maximal de 100€ par enfant, s&amp;#039;adresse aux familles dont le quotient familial est inférieur ou égal à 700€ ou de 50€ par enfant pour un quotient familial compris entre 701 et 900€.
-[...3 lines deleted...]
- &lt;br /&gt;
+ Sabrina Lair - Insertion sociale : 06 10 98 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
-[...35 lines deleted...]
-      </c>
       <c r="Y35" s="1" t="inlineStr">
         <is>
-          <t>s.luz@mairie-adrets-esterel.fr</t>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z35" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/c59d-participation-des-frais-dadhesion-a-une-assoc/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b039-appel-a-projets-2024-2025-fonds-de-solidarite/</t>
         </is>
       </c>
       <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:27" customHeight="0">
       <c r="A36" s="1">
         <v>102581</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Soutenir les acteurs œuvrant dans le domaine social</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Soutien aux acteurs œuvrant dans le domaine social</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
@@ -7209,581 +7033,333 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
       <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d33e-soutenir-les-acteurs-uvrant-dans-le-domaine-s/</t>
         </is>
       </c>
       <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:27" customHeight="0">
       <c r="A37" s="1">
-        <v>158021</v>
+        <v>111639</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Développer une action pour accompagner les personnes en difficulté quant à la maîtrise des charges liées au logement afin de prévenir les situations d'une précarité énergétique</t>
+          <t>Accompagner les parents et les familles à travers le Réseau d'écoute, d'appui et d'accompagnement des parents (REAAP)</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>Appel à projets 2024-2025- Fonds de solidarité pour le logement (FSL)- Accompagnement personnalisé à la maîtrise des énergies (APME)</t>
+          <t>Solidarité et santé : Enfance</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>Commune
-[...2 lines deleted...]
-Entreprise privée</t>
+          <t>Commune</t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="J37" s="1" t="inlineStr">
+        <is>
+          <t>Aide définie dans le cadre de la conférence des financeurs</t>
+        </is>
+      </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...12 lines deleted...]
- Date limite de réponse le 31 janvier 2024.
+ Aide au fonctionnement du Réseau d&amp;#039;écoute, d&amp;#039;appui et d&amp;#039;accompagnement des parents (REAAP) pour des actions menées en faveur de l&amp;#039;enfance et des familles, en soutien à la fonction parentale.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide accordée par le comité des financeurs, composé du Département et de la Caisse d&amp;#039;Allocations Familiales.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-SOLI-036 (AD du 02/07/2018)
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N37" s="1" t="inlineStr">
         <is>
-          <t>Economie d'énergie et rénovation énergétique
-[...1 lines deleted...]
-Logement et habitat</t>
+          <t>Famille et enfance</t>
         </is>
       </c>
       <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R37" s="1" t="inlineStr">
         <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...38 lines deleted...]
- Dans l&amp;#039;hypothèse où l&amp;#039;action présentée serait réalisée avec d&amp;#039;autres partenaires, le projet comprendra les relations entre les différents partenaires notamment financières.
+ Direction du développement social
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 16 42
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="Y37" s="1" t="inlineStr">
         <is>
-          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+          <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
       <c r="Z37" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/b039-appel-a-projets-2024-2025-fonds-de-solidarite/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/af55-accompagner-les-parents-et-les-familles/</t>
         </is>
       </c>
       <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:27" customHeight="0">
       <c r="A38" s="1">
-        <v>155125</v>
+        <v>117416</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Créer, rénover ou étendre de lieux d'accueils de proximité de type France services, M@nche services, centres sociaux ou espaces de vie sociale</t>
-[...4 lines deleted...]
-          <t>Lieux d’accueil de proximité :  France Services, Manche Services, centre social, espace de vie social, (politique territoriale 22-28)</t>
+          <t>Faire appel à un Atelier et Chantier d’Insertion : aménagement d'intérieur (locaux et logements)</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="F38" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'insertion - Initiatives77</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Min : 10 Max : 60</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...21 lines deleted...]
- Nouveau modèle d&amp;#039;accès aux services publics de proximité proposé par l&amp;#039;Etat. Ces espaces visent à permettre à chaque citoyen d&amp;#039;accéder aux services publics et d&amp;#039;être accueilli dans un lieu unique, par des personnes formées et disponibles, pour effectuer ses démarches du quotidien et être accompagné sur le numérique. Neuf partenaires nationaux y sont regroupés auxquels peuvent s&amp;#039;ajouter des partenaires locaux :
+ Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A propos d&amp;#039;Initiatives77 :
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
+&lt;/p&gt;
+&lt;p&gt;
+ Notre offre de service : Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 rénove des locaux et des logements (mise aux normes d&amp;#039;accessibilité, installation salle d&amp;#039;eau/ cuisine, peinture, revêtements intérieurs, cloisonnage, doublage...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces chantiers vous permettent de valoriser
+ votre engagement pour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Pôle emploi,
-[...23 lines deleted...]
-  le ministère de la justice.
+  L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rénovation ou l&amp;#039;embellissement de votre patrimoine.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Chaque France services dispose d&amp;#039;un visio-accueil fournit par le Département pour permettre la mise en relation à distance avec certains partenaires (CAF, CARSAT, CPAM, MSA
-[...49 lines deleted...]
- &lt;/strong&gt;
+ Comment préparer l&amp;#039;intervention d&amp;#039;un ACI avec Initiatives77 ?
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier et Chantier d&amp;#039;Insertion s&amp;#039;organise en 4 étapes :
+&lt;/p&gt;
+&lt;p&gt;
+ 1.    La co-construction du projet avec Initiatives77,
+ &lt;br /&gt;
+ 2.    La validation des estimatifs et signature d&amp;#039;une convention,
+ &lt;br /&gt;
+ 3.    Le lancement du chantier assuré par un Chef de chantier (salarié d&amp;#039;Initiatives77),
+ &lt;br /&gt;
+ 4.    Le suivi du chantier et bilan de fin d&amp;#039;intervention.
+&lt;/p&gt;
+&lt;p&gt;
+ Quelles sont les modalités d&amp;#039;accueil d&amp;#039;un ACI avec Initatives77 ?
+&lt;/p&gt;
+&lt;p&gt;
+ En règle générale, la collectivité achète les matériaux et prend à sa charge l&amp;#039;accueil du chantier d&amp;#039;insertion à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Pour les rénovations, document de diagnostic énergétique
-[...2 lines deleted...]
-  Pièces justifiant de la bonification si sollicitation
+  Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de stockage d&amp;#039;outils et des matériaux.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...11 lines deleted...]
-&lt;/ul&gt;</t>
+Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
+&lt;p&gt;
+ Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1.001€ par semaine (hors matériaux, matériels et logistique
+ &lt;br /&gt;
+ d&amp;#039;accueil).
+&lt;/p&gt;
+&lt;p&gt;
+ Si la collectivité locale ne peut pas fournir les repas, ils lui seront facturés à hauteur de 8€00 par personne et par repas.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N38" s="1" t="inlineStr">
         <is>
-          <t>Jeunesse
-[...1 lines deleted...]
-Accès aux services
+          <t>Culture et identité collective
 Cohésion sociale et inclusion
-Santé</t>
+Bâtiments et construction
+Réhabilitation
+Animation et mise en réseau
+Valorisation d'actions</t>
         </is>
       </c>
       <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R38" s="1" t="inlineStr">
         <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...119 lines deleted...]
- Dans le cadre des France services et de M&amp;#64;nche services, au regard des cahier des charges de ces deux dispositifs, il est possible de financer la création de postes d&amp;#039;agents d&amp;#039;accueil ou l&amp;#039;augmentation d&amp;#039;un temps de travail d&amp;#039;un poste déjà existant, sur une durée maximale de trois ans.
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
-[...39 lines deleted...]
-      </c>
       <c r="Y38" s="1" t="inlineStr">
         <is>
-          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+          <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z38" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/74ab-lieux-daccueil-de-proximite-france-services-m/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/08be-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
         </is>
       </c>
       <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:27" customHeight="0">
       <c r="A39" s="1">
         <v>117159</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Faire appel à un Atelier Chantier d’Insertion : entretien et rénovation du patrimoine bâti</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
@@ -7936,264 +7512,83 @@
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5bcd-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
         </is>
       </c>
       <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:27" customHeight="0">
       <c r="A40" s="1">
-        <v>117416</v>
+        <v>117417</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Faire appel à un Atelier et Chantier d’Insertion : aménagement d'intérieur (locaux et logements)</t>
+          <t>Faire appel à un Atelier et Chantier d’Insertion : restauration et aménagement du milieu naturel</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>ID77</t>
-[...4 lines deleted...]
-          <t>Agence départementale d'insertion - Initiatives77</t>
+          <t>ID77
+Agence départementale d'insertion - Initiatives77</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
-&lt;/p&gt;</t>
-[...175 lines deleted...]
- Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
 &lt;/p&gt;
 &lt;p&gt;
  A propos d&amp;#039;Initiatives77 : Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
 &lt;/p&gt;
 &lt;p&gt;
  Notre offre de service :
  Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 crée des promenades (chemin en grave, platelage...), aménage des espaces verts et intervient dans vos espaces protégés (ENS, zones humides).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ces chantiers vous permettent de valoriser votre engagement pour :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail
  &lt;/li&gt;
  &lt;li&gt;
   La rénovation ou l&amp;#039;embellissement de votre environnement et patrimoine naturel.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Plus d&amp;#039;infos  https://initiatives77.org/offre-services-collectivites-locales/
 &lt;/p&gt;
@@ -8231,591 +7626,1414 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
  &lt;/li&gt;
  &lt;li&gt;
   Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
  &lt;/li&gt;
  &lt;li&gt;
   Les lieux de stockage d&amp;#039;outils et des matériaux.
  &lt;/li&gt;
  &lt;li&gt;
   Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1001 euros par semaine (hors matériaux, matériels et logistique d&amp;#039;accueil). Si le bénéficiaire ne peut pas fournir les repas 8 euros/ personne / repas seront facturés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espaces verts
 Espace public
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Biodiversité
 Equipement public
 Réhabilitation
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
         </is>
       </c>
-      <c r="W41" s="1" t="inlineStr">
+      <c r="W40" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed52-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>165435</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’accompagnement vers l’emploi, l’alternance et l’apprentissage face aux conséquences socio-économiques post-cycloniques</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Employabilité - Restore</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>GIP l'Europe à Mayotte</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 95</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;CADRE
+D’INTERVENTION DU FSE&amp;#43; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Pour la période de programmation
+2021-2027, la gestion du FSE&amp;#43; est organisée de la manière suivante :&lt;/p&gt;&lt;p&gt;Le Préfet de Mayotte, en qualité d&amp;#039;autorité de gestion
+déléguée (AGD), met en œuvre les actions cofinancées par le Programme National
+FSE&amp;#43; dans le respect des règles et normes administratives fixées par les
+autorités européennes et l&amp;#039;autorité de gestion nationale représentée par la
+Délégation générale à l&amp;#039;emploi et à la formation professionnelle (DGEFP) du
+Ministère du travail, de la Santé et des Solidarités et des familles.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;CONTEXTE DE L’APPEL A
+PROJET&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk166663341"&gt;&lt;/a&gt;La priorité 8 « RESTORE » a pour objectif de répondre aux
+impacts socio-économiques des catastrophes naturelles liées au changement
+climatique, pour le cas de Mayotte : les cyclones. &lt;/p&gt;&lt;p&gt;À
+la suite de la reconnaissance de l’état de catastrophe naturelle sur l’ensemble
+du territoire mahorais, consécutive au passage du cyclone Chido en décembre
+2024, qui a causé d’importants dommages humains, matériels et environnementaux,
+aggravant une situation socio-économique déjà précaire, cette priorité est
+entièrement dédiée au soutien de la population.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Cette
+nouvelle priorité du Fonds social européen Plus (FSE&amp;#43;) s’inscrit dans le cadre
+du Règlement (UE) 2024/3236 du Parlement européen et du Conseil du 19 décembre
+2024, modifiant les règlements (UE) 2021/1057 et (UE) 2021/1058 afin de
+renforcer le soutien régional d’urgence à la reconstruction (RESTORE).&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;L’appel
+à projets OS A RESTORE constitue une réponse concrète aux conséquences
+socio-économiques de cette catastrophe. Il met l’accent sur un accompagnement
+renforcé en finançant des actions en faveur de l’insertion du public cible. Il
+représente ainsi une opportunité de transformer la crise en un levier
+d’insertion durable pour la jeunesse mahoraise.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h1&gt;CADRE D’INTERVENTION- PROFIL DE FINANCEMENT&lt;/h1&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;·       
+Priorité d&amp;#039;investissement&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt; &lt;a name="_Hlk205535295"&gt;Réponse aux conséquences socio-économiques des
+catastrophes naturelles (RESTORE)&lt;/a&gt;&lt;/p&gt;&lt;p&gt;·       
+Objectif spécifique&lt;/p&gt;&lt;p&gt;8.a Améliorer l’accès à l’emploi et aux mesures
+d’activation pour tous les demandeurs d’emploi, notamment des jeunes, en
+particulier par la mise en œuvre de la garantie pour la jeunesse, pour les
+chômeurs de longue durée et des groupes défavorisés sur le marché de travail,
+et pour les personnes inactives, ainsi que par la promotion de l’emploi
+indépendant et de l’économie sociale. &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;CONTEXTE
+DE L’OBJECTIF SPECIFIQUE &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Dans le cadre de la
+priorité 8, la mobilisation autour de cet objectif met en lumière la nécessité
+d’un accompagnement renforcé des publics dits « invisibles », la levée globale
+des freins sociaux, une coordination renforcée entre les acteurs, ainsi qu’un
+approfondissement de la logique de parcours. Elle souligne également
+l’importance de l’alternance notamment par la voie professionnelle, en tant que
+levier d’efficacité, en particulier pour les jeunes ayant quitté prématurément
+le système de formation initiale. Cette approche s’inscrit dans la continuité
+de la stratégie de soutien et notamment dans le cadre des métiers nécessaires à
+la reconstruction.&lt;/p&gt;&lt;p&gt;Parmi les freins
+identifiés, la question de la mobilité apparaît comme un enjeu central, ayant
+fait l’objet d’une évaluation approfondie. En outre, les discriminations subies
+par certains publics seront mieux prises en compte grâce à l’intégration des principes
+horizontaux dans la nouvelle programmation.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;ACTIONS VISÉES&lt;del&gt;&lt;/del&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;I.                
+Actions
+visant à permettre l’accompagnement renforcé vers l’emploi des personnes
+éloignées de l’emploi :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;·       
+Actions
+d’accompagnement renforcé vers l’emploi et la formation (entretien
+d’inscription, diagnostic personnalisé, appui à la construction d’un projet
+professionnel, élaboration et mise en œuvre d’un plan d’action, suivi et
+accompagnement adapté, mobilisation des dispositifs, …) prenant en compte toute
+la problématique d’insertion des demandeurs d’emploi, notamment les freins
+sociaux (garde d’enfant, transport, …) ;&lt;/p&gt;&lt;p&gt;·       
+Actions
+visant à renforcer l’employabilité des demandeurs d’emploi en travaillant sur
+leur posture professionnelle (simulation d’entretien d’embauche, …) et leur
+approche du monde du travail (travail sur le CV, le projet professionnel,
+connaissance du monde de l’entreprise, prospection intensive, collective, le
+cas échéant, valorisation des atouts et des acquis professionnels) ;&lt;/p&gt;&lt;p&gt;·       
+Actions
+coordonnées des acteurs du service public de l’emploi afin de favoriser la mise
+en relation des demandeurs d’emplois avec les employeurs (personnalisation de
+l’accompagnement, formation à l’accompagnement des TPE/PME, actions de
+renforcement de la connaissance du monde de l’entreprise) ;&lt;/p&gt;&lt;p&gt;·       
+Actions
+de suivi dans la formation et dans l’emploi, le cas échéant, mise en œuvre de
+démarches de médiation, pour sécuriser et pérenniser le recrutement et recours
+au tutorat et au parrainage ;&lt;/p&gt;&lt;p&gt;·       
+Soutien
+à la mobilité des demandeurs d’emploi vers la métropole, un autre territoire
+ultra marin ou en Europe à des fins d’accès à l’emploi, d’accompagnement vers
+l’emploi ;&lt;/p&gt;&lt;p&gt;·       
+Dans
+le cadre d’un dispositif militaire d’insertion socioprofessionnelle :
+accompagnement socioprofessionnel des jeunes en délivrant une formation
+professionnelle qualifiante permettant l’insertion sur le marché du travail et
+en inculquant les principes fondamentaux de vie en société, remise à niveau
+scolaire en vue de l’acquisition d’un certain degré d’autonomie dans
+l’accomplissement des actes administratifs.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;II.               
+Actions
+visant à renforcer l’alternance et l’apprentissage :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;·       
+Développement
+et promotion de l’apprentissage, des formations en alternance et des contrats
+de professionnalisation, y compris les actions d’accompagnement vers ces
+dispositifs ;&lt;/p&gt;&lt;p&gt;·       
+Valorisation
+de la voie professionnelle dont production et diffusion de ressources
+pédagogiques, développement de réseaux thématiques d’établissement sur des
+secteurs ou métiers ;&lt;/p&gt;&lt;p&gt;·       
+Aides
+aux jeunes pour accéder à l’apprentissage ou à l’alternance (équipement
+scolaire pour l’enseignement professionnel et équipement professionnel,
+hébergement, transport, etc.), et mise en relation avec les entreprises ;&lt;/p&gt;&lt;p&gt;·       
+Actions
+de mobilisation des employeurs visant à faciliter le recrutement d’alternants
+et d’apprentis ;&lt;/p&gt;&lt;p&gt;·       
+Soutien
+à la mobilité transfrontalière (européenne, internationale et entre territoires
+ultra-marins ou vers la métropole) des apprentis et salariés en alternance.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Les types d’actions ont été évalués comme
+compatibles avec le principe consistant à ne pas causer de préjudice important,
+dit DNSH, car ils ne devraient pas avoir d’impact négatif significatif sur
+l’environnement en raison de leur nature.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk201073668"&gt;Catégorie des candidats éligibles
+à l&amp;#039;objectif spécifique&lt;/a&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Cet appel à projets est ouvert à
+tout organisme privé ou public susceptible de proposer un projet d&amp;#039;intérêt
+général relevant de son champ d&amp;#039;intervention, en lien avec les thématiques
+ciblées. &lt;/p&gt;&lt;p&gt;&lt;a href="https://mademarchefse.atlassian.net/wiki/spaces/MLFPDP/pages/498335746/21-27&amp;#43;Guide&amp;#43;des&amp;#43;proc&amp;#43;dures_Op&amp;#43;ration&amp;#43;chef&amp;#43;de&amp;#43;file"&gt;Sont
+éligibles des opérations collaboratives (dites « chef de filât » ou « en
+consortium&lt;/a&gt; :
+&lt;a href="https://mademarchefse.atlassian.net/wiki/spaces/MLFPDP/pages/498335746/21-27&amp;#43;Guide&amp;#43;des&amp;#43;proc&amp;#43;dures_Op&amp;#43;ration&amp;#43;chef&amp;#43;de&amp;#43;file"&gt;https://mademarchefse.atlassian.net/wiki/spaces/MLFPDP/pages/498335746/21-27&amp;#43;Guide&amp;#43;des&amp;#43;proc&amp;#43;dures_Op&amp;#43;ration&amp;#43;chef&amp;#43;de&amp;#43;file&lt;/a&gt;.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;PUBLICS CIBLES &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Au
+titre des actions d’accompagnement vers l’emploi :&lt;/p&gt;&lt;p&gt;Les personnes en recherche
+d’emploi qu’elles soient ou non inscrites auprès du service public de l’emploi,
+y compris les personnes en activité réduite subie, présentant une ou plusieurs
+des caractéristiques suivantes notamment :&lt;/p&gt;&lt;p&gt;·       
+Les
+femmes, les jeunes, les séniors, les personnes handicapées ou souffrant d’une
+affection de longue durée ;&lt;/p&gt;&lt;p&gt;·       
+Les
+demandeurs d’emploi de longue durée ;&lt;/p&gt;&lt;p&gt;·       
+Les
+travailleurs indépendants souhaitant retrouver un emploi salarié ;  &lt;/p&gt;&lt;p&gt;·       
+Les
+apprentis ;&lt;/p&gt;&lt;p&gt;·       
+Les
+personnes inactives ;&lt;/p&gt;&lt;p&gt;·       
+Les
+bénéficiaires de minimas sociaux ; &lt;/p&gt;&lt;p&gt;·       
+Les
+ressortissants de pays tiers ;&lt;/p&gt;&lt;p&gt;·       
+Les
+personnes placées sous-main de justice ;&lt;/p&gt;&lt;p&gt;·       
+Les
+personnes vivant dans des zones urbaines ou rurales prioritaires ;&lt;/p&gt;&lt;p&gt;·       
+Les
+personnes impactées par le cyclone Chido.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Au
+titre des actions de soutien à l’alternance et à l’apprentissage :&lt;/p&gt;&lt;p&gt;·       
+Les
+jeunes de moins de 30 ans en formation par alternance ou en apprentissage.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Dans le cadre d’un parcours
+couvert par plusieurs opérations FSE&amp;#43; successives (réalisation pluriannuelle),
+ces critères s’apprécient eu égard à la situation du participant à l’entrée
+dans la première opération.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;CADRE
+D’INTERVENTION DU FSE&amp;#43; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Pour la période de programmation
+2021-2027, la gestion du FSE&amp;#43; est organisée de la manière suivante :&lt;/p&gt;&lt;p&gt;Le Préfet de Mayotte, en qualité d&amp;#039;autorité de gestion
+déléguée (AGD), met en œuvre les actions cofinancées par le Programme National
+FSE&amp;#43; dans le respect des règles et normes administratives fixées par les
+autorités européennes et l&amp;#039;autorité de gestion nationale représentée par la
+Délégation générale à l&amp;#039;emploi et à la formation professionnelle (DGEFP) du
+Ministère du travail, de la Santé et des Solidarités et des familles.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;CONTEXTE DE L’APPEL A
+PROJET&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk166663341"&gt;&lt;/a&gt;La priorité 8 « RESTORE » a pour objectif de répondre aux
+impacts socio-économiques des catastrophes naturelles liées au changement
+climatique, pour le cas de Mayotte : les cyclones. &lt;/p&gt;&lt;p&gt;À
+la suite de la reconnaissance de l’état de catastrophe naturelle sur l’ensemble
+du territoire mahorais, consécutive au passage du cyclone Chido en décembre
+2024, qui a causé d’importants dommages humains, matériels et environnementaux,
+aggravant une situation socio-économique déjà précaire, cette priorité est
+entièrement dédiée au soutien de la population.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Cette
+nouvelle priorité du Fonds social européen Plus (FSE&amp;#43;) s’inscrit dans le cadre
+du Règlement (UE) 2024/3236 du Parlement européen et du Conseil du 19 décembre
+2024, modifiant les règlements (UE) 2021/1057 et (UE) 2021/1058 afin de
+renforcer le soutien régional d’urgence à la reconstruction (RESTORE).&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;L’appel
+à projets OS A RESTORE constitue une réponse concrète aux conséquences
+socio-économiques de cette catastrophe. Il met l’accent sur un accompagnement
+renforcé en finançant des actions en faveur de l’insertion du public cible. Il
+représente ainsi une opportunité de transformer la crise en un levier
+d’insertion durable pour la jeunesse mahoraise.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h1&gt;CADRE D’INTERVENTION- PROFIL DE FINANCEMENT&lt;/h1&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;·       
+Priorité d&amp;#039;investissement&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt; &lt;a name="_Hlk205535295"&gt;Réponse aux conséquences socio-économiques des
+catastrophes naturelles (RESTORE)&lt;/a&gt;&lt;/p&gt;&lt;p&gt;·       
+Objectif spécifique&lt;/p&gt;&lt;p&gt;8.a Améliorer l’accès à l’emploi et aux mesures
+d’activation pour tous les demandeurs d’emploi, notamment des jeunes, en
+particulier par la mise en œuvre de la garantie pour la jeunesse, pour les
+chômeurs de longue durée et des groupes défavorisés sur le marché de travail,
+et pour les personnes inactives, ainsi que par la promotion de l’emploi
+indépendant et de l’économie sociale. &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;CONTEXTE
+DE L’OBJECTIF SPECIFIQUE &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Dans le cadre de la
+priorité 8, la mobilisation autour de cet objectif met en lumière la nécessité
+d’un accompagnement renforcé des publics dits « invisibles », la levée globale
+des freins sociaux, une coordination renforcée entre les acteurs, ainsi qu’un
+approfondissement de la logique de parcours. Elle souligne également
+l’importance de l’alternance notamment par la voie professionnelle, en tant que
+levier d’efficacité, en particulier pour les jeunes ayant quitté prématurément
+le système de formation initiale. Cette approche s’inscrit dans la continuité
+de la stratégie de soutien et notamment dans le cadre des métiers nécessaires à
+la reconstruction.&lt;/p&gt;&lt;p&gt;Parmi les freins
+identifiés, la question de la mobilité apparaît comme un enjeu central, ayant
+fait l’objet d’une évaluation approfondie. En outre, les discriminations subies
+par certains publics seront mieux prises en compte grâce à l’intégration des principes
+horizontaux dans la nouvelle programmation.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;ACTIONS VISÉES&lt;del&gt;&lt;/del&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;I.                
+Actions
+visant à permettre l’accompagnement renforcé vers l’emploi des personnes
+éloignées de l’emploi :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;·       
+Actions
+d’accompagnement renforcé vers l’emploi et la formation (entretien
+d’inscription, diagnostic personnalisé, appui à la construction d’un projet
+professionnel, élaboration et mise en œuvre d’un plan d’action, suivi et
+accompagnement adapté, mobilisation des dispositifs, …) prenant en compte toute
+la problématique d’insertion des demandeurs d’emploi, notamment les freins
+sociaux (garde d’enfant, transport, …) ;&lt;/p&gt;&lt;p&gt;·       
+Actions
+visant à renforcer l’employabilité des demandeurs d’emploi en travaillant sur
+leur posture professionnelle (simulation d’entretien d’embauche, …) et leur
+approche du monde du travail (travail sur le CV, le projet professionnel,
+connaissance du monde de l’entreprise, prospection intensive, collective, le
+cas échéant, valorisation des atouts et des acquis professionnels) ;&lt;/p&gt;&lt;p&gt;·       
+Actions
+coordonnées des acteurs du service public de l’emploi afin de favoriser la mise
+en relation des demandeurs d’emplois avec les employeurs (personnalisation de
+l’accompagnement, formation à l’accompagnement des TPE/PME, actions de
+renforcement de la connaissance du monde de l’entreprise) ;&lt;/p&gt;&lt;p&gt;·       
+Actions
+de suivi dans la formation et dans l’emploi, le cas échéant, mise en œuvre de
+démarches de médiation, pour sécuriser et pérenniser le recrutement et recours
+au tutorat et au parrainage ;&lt;/p&gt;&lt;p&gt;·       
+Soutien
+à la mobilité des demandeurs d’emploi vers la métropole, un autre territoire
+ultra marin ou en Europe à des fins d’accès à l’emploi, d’accompagnement vers
+l’emploi ;&lt;/p&gt;&lt;p&gt;·       
+Dans
+le cadre d’un dispositif militaire d’insertion socioprofessionnelle :
+accompagnement socioprofessionnel des jeunes en délivrant une formation
+professionnelle qualifiante permettant l’insertion sur le marché du travail et
+en inculquant les principes fondamentaux de vie en société, remise à niveau
+scolaire en vue de l’acquisition d’un certain degré d’autonomie dans
+l’accomplissement des actes administratifs.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;II.               
+Actions
+visant à renforcer l’alternance et l’apprentissage :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;·       
+Développement
+et promotion de l’apprentissage, des formations en alternance et des contrats
+de professionnalisation, y compris les actions d’accompagnement vers ces
+dispositifs ;&lt;/p&gt;&lt;p&gt;·       
+Valorisation
+de la voie professionnelle dont production et diffusion de ressources
+pédagogiques, développement de réseaux thématiques d’établissement sur des
+secteurs ou métiers ;&lt;/p&gt;&lt;p&gt;·       
+Aides
+aux jeunes pour accéder à l’apprentissage ou à l’alternance (équipement
+scolaire pour l’enseignement professionnel et équipement professionnel,
+hébergement, transport, etc.), et mise en relation avec les entreprises ;&lt;/p&gt;&lt;p&gt;·       
+Actions
+de mobilisation des employeurs visant à faciliter le recrutement d’alternants
+et d’apprentis ;&lt;/p&gt;&lt;p&gt;·       
+Soutien
+à la mobilité transfrontalière (européenne, internationale et entre territoires
+ultra-marins ou vers la métropole) des apprentis et salariés en alternance.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Les types d’actions ont été évalués comme
+compatibles avec le principe consistant à ne pas causer de préjudice important,
+dit DNSH, car ils ne devraient pas avoir d’impact négatif significatif sur
+l’environnement en raison de leur nature.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk201073668"&gt;Catégorie des candidats éligibles
+à l&amp;#039;objectif spécifique&lt;/a&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Cet appel à projets est ouvert à
+tout organisme privé ou public susceptible de proposer un projet d&amp;#039;intérêt
+général relevant de son champ d&amp;#039;intervention, en lien avec les thématiques
+ciblées. &lt;/p&gt;&lt;p&gt;&lt;a href="https://mademarchefse.atlassian.net/wiki/spaces/MLFPDP/pages/498335746/21-27&amp;#43;Guide&amp;#43;des&amp;#43;proc&amp;#43;dures_Op&amp;#43;ration&amp;#43;chef&amp;#43;de&amp;#43;file"&gt;Sont
+éligibles des opérations collaboratives (dites « chef de filât » ou « en
+consortium&lt;/a&gt; :
+&lt;a href="https://mademarchefse.atlassian.net/wiki/spaces/MLFPDP/pages/498335746/21-27&amp;#43;Guide&amp;#43;des&amp;#43;proc&amp;#43;dures_Op&amp;#43;ration&amp;#43;chef&amp;#43;de&amp;#43;file"&gt;https://mademarchefse.atlassian.net/wiki/spaces/MLFPDP/pages/498335746/21-27&amp;#43;Guide&amp;#43;des&amp;#43;proc&amp;#43;dures_Op&amp;#43;ration&amp;#43;chef&amp;#43;de&amp;#43;file&lt;/a&gt;.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;PUBLICS CIBLES &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Au
+titre des actions d’accompagnement vers l’emploi :&lt;/p&gt;&lt;p&gt;Les personnes en recherche
+d’emploi qu’elles soient ou non inscrites auprès du service public de l’emploi,
+y compris les personnes en activité réduite subie, présentant une ou plusieurs
+des caractéristiques suivantes notamment :&lt;/p&gt;&lt;p&gt;·       
+Les
+femmes, les jeunes, les séniors, les personnes handicapées ou souffrant d’une
+affection de longue durée ;&lt;/p&gt;&lt;p&gt;·       
+Les
+demandeurs d’emploi de longue durée ;&lt;/p&gt;&lt;p&gt;·       
+Les
+travailleurs indépendants souhaitant retrouver un emploi salarié ;  &lt;/p&gt;&lt;p&gt;·       
+Les
+apprentis ;&lt;/p&gt;&lt;p&gt;·       
+Les
+personnes inactives ;&lt;/p&gt;&lt;p&gt;·       
+Les
+bénéficiaires de minimas sociaux ; &lt;/p&gt;&lt;p&gt;·       
+Les
+ressortissants de pays tiers ;&lt;/p&gt;&lt;p&gt;·       
+Les
+personnes placées sous-main de justice ;&lt;/p&gt;&lt;p&gt;·       
+Les
+personnes vivant dans des zones urbaines ou rurales prioritaires ;&lt;/p&gt;&lt;p&gt;·       
+Les
+personnes impactées par le cyclone Chido.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Au
+titre des actions de soutien à l’alternance et à l’apprentissage :&lt;/p&gt;&lt;p&gt;·       
+Les
+jeunes de moins de 30 ans en formation par alternance ou en apprentissage.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Dans le cadre d’un parcours
+couvert par plusieurs opérations FSE&amp;#43; successives (réalisation pluriannuelle),
+ces critères s’apprécient eu égard à la situation du participant à l’entrée
+dans la première opération.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>15/09/2025</t>
+        </is>
+      </c>
+      <c r="Q41" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2025</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères communs de sélection des opérations&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Aux termes de l’article 9 du
+règlement (UE) 2021/1060 sur les
+principes horizontaux :&lt;/p&gt;&lt;p&gt;1.    Les États membres et
+la Commission veillent au respect des droits fondamentaux et à la conformité avec la Charte des droits fondamentaux de l’Union européenne lors de la mise en œuvre des Fonds.&lt;/p&gt;&lt;p&gt;2.    Les États membres et
+la Commission veillent à ce que l’égalité entre les hommes et les femmes, l’intégration des questions d’égalité
+entre les hommes et les femmes et l’intégration
+de la dimension de genre soient prises en compte et favorisées tout au long de l’élaboration, de la mise en œuvre, du
+suivi et de l’évaluation des programmes ainsi que lors de l’établissement de
+rapports à leur sujet.&lt;/p&gt;&lt;p&gt;3.    Les États membres et la Commission prennent les mesures
+appropriées pour prévenir
+toute discrimination fondée sur le sexe, l’origine raciale ou ethnique,
+la religion ou les convictions, le handicap, l’âge
+ou l’orientation sexuelle
+lors de l’élaboration, de la mise en œuvre,
+du suivi et de l’évaluation
+des programmes ainsi que lors de l’établissement de rapports à leur sujet. En particulier, l’accessibilité pour les personnes handicapées est prise en compte tout au long de
+l’élaboration et de la mise en œuvre des programmes.&lt;/p&gt;&lt;p&gt;4.    Les objectifs
+des Fonds sont poursuivis conformément à l’objectif consistant à promouvoir le développement durable énoncé à
+l’article 11 du traité sur le fonctionnement de l’Union européenne, compte tenu
+des objectifs de développement durable des Nations unies, de l’accord de Paris et du principe
+consistant à « ne
+pas causer de préjudice important ».&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Aux termes de l’article 63 du règlement (UE) 2021/1060 sur l’éligibilité :&lt;/p&gt;&lt;p&gt;1.   
+L’éligibilité d’une dépense est déterminée sur la base des
+règles nationales, sauf si des dispositions spécifiques sont arrêtées dans le présent
+règlement ou les règlements
+spécifiques aux Fonds ou sur la base de ceux-ci.&lt;/p&gt;&lt;p&gt;2.   
+Une dépense est éligible à une contribution des Fonds si elle
+a été engagée par un bénéficiaire ou le partenaire privé d’une opération
+PPP et versée au cours de l’exécution des opérations, entre la date à laquelle le programme a été soumis
+à la Commission ou à compter
+du 1er janvier 2021, si cette date est antérieure à la première, et le 31 décembre 2029.&lt;/p&gt;&lt;p&gt;Pour les coûts
+remboursés au titre
+de l’article 53, paragraphe 1, points b), c) et f), les actions
+constituant la base du remboursement sont accomplies entre la date de
+soumission du programme à la Commission ou à compter
+du 1er janvier 2021, si cette date est antérieure à la première, et le 31 décembre 2029.&lt;/p&gt;&lt;p&gt;3.   
+[…] Pour le FSE&amp;#43;, les dépenses liées aux opérations peuvent
+être attribuées à n’importe laquelle des catégories de région du programme, à
+condition que l’opération contribue à la réalisation des objectifs spécifiques
+du programme.&lt;/p&gt;&lt;p&gt;Pour le FTJ, les dépenses liées aux opérations contribuent à
+la mise en œuvre du plan territorial
+de transition juste concerné.&lt;/p&gt;&lt;p&gt;4.   
+Tout ou partie d’une opération peut être mis en œuvre en
+dehors d’un État membre, y compris en dehors de l’Union,
+pour autant que l’action contribue
+à la réalisation des objectifs du programme.&lt;/p&gt;&lt;p&gt;5.   
+Pour les subventions prenant les formes définies à l’article
+53, paragraphe 1, points b), c) et d), les dépenses qui sont éligibles
+à une contribution des Fonds sont égales aux montants calculés conformément à l’article
+53, paragraphe 3.&lt;/p&gt;&lt;p&gt;6.   
+Une opération n’est pas retenue pour bénéficier du soutien
+des Fonds si elle a été matériellement achevée ou totalement mise en œuvre
+avant que la demande de financement
+au titre du programme ne soit soumise, indépendamment du fait que tous les
+paiements s’y rapportant aient ou non été effectués. Le présent paragraphe ne s’applique pas aux dépenses liées à la compensation des
+surcoûts dans les régions ultrapériphériques dans le cadre du FEAMPA au titre
+de l’article 24 du règlement FEAMP ni au soutien octroyé au titre du
+financement supplémentaire pour les régions ultrapériphériques conformément à
+l’article 110, paragraphe 1, point e), du présent
+règlement.&lt;/p&gt;&lt;p&gt;7.   
+Une dépense qui devient éligible du fait d’une modification
+d’un programme est éligible à compter de la date de présentation de la demande
+correspondante à la Commission.&lt;/p&gt;&lt;p&gt;[…]&lt;/p&gt;&lt;p&gt;8.   
+Lorsqu’un nouveau programme est approuvé, les dépenses sont
+éligibles à compter de la date de présentation de la demande correspondante à
+la Commission.&lt;/p&gt;&lt;p&gt;9.   
+Une opération peut bénéficier du soutien d’un ou de plusieurs
+Fonds ou d’un ou de plusieurs programmes et d’autres instruments de l’Union.
+Dans de tels cas, les dépenses déclarées dans une demande de paiement destinée
+à l’un des Fonds ne sont pas déclarées dans les cas suivants :&lt;/p&gt;&lt;p&gt;a.  Soutien d’un autre Fonds ou instrument de l’Union ;&lt;/p&gt;&lt;p&gt;b.   Soutien du même Fonds au titre d’un autre programme&lt;/p&gt;&lt;p&gt;Le montant des dépenses à mentionner sur une demande de
+paiement destinée à un Fonds peut être calculé pour chaque Fonds et pour le ou les programmes concernés au prorata,
+conformément au document définissant les conditions du soutien.&lt;/p&gt;&lt;p&gt;Aux termes de l’article
+73 du règlement (UE) 2021/1060
+sur la sélection des opérations par l’autorité de
+gestion :&lt;/p&gt;&lt;p&gt;1.   
+Pour la sélection des opérations, l’autorité de gestion
+établit et applique des critères et procédures qui sont non discriminatoires et
+transparents, assurent l’accessibilité pour les personnes handicapées,
+l’égalité entre les femmes et les hommes et tiennent compte de la Charte des
+droits fondamentaux de l’Union européenne, du principe de développement durable
+et de la politique de l’Union dans le domaine de l’environnement, conformément
+à l’ article 11 et à l’article 191, paragraphe 1, du traité sur le fonctionnement
+de l’Union européenne.&lt;/p&gt;&lt;p&gt;Les critères et procédures garantissent que les opérations à sélectionner sont hiérarchisées
+afin d’optimiser la contribution des fonds de l’Union à la réalisation des
+objectifs du programme.&lt;/p&gt;&lt;p&gt;2.   
+Lors de la sélection des opérations, l’autorité de gestion :&lt;/p&gt;&lt;p&gt;a.           
+Veille à ce que les opérations sélectionnées soient conformes
+au programme, et concordent notamment avec les stratégies qui sous-tendent le
+programme, et à ce qu’elles contribuent efficacement à la réalisation des
+objectifs spécifiques du programme ;&lt;/p&gt;&lt;p&gt;b.           
+Veille à ce que les opérations sélectionnées qui relèvent du
+champ d’application d’une condition favorisante soient conformes aux stratégies
+et documents de planification correspondants établis en vue du respect de
+ladite condition favorisante ;&lt;/p&gt;&lt;p&gt;c.           
+Veille à ce que les opérations sélectionnées présentent le
+meilleur rapport entre le montant du soutien,
+les activités menées
+et la réalisation des objectifs ;&lt;/p&gt;&lt;p&gt;[…]&lt;/p&gt;&lt;p&gt;f. vérifie, lorsque les
+opérations ont commencé avant la présentation d’une demande de financement à
+l’autorité de gestion, que le droit applicable a été respecté ;&lt;/p&gt;&lt;p&gt;g. s’assure que les opérations sélectionnées entrent dans le champ d’application du Fonds concerné et
+sont attribuées à un type d’intervention ;&lt;/p&gt;&lt;p&gt;[…]&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Aux
+termes de l’article 16§4 du règlement FSE&amp;#43; 2021/1057 :&lt;/p&gt;&lt;p&gt;Les dépenses de personnel doivent correspondre à la
+rémunération habituellement versée pour la catégorie de fonction concernée. Une demande
+de justification pourra
+être faite sur la base du salaire
+antérieur, ou du salaire d’autre postes équivalent dans la structure non
+financée FSE.&lt;/p&gt;&lt;p&gt;Les associations et fondations qui sollicitent une subvention
+publique s&amp;#039;engagent à souscrire un contrat d’engagement républicain conformément au décret n°2021-1947 du 31 décembre
+2021 pris pour l&amp;#039;application
+de l&amp;#039;article 10-1 de la loi n° 2000-321 du 12 avril 2000 relative aux droits
+des citoyens dans leurs relations avec les administrations. Par la souscription
+de ce contrat d’engagement républicain, les associations et fondations s’engagent
+à respecter les principes de liberté, d’égalité, de fraternité et de dignité de
+la personne humaine ainsi que les symboles de la République, ne pas mettre en cause la laïcité
+au sein de la République et s’abstenir de toute action portant atteinte à l’ordre public
+pour tout dépôt d’une demande de subvention ; elles en informent leurs membres
+par tout moyen. À ce titre, les porteurs de projets devront accompagner leurs
+demandes de subvention d’une attestation de contrat d’engagement républicain&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h1&gt;RÈGLES
+D&amp;#039;ÉLIGIBILITÉ ET DE SÉLECTION SPÉCIFIQUES DE L&amp;#039;APPEL À PROJETS&lt;/h1&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Les
+financements européens sont exclusivement attribués à des opérations
+individuelles et à des personnes morales, le FSE&amp;#43; n&amp;#039;accorde pas d&amp;#039;aide
+financière directement aux personnes et ne cofinance pas le fonctionnement
+global des structures mais les projets menés par celles-ci.&lt;a name="_Hlk167278675"&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;La candidature, la sélection, la programmation et le
+remboursement des dépenses se déroulent de la manière suivante :&lt;/p&gt;&lt;p&gt;1.     &lt;u&gt;Modalités
+de dépôt de la demande de subvention :&lt;/u&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Après la publication de l’appel à projets sur le site
+Internet du GIP L’Europe à Mayotte (https://europe-a-mayotte.yt) ; et sur le
+site fse.gouv.fr, les demandes de financement doivent être saisies et
+transmises via le portail dématérialisé &amp;#34;Ma Démarche FSE&amp;#43;&amp;#34; au cours
+de la période d&amp;#039;ouverture de l&amp;#039;appel à projets. Seules les demandes de
+financement signées et déposées dans &amp;#34;Ma Démarche FSE&amp;#43;&amp;#34; avant la date
+de clôture de l&amp;#039;appel à projets seront examinées. Toute demande déposée après sera
+inéligible.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Au regard des nouvelles modalités de dépôt notamment
+l&amp;#039;utilisation d&amp;#039;une signature électronique, il est conseillé aux porteurs de
+projet de ne pas attendre le dernier jour de publication de l&amp;#039;appel à projets
+pour déposer leur demande.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;L’opération ne doit pas être achevée au moment du dépôt de
+la demande de financement.&lt;a name="move1734020951"&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;La liquidation de la subvention se fait à la fin du projet
+après un contrôle qualitatif, quantitatif et financier. Les porteurs de projets
+doivent donc disposer d&amp;#039;une trésorerie compatible avec le développement de leur
+projet et avoir la capacité à avancer les frais.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Le FSE &amp;#43; doit avoir un effet levier et permettre
+d&amp;#039;augmenter la capacité de réponse à la problématique d&amp;#039;insertion des personnes
+les plus défavorisées et de lutte contre la pauvreté et l&amp;#039;exclusion.&lt;/p&gt;&lt;p&gt;2.    
+&lt;u&gt;Les étapes après le dépôt :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://europe-a-mayotte.yt/je-decouvre-leurope-a-mayotte/je-consulte-les-appels-a-projet/#</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;o   Madame DAGNAUD Chantal – Responsable Pôle Animation&lt;/p&gt;&lt;p&gt;Tel :
+0639 99 20 57   E-mail : &lt;a href="mailto:chantal.dagnaud&amp;#64;europe-a-mayotte.yt"&gt;chantal.dagnaud&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;o  
+Monsieur Clément HABIHIRWE – Responsable adjoint Pôle Animation &lt;/p&gt;&lt;p&gt;Tél : 0639 616322  E-mail :&lt;u&gt; &lt;/u&gt;&lt;a href="mailto:clement.habihirwe&amp;#64;europe-a-mayotte.yt"&gt;clement.habihirwe&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;/p&gt;&lt;p&gt;o   Monsieur
+RAKOTO Rasolofosoana, Chargé de mission Animation FSE&amp;#43;, &lt;/p&gt;&lt;p&gt;Tél: 0639760497 E-mail: &lt;a href="mailto:rasolofosoana.rakoto&amp;#64;europe-a-mayotte.yt"&gt;rasolofosoana.rakoto&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;/p&gt;&lt;p&gt;o  
+Madame Zaina
+HARIBOU– Chargée de Mission Animation FSE&amp;#43; &lt;/p&gt;&lt;p&gt;Tél : 0639 769801  E-mail : &lt;a href="mailto:zaina.haribou&amp;#64;europe-a-mayotte.yt"&gt;zaina.haribou&amp;#64;europe-a-mayotte.yt&lt;/a&gt; &lt;/p&gt;&lt;p&gt;o  
+Madame Wardat
+ANGHATAHI – Chargée de Mission Animation FSE&amp;#43; &lt;/p&gt;&lt;p&gt;Tél : 0639 996211  E-mail : &lt;a href="mailto:wardat.angatahi&amp;#64;europe-a-mayotte.yt"&gt;wardat.angatahi&amp;#64;europe-a-mayotte.yt&lt;/a&gt; &lt;u&gt; &lt;/u&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y41" s="1" t="inlineStr">
         <is>
-          <t>id77@departement77.fr</t>
+          <t>francois.duhesme@europe-a-mayotte.yt</t>
         </is>
       </c>
       <c r="Z41" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/ed52-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-laccompagnement-vers-lemploi-lalternance-et-lapprentissage-face-aux-consequences-socio-economiques-post-cycloniques/</t>
         </is>
       </c>
       <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:27" customHeight="0">
       <c r="A42" s="1">
-        <v>111639</v>
+        <v>32857</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les parents et les familles à travers le Réseau d'écoute, d'appui et d'accompagnement des parents (REAAP)</t>
-[...4 lines deleted...]
-          <t>Solidarité et santé : Enfance</t>
+          <t>Agir pour l'attractivité, la cohésion sociale, la croissance durable et l'emploi - Contrat Territorial Occitanie / Pays Portes de Gascogne</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Essonne</t>
-[...329 lines deleted...]
-        <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="F44" s="1" t="inlineStr">
+      <c r="F42" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie
 PETR du Pays Portes de Gascogne</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le 30 juin 2017, la Région Occitanie a validé la mise en œuvre d&amp;#039;une nouvelle génération de politiques contractuelles avec les territoires pour la période 2018-2021.
  Il s&amp;#039;agit de mobiliser, dans le cadre d&amp;#039;un contrat entre la Région et chaque territoire, l&amp;#039;ensemble des dispositifs de la Région afin d&amp;#039;agir pour l&amp;#039;attractivité, la cohésion sociale, la croissance durable et l&amp;#039;emploi. C&amp;#039;est une rencontre entre les politiques régionales et les projets de territoires des territoires concernés.
 &lt;/p&gt;
 &lt;p&gt;
  Le Contrat Territorial Occitanie entre le Pays Portes de Gascogne et la Région a été validé par la Région le 12 octobre 2018.
  Le projet de territoire, autour duquel ce contrat est organisé se structure autour de 6 axes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Soutenir le développement d&amp;#039;une économie durale et locale
  &lt;/li&gt;
  &lt;li&gt;
   Accélérer et amplifier la transition énergétique et écologique
  &lt;/li&gt;
  &lt;li&gt;
   Améliorer la qualité des espaces de vie
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir, adapter, renforcer les services publics
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir le développement des Bourgs-Centres
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir l&amp;#039;innovation, l&amp;#039;expérimentation, la coopération à partir d&amp;#039;une thématique, l&amp;#039;itinérance.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M44" s="1" t="inlineStr">
+      <c r="M42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Rénovation énérgétique de logements ou pbâtiments publics, aménagement d&amp;#039;espaces publics, Médiathèques, Pôles de santé, équipement sportifs, etc.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Tourisme
 Espace public
 Economie d'énergie et rénovation énergétique
 Accès aux services
 Commerces et services
 Tiers-lieux
 Logement et habitat
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T42" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>PETR du Pays Portes de Gascogne</t>
         </is>
       </c>
-      <c r="W44" s="1" t="inlineStr">
+      <c r="W42" s="1" t="inlineStr">
         <is>
           <t>https://www.paysportesdegascogne.com/contrats-et-cooperations/avec-la-region-occitanie/</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Julie Fleuriault - Animatrice CTO : 06 17 84 68 79
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysportesdegascogne.com</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd38-contrat-territorial-occitanie-pays-portes-de-/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>94999</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Aider le secteur sanitaire et social</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Bourse du secteur sanitaire et social</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Tout étudiant (français, ressortissant de l&amp;#039;Union européenne ou étant en situation régulière en France depuis le 1er
+janvier de l&amp;#039;année du début du cycle de formation) sans condition d&amp;#039;âge, ni de condition de lieu de résidence.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;em&gt;
+    Formations sanitaires
+   &lt;/em&gt;
+   agréées par la Région Grand Est
+  &lt;/strong&gt;
+  : DE Auxiliaire de puériculture, DE Aide-soignant, DE Infirmier Puériculteur, DE Infirmier, DE Masseur-kinésithérapeute, DE Sage-femme, DE ambulancier, DE Ergothérapeute, DE Psychomotricien, DE Manipulateur en électroradiologie médicale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;em&gt;
+    Formations sociales
+   &lt;/em&gt;
+   agréées par la Région Grand Est
+  &lt;/strong&gt;
+  : DE Assistant de service social, DE Éducateur spécialisé, DE Éducateur de jeunes enfants, DE Conseiller en économie sociale et familiale, DE Éducateur technique spécialisé, DE Moniteur éducateur, DE Technicien de l&amp;#039;intervention sociale et familiale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Procédure
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;étudiant se connecte à l&amp;#039;extranet
+  &lt;a href="https://boursesanitaireetsociale.grandest.fr/"&gt;
+   https://boursesanitaireetsociale.grandest.fr/
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;étudiant fait une simulation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si la simulation est positive, l&amp;#039;étudiant dépose une demande grâce à un identifiant et un mot de passe qui lui sont propres. Pour déposer sa demande il doit se munir du code d&amp;#039;accès transmis par son Institut de formation et d&amp;#039;une copie scannée des pièces justificatives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il complète sa demande en joignant les pièces justificatives scannées et la valide
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;étudiant peut à tout moment suivre l&amp;#039;évolution de sa demande en se connectant avec son identifiant et mot de passe
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous souhaitez demander une bourse d&amp;#039;études au Luxembourg ?
+ &lt;/strong&gt;
+ Une notification officielle de la part de la Région Grand Est vous sera demandée pour constituer votre dossier auprès du Luxembourg (CEDIES). Pour obtenir cette notification, il faut impérativement saisir une demande sur le
+ &lt;a href="https://boursesanitaireetsociale.grandest.fr"&gt;
+  portail des bourses aux formations sanitaires et sociales.
+ &lt;/a&gt;
+ La Région vous fera parvenir une notification par courriel dès que le traitement de votre dossier sera effectué.
+&lt;/p&gt;
+&lt;h3&gt;
+ Calendrier
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étudiants du sanitaire et social – Rentrée de septembre 2021 – Ouverture de la campagne de bourses
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le portail de dépôt des demandes de bourses sera ouvert à compter du
+  &lt;strong&gt;
+   1er juillet 2021
+  &lt;/strong&gt;
+  pour les primo-entrants et à compter de
+  &lt;strong&gt;
+   fin avril 2021
+  &lt;/strong&gt;
+  pour les 2ème, 3ème, 4ème et 5ème année.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La date de clôture pour le dépôt des demandes est fixée au 30 septembre 2021.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ —
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/formations-sanitaires-sociales"&gt;
+  Les Formations Sanitaires et Sociales en Grand Est
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Santé
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Montant
+&lt;/h3&gt;
+&lt;p&gt;
+ Le montant de la bourse varie selon plusieurs échelons. L&amp;#039;échelon est calculé en fonction de points de charge familiaux et de plafonds de ressources de l&amp;#039;étudiant ou de sa famille ;
+ &lt;strong&gt;
+  ces ressources sont indiquées sur l&amp;#039;avis d&amp;#039;imposition 2019 sur les revenus 2018
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cette bourse est cumulable avec des aides à caractère social (CAF – CCAS,...) dès lors que la réglementation de ces aides l&amp;#039;autorise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cette bourse n&amp;#039;est pas cumulable avec
+  &lt;strong&gt;
+   toute allocation pour perte d&amp;#039;emploi, ni avec un contrat d&amp;#039;apprentissage, un emploi d&amp;#039;avenir, un contrat de professionnalisation, un CIF ou une rémunération liée au statut de stagiaire de la formation professionnelle.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/bourse-secteur-sanitaire-social/</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0300/depot/simple</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 03 87 54 32 01
+&lt;/p&gt;
+&lt;p&gt;
+ boursesanitaireetsociale&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous souhaitez obtenir des informations complémentaires, contactez directement les instituts de formations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6e86-bourse-du-secteur-sanitaire-et-social/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>155125</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover ou étendre de lieux d'accueils de proximité de type France services, M@nche services, centres sociaux ou espaces de vie sociale</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Lieux d’accueil de proximité :  France Services, Manche Services, centre social, espace de vie social, (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création (si équipement similaire non présent sur la commune ou équipement obsolète ne pouvant pas être réhabilité), rénovation ou extension de lieux d&amp;#039;accueils de proximité de type France services, M&amp;#64;nche services, centres sociaux ou espaces de vie sociale
+&lt;/p&gt;
+&lt;p&gt;
+ Possibilité de financement de postes pour les agents d&amp;#039;accueil dans le cadre exclusivement des France services et M&amp;#64;nche services et selon les cahiers de charges de ces deux dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble de ces structures sont définis comme étant des lieux d&amp;#039;accueil, d&amp;#039;information et d&amp;#039;orientation à destination des usagers de services publics. Elles peuvent également proposer des animations de proximité et des loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ Conçues pour faciliter et animer la vie quotidienne des habitants usagers, comme des espaces de rencontre ouverts à tous, ces lieux ont pour vocation de développer une logique de services de proximité. La démarche est notamment orientée par la question de l&amp;#039;accès aux droits et par la participation des usagers au développement de la qualité des services publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  France services
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nouveau modèle d&amp;#039;accès aux services publics de proximité proposé par l&amp;#039;Etat. Ces espaces visent à permettre à chaque citoyen d&amp;#039;accéder aux services publics et d&amp;#039;être accueilli dans un lieu unique, par des personnes formées et disponibles, pour effectuer ses démarches du quotidien et être accompagné sur le numérique. Neuf partenaires nationaux y sont regroupés auxquels peuvent s&amp;#039;ajouter des partenaires locaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle emploi,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assurance-maladie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les allocations familiales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mutualité sociale agricole,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assurance-retraite,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Poste,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ministère de l&amp;#039;intérieur (agence nationale des titres sécurisés),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ministère des finances, et
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ministère de la justice.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chaque France services dispose d&amp;#039;un visio-accueil fournit par le Département pour permettre la mise en relation à distance avec certains partenaires (CAF, CARSAT, CPAM, MSA
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  M&amp;#64;nche services
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du maillage de l&amp;#039;Etat, les M&amp;#64;nche services sont des lieux d&amp;#039;accueil de proximité situés potentiellement dans les 67 communes identifiées comme éligibles au CPS, et ayant pour vocation d&amp;#039;accueillir, d&amp;#039;informer, d&amp;#039;orienter et d&amp;#039;accompagner les usagers sur les portails internet et sur des démarches simples en lien avec les cinq partenaires, que sont la CAF, la CARSAT, la CPAM, la MSA et Pôle emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre sociaux et espaces de vie sociale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lieux de proximité à vocation globale, familiale et intergénérationnelle, qui accueillent toute la population en veillant à la mixité sociale. Ouverts à l&amp;#039;ensemble de la population, ils offrent aux usagers un accueil, des activités et des services. Ils sont également en capacité de déceler les besoins et les attentes des usagers et des habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Lieux d&amp;#039;animation de la vie sociale permettant aux habitants d&amp;#039;exprimer, de concevoir et de réaliser leurs projets : ils prennent en compte l&amp;#039;expression des demandes et des initiatives des usagers et des habitants, et favorisent la vie sociale et la vie associative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d&amp;#039;une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l&amp;#039;opération (coût du poste chargé)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les rénovations, document de diagnostic énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces justifiant de la bonification si sollicitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Poste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fiche de poste
+ &lt;/li&gt;
+ &lt;li&gt;
+  CV du candidat retenu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Santé</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les France services et M&amp;#64;nche services respect du cahier des charges de ces deux dispositifs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit ici du financement des postes d&amp;#039;agents d&amp;#039;accueil des France services et M&amp;#64;nche services, uniquement dans le cadre d&amp;#039;une création de poste ou pour les M&amp;#64;nche services d&amp;#039;une augmentation du temps de travail d&amp;#039;un poste existant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnements ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), accessibilité à l&amp;#039;information et à la communication (documentation simplifiée...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de matériel informatiques nécessaire à l&amp;#039;offre de service ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre des France services et de M&amp;#64;nche services, au regard des cahier des charges de ces deux dispositifs, il est possible de financer la création de postes d&amp;#039;agents d&amp;#039;accueil ou l&amp;#039;augmentation d&amp;#039;un temps de travail d&amp;#039;un poste déjà existant, sur une durée maximale de trois ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/lieux-daccueil-de-proximite-france-services-manche-services-centre-social-espace-de-vie-social-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y44" s="1" t="inlineStr">
         <is>
-          <t>leader@paysportesdegascogne.com</t>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z44" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/cd38-contrat-territorial-occitanie-pays-portes-de-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/74ab-lieux-daccueil-de-proximite-france-services-m/</t>
         </is>
       </c>
       <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:27" customHeight="0">
       <c r="A45" s="1">
         <v>154416</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’élaboration des projets territoriaux dans les domaines de la transformation écologique et de la cohésion sociale et territoriale</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Appui à la structuration de projets territoriaux</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
@@ -8893,1120 +9111,678 @@
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
    Contactez-nous via notre formulaire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2b57-favoriser-lelaboration-des-projets-territoria/</t>
         </is>
       </c>
       <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:27" customHeight="0">
       <c r="A46" s="1">
+        <v>72201</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Fonds de solidarité pour les entreprises, indépendants, entrepreneurs - COVID 19</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Économie, des Finances et de la Souveraineté industrielle et numérique</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis le début de la crise sanitaire du Coronavirus COVID-19, l&amp;#039;État et les Régions ont mis en place
+ &lt;strong&gt;
+  un fonds de solidarité pour prévenir la cessation d&amp;#039;activité des petites entreprises, micro-entrepreneurs, indépendants et professions libérales, particulièrement touchés par les conséquences économiques du Covid-19.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide versée dans le cadre du reconfinement est calculé différemment selon le mois considéré et selon la situation de l&amp;#039;entreprise.
+ &lt;a href="https://www.economie.gouv.fr/files/files/directions_services/covid19-soutien-entreprises/FDS-entreprises-secteursS1-S1bis-02112020.pdf"&gt;
+  La liste des secteurs S1 et Sbis
+ &lt;/a&gt;
+ est complétée par de nouveaux secteurs d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les entreprises fermées administrativement en septembre et octobre 2020 :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est égale au montant de la perte de chiffre d&amp;#039;affaires (hors chiffre d&amp;#039;affaires réalisé sur les activités de vente à distance avec retrait en magasin ou livraison) dans la limite de 333 € par jour d&amp;#039;interdiction d&amp;#039;accueil du public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les entreprises situées dans les zones de couvre-feu ayant perdu plus de 50 % de leur chiffre d&amp;#039;affaires en octobre 2020 :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises des secteurs S1 reçoivent une aide compensant leur perte de chiffre d&amp;#039;affaires jusqu&amp;#039;à 10 000 €, sans ticket modérateur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises des secteurs S1bis ayant perdu plus de 80 % de leur chiffre d&amp;#039;affaires pendant la première période de confinement (condition non applicable aux entreprises créées après le 10 mars 2020), reçoivent une aide compensant leur perte de chiffre d&amp;#039;affaires jusqu&amp;#039;à 10 000 €, sans ticket modérateur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres entreprises ont droit à une aide couvrant leur perte de chiffre d&amp;#039;affaires dans la limite de 1 500 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les entreprises situées en dehors des zones de couvre-feu appartenant aux secteurs 1 et 1 bis
+ &lt;/strong&gt;
+ (les entreprises des secteurs 1bis doivent justifier avoir perdu 80 % de leur chiffre d&amp;#039;affaire pendant la première période de confinement sauf si elles ont été créées après le 10 mars 2020)
+ &lt;strong&gt;
+  et ayant perdu plus de 50 % de leur chiffre d&amp;#039;affaires en octobre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises ayant perdu entre 50 et 70 % de leur chiffre d&amp;#039;affaires reçoivent une aide égale à la perte de chiffres d&amp;#039;affaires jusqu&amp;#039;à 1 500 €.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises ayant perdu plus de 70 % de leur chiffre d&amp;#039;affaires reçoivent une aide égale à la perte de chiffre d&amp;#039;affaire jusqu&amp;#039;à 10 000 € et dans la limite de 60 % du chiffre d&amp;#039;affaires mensuel de l&amp;#039;année précédente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour toutes les entreprises fermées administrativement ou ayant subi plus de 50 % de perte de chiffre d&amp;#039;affaires en novembre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises fermées administrativement perçoivent une aide égale au montant de la perte de chiffre d&amp;#039;affaires dans la limite de 10 000 € (le chiffre d&amp;#039;affaires n&amp;#039;intègre pas le chiffre d&amp;#039;affaires réalisé sur les activités de vente à distance avec retrait en magasin ou livraison).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises des secteurs S1 perçoivent une subvention égale au montant de la perte de chiffre d&amp;#039;affaires dans la limite de 10 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises qui appartiennent aux secteurs S1bis et qui ont perdu plus de 80 % de leur chiffre d&amp;#039;affaires pendant la première période de confinement (sauf si elles ont été créées après le 10 mars 2020) perçoivent une subvention égale à 80 % de la perte de chiffre d&amp;#039;affaires dans la limite de 10 000 €. Lorsque la perte de chiffre d&amp;#039;affaires est supérieure à 1 500 €, le montant minimal de la subvention est de 1 500 €. Lorsque la perte de chiffre d&amp;#039;affaires est inférieure ou égale à 1500 €, la subvention est égale à 100 % de la perte de chiffre d&amp;#039;affaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres entreprises ont droit à une aide couvrant leur perte de chiffre d&amp;#039;affaires dans la limite de 1500 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La nouvelle aide sous plafond de 10 000 € est cumulable en septembre mais pas à partir d&amp;#039;octobre.
+ &lt;strong&gt;
+  Lorsqu&amp;#039;une entreprise est éligible à plusieurs aides, elle bénéficie de l&amp;#039;aide la plus favorable
+ &lt;/strong&gt;
+ (soit au titre de la fermeture administrative soit au titre de la perte de chiffre d&amp;#039;affaire). Les nouveaux dispositifs ne sont pas applicables aux discothèques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les personnes physiques ayant bénéficié d&amp;#039;une ou de plusieurs pensions de retraite ou d&amp;#039;indemnités journalières de sécurité sociale et les personnes morales dont le dirigeant majoritaire a bénéficié de telles pensions ou indemnités, le montant de la subvention accordée est réduit du montant des pensions de retraite et des indemnités journalières perçues ou à percevoir au titre du mois d&amp;#039;octobre 2020.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>24/11/2020</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce fonds s&amp;#039;adresse aux commerçants, artisans, professions libérales et autres agents économiques, quel que soit leur statut (société, entrepreneur individuel, association...) et leur régime fiscal et social (y compris micro-entrepreneurs),
+ &lt;strong&gt;
+  ayant au plus 50 salariés.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils ont fait l&amp;#039;objet d&amp;#039;une interdiction d&amp;#039;accueil du public intervenue entre le 25 septembre 2020 et le 30 novembre 2020 OU ils ont subi une perte de chiffre d&amp;#039;affaires d&amp;#039;au moins 50 % au cours de la période mensuelle entre le 1er octobre 2020 et le 30 novembre 2020 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  par rapport à la même période de l&amp;#039;année précédente,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou, si les entreprises le souhaitent, par rapport au chiffre d&amp;#039;affaires mensuel moyen de l&amp;#039;année 2019,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou, pour les entreprises créées entre le 1er juin 2019 et le 31 janvier 2020, par rapport au chiffre d&amp;#039;affaires mensuel moyen sur la période comprise entre la date de création de l&amp;#039;entreprise et le 29 février 2020,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou, pour les entreprises créées entre le 1er février 2020 et le 29 février 2020, par rapport au chiffre d&amp;#039;affaires réalisé en février 2020 et ramené sur 1 mois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou, pour les entreprises créées après le 1er mars 2020, le chiffre d&amp;#039;affaires mensuel moyen réalisé entre le 1er juillet 2020, ou à défaut la date de création de l&amp;#039;entreprise, et le 30 septembre 2020.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Leur activité doit avoir débutée avant le 31 août 2020 pour les pertes de septembre 2020 ou le 30 septembre 2020 pour les pertes d&amp;#039;octobre 2020 et novembre 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises contrôlées par une holding deviennent éligibles au fonds de solidarité à condition que l&amp;#039;effectif des entités liées soit inférieur à 50 salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les agriculteurs membres d&amp;#039;un Groupement Agricole d&amp;#039;Exploitation en Commun (GAEC), le respect des règles d&amp;#039;éligibilité s&amp;#039;apprécie au niveau de chaque associé. La perte de chiffre d&amp;#039;affaires est celle du GAEC répartie entre les associés pour déterminer le montant de l&amp;#039;aide qui est plafonnée à un montant maximal par associé (montant fixé en fonction des périodes).
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises en redressement judiciaire et celles en procédure de sauvegarde peuvent également bénéficier du fonds de solidarité.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles les entreprises dont le dirigeant est titulaire d&amp;#039;un contrat de travail à temps complet au 1er jour du mois considéré.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/covid19-soutien-entreprises/fonds-de-solidarite-pour-les-tpe-independants-et-micro</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://cfspart.impots.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entreprises éligibles au fonds de solidarité continuent à faire leur demande sur
+ &lt;a href="https://www.impots.gouv.fr/portail/node/13665"&gt;
+  le site Direction générale des finances publiques
+ &lt;/a&gt;
+ en renseignant les éléments suivants : SIREN, SIRET, RIB, le chiffre d&amp;#039;affaires du mois concerné et celui du mois de référence, déclarations, déclaration sur l&amp;#039;honneur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à partir du 20 novembre : pour l&amp;#039;aide versée au titre du mois d&amp;#039;octobre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à partir du début décembre pour l&amp;#039;aide versée au titre du mois de novembre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide est calculé automatiquement sur la base des éléments déclarés. La DGFiP effectuera des contrôles de premier niveau et versera l&amp;#039;aide rapidement au demandeur. Des contrôles de second niveau pourront être effectués par la DGFiP postérieurement au versement de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également consulter
+ &lt;a href="https://www.economie.gouv.fr/covid19-soutien-entreprises/aides-versees-fonds-solidarite"&gt;
+  le tableau de bord interactif
+ &lt;/a&gt;
+ qui recense les aides apportées par secteur, par région et département au titre de ce fonds.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32e3-beneficier-du-fonds-de-solidarite-pour-les-en/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>102630</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la formation et l'insertion socioprofessionnelle dans le cadre de projets de restauration du patrimoine</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine Emploi</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez soutenir l&amp;#039;insertion et la formation professionnelle dans les métiers du patrimoine et favoriser la transmission des savoir-faire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Via son programme Patrimoine Emploi, la Fondation du patrimoine soutient l&amp;#039;insertion socioprofessionnelle et la formation aux métiers du patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Deux axes sont privilégiés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le soutien aux chantiers incluant une action d&amp;#039;insertion sociale ou professionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets permettant une formation aux métiers du patrimoine (clause de marchés publics avec insertion ou apprentissage, atelier chantier d&amp;#039;insertion (ACI), chantier-école).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vos projets de restauration du patrimoine faisant l&amp;#039;objet d&amp;#039;une souscription avec la Fondation du patrimoine pourront bénéficier d&amp;#039;une aide financière supplémentaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conservatoire du Patrimoine CFA Paul Riquet à Toulouse : subvention pour la mise en place de formations aux techniques de construction traditionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ancienne Abbaye de Maroilles dans le Nord : restauration de la grange dimière et de deux maisons de bourgs dans le cadre d&amp;#039;un chantier d&amp;#039;insertion
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Porteur de projet : collectivité publique, association ou structure d&amp;#039;intérêt général (dont l&amp;#039;activité est non lucrative et ne bénéficie pas à un cercle restreint de personnes et dont la gestion est désintéressée) justifiant de plus d&amp;#039;un an d&amp;#039;existence.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet implanté sur le territoire et dont les bénéficiaires résident en France métropolitaine ou ultramarine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à un projet ciblé : l&amp;#039;aide demandée ne pourra être tournée exclusivement vers du fonctionnement ou le financement de supports de communication.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/soumettre-un-projet/obtenir-une-aide-financiere</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Pierre Servais, Chargé de projet patrimoine naturel et emploi : pierre.servais&amp;#64;fondation-patrimoine.org
+&lt;/p&gt;
+&lt;p&gt;
+ Ou Michel Doffagne : michel.doffagne&amp;#64;fondation-patrimoine.org&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>fanny.renaud@fondation-patrimoine.org</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a84-favoriser-la-formation-et-linsertion-sociopro/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
         <v>163808</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Mettre en place un service à caractère expérimental d'accompagnement et d'hébergement en semi-autonomie pour jeunes majeurs</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Mise en place d&amp;rsquo;un service à caractère expérimental d&amp;rsquo;accompagnement et d&amp;rsquo;hébergement en semi-autonomie pour jeunes majeurs</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Nature de l&amp;#039;aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Avec l’ambition de sécuriser le passage à la majorité des jeunes majeurs sortant du service de l’aide sociale à l’enfance (l’ASE), le Département s’est engagé en 2023 à sécuriser et dynamiser les parcours d’insertion des jeunes majeurs. Ces parcours s’appuieront plus fortement sur le droit commun en travaillant sur l’autonomie des jeunes. Ce nouveau dispositif remplace le Dispositif Jeune Insertion Manche (DJIM) existant depuis 2015. Il sera effectif en avril 2025.&lt;/p&gt;&lt;p&gt;Cet appel à projet doit proposer un dispositif d’hébergements autonomes et inclusifs pour les jeunes majeurs âgés de 18 à 21 ans, confiés à l’aide sociale à l’enfance, dont des jeunes majeurs en situation de handicap relevant des dispositions des 1° et 12° de l&amp;#039;article L.312-1 du Code de l&amp;#039;Action Sociale et des Familles (CASF), ce sur la totalité du territoire départemental.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment bénéficier de l&amp;#039;aide ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les modalités d’instruction, critères de sélection et composition des dossiers de candidature sont précisées en annexe 2 – avis de l’appel à projet.&lt;/p&gt;&lt;p&gt;Le calendrier retenu :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;publication de l’appel à projet : 28/10/2024&lt;/li&gt;&lt;li&gt;réception des dossiers - clôture des candidatures : 15/01/2025&lt;/li&gt;&lt;li&gt;commission d’information et de sélection d’appel à projet, pour avis : 15/02/2025&lt;/li&gt;&lt;li&gt;ouverture prévisionnelle du dispositif : à compter du 07/04/2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des projets éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles les projets répondant à l&amp;#039;objectif suivant :&lt;/p&gt;&lt;p&gt;Le Département souhaite mettre en œuvre un dispositif permettant l’accompagnement de jeunes de 18 à 21 ans autour de leur projet de vie respectif à partir de logements diffus. Le dispositif vise prioritairement à soutenir l’autonomie du jeune dans les actes de la vie quotidienne en favorisant le faire avec.&lt;/p&gt;&lt;p&gt;Le prestataire assure l’hébergement et l’accompagnement global de tous les jeunes qu’il accueille. L’hébergement et l’accompagnement du public sont proposés dans une logique transversale de développement de l’autonomie. L’étayage éducatif sera modulé en fonction du degré d’autonomie du jeune. L’intensité de l’accompagnement pourra augmenter ou diminuer en fonction de l’évolution de ses besoins.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités financières&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le Département finance l’activité de cet accompagnement sur la base d’un prix de journée. Le Département estime que le financement annuel ne doit pas excéder 438 000 € pour l’accompagnement de douze jeunes, et 876 000 € pour l’accompagnement de 24 jeunes (soit un prix de journée de 100 €).&lt;/p&gt;&lt;p&gt;Le budget proposé par le prestataire intègre dans son prix de journée l’ensemble des charges de fonctionnement et d’investissement nécessaires à la prise en charge des jeunes. Sont explicitement détaillés les frais de personnel et leurs charges, les charges d’exploitation courantes, et les frais de structures (groupes 1, 2, 3). Le prix de journée comprend les charges locatives.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le candidat doit fournir les documents cités à l’article R 313-4-3 du Code de l’action sociale et des familles.&lt;/p&gt;&lt;p&gt;Ces éléments sont indiqués dans le cahier des charges annexé.&lt;/p&gt;&lt;p&gt;Le candidat joint à son dossier de candidature :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le budget prévisionnel sur une année pleine de fonctionnement&lt;/li&gt;&lt;li&gt;le coût prévisionnel des effectifs en équivalent temps plein par catégorie socio-professionnelle&lt;/li&gt;&lt;li&gt;le plan pluriannuel d’investissement&lt;/li&gt;&lt;li&gt;les comptes annuels consolidés de l’organisme gestionnaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Famille et enfance</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conformément à l’article R 313-4-1 al3 du code de l’action sociale et des familles l’analyse des réponses s’effectue en fonction des critères de sélection :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Stratégie, gouvernance et pilotage du projet&lt;/li&gt;&lt;li&gt;Valeur technique du projet de service&lt;/li&gt;&lt;li&gt;Coût de fonctionnement du projet&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/mise-en-place-dun-service-a-caractere-experimental-daccompagnement-et-dhebergement-en-semi-autonomie-pour-jeunes-majeurs/</t>
         </is>
       </c>
-      <c r="W46" s="1" t="inlineStr">
+      <c r="W48" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/appel-a-projets-conference-des-financeurs-de-la-manche-2025</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Formulaire de contact : &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;https://www.manche.fr/contacter-le-departement/&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mise-en-place-d-rsquo-un-service-a-caractere-experimental-d-rsquo-accompagnement-et-d-rsquo-hebergement-en-semi-autonomie-pour-jeunes-majeurs/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...432 lines deleted...]
-      <c r="A48" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>163728</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'offre de logement social en ruralité</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Logement social en ruralité</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le présent régime d&amp;#039;aide vise à soutenir la création d&amp;#039;une offre nouvelle de logements communaux conventionnés ou sociaux, en recyclage immobilier, dans les territoires qualifiés de ruraux au sens de l&amp;#039;Insee.  &lt;/p&gt;&lt;p&gt;Objectifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;S’inscrire dans l’armature territoriale déclinée dans le SRADDET et dans la stratégie d’aménagement portée par les contrats de développement et de transition &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les projets d’habitat dans les territoires (petites centralités et communes rurales),dans une dynamique de développement local, en luttant contre le mitage &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;S’inscrire dans une démarche de maîtrise de la consommation des ressources et des énergies pour diminuer le reste à charge : viser, par étape, un niveau cible 150 KWhep/m².an, sans dégrader l’étiquette climat ; encourager l’utilisation des filières locales, la &amp;#34;reuse&amp;#34;(réutilisation), le réemploi des matériaux, etc … &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Affirmer la sobriété foncière, la limitation de l’artificialisation des sols et la lutte contre le mitage urbain&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Proposer une offre de service « logement » globale pour les territoires et faciliter les démarches (production, rénovation, etc …) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prioriser et programmer les interventions financières au regard de la stratégie régionale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;- Les logements communaux conventionnés, sous maîtrise d’ouvrage communale : 15 000 €/logement, dans la limite de 90 000 € par opération&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les logements sociaux sous maîtrise d’ouvrage des bailleurs sociaux (ou VEFA)/ Maîtrise d&amp;#039;Ouvrage d&amp;#039;Insertion (MOI), dans la limite de 80 000 € par opération :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;10 000 €/logement de niveau PLUS, LOC 2 (conventionnement Anah en MOI)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;13 000 €/logement de niveau PLAI, LOC 3 (conventionnement Anah en MOI)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Commune&lt;/span&gt;&lt;/li&gt;&lt;li&gt;EPCI&lt;/li&gt;&lt;li&gt;Opérateurs agissant pour le compte d’une commune ou d’un EPCI&lt;/li&gt;&lt;li&gt;Organismes de logements sociaux&lt;/li&gt;&lt;li&gt;SEM&lt;/li&gt;&lt;li&gt;Associations&lt;/li&gt;&lt;li&gt;Tout organisme, personne morale ou personne privée, habilitée à produire du logement conventionné&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;TERRITOIRES CIBLES :&lt;/p&gt;&lt;p&gt;Territoires qualifiés de ruraux au sens de l’INSEE, porteurs d’un projet habitat : bourg rural, habitat dispersé, habitat très dispersé (information sur la grille communale de densité en niveaux sur le site https://observatoire-des-territoires.gouv.fr/outils/cartographie-interactive)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;PROJETS CIBLES : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Création d’une offre nouvelle de logements en recyclage immobilier : à partir d’une empreinte foncière existante, en réhabilitation ou en construction-démolition lorsque la réhabilitation ne peut être envisagée ou au sein d’une dent creuse dans le tissu constitué&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Projet de 2 logements minimum de :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;logements communaux conventionnés&lt;br /&gt;&lt;/p&gt;&lt;p&gt;logements sociaux (PLUS, PLAI, conventionnés Anah portés par une Maîtrise d’ouvrage d’insertion (LOC2, LOC3))&lt;/p&gt;&lt;p&gt;selon étude en opportunité, projets d&amp;#039;habitat non conventionnés, répondant à un besoin spécifique et à des niveaux de loyers sociaux, à condition qu’ils soient inscrits dans un dispositif contractuel avec la Région&lt;/p&gt;&lt;p&gt;- Projets s&amp;#039;inscrivant dans une démarche de maîtrise de consommation des ressources et des énergies (viser, par étape, un niveau de 150 kWhep/m².an)&lt;/p&gt;&lt;p&gt;- Les projets soutenus relèvent en priorité d’une programmation élaborée avec les territoires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt; NOTA BENE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Cette aide est à distinguer de l&amp;#039;aide à la &amp;#34;rénovation énergétique des logements sociaux&amp;#34;, décrite par ailleurs dans le guide des aides et qui s&amp;#039;applique aux logements existants (sans création d&amp;#039;une offre nouvelle). &lt;/p&gt;&lt;p&gt;- L’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/logement-social-en-ruralite</t>
         </is>
       </c>
-      <c r="W48" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>Le présent régime d&amp;#039;aide vise à soutenir la création d&amp;#039;une offre nouvelle de logements communaux conventionnés ou sociaux, en recyclage immobilier, dans les territoires qualifiés de ruraux au sens de l&amp;#039;Insee.  S’inscrire dans l’armature territoriale déclinée dans le SRADDET et dans la stratégie d’aménagement portée par les contrats de développement et de transition
 	Accompagner les projets d’habitat dans les territoires (petites centralités et communes rurales),dans une dynamique de développement local, en luttant contre le mitage
 	S’inscrire dans une démarche de maîtrise de la consommation des ressources et des énergies pour diminuer le reste à charge : viser, par étape, un niveau cible 150 KWhep/m².an, sans dégrader l’étiquette climat ; encourager l’utilisation des filières locales, la &amp;#34;reuse&amp;#34;(réutilisation), le réemploi des matériaux, etc …
 	Affirmer la sobriété foncière, la limitation de l’artificialisation des sols et la lutte contre le mitage urbain
 	Proposer une offre de service « logement » globale pour les territoires et faciliter les démarches (production, rénovation, etc …)
 	Prioriser et programmer les interventions financières au regard de la stratégie régionale</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/logement-social-en-ruralite/</t>
-        </is>
-[...146 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/3a84-favoriser-la-formation-et-linsertion-sociopro/</t>
         </is>
       </c>
       <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:27" customHeight="0">
       <c r="A50" s="1">
-        <v>72201</v>
+        <v>90356</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier du Fonds de solidarité pour les entreprises, indépendants, entrepreneurs - COVID 19</t>
+          <t>Soutenir l'insertion des jeunes dans l'emploi dans les associations - Postes FONJEP Jeunes</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>Ministère de l'Économie, des Finances et de la Souveraineté industrielle et numérique</t>
+          <t>Direction régionale de la Jeunesse, des Sports et de la Cohésion sociale (DRJSCS) — Auvergne-Rhône-Alpes</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>Association
-[...1 lines deleted...]
-Agriculteur</t>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>7 164 € annuel pendant 3 ans</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
-        <is>
-[...250 lines deleted...]
-      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Inscrit dans le Plan de relance du gouvernement, cet appel à projet s&amp;#039;inscrit dans le dispositif #1jeune1solution.
 &lt;/p&gt;
 &lt;p&gt;
  Il répond à un double objectif : soutenir l&amp;#039;insertion des jeunes dans l&amp;#039;emploi et préserver l&amp;#039;action associative.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif « Postes FONJEP Jeunes », doté de 2000 unités de subventions d&amp;#039;un montant de 7 164 € (1000 postes en 2021, 1000 postes en 2022). Cette enveloppe de postes fait l&amp;#039;objet d&amp;#039;une répartition par région.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités régionales pour l&amp;#039;appel à manifestation d&amp;#039;intérêt de la région Auvergne-Rhône Alpes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le nombre de salariés de l&amp;#039;association : la région Auvergne Rhône Alpes compte entre 170 et 180 000 associations actives, dont 20 800 emploient des salariés, 52 % d&amp;#039;entre elles emploient moins de 3 salariés. Par conséquent,
   &lt;strong&gt;
    les associations de moins de 3 salariés seront prioritaires
   &lt;/strong&gt;
   (excepté pour les missions régionales ou interdépartementales).
  &lt;/li&gt;
  &lt;li&gt;
   « Public cible » éligible :
@@ -10040,138 +9816,138 @@
   &lt;strong&gt;
    soutien à l&amp;#039;engagement associatif
   &lt;/strong&gt;
   : Les associations présentant des projets de soutien au développement des métiers de l&amp;#039;engagement (chargé de développement du bénévolat, responsable service civique, responsable de la mobilisation citoyenne...) au sein des associations.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quel est le montant de l&amp;#039;aide versée ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide versée est de 7 164 € annuel pendant 3 ans. Pour 2021, l&amp;#039;aide est proratisée en fonction de la durée de présence du salarié.
 &lt;/p&gt;
 &lt;p&gt;
  Cette unité de subvention versée par l&amp;#039;intermédiaire du Fonds de coopération de la jeunesse et de l&amp;#039;éducation populaire (FONJEP) est simple (7 164 €) : elle ne peut pas être doublée, ni diminuée.
 &lt;/p&gt;
 &lt;p&gt;
  Le versement de l&amp;#039;aide commence à partir du 1er jour du contrat de travail du salarié.
 &lt;/p&gt;
 &lt;p&gt;
  Si le salarié quitte l&amp;#039;association, l&amp;#039;aide est suspendue. L&amp;#039;association doit obligatoirement recruter un nouveau jeune de moins de 30 ans pour continuer à percevoir l&amp;#039;aide pendant la période restante de la subvention (3 ans). L&amp;#039;évaluation se fera à la fin des 3 ans.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Cohésion sociale et inclusion
 Emploi</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P51" s="1" t="inlineStr">
+      <c r="P50" s="1" t="inlineStr">
         <is>
           <t>01/03/2021</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Quelles sont les associations bénéficiaires ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est ouverte à toutes les associations d&amp;#039;utilité sociale, notamment dans les champs de l&amp;#039;éducation, de l&amp;#039;animation, de l&amp;#039;engagement ou de la cohésion sociale. Il a pour objet d&amp;#039;aider à la pérennisation des projets associatifs. L&amp;#039;ensemble des secteurs associatifs relevant de missions d&amp;#039;intérêt général est concerné, notamment l&amp;#039;éducation populaire, le social, le sport, la culture et l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Les associations doivent être localisées dans la région Auvergne-Rhône Alpes.
  Une association peut avoir un siège social extérieur à la région mais les activités assurées par le salarié doivent obligatoirement être réalisées dans la région
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quels sont les jeunes bénéficiaires ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les jeunes recrutés dans le cadre des postes « FONJEP Jeunes » doivent avoir entre 18 et 30 ans (révolus), quel que soit leur niveau de diplôme ou de qualification ou d&amp;#039;expérience.
 &lt;/p&gt;
 &lt;p&gt;
  Les associations présenteront, dans leur dossier de candidature, les modalités d&amp;#039;accompagnement du salarié (tuteur, temps de formation internes dans l&amp;#039;association, formations externes ...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quels sont les emplois et les contrats de travail exigés ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les emplois concernés sont des emplois supplémentaires nouveaux dans les associations ou des emplois renouvelés qui ont fait l&amp;#039;objet, plus de trois mois avant l&amp;#039;embauche, d&amp;#039;un licenciement ou d&amp;#039;une rupture conventionnelle ou les emplois libérés suite au départ d&amp;#039;un salarié.
  &lt;/li&gt;
  &lt;li&gt;
   Les contrats doivent être des contrats à durée indéterminée ou des contrats à durée déterminée de plus de 12 mois. La durée de travail minimale doit être de 70 % du temps de travail fixé par la convention collective ou l&amp;#039;accord de branche.
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi ne doit pas faire l&amp;#039;objet d&amp;#039;une autre aide à l&amp;#039;emploi versée par l&amp;#039;Etat (emploi franc, contrat de formation en alternance, emploi aidé...) mais il peut faire l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;emploi versée par une collectivité territoriale.
  &lt;/li&gt;
  &lt;li&gt;
   Le contrat de travail devra avoir été signé après le 1er janvier 2021.
  &lt;/li&gt;
  &lt;li&gt;
   Le salarié ne doit pas obligatoirement être déjà recruté au moment de la demande de poste « FONJEP jeunes ». Dès le recrutement effectué, la pièce d&amp;#039;identité du salarié concerné doit être transmise par l&amp;#039;association, en vue de son intégration en annexe de la convention finale d&amp;#039;attribution de la subvention. La convention FONJEP sera établie à partir de la date d&amp;#039;entrée en poste du salarié pour une durée de 3 ans non renouvelable.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://auvergne-rhone-alpes.drdjscs.gouv.fr/spip.php?article1572</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;
  Au niveau régional
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Damien LE ROUX, chef de pôle « Engagement, Vie associative » (DRAJES) : 04 73 34 91 60
  &lt;/li&gt;
  &lt;li&gt;
   Marie GIMENEZ, assistante administrative (DRAJES) : 04 73 34 91 80
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  Référents départementaux
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   AIN : Nathalie HERVE-ANCELIN
   &lt;a href="mailto:nathalie.herve-ancelin&amp;#64;ain.gouv.fr" rel="noopener" target="_blank"&gt;
    nathalie.herve-ancelin&amp;#64;ain.gouv.fr
   &lt;/a&gt;
   / Céline BERNAUD
   &lt;a href="mailto:celine.bernaud&amp;#64;ain.gouv.fr" rel="noopener" target="_blank"&gt;
    celine.bernaud&amp;#64;ain.gouv.fr
   &lt;/a&gt;
@@ -10240,1394 +10016,60 @@
  &lt;/li&gt;
  &lt;li&gt;
   RHÔNE : Ludovic MAZET
   &lt;a href="mailto:ludovic.mazet&amp;#64;rhone.gouv.fr" rel="noopener" target="_blank"&gt;
    ludovic.mazet&amp;#64;rhone.gouv.fr
   &lt;/a&gt;
   - Tél. : 06 16 63 90 67
  &lt;/li&gt;
  &lt;li&gt;
   SAVOIE : Christine BONENFANT
   &lt;a href="mailto:christine.bonenfant&amp;#64;savoie.gouv.fr" rel="noopener" target="_blank"&gt;
    christine.bonenfant&amp;#64;savoie.gouv.fr
   &lt;/a&gt;
   - Tél. : 04 56 11 06 56
  &lt;/li&gt;
  &lt;li&gt;
   HAUTE-SAVOIE : Estelle FRICONNEAU
   &lt;a href="mailto:estelle.friconneau&amp;#64;haute-savoie.gouv.fr" rel="noopener" target="_blank"&gt;
    estelle.friconneau&amp;#64;haute-savoie.gouv.fr
   &lt;/a&gt;
   - Tél. : 04 50 88 48 47
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>raphaelle.padovani@auvergne-rhone-alpes.gouv.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0a20-postes-fonjep-jeunes-aide-a-lemploi-des-jeune/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
-[...1333 lines deleted...]
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>